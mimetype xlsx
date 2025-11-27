--- v0 (2025-10-18)
+++ v1 (2025-11-27)
@@ -1,182 +1,174 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\NEW Housing Review\Report excel tables\formatted tables\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8CA2106E-F92B-4C87-906F-C18E592A6FD9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9DA3564B-6135-4AAE-B322-004A59CA4862}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="12945" yWindow="0" windowWidth="15855" windowHeight="14430" firstSheet="16" activeTab="18" xr2:uid="{ECF6B20B-EFC7-4F22-97F2-3E225EFDAC60}"/>
+    <workbookView xWindow="-465" yWindow="1140" windowWidth="15030" windowHeight="11295" firstSheet="3" activeTab="4" xr2:uid="{ECF6B20B-EFC7-4F22-97F2-3E225EFDAC60}"/>
   </bookViews>
   <sheets>
     <sheet name="Contents" sheetId="19" r:id="rId1"/>
     <sheet name="1 LPS HPI" sheetId="1" r:id="rId2"/>
     <sheet name="2 UU HPI Average Prices" sheetId="2" r:id="rId3"/>
     <sheet name="3 UU HPI LGD Prices" sheetId="3" r:id="rId4"/>
     <sheet name="4 UU HPI &amp; RPI" sheetId="4" r:id="rId5"/>
     <sheet name="5 NewBuild Sales &amp; Prices" sheetId="5" r:id="rId6"/>
     <sheet name="6 Private Build Starts" sheetId="6" r:id="rId7"/>
     <sheet name="7 Private Build Completions" sheetId="7" r:id="rId8"/>
     <sheet name="8 NB StartsCompletions  " sheetId="8" r:id="rId9"/>
     <sheet name="9 NB StartsCompletions by LGD" sheetId="9" r:id="rId10"/>
-    <sheet name="10 UUHouse Price Ratio" sheetId="10" r:id="rId11"/>
+    <sheet name="10 ONS House Price Ratio" sheetId="10" r:id="rId11"/>
     <sheet name="11 UU Affordability by LGD" sheetId="11" r:id="rId12"/>
     <sheet name="12 UU Affordability Gap by HMA" sheetId="12" r:id="rId13"/>
     <sheet name="13 UU % Deposit by HMA" sheetId="13" r:id="rId14"/>
     <sheet name="14 UU Affordability Indicator" sheetId="14" r:id="rId15"/>
     <sheet name="15 Repossessions" sheetId="15" r:id="rId16"/>
     <sheet name="16 FTB number of loans" sheetId="16" r:id="rId17"/>
     <sheet name="17 Movers number of loans" sheetId="17" r:id="rId18"/>
-    <sheet name="Sheet1" sheetId="20" r:id="rId19"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="758" uniqueCount="305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="781" uniqueCount="314">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>NI House Price Index</t>
   </si>
   <si>
     <t>NI House Standardised Price</t>
   </si>
   <si>
     <t>Quarterly Change</t>
   </si>
   <si>
     <t>Annual Change</t>
   </si>
   <si>
     <t>Q1</t>
   </si>
   <si>
     <t>Q2</t>
   </si>
   <si>
     <t>Q3</t>
   </si>
   <si>
     <t>Q4</t>
   </si>
   <si>
     <t>Property Type</t>
   </si>
   <si>
-    <t>Average Price Q1 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Annual % Change</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
     <t>Terrace/townhouse</t>
   </si>
   <si>
     <t>Semi-detached house</t>
   </si>
   <si>
     <t>Detached house</t>
   </si>
   <si>
     <t>Apartment</t>
   </si>
   <si>
     <t>N Ireland</t>
   </si>
   <si>
     <t>Source UU/NIHE - NI House Price Index</t>
   </si>
   <si>
-    <t>https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1733419/UU-House-Price-Index-Q1-2025-v21.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>LGD</t>
   </si>
   <si>
     <t>Antrim &amp; Newtownabbey</t>
   </si>
   <si>
     <t>Ards &amp; North Down</t>
   </si>
   <si>
     <t>Armagh City, Banbridge &amp; Craigavon</t>
   </si>
   <si>
     <t>Belfast</t>
   </si>
   <si>
     <t>Causeway Coast &amp; Glens</t>
   </si>
   <si>
     <t>Derry City &amp; Strabane</t>
   </si>
   <si>
     <t>Fermanagh &amp; Omagh</t>
   </si>
   <si>
     <t>Lisburn &amp; Castlereagh</t>
@@ -757,53 +749,50 @@
   <si>
     <t>5.  Interest payment calculations are net of Mortgage Interest Relief at Source (MIRAS)  (and previous to this Mortgage Interest Tax Relief (MITR)) up until MIRAS was discontinued in April 2000.</t>
   </si>
   <si>
     <t>6.  Affordability calculations are based on averages of calculations for individual transactions.</t>
   </si>
   <si>
     <t>7.  Prior to April 2005, estimates of the proportion of first time buyers and movers exclude cases where the previous tenure of buyer is not known.</t>
   </si>
   <si>
     <t xml:space="preserve">8.  First time buyer numbers will include some buyers who have previously owned a property before, but are not in owner-occupation at the time of this purchase. </t>
   </si>
   <si>
     <t xml:space="preserve">     Estimates from the Survey of English Housing suggest that that around 20% of stated first-time buyers may in fact fall into this category.</t>
   </si>
   <si>
     <t>9.  Note the 'number of loans' is rounded to the nearest 100 throughout the timeseries, while 'value of loans' has been rounded to the nearest 10 million from 2006 onwards.</t>
   </si>
   <si>
     <t xml:space="preserve">10. Percentage advance is the loan to value ratio i.e. the loan amount as a percentage of the property value. </t>
   </si>
   <si>
     <t>11. 2002 figures for income multiple and interest payments as % of income have been removed pending a data investigation</t>
   </si>
   <si>
-    <t>Northern Ireland Housing Statistics 2023-24 | Department for Communities</t>
-[...1 lines deleted...]
-  <si>
     <t>Northern Ireland home movers: lending and affordability</t>
   </si>
   <si>
     <t xml:space="preserve">2. Totals shown are estimates grossed up from the sample of lenders reporting to reflect total market size, based on total market volumes published by the Financial Conduct Authority (FCA). </t>
   </si>
   <si>
     <t xml:space="preserve">     Historical figures are subject to revision as and when the FCA makes revisions to the market totals.</t>
   </si>
   <si>
     <t xml:space="preserve">3. Figures pre-April 2005 are taken from the Survey of Mortgage Lenders or, prior to 1992 Q2 (annually prior to 1993), the Building Societies 5% sample of mortgage completions.  </t>
   </si>
   <si>
     <t xml:space="preserve">    Regulated Mortgage Survey figures are not strictly comparable with earlier ones because of material differences in reporting methodologies and the samples of lenders contributing data.</t>
   </si>
   <si>
     <t xml:space="preserve">5. Interest payment calculations are net of Mortgage Interest Relief At Source (MIRAS) (and previous to this Mortgage Interest Tax Relief) up until MIRAS was discontinued in April 2000.  </t>
   </si>
   <si>
     <t xml:space="preserve">    Capital &amp; interest payment calculations only include mortgages taken out on a full capital and interest repayment basis and are calculated based on the reported repayment term, interest rate, loan amount and income for each transaction.</t>
   </si>
   <si>
     <t>6. Affordability calculations are based on averages of calculations for individual transactions.</t>
   </si>
   <si>
     <t xml:space="preserve">7. Prior to April 2005, estimates of the proportion of first time buyers and movers exclude cases where the previous tenure of buyers  is not known.  </t>
@@ -859,151 +848,93 @@
   <si>
     <t>Table 13</t>
   </si>
   <si>
     <t>Table 14</t>
   </si>
   <si>
     <t>Table 15</t>
   </si>
   <si>
     <t>Table 16</t>
   </si>
   <si>
     <t>Table 17</t>
   </si>
   <si>
     <t>Table 1: Land and Property Services: NI House Price Index, Standardised Price and Quarterly and Annual Change.</t>
   </si>
   <si>
     <t>Source: NI House Price Index statistical reports | Department of Finance</t>
   </si>
   <si>
     <t>Land and Property Services: NI House Price Index, Standardised Price and Quarterly and Annual Change</t>
   </si>
   <si>
-    <t>Average Price Q1 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Source: Ulster University/NIHE</t>
   </si>
   <si>
-    <t>Table 3: NIHPI Average House Price by LGD/Council area Q1 2025 vs Q1 2024</t>
-[...7 lines deleted...]
-  <si>
     <t>Table 4: NIHPI House Price Index and Retail Price Index Northern Ireland 1985 - 2025</t>
   </si>
   <si>
     <t>Northern Ireland House Price Index (NIHPI) House Price Index and Retail Price Index Northern Ireland 1985 - 2025</t>
   </si>
   <si>
-    <t>Northern Ireland House Price Index (NIHPI) Average House Price by LGD/Council area Q1 2025 vs Q1 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Notes:</t>
-  </si>
-[...14 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t>Number of sales</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
-    <t>National House Building Council (NHBC) registered new dwelling sales and prices 2002-03 to 2023-24</t>
-[...1 lines deleted...]
-  <si>
     <t>Table 6: Private/speculative new dwelling starts by District Council Q2 2015 - Q1 2025</t>
   </si>
   <si>
     <t>Private/speculative new dwelling starts by District Council Q2 2015 - Q1 2025</t>
   </si>
   <si>
-    <r>
-[...16 lines deleted...]
-  <si>
     <t>Private New Build Starts and Completions by Quarter and financial year 2015/16 - 2024/25</t>
   </si>
   <si>
     <t>Table 8: Private New Build Starts and Completions by Quarter and financial year 2015/16 - 2024/25</t>
   </si>
   <si>
     <t>Table 9: Total Private and Speculative Starts and Completions By Council Area 2024/25</t>
   </si>
   <si>
     <t>Total Private and Speculative Starts and Completions By Council Area 2024/25</t>
-  </si>
-[...4 lines deleted...]
-    <t>Source: Housing Purchase Affordability, UK - Office for National Statistics (ons.gov.uk)</t>
   </si>
   <si>
     <t>ONS UK Ratio of House prices to Average Disposable Income 2006 - 2023</t>
   </si>
   <si>
     <t>Table 11: Repayment affordability by housing market area, 2019-2023 (Percentage Unaffordable by HMA)</t>
   </si>
   <si>
     <t>Council area</t>
   </si>
   <si>
     <t>Repayment affordability by housing market area, 2019-2023 (Percentage Unaffordable by HMA)</t>
   </si>
   <si>
     <t>Table 12:  £ Affordability Gap by HMA 2019 - 2023</t>
   </si>
   <si>
     <t>£60,001 +</t>
   </si>
   <si>
     <t xml:space="preserve">Source: Ulster University House Price Affordability Analysis:  Affordability Gap </t>
   </si>
   <si>
     <t>£ Affordability Gap by HMA 2019 - 2023</t>
   </si>
@@ -1050,63 +981,145 @@
   <si>
     <t>Northern Ireland first-time buyers: lending and affordability</t>
   </si>
   <si>
     <t>Mortgage cases received by courts service (2007/08 – 2023/24)</t>
   </si>
   <si>
     <t>1. See Appendix 5 of the UK Finance Regulated Mortgage Survey: Data Sources - Owner Occupied Demand.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Table 17: Northern Ireland home movers: lending and affordability </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1,2,3,4,5,6,7,8,9,10</t>
     </r>
   </si>
+  <si>
+    <t>Last Updated October 2025</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Table 5: National House Building Council (NHBC) registered new dwelling sales and prices 2002-03 to 2024-25 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>1,2,3,4</t>
+    </r>
+  </si>
+  <si>
+    <t>Q2 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This table provides summary data for financial year and will be updated annually.  </t>
+  </si>
+  <si>
+    <t>For the latest quarterly statistics please use the link below:</t>
+  </si>
+  <si>
+    <t>Affordability Threshold = 5</t>
+  </si>
+  <si>
+    <t>Housing Purchase Affordability, UK - Office for National Statistics</t>
+  </si>
+  <si>
+    <t>Source:</t>
+  </si>
+  <si>
+    <t>Table 10: ONS UK Ratio of House prices to Average Disposable Income 2006 - 2024</t>
+  </si>
+  <si>
+    <t>https://www.justice-ni.gov.uk/publications/nicts-mortgages-action-possession</t>
+  </si>
+  <si>
+    <t>For the latest quarterly mortgage repossession statistics please follow the link below:</t>
+  </si>
+  <si>
+    <t>Northern Ireland Housing Statistics 2024-25 | Department for Communities</t>
+  </si>
+  <si>
+    <t>This table is based on financial year and will be updated accordingly.</t>
+  </si>
+  <si>
+    <t>National House Building Council (NHBC) registered new dwelling sales and prices 2002-03 to 2024-25</t>
+  </si>
+  <si>
+    <t>Table 7: Private Build Completions by District Council Q2 2015 - Q2 2025</t>
+  </si>
+  <si>
+    <t>Private/speculative new dwelling completions by District Council Q2 2015 - Q2 2025</t>
+  </si>
+  <si>
+    <t>Average Price Q3 2024</t>
+  </si>
+  <si>
+    <t>Average Price Q3 2025</t>
+  </si>
+  <si>
+    <t>Table 2: Northern Ireland House Price Index (NIHPI) Average House Price by Property Type Q3 2025 vs Q3 2024</t>
+  </si>
+  <si>
+    <t>Table 3: NIHPI Average House Price by LGD/Council area Q3 2025 vs Q3 2024</t>
+  </si>
+  <si>
+    <t>https://www.ulster.ac.uk/research/topic/built-environment/research-property-planning/housing-market-reports/house-price-index</t>
+  </si>
+  <si>
+    <t>Northern Ireland House Price Index (NIHPI) Average House Price by Property Type Q3 2025 vs Q3 2024</t>
+  </si>
+  <si>
+    <t>Northern Ireland House Price Index (NIHPI) Average House Price by LGD/Council area Q3 2025 vs Q3 2024</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="6" formatCode="&quot;£&quot;#,##0;[Red]\-&quot;£&quot;#,##0"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
-  <fonts count="30" x14ac:knownFonts="1">
+  <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -1258,50 +1271,70 @@
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFED0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="14"/>
       <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="12"/>
+      <color theme="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="12"/>
+      <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="24">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF33CCFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0070C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1609,51 +1642,51 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="284">
+  <cellXfs count="297">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="15" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="6" fontId="14" fillId="14" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="14" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="15" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -1756,75 +1789,57 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="7" fillId="13" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="13" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="7" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="14" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="18" fillId="17" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="2" fontId="18" fillId="17" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="14" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="21" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="13" borderId="0" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="22" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2286,50 +2301,60 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="23" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="23" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="21" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="21" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="22" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="23" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="23" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="13" borderId="0" xfId="2" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="30" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2"/>
+    <xf numFmtId="0" fontId="31" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="31" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="4" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="17" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2384,75 +2409,100 @@
     <xf numFmtId="0" fontId="6" fillId="17" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="17" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="17" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="28" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="14" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="14" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="14" fillId="13" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="14" fillId="19" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="14" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="14" fillId="13" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Sheet2" xfId="3" xr:uid="{F411769A-6BF9-4AC6-91A2-77DB718C30DF}"/>
     <cellStyle name="Normal_Table 1.4" xfId="4" xr:uid="{A93B2AC3-1572-470B-997E-EDF17AE7A382}"/>
     <cellStyle name="Normal_Table 2.4" xfId="6" xr:uid="{2D3A8BC0-5FBA-41BF-A42C-31BF5D9626BC}"/>
     <cellStyle name="Normal_Table 2.4_1" xfId="5" xr:uid="{06C44408-1522-4D8B-AE51-5D78464D7F98}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>11</xdr:col>
       <xdr:colOff>152400</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>431800</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>12700</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Arrow: Down 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C6B86FB-AE53-4B15-BF6F-541D06B61995}"/>
             </a:ext>
             <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
@@ -3148,14104 +3198,14447 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/new-dwelling-statistics-detailed-reports" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://protect.checkpoint.com/v2/___https:/www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/housingpurchaseaffordabilitygreatbritain/2022___.YzJlOnVsc3RlcnVuaXZlcnNpdHk6YzpvOjhjMzNiY2YwMDI0Y2FhYTMzZjY0MzVlODIwY2M1NGVmOjY6Y2QxYToyMGNhODRhNDFiNzZmN2Q1Mzk1N2QyNTlmOThmNDliZDRlNmQyOTRlNjZjMGU1NWQ0MjA1ZGJkMDg1Y2Q3M2Y4OnA6VDpO" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/housingpurchaseaffordabilitygreatbritain/2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justice-ni.gov.uk/publications/nicts-mortgages-action-possession" TargetMode="External"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2023-24" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2023-24" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/ni-house-price-index-statistical-reports" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1733419/UU-House-Price-Index-Q1-2025-v21.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/research/topic/built-environment/research-property-planning/housing-market-reports/house-price-index" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1733419/UU-House-Price-Index-Q1-2025-v21.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/research/topic/built-environment/research-property-planning/housing-market-reports/house-price-index" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1733419/UU-House-Price-Index-Q1-2025-v21.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/research/topic/built-environment/research-property-planning/housing-market-reports/house-price-index" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/new-dwelling-statistics-detailed-reports" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/new-dwelling-statistics-detailed-reports" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F885FF7A-B301-434E-8B69-4776FE8D53B0}">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B21" sqref="B21"/>
+      <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="102" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="18" x14ac:dyDescent="0.25">
       <c r="B1" s="2" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>266</v>
+        <v>312</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>269</v>
+        <v>313</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>242</v>
+      </c>
+      <c r="B6" s="286" t="s">
+        <v>261</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>273</v>
+        <v>304</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>277</v>
+        <v>306</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>278</v>
+        <v>266</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>281</v>
+        <v>269</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>284</v>
+        <v>270</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>291</v>
+        <v>277</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>293</v>
+        <v>279</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>296</v>
+        <v>282</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17" s="4" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>302</v>
+        <v>288</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>301</v>
+        <v>287</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" location="'LPS HPI'!A1" display="Table 1" xr:uid="{C70C994E-341A-4CFA-9300-63699D7DA78F}"/>
     <hyperlink ref="A4" location="'2 UU HPI Average Prices'!A1" display="Table 2" xr:uid="{E57DF3F9-7B63-4FC3-AF30-9CC0547E30A6}"/>
     <hyperlink ref="A5" location="'3 UU HPI LGD Prices'!A1" display="Table 3" xr:uid="{9FC73588-2BE3-4268-9FBA-FF714F6B6C4B}"/>
     <hyperlink ref="A6" location="'4 UU HPI &amp; RPI'!A1" display="Table 4" xr:uid="{52BAEAE3-CF84-4B1A-8C5D-B9E92FB90FE6}"/>
     <hyperlink ref="A7" location="'5 NewBuild Sales &amp; Prices'!A1" display="Table 5" xr:uid="{14503122-5913-4A4D-A393-1D494DB8C88E}"/>
     <hyperlink ref="A8" location="'6 Private Build Starts'!A1" display="Table 6" xr:uid="{17D7DDED-6DFB-4A84-84BF-1C643C585FCB}"/>
     <hyperlink ref="A9" location="'Private Build Completions'!A1" display="Table 7" xr:uid="{9FF2D1DE-FF86-4DD2-975F-3A0AA513E0E2}"/>
     <hyperlink ref="A10" location="'8 NB StartsCompletions  '!A1" display="Table 8" xr:uid="{F0A6A86B-A984-4A91-A608-63FDE5541D25}"/>
     <hyperlink ref="A11" location="'9NB StartsCompletions by LGD'!A1" display="Table 9" xr:uid="{9AC4D4B6-8B28-4921-A04D-444A79E3C039}"/>
     <hyperlink ref="A12" location="'UU Ratio House Prices by Income'!A1" display="Table 10" xr:uid="{5D35D254-1B42-445F-AEAC-73890556A1FE}"/>
     <hyperlink ref="A13" location="'11 UU Affordability by LGD'!A1" display="Table 11" xr:uid="{5324C7C8-4EA9-4C15-9E70-5362EF449B31}"/>
     <hyperlink ref="A14" location="'12 UU Affordability Gap by HMA'!A1" display="Table 12" xr:uid="{406982B6-433F-4E75-9436-B21C1E889E37}"/>
     <hyperlink ref="A15" location="'13 UU % Deposit by HMA'!A1" display="Table 13" xr:uid="{39B4C2FA-AAD4-467D-9931-F5B5FEBE50EE}"/>
     <hyperlink ref="A16" location="'14 UU Affordability Indicator'!A1" display="Table 14" xr:uid="{369FD5CB-71A5-473A-A4A4-D4B5A4B067A0}"/>
     <hyperlink ref="A17" location="'15 Repossessions'!A1" display="Table 15" xr:uid="{40D477FA-08AC-4FB2-9E47-0B667FA799B2}"/>
     <hyperlink ref="A18" location="'FTB number of loans'!A1" display="Table 16" xr:uid="{826E7CE2-4300-4F0A-ACA0-DA05F53D1840}"/>
     <hyperlink ref="A19" location="'17 Movers number of loans'!A1" display="Table 17" xr:uid="{A8207D7A-2A65-434B-8EAB-2C26DC4C2204}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4AACE320-08D3-4501-858B-A59FE8832151}">
-  <dimension ref="A1:C16"/>
+  <dimension ref="A1:C20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E10" sqref="E10"/>
+      <selection activeCell="G20" sqref="G20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="38.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="24.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="24.7109375" style="1" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
       <c r="B1" s="39"/>
       <c r="C1" s="39"/>
     </row>
     <row r="3" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="150" t="s">
+      <c r="A3" s="144" t="s">
+        <v>136</v>
+      </c>
+      <c r="B3" s="148" t="s">
+        <v>137</v>
+      </c>
+      <c r="C3" s="148" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="B4" s="92">
+        <v>19</v>
+      </c>
+      <c r="B4" s="86">
         <v>706</v>
       </c>
-      <c r="C4" s="92">
+      <c r="C4" s="86">
         <v>524</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A5" s="151" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="100">
+      <c r="A5" s="145" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="94">
         <v>524</v>
       </c>
-      <c r="C5" s="100">
+      <c r="C5" s="94">
         <v>410</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="B6" s="92">
+        <v>139</v>
+      </c>
+      <c r="B6" s="86">
         <v>1043</v>
       </c>
-      <c r="C6" s="92">
+      <c r="C6" s="86">
         <v>833</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A7" s="151" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="100">
+      <c r="A7" s="145" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="94">
         <v>303</v>
       </c>
-      <c r="C7" s="100">
+      <c r="C7" s="94">
         <v>290</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="B8" s="92">
+        <v>23</v>
+      </c>
+      <c r="B8" s="86">
         <v>465</v>
       </c>
-      <c r="C8" s="92">
+      <c r="C8" s="86">
         <v>434</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A9" s="151" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="100">
+      <c r="A9" s="145" t="s">
+        <v>140</v>
+      </c>
+      <c r="B9" s="94">
         <v>180</v>
       </c>
-      <c r="C9" s="100">
+      <c r="C9" s="94">
         <v>357</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="B10" s="92">
+        <v>25</v>
+      </c>
+      <c r="B10" s="86">
         <v>358</v>
       </c>
-      <c r="C10" s="92">
+      <c r="C10" s="86">
         <v>395</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A11" s="151" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="100">
+      <c r="A11" s="145" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="94">
         <v>776</v>
       </c>
-      <c r="C11" s="100">
+      <c r="C11" s="94">
         <v>596</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="86">
+        <v>304</v>
+      </c>
+      <c r="C12" s="86">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A13" s="145" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="94">
+        <v>578</v>
+      </c>
+      <c r="C13" s="94">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A14" s="146" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="92">
-[...21 lines deleted...]
-      <c r="B14" s="153">
+      <c r="B14" s="147">
         <v>518</v>
       </c>
-      <c r="C14" s="153">
+      <c r="C14" s="147">
         <v>510</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="28.5" x14ac:dyDescent="0.2">
-      <c r="A15" s="149" t="s">
-        <v>65</v>
+      <c r="A15" s="143" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" s="36" t="s">
-        <v>137</v>
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A17" s="36"/>
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A18" s="1" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="19" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A19" s="1" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="20" spans="1:1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="244" t="s">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A16" r:id="rId1" xr:uid="{C75387E7-81ED-4E84-A3CB-E8833F76CFB9}"/>
+    <hyperlink ref="A20" r:id="rId2" xr:uid="{6ED0B66D-E314-4553-BC6F-FBFAC733B21E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F753A888-C6D8-4529-8323-CACD159D3BB0}">
-  <dimension ref="A1:G21"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="1215" topLeftCell="A4" activePane="bottomLeft"/>
-      <selection pane="bottomLeft" activeCell="G8" sqref="G8"/>
+      <pane ySplit="1215" activePane="bottomLeft"/>
+      <selection activeCell="H3" sqref="H3"/>
+      <selection pane="bottomLeft" activeCell="A29" sqref="A29:XFD29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.42578125" style="1" customWidth="1"/>
-    <col min="2" max="5" width="14.85546875" style="49" customWidth="1"/>
+    <col min="2" max="2" width="14.85546875" style="49" customWidth="1"/>
+    <col min="3" max="3" width="18" style="49" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="14.85546875" style="49" customWidth="1"/>
     <col min="6" max="7" width="8.7109375" style="1"/>
     <col min="8" max="8" width="8.85546875" style="1" customWidth="1"/>
     <col min="9" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="A3" s="157" t="s">
+    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.2">
+      <c r="A1" s="149" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="15" x14ac:dyDescent="0.25">
+      <c r="A3" s="151" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="154" t="s">
+      <c r="B3" s="148" t="s">
+        <v>141</v>
+      </c>
+      <c r="C3" s="148" t="s">
+        <v>142</v>
+      </c>
+      <c r="D3" s="148" t="s">
         <v>143</v>
       </c>
-      <c r="C3" s="154" t="s">
+      <c r="E3" s="148" t="s">
         <v>144</v>
       </c>
-      <c r="D3" s="154" t="s">
+      <c r="G3" s="36" t="s">
+        <v>298</v>
+      </c>
+      <c r="H3" s="247" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A4" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="E3" s="154" t="s">
+      <c r="B4" s="150">
+        <v>7.69</v>
+      </c>
+      <c r="C4" s="150">
+        <v>6.54</v>
+      </c>
+      <c r="D4" s="150">
+        <v>5.08</v>
+      </c>
+      <c r="E4" s="150">
+        <v>6.79</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A5" s="145" t="s">
         <v>146</v>
       </c>
-      <c r="G3" s="36" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="1" t="s">
+      <c r="B5" s="152">
+        <v>7.92</v>
+      </c>
+      <c r="C5" s="152">
+        <v>7.83</v>
+      </c>
+      <c r="D5" s="152">
+        <v>5.6</v>
+      </c>
+      <c r="E5" s="152">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A6" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="B4" s="156">
-[...13 lines deleted...]
-      <c r="A5" s="151" t="s">
+      <c r="B6" s="150">
+        <v>8.18</v>
+      </c>
+      <c r="C6" s="150">
+        <v>9.2899999999999991</v>
+      </c>
+      <c r="D6" s="150">
+        <v>5.88</v>
+      </c>
+      <c r="E6" s="150">
+        <v>7.04</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A7" s="145" t="s">
         <v>148</v>
       </c>
-      <c r="B5" s="158">
-[...13 lines deleted...]
-      <c r="A6" s="1" t="s">
+      <c r="B7" s="152">
+        <v>7.54</v>
+      </c>
+      <c r="C7" s="152">
+        <v>7.25</v>
+      </c>
+      <c r="D7" s="152">
+        <v>5.48</v>
+      </c>
+      <c r="E7" s="152">
+        <v>6.52</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A8" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="B6" s="156">
-[...13 lines deleted...]
-      <c r="A7" s="151" t="s">
+      <c r="B8" s="150">
+        <v>7.59</v>
+      </c>
+      <c r="C8" s="150">
+        <v>6.17</v>
+      </c>
+      <c r="D8" s="150">
+        <v>5.31</v>
+      </c>
+      <c r="E8" s="150">
+        <v>6.3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A9" s="145" t="s">
         <v>150</v>
       </c>
-      <c r="B7" s="158">
+      <c r="B9" s="152">
+        <v>7.75</v>
+      </c>
+      <c r="C9" s="152">
+        <v>5.66</v>
+      </c>
+      <c r="D9" s="152">
+        <v>5.27</v>
+      </c>
+      <c r="E9" s="152">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A10" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="B10" s="150">
         <v>7.54</v>
       </c>
-      <c r="C7" s="158">
-[...2 lines deleted...]
-      <c r="D7" s="158">
+      <c r="C10" s="150">
+        <v>4.82</v>
+      </c>
+      <c r="D10" s="150">
+        <v>5.42</v>
+      </c>
+      <c r="E10" s="150">
+        <v>6.29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A11" s="145" t="s">
+        <v>152</v>
+      </c>
+      <c r="B11" s="152">
+        <v>7.55</v>
+      </c>
+      <c r="C11" s="152">
+        <v>4.46</v>
+      </c>
+      <c r="D11" s="152">
+        <v>5.07</v>
+      </c>
+      <c r="E11" s="152">
+        <v>6.05</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A12" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B12" s="150">
+        <v>7.5</v>
+      </c>
+      <c r="C12" s="150">
+        <v>4.6399999999999997</v>
+      </c>
+      <c r="D12" s="150">
+        <v>5.22</v>
+      </c>
+      <c r="E12" s="150">
+        <v>5.82</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A13" s="145" t="s">
+        <v>154</v>
+      </c>
+      <c r="B13" s="152">
+        <v>7.6</v>
+      </c>
+      <c r="C13" s="152">
+        <v>4.91</v>
+      </c>
+      <c r="D13" s="152">
+        <v>5.29</v>
+      </c>
+      <c r="E13" s="152">
+        <v>5.86</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A14" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B14" s="150">
+        <v>7.85</v>
+      </c>
+      <c r="C14" s="150">
+        <v>4.96</v>
+      </c>
+      <c r="D14" s="150">
+        <v>5.2</v>
+      </c>
+      <c r="E14" s="150">
+        <v>5.79</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A15" s="145" t="s">
+        <v>156</v>
+      </c>
+      <c r="B15" s="152">
+        <v>8.1199999999999992</v>
+      </c>
+      <c r="C15" s="152">
+        <v>5.09</v>
+      </c>
+      <c r="D15" s="152">
+        <v>5.14</v>
+      </c>
+      <c r="E15" s="152">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A16" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B16" s="150">
+        <v>8.24</v>
+      </c>
+      <c r="C16" s="150">
         <v>5.48</v>
       </c>
-      <c r="E7" s="158">
-[...81 lines deleted...]
-      <c r="D12" s="156">
+      <c r="D16" s="150">
+        <v>5.55</v>
+      </c>
+      <c r="E16" s="150">
+        <v>5.94</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A17" s="145" t="s">
+        <v>158</v>
+      </c>
+      <c r="B17" s="152">
+        <v>8.2200000000000006</v>
+      </c>
+      <c r="C17" s="152">
+        <v>5.68</v>
+      </c>
+      <c r="D17" s="152">
         <v>5.22</v>
       </c>
-      <c r="E12" s="156">
-[...84 lines deleted...]
-      <c r="E17" s="158">
+      <c r="E17" s="152">
         <v>6.16</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A18" s="1" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="B18" s="156">
+        <v>159</v>
+      </c>
+      <c r="B18" s="150">
         <v>7.97</v>
       </c>
-      <c r="C18" s="156">
+      <c r="C18" s="150">
         <v>5.43</v>
       </c>
-      <c r="D18" s="156">
+      <c r="D18" s="150">
         <v>5.49</v>
       </c>
-      <c r="E18" s="156">
+      <c r="E18" s="150">
         <v>5.69</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A19" s="151" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="158">
+      <c r="A19" s="145" t="s">
+        <v>160</v>
+      </c>
+      <c r="B19" s="152">
         <v>8.76</v>
       </c>
-      <c r="C19" s="158">
+      <c r="C19" s="152">
         <v>5.34</v>
       </c>
-      <c r="D19" s="158">
+      <c r="D19" s="152">
         <v>5.52</v>
       </c>
-      <c r="E19" s="158">
+      <c r="E19" s="152">
         <v>6.13</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A20" s="1" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="B20" s="156">
+        <v>161</v>
+      </c>
+      <c r="B20" s="150">
         <v>8.44</v>
       </c>
-      <c r="C20" s="156">
+      <c r="C20" s="150">
         <v>5.0999999999999996</v>
       </c>
-      <c r="D20" s="156">
+      <c r="D20" s="150">
         <v>5.31</v>
       </c>
-      <c r="E20" s="156">
+      <c r="E20" s="150">
         <v>6.55</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A21" s="159" t="s">
-[...5 lines deleted...]
-      <c r="C21" s="160">
+      <c r="A21" s="153" t="s">
+        <v>162</v>
+      </c>
+      <c r="B21" s="154">
+        <v>8.68</v>
+      </c>
+      <c r="C21" s="154">
         <v>4.95</v>
       </c>
-      <c r="D21" s="160">
+      <c r="D21" s="154">
         <v>5.58</v>
       </c>
-      <c r="E21" s="160">
+      <c r="E21" s="154">
         <v>5.81</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A22" s="115">
+        <v>2024</v>
+      </c>
+      <c r="B22" s="49">
+        <v>7.89</v>
+      </c>
+      <c r="C22" s="49">
+        <v>4.63</v>
+      </c>
+      <c r="D22" s="49">
+        <v>5.25</v>
+      </c>
+      <c r="E22" s="49">
+        <v>5.36</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A23" s="115"/>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A24" s="1" t="s">
+        <v>296</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="G3" r:id="rId1" display="https://protect.checkpoint.com/v2/___https:/www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/housingpurchaseaffordabilitygreatbritain/2022___.YzJlOnVsc3RlcnVuaXZlcnNpdHk6YzpvOjhjMzNiY2YwMDI0Y2FhYTMzZjY0MzVlODIwY2M1NGVmOjY6Y2QxYToyMGNhODRhNDFiNzZmN2Q1Mzk1N2QyNTlmOThmNDliZDRlNmQyOTRlNjZjMGU1NWQ0MjA1ZGJkMDg1Y2Q3M2Y4OnA6VDpO" xr:uid="{144A23C6-13B3-4F6E-BEDD-A95447AC8D22}"/>
+    <hyperlink ref="H3" r:id="rId1" display="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/housingpurchaseaffordabilitygreatbritain/2024" xr:uid="{0C66744F-ECFD-49FD-95EB-B421B4D3EB09}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57C81BE2-4019-43B3-98B7-1F22F41DA58B}">
   <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>285</v>
+        <v>271</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="157" t="s">
-[...2 lines deleted...]
-      <c r="B3" s="157">
+      <c r="A3" s="151" t="s">
+        <v>272</v>
+      </c>
+      <c r="B3" s="151">
         <v>2019</v>
       </c>
-      <c r="C3" s="157">
+      <c r="C3" s="151">
         <v>2020</v>
       </c>
-      <c r="D3" s="157">
+      <c r="D3" s="151">
         <v>2021</v>
       </c>
-      <c r="E3" s="157">
+      <c r="E3" s="151">
         <v>2022</v>
       </c>
-      <c r="F3" s="157">
+      <c r="F3" s="151">
         <v>2023</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="B4" s="161">
+        <v>19</v>
+      </c>
+      <c r="B4" s="155">
         <v>0.52</v>
       </c>
-      <c r="C4" s="161">
+      <c r="C4" s="155">
         <v>0.56000000000000005</v>
       </c>
-      <c r="D4" s="161">
+      <c r="D4" s="155">
         <v>0.55000000000000004</v>
       </c>
-      <c r="E4" s="161">
+      <c r="E4" s="155">
         <v>0.68</v>
       </c>
-      <c r="F4" s="161">
+      <c r="F4" s="155">
         <v>0.69</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A5" s="151" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="162">
+      <c r="A5" s="145" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="156">
         <v>0.38</v>
       </c>
-      <c r="C5" s="162">
+      <c r="C5" s="156">
         <v>0.81</v>
       </c>
-      <c r="D5" s="162">
+      <c r="D5" s="156">
         <v>0.56999999999999995</v>
       </c>
-      <c r="E5" s="162">
+      <c r="E5" s="156">
         <v>0.61</v>
       </c>
-      <c r="F5" s="162">
+      <c r="F5" s="156">
         <v>0.68</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="B6" s="161">
+        <v>163</v>
+      </c>
+      <c r="B6" s="155">
         <v>0.6</v>
       </c>
-      <c r="C6" s="161">
+      <c r="C6" s="155">
         <v>0.75</v>
       </c>
-      <c r="D6" s="161">
+      <c r="D6" s="155">
         <v>0.66</v>
       </c>
-      <c r="E6" s="161">
+      <c r="E6" s="155">
         <v>0.7</v>
       </c>
-      <c r="F6" s="161">
+      <c r="F6" s="155">
         <v>0.76</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A7" s="151" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="162">
+      <c r="A7" s="145" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="156">
         <v>0.7</v>
       </c>
-      <c r="C7" s="162">
+      <c r="C7" s="156">
         <v>0.75</v>
       </c>
-      <c r="D7" s="162">
+      <c r="D7" s="156">
         <v>0.75</v>
       </c>
-      <c r="E7" s="162">
+      <c r="E7" s="156">
         <v>0.76</v>
       </c>
-      <c r="F7" s="162">
+      <c r="F7" s="156">
         <v>0.8</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="B8" s="161">
+        <v>23</v>
+      </c>
+      <c r="B8" s="155">
         <v>0.49</v>
       </c>
-      <c r="C8" s="161">
+      <c r="C8" s="155">
         <v>0.71</v>
       </c>
-      <c r="D8" s="161">
+      <c r="D8" s="155">
         <v>0.71</v>
       </c>
-      <c r="E8" s="161">
+      <c r="E8" s="155">
         <v>0.73</v>
       </c>
-      <c r="F8" s="161">
+      <c r="F8" s="155">
         <v>0.85</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A9" s="151" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="162">
+      <c r="A9" s="145" t="s">
+        <v>140</v>
+      </c>
+      <c r="B9" s="156">
         <v>0.54</v>
       </c>
-      <c r="C9" s="162">
+      <c r="C9" s="156">
         <v>0.87</v>
       </c>
-      <c r="D9" s="162">
+      <c r="D9" s="156">
         <v>0.67</v>
       </c>
-      <c r="E9" s="162">
+      <c r="E9" s="156">
         <v>0.73</v>
       </c>
-      <c r="F9" s="162">
+      <c r="F9" s="156">
         <v>0.77</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="B10" s="161">
+        <v>25</v>
+      </c>
+      <c r="B10" s="155">
         <v>0.35</v>
       </c>
-      <c r="C10" s="161">
+      <c r="C10" s="155">
         <v>0.74</v>
       </c>
-      <c r="D10" s="161">
+      <c r="D10" s="155">
         <v>0.53</v>
       </c>
-      <c r="E10" s="161">
+      <c r="E10" s="155">
         <v>0.61</v>
       </c>
-      <c r="F10" s="161">
+      <c r="F10" s="155">
         <v>0.71</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A11" s="151" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="162">
+      <c r="A11" s="145" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="156">
         <v>0.71</v>
       </c>
-      <c r="C11" s="162">
+      <c r="C11" s="156">
         <v>0.75</v>
       </c>
-      <c r="D11" s="162">
+      <c r="D11" s="156">
         <v>0.73</v>
       </c>
-      <c r="E11" s="162">
+      <c r="E11" s="156">
         <v>0.74</v>
       </c>
-      <c r="F11" s="162">
+      <c r="F11" s="156">
         <v>0.76</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="B12" s="161">
+        <v>27</v>
+      </c>
+      <c r="B12" s="155">
         <v>0.28000000000000003</v>
       </c>
-      <c r="C12" s="161">
+      <c r="C12" s="155">
         <v>0.75</v>
       </c>
-      <c r="D12" s="161">
+      <c r="D12" s="155">
         <v>0.56000000000000005</v>
       </c>
-      <c r="E12" s="161">
+      <c r="E12" s="155">
         <v>0.62</v>
       </c>
-      <c r="F12" s="161">
+      <c r="F12" s="155">
         <v>0.66</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A13" s="151" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="162">
+      <c r="A13" s="145" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" s="156">
         <v>0.48</v>
       </c>
-      <c r="C13" s="162">
+      <c r="C13" s="156">
         <v>0.74</v>
       </c>
-      <c r="D13" s="162">
+      <c r="D13" s="156">
         <v>0.55000000000000004</v>
       </c>
-      <c r="E13" s="162">
+      <c r="E13" s="156">
         <v>0.57999999999999996</v>
       </c>
-      <c r="F13" s="162">
+      <c r="F13" s="156">
         <v>0.61</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A14" s="152" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="163">
+      <c r="A14" s="146" t="s">
+        <v>81</v>
+      </c>
+      <c r="B14" s="157">
         <v>0.59</v>
       </c>
-      <c r="C14" s="163">
+      <c r="C14" s="157">
         <v>0.75</v>
       </c>
-      <c r="D14" s="163">
+      <c r="D14" s="157">
         <v>0.69</v>
       </c>
-      <c r="E14" s="163">
+      <c r="E14" s="157">
         <v>0.71</v>
       </c>
-      <c r="F14" s="163">
+      <c r="F14" s="157">
         <v>0.75</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47849050-3F12-49C9-940B-051FDEBFB215}">
   <dimension ref="A1:K26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="M9" sqref="M9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29.5703125" style="1" customWidth="1"/>
     <col min="2" max="6" width="8.7109375" style="1"/>
     <col min="7" max="7" width="3.140625" style="1" customWidth="1"/>
-    <col min="8" max="8" width="18.140625" style="182" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="18.140625" style="176" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="1"/>
     <col min="10" max="10" width="3.140625" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="155" t="s">
-        <v>288</v>
+      <c r="A1" s="149" t="s">
+        <v>274</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="5"/>
-      <c r="B3" s="183">
+      <c r="B3" s="177">
         <v>2019</v>
       </c>
-      <c r="C3" s="183">
+      <c r="C3" s="177">
         <v>2020</v>
       </c>
-      <c r="D3" s="183">
+      <c r="D3" s="177">
         <v>2021</v>
       </c>
-      <c r="E3" s="183">
+      <c r="E3" s="177">
         <v>2022</v>
       </c>
-      <c r="F3" s="183">
+      <c r="F3" s="177">
         <v>2023</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="39" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="190">
+      <c r="A4" s="183" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="184">
         <v>42788</v>
       </c>
-      <c r="C4" s="191">
+      <c r="C4" s="185">
         <v>71788</v>
       </c>
-      <c r="D4" s="192">
+      <c r="D4" s="186">
         <v>50612</v>
       </c>
-      <c r="E4" s="193">
+      <c r="E4" s="187">
         <v>12040</v>
       </c>
-      <c r="F4" s="193">
+      <c r="F4" s="187">
         <v>5650</v>
       </c>
-      <c r="H4" s="184" t="s">
-[...2 lines deleted...]
-      <c r="I4" s="164"/>
+      <c r="H4" s="178" t="s">
+        <v>275</v>
+      </c>
+      <c r="I4" s="158"/>
       <c r="K4" s="1" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B5" s="174">
+        <v>20</v>
+      </c>
+      <c r="B5" s="168">
         <v>40404</v>
       </c>
-      <c r="C5" s="178">
+      <c r="C5" s="172">
         <v>25442</v>
       </c>
-      <c r="D5" s="175">
+      <c r="D5" s="169">
         <v>46344</v>
       </c>
-      <c r="E5" s="178">
+      <c r="E5" s="172">
         <v>28962</v>
       </c>
-      <c r="F5" s="178">
+      <c r="F5" s="172">
         <v>15837</v>
       </c>
-      <c r="H5" s="185" t="s">
+      <c r="H5" s="179" t="s">
+        <v>165</v>
+      </c>
+      <c r="I5" s="159"/>
+      <c r="K5" s="1" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="183" t="s">
+        <v>139</v>
+      </c>
+      <c r="B6" s="184">
+        <v>31286</v>
+      </c>
+      <c r="C6" s="187">
+        <v>6275</v>
+      </c>
+      <c r="D6" s="187">
+        <v>8861</v>
+      </c>
+      <c r="E6" s="187">
+        <v>1240</v>
+      </c>
+      <c r="F6" s="188">
+        <v>-4917</v>
+      </c>
+      <c r="H6" s="179" t="s">
         <v>167</v>
       </c>
-      <c r="I5" s="165"/>
-[...26 lines deleted...]
-      <c r="I6" s="166"/>
+      <c r="I6" s="160"/>
     </row>
     <row r="7" spans="1:11" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="B7" s="176">
+        <v>22</v>
+      </c>
+      <c r="B7" s="170">
         <v>6864</v>
       </c>
-      <c r="C7" s="177">
+      <c r="C7" s="171">
         <v>864</v>
       </c>
-      <c r="D7" s="180">
+      <c r="D7" s="174">
         <v>-1869</v>
       </c>
-      <c r="E7" s="188">
+      <c r="E7" s="182">
         <v>-11950</v>
       </c>
-      <c r="F7" s="181">
+      <c r="F7" s="175">
         <v>-22142</v>
       </c>
-      <c r="H7" s="185" t="s">
-[...2 lines deleted...]
-      <c r="I7" s="167"/>
+      <c r="H7" s="179" t="s">
+        <v>169</v>
+      </c>
+      <c r="I7" s="161"/>
     </row>
     <row r="8" spans="1:11" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="195">
+      <c r="A8" s="183" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="189">
         <v>22981</v>
       </c>
-      <c r="C8" s="193">
+      <c r="C8" s="187">
         <v>8031</v>
       </c>
-      <c r="D8" s="193">
+      <c r="D8" s="187">
         <v>2241</v>
       </c>
-      <c r="E8" s="196">
+      <c r="E8" s="190">
         <v>-11757</v>
       </c>
-      <c r="F8" s="197">
+      <c r="F8" s="191">
         <v>-24055</v>
       </c>
-      <c r="H8" s="185" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="168"/>
+      <c r="H8" s="179" t="s">
+        <v>170</v>
+      </c>
+      <c r="I8" s="162"/>
     </row>
     <row r="9" spans="1:11" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="B9" s="174">
+        <v>140</v>
+      </c>
+      <c r="B9" s="168">
         <v>31540</v>
       </c>
-      <c r="C9" s="178">
+      <c r="C9" s="172">
         <v>22540</v>
       </c>
-      <c r="D9" s="178">
+      <c r="D9" s="172">
         <v>17390</v>
       </c>
-      <c r="E9" s="188">
+      <c r="E9" s="182">
         <v>-3626</v>
       </c>
-      <c r="F9" s="181">
+      <c r="F9" s="175">
         <v>-21973</v>
       </c>
-      <c r="H9" s="186" t="s">
-[...2 lines deleted...]
-      <c r="I9" s="169"/>
+      <c r="H9" s="180" t="s">
+        <v>171</v>
+      </c>
+      <c r="I9" s="163"/>
     </row>
     <row r="10" spans="1:11" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="190">
+      <c r="A10" s="183" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="184">
         <v>41326</v>
       </c>
-      <c r="C10" s="195">
+      <c r="C10" s="189">
         <v>15986</v>
       </c>
-      <c r="D10" s="195">
+      <c r="D10" s="189">
         <v>17111</v>
       </c>
-      <c r="E10" s="193">
+      <c r="E10" s="187">
         <v>4403</v>
       </c>
-      <c r="F10" s="197">
+      <c r="F10" s="191">
         <v>-20967</v>
       </c>
-      <c r="H10" s="186" t="s">
-[...2 lines deleted...]
-      <c r="I10" s="170"/>
+      <c r="H10" s="180" t="s">
+        <v>172</v>
+      </c>
+      <c r="I10" s="164"/>
     </row>
     <row r="11" spans="1:11" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="B11" s="174">
+        <v>26</v>
+      </c>
+      <c r="B11" s="168">
         <v>36739</v>
       </c>
-      <c r="C11" s="178">
+      <c r="C11" s="172">
         <v>28364</v>
       </c>
-      <c r="D11" s="174">
+      <c r="D11" s="168">
         <v>34741</v>
       </c>
-      <c r="E11" s="178">
+      <c r="E11" s="172">
         <v>21258</v>
       </c>
-      <c r="F11" s="179">
+      <c r="F11" s="173">
         <v>-1526</v>
       </c>
-      <c r="H11" s="186" t="s">
+      <c r="H11" s="180" t="s">
+        <v>173</v>
+      </c>
+      <c r="I11" s="165"/>
+    </row>
+    <row r="12" spans="1:11" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="183" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="185">
+        <v>60130</v>
+      </c>
+      <c r="C12" s="184">
+        <v>40146</v>
+      </c>
+      <c r="D12" s="184">
+        <v>44133</v>
+      </c>
+      <c r="E12" s="189">
+        <v>17130</v>
+      </c>
+      <c r="F12" s="187">
+        <v>13594</v>
+      </c>
+      <c r="H12" s="180" t="s">
+        <v>174</v>
+      </c>
+      <c r="I12" s="166"/>
+      <c r="K12" s="1" t="s">
         <v>175</v>
-      </c>
-[...26 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="39" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="B13" s="175">
+        <v>28</v>
+      </c>
+      <c r="B13" s="169">
         <v>55799</v>
       </c>
-      <c r="C13" s="174">
+      <c r="C13" s="168">
         <v>38749</v>
       </c>
-      <c r="D13" s="175">
+      <c r="D13" s="169">
         <v>49224</v>
       </c>
-      <c r="E13" s="174">
+      <c r="E13" s="168">
         <v>36760</v>
       </c>
-      <c r="F13" s="178">
+      <c r="F13" s="172">
         <v>23172</v>
       </c>
-      <c r="H13" s="186" t="s">
-[...2 lines deleted...]
-      <c r="I13" s="173"/>
+      <c r="H13" s="180" t="s">
+        <v>176</v>
+      </c>
+      <c r="I13" s="167"/>
       <c r="K13" s="1" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="190">
+      <c r="A14" s="183" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" s="184">
         <v>37028</v>
       </c>
-      <c r="C14" s="195">
+      <c r="C14" s="189">
         <v>29278</v>
       </c>
-      <c r="D14" s="195">
+      <c r="D14" s="189">
         <v>18794</v>
       </c>
-      <c r="E14" s="193">
+      <c r="E14" s="187">
         <v>2869</v>
       </c>
-      <c r="F14" s="194">
+      <c r="F14" s="188">
         <v>-1088</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
-        <v>290</v>
+        <v>276</v>
       </c>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A26" s="187"/>
+      <c r="A26" s="181"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9823BCED-09AC-4D50-9C15-D8CDACC16561}">
   <dimension ref="A1:J26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F22" sqref="F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.5703125" style="1" customWidth="1"/>
     <col min="2" max="6" width="8.7109375" style="1"/>
     <col min="7" max="7" width="5.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.2">
-      <c r="A1" s="155" t="s">
-        <v>292</v>
+      <c r="A1" s="149" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="5"/>
-      <c r="B3" s="183">
+      <c r="B3" s="177">
         <v>2019</v>
       </c>
-      <c r="C3" s="183">
+      <c r="C3" s="177">
         <v>2020</v>
       </c>
-      <c r="D3" s="183">
+      <c r="D3" s="177">
         <v>2021</v>
       </c>
-      <c r="E3" s="183">
+      <c r="E3" s="177">
         <v>2022</v>
       </c>
-      <c r="F3" s="183">
+      <c r="F3" s="177">
         <v>2023</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="205">
+      <c r="A4" s="183" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="199">
         <v>0.42599999999999999</v>
       </c>
-      <c r="C4" s="205">
+      <c r="C4" s="199">
         <v>0.47599999999999998</v>
       </c>
-      <c r="D4" s="205">
+      <c r="D4" s="199">
         <v>0.443</v>
       </c>
-      <c r="E4" s="205">
+      <c r="E4" s="199">
         <v>0.53800000000000003</v>
       </c>
-      <c r="F4" s="205">
+      <c r="F4" s="199">
         <v>0.53100000000000003</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B5" s="201">
+        <v>20</v>
+      </c>
+      <c r="B5" s="195">
         <v>0.39300000000000002</v>
       </c>
-      <c r="C5" s="200">
+      <c r="C5" s="194">
         <v>0.52900000000000003</v>
       </c>
-      <c r="D5" s="200">
+      <c r="D5" s="194">
         <v>0.47799999999999998</v>
       </c>
-      <c r="E5" s="200">
+      <c r="E5" s="194">
         <v>0.48399999999999999</v>
       </c>
-      <c r="F5" s="200">
+      <c r="F5" s="194">
         <v>0.496</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B6" s="205">
+      <c r="A6" s="183" t="s">
+        <v>139</v>
+      </c>
+      <c r="B6" s="199">
         <v>0.52200000000000002</v>
       </c>
-      <c r="C6" s="205">
+      <c r="C6" s="199">
         <v>0.59899999999999998</v>
       </c>
-      <c r="D6" s="205">
+      <c r="D6" s="199">
         <v>0.59899999999999998</v>
       </c>
-      <c r="E6" s="206">
+      <c r="E6" s="200">
         <v>0.60899999999999999</v>
       </c>
-      <c r="F6" s="205">
+      <c r="F6" s="199">
         <v>0.58199999999999996</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="B7" s="200">
+        <v>22</v>
+      </c>
+      <c r="B7" s="194">
         <v>0.57799999999999996</v>
       </c>
-      <c r="C7" s="202">
+      <c r="C7" s="196">
         <v>0.624</v>
       </c>
-      <c r="D7" s="202">
+      <c r="D7" s="196">
         <v>0.65200000000000002</v>
       </c>
-      <c r="E7" s="202">
+      <c r="E7" s="196">
         <v>0.66800000000000004</v>
       </c>
-      <c r="F7" s="202">
+      <c r="F7" s="196">
         <v>0.69499999999999995</v>
       </c>
-      <c r="H7" s="187" t="s">
-        <v>184</v>
+      <c r="H7" s="181" t="s">
+        <v>182</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="J7" s="169"/>
+        <v>177</v>
+      </c>
+      <c r="J7" s="163"/>
     </row>
     <row r="8" spans="1:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="207">
+      <c r="A8" s="183" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="201">
         <v>0.379</v>
       </c>
-      <c r="C8" s="205">
+      <c r="C8" s="199">
         <v>0.59299999999999997</v>
       </c>
-      <c r="D8" s="206">
+      <c r="D8" s="200">
         <v>0.63200000000000001</v>
       </c>
-      <c r="E8" s="206">
+      <c r="E8" s="200">
         <v>0.63700000000000001</v>
       </c>
-      <c r="F8" s="206">
+      <c r="F8" s="200">
         <v>0.66</v>
       </c>
-      <c r="H8" s="187" t="s">
-        <v>185</v>
+      <c r="H8" s="181" t="s">
+        <v>183</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="J8" s="170"/>
+        <v>178</v>
+      </c>
+      <c r="J8" s="164"/>
     </row>
     <row r="9" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="B9" s="200">
+        <v>140</v>
+      </c>
+      <c r="B9" s="194">
         <v>0.45500000000000002</v>
       </c>
-      <c r="C9" s="200">
+      <c r="C9" s="194">
         <v>0.50900000000000001</v>
       </c>
-      <c r="D9" s="200">
+      <c r="D9" s="194">
         <v>0.54900000000000004</v>
       </c>
-      <c r="E9" s="202">
+      <c r="E9" s="196">
         <v>0.60299999999999998</v>
       </c>
-      <c r="F9" s="202">
+      <c r="F9" s="196">
         <v>0.67500000000000004</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="J9" s="171"/>
+        <v>179</v>
+      </c>
+      <c r="J9" s="165"/>
     </row>
     <row r="10" spans="1:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="207">
+      <c r="A10" s="183" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="201">
         <v>0.35799999999999998</v>
       </c>
-      <c r="C10" s="205">
+      <c r="C10" s="199">
         <v>0.55300000000000005</v>
       </c>
-      <c r="D10" s="205">
+      <c r="D10" s="199">
         <v>0.56000000000000005</v>
       </c>
-      <c r="E10" s="205">
+      <c r="E10" s="199">
         <v>0.56399999999999995</v>
       </c>
-      <c r="F10" s="206">
+      <c r="F10" s="200">
         <v>0.65400000000000003</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="J10" s="172"/>
+        <v>180</v>
+      </c>
+      <c r="J10" s="166"/>
     </row>
     <row r="11" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="B11" s="202">
+        <v>26</v>
+      </c>
+      <c r="B11" s="196">
         <v>0.61499999999999999</v>
       </c>
-      <c r="C11" s="200">
+      <c r="C11" s="194">
         <v>0.60799999999999998</v>
       </c>
-      <c r="D11" s="200">
+      <c r="D11" s="194">
         <v>0.52100000000000002</v>
       </c>
-      <c r="E11" s="200">
+      <c r="E11" s="194">
         <v>0.54200000000000004</v>
       </c>
-      <c r="F11" s="200">
+      <c r="F11" s="194">
         <v>0.55200000000000005</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="J11" s="173"/>
+        <v>181</v>
+      </c>
+      <c r="J11" s="167"/>
     </row>
     <row r="12" spans="1:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B12" s="207">
+      <c r="A12" s="183" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="201">
         <v>0.31</v>
       </c>
-      <c r="C12" s="205">
+      <c r="C12" s="199">
         <v>0.46100000000000002</v>
       </c>
-      <c r="D12" s="205">
+      <c r="D12" s="199">
         <v>0.45700000000000002</v>
       </c>
-      <c r="E12" s="205">
+      <c r="E12" s="199">
         <v>0.51400000000000001</v>
       </c>
-      <c r="F12" s="205">
+      <c r="F12" s="199">
         <v>0.48899999999999999</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="B13" s="200">
+        <v>28</v>
+      </c>
+      <c r="B13" s="194">
         <v>0.40600000000000003</v>
       </c>
-      <c r="C13" s="200">
+      <c r="C13" s="194">
         <v>0.48899999999999999</v>
       </c>
-      <c r="D13" s="200">
+      <c r="D13" s="194">
         <v>0.46300000000000002</v>
       </c>
-      <c r="E13" s="200">
+      <c r="E13" s="194">
         <v>0.46400000000000002</v>
       </c>
-      <c r="F13" s="200">
+      <c r="F13" s="194">
         <v>0.47</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="205">
+      <c r="A14" s="183" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" s="199">
         <v>0.45300000000000001</v>
       </c>
-      <c r="C14" s="205">
+      <c r="C14" s="199">
         <v>0.50700000000000001</v>
       </c>
-      <c r="D14" s="205">
+      <c r="D14" s="199">
         <v>0.56299999999999994</v>
       </c>
-      <c r="E14" s="205">
+      <c r="E14" s="199">
         <v>0.57299999999999995</v>
       </c>
-      <c r="F14" s="205">
+      <c r="F14" s="199">
         <v>0.55800000000000005</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
-        <v>290</v>
+        <v>276</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A23" s="187"/>
+      <c r="A23" s="181"/>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A26" s="199"/>
-      <c r="B26" s="199"/>
+      <c r="A26" s="193"/>
+      <c r="B26" s="193"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{670CFD2C-BAAB-42D9-B586-EF08F3C837A0}">
   <dimension ref="A1:K16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="36" style="1" customWidth="1"/>
     <col min="2" max="6" width="8.7109375" style="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="5.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="21.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10.42578125" style="1" customWidth="1"/>
     <col min="11" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="18" x14ac:dyDescent="0.2">
-      <c r="A1" s="155" t="s">
-        <v>295</v>
+      <c r="A1" s="149" t="s">
+        <v>281</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="45" x14ac:dyDescent="0.2">
-      <c r="A3" s="204"/>
-      <c r="B3" s="183">
+      <c r="A3" s="198"/>
+      <c r="B3" s="177">
         <v>2019</v>
       </c>
-      <c r="C3" s="183">
+      <c r="C3" s="177">
         <v>2020</v>
       </c>
-      <c r="D3" s="183">
+      <c r="D3" s="177">
         <v>2021</v>
       </c>
-      <c r="E3" s="183">
+      <c r="E3" s="177">
         <v>2022</v>
       </c>
-      <c r="F3" s="183">
+      <c r="F3" s="177">
         <v>2023</v>
       </c>
-      <c r="G3" s="183" t="s">
-        <v>186</v>
+      <c r="G3" s="177" t="s">
+        <v>184</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="214">
+      <c r="A4" s="183" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="208">
         <v>0.60099999999999998</v>
       </c>
-      <c r="C4" s="214">
+      <c r="C4" s="208">
         <v>0.89</v>
       </c>
-      <c r="D4" s="214">
+      <c r="D4" s="208">
         <v>0.65900000000000003</v>
       </c>
-      <c r="E4" s="215">
+      <c r="E4" s="209">
         <v>1.216</v>
       </c>
-      <c r="F4" s="215">
+      <c r="F4" s="209">
         <v>1.212</v>
       </c>
-      <c r="G4" s="216">
+      <c r="G4" s="210">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B5" s="212">
+        <v>20</v>
+      </c>
+      <c r="B5" s="206">
         <v>0.45</v>
       </c>
-      <c r="C5" s="210">
+      <c r="C5" s="204">
         <v>1.44</v>
       </c>
-      <c r="D5" s="209">
+      <c r="D5" s="203">
         <v>0.91200000000000003</v>
       </c>
-      <c r="E5" s="209">
+      <c r="E5" s="203">
         <v>0.99099999999999999</v>
       </c>
-      <c r="F5" s="210">
+      <c r="F5" s="204">
         <v>1.1180000000000001</v>
       </c>
-      <c r="G5" s="211">
+      <c r="G5" s="205">
         <v>-0.13</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B6" s="215">
+      <c r="A6" s="183" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" s="209">
         <v>1.038</v>
       </c>
-      <c r="C6" s="215">
+      <c r="C6" s="209">
         <v>1.49</v>
       </c>
-      <c r="D6" s="215">
+      <c r="D6" s="209">
         <v>1.3260000000000001</v>
       </c>
-      <c r="E6" s="215">
+      <c r="E6" s="209">
         <v>1.3540000000000001</v>
       </c>
-      <c r="F6" s="215">
+      <c r="F6" s="209">
         <v>1.4770000000000001</v>
       </c>
-      <c r="G6" s="217">
+      <c r="G6" s="211">
         <v>-0.12</v>
       </c>
-      <c r="J6" s="198" t="s">
-[...2 lines deleted...]
-      <c r="K6" s="199"/>
+      <c r="J6" s="192" t="s">
+        <v>186</v>
+      </c>
+      <c r="K6" s="193"/>
     </row>
     <row r="7" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="B7" s="210">
+        <v>22</v>
+      </c>
+      <c r="B7" s="204">
         <v>1.355</v>
       </c>
-      <c r="C7" s="213">
+      <c r="C7" s="207">
         <v>1.55</v>
       </c>
-      <c r="D7" s="213">
+      <c r="D7" s="207">
         <v>1.637</v>
       </c>
-      <c r="E7" s="213">
+      <c r="E7" s="207">
         <v>1.7050000000000001</v>
       </c>
-      <c r="F7" s="213">
+      <c r="F7" s="207">
         <v>1.863</v>
       </c>
-      <c r="G7" s="211">
+      <c r="G7" s="205">
         <v>-0.16</v>
       </c>
-      <c r="I7" s="187" t="s">
-        <v>194</v>
+      <c r="I7" s="181" t="s">
+        <v>192</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="K7" s="169"/>
+        <v>187</v>
+      </c>
+      <c r="K7" s="163"/>
     </row>
     <row r="8" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="218">
+      <c r="A8" s="183" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="212">
         <v>0.36699999999999999</v>
       </c>
-      <c r="C8" s="215">
+      <c r="C8" s="209">
         <v>1.41</v>
       </c>
-      <c r="D8" s="219">
+      <c r="D8" s="213">
         <v>1.5009999999999999</v>
       </c>
-      <c r="E8" s="219">
+      <c r="E8" s="213">
         <v>1.556</v>
       </c>
-      <c r="F8" s="219">
+      <c r="F8" s="213">
         <v>1.8720000000000001</v>
       </c>
-      <c r="G8" s="217">
+      <c r="G8" s="211">
         <v>-0.32</v>
       </c>
-      <c r="I8" s="187" t="s">
-        <v>195</v>
+      <c r="I8" s="181" t="s">
+        <v>193</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="K8" s="170"/>
+        <v>188</v>
+      </c>
+      <c r="K8" s="164"/>
     </row>
     <row r="9" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="B9" s="209">
+        <v>24</v>
+      </c>
+      <c r="B9" s="203">
         <v>0.82399999999999995</v>
       </c>
-      <c r="C9" s="210">
+      <c r="C9" s="204">
         <v>1.47</v>
       </c>
-      <c r="D9" s="210">
+      <c r="D9" s="204">
         <v>1.22</v>
       </c>
-      <c r="E9" s="210">
+      <c r="E9" s="204">
         <v>1.4790000000000001</v>
       </c>
-      <c r="F9" s="213">
+      <c r="F9" s="207">
         <v>1.7390000000000001</v>
       </c>
-      <c r="G9" s="211">
+      <c r="G9" s="205">
         <v>-0.26</v>
       </c>
-      <c r="I9" s="187"/>
+      <c r="I9" s="181"/>
       <c r="J9" s="5" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="K9" s="171"/>
+        <v>189</v>
+      </c>
+      <c r="K9" s="165"/>
     </row>
     <row r="10" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B10" s="218">
+      <c r="A10" s="183" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="212">
         <v>0.41299999999999998</v>
       </c>
-      <c r="C10" s="215">
+      <c r="C10" s="209">
         <v>1.36</v>
       </c>
-      <c r="D10" s="214">
+      <c r="D10" s="208">
         <v>0.99399999999999999</v>
       </c>
-      <c r="E10" s="215">
+      <c r="E10" s="209">
         <v>1.1499999999999999</v>
       </c>
-      <c r="F10" s="219">
+      <c r="F10" s="213">
         <v>1.536</v>
       </c>
-      <c r="G10" s="217">
+      <c r="G10" s="211">
         <v>-0.39</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="K10" s="172"/>
+        <v>190</v>
+      </c>
+      <c r="K10" s="166"/>
     </row>
     <row r="11" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="B11" s="210">
+        <v>26</v>
+      </c>
+      <c r="B11" s="204">
         <v>1.462</v>
       </c>
-      <c r="C11" s="210">
+      <c r="C11" s="204">
         <v>1.48</v>
       </c>
-      <c r="D11" s="210">
+      <c r="D11" s="204">
         <v>1.2709999999999999</v>
       </c>
-      <c r="E11" s="210">
+      <c r="E11" s="204">
         <v>1.282</v>
       </c>
-      <c r="F11" s="210">
+      <c r="F11" s="204">
         <v>1.403</v>
       </c>
-      <c r="G11" s="211">
+      <c r="G11" s="205">
         <v>-0.12</v>
       </c>
-      <c r="I11" s="203"/>
+      <c r="I11" s="197"/>
       <c r="J11" s="5" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="K11" s="173"/>
+        <v>191</v>
+      </c>
+      <c r="K11" s="167"/>
     </row>
     <row r="12" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B12" s="218">
+      <c r="A12" s="183" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="212">
         <v>0.28499999999999998</v>
       </c>
-      <c r="C12" s="215">
+      <c r="C12" s="209">
         <v>1.1499999999999999</v>
       </c>
-      <c r="D12" s="214">
+      <c r="D12" s="208">
         <v>0.85899999999999999</v>
       </c>
-      <c r="E12" s="215">
+      <c r="E12" s="209">
         <v>1.131</v>
       </c>
-      <c r="F12" s="220">
+      <c r="F12" s="214">
         <v>1.0780000000000001</v>
       </c>
-      <c r="G12" s="217">
+      <c r="G12" s="211">
         <v>0.05</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="B13" s="209">
+        <v>28</v>
+      </c>
+      <c r="B13" s="203">
         <v>0.51</v>
       </c>
-      <c r="C13" s="210">
+      <c r="C13" s="204">
         <v>1.2</v>
       </c>
-      <c r="D13" s="209">
+      <c r="D13" s="203">
         <v>0.84199999999999997</v>
       </c>
-      <c r="E13" s="209">
+      <c r="E13" s="203">
         <v>0.89</v>
       </c>
-      <c r="F13" s="209">
+      <c r="F13" s="203">
         <v>0.94899999999999995</v>
       </c>
-      <c r="G13" s="211">
+      <c r="G13" s="205">
         <v>-0.06</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="189" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="214">
+      <c r="A14" s="183" t="s">
+        <v>29</v>
+      </c>
+      <c r="B14" s="208">
         <v>0.59099999999999997</v>
       </c>
-      <c r="C14" s="215">
+      <c r="C14" s="209">
         <v>1.26</v>
       </c>
-      <c r="D14" s="215">
+      <c r="D14" s="209">
         <v>1.3029999999999999</v>
       </c>
-      <c r="E14" s="215">
+      <c r="E14" s="209">
         <v>1.357</v>
       </c>
-      <c r="F14" s="215">
+      <c r="F14" s="209">
         <v>1.397</v>
       </c>
-      <c r="G14" s="217">
+      <c r="G14" s="211">
         <v>-0.04</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A15" s="208" t="s">
-        <v>187</v>
+      <c r="A15" s="202" t="s">
+        <v>185</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A16" s="1" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5BCD3131-A043-4D7F-8AE6-60F207A90DE0}">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="1230" topLeftCell="A7" activePane="bottomLeft"/>
-      <selection pane="bottomLeft" activeCell="O10" sqref="O10"/>
+      <selection pane="bottomLeft" activeCell="M10" sqref="M10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>298</v>
+        <v>284</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="148" t="s">
+      <c r="A3" s="142" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="223" t="s">
+      <c r="B3" s="217" t="s">
+        <v>194</v>
+      </c>
+      <c r="C3" s="217" t="s">
+        <v>283</v>
+      </c>
+      <c r="D3" s="217" t="s">
+        <v>195</v>
+      </c>
+      <c r="E3" s="217" t="s">
         <v>196</v>
       </c>
-      <c r="C3" s="223" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="223" t="s">
+      <c r="F3" s="217" t="s">
         <v>197</v>
       </c>
-      <c r="E3" s="223" t="s">
+      <c r="H3" s="1" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="198" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" s="215">
+        <v>584</v>
+      </c>
+      <c r="C4" s="215">
+        <v>521</v>
+      </c>
+      <c r="D4" s="215">
+        <v>542</v>
+      </c>
+      <c r="E4" s="215">
+        <v>757</v>
+      </c>
+      <c r="F4" s="216">
+        <v>2404</v>
+      </c>
+      <c r="H4" s="247" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A5" s="218" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" s="219">
+        <v>929</v>
+      </c>
+      <c r="C5" s="219">
+        <v>1006</v>
+      </c>
+      <c r="D5" s="219">
+        <v>938</v>
+      </c>
+      <c r="E5" s="219">
+        <v>1021</v>
+      </c>
+      <c r="F5" s="220">
+        <v>3894</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A6" s="198" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" s="215">
+        <v>954</v>
+      </c>
+      <c r="C6" s="215">
+        <v>1124</v>
+      </c>
+      <c r="D6" s="215">
+        <v>807</v>
+      </c>
+      <c r="E6" s="215">
+        <v>773</v>
+      </c>
+      <c r="F6" s="216">
+        <v>3658</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A7" s="218" t="s">
+        <v>42</v>
+      </c>
+      <c r="B7" s="219">
+        <v>929</v>
+      </c>
+      <c r="C7" s="219">
+        <v>863</v>
+      </c>
+      <c r="D7" s="219">
+        <v>825</v>
+      </c>
+      <c r="E7" s="219">
+        <v>856</v>
+      </c>
+      <c r="F7" s="220">
+        <v>3473</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A8" s="198" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" s="215">
+        <v>939</v>
+      </c>
+      <c r="C8" s="215">
+        <v>1063</v>
+      </c>
+      <c r="D8" s="215">
+        <v>730</v>
+      </c>
+      <c r="E8" s="215">
+        <v>886</v>
+      </c>
+      <c r="F8" s="216">
+        <v>3618</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A9" s="218" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" s="219">
+        <v>1021</v>
+      </c>
+      <c r="C9" s="219">
+        <v>986</v>
+      </c>
+      <c r="D9" s="219">
+        <v>839</v>
+      </c>
+      <c r="E9" s="219">
+        <v>1010</v>
+      </c>
+      <c r="F9" s="220">
+        <v>3856</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A10" s="198" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" s="215">
+        <v>950</v>
+      </c>
+      <c r="C10" s="215">
+        <v>941</v>
+      </c>
+      <c r="D10" s="215">
+        <v>796</v>
+      </c>
+      <c r="E10" s="215">
+        <v>866</v>
+      </c>
+      <c r="F10" s="216">
+        <v>3553</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A11" s="218" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" s="219">
+        <v>741</v>
+      </c>
+      <c r="C11" s="219">
+        <v>724</v>
+      </c>
+      <c r="D11" s="219">
+        <v>579</v>
+      </c>
+      <c r="E11" s="219">
+        <v>349</v>
+      </c>
+      <c r="F11" s="220">
+        <v>2393</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A12" s="198" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="215">
+        <v>283</v>
+      </c>
+      <c r="C12" s="215">
+        <v>359</v>
+      </c>
+      <c r="D12" s="215">
+        <v>241</v>
+      </c>
+      <c r="E12" s="215">
+        <v>372</v>
+      </c>
+      <c r="F12" s="216">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A13" s="218" t="s">
+        <v>48</v>
+      </c>
+      <c r="B13" s="219">
+        <v>270</v>
+      </c>
+      <c r="C13" s="219">
+        <v>224</v>
+      </c>
+      <c r="D13" s="219">
+        <v>239</v>
+      </c>
+      <c r="E13" s="219">
+        <v>322</v>
+      </c>
+      <c r="F13" s="220">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A14" s="198" t="s">
+        <v>49</v>
+      </c>
+      <c r="B14" s="215">
+        <v>267</v>
+      </c>
+      <c r="C14" s="215">
+        <v>328</v>
+      </c>
+      <c r="D14" s="215">
+        <v>238</v>
+      </c>
+      <c r="E14" s="215">
+        <v>239</v>
+      </c>
+      <c r="F14" s="216">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A15" s="218" t="s">
+        <v>50</v>
+      </c>
+      <c r="B15" s="219">
+        <v>211</v>
+      </c>
+      <c r="C15" s="219">
+        <v>216</v>
+      </c>
+      <c r="D15" s="219">
+        <v>280</v>
+      </c>
+      <c r="E15" s="219">
+        <v>423</v>
+      </c>
+      <c r="F15" s="220">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A16" s="198" t="s">
+        <v>51</v>
+      </c>
+      <c r="B16" s="215">
+        <v>549</v>
+      </c>
+      <c r="C16" s="215">
+        <v>490</v>
+      </c>
+      <c r="D16" s="215">
+        <v>304</v>
+      </c>
+      <c r="E16" s="215">
+        <v>409</v>
+      </c>
+      <c r="F16" s="216">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A17" s="218" t="s">
+        <v>52</v>
+      </c>
+      <c r="B17" s="219" t="s">
         <v>198</v>
       </c>
-      <c r="F3" s="223" t="s">
-[...247 lines deleted...]
-      <c r="A16" s="204" t="s">
+      <c r="C17" s="219" t="s">
+        <v>198</v>
+      </c>
+      <c r="D17" s="219">
+        <v>7</v>
+      </c>
+      <c r="E17" s="219">
+        <v>22</v>
+      </c>
+      <c r="F17" s="220">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A18" s="198" t="s">
         <v>53</v>
       </c>
-      <c r="B16" s="221">
-[...16 lines deleted...]
-      <c r="A17" s="224" t="s">
+      <c r="B18" s="215">
+        <v>145</v>
+      </c>
+      <c r="C18" s="215">
+        <v>173</v>
+      </c>
+      <c r="D18" s="215">
+        <v>169</v>
+      </c>
+      <c r="E18" s="215">
+        <v>185</v>
+      </c>
+      <c r="F18" s="216">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A19" s="218" t="s">
         <v>54</v>
       </c>
-      <c r="B17" s="225" t="s">
-[...16 lines deleted...]
-      <c r="A18" s="204" t="s">
+      <c r="B19" s="219">
+        <v>150</v>
+      </c>
+      <c r="C19" s="219">
+        <v>154</v>
+      </c>
+      <c r="D19" s="219">
+        <v>85</v>
+      </c>
+      <c r="E19" s="219">
+        <v>230</v>
+      </c>
+      <c r="F19" s="220">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A20" s="198" t="s">
         <v>55</v>
       </c>
-      <c r="B18" s="221">
-[...16 lines deleted...]
-      <c r="A19" s="224" t="s">
+      <c r="B20" s="215">
+        <v>246</v>
+      </c>
+      <c r="C20" s="215">
+        <v>271</v>
+      </c>
+      <c r="D20" s="215">
+        <v>231</v>
+      </c>
+      <c r="E20" s="215">
+        <v>285</v>
+      </c>
+      <c r="F20" s="216">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A21" s="221" t="s">
         <v>56</v>
       </c>
-      <c r="B19" s="225">
-[...39 lines deleted...]
-      <c r="B21" s="228">
+      <c r="B21" s="222">
         <v>339</v>
       </c>
-      <c r="C21" s="228">
+      <c r="C21" s="222">
         <v>333</v>
       </c>
-      <c r="D21" s="228">
+      <c r="D21" s="222">
         <v>245</v>
       </c>
-      <c r="E21" s="228">
+      <c r="E21" s="222">
         <v>307</v>
       </c>
-      <c r="F21" s="229">
+      <c r="F21" s="223">
         <v>1224</v>
       </c>
     </row>
+    <row r="25" spans="1:6" s="245" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A25" s="245" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" s="245" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A26" s="245" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" s="245" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A27" s="246" t="s">
+        <v>300</v>
+      </c>
+    </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="A27" r:id="rId1" xr:uid="{3EA76AEE-58A2-40E0-A9D4-57774118154D}"/>
+    <hyperlink ref="H4" r:id="rId2" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{31B943B6-44D1-4AE1-8D3D-83F4FE11C82C}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D4E4CDBB-02BE-44CD-A846-1F934009ED89}">
-  <dimension ref="A1:M46"/>
+  <dimension ref="A1:M48"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="2115" topLeftCell="A25" activePane="bottomLeft"/>
-      <selection pane="bottomLeft" activeCell="A31" sqref="A31"/>
+      <pane ySplit="2115" topLeftCell="A7" activePane="bottomLeft"/>
+      <selection activeCell="I2" sqref="I2"/>
+      <selection pane="bottomLeft" activeCell="K55" sqref="K55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="16.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="14.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="18.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="I1" s="77" t="s">
+        <v>286</v>
+      </c>
+      <c r="I1" s="71" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A2" s="2"/>
+      <c r="I2" s="247" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="3" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A3" s="285"/>
+      <c r="B3" s="285"/>
+      <c r="C3" s="67"/>
+      <c r="D3" s="224"/>
+      <c r="E3" s="224"/>
+      <c r="G3" s="224"/>
+      <c r="H3" s="224"/>
+      <c r="I3" s="36"/>
+      <c r="J3" s="224"/>
+      <c r="K3" s="67"/>
+      <c r="L3" s="284"/>
+      <c r="M3" s="284"/>
+    </row>
+    <row r="4" spans="1:13" ht="75" x14ac:dyDescent="0.2">
+      <c r="A4" s="228" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="229" t="s">
+        <v>200</v>
+      </c>
+      <c r="C4" s="229" t="s">
+        <v>201</v>
+      </c>
+      <c r="D4" s="229" t="s">
+        <v>202</v>
+      </c>
+      <c r="E4" s="229" t="s">
+        <v>203</v>
+      </c>
+      <c r="F4" s="229" t="s">
+        <v>204</v>
+      </c>
+      <c r="G4" s="229" t="s">
+        <v>205</v>
+      </c>
+      <c r="H4" s="229" t="s">
+        <v>206</v>
+      </c>
+      <c r="I4" s="229" t="s">
+        <v>207</v>
+      </c>
+      <c r="J4" s="229" t="s">
+        <v>208</v>
+      </c>
+      <c r="K4" s="229" t="s">
+        <v>209</v>
+      </c>
+      <c r="L4" s="284"/>
+      <c r="M4" s="284"/>
+    </row>
+    <row r="5" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A5" s="225">
+        <v>1981</v>
+      </c>
+      <c r="B5" s="70">
+        <v>10700</v>
+      </c>
+      <c r="C5" s="227">
+        <v>64</v>
+      </c>
+      <c r="D5" s="227">
+        <v>122</v>
+      </c>
+      <c r="E5" s="227">
+        <v>34</v>
+      </c>
+      <c r="F5" s="70">
+        <v>11335</v>
+      </c>
+      <c r="G5" s="70">
+        <v>8037</v>
+      </c>
+      <c r="H5" s="227">
+        <v>78</v>
+      </c>
+      <c r="I5" s="227">
+        <v>1.44</v>
+      </c>
+      <c r="J5" s="227">
+        <v>14.2</v>
+      </c>
+      <c r="K5" s="227" t="s">
+        <v>210</v>
+      </c>
+      <c r="L5" s="284"/>
+      <c r="M5" s="284"/>
+    </row>
+    <row r="6" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A6" s="230">
+        <v>1991</v>
+      </c>
+      <c r="B6" s="76">
+        <v>10600</v>
+      </c>
+      <c r="C6" s="231">
+        <v>55</v>
+      </c>
+      <c r="D6" s="231">
+        <v>234</v>
+      </c>
+      <c r="E6" s="231">
+        <v>32</v>
+      </c>
+      <c r="F6" s="76">
+        <v>22189</v>
+      </c>
+      <c r="G6" s="76">
+        <v>13651</v>
+      </c>
+      <c r="H6" s="231">
+        <v>86</v>
+      </c>
+      <c r="I6" s="231">
+        <v>1.71</v>
+      </c>
+      <c r="J6" s="231">
+        <v>15.7</v>
+      </c>
+      <c r="K6" s="231" t="s">
+        <v>210</v>
+      </c>
+      <c r="L6" s="284"/>
+      <c r="M6" s="284"/>
+    </row>
+    <row r="7" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A7" s="225">
+        <v>1996</v>
+      </c>
+      <c r="B7" s="70">
+        <v>13600</v>
+      </c>
+      <c r="C7" s="227">
+        <v>55</v>
+      </c>
+      <c r="D7" s="227">
+        <v>419</v>
+      </c>
+      <c r="E7" s="227">
+        <v>32</v>
+      </c>
+      <c r="F7" s="70">
+        <v>30773</v>
+      </c>
+      <c r="G7" s="70">
+        <v>16584</v>
+      </c>
+      <c r="H7" s="227">
+        <v>90</v>
+      </c>
+      <c r="I7" s="227">
+        <v>1.94</v>
+      </c>
+      <c r="J7" s="227">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="K7" s="227" t="s">
+        <v>210</v>
+      </c>
+      <c r="L7" s="284"/>
+      <c r="M7" s="284"/>
+    </row>
+    <row r="8" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A8" s="230">
+        <v>2001</v>
+      </c>
+      <c r="B8" s="76">
+        <v>18300</v>
+      </c>
+      <c r="C8" s="231">
+        <v>62</v>
+      </c>
+      <c r="D8" s="231">
+        <v>924</v>
+      </c>
+      <c r="E8" s="231">
+        <v>32</v>
+      </c>
+      <c r="F8" s="76">
+        <v>50872</v>
+      </c>
+      <c r="G8" s="76">
+        <v>22836</v>
+      </c>
+      <c r="H8" s="231">
+        <v>87</v>
+      </c>
+      <c r="I8" s="231">
+        <v>2.33</v>
+      </c>
+      <c r="J8" s="231">
+        <v>12.1</v>
+      </c>
+      <c r="K8" s="231" t="s">
+        <v>210</v>
+      </c>
+      <c r="L8" s="284"/>
+      <c r="M8" s="284"/>
+    </row>
+    <row r="9" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A9" s="225">
+        <v>2002</v>
+      </c>
+      <c r="B9" s="70">
+        <v>15100</v>
+      </c>
+      <c r="C9" s="227">
+        <v>51</v>
+      </c>
+      <c r="D9" s="227">
+        <v>892</v>
+      </c>
+      <c r="E9" s="227">
+        <v>32</v>
+      </c>
+      <c r="F9" s="70">
+        <v>58930</v>
+      </c>
+      <c r="G9" s="70">
+        <v>28141</v>
+      </c>
+      <c r="H9" s="227">
+        <v>86</v>
+      </c>
+      <c r="I9" s="227" t="s">
+        <v>211</v>
+      </c>
+      <c r="J9" s="227" t="s">
+        <v>211</v>
+      </c>
+      <c r="K9" s="227" t="s">
+        <v>210</v>
+      </c>
+      <c r="L9" s="284"/>
+      <c r="M9" s="284"/>
+    </row>
+    <row r="10" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A10" s="230">
+        <v>2003</v>
+      </c>
+      <c r="B10" s="76">
+        <v>13400</v>
+      </c>
+      <c r="C10" s="231">
+        <v>39</v>
+      </c>
+      <c r="D10" s="231">
+        <v>819</v>
+      </c>
+      <c r="E10" s="231">
+        <v>33</v>
+      </c>
+      <c r="F10" s="76">
+        <v>60994</v>
+      </c>
+      <c r="G10" s="76">
+        <v>24397</v>
+      </c>
+      <c r="H10" s="231">
+        <v>82</v>
+      </c>
+      <c r="I10" s="231">
+        <v>2.67</v>
+      </c>
+      <c r="J10" s="231">
+        <v>10.8</v>
+      </c>
+      <c r="K10" s="231" t="s">
+        <v>210</v>
+      </c>
+      <c r="L10" s="284"/>
+      <c r="M10" s="284"/>
+    </row>
+    <row r="11" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A11" s="225">
+        <v>2004</v>
+      </c>
+      <c r="B11" s="70">
+        <v>10600</v>
+      </c>
+      <c r="C11" s="227">
+        <v>36</v>
+      </c>
+      <c r="D11" s="227">
+        <v>706</v>
+      </c>
+      <c r="E11" s="227">
+        <v>34</v>
+      </c>
+      <c r="F11" s="70">
+        <v>65816</v>
+      </c>
+      <c r="G11" s="70">
+        <v>26158</v>
+      </c>
+      <c r="H11" s="227">
+        <v>84</v>
+      </c>
+      <c r="I11" s="227">
+        <v>2.76</v>
+      </c>
+      <c r="J11" s="227">
+        <v>13.2</v>
+      </c>
+      <c r="K11" s="227" t="s">
+        <v>210</v>
+      </c>
+      <c r="L11" s="284"/>
+      <c r="M11" s="284"/>
+    </row>
+    <row r="12" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A12" s="230">
+        <v>2005</v>
+      </c>
+      <c r="B12" s="76">
+        <v>9700</v>
+      </c>
+      <c r="C12" s="231">
+        <v>39</v>
+      </c>
+      <c r="D12" s="231">
+        <v>757</v>
+      </c>
+      <c r="E12" s="231">
+        <v>32</v>
+      </c>
+      <c r="F12" s="76">
+        <v>79074</v>
+      </c>
+      <c r="G12" s="76">
+        <v>29639</v>
+      </c>
+      <c r="H12" s="231">
+        <v>80</v>
+      </c>
+      <c r="I12" s="231">
+        <v>2.9</v>
+      </c>
+      <c r="J12" s="231">
+        <v>15.1</v>
+      </c>
+      <c r="K12" s="231">
+        <v>19.600000000000001</v>
+      </c>
+      <c r="L12" s="284"/>
+      <c r="M12" s="284"/>
+    </row>
+    <row r="13" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A13" s="225">
+        <v>2006</v>
+      </c>
+      <c r="B13" s="70">
+        <v>9200</v>
+      </c>
+      <c r="C13" s="227">
+        <v>35</v>
+      </c>
+      <c r="D13" s="227">
+        <v>870</v>
+      </c>
+      <c r="E13" s="227">
+        <v>32</v>
+      </c>
+      <c r="F13" s="70">
+        <v>94250</v>
+      </c>
+      <c r="G13" s="70">
+        <v>31554</v>
+      </c>
+      <c r="H13" s="227">
+        <v>77</v>
+      </c>
+      <c r="I13" s="227">
+        <v>3.27</v>
+      </c>
+      <c r="J13" s="227">
+        <v>16</v>
+      </c>
+      <c r="K13" s="227">
+        <v>20.3</v>
+      </c>
+      <c r="L13" s="284"/>
+      <c r="M13" s="284"/>
+    </row>
+    <row r="14" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A14" s="230">
+        <v>2007</v>
+      </c>
+      <c r="B14" s="76">
+        <v>5600</v>
+      </c>
+      <c r="C14" s="231">
+        <v>32</v>
+      </c>
+      <c r="D14" s="231">
+        <v>660</v>
+      </c>
+      <c r="E14" s="231">
+        <v>31</v>
+      </c>
+      <c r="F14" s="76">
+        <v>118679</v>
+      </c>
+      <c r="G14" s="76">
+        <v>35701</v>
+      </c>
+      <c r="H14" s="231">
+        <v>70</v>
+      </c>
+      <c r="I14" s="231">
+        <v>3.54</v>
+      </c>
+      <c r="J14" s="231">
+        <v>20.6</v>
+      </c>
+      <c r="K14" s="237">
+        <v>24</v>
+      </c>
+      <c r="L14" s="284"/>
+      <c r="M14" s="284"/>
+    </row>
+    <row r="15" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A15" s="225">
+        <v>2008</v>
+      </c>
+      <c r="B15" s="70">
+        <v>2900</v>
+      </c>
+      <c r="C15" s="227">
+        <v>38</v>
+      </c>
+      <c r="D15" s="227">
+        <v>330</v>
+      </c>
+      <c r="E15" s="227">
+        <v>30</v>
+      </c>
+      <c r="F15" s="70">
+        <v>113493</v>
+      </c>
+      <c r="G15" s="70">
+        <v>35638</v>
+      </c>
+      <c r="H15" s="227">
+        <v>70</v>
+      </c>
+      <c r="I15" s="227">
+        <v>3.48</v>
+      </c>
+      <c r="J15" s="227">
+        <v>21.3</v>
+      </c>
+      <c r="K15" s="227">
+        <v>28.9</v>
+      </c>
+      <c r="L15" s="284"/>
+      <c r="M15" s="284"/>
+    </row>
+    <row r="16" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A16" s="230">
+        <v>2009</v>
+      </c>
+      <c r="B16" s="76">
+        <v>4400</v>
+      </c>
+      <c r="C16" s="231">
+        <v>48</v>
+      </c>
+      <c r="D16" s="231">
+        <v>430</v>
+      </c>
+      <c r="E16" s="231">
+        <v>30</v>
+      </c>
+      <c r="F16" s="76">
+        <v>97014</v>
+      </c>
+      <c r="G16" s="76">
+        <v>32347</v>
+      </c>
+      <c r="H16" s="231">
+        <v>73</v>
+      </c>
+      <c r="I16" s="231">
+        <v>3.34</v>
+      </c>
+      <c r="J16" s="231">
+        <v>15.3</v>
+      </c>
+      <c r="K16" s="231">
+        <v>23.7</v>
+      </c>
+      <c r="L16" s="284"/>
+      <c r="M16" s="284"/>
+    </row>
+    <row r="17" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A17" s="225">
+        <v>2010</v>
+      </c>
+      <c r="B17" s="70">
+        <v>4600</v>
+      </c>
+      <c r="C17" s="227">
+        <v>48</v>
+      </c>
+      <c r="D17" s="227">
+        <v>420</v>
+      </c>
+      <c r="E17" s="227">
+        <v>29</v>
+      </c>
+      <c r="F17" s="70">
+        <v>90187</v>
+      </c>
+      <c r="G17" s="70">
+        <v>28910</v>
+      </c>
+      <c r="H17" s="227">
+        <v>74</v>
+      </c>
+      <c r="I17" s="227">
+        <v>3.33</v>
+      </c>
+      <c r="J17" s="227">
+        <v>14.1</v>
+      </c>
+      <c r="K17" s="227">
+        <v>21.9</v>
+      </c>
+      <c r="L17" s="284"/>
+      <c r="M17" s="284"/>
+    </row>
+    <row r="18" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A18" s="230">
+        <v>2011</v>
+      </c>
+      <c r="B18" s="76">
+        <v>4700</v>
+      </c>
+      <c r="C18" s="231">
+        <v>55</v>
+      </c>
+      <c r="D18" s="231">
+        <v>400</v>
+      </c>
+      <c r="E18" s="231">
+        <v>30</v>
+      </c>
+      <c r="F18" s="76">
+        <v>85499</v>
+      </c>
+      <c r="G18" s="76">
+        <v>27641</v>
+      </c>
+      <c r="H18" s="231">
+        <v>76</v>
+      </c>
+      <c r="I18" s="231">
+        <v>3.34</v>
+      </c>
+      <c r="J18" s="231">
+        <v>14.7</v>
+      </c>
+      <c r="K18" s="231">
+        <v>21.9</v>
+      </c>
+      <c r="L18" s="284"/>
+      <c r="M18" s="284"/>
+    </row>
+    <row r="19" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A19" s="225">
+        <v>2012</v>
+      </c>
+      <c r="B19" s="70">
+        <v>5000</v>
+      </c>
+      <c r="C19" s="227">
+        <v>58</v>
+      </c>
+      <c r="D19" s="227">
+        <v>390</v>
+      </c>
+      <c r="E19" s="227">
+        <v>30</v>
+      </c>
+      <c r="F19" s="70">
+        <v>78156</v>
+      </c>
+      <c r="G19" s="70">
+        <v>26999</v>
+      </c>
+      <c r="H19" s="227">
+        <v>75</v>
+      </c>
+      <c r="I19" s="227">
+        <v>3.16</v>
+      </c>
+      <c r="J19" s="227">
+        <v>14.6</v>
+      </c>
+      <c r="K19" s="227">
+        <v>20.9</v>
+      </c>
+      <c r="L19" s="284"/>
+      <c r="M19" s="284"/>
+    </row>
+    <row r="20" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A20" s="230">
+        <v>2013</v>
+      </c>
+      <c r="B20" s="76">
+        <v>5800</v>
+      </c>
+      <c r="C20" s="231">
+        <v>60</v>
+      </c>
+      <c r="D20" s="231">
+        <v>440</v>
+      </c>
+      <c r="E20" s="231">
+        <v>30</v>
+      </c>
+      <c r="F20" s="76">
+        <v>76545</v>
+      </c>
+      <c r="G20" s="76">
+        <v>28510</v>
+      </c>
+      <c r="H20" s="231">
+        <v>74</v>
+      </c>
+      <c r="I20" s="231">
+        <v>2.9</v>
+      </c>
+      <c r="J20" s="231">
+        <v>11.8</v>
+      </c>
+      <c r="K20" s="231">
+        <v>20.6</v>
+      </c>
+      <c r="L20" s="284"/>
+      <c r="M20" s="284"/>
+    </row>
+    <row r="21" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A21" s="225">
+        <v>2014</v>
+      </c>
+      <c r="B21" s="70">
+        <v>7400</v>
+      </c>
+      <c r="C21" s="227">
+        <v>58</v>
+      </c>
+      <c r="D21" s="227">
+        <v>620</v>
+      </c>
+      <c r="E21" s="227">
+        <v>31</v>
+      </c>
+      <c r="F21" s="70">
+        <v>84485</v>
+      </c>
+      <c r="G21" s="70">
+        <v>32306</v>
+      </c>
+      <c r="H21" s="227">
+        <v>77</v>
+      </c>
+      <c r="I21" s="227">
+        <v>2.86</v>
+      </c>
+      <c r="J21" s="227">
+        <v>11.2</v>
+      </c>
+      <c r="K21" s="227">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="L21" s="284"/>
+      <c r="M21" s="284"/>
+    </row>
+    <row r="22" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A22" s="230">
+        <v>2015</v>
+      </c>
+      <c r="B22" s="76">
+        <v>7800</v>
+      </c>
+      <c r="C22" s="231">
+        <v>56</v>
+      </c>
+      <c r="D22" s="231">
+        <v>690</v>
+      </c>
+      <c r="E22" s="231">
+        <v>31</v>
+      </c>
+      <c r="F22" s="76">
+        <v>88776</v>
+      </c>
+      <c r="G22" s="76">
+        <v>34249</v>
+      </c>
+      <c r="H22" s="231">
+        <v>76</v>
+      </c>
+      <c r="I22" s="231">
+        <v>2.74</v>
+      </c>
+      <c r="J22" s="231">
+        <v>9.4</v>
+      </c>
+      <c r="K22" s="231">
+        <v>15.9</v>
+      </c>
+      <c r="L22" s="284"/>
+      <c r="M22" s="284"/>
+    </row>
+    <row r="23" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A23" s="225">
+        <v>2016</v>
+      </c>
+      <c r="B23" s="70">
+        <v>8500</v>
+      </c>
+      <c r="C23" s="227">
+        <v>58</v>
+      </c>
+      <c r="D23" s="227">
+        <v>810</v>
+      </c>
+      <c r="E23" s="227">
+        <v>31</v>
+      </c>
+      <c r="F23" s="70">
+        <v>95801</v>
+      </c>
+      <c r="G23" s="70">
+        <v>35856</v>
+      </c>
+      <c r="H23" s="227">
+        <v>78</v>
+      </c>
+      <c r="I23" s="227">
+        <v>2.82</v>
+      </c>
+      <c r="J23" s="227">
+        <v>8.6</v>
+      </c>
+      <c r="K23" s="227">
+        <v>15.5</v>
+      </c>
+      <c r="L23" s="284"/>
+      <c r="M23" s="284"/>
+    </row>
+    <row r="24" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A24" s="230">
+        <v>2017</v>
+      </c>
+      <c r="B24" s="76">
+        <v>9800</v>
+      </c>
+      <c r="C24" s="231">
+        <v>60</v>
+      </c>
+      <c r="D24" s="231">
+        <v>980</v>
+      </c>
+      <c r="E24" s="231">
+        <v>31</v>
+      </c>
+      <c r="F24" s="76">
+        <v>100075</v>
+      </c>
+      <c r="G24" s="76">
+        <v>36474</v>
+      </c>
+      <c r="H24" s="231">
+        <v>79</v>
+      </c>
+      <c r="I24" s="231">
+        <v>2.92</v>
+      </c>
+      <c r="J24" s="231">
+        <v>7.8</v>
+      </c>
+      <c r="K24" s="231">
+        <v>15.3</v>
+      </c>
+      <c r="L24" s="284"/>
+      <c r="M24" s="284"/>
+    </row>
+    <row r="25" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A25" s="225">
+        <v>2018</v>
+      </c>
+      <c r="B25" s="70">
+        <v>10400</v>
+      </c>
+      <c r="C25" s="227">
+        <v>61</v>
+      </c>
+      <c r="D25" s="70">
+        <v>1090</v>
+      </c>
+      <c r="E25" s="227">
+        <v>32</v>
+      </c>
+      <c r="F25" s="70">
+        <v>104643</v>
+      </c>
+      <c r="G25" s="70">
+        <v>37257</v>
+      </c>
+      <c r="H25" s="227">
+        <v>80</v>
+      </c>
+      <c r="I25" s="227">
+        <v>2.99</v>
+      </c>
+      <c r="J25" s="227">
+        <v>7.8</v>
+      </c>
+      <c r="K25" s="227">
+        <v>15.5</v>
+      </c>
+      <c r="L25" s="284"/>
+      <c r="M25" s="284"/>
+    </row>
+    <row r="26" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A26" s="230">
+        <v>2019</v>
+      </c>
+      <c r="B26" s="76">
+        <v>10800</v>
+      </c>
+      <c r="C26" s="231">
+        <v>60</v>
+      </c>
+      <c r="D26" s="76">
+        <v>1170</v>
+      </c>
+      <c r="E26" s="231">
+        <v>32</v>
+      </c>
+      <c r="F26" s="76">
+        <v>107923</v>
+      </c>
+      <c r="G26" s="76">
+        <v>37887</v>
+      </c>
+      <c r="H26" s="231">
+        <v>80</v>
+      </c>
+      <c r="I26" s="231">
+        <v>3.03</v>
+      </c>
+      <c r="J26" s="231">
+        <v>7.6</v>
+      </c>
+      <c r="K26" s="231">
+        <v>15.3</v>
+      </c>
+      <c r="L26" s="284"/>
+      <c r="M26" s="284"/>
+    </row>
+    <row r="27" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A27" s="225">
+        <v>2020</v>
+      </c>
+      <c r="B27" s="70">
+        <v>8600</v>
+      </c>
+      <c r="C27" s="227">
+        <v>58</v>
+      </c>
+      <c r="D27" s="227">
+        <v>970</v>
+      </c>
+      <c r="E27" s="227">
+        <v>32</v>
+      </c>
+      <c r="F27" s="70">
+        <v>112844</v>
+      </c>
+      <c r="G27" s="70">
+        <v>39894</v>
+      </c>
+      <c r="H27" s="227">
+        <v>78</v>
+      </c>
+      <c r="I27" s="227">
+        <v>3.02</v>
+      </c>
+      <c r="J27" s="227">
+        <v>7</v>
+      </c>
+      <c r="K27" s="238">
+        <v>15</v>
+      </c>
+      <c r="L27" s="284"/>
+      <c r="M27" s="284"/>
+    </row>
+    <row r="28" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A28" s="230">
+        <v>2021</v>
+      </c>
+      <c r="B28" s="76">
+        <v>12200</v>
+      </c>
+      <c r="C28" s="231">
+        <v>57</v>
+      </c>
+      <c r="D28" s="76">
+        <v>1420</v>
+      </c>
+      <c r="E28" s="231">
+        <v>32</v>
+      </c>
+      <c r="F28" s="76">
+        <v>116645</v>
+      </c>
+      <c r="G28" s="76">
+        <v>40090</v>
+      </c>
+      <c r="H28" s="231">
+        <v>78</v>
+      </c>
+      <c r="I28" s="231">
+        <v>3.07</v>
+      </c>
+      <c r="J28" s="231">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="K28" s="231">
+        <v>15.9</v>
+      </c>
+      <c r="L28" s="284"/>
+      <c r="M28" s="284"/>
+    </row>
+    <row r="29" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A29" s="225">
+        <v>2022</v>
+      </c>
+      <c r="B29" s="70">
+        <v>10600</v>
+      </c>
+      <c r="C29" s="227">
+        <v>61</v>
+      </c>
+      <c r="D29" s="70">
+        <v>1360</v>
+      </c>
+      <c r="E29" s="227">
+        <v>33</v>
+      </c>
+      <c r="F29" s="70">
+        <v>127921</v>
+      </c>
+      <c r="G29" s="70">
+        <v>43144</v>
+      </c>
+      <c r="H29" s="68">
+        <v>80</v>
+      </c>
+      <c r="I29" s="68">
+        <v>3.13</v>
+      </c>
+      <c r="J29" s="68">
+        <v>8.6</v>
+      </c>
+      <c r="K29" s="68">
+        <v>16.2</v>
+      </c>
+      <c r="L29" s="284"/>
+      <c r="M29" s="284"/>
+    </row>
+    <row r="30" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A30" s="233">
+        <v>2023</v>
+      </c>
+      <c r="B30" s="234">
+        <v>8200</v>
+      </c>
+      <c r="C30" s="235">
+        <v>60</v>
+      </c>
+      <c r="D30" s="234">
+        <v>1050</v>
+      </c>
+      <c r="E30" s="235">
+        <v>33</v>
+      </c>
+      <c r="F30" s="234">
+        <v>127904</v>
+      </c>
+      <c r="G30" s="234">
+        <v>47842</v>
+      </c>
+      <c r="H30" s="236">
+        <v>77</v>
+      </c>
+      <c r="I30" s="236">
+        <v>2.85</v>
+      </c>
+      <c r="J30" s="236">
+        <v>14.5</v>
+      </c>
+      <c r="K30" s="236">
+        <v>19</v>
+      </c>
+      <c r="L30" s="284"/>
+      <c r="M30" s="284"/>
+    </row>
+    <row r="31" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A31" s="225">
+        <v>2024</v>
+      </c>
+      <c r="B31" s="70">
+        <v>8700</v>
+      </c>
+      <c r="C31" s="227">
+        <v>57</v>
+      </c>
+      <c r="D31" s="70">
+        <v>1200</v>
+      </c>
+      <c r="E31" s="227">
+        <v>32</v>
+      </c>
+      <c r="F31" s="70">
+        <v>137502</v>
+      </c>
+      <c r="G31" s="70">
+        <v>49726</v>
+      </c>
+      <c r="H31" s="68">
+        <v>78</v>
+      </c>
+      <c r="I31" s="68">
+        <v>2.9</v>
+      </c>
+      <c r="J31" s="68">
+        <v>14.5</v>
+      </c>
+      <c r="K31" s="68">
+        <v>19.100000000000001</v>
+      </c>
+      <c r="L31" s="284"/>
+      <c r="M31" s="284"/>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A32" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B32" s="69"/>
+      <c r="C32" s="67"/>
+      <c r="D32" s="224"/>
+      <c r="E32" s="224"/>
+      <c r="F32" s="224"/>
+      <c r="G32" s="224"/>
+      <c r="I32" s="224"/>
+      <c r="J32" s="226"/>
+      <c r="L32" s="284"/>
+      <c r="M32" s="284"/>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A33" s="69" t="s">
+        <v>285</v>
+      </c>
+      <c r="B33" s="69"/>
+      <c r="C33" s="67"/>
+      <c r="D33" s="224"/>
+      <c r="E33" s="224"/>
+      <c r="F33" s="224"/>
+      <c r="G33" s="224"/>
+      <c r="H33" s="224"/>
+      <c r="I33" s="224"/>
+      <c r="J33" s="226"/>
+      <c r="K33" s="67"/>
+      <c r="L33" s="284"/>
+      <c r="M33" s="284"/>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A34" s="69" t="s">
+        <v>213</v>
+      </c>
+      <c r="B34" s="69"/>
+      <c r="C34" s="67"/>
+      <c r="D34" s="224"/>
+      <c r="E34" s="224"/>
+      <c r="F34" s="224"/>
+      <c r="G34" s="224"/>
+      <c r="H34" s="224"/>
+      <c r="I34" s="224"/>
+      <c r="J34" s="224"/>
+      <c r="K34" s="67"/>
+      <c r="L34" s="284"/>
+      <c r="M34" s="284"/>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A35" s="69" t="s">
         <v>214</v>
       </c>
-    </row>
-[...1048 lines deleted...]
-      <c r="A32" s="75" t="s">
+      <c r="B35" s="69"/>
+      <c r="C35" s="67"/>
+      <c r="D35" s="224"/>
+      <c r="E35" s="224"/>
+      <c r="F35" s="224"/>
+      <c r="G35" s="224"/>
+      <c r="H35" s="224"/>
+      <c r="I35" s="224"/>
+      <c r="J35" s="224"/>
+      <c r="K35" s="67"/>
+      <c r="L35" s="284"/>
+      <c r="M35" s="284"/>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A36" s="69" t="s">
         <v>215</v>
       </c>
-      <c r="B32" s="75"/>
-[...13 lines deleted...]
-      <c r="A33" s="75" t="s">
+      <c r="B36" s="69"/>
+      <c r="C36" s="67"/>
+      <c r="D36" s="224"/>
+      <c r="E36" s="224"/>
+      <c r="F36" s="224"/>
+      <c r="G36" s="224"/>
+      <c r="H36" s="224"/>
+      <c r="I36" s="224"/>
+      <c r="J36" s="224"/>
+      <c r="K36" s="67"/>
+      <c r="L36" s="284"/>
+      <c r="M36" s="284"/>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A37" s="67" t="s">
         <v>216</v>
       </c>
-      <c r="B33" s="75"/>
-[...13 lines deleted...]
-      <c r="A34" s="75" t="s">
+      <c r="B37" s="67"/>
+      <c r="C37" s="67"/>
+      <c r="D37" s="224"/>
+      <c r="E37" s="224"/>
+      <c r="F37" s="224"/>
+      <c r="G37" s="224"/>
+      <c r="H37" s="224"/>
+      <c r="I37" s="224"/>
+      <c r="J37" s="224"/>
+      <c r="K37" s="67"/>
+      <c r="L37" s="284"/>
+      <c r="M37" s="284"/>
+    </row>
+    <row r="38" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A38" s="67" t="s">
         <v>217</v>
       </c>
-      <c r="B34" s="75"/>
-[...13 lines deleted...]
-      <c r="A35" s="73" t="s">
+      <c r="B38" s="67"/>
+      <c r="C38" s="67"/>
+      <c r="D38" s="224"/>
+      <c r="E38" s="224"/>
+      <c r="F38" s="224"/>
+      <c r="G38" s="224"/>
+      <c r="H38" s="224"/>
+      <c r="I38" s="224"/>
+      <c r="J38" s="224"/>
+      <c r="K38" s="67"/>
+      <c r="L38" s="284"/>
+      <c r="M38" s="284"/>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A39" s="67" t="s">
         <v>218</v>
       </c>
-      <c r="B35" s="73"/>
-[...13 lines deleted...]
-      <c r="A36" s="73" t="s">
+      <c r="B39" s="67"/>
+      <c r="C39" s="67"/>
+      <c r="D39" s="224"/>
+      <c r="E39" s="224"/>
+      <c r="F39" s="224"/>
+      <c r="G39" s="224"/>
+      <c r="H39" s="224"/>
+      <c r="I39" s="224"/>
+      <c r="J39" s="224"/>
+      <c r="K39" s="67"/>
+      <c r="L39" s="284"/>
+      <c r="M39" s="284"/>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A40" s="69" t="s">
         <v>219</v>
       </c>
-      <c r="B36" s="73"/>
-[...13 lines deleted...]
-      <c r="A37" s="73" t="s">
+      <c r="B40" s="69"/>
+      <c r="C40" s="67"/>
+      <c r="D40" s="224"/>
+      <c r="E40" s="224"/>
+      <c r="F40" s="224"/>
+      <c r="G40" s="224"/>
+      <c r="H40" s="224"/>
+      <c r="I40" s="224"/>
+      <c r="J40" s="224"/>
+      <c r="K40" s="67"/>
+      <c r="L40" s="284"/>
+      <c r="M40" s="284"/>
+    </row>
+    <row r="41" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A41" s="69" t="s">
         <v>220</v>
       </c>
-      <c r="B37" s="73"/>
-[...13 lines deleted...]
-      <c r="A38" s="75" t="s">
+      <c r="B41" s="69"/>
+      <c r="C41" s="67"/>
+      <c r="D41" s="224"/>
+      <c r="E41" s="224"/>
+      <c r="F41" s="224"/>
+      <c r="G41" s="224"/>
+      <c r="H41" s="224"/>
+      <c r="I41" s="224"/>
+      <c r="J41" s="224"/>
+      <c r="K41" s="67"/>
+      <c r="L41" s="284"/>
+      <c r="M41" s="284"/>
+    </row>
+    <row r="42" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A42" s="67" t="s">
         <v>221</v>
       </c>
-      <c r="B38" s="75"/>
-[...13 lines deleted...]
-      <c r="A39" s="75" t="s">
+      <c r="B42" s="67"/>
+      <c r="C42" s="67"/>
+      <c r="D42" s="224"/>
+      <c r="E42" s="224"/>
+      <c r="F42" s="224"/>
+      <c r="G42" s="224"/>
+      <c r="H42" s="224"/>
+      <c r="I42" s="224"/>
+      <c r="J42" s="67"/>
+      <c r="K42" s="224"/>
+      <c r="L42" s="284"/>
+      <c r="M42" s="284"/>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A43" s="67" t="s">
         <v>222</v>
       </c>
-      <c r="B39" s="75"/>
-[...13 lines deleted...]
-      <c r="A40" s="73" t="s">
+      <c r="B43" s="67"/>
+      <c r="C43" s="67"/>
+      <c r="D43" s="224"/>
+      <c r="E43" s="224"/>
+      <c r="F43" s="224"/>
+      <c r="G43" s="224"/>
+      <c r="H43" s="224"/>
+      <c r="I43" s="224"/>
+      <c r="J43" s="67"/>
+      <c r="K43" s="224"/>
+      <c r="L43" s="284"/>
+      <c r="M43" s="284"/>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A44" s="69" t="s">
         <v>223</v>
       </c>
-      <c r="B40" s="73"/>
-[...13 lines deleted...]
-      <c r="A41" s="73" t="s">
+      <c r="B44" s="69"/>
+      <c r="C44" s="67"/>
+      <c r="D44" s="224"/>
+      <c r="E44" s="224"/>
+      <c r="F44" s="224"/>
+      <c r="G44" s="224"/>
+      <c r="H44" s="224"/>
+      <c r="I44" s="224"/>
+      <c r="J44" s="224"/>
+      <c r="K44" s="67"/>
+      <c r="L44" s="284"/>
+      <c r="M44" s="284"/>
+    </row>
+    <row r="45" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A45" s="69" t="s">
         <v>224</v>
       </c>
-      <c r="B41" s="73"/>
-[...13 lines deleted...]
-      <c r="A42" s="75" t="s">
+      <c r="B45" s="69"/>
+      <c r="C45" s="67"/>
+      <c r="D45" s="224"/>
+      <c r="E45" s="224"/>
+      <c r="F45" s="224"/>
+      <c r="G45" s="224"/>
+      <c r="H45" s="224"/>
+      <c r="I45" s="224"/>
+      <c r="J45" s="224"/>
+      <c r="K45" s="67"/>
+      <c r="L45" s="284"/>
+      <c r="M45" s="284"/>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A46" s="69" t="s">
         <v>225</v>
       </c>
-      <c r="B42" s="75"/>
-[...74 lines deleted...]
-      <c r="M46" s="282"/>
+      <c r="B46" s="69"/>
+      <c r="C46" s="67"/>
+      <c r="D46" s="224"/>
+      <c r="E46" s="224"/>
+      <c r="F46" s="224"/>
+      <c r="G46" s="224"/>
+      <c r="H46" s="224"/>
+      <c r="I46" s="224"/>
+      <c r="J46" s="224"/>
+      <c r="K46" s="67"/>
+      <c r="L46" s="284"/>
+      <c r="M46" s="284"/>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A47" s="283"/>
+      <c r="B47" s="283"/>
+      <c r="C47" s="67"/>
+      <c r="D47" s="224"/>
+      <c r="E47" s="224"/>
+      <c r="F47" s="224"/>
+      <c r="G47" s="224"/>
+      <c r="H47" s="224"/>
+      <c r="I47" s="224"/>
+      <c r="J47" s="224"/>
+      <c r="K47" s="67"/>
+      <c r="L47" s="284"/>
+      <c r="M47" s="284"/>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A48" s="283"/>
+      <c r="B48" s="283"/>
+      <c r="C48" s="67"/>
+      <c r="D48" s="224"/>
+      <c r="E48" s="224"/>
+      <c r="F48" s="224"/>
+      <c r="G48" s="224"/>
+      <c r="H48" s="224"/>
+      <c r="I48" s="224"/>
+      <c r="J48" s="224"/>
+      <c r="K48" s="67"/>
+      <c r="L48" s="284"/>
+      <c r="M48" s="284"/>
     </row>
   </sheetData>
-  <mergeCells count="48">
-[...2 lines deleted...]
-    <mergeCell ref="L2:M2"/>
+  <mergeCells count="49">
+    <mergeCell ref="L11:M11"/>
+    <mergeCell ref="A3:B3"/>
     <mergeCell ref="L3:M3"/>
     <mergeCell ref="L4:M4"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="L7:M7"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="L9:M9"/>
-    <mergeCell ref="L22:M22"/>
-    <mergeCell ref="L11:M11"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="L23:M23"/>
     <mergeCell ref="L12:M12"/>
     <mergeCell ref="L13:M13"/>
     <mergeCell ref="L14:M14"/>
     <mergeCell ref="L15:M15"/>
     <mergeCell ref="L16:M16"/>
     <mergeCell ref="L17:M17"/>
     <mergeCell ref="L18:M18"/>
     <mergeCell ref="L19:M19"/>
     <mergeCell ref="L20:M20"/>
     <mergeCell ref="L21:M21"/>
-    <mergeCell ref="L33:M33"/>
+    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="L35:M35"/>
+    <mergeCell ref="L36:M36"/>
+    <mergeCell ref="L37:M37"/>
     <mergeCell ref="L34:M34"/>
-    <mergeCell ref="L35:M35"/>
-[...1 lines deleted...]
-    <mergeCell ref="L23:M23"/>
     <mergeCell ref="L24:M24"/>
     <mergeCell ref="L25:M25"/>
     <mergeCell ref="L26:M26"/>
     <mergeCell ref="L27:M27"/>
     <mergeCell ref="L28:M28"/>
     <mergeCell ref="L29:M29"/>
     <mergeCell ref="L30:M30"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="L33:M33"/>
     <mergeCell ref="L31:M31"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="L42:M42"/>
+    <mergeCell ref="L43:M43"/>
+    <mergeCell ref="L38:M38"/>
     <mergeCell ref="L39:M39"/>
     <mergeCell ref="L40:M40"/>
-    <mergeCell ref="L41:M41"/>
-[...3 lines deleted...]
-    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="L47:M47"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="L48:M48"/>
+    <mergeCell ref="L44:M44"/>
     <mergeCell ref="L45:M45"/>
-    <mergeCell ref="A46:B46"/>
     <mergeCell ref="L46:M46"/>
-    <mergeCell ref="L42:M42"/>
-[...1 lines deleted...]
-    <mergeCell ref="L44:M44"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="I2" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2023-24" xr:uid="{FE4C08CB-F1CB-4C82-BFAD-0A580456DA1D}"/>
+    <hyperlink ref="I2" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{4C900D53-A3A9-41CB-A425-227C727B0480}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{683810E4-7F2D-4A53-9678-019BC2FA07E8}">
-  <dimension ref="A1:M49"/>
+  <dimension ref="A1:M51"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="L7" sqref="L7:M7"/>
+    <sheetView topLeftCell="D1" workbookViewId="0">
+      <pane ySplit="1890" topLeftCell="A15" activePane="bottomLeft"/>
+      <selection activeCell="K2" sqref="K2"/>
+      <selection pane="bottomLeft" activeCell="L18" sqref="L18:M18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="8.7109375" style="1"/>
     <col min="3" max="3" width="14.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="9.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="9.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="8.7109375" style="1"/>
     <col min="8" max="8" width="11.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="1"/>
     <col min="10" max="10" width="19.140625" style="1" customWidth="1"/>
     <col min="11" max="11" width="25.42578125" style="1" customWidth="1"/>
     <col min="12" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>304</v>
+        <v>290</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      <c r="K2" s="36" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A2" s="2"/>
+      <c r="K2" s="247" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="3" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="K3" s="36"/>
+    </row>
+    <row r="4" spans="1:13" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="240" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="229" t="s">
+        <v>200</v>
+      </c>
+      <c r="C4" s="229" t="s">
+        <v>201</v>
+      </c>
+      <c r="D4" s="229" t="s">
+        <v>202</v>
+      </c>
+      <c r="E4" s="229" t="s">
+        <v>203</v>
+      </c>
+      <c r="F4" s="229" t="s">
+        <v>204</v>
+      </c>
+      <c r="G4" s="229" t="s">
+        <v>205</v>
+      </c>
+      <c r="H4" s="229" t="s">
+        <v>206</v>
+      </c>
+      <c r="I4" s="229" t="s">
+        <v>207</v>
+      </c>
+      <c r="J4" s="229" t="s">
+        <v>208</v>
+      </c>
+      <c r="K4" s="229" t="s">
+        <v>209</v>
+      </c>
+      <c r="L4" s="284"/>
+      <c r="M4" s="284"/>
+    </row>
+    <row r="5" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="64">
+        <v>1981</v>
+      </c>
+      <c r="B5" s="239">
+        <v>5900</v>
+      </c>
+      <c r="C5" s="68">
+        <v>36</v>
+      </c>
+      <c r="D5" s="68">
+        <v>92</v>
+      </c>
+      <c r="E5" s="68">
+        <v>36</v>
+      </c>
+      <c r="F5" s="239">
+        <v>15584</v>
+      </c>
+      <c r="G5" s="239">
+        <v>10006</v>
+      </c>
+      <c r="H5" s="68">
+        <v>58</v>
+      </c>
+      <c r="I5" s="68">
+        <v>1.62</v>
+      </c>
+      <c r="J5" s="68">
+        <v>16.3</v>
+      </c>
+      <c r="K5" s="68" t="s">
+        <v>210</v>
+      </c>
+      <c r="L5" s="284"/>
+      <c r="M5" s="284"/>
+    </row>
+    <row r="6" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="241">
+        <v>1991</v>
+      </c>
+      <c r="B6" s="77">
+        <v>8900</v>
+      </c>
+      <c r="C6" s="232">
+        <v>47</v>
+      </c>
+      <c r="D6" s="232">
+        <v>284</v>
+      </c>
+      <c r="E6" s="232">
+        <v>37</v>
+      </c>
+      <c r="F6" s="77">
+        <v>32059</v>
+      </c>
+      <c r="G6" s="77">
+        <v>19684</v>
+      </c>
+      <c r="H6" s="232">
+        <v>75</v>
+      </c>
+      <c r="I6" s="232">
+        <v>1.79</v>
+      </c>
+      <c r="J6" s="232">
+        <v>16.8</v>
+      </c>
+      <c r="K6" s="232" t="s">
+        <v>210</v>
+      </c>
+      <c r="L6" s="284"/>
+      <c r="M6" s="284"/>
+    </row>
+    <row r="7" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="64">
+        <v>1996</v>
+      </c>
+      <c r="B7" s="239">
+        <v>11300</v>
+      </c>
+      <c r="C7" s="68">
+        <v>46</v>
+      </c>
+      <c r="D7" s="68">
+        <v>473</v>
+      </c>
+      <c r="E7" s="68">
+        <v>37</v>
+      </c>
+      <c r="F7" s="239">
+        <v>41737</v>
+      </c>
+      <c r="G7" s="239">
+        <v>22383</v>
+      </c>
+      <c r="H7" s="68">
+        <v>69</v>
+      </c>
+      <c r="I7" s="68">
+        <v>2.0099999999999998</v>
+      </c>
+      <c r="J7" s="68">
+        <v>10</v>
+      </c>
+      <c r="K7" s="68" t="s">
+        <v>210</v>
+      </c>
+      <c r="L7" s="284"/>
+      <c r="M7" s="284"/>
+    </row>
+    <row r="8" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="241">
+        <v>2001</v>
+      </c>
+      <c r="B8" s="77">
+        <v>14000</v>
+      </c>
+      <c r="C8" s="232">
+        <v>47</v>
+      </c>
+      <c r="D8" s="232">
+        <v>889</v>
+      </c>
+      <c r="E8" s="232">
+        <v>40</v>
+      </c>
+      <c r="F8" s="77">
+        <v>63710</v>
+      </c>
+      <c r="G8" s="77">
+        <v>30547</v>
+      </c>
+      <c r="H8" s="232">
+        <v>67</v>
+      </c>
+      <c r="I8" s="232">
+        <v>2.25</v>
+      </c>
+      <c r="J8" s="232">
+        <v>12</v>
+      </c>
+      <c r="K8" s="232" t="s">
+        <v>210</v>
+      </c>
+      <c r="L8" s="284"/>
+      <c r="M8" s="284"/>
+    </row>
+    <row r="9" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="64">
+        <v>2002</v>
+      </c>
+      <c r="B9" s="239">
+        <v>18600</v>
+      </c>
+      <c r="C9" s="68">
+        <v>62</v>
+      </c>
+      <c r="D9" s="239">
+        <v>1137</v>
+      </c>
+      <c r="E9" s="68">
+        <v>37</v>
+      </c>
+      <c r="F9" s="239">
+        <v>61379</v>
+      </c>
+      <c r="G9" s="239">
+        <v>27869</v>
+      </c>
+      <c r="H9" s="68">
+        <v>76</v>
+      </c>
+      <c r="I9" s="68" t="s">
+        <v>211</v>
+      </c>
+      <c r="J9" s="68" t="s">
+        <v>211</v>
+      </c>
+      <c r="K9" s="68" t="s">
+        <v>210</v>
+      </c>
+      <c r="L9" s="284"/>
+      <c r="M9" s="284"/>
+    </row>
+    <row r="10" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="241">
+        <v>2003</v>
+      </c>
+      <c r="B10" s="77">
+        <v>23900</v>
+      </c>
+      <c r="C10" s="232">
+        <v>69</v>
+      </c>
+      <c r="D10" s="77">
+        <v>1652</v>
+      </c>
+      <c r="E10" s="232">
+        <v>38</v>
+      </c>
+      <c r="F10" s="77">
+        <v>69381</v>
+      </c>
+      <c r="G10" s="77">
+        <v>30167</v>
+      </c>
+      <c r="H10" s="232">
+        <v>72</v>
+      </c>
+      <c r="I10" s="232" t="s">
+        <v>211</v>
+      </c>
+      <c r="J10" s="232" t="s">
+        <v>211</v>
+      </c>
+      <c r="K10" s="232" t="s">
+        <v>210</v>
+      </c>
+      <c r="L10" s="284"/>
+      <c r="M10" s="284"/>
+    </row>
+    <row r="11" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="64">
+        <v>2004</v>
+      </c>
+      <c r="B11" s="239">
+        <v>22600</v>
+      </c>
+      <c r="C11" s="68">
+        <v>75</v>
+      </c>
+      <c r="D11" s="239">
+        <v>1774</v>
+      </c>
+      <c r="E11" s="68">
+        <v>37</v>
+      </c>
+      <c r="F11" s="239">
+        <v>78515</v>
+      </c>
+      <c r="G11" s="239">
+        <v>35796</v>
+      </c>
+      <c r="H11" s="68">
+        <v>67</v>
+      </c>
+      <c r="I11" s="68">
+        <v>2.5499999999999998</v>
+      </c>
+      <c r="J11" s="68">
+        <v>12</v>
+      </c>
+      <c r="K11" s="68" t="s">
+        <v>210</v>
+      </c>
+      <c r="L11" s="284"/>
+      <c r="M11" s="284"/>
+    </row>
+    <row r="12" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="241">
+        <v>2005</v>
+      </c>
+      <c r="B12" s="77">
+        <v>16600</v>
+      </c>
+      <c r="C12" s="232">
+        <v>66</v>
+      </c>
+      <c r="D12" s="77">
+        <v>1597</v>
+      </c>
+      <c r="E12" s="232">
+        <v>37</v>
+      </c>
+      <c r="F12" s="77">
+        <v>99010</v>
+      </c>
+      <c r="G12" s="77">
+        <v>41916</v>
+      </c>
+      <c r="H12" s="232">
+        <v>68</v>
+      </c>
+      <c r="I12" s="232">
+        <v>2.63</v>
+      </c>
+      <c r="J12" s="232">
+        <v>13</v>
+      </c>
+      <c r="K12" s="232">
+        <v>18</v>
+      </c>
+      <c r="L12" s="284"/>
+      <c r="M12" s="284"/>
+    </row>
+    <row r="13" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="64">
+        <v>2006</v>
+      </c>
+      <c r="B13" s="239">
+        <v>17600</v>
+      </c>
+      <c r="C13" s="68">
+        <v>66</v>
+      </c>
+      <c r="D13" s="239">
+        <v>2080</v>
+      </c>
+      <c r="E13" s="68">
+        <v>36</v>
+      </c>
+      <c r="F13" s="239">
+        <v>118137</v>
+      </c>
+      <c r="G13" s="239">
+        <v>44317</v>
+      </c>
+      <c r="H13" s="68">
+        <v>68</v>
+      </c>
+      <c r="I13" s="68">
+        <v>2.97</v>
+      </c>
+      <c r="J13" s="68">
+        <v>14</v>
+      </c>
+      <c r="K13" s="68">
+        <v>19</v>
+      </c>
+      <c r="L13" s="284"/>
+      <c r="M13" s="284"/>
+    </row>
+    <row r="14" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="241">
+        <v>2007</v>
+      </c>
+      <c r="B14" s="77">
+        <v>12300</v>
+      </c>
+      <c r="C14" s="232">
+        <v>69</v>
+      </c>
+      <c r="D14" s="77">
+        <v>1760</v>
+      </c>
+      <c r="E14" s="232">
+        <v>37</v>
+      </c>
+      <c r="F14" s="77">
+        <v>142707</v>
+      </c>
+      <c r="G14" s="77">
+        <v>52224</v>
+      </c>
+      <c r="H14" s="232">
+        <v>60</v>
+      </c>
+      <c r="I14" s="232">
+        <v>3.07</v>
+      </c>
+      <c r="J14" s="232">
+        <v>17</v>
+      </c>
+      <c r="K14" s="232">
+        <v>23</v>
+      </c>
+      <c r="L14" s="284"/>
+      <c r="M14" s="284"/>
+    </row>
+    <row r="15" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="64">
+        <v>2008</v>
+      </c>
+      <c r="B15" s="239">
+        <v>4800</v>
+      </c>
+      <c r="C15" s="68">
+        <v>65</v>
+      </c>
+      <c r="D15" s="68">
+        <v>650</v>
+      </c>
+      <c r="E15" s="68">
+        <v>39</v>
+      </c>
+      <c r="F15" s="239">
+        <v>136540</v>
+      </c>
+      <c r="G15" s="239">
+        <v>54701</v>
+      </c>
+      <c r="H15" s="68">
+        <v>58</v>
+      </c>
+      <c r="I15" s="68">
+        <v>2.88</v>
+      </c>
+      <c r="J15" s="68">
+        <v>17</v>
+      </c>
+      <c r="K15" s="68">
+        <v>24</v>
+      </c>
+      <c r="L15" s="284"/>
+      <c r="M15" s="284"/>
+    </row>
+    <row r="16" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="241">
+        <v>2009</v>
+      </c>
+      <c r="B16" s="77">
+        <v>4800</v>
+      </c>
+      <c r="C16" s="232">
+        <v>54</v>
+      </c>
+      <c r="D16" s="232">
+        <v>580</v>
+      </c>
+      <c r="E16" s="232">
+        <v>40</v>
+      </c>
+      <c r="F16" s="77">
+        <v>121172</v>
+      </c>
+      <c r="G16" s="77">
+        <v>52148</v>
+      </c>
+      <c r="H16" s="232">
+        <v>63</v>
+      </c>
+      <c r="I16" s="232">
+        <v>2.75</v>
+      </c>
+      <c r="J16" s="232">
+        <v>11</v>
+      </c>
+      <c r="K16" s="232">
+        <v>20</v>
+      </c>
+      <c r="L16" s="284"/>
+      <c r="M16" s="284"/>
+    </row>
+    <row r="17" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="64">
+        <v>2010</v>
+      </c>
+      <c r="B17" s="239">
+        <v>4900</v>
+      </c>
+      <c r="C17" s="68">
+        <v>51</v>
+      </c>
+      <c r="D17" s="68">
+        <v>580</v>
+      </c>
+      <c r="E17" s="68">
+        <v>39</v>
+      </c>
+      <c r="F17" s="239">
+        <v>118416</v>
+      </c>
+      <c r="G17" s="239">
+        <v>47202</v>
+      </c>
+      <c r="H17" s="68">
+        <v>63</v>
+      </c>
+      <c r="I17" s="68">
+        <v>2.78</v>
+      </c>
+      <c r="J17" s="68">
+        <v>10</v>
+      </c>
+      <c r="K17" s="68">
+        <v>18</v>
+      </c>
+      <c r="L17" s="284"/>
+      <c r="M17" s="284"/>
+    </row>
+    <row r="18" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="241">
+        <v>2011</v>
+      </c>
+      <c r="B18" s="77">
+        <v>3900</v>
+      </c>
+      <c r="C18" s="232">
+        <v>46</v>
+      </c>
+      <c r="D18" s="232">
+        <v>440</v>
+      </c>
+      <c r="E18" s="232">
+        <v>39</v>
+      </c>
+      <c r="F18" s="77">
+        <v>112643</v>
+      </c>
+      <c r="G18" s="77">
+        <v>46000</v>
+      </c>
+      <c r="H18" s="232">
+        <v>65</v>
+      </c>
+      <c r="I18" s="232">
+        <v>2.72</v>
+      </c>
+      <c r="J18" s="232">
+        <v>9</v>
+      </c>
+      <c r="K18" s="232">
+        <v>18</v>
+      </c>
+      <c r="L18" s="284"/>
+      <c r="M18" s="284"/>
+    </row>
+    <row r="19" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="64">
+        <v>2012</v>
+      </c>
+      <c r="B19" s="239">
+        <v>3600</v>
+      </c>
+      <c r="C19" s="68">
+        <v>42</v>
+      </c>
+      <c r="D19" s="68">
+        <v>400</v>
+      </c>
+      <c r="E19" s="68">
+        <v>40</v>
+      </c>
+      <c r="F19" s="239">
+        <v>109831</v>
+      </c>
+      <c r="G19" s="239">
+        <v>47771</v>
+      </c>
+      <c r="H19" s="68">
+        <v>67</v>
+      </c>
+      <c r="I19" s="68">
+        <v>2.69</v>
+      </c>
+      <c r="J19" s="68">
+        <v>10</v>
+      </c>
+      <c r="K19" s="68">
+        <v>18</v>
+      </c>
+      <c r="L19" s="284"/>
+      <c r="M19" s="284"/>
+    </row>
+    <row r="20" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="241">
+        <v>2013</v>
+      </c>
+      <c r="B20" s="77">
+        <v>3900</v>
+      </c>
+      <c r="C20" s="232">
+        <v>41</v>
+      </c>
+      <c r="D20" s="232">
+        <v>410</v>
+      </c>
+      <c r="E20" s="232">
+        <v>40</v>
+      </c>
+      <c r="F20" s="77">
+        <v>105831</v>
+      </c>
+      <c r="G20" s="77">
+        <v>47388</v>
+      </c>
+      <c r="H20" s="232">
+        <v>66</v>
+      </c>
+      <c r="I20" s="232">
+        <v>2.44</v>
+      </c>
+      <c r="J20" s="232">
+        <v>8</v>
+      </c>
+      <c r="K20" s="232">
+        <v>16</v>
+      </c>
+      <c r="L20" s="284"/>
+      <c r="M20" s="284"/>
+    </row>
+    <row r="21" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="64">
+        <v>2014</v>
+      </c>
+      <c r="B21" s="239">
+        <v>5500</v>
+      </c>
+      <c r="C21" s="68">
+        <v>44</v>
+      </c>
+      <c r="D21" s="68">
+        <v>640</v>
+      </c>
+      <c r="E21" s="68">
+        <v>40</v>
+      </c>
+      <c r="F21" s="239">
+        <v>116249</v>
+      </c>
+      <c r="G21" s="239">
+        <v>50998</v>
+      </c>
+      <c r="H21" s="68">
+        <v>69</v>
+      </c>
+      <c r="I21" s="68">
+        <v>2.4900000000000002</v>
+      </c>
+      <c r="J21" s="68">
+        <v>8</v>
+      </c>
+      <c r="K21" s="68">
+        <v>18</v>
+      </c>
+      <c r="L21" s="284"/>
+      <c r="M21" s="284"/>
+    </row>
+    <row r="22" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="241">
+        <v>2015</v>
+      </c>
+      <c r="B22" s="77">
+        <v>6300</v>
+      </c>
+      <c r="C22" s="232">
+        <v>44</v>
+      </c>
+      <c r="D22" s="232">
+        <v>740</v>
+      </c>
+      <c r="E22" s="232">
+        <v>40</v>
+      </c>
+      <c r="F22" s="77">
+        <v>117893</v>
+      </c>
+      <c r="G22" s="77">
+        <v>54126</v>
+      </c>
+      <c r="H22" s="232">
+        <v>68</v>
+      </c>
+      <c r="I22" s="232">
+        <v>2.38</v>
+      </c>
+      <c r="J22" s="232">
+        <v>7</v>
+      </c>
+      <c r="K22" s="232">
+        <v>15</v>
+      </c>
+      <c r="L22" s="284"/>
+      <c r="M22" s="284"/>
+    </row>
+    <row r="23" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A23" s="64">
+        <v>2016</v>
+      </c>
+      <c r="B23" s="239">
+        <v>6500</v>
+      </c>
+      <c r="C23" s="68">
+        <v>43</v>
+      </c>
+      <c r="D23" s="68">
+        <v>800</v>
+      </c>
+      <c r="E23" s="68">
+        <v>39</v>
+      </c>
+      <c r="F23" s="239">
+        <v>123443</v>
+      </c>
+      <c r="G23" s="239">
+        <v>54966</v>
+      </c>
+      <c r="H23" s="68">
+        <v>68</v>
+      </c>
+      <c r="I23" s="68">
+        <v>2.46</v>
+      </c>
+      <c r="J23" s="68">
+        <v>6</v>
+      </c>
+      <c r="K23" s="68">
+        <v>15</v>
+      </c>
+      <c r="L23" s="284"/>
+      <c r="M23" s="284"/>
+    </row>
+    <row r="24" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A24" s="241">
+        <v>2017</v>
+      </c>
+      <c r="B24" s="77">
+        <v>6800</v>
+      </c>
+      <c r="C24" s="232">
+        <v>43</v>
+      </c>
+      <c r="D24" s="232">
+        <v>880</v>
+      </c>
+      <c r="E24" s="232">
+        <v>40</v>
+      </c>
+      <c r="F24" s="77">
+        <v>128914</v>
+      </c>
+      <c r="G24" s="77">
+        <v>54440</v>
+      </c>
+      <c r="H24" s="232">
+        <v>70</v>
+      </c>
+      <c r="I24" s="232">
+        <v>2.6</v>
+      </c>
+      <c r="J24" s="232">
+        <v>6</v>
+      </c>
+      <c r="K24" s="232">
+        <v>15</v>
+      </c>
+      <c r="L24" s="284"/>
+      <c r="M24" s="284"/>
+    </row>
+    <row r="25" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="64">
+        <v>2018</v>
+      </c>
+      <c r="B25" s="239">
+        <v>7100</v>
+      </c>
+      <c r="C25" s="68">
+        <v>42</v>
+      </c>
+      <c r="D25" s="68">
+        <v>960</v>
+      </c>
+      <c r="E25" s="68">
+        <v>40</v>
+      </c>
+      <c r="F25" s="239">
+        <v>134946</v>
+      </c>
+      <c r="G25" s="239">
+        <v>55620</v>
+      </c>
+      <c r="H25" s="68">
+        <v>71</v>
+      </c>
+      <c r="I25" s="68">
+        <v>2.68</v>
+      </c>
+      <c r="J25" s="68">
+        <v>6</v>
+      </c>
+      <c r="K25" s="68">
+        <v>15</v>
+      </c>
+      <c r="L25" s="284"/>
+      <c r="M25" s="284"/>
+    </row>
+    <row r="26" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="241">
+        <v>2019</v>
+      </c>
+      <c r="B26" s="77">
+        <v>7000</v>
+      </c>
+      <c r="C26" s="232">
+        <v>40</v>
+      </c>
+      <c r="D26" s="232">
+        <v>980</v>
+      </c>
+      <c r="E26" s="232">
+        <v>40</v>
+      </c>
+      <c r="F26" s="77">
+        <v>139241</v>
+      </c>
+      <c r="G26" s="77">
+        <v>55253</v>
+      </c>
+      <c r="H26" s="232">
+        <v>71</v>
+      </c>
+      <c r="I26" s="232">
+        <v>2.74</v>
+      </c>
+      <c r="J26" s="232">
+        <v>6</v>
+      </c>
+      <c r="K26" s="232">
+        <v>15</v>
+      </c>
+      <c r="L26" s="284"/>
+      <c r="M26" s="284"/>
+    </row>
+    <row r="27" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="64">
+        <v>2020</v>
+      </c>
+      <c r="B27" s="239">
+        <v>6300</v>
+      </c>
+      <c r="C27" s="68">
+        <v>43</v>
+      </c>
+      <c r="D27" s="68">
+        <v>900</v>
+      </c>
+      <c r="E27" s="68">
+        <v>40</v>
+      </c>
+      <c r="F27" s="239">
+        <v>143729</v>
+      </c>
+      <c r="G27" s="239">
+        <v>58431</v>
+      </c>
+      <c r="H27" s="68">
+        <v>69</v>
+      </c>
+      <c r="I27" s="68">
+        <v>2.7</v>
+      </c>
+      <c r="J27" s="68">
+        <v>6</v>
+      </c>
+      <c r="K27" s="68">
+        <v>15</v>
+      </c>
+      <c r="L27" s="284"/>
+      <c r="M27" s="284"/>
+    </row>
+    <row r="28" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A28" s="241">
+        <v>2021</v>
+      </c>
+      <c r="B28" s="77">
+        <v>9200</v>
+      </c>
+      <c r="C28" s="232">
+        <v>43</v>
+      </c>
+      <c r="D28" s="77">
+        <v>1410</v>
+      </c>
+      <c r="E28" s="232">
+        <v>40</v>
+      </c>
+      <c r="F28" s="77">
+        <v>153954</v>
+      </c>
+      <c r="G28" s="77">
+        <v>60744</v>
+      </c>
+      <c r="H28" s="232">
+        <v>67</v>
+      </c>
+      <c r="I28" s="232">
+        <v>2.78</v>
+      </c>
+      <c r="J28" s="232">
+        <v>6</v>
+      </c>
+      <c r="K28" s="232">
+        <v>15</v>
+      </c>
+      <c r="L28" s="284"/>
+      <c r="M28" s="284"/>
+    </row>
+    <row r="29" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A29" s="64">
+        <v>2022</v>
+      </c>
+      <c r="B29" s="239">
+        <v>6900</v>
+      </c>
+      <c r="C29" s="68">
+        <v>39</v>
+      </c>
+      <c r="D29" s="239">
+        <v>1150</v>
+      </c>
+      <c r="E29" s="68">
+        <v>40</v>
+      </c>
+      <c r="F29" s="239">
+        <v>166288</v>
+      </c>
+      <c r="G29" s="239">
+        <v>64078</v>
+      </c>
+      <c r="H29" s="68">
+        <v>68</v>
+      </c>
+      <c r="I29" s="68">
+        <v>2.83</v>
+      </c>
+      <c r="J29" s="68">
+        <v>7</v>
+      </c>
+      <c r="K29" s="68">
+        <v>16</v>
+      </c>
+      <c r="L29" s="284"/>
+      <c r="M29" s="284"/>
+    </row>
+    <row r="30" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A30" s="242">
+        <v>2023</v>
+      </c>
+      <c r="B30" s="243">
+        <v>5500</v>
+      </c>
+      <c r="C30" s="236">
+        <v>40</v>
+      </c>
+      <c r="D30" s="236">
+        <v>880</v>
+      </c>
+      <c r="E30" s="236">
+        <v>40</v>
+      </c>
+      <c r="F30" s="243">
+        <v>160095</v>
+      </c>
+      <c r="G30" s="243">
+        <v>71347</v>
+      </c>
+      <c r="H30" s="236">
+        <v>64</v>
+      </c>
+      <c r="I30" s="236">
+        <v>2.4700000000000002</v>
+      </c>
+      <c r="J30" s="236">
+        <v>11</v>
+      </c>
+      <c r="K30" s="236">
+        <v>17</v>
+      </c>
+      <c r="L30" s="284"/>
+      <c r="M30" s="284"/>
+    </row>
+    <row r="31" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A31" s="64">
+        <v>2024</v>
+      </c>
+      <c r="B31" s="239">
+        <v>6500</v>
+      </c>
+      <c r="C31" s="68">
+        <v>43</v>
+      </c>
+      <c r="D31" s="239">
+        <v>1080</v>
+      </c>
+      <c r="E31" s="68">
+        <v>40</v>
+      </c>
+      <c r="F31" s="239">
+        <v>165645</v>
+      </c>
+      <c r="G31" s="239">
+        <v>71983</v>
+      </c>
+      <c r="H31" s="68">
+        <v>64</v>
+      </c>
+      <c r="I31" s="68">
+        <v>2.4900000000000002</v>
+      </c>
+      <c r="J31" s="68">
+        <v>11</v>
+      </c>
+      <c r="K31" s="68">
+        <v>17</v>
+      </c>
+      <c r="L31" s="284"/>
+      <c r="M31" s="284"/>
+    </row>
+    <row r="32" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A32" s="284" t="s">
+        <v>262</v>
+      </c>
+      <c r="B32" s="284"/>
+      <c r="C32" s="67"/>
+      <c r="D32" s="67"/>
+      <c r="E32" s="67"/>
+      <c r="F32" s="67"/>
+      <c r="G32" s="67"/>
+      <c r="H32" s="67"/>
+      <c r="I32" s="67"/>
+      <c r="J32" s="226"/>
+      <c r="K32" s="71"/>
+      <c r="L32" s="284"/>
+      <c r="M32" s="284"/>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A33" s="69" t="s">
+        <v>289</v>
+      </c>
+      <c r="B33" s="69"/>
+      <c r="C33" s="67"/>
+      <c r="D33" s="67"/>
+      <c r="E33" s="67"/>
+      <c r="F33" s="67"/>
+      <c r="G33" s="67"/>
+      <c r="H33" s="67"/>
+      <c r="I33" s="224"/>
+      <c r="J33" s="226"/>
+      <c r="K33" s="67"/>
+      <c r="L33" s="284"/>
+      <c r="M33" s="284"/>
+    </row>
+    <row r="34" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A34" s="69" t="s">
+        <v>227</v>
+      </c>
+      <c r="B34" s="69"/>
+      <c r="C34" s="224"/>
+      <c r="D34" s="224"/>
+      <c r="E34" s="224"/>
+      <c r="F34" s="224"/>
+      <c r="G34" s="224"/>
+      <c r="H34" s="224"/>
+      <c r="I34" s="224"/>
+      <c r="J34" s="224"/>
+      <c r="K34" s="224"/>
+      <c r="L34" s="284"/>
+      <c r="M34" s="284"/>
+    </row>
+    <row r="35" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A35" s="69" t="s">
         <v>228</v>
       </c>
-    </row>
-[...1034 lines deleted...]
-      <c r="A32" s="75" t="s">
+      <c r="B35" s="69"/>
+      <c r="C35" s="224"/>
+      <c r="D35" s="224"/>
+      <c r="E35" s="224"/>
+      <c r="F35" s="224"/>
+      <c r="G35" s="224"/>
+      <c r="H35" s="224"/>
+      <c r="I35" s="224"/>
+      <c r="J35" s="224"/>
+      <c r="K35" s="224"/>
+      <c r="L35" s="284"/>
+      <c r="M35" s="284"/>
+    </row>
+    <row r="36" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A36" s="69" t="s">
+        <v>229</v>
+      </c>
+      <c r="B36" s="69"/>
+      <c r="C36" s="224"/>
+      <c r="D36" s="224"/>
+      <c r="E36" s="224"/>
+      <c r="F36" s="224"/>
+      <c r="G36" s="224"/>
+      <c r="H36" s="224"/>
+      <c r="I36" s="224"/>
+      <c r="J36" s="224"/>
+      <c r="K36" s="224"/>
+      <c r="L36" s="284"/>
+      <c r="M36" s="284"/>
+    </row>
+    <row r="37" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A37" s="67" t="s">
         <v>230</v>
       </c>
-      <c r="B32" s="75"/>
-[...13 lines deleted...]
-      <c r="A33" s="75" t="s">
+      <c r="B37" s="67"/>
+      <c r="C37" s="224"/>
+      <c r="D37" s="224"/>
+      <c r="E37" s="224"/>
+      <c r="F37" s="224"/>
+      <c r="G37" s="224"/>
+      <c r="H37" s="224"/>
+      <c r="I37" s="224"/>
+      <c r="J37" s="224"/>
+      <c r="K37" s="224"/>
+      <c r="L37" s="284"/>
+      <c r="M37" s="284"/>
+    </row>
+    <row r="38" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A38" s="67" t="s">
+        <v>217</v>
+      </c>
+      <c r="B38" s="67"/>
+      <c r="C38" s="224"/>
+      <c r="D38" s="224"/>
+      <c r="E38" s="224"/>
+      <c r="F38" s="224"/>
+      <c r="G38" s="224"/>
+      <c r="H38" s="224"/>
+      <c r="I38" s="224"/>
+      <c r="J38" s="224"/>
+      <c r="K38" s="224"/>
+      <c r="L38" s="284"/>
+      <c r="M38" s="284"/>
+    </row>
+    <row r="39" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A39" s="67" t="s">
         <v>231</v>
       </c>
-      <c r="B33" s="75"/>
-[...13 lines deleted...]
-      <c r="A34" s="75" t="s">
+      <c r="B39" s="67"/>
+      <c r="C39" s="224"/>
+      <c r="D39" s="224"/>
+      <c r="E39" s="224"/>
+      <c r="F39" s="224"/>
+      <c r="G39" s="224"/>
+      <c r="H39" s="224"/>
+      <c r="I39" s="224"/>
+      <c r="J39" s="224"/>
+      <c r="K39" s="224"/>
+      <c r="L39" s="284"/>
+      <c r="M39" s="284"/>
+    </row>
+    <row r="40" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A40" s="67" t="s">
         <v>232</v>
       </c>
-      <c r="B34" s="75"/>
-[...13 lines deleted...]
-      <c r="A35" s="73" t="s">
+      <c r="B40" s="67"/>
+      <c r="C40" s="224"/>
+      <c r="D40" s="224"/>
+      <c r="E40" s="224"/>
+      <c r="F40" s="224"/>
+      <c r="G40" s="224"/>
+      <c r="H40" s="224"/>
+      <c r="I40" s="224"/>
+      <c r="J40" s="224"/>
+      <c r="K40" s="224"/>
+      <c r="L40" s="284"/>
+      <c r="M40" s="284"/>
+    </row>
+    <row r="41" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A41" s="67" t="s">
         <v>233</v>
       </c>
-      <c r="B35" s="73"/>
-[...30 lines deleted...]
-      <c r="A37" s="73" t="s">
+      <c r="B41" s="67"/>
+      <c r="C41" s="224"/>
+      <c r="D41" s="224"/>
+      <c r="E41" s="224"/>
+      <c r="F41" s="224"/>
+      <c r="G41" s="224"/>
+      <c r="H41" s="224"/>
+      <c r="I41" s="224"/>
+      <c r="J41" s="224"/>
+      <c r="K41" s="224"/>
+      <c r="L41" s="284"/>
+      <c r="M41" s="284"/>
+    </row>
+    <row r="42" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A42" s="69" t="s">
         <v>234</v>
       </c>
-      <c r="B37" s="73"/>
-[...13 lines deleted...]
-      <c r="A38" s="73" t="s">
+      <c r="B42" s="69"/>
+      <c r="C42" s="224"/>
+      <c r="D42" s="224"/>
+      <c r="E42" s="224"/>
+      <c r="F42" s="224"/>
+      <c r="G42" s="224"/>
+      <c r="H42" s="224"/>
+      <c r="I42" s="224"/>
+      <c r="J42" s="224"/>
+      <c r="K42" s="224"/>
+      <c r="L42" s="284"/>
+      <c r="M42" s="284"/>
+    </row>
+    <row r="43" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A43" s="69" t="s">
         <v>235</v>
       </c>
-      <c r="B38" s="73"/>
-[...13 lines deleted...]
-      <c r="A39" s="73" t="s">
+      <c r="B43" s="69"/>
+      <c r="C43" s="224"/>
+      <c r="D43" s="224"/>
+      <c r="E43" s="224"/>
+      <c r="F43" s="224"/>
+      <c r="G43" s="224"/>
+      <c r="H43" s="224"/>
+      <c r="I43" s="224"/>
+      <c r="J43" s="224"/>
+      <c r="K43" s="224"/>
+      <c r="L43" s="284"/>
+      <c r="M43" s="284"/>
+    </row>
+    <row r="44" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A44" s="69" t="s">
         <v>236</v>
       </c>
-      <c r="B39" s="73"/>
-[...13 lines deleted...]
-      <c r="A40" s="75" t="s">
+      <c r="B44" s="69"/>
+      <c r="C44" s="67"/>
+      <c r="D44" s="67"/>
+      <c r="E44" s="67"/>
+      <c r="F44" s="67"/>
+      <c r="G44" s="67"/>
+      <c r="H44" s="67"/>
+      <c r="I44" s="67"/>
+      <c r="J44" s="67"/>
+      <c r="K44" s="67"/>
+      <c r="L44" s="284"/>
+      <c r="M44" s="284"/>
+    </row>
+    <row r="45" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A45" s="69" t="s">
         <v>237</v>
       </c>
-      <c r="B40" s="75"/>
-[...91 lines deleted...]
-      <c r="M45" s="282"/>
+      <c r="B45" s="69"/>
+      <c r="C45" s="224"/>
+      <c r="D45" s="224"/>
+      <c r="E45" s="224"/>
+      <c r="F45" s="224"/>
+      <c r="G45" s="224"/>
+      <c r="H45" s="224"/>
+      <c r="I45" s="224"/>
+      <c r="J45" s="224"/>
+      <c r="K45" s="224"/>
+      <c r="L45" s="284"/>
+      <c r="M45" s="284"/>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A46" s="281"/>
-[...11 lines deleted...]
-      <c r="M46" s="282"/>
+      <c r="A46" s="283"/>
+      <c r="B46" s="283"/>
+      <c r="C46" s="224"/>
+      <c r="D46" s="224"/>
+      <c r="E46" s="224"/>
+      <c r="F46" s="224"/>
+      <c r="G46" s="224"/>
+      <c r="H46" s="224"/>
+      <c r="I46" s="224"/>
+      <c r="J46" s="224"/>
+      <c r="K46" s="224"/>
+      <c r="L46" s="284"/>
+      <c r="M46" s="284"/>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A47" s="281"/>
-[...11 lines deleted...]
-      <c r="M47" s="282"/>
+      <c r="A47" s="283"/>
+      <c r="B47" s="283"/>
+      <c r="C47" s="224"/>
+      <c r="D47" s="224"/>
+      <c r="E47" s="224"/>
+      <c r="F47" s="224"/>
+      <c r="G47" s="224"/>
+      <c r="H47" s="224"/>
+      <c r="I47" s="224"/>
+      <c r="J47" s="224"/>
+      <c r="K47" s="224"/>
+      <c r="L47" s="284"/>
+      <c r="M47" s="284"/>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A48" s="281"/>
-[...11 lines deleted...]
-      <c r="M48" s="282"/>
+      <c r="A48" s="283"/>
+      <c r="B48" s="283"/>
+      <c r="C48" s="67"/>
+      <c r="D48" s="67"/>
+      <c r="E48" s="67"/>
+      <c r="F48" s="67"/>
+      <c r="G48" s="67"/>
+      <c r="H48" s="67"/>
+      <c r="I48" s="67"/>
+      <c r="J48" s="67"/>
+      <c r="K48" s="67"/>
+      <c r="L48" s="284"/>
+      <c r="M48" s="284"/>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A49" s="281"/>
-[...11 lines deleted...]
-      <c r="M49" s="282"/>
+      <c r="A49" s="283"/>
+      <c r="B49" s="283"/>
+      <c r="C49" s="67"/>
+      <c r="D49" s="67"/>
+      <c r="E49" s="67"/>
+      <c r="F49" s="67"/>
+      <c r="G49" s="67"/>
+      <c r="H49" s="67"/>
+      <c r="I49" s="67"/>
+      <c r="J49" s="67"/>
+      <c r="K49" s="67"/>
+      <c r="L49" s="284"/>
+      <c r="M49" s="284"/>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A50" s="283"/>
+      <c r="B50" s="283"/>
+      <c r="C50" s="67"/>
+      <c r="D50" s="67"/>
+      <c r="E50" s="67"/>
+      <c r="F50" s="67"/>
+      <c r="G50" s="67"/>
+      <c r="H50" s="67"/>
+      <c r="I50" s="67"/>
+      <c r="J50" s="67"/>
+      <c r="K50" s="67"/>
+      <c r="L50" s="284"/>
+      <c r="M50" s="284"/>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A51" s="283"/>
+      <c r="B51" s="283"/>
+      <c r="C51" s="67"/>
+      <c r="D51" s="67"/>
+      <c r="E51" s="67"/>
+      <c r="F51" s="67"/>
+      <c r="G51" s="67"/>
+      <c r="H51" s="67"/>
+      <c r="I51" s="67"/>
+      <c r="J51" s="67"/>
+      <c r="K51" s="67"/>
+      <c r="L51" s="284"/>
+      <c r="M51" s="284"/>
     </row>
   </sheetData>
-  <mergeCells count="54">
-[...1 lines deleted...]
-    <mergeCell ref="L15:M15"/>
+  <mergeCells count="55">
     <mergeCell ref="L4:M4"/>
+    <mergeCell ref="L16:M16"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="L7:M7"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="L11:M11"/>
     <mergeCell ref="L12:M12"/>
     <mergeCell ref="L13:M13"/>
     <mergeCell ref="L14:M14"/>
-    <mergeCell ref="L27:M27"/>
-    <mergeCell ref="L16:M16"/>
+    <mergeCell ref="L15:M15"/>
+    <mergeCell ref="L28:M28"/>
     <mergeCell ref="L17:M17"/>
     <mergeCell ref="L18:M18"/>
     <mergeCell ref="L19:M19"/>
     <mergeCell ref="L20:M20"/>
     <mergeCell ref="L21:M21"/>
     <mergeCell ref="L22:M22"/>
     <mergeCell ref="L23:M23"/>
     <mergeCell ref="L24:M24"/>
     <mergeCell ref="L25:M25"/>
     <mergeCell ref="L26:M26"/>
-    <mergeCell ref="L28:M28"/>
+    <mergeCell ref="L27:M27"/>
     <mergeCell ref="L29:M29"/>
-    <mergeCell ref="A30:B30"/>
     <mergeCell ref="L30:M30"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="L33:M33"/>
     <mergeCell ref="L31:M31"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="L39:M39"/>
+    <mergeCell ref="L34:M34"/>
     <mergeCell ref="L35:M35"/>
     <mergeCell ref="L36:M36"/>
-    <mergeCell ref="L37:M37"/>
-[...2 lines deleted...]
-    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="L43:M43"/>
+    <mergeCell ref="L44:M44"/>
+    <mergeCell ref="L45:M45"/>
+    <mergeCell ref="L40:M40"/>
     <mergeCell ref="L41:M41"/>
     <mergeCell ref="L42:M42"/>
-    <mergeCell ref="L43:M43"/>
-[...6 lines deleted...]
-    <mergeCell ref="L45:M45"/>
     <mergeCell ref="A46:B46"/>
     <mergeCell ref="L46:M46"/>
     <mergeCell ref="A47:B47"/>
     <mergeCell ref="L47:M47"/>
     <mergeCell ref="A48:B48"/>
     <mergeCell ref="L48:M48"/>
     <mergeCell ref="A49:B49"/>
     <mergeCell ref="L49:M49"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="A51:B51"/>
+    <mergeCell ref="L51:M51"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="K2" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2023-24" xr:uid="{6D466F37-E593-4209-AF9D-91359DA922E4}"/>
+    <hyperlink ref="K2" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{69DAA755-13B6-41E0-8CE1-A7D48EE7C2AA}"/>
   </hyperlinks>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-[...10 lines deleted...]
-  <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9680AD9B-2E5A-4A65-888F-DD4B2B6A1901}">
-  <dimension ref="A1:H84"/>
+  <dimension ref="A1:H88"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...2 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A84" sqref="A4:B84"/>
+    <sheetView topLeftCell="A56" workbookViewId="0">
+      <pane ySplit="1515" topLeftCell="A68" activePane="bottomLeft"/>
+      <selection activeCell="H2" sqref="H2"/>
+      <selection pane="bottomLeft" activeCell="A88" sqref="A88:XFD88"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="3.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.5703125" style="22" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.140625" style="6" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9" style="6" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="8.7109375" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="33" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="32" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C1" s="34"/>
     </row>
     <row r="2" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="H2" s="7" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="28.5" x14ac:dyDescent="0.2">
-      <c r="A3" s="252"/>
-      <c r="B3" s="253"/>
+      <c r="A3" s="254"/>
+      <c r="B3" s="255"/>
       <c r="C3" s="23" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="12" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="12" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="250">
+      <c r="A4" s="252">
         <v>2005</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="24">
         <v>65.2</v>
       </c>
       <c r="D4" s="9">
         <v>105916</v>
       </c>
       <c r="E4" s="11"/>
       <c r="F4" s="11"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="251"/>
+      <c r="A5" s="253"/>
       <c r="B5" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="25">
         <v>67.599999999999994</v>
       </c>
       <c r="D5" s="14">
         <v>109781</v>
       </c>
       <c r="E5" s="15">
         <v>3.5999999999999997E-2</v>
       </c>
       <c r="F5" s="11"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="251"/>
+      <c r="A6" s="253"/>
       <c r="B6" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="24">
         <v>71.900000000000006</v>
       </c>
       <c r="D6" s="9">
         <v>116767</v>
       </c>
       <c r="E6" s="10">
         <v>6.4000000000000001E-2</v>
       </c>
       <c r="F6" s="11"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="251"/>
+      <c r="A7" s="253"/>
       <c r="B7" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="25">
         <v>74.400000000000006</v>
       </c>
       <c r="D7" s="14">
         <v>120825</v>
       </c>
       <c r="E7" s="15">
         <v>3.5000000000000003E-2</v>
       </c>
       <c r="F7" s="11"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="254">
+      <c r="A8" s="256">
         <v>2006</v>
       </c>
       <c r="B8" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="26">
         <v>76.5</v>
       </c>
       <c r="D8" s="17">
         <v>124258</v>
       </c>
       <c r="E8" s="18">
         <v>2.8000000000000001E-2</v>
       </c>
       <c r="F8" s="18">
         <v>0.17299999999999999</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="255"/>
+      <c r="A9" s="257"/>
       <c r="B9" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="25">
         <v>83.8</v>
       </c>
       <c r="D9" s="14">
         <v>136198</v>
       </c>
       <c r="E9" s="15">
         <v>9.6000000000000002E-2</v>
       </c>
       <c r="F9" s="15">
         <v>0.24099999999999999</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="255"/>
+      <c r="A10" s="257"/>
       <c r="B10" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="24">
         <v>93.5</v>
       </c>
       <c r="D10" s="9">
         <v>151918</v>
       </c>
       <c r="E10" s="10">
         <v>0.115</v>
       </c>
       <c r="F10" s="10">
         <v>0.30099999999999999</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="255"/>
+      <c r="A11" s="257"/>
       <c r="B11" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="27">
         <v>104.7</v>
       </c>
       <c r="D11" s="20">
         <v>170193</v>
       </c>
       <c r="E11" s="21">
         <v>0.12</v>
       </c>
       <c r="F11" s="21">
         <v>0.40899999999999997</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="250">
+      <c r="A12" s="252">
         <v>2007</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="24">
         <v>115.9</v>
       </c>
       <c r="D12" s="9">
         <v>188278</v>
       </c>
       <c r="E12" s="10">
         <v>0.106</v>
       </c>
       <c r="F12" s="10">
         <v>0.51500000000000001</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="251"/>
+      <c r="A13" s="253"/>
       <c r="B13" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C13" s="25">
         <v>126.2</v>
       </c>
       <c r="D13" s="14">
         <v>205123</v>
       </c>
       <c r="E13" s="15">
         <v>8.8999999999999996E-2</v>
       </c>
       <c r="F13" s="15">
         <v>0.50600000000000001</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="251"/>
+      <c r="A14" s="253"/>
       <c r="B14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="24">
         <v>130.9</v>
       </c>
       <c r="D14" s="9">
         <v>212617</v>
       </c>
       <c r="E14" s="10">
         <v>3.6999999999999998E-2</v>
       </c>
       <c r="F14" s="10">
         <v>0.4</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="251"/>
+      <c r="A15" s="253"/>
       <c r="B15" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="25">
         <v>124.8</v>
       </c>
       <c r="D15" s="14">
         <v>202774</v>
       </c>
       <c r="E15" s="15">
         <v>-4.5999999999999999E-2</v>
       </c>
       <c r="F15" s="15">
         <v>0.191</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="256">
+      <c r="A16" s="258">
         <v>2008</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="26">
         <v>115.5</v>
       </c>
       <c r="D16" s="17">
         <v>187721</v>
       </c>
       <c r="E16" s="18">
         <v>-7.3999999999999996E-2</v>
       </c>
       <c r="F16" s="18">
         <v>-3.0000000000000001E-3</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A17" s="255"/>
+      <c r="A17" s="257"/>
       <c r="B17" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="25">
         <v>108.2</v>
       </c>
       <c r="D17" s="14">
         <v>175875</v>
       </c>
       <c r="E17" s="15">
         <v>-6.3E-2</v>
       </c>
       <c r="F17" s="15">
         <v>-0.14299999999999999</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A18" s="255"/>
+      <c r="A18" s="257"/>
       <c r="B18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="24">
         <v>97.9</v>
       </c>
       <c r="D18" s="9">
         <v>159059</v>
       </c>
       <c r="E18" s="10">
         <v>-9.6000000000000002E-2</v>
       </c>
       <c r="F18" s="10">
         <v>-0.252</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A19" s="257"/>
+      <c r="A19" s="259"/>
       <c r="B19" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="27">
         <v>89.6</v>
       </c>
       <c r="D19" s="20">
         <v>145525</v>
       </c>
       <c r="E19" s="21">
         <v>-8.5000000000000006E-2</v>
       </c>
       <c r="F19" s="21">
         <v>-0.28199999999999997</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A20" s="258">
+      <c r="A20" s="260">
         <v>2009</v>
       </c>
       <c r="B20" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="26">
         <v>81.7</v>
       </c>
       <c r="D20" s="17">
         <v>132669</v>
       </c>
       <c r="E20" s="18">
         <v>-8.7999999999999995E-2</v>
       </c>
       <c r="F20" s="18">
         <v>-0.29299999999999998</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A21" s="251"/>
+      <c r="A21" s="253"/>
       <c r="B21" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C21" s="25">
         <v>82.4</v>
       </c>
       <c r="D21" s="14">
         <v>133898</v>
       </c>
       <c r="E21" s="15">
         <v>8.9999999999999993E-3</v>
       </c>
       <c r="F21" s="15">
         <v>-0.23899999999999999</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A22" s="251"/>
+      <c r="A22" s="253"/>
       <c r="B22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="24">
         <v>82.6</v>
       </c>
       <c r="D22" s="9">
         <v>134254</v>
       </c>
       <c r="E22" s="10">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="F22" s="10">
         <v>-0.156</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A23" s="259"/>
+      <c r="A23" s="261"/>
       <c r="B23" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="27">
         <v>82.7</v>
       </c>
       <c r="D23" s="20">
         <v>134376</v>
       </c>
       <c r="E23" s="21">
         <v>1E-3</v>
       </c>
       <c r="F23" s="21">
         <v>-7.6999999999999999E-2</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A24" s="254">
+      <c r="A24" s="256">
         <v>2010</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="24">
         <v>79</v>
       </c>
       <c r="D24" s="9">
         <v>128422</v>
       </c>
       <c r="E24" s="10">
         <v>-4.3999999999999997E-2</v>
       </c>
       <c r="F24" s="10">
         <v>-3.2000000000000001E-2</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A25" s="255"/>
+      <c r="A25" s="257"/>
       <c r="B25" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="25">
         <v>78.3</v>
       </c>
       <c r="D25" s="14">
         <v>127299</v>
       </c>
       <c r="E25" s="15">
         <v>-8.9999999999999993E-3</v>
       </c>
       <c r="F25" s="15">
         <v>-4.9000000000000002E-2</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A26" s="255"/>
+      <c r="A26" s="257"/>
       <c r="B26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="24">
         <v>77</v>
       </c>
       <c r="D26" s="9">
         <v>125074</v>
       </c>
       <c r="E26" s="10">
         <v>-1.7000000000000001E-2</v>
       </c>
       <c r="F26" s="10">
         <v>-6.8000000000000005E-2</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A27" s="257"/>
+      <c r="A27" s="259"/>
       <c r="B27" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="27">
         <v>72.5</v>
       </c>
       <c r="D27" s="20">
         <v>117835</v>
       </c>
       <c r="E27" s="21">
         <v>-5.8000000000000003E-2</v>
       </c>
       <c r="F27" s="21">
         <v>-0.123</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A28" s="250">
+      <c r="A28" s="252">
         <v>2011</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="24">
         <v>69.3</v>
       </c>
       <c r="D28" s="9">
         <v>112639</v>
       </c>
       <c r="E28" s="10">
         <v>-4.3999999999999997E-2</v>
       </c>
       <c r="F28" s="10">
         <v>-0.123</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A29" s="251"/>
+      <c r="A29" s="253"/>
       <c r="B29" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="25">
         <v>68.2</v>
       </c>
       <c r="D29" s="14">
         <v>110858</v>
       </c>
       <c r="E29" s="15">
         <v>-1.6E-2</v>
       </c>
       <c r="F29" s="15">
         <v>-0.129</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A30" s="251"/>
+      <c r="A30" s="253"/>
       <c r="B30" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="24">
         <v>67</v>
       </c>
       <c r="D30" s="9">
         <v>108933</v>
       </c>
       <c r="E30" s="10">
         <v>-1.7000000000000001E-2</v>
       </c>
       <c r="F30" s="10">
         <v>-0.129</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A31" s="251"/>
+      <c r="A31" s="253"/>
       <c r="B31" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="25">
         <v>65.2</v>
       </c>
       <c r="D31" s="14">
         <v>105870</v>
       </c>
       <c r="E31" s="15">
         <v>-2.8000000000000001E-2</v>
       </c>
       <c r="F31" s="15">
         <v>-0.10199999999999999</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A32" s="254">
+      <c r="A32" s="256">
         <v>2012</v>
       </c>
       <c r="B32" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="26">
         <v>61</v>
       </c>
       <c r="D32" s="17">
         <v>99094</v>
       </c>
       <c r="E32" s="18">
         <v>-6.4000000000000001E-2</v>
       </c>
       <c r="F32" s="18">
         <v>-0.12</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A33" s="255"/>
+      <c r="A33" s="257"/>
       <c r="B33" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C33" s="25">
         <v>61.1</v>
       </c>
       <c r="D33" s="14">
         <v>99355</v>
       </c>
       <c r="E33" s="15">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="F33" s="15">
         <v>-0.104</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A34" s="255"/>
+      <c r="A34" s="257"/>
       <c r="B34" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C34" s="24">
         <v>59.5</v>
       </c>
       <c r="D34" s="9">
         <v>96609</v>
       </c>
       <c r="E34" s="10">
         <v>-2.8000000000000001E-2</v>
       </c>
       <c r="F34" s="10">
         <v>-0.113</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A35" s="255"/>
+      <c r="A35" s="257"/>
       <c r="B35" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C35" s="27">
         <v>58</v>
       </c>
       <c r="D35" s="20">
         <v>94301</v>
       </c>
       <c r="E35" s="21">
         <v>-2.4E-2</v>
       </c>
       <c r="F35" s="21">
         <v>-0.109</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A36" s="250">
+      <c r="A36" s="252">
         <v>2013</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="24">
         <v>56.7</v>
       </c>
       <c r="D36" s="9">
         <v>92202</v>
       </c>
       <c r="E36" s="10">
         <v>-2.1999999999999999E-2</v>
       </c>
       <c r="F36" s="10">
         <v>-7.0000000000000007E-2</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A37" s="251"/>
+      <c r="A37" s="253"/>
       <c r="B37" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C37" s="25">
         <v>57.8</v>
       </c>
       <c r="D37" s="14">
         <v>93906</v>
       </c>
       <c r="E37" s="15">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="F37" s="15">
         <v>-5.5E-2</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A38" s="251"/>
+      <c r="A38" s="253"/>
       <c r="B38" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C38" s="24">
         <v>58.9</v>
       </c>
       <c r="D38" s="9">
         <v>95738</v>
       </c>
       <c r="E38" s="10">
         <v>0.02</v>
       </c>
       <c r="F38" s="10">
         <v>-8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A39" s="251"/>
+      <c r="A39" s="253"/>
       <c r="B39" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="25">
         <v>59.3</v>
       </c>
       <c r="D39" s="14">
         <v>96414</v>
       </c>
       <c r="E39" s="15">
         <v>7.0000000000000001E-3</v>
       </c>
       <c r="F39" s="15">
         <v>2.1999999999999999E-2</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A40" s="254">
+      <c r="A40" s="256">
         <v>2014</v>
       </c>
       <c r="B40" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="26">
         <v>60.3</v>
       </c>
       <c r="D40" s="17">
         <v>98014</v>
       </c>
       <c r="E40" s="18">
         <v>1.7000000000000001E-2</v>
       </c>
       <c r="F40" s="18">
         <v>6.3E-2</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A41" s="255"/>
+      <c r="A41" s="257"/>
       <c r="B41" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C41" s="25">
         <v>62.3</v>
       </c>
       <c r="D41" s="14">
         <v>101289</v>
       </c>
       <c r="E41" s="15">
         <v>3.3000000000000002E-2</v>
       </c>
       <c r="F41" s="15">
         <v>7.9000000000000001E-2</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A42" s="255"/>
+      <c r="A42" s="257"/>
       <c r="B42" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C42" s="24">
         <v>63.6</v>
       </c>
       <c r="D42" s="9">
         <v>103263</v>
       </c>
       <c r="E42" s="10">
         <v>1.9E-2</v>
       </c>
       <c r="F42" s="10">
         <v>7.9000000000000001E-2</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A43" s="255"/>
+      <c r="A43" s="257"/>
       <c r="B43" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C43" s="27">
         <v>64.5</v>
       </c>
       <c r="D43" s="20">
         <v>104809</v>
       </c>
       <c r="E43" s="21">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="F43" s="21">
         <v>8.6999999999999994E-2</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A44" s="250">
+      <c r="A44" s="252">
         <v>2015</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C44" s="24">
         <v>64.599999999999994</v>
       </c>
       <c r="D44" s="9">
         <v>104989</v>
       </c>
       <c r="E44" s="10">
         <v>2E-3</v>
       </c>
       <c r="F44" s="10">
         <v>7.0999999999999994E-2</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A45" s="251"/>
+      <c r="A45" s="253"/>
       <c r="B45" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C45" s="25">
         <v>66.599999999999994</v>
       </c>
       <c r="D45" s="14">
         <v>108206</v>
       </c>
       <c r="E45" s="15">
         <v>3.1E-2</v>
       </c>
       <c r="F45" s="15">
         <v>6.8000000000000005E-2</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A46" s="251"/>
+      <c r="A46" s="253"/>
       <c r="B46" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C46" s="24">
         <v>68.599999999999994</v>
       </c>
       <c r="D46" s="9">
         <v>111401</v>
       </c>
       <c r="E46" s="10">
         <v>0.03</v>
       </c>
       <c r="F46" s="10">
         <v>7.9000000000000001E-2</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A47" s="251"/>
+      <c r="A47" s="253"/>
       <c r="B47" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="25">
         <v>69.2</v>
       </c>
       <c r="D47" s="14">
         <v>112385</v>
       </c>
       <c r="E47" s="15">
         <v>8.9999999999999993E-3</v>
       </c>
       <c r="F47" s="15">
         <v>7.1999999999999995E-2</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A48" s="254">
+      <c r="A48" s="256">
         <v>2016</v>
       </c>
       <c r="B48" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C48" s="26">
         <v>69.2</v>
       </c>
       <c r="D48" s="17">
         <v>112475</v>
       </c>
       <c r="E48" s="18">
         <v>1E-3</v>
       </c>
       <c r="F48" s="18">
         <v>7.0999999999999994E-2</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A49" s="255"/>
+      <c r="A49" s="257"/>
       <c r="B49" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C49" s="25">
         <v>71.8</v>
       </c>
       <c r="D49" s="14">
         <v>116637</v>
       </c>
       <c r="E49" s="15">
         <v>3.6999999999999998E-2</v>
       </c>
       <c r="F49" s="15">
         <v>7.8E-2</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A50" s="255"/>
+      <c r="A50" s="257"/>
       <c r="B50" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C50" s="24">
         <v>72.599999999999994</v>
       </c>
       <c r="D50" s="9">
         <v>118039</v>
       </c>
       <c r="E50" s="10">
         <v>1.2E-2</v>
       </c>
       <c r="F50" s="10">
         <v>0.06</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A51" s="255"/>
+      <c r="A51" s="257"/>
       <c r="B51" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C51" s="27">
         <v>72.8</v>
       </c>
       <c r="D51" s="20">
         <v>118350</v>
       </c>
       <c r="E51" s="21">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="F51" s="21">
         <v>5.2999999999999999E-2</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A52" s="250">
+      <c r="A52" s="252">
         <v>2017</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C52" s="24">
         <v>72.7</v>
       </c>
       <c r="D52" s="9">
         <v>118092</v>
       </c>
       <c r="E52" s="10">
         <v>-2E-3</v>
       </c>
       <c r="F52" s="10">
         <v>0.05</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A53" s="251"/>
+      <c r="A53" s="253"/>
       <c r="B53" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C53" s="25">
         <v>74.099999999999994</v>
       </c>
       <c r="D53" s="14">
         <v>120356</v>
       </c>
       <c r="E53" s="15">
         <v>1.9E-2</v>
       </c>
       <c r="F53" s="15">
         <v>3.2000000000000001E-2</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A54" s="251"/>
+      <c r="A54" s="253"/>
       <c r="B54" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C54" s="24">
         <v>75.099999999999994</v>
       </c>
       <c r="D54" s="9">
         <v>121964</v>
       </c>
       <c r="E54" s="10">
         <v>1.2999999999999999E-2</v>
       </c>
       <c r="F54" s="10">
         <v>3.3000000000000002E-2</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A55" s="251"/>
+      <c r="A55" s="253"/>
       <c r="B55" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C55" s="25">
         <v>75.5</v>
       </c>
       <c r="D55" s="14">
         <v>122649</v>
       </c>
       <c r="E55" s="15">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="F55" s="15">
         <v>3.5999999999999997E-2</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A56" s="256">
+      <c r="A56" s="258">
         <v>2018</v>
       </c>
       <c r="B56" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C56" s="26">
         <v>75.900000000000006</v>
       </c>
       <c r="D56" s="17">
         <v>123302</v>
       </c>
       <c r="E56" s="18">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="F56" s="18">
         <v>4.3999999999999997E-2</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A57" s="255"/>
+      <c r="A57" s="257"/>
       <c r="B57" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C57" s="25">
         <v>76.900000000000006</v>
       </c>
       <c r="D57" s="14">
         <v>125009</v>
       </c>
       <c r="E57" s="15">
         <v>1.4E-2</v>
       </c>
       <c r="F57" s="15">
         <v>3.9E-2</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A58" s="255"/>
+      <c r="A58" s="257"/>
       <c r="B58" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C58" s="24">
         <v>78.400000000000006</v>
       </c>
       <c r="D58" s="9">
         <v>127398</v>
       </c>
       <c r="E58" s="10">
         <v>1.9E-2</v>
       </c>
       <c r="F58" s="10">
         <v>4.4999999999999998E-2</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A59" s="257"/>
+      <c r="A59" s="259"/>
       <c r="B59" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C59" s="27">
         <v>79.7</v>
       </c>
       <c r="D59" s="20">
         <v>129427</v>
       </c>
       <c r="E59" s="21">
         <v>1.6E-2</v>
       </c>
       <c r="F59" s="21">
         <v>5.5E-2</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A60" s="260">
+      <c r="A60" s="262">
         <v>2019</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C60" s="24">
         <v>78.900000000000006</v>
       </c>
       <c r="D60" s="9">
         <v>128168</v>
       </c>
       <c r="E60" s="10">
         <v>-0.01</v>
       </c>
       <c r="F60" s="10">
         <v>3.9E-2</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A61" s="261"/>
+      <c r="A61" s="263"/>
       <c r="B61" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C61" s="25">
         <v>79.8</v>
       </c>
       <c r="D61" s="14">
         <v>129613</v>
       </c>
       <c r="E61" s="15">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="F61" s="15">
         <v>3.6999999999999998E-2</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A62" s="261"/>
+      <c r="A62" s="263"/>
       <c r="B62" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C62" s="24">
         <v>81.400000000000006</v>
       </c>
       <c r="D62" s="9">
         <v>132336</v>
       </c>
       <c r="E62" s="10">
         <v>2.1000000000000001E-2</v>
       </c>
       <c r="F62" s="10">
         <v>3.9E-2</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A63" s="261"/>
+      <c r="A63" s="263"/>
       <c r="B63" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C63" s="25">
         <v>81.599999999999994</v>
       </c>
       <c r="D63" s="14">
         <v>132623</v>
       </c>
       <c r="E63" s="15">
         <v>2E-3</v>
       </c>
       <c r="F63" s="15">
         <v>2.5000000000000001E-2</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A64" s="256">
+      <c r="A64" s="258">
         <v>2020</v>
       </c>
       <c r="B64" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C64" s="26">
         <v>82</v>
       </c>
       <c r="D64" s="17">
         <v>133173</v>
       </c>
       <c r="E64" s="18">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="F64" s="18">
         <v>3.9E-2</v>
       </c>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A65" s="255"/>
+      <c r="A65" s="257"/>
       <c r="B65" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C65" s="25">
         <v>82</v>
       </c>
       <c r="D65" s="14">
         <v>133286</v>
       </c>
       <c r="E65" s="15">
         <v>1E-3</v>
       </c>
       <c r="F65" s="15">
         <v>2.8000000000000001E-2</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A66" s="255"/>
+      <c r="A66" s="257"/>
       <c r="B66" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C66" s="24">
         <v>83.7</v>
       </c>
       <c r="D66" s="9">
         <v>136013</v>
       </c>
       <c r="E66" s="10">
         <v>0.02</v>
       </c>
       <c r="F66" s="10">
         <v>2.8000000000000001E-2</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A67" s="257"/>
+      <c r="A67" s="259"/>
       <c r="B67" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C67" s="27">
         <v>85.9</v>
       </c>
       <c r="D67" s="20">
         <v>139563</v>
       </c>
       <c r="E67" s="21">
         <v>2.5999999999999999E-2</v>
       </c>
       <c r="F67" s="21">
         <v>5.1999999999999998E-2</v>
       </c>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A68" s="250">
+      <c r="A68" s="252">
         <v>2021</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C68" s="24">
         <v>86.8</v>
       </c>
       <c r="D68" s="9">
         <v>141087</v>
       </c>
       <c r="E68" s="10">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="F68" s="10">
         <v>5.8999999999999997E-2</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A69" s="251"/>
+      <c r="A69" s="253"/>
       <c r="B69" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C69" s="25">
         <v>89.9</v>
       </c>
       <c r="D69" s="14">
         <v>146044</v>
       </c>
       <c r="E69" s="15">
         <v>3.5000000000000003E-2</v>
       </c>
       <c r="F69" s="15">
         <v>9.6000000000000002E-2</v>
       </c>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A70" s="251"/>
+      <c r="A70" s="253"/>
       <c r="B70" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C70" s="24">
         <v>92.7</v>
       </c>
       <c r="D70" s="9">
         <v>150563</v>
       </c>
       <c r="E70" s="10">
         <v>3.1E-2</v>
       </c>
       <c r="F70" s="10">
         <v>0.107</v>
       </c>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A71" s="251"/>
+      <c r="A71" s="253"/>
       <c r="B71" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C71" s="25">
         <v>92.7</v>
       </c>
       <c r="D71" s="14">
         <v>150539</v>
       </c>
       <c r="E71" s="15">
         <v>0</v>
       </c>
       <c r="F71" s="15">
         <v>7.9000000000000001E-2</v>
       </c>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A72" s="256">
+      <c r="A72" s="258">
         <v>2022</v>
       </c>
       <c r="B72" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C72" s="26">
         <v>95.4</v>
       </c>
       <c r="D72" s="17">
         <v>155086</v>
       </c>
       <c r="E72" s="18">
         <v>0.03</v>
       </c>
       <c r="F72" s="18">
         <v>9.9000000000000005E-2</v>
       </c>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A73" s="255"/>
+      <c r="A73" s="257"/>
       <c r="B73" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C73" s="25">
         <v>98.6</v>
       </c>
       <c r="D73" s="14">
         <v>160214</v>
       </c>
       <c r="E73" s="15">
         <v>3.3000000000000002E-2</v>
       </c>
       <c r="F73" s="15">
         <v>9.7000000000000003E-2</v>
       </c>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A74" s="255"/>
+      <c r="A74" s="257"/>
       <c r="B74" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C74" s="24">
         <v>102.4</v>
       </c>
       <c r="D74" s="9">
         <v>166363</v>
       </c>
       <c r="E74" s="10">
         <v>3.7999999999999999E-2</v>
       </c>
       <c r="F74" s="10">
         <v>0.105</v>
       </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A75" s="257"/>
+      <c r="A75" s="259"/>
       <c r="B75" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C75" s="27">
         <v>102</v>
       </c>
       <c r="D75" s="20">
         <v>165729</v>
       </c>
       <c r="E75" s="21">
         <v>-4.0000000000000001E-3</v>
       </c>
       <c r="F75" s="21">
         <v>0.10100000000000001</v>
       </c>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A76" s="260">
+      <c r="A76" s="262">
         <v>2023</v>
       </c>
       <c r="B76" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C76" s="24">
         <v>100</v>
       </c>
       <c r="D76" s="9">
         <v>162479</v>
       </c>
       <c r="E76" s="10">
         <v>-0.02</v>
       </c>
       <c r="F76" s="10">
         <v>4.8000000000000001E-2</v>
       </c>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A77" s="261"/>
+      <c r="A77" s="263"/>
       <c r="B77" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C77" s="25">
         <v>101.3</v>
       </c>
       <c r="D77" s="14">
         <v>164587</v>
       </c>
       <c r="E77" s="15">
         <v>1.2999999999999999E-2</v>
       </c>
       <c r="F77" s="15">
         <v>2.7E-2</v>
       </c>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A78" s="261"/>
+      <c r="A78" s="263"/>
       <c r="B78" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C78" s="24">
         <v>104.5</v>
       </c>
       <c r="D78" s="9">
         <v>169726</v>
       </c>
       <c r="E78" s="10">
         <v>3.1E-2</v>
       </c>
       <c r="F78" s="10">
         <v>0.02</v>
       </c>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A79" s="261"/>
+      <c r="A79" s="263"/>
       <c r="B79" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C79" s="25">
         <v>103.5</v>
       </c>
       <c r="D79" s="14">
         <v>168157</v>
       </c>
       <c r="E79" s="15">
         <v>-8.9999999999999993E-3</v>
       </c>
       <c r="F79" s="15">
         <v>1.4999999999999999E-2</v>
       </c>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A80" s="262">
+      <c r="A80" s="264">
         <v>2024</v>
       </c>
       <c r="B80" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C80" s="26">
         <v>104.1</v>
       </c>
       <c r="D80" s="17">
         <v>169060</v>
       </c>
       <c r="E80" s="18">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="F80" s="18">
         <v>4.1000000000000002E-2</v>
       </c>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A81" s="263"/>
+      <c r="A81" s="265"/>
       <c r="B81" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C81" s="25">
         <v>108</v>
       </c>
       <c r="D81" s="14">
         <v>175418</v>
       </c>
       <c r="E81" s="15">
         <v>3.7999999999999999E-2</v>
       </c>
       <c r="F81" s="15">
         <v>6.6000000000000003E-2</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A82" s="263"/>
+      <c r="A82" s="265"/>
       <c r="B82" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C82" s="24">
         <v>111.1</v>
       </c>
       <c r="D82" s="9">
         <v>180467</v>
       </c>
       <c r="E82" s="10">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="F82" s="10">
         <v>6.3E-2</v>
       </c>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A83" s="264"/>
+      <c r="A83" s="266"/>
       <c r="B83" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C83" s="27">
-        <v>112.7</v>
+        <v>112.3</v>
       </c>
       <c r="D83" s="20">
-        <v>183153</v>
+        <v>182486</v>
       </c>
       <c r="E83" s="21">
-        <v>1.4999999999999999E-2</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="F83" s="21">
-        <v>8.8999999999999996E-2</v>
+        <v>8.5000000000000006E-2</v>
       </c>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A84" s="28">
         <v>2025</v>
       </c>
       <c r="B84" s="28" t="s">
         <v>5</v>
       </c>
       <c r="C84" s="29">
         <v>113.9</v>
       </c>
       <c r="D84" s="30">
-        <v>185037</v>
+        <v>184530</v>
       </c>
       <c r="E84" s="31">
-        <v>0.01</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="F84" s="31">
-        <v>9.5000000000000001E-2</v>
+        <v>9.1999999999999998E-2</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="B85" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C85" s="25">
+        <v>113.9</v>
+      </c>
+      <c r="D85" s="14">
+        <v>185108</v>
+      </c>
+      <c r="E85" s="15">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="F85" s="15">
+        <v>5.5E-2</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A88" s="6" t="s">
+        <v>291</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A72:A75"/>
     <mergeCell ref="A76:A79"/>
     <mergeCell ref="A80:A83"/>
     <mergeCell ref="A48:A51"/>
     <mergeCell ref="A52:A55"/>
     <mergeCell ref="A56:A59"/>
     <mergeCell ref="A60:A63"/>
     <mergeCell ref="A64:A67"/>
     <mergeCell ref="A68:A71"/>
     <mergeCell ref="A44:A47"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A7"/>
     <mergeCell ref="A8:A11"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="A20:A23"/>
     <mergeCell ref="A24:A27"/>
     <mergeCell ref="A28:A31"/>
     <mergeCell ref="A32:A35"/>
     <mergeCell ref="A36:A39"/>
     <mergeCell ref="A40:A43"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H2" r:id="rId1" display="https://www.finance-ni.gov.uk/publications/ni-house-price-index-statistical-reports" xr:uid="{0D02756F-7CCA-4570-847C-9AD5DA85196B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5BEE0B03-5D69-4487-B91F-DB6E6C64B787}">
-  <dimension ref="A1:D10"/>
+  <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A10" sqref="A10"/>
+      <selection activeCell="A10" sqref="A10:XFD10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="4" width="15.5703125" style="1" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="39" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="39" t="s">
-        <v>265</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="47.25" x14ac:dyDescent="0.2">
       <c r="A3" s="43" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="44" t="s">
+        <v>307</v>
+      </c>
+      <c r="C3" s="44" t="s">
+        <v>308</v>
+      </c>
+      <c r="D3" s="44" t="s">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="35" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B4" s="37">
-        <v>141495</v>
+        <v>150836</v>
       </c>
       <c r="C4" s="37">
-        <v>146604</v>
+        <v>149021</v>
       </c>
       <c r="D4" s="38">
-        <v>3.5999999999999997E-2</v>
+        <v>-1.2E-2</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="30" x14ac:dyDescent="0.2">
       <c r="A5" s="40" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B5" s="41">
-        <v>193816</v>
+        <v>200323</v>
       </c>
       <c r="C5" s="41">
-        <v>200438</v>
+        <v>204129</v>
       </c>
       <c r="D5" s="42">
-        <v>3.4000000000000002E-2</v>
+        <v>1.9E-2</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A6" s="35" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B6" s="37">
-        <v>303409</v>
+        <v>325641</v>
       </c>
       <c r="C6" s="37">
-        <v>307761</v>
+        <v>326709</v>
       </c>
       <c r="D6" s="38">
-        <v>1.4E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A7" s="40" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B7" s="41">
-        <v>151780</v>
+        <v>162709</v>
       </c>
       <c r="C7" s="41">
-        <v>164665</v>
+        <v>164215</v>
       </c>
       <c r="D7" s="42">
-        <v>8.5000000000000006E-2</v>
+        <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A8" s="45" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="46">
+        <v>219110</v>
+      </c>
+      <c r="C8" s="46">
+        <v>220303</v>
+      </c>
+      <c r="D8" s="47">
+        <v>5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="267" t="s">
         <v>17</v>
       </c>
-      <c r="B8" s="46">
-[...20 lines deleted...]
-      </c>
+      <c r="B9" s="268"/>
+      <c r="C9" s="268"/>
+      <c r="D9" s="268"/>
+    </row>
+    <row r="10" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="244" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="C12" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A9:D9"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A10" r:id="rId1" xr:uid="{240ABDA6-ABC3-458D-A568-FBA68E6F78CF}"/>
+    <hyperlink ref="A10" r:id="rId1" xr:uid="{9BA5A751-4B16-4323-AA76-9CDA65200B35}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE6F0EB8-BD50-4674-B89D-417092ECBE34}">
-  <dimension ref="A1:D16"/>
+  <dimension ref="A1:D20"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A16" sqref="A16"/>
+    <sheetView topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="A16" sqref="A16:XFD16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="33.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="44" style="1" customWidth="1"/>
     <col min="2" max="4" width="15.5703125" style="49" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>264</v>
+        <v>310</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="47.25" x14ac:dyDescent="0.2">
       <c r="A3" s="52" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B3" s="44" t="s">
+        <v>307</v>
+      </c>
+      <c r="C3" s="44" t="s">
+        <v>308</v>
+      </c>
+      <c r="D3" s="44" t="s">
         <v>10</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="48" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B4" s="50">
-        <v>190145</v>
+        <v>189213</v>
       </c>
       <c r="C4" s="50">
-        <v>196305</v>
+        <v>206334</v>
       </c>
       <c r="D4" s="51">
-        <v>3.2</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="56" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="B5" s="57">
-        <v>241340</v>
+        <v>257455</v>
       </c>
       <c r="C5" s="57">
-        <v>243924</v>
+        <v>252774</v>
       </c>
       <c r="D5" s="58">
-        <v>1.1000000000000001</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+        <v>-1.8</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="48" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B6" s="50">
-        <v>183508</v>
+        <v>198709</v>
       </c>
       <c r="C6" s="50">
-        <v>190194</v>
+        <v>207133</v>
       </c>
       <c r="D6" s="51">
-        <v>3.6</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="56" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="B7" s="57">
-        <v>192966</v>
+        <v>202004</v>
       </c>
       <c r="C7" s="57">
-        <v>206985</v>
+        <v>206754</v>
       </c>
       <c r="D7" s="58">
-        <v>7.3</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="48" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B8" s="50">
-        <v>229643</v>
+        <v>253137</v>
       </c>
       <c r="C8" s="50">
-        <v>227354</v>
+        <v>252373</v>
       </c>
       <c r="D8" s="51">
-        <v>-1</v>
+        <v>-0.3</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="56" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B9" s="57">
-        <v>174106</v>
+        <v>188042</v>
       </c>
       <c r="C9" s="57">
-        <v>191443</v>
+        <v>194244</v>
       </c>
       <c r="D9" s="58">
-        <v>9.9</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="48" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B10" s="50">
-        <v>211132</v>
+        <v>200217</v>
       </c>
       <c r="C10" s="50">
-        <v>194104</v>
+        <v>216589</v>
       </c>
       <c r="D10" s="51">
-        <v>-8</v>
+        <v>8.1999999999999993</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="56" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B11" s="57">
-        <v>252076</v>
+        <v>252959</v>
       </c>
       <c r="C11" s="57">
-        <v>249101</v>
+        <v>259371</v>
       </c>
       <c r="D11" s="58">
-        <v>-1.2</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="48" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B12" s="50">
-        <v>180712</v>
+        <v>185281</v>
       </c>
       <c r="C12" s="50">
-        <v>192522</v>
+        <v>201804</v>
       </c>
       <c r="D12" s="51">
-        <v>6.5</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="56" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B13" s="57">
-        <v>240195</v>
+        <v>225797</v>
       </c>
       <c r="C13" s="57">
-        <v>207695</v>
+        <v>212108</v>
       </c>
       <c r="D13" s="58">
-        <v>13.5</v>
+        <v>-6.1</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="53" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B14" s="54">
-        <v>236068</v>
+        <v>231368</v>
       </c>
       <c r="C14" s="54">
-        <v>235938</v>
+        <v>250554</v>
       </c>
       <c r="D14" s="55">
-        <v>-0.05</v>
+        <v>8.3000000000000007</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
-        <v>263</v>
-[...5 lines deleted...]
-      </c>
+        <v>259</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="244" t="s">
+        <v>311</v>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
+    </row>
+    <row r="20" spans="1:3" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="C20" s="22"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A16" r:id="rId1" xr:uid="{5BF13371-B83C-4156-A2E1-C08280BC343D}"/>
+    <hyperlink ref="A16" r:id="rId1" xr:uid="{000215CD-C5BD-470A-952A-FE8BFAE82D6B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{628E0120-7CB7-4C62-B9E9-7FBE9EEEBAE4}">
-  <dimension ref="A1:M164"/>
+  <dimension ref="A1:M170"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="H13" sqref="H13"/>
+    <sheetView tabSelected="1" topLeftCell="A175" workbookViewId="0">
+      <pane ySplit="1215" activePane="bottomLeft"/>
+      <selection activeCell="C4" sqref="C4:D176"/>
+      <selection pane="bottomLeft" activeCell="F177" sqref="F177"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="5.140625" style="6" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="3.42578125" style="6" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="11.140625" style="6" customWidth="1"/>
+    <col min="2" max="2" width="7.140625" style="6" customWidth="1"/>
     <col min="3" max="3" width="17.5703125" style="59" customWidth="1"/>
     <col min="4" max="4" width="17" style="59" bestFit="1" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="18" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="1" spans="1:13" s="288" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="287" t="s">
+        <v>260</v>
+      </c>
+      <c r="C1" s="289"/>
+      <c r="D1" s="289"/>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.2">
       <c r="M2" s="6" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="62"/>
-[...8 lines deleted...]
-        <v>19</v>
+      <c r="A3" s="60"/>
+      <c r="B3" s="61"/>
+      <c r="C3" s="62" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" s="62" t="s">
+        <v>31</v>
+      </c>
+      <c r="M3" s="244" t="s">
+        <v>311</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A4" s="267">
+      <c r="A4" s="269">
         <v>1985</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C4" s="60">
+      <c r="C4" s="290">
         <v>98.08</v>
       </c>
-      <c r="D4" s="60">
+      <c r="D4" s="290">
         <v>101.47</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A5" s="268"/>
+      <c r="A5" s="270"/>
       <c r="B5" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="65">
+      <c r="C5" s="291">
         <v>101.94</v>
       </c>
-      <c r="D5" s="65">
+      <c r="D5" s="291">
         <v>104.41</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A6" s="268"/>
+      <c r="A6" s="270"/>
       <c r="B6" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C6" s="60">
+      <c r="C6" s="290">
         <v>102.69</v>
       </c>
-      <c r="D6" s="60">
+      <c r="D6" s="290">
         <v>105.15</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A7" s="268"/>
+      <c r="A7" s="270"/>
       <c r="B7" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C7" s="65">
+      <c r="C7" s="291">
         <v>103.26</v>
       </c>
-      <c r="D7" s="65">
+      <c r="D7" s="291">
         <v>105.5</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A8" s="269">
+      <c r="A8" s="271">
         <v>1986</v>
       </c>
       <c r="B8" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C8" s="66">
+      <c r="C8" s="292">
         <v>103.39</v>
       </c>
-      <c r="D8" s="66">
+      <c r="D8" s="292">
         <v>105.88</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A9" s="270"/>
+      <c r="A9" s="272"/>
       <c r="B9" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C9" s="65">
+      <c r="C9" s="291">
         <v>107.06</v>
       </c>
-      <c r="D9" s="65">
+      <c r="D9" s="291">
         <v>107.35</v>
       </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A10" s="270"/>
+      <c r="A10" s="272"/>
       <c r="B10" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C10" s="60">
+      <c r="C10" s="290">
         <v>107.46</v>
       </c>
-      <c r="D10" s="60">
+      <c r="D10" s="290">
         <v>107.35</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A11" s="271"/>
+      <c r="A11" s="273"/>
       <c r="B11" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C11" s="67">
+      <c r="C11" s="293">
         <v>109.09</v>
       </c>
-      <c r="D11" s="67">
+      <c r="D11" s="293">
         <v>108.82</v>
       </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A12" s="267">
+      <c r="A12" s="269">
         <v>1987</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C12" s="60">
+      <c r="C12" s="290">
         <v>110.16</v>
       </c>
-      <c r="D12" s="60">
+      <c r="D12" s="290">
         <v>110.29</v>
       </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A13" s="268"/>
+      <c r="A13" s="270"/>
       <c r="B13" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C13" s="65">
+      <c r="C13" s="291">
         <v>109.54</v>
       </c>
-      <c r="D13" s="65">
+      <c r="D13" s="291">
         <v>111.76</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A14" s="268"/>
+      <c r="A14" s="270"/>
       <c r="B14" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C14" s="60">
+      <c r="C14" s="290">
         <v>110.68</v>
       </c>
-      <c r="D14" s="60">
+      <c r="D14" s="290">
         <v>112.5</v>
       </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A15" s="268"/>
+      <c r="A15" s="270"/>
       <c r="B15" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C15" s="65">
+      <c r="C15" s="291">
         <v>109.58</v>
       </c>
-      <c r="D15" s="65">
+      <c r="D15" s="291">
         <v>113.24</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A16" s="269">
+      <c r="A16" s="271">
         <v>1988</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C16" s="66">
+      <c r="C16" s="292">
         <v>112.19</v>
       </c>
-      <c r="D16" s="66">
+      <c r="D16" s="292">
         <v>113.97</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A17" s="270"/>
+      <c r="A17" s="272"/>
       <c r="B17" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C17" s="65">
+      <c r="C17" s="291">
         <v>116.73</v>
       </c>
-      <c r="D17" s="65">
+      <c r="D17" s="291">
         <v>116.18</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A18" s="270"/>
+      <c r="A18" s="272"/>
       <c r="B18" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C18" s="60">
+      <c r="C18" s="290">
         <v>118.7</v>
       </c>
-      <c r="D18" s="60">
+      <c r="D18" s="290">
         <v>118.38</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A19" s="271"/>
+      <c r="A19" s="273"/>
       <c r="B19" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C19" s="67">
+      <c r="C19" s="293">
         <v>115.4</v>
       </c>
-      <c r="D19" s="67">
+      <c r="D19" s="293">
         <v>120.59</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A20" s="267">
+      <c r="A20" s="269">
         <v>1989</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C20" s="60">
+      <c r="C20" s="290">
         <v>116.59</v>
       </c>
-      <c r="D20" s="60">
+      <c r="D20" s="290">
         <v>123.3</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A21" s="268"/>
+      <c r="A21" s="270"/>
       <c r="B21" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C21" s="65">
+      <c r="C21" s="291">
         <v>119.97</v>
       </c>
-      <c r="D21" s="65">
+      <c r="D21" s="291">
         <v>127.27</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A22" s="268"/>
+      <c r="A22" s="270"/>
       <c r="B22" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C22" s="60">
+      <c r="C22" s="290">
         <v>124.06</v>
       </c>
-      <c r="D22" s="60">
+      <c r="D22" s="290">
         <v>127.9</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A23" s="268"/>
+      <c r="A23" s="270"/>
       <c r="B23" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C23" s="65">
+      <c r="C23" s="291">
         <v>119.56</v>
       </c>
-      <c r="D23" s="65">
+      <c r="D23" s="291">
         <v>130.44</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A24" s="269">
+      <c r="A24" s="271">
         <v>1990</v>
       </c>
       <c r="B24" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C24" s="66">
+      <c r="C24" s="292">
         <v>122.8</v>
       </c>
-      <c r="D24" s="66">
+      <c r="D24" s="292">
         <v>132.65</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A25" s="270"/>
+      <c r="A25" s="272"/>
       <c r="B25" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C25" s="65">
+      <c r="C25" s="291">
         <v>126.78</v>
       </c>
-      <c r="D25" s="65">
+      <c r="D25" s="291">
         <v>138.97</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A26" s="270"/>
+      <c r="A26" s="272"/>
       <c r="B26" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C26" s="60">
+      <c r="C26" s="290">
         <v>128.44999999999999</v>
       </c>
-      <c r="D26" s="60">
+      <c r="D26" s="290">
         <v>141.25</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A27" s="271"/>
+      <c r="A27" s="273"/>
       <c r="B27" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C27" s="67">
+      <c r="C27" s="293">
         <v>125.61</v>
       </c>
-      <c r="D27" s="67">
+      <c r="D27" s="293">
         <v>143.44999999999999</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A28" s="267">
+      <c r="A28" s="269">
         <v>1991</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C28" s="60">
+      <c r="C28" s="290">
         <v>123.97</v>
       </c>
-      <c r="D28" s="60">
+      <c r="D28" s="290">
         <v>144.29</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A29" s="268"/>
+      <c r="A29" s="270"/>
       <c r="B29" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C29" s="65">
+      <c r="C29" s="291">
         <v>133.69</v>
       </c>
-      <c r="D29" s="65">
+      <c r="D29" s="291">
         <v>147.31</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A30" s="268"/>
+      <c r="A30" s="270"/>
       <c r="B30" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C30" s="60">
+      <c r="C30" s="290">
         <v>131.22999999999999</v>
       </c>
-      <c r="D30" s="60">
+      <c r="D30" s="290">
         <v>147.72999999999999</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A31" s="268"/>
+      <c r="A31" s="270"/>
       <c r="B31" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C31" s="65">
+      <c r="C31" s="291">
         <v>137.03</v>
       </c>
-      <c r="D31" s="65">
+      <c r="D31" s="291">
         <v>149.4</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A32" s="269">
+      <c r="A32" s="271">
         <v>1992</v>
       </c>
       <c r="B32" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C32" s="66">
+      <c r="C32" s="292">
         <v>134.54</v>
       </c>
-      <c r="D32" s="66">
+      <c r="D32" s="292">
         <v>150.21</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A33" s="270"/>
+      <c r="A33" s="272"/>
       <c r="B33" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C33" s="65">
+      <c r="C33" s="291">
         <v>139.97999999999999</v>
       </c>
-      <c r="D33" s="65">
+      <c r="D33" s="291">
         <v>153.44999999999999</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A34" s="270"/>
+      <c r="A34" s="272"/>
       <c r="B34" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C34" s="60">
+      <c r="C34" s="290">
         <v>139.75</v>
       </c>
-      <c r="D34" s="60">
+      <c r="D34" s="290">
         <v>153.34</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A35" s="271"/>
+      <c r="A35" s="273"/>
       <c r="B35" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C35" s="67">
+      <c r="C35" s="293">
         <v>138.76</v>
       </c>
-      <c r="D35" s="67">
+      <c r="D35" s="293">
         <v>153.96</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A36" s="267">
+      <c r="A36" s="269">
         <v>1993</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C36" s="60">
+      <c r="C36" s="290">
         <v>136.72999999999999</v>
       </c>
-      <c r="D36" s="60">
+      <c r="D36" s="290">
         <v>152.94</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A37" s="268"/>
+      <c r="A37" s="270"/>
       <c r="B37" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C37" s="65">
+      <c r="C37" s="291">
         <v>148.47999999999999</v>
       </c>
-      <c r="D37" s="65">
+      <c r="D37" s="291">
         <v>155.47</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A38" s="268"/>
+      <c r="A38" s="270"/>
       <c r="B38" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C38" s="60">
+      <c r="C38" s="290">
         <v>149.5</v>
       </c>
-      <c r="D38" s="60">
+      <c r="D38" s="290">
         <v>155.84</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A39" s="268"/>
+      <c r="A39" s="270"/>
       <c r="B39" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C39" s="65">
+      <c r="C39" s="291">
         <v>151.36000000000001</v>
       </c>
-      <c r="D39" s="65">
+      <c r="D39" s="291">
         <v>156.28</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A40" s="269">
+      <c r="A40" s="271">
         <v>1994</v>
       </c>
       <c r="B40" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C40" s="66">
+      <c r="C40" s="292">
         <v>153.37</v>
       </c>
-      <c r="D40" s="66">
+      <c r="D40" s="292">
         <v>156.58000000000001</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A41" s="270"/>
+      <c r="A41" s="272"/>
       <c r="B41" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C41" s="65">
+      <c r="C41" s="291">
         <v>159.77000000000001</v>
       </c>
-      <c r="D41" s="65">
+      <c r="D41" s="291">
         <v>159.41</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A42" s="270"/>
+      <c r="A42" s="272"/>
       <c r="B42" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C42" s="60">
+      <c r="C42" s="290">
         <v>164.16</v>
       </c>
-      <c r="D42" s="60">
+      <c r="D42" s="290">
         <v>159.55000000000001</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A43" s="271"/>
+      <c r="A43" s="273"/>
       <c r="B43" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C43" s="67">
+      <c r="C43" s="293">
         <v>161.37</v>
       </c>
-      <c r="D43" s="67">
+      <c r="D43" s="293">
         <v>160.47</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A44" s="267">
+      <c r="A44" s="269">
         <v>1995</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C44" s="60">
+      <c r="C44" s="290">
         <v>161.63999999999999</v>
       </c>
-      <c r="D44" s="60">
+      <c r="D44" s="290">
         <v>161.91</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A45" s="268"/>
+      <c r="A45" s="270"/>
       <c r="B45" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C45" s="65">
+      <c r="C45" s="291">
         <v>176.99</v>
       </c>
-      <c r="D45" s="65">
+      <c r="D45" s="291">
         <v>164.85</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A46" s="268"/>
+      <c r="A46" s="270"/>
       <c r="B46" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C46" s="60">
+      <c r="C46" s="290">
         <v>181.44</v>
       </c>
-      <c r="D46" s="60">
+      <c r="D46" s="290">
         <v>165.29</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A47" s="268"/>
+      <c r="A47" s="270"/>
       <c r="B47" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C47" s="65">
+      <c r="C47" s="291">
         <v>181.11</v>
       </c>
-      <c r="D47" s="65">
+      <c r="D47" s="291">
         <v>165.55</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A48" s="269">
+      <c r="A48" s="271">
         <v>1996</v>
       </c>
       <c r="B48" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C48" s="66">
+      <c r="C48" s="292">
         <v>182.22</v>
       </c>
-      <c r="D48" s="66">
+      <c r="D48" s="292">
         <v>166.39</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A49" s="270"/>
+      <c r="A49" s="272"/>
       <c r="B49" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C49" s="65">
+      <c r="C49" s="291">
         <v>196.9</v>
       </c>
-      <c r="D49" s="65">
+      <c r="D49" s="291">
         <v>168.56</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A50" s="270"/>
+      <c r="A50" s="272"/>
       <c r="B50" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C50" s="60">
+      <c r="C50" s="290">
         <v>204.04</v>
       </c>
-      <c r="D50" s="60">
+      <c r="D50" s="290">
         <v>168.85</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A51" s="271"/>
+      <c r="A51" s="273"/>
       <c r="B51" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C51" s="67">
+      <c r="C51" s="293">
         <v>208.59</v>
       </c>
-      <c r="D51" s="67">
+      <c r="D51" s="293">
         <v>169.63</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A52" s="267">
+      <c r="A52" s="269">
         <v>1997</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C52" s="60">
+      <c r="C52" s="290">
         <v>209.6</v>
       </c>
-      <c r="D52" s="60">
+      <c r="D52" s="290">
         <v>171</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A53" s="268"/>
+      <c r="A53" s="270"/>
       <c r="B53" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C53" s="65">
+      <c r="C53" s="291">
         <v>217.38</v>
       </c>
-      <c r="D53" s="65">
+      <c r="D53" s="291">
         <v>173.04</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A54" s="268"/>
+      <c r="A54" s="270"/>
       <c r="B54" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C54" s="60">
+      <c r="C54" s="290">
         <v>231.41</v>
       </c>
-      <c r="D54" s="60">
+      <c r="D54" s="290">
         <v>174.74</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A55" s="268"/>
+      <c r="A55" s="270"/>
       <c r="B55" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C55" s="65">
+      <c r="C55" s="291">
         <v>225.74</v>
       </c>
-      <c r="D55" s="65">
+      <c r="D55" s="291">
         <v>176.13</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A56" s="269">
+      <c r="A56" s="271">
         <v>1998</v>
       </c>
       <c r="B56" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C56" s="66">
+      <c r="C56" s="292">
         <v>230.06</v>
       </c>
-      <c r="D56" s="66">
+      <c r="D56" s="292">
         <v>176.68</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A57" s="270"/>
+      <c r="A57" s="272"/>
       <c r="B57" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C57" s="65">
+      <c r="C57" s="291">
         <v>239.79</v>
       </c>
-      <c r="D57" s="65">
+      <c r="D57" s="291">
         <v>179.96</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A58" s="270"/>
+      <c r="A58" s="272"/>
       <c r="B58" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C58" s="60">
+      <c r="C58" s="290">
         <v>251.35</v>
       </c>
-      <c r="D58" s="60">
+      <c r="D58" s="290">
         <v>180.54</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A59" s="271"/>
+      <c r="A59" s="273"/>
       <c r="B59" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C59" s="67">
+      <c r="C59" s="293">
         <v>252.13</v>
       </c>
-      <c r="D59" s="67">
+      <c r="D59" s="293">
         <v>181.32</v>
       </c>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A60" s="267">
+      <c r="A60" s="269">
         <v>1999</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C60" s="60">
+      <c r="C60" s="290">
         <v>250.35</v>
       </c>
-      <c r="D60" s="60">
+      <c r="D60" s="290">
         <v>180.88</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A61" s="268"/>
+      <c r="A61" s="270"/>
       <c r="B61" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C61" s="65">
+      <c r="C61" s="291">
         <v>263.86</v>
       </c>
-      <c r="D61" s="65">
+      <c r="D61" s="291">
         <v>182.49</v>
       </c>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A62" s="268"/>
+      <c r="A62" s="270"/>
       <c r="B62" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C62" s="60">
+      <c r="C62" s="290">
         <v>266.14999999999998</v>
       </c>
-      <c r="D62" s="60">
+      <c r="D62" s="290">
         <v>182.42</v>
       </c>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A63" s="268"/>
+      <c r="A63" s="270"/>
       <c r="B63" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C63" s="65">
+      <c r="C63" s="291">
         <v>280.99</v>
       </c>
-      <c r="D63" s="65">
+      <c r="D63" s="291">
         <v>184</v>
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A64" s="269">
+      <c r="A64" s="271">
         <v>2000</v>
       </c>
       <c r="B64" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C64" s="66">
+      <c r="C64" s="292">
         <v>292.56</v>
       </c>
-      <c r="D64" s="66">
+      <c r="D64" s="292">
         <v>184.74</v>
       </c>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A65" s="270"/>
+      <c r="A65" s="272"/>
       <c r="B65" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C65" s="65">
+      <c r="C65" s="291">
         <v>293.58</v>
       </c>
-      <c r="D65" s="65">
+      <c r="D65" s="291">
         <v>188.19</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A66" s="270"/>
+      <c r="A66" s="272"/>
       <c r="B66" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C66" s="60">
+      <c r="C66" s="290">
         <v>308.94</v>
       </c>
-      <c r="D66" s="60">
+      <c r="D66" s="290">
         <v>188.49</v>
       </c>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A67" s="271"/>
+      <c r="A67" s="273"/>
       <c r="B67" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C67" s="67">
+      <c r="C67" s="293">
         <v>332</v>
       </c>
-      <c r="D67" s="67">
+      <c r="D67" s="293">
         <v>189.66</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A68" s="267">
+      <c r="A68" s="269">
         <v>2001</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C68" s="60">
+      <c r="C68" s="290">
         <v>310.38</v>
       </c>
-      <c r="D68" s="60">
+      <c r="D68" s="290">
         <v>189.7</v>
       </c>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A69" s="268"/>
+      <c r="A69" s="270"/>
       <c r="B69" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C69" s="65">
+      <c r="C69" s="291">
         <v>328.04</v>
       </c>
-      <c r="D69" s="65">
+      <c r="D69" s="291">
         <v>191.79</v>
       </c>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A70" s="268"/>
+      <c r="A70" s="270"/>
       <c r="B70" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C70" s="60">
+      <c r="C70" s="290">
         <v>328.56</v>
       </c>
-      <c r="D70" s="60">
+      <c r="D70" s="290">
         <v>191.87</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A71" s="268"/>
+      <c r="A71" s="270"/>
       <c r="B71" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C71" s="65">
+      <c r="C71" s="291">
         <v>343.03</v>
       </c>
-      <c r="D71" s="65">
+      <c r="D71" s="291">
         <v>191.64</v>
       </c>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A72" s="269">
+      <c r="A72" s="271">
         <v>2002</v>
       </c>
       <c r="B72" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C72" s="66">
+      <c r="C72" s="292">
         <v>345.35</v>
       </c>
-      <c r="D72" s="66">
+      <c r="D72" s="292">
         <v>191.76</v>
       </c>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A73" s="270"/>
+      <c r="A73" s="272"/>
       <c r="B73" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C73" s="65">
+      <c r="C73" s="291">
         <v>354.57</v>
       </c>
-      <c r="D73" s="65">
+      <c r="D73" s="291">
         <v>194.15</v>
       </c>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A74" s="270"/>
+      <c r="A74" s="272"/>
       <c r="B74" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C74" s="60">
+      <c r="C74" s="290">
         <v>377.23</v>
       </c>
-      <c r="D74" s="60">
+      <c r="D74" s="290">
         <v>194.81</v>
       </c>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A75" s="271"/>
+      <c r="A75" s="273"/>
       <c r="B75" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C75" s="67">
+      <c r="C75" s="293">
         <v>368.85</v>
       </c>
-      <c r="D75" s="67">
+      <c r="D75" s="293">
         <v>196.54</v>
       </c>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A76" s="273">
+      <c r="A76" s="275">
         <v>2003</v>
       </c>
       <c r="B76" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C76" s="66">
+      <c r="C76" s="292">
         <v>370.21</v>
       </c>
-      <c r="D76" s="66">
+      <c r="D76" s="292">
         <v>197.64</v>
       </c>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A77" s="268"/>
+      <c r="A77" s="270"/>
       <c r="B77" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C77" s="65">
+      <c r="C77" s="291">
         <v>383.72</v>
       </c>
-      <c r="D77" s="65">
+      <c r="D77" s="291">
         <v>199.99</v>
       </c>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A78" s="268"/>
+      <c r="A78" s="270"/>
       <c r="B78" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C78" s="60">
+      <c r="C78" s="290">
         <v>396.76</v>
       </c>
-      <c r="D78" s="60">
+      <c r="D78" s="290">
         <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A79" s="274"/>
+      <c r="A79" s="276"/>
       <c r="B79" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C79" s="67">
+      <c r="C79" s="293">
         <v>395.33</v>
       </c>
-      <c r="D79" s="67">
+      <c r="D79" s="293">
         <v>201.53</v>
       </c>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A80" s="272">
+      <c r="A80" s="274">
         <v>2004</v>
       </c>
       <c r="B80" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C80" s="60">
+      <c r="C80" s="290">
         <v>403.89</v>
       </c>
-      <c r="D80" s="60">
+      <c r="D80" s="290">
         <v>202.75</v>
       </c>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A81" s="270"/>
+      <c r="A81" s="272"/>
       <c r="B81" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C81" s="65">
+      <c r="C81" s="291">
         <v>420.47</v>
       </c>
-      <c r="D81" s="65">
+      <c r="D81" s="291">
         <v>205.51</v>
       </c>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A82" s="270"/>
+      <c r="A82" s="272"/>
       <c r="B82" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C82" s="60">
+      <c r="C82" s="290">
         <v>437.32</v>
       </c>
-      <c r="D82" s="60">
+      <c r="D82" s="290">
         <v>206.72</v>
       </c>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A83" s="270"/>
+      <c r="A83" s="272"/>
       <c r="B83" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C83" s="65">
+      <c r="C83" s="291">
         <v>448.19</v>
       </c>
-      <c r="D83" s="65">
+      <c r="D83" s="291">
         <v>208.63</v>
       </c>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A84" s="250">
+      <c r="A84" s="252">
         <v>2005</v>
       </c>
       <c r="B84" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C84" s="60">
+      <c r="C84" s="290">
         <v>467.91</v>
       </c>
-      <c r="D84" s="60">
+      <c r="D84" s="290">
         <v>209.19</v>
       </c>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A85" s="251"/>
+      <c r="A85" s="253"/>
       <c r="B85" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C85" s="65">
+      <c r="C85" s="291">
         <v>491.57</v>
       </c>
-      <c r="D85" s="65">
+      <c r="D85" s="291">
         <v>211.68</v>
       </c>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A86" s="251"/>
+      <c r="A86" s="253"/>
       <c r="B86" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C86" s="60">
+      <c r="C86" s="290">
         <v>520.03</v>
       </c>
-      <c r="D86" s="60">
+      <c r="D86" s="290">
         <v>213.57</v>
       </c>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A87" s="251"/>
+      <c r="A87" s="253"/>
       <c r="B87" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C87" s="65">
+      <c r="C87" s="291">
         <v>549.37</v>
       </c>
-      <c r="D87" s="65">
+      <c r="D87" s="291">
         <v>213.59</v>
       </c>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A88" s="256">
+      <c r="A88" s="258">
         <v>2006</v>
       </c>
       <c r="B88" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C88" s="66">
+      <c r="C88" s="292">
         <v>577.57000000000005</v>
       </c>
-      <c r="D88" s="66">
+      <c r="D88" s="292">
         <v>214.18</v>
       </c>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A89" s="255"/>
+      <c r="A89" s="257"/>
       <c r="B89" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C89" s="65">
+      <c r="C89" s="291">
         <v>614.54</v>
       </c>
-      <c r="D89" s="65">
+      <c r="D89" s="291">
         <v>216</v>
       </c>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A90" s="255"/>
+      <c r="A90" s="257"/>
       <c r="B90" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C90" s="60">
+      <c r="C90" s="290">
         <v>691</v>
       </c>
-      <c r="D90" s="60">
+      <c r="D90" s="290">
         <v>219.77</v>
       </c>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A91" s="257"/>
+      <c r="A91" s="259"/>
       <c r="B91" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C91" s="67">
+      <c r="C91" s="293">
         <v>750.91</v>
       </c>
-      <c r="D91" s="67">
+      <c r="D91" s="293">
         <v>223.35</v>
       </c>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A92" s="250">
+      <c r="A92" s="252">
         <v>2007</v>
       </c>
       <c r="B92" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C92" s="60">
+      <c r="C92" s="290">
         <v>850.58</v>
       </c>
-      <c r="D92" s="60">
+      <c r="D92" s="290">
         <v>223.62</v>
       </c>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A93" s="251"/>
+      <c r="A93" s="253"/>
       <c r="B93" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C93" s="65">
+      <c r="C93" s="291">
         <v>930.92</v>
       </c>
-      <c r="D93" s="65">
+      <c r="D93" s="291">
         <v>227.53</v>
       </c>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A94" s="251"/>
+      <c r="A94" s="253"/>
       <c r="B94" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C94" s="60">
+      <c r="C94" s="290">
         <v>954.1</v>
       </c>
-      <c r="D94" s="60">
+      <c r="D94" s="290">
         <v>228.14</v>
       </c>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A95" s="251"/>
+      <c r="A95" s="253"/>
       <c r="B95" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C95" s="65">
+      <c r="C95" s="291">
         <v>866.45</v>
       </c>
-      <c r="D95" s="65">
+      <c r="D95" s="291">
         <v>229.18</v>
       </c>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A96" s="256">
+      <c r="A96" s="258">
         <v>2008</v>
       </c>
       <c r="B96" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C96" s="66">
+      <c r="C96" s="292">
         <v>865.98</v>
       </c>
-      <c r="D96" s="66">
+      <c r="D96" s="292">
         <v>234</v>
       </c>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A97" s="255"/>
+      <c r="A97" s="257"/>
       <c r="B97" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C97" s="65">
+      <c r="C97" s="291">
         <v>850.98</v>
       </c>
-      <c r="D97" s="65">
+      <c r="D97" s="291">
         <v>237.45</v>
       </c>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A98" s="255"/>
+      <c r="A98" s="257"/>
       <c r="B98" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C98" s="60">
+      <c r="C98" s="290">
         <v>774.02</v>
       </c>
-      <c r="D98" s="60">
+      <c r="D98" s="290">
         <v>239.77</v>
       </c>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A99" s="257"/>
+      <c r="A99" s="259"/>
       <c r="B99" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C99" s="67">
+      <c r="C99" s="293">
         <v>642.1</v>
       </c>
-      <c r="D99" s="67">
+      <c r="D99" s="293">
         <v>238.8</v>
       </c>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A100" s="250">
+      <c r="A100" s="252">
         <v>2009</v>
       </c>
       <c r="B100" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C100" s="60">
+      <c r="C100" s="290">
         <v>568.08000000000004</v>
       </c>
-      <c r="D100" s="60">
+      <c r="D100" s="290">
         <v>232.6</v>
       </c>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A101" s="251"/>
+      <c r="A101" s="253"/>
       <c r="B101" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C101" s="65">
+      <c r="C101" s="291">
         <v>594</v>
       </c>
-      <c r="D101" s="65">
+      <c r="D101" s="291">
         <v>234.44</v>
       </c>
     </row>
     <row r="102" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A102" s="251"/>
+      <c r="A102" s="253"/>
       <c r="B102" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C102" s="60">
+      <c r="C102" s="290">
         <v>611.9</v>
       </c>
-      <c r="D102" s="60">
+      <c r="D102" s="290">
         <v>235.42</v>
       </c>
     </row>
     <row r="103" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A103" s="251"/>
+      <c r="A103" s="253"/>
       <c r="B103" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C103" s="65">
+      <c r="C103" s="291">
         <v>607.58000000000004</v>
       </c>
-      <c r="D103" s="65">
+      <c r="D103" s="291">
         <v>239.18</v>
       </c>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A104" s="256">
+      <c r="A104" s="258">
         <v>2010</v>
       </c>
       <c r="B104" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C104" s="66">
+      <c r="C104" s="292">
         <v>617.99</v>
       </c>
-      <c r="D104" s="66">
+      <c r="D104" s="292">
         <v>241.87</v>
       </c>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A105" s="255"/>
+      <c r="A105" s="257"/>
       <c r="B105" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C105" s="65">
+      <c r="C105" s="291">
         <v>609.79999999999995</v>
       </c>
-      <c r="D105" s="65">
+      <c r="D105" s="291">
         <v>246.5</v>
       </c>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A106" s="255"/>
+      <c r="A106" s="257"/>
       <c r="B106" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C106" s="60">
+      <c r="C106" s="290">
         <v>560.71</v>
       </c>
-      <c r="D106" s="60">
+      <c r="D106" s="290">
         <v>247.56</v>
       </c>
     </row>
     <row r="107" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A107" s="257"/>
+      <c r="A107" s="259"/>
       <c r="B107" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C107" s="67">
+      <c r="C107" s="293">
         <v>566.55999999999995</v>
       </c>
-      <c r="D107" s="67">
+      <c r="D107" s="293">
         <v>250.36</v>
       </c>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A108" s="250">
+      <c r="A108" s="252">
         <v>2011</v>
       </c>
       <c r="B108" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C108" s="60">
+      <c r="C108" s="290">
         <v>531.51</v>
       </c>
-      <c r="D108" s="60">
+      <c r="D108" s="290">
         <v>254.7</v>
       </c>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A109" s="251"/>
+      <c r="A109" s="253"/>
       <c r="B109" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C109" s="65">
+      <c r="C109" s="291">
         <v>514.04</v>
       </c>
-      <c r="D109" s="65">
+      <c r="D109" s="291">
         <v>259.11</v>
       </c>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A110" s="251"/>
+      <c r="A110" s="253"/>
       <c r="B110" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C110" s="60">
+      <c r="C110" s="290">
         <v>516.01</v>
       </c>
-      <c r="D110" s="60">
+      <c r="D110" s="290">
         <v>260.54000000000002</v>
       </c>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A111" s="251"/>
+      <c r="A111" s="253"/>
       <c r="B111" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C111" s="65">
+      <c r="C111" s="291">
         <v>502.47</v>
       </c>
-      <c r="D111" s="65">
+      <c r="D111" s="291">
         <v>263.19</v>
       </c>
     </row>
     <row r="112" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A112" s="256">
+      <c r="A112" s="258">
         <v>2012</v>
       </c>
       <c r="B112" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C112" s="66">
+      <c r="C112" s="292">
         <v>481.89</v>
       </c>
-      <c r="D112" s="66">
+      <c r="D112" s="292">
         <v>264.22000000000003</v>
       </c>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A113" s="255"/>
+      <c r="A113" s="257"/>
       <c r="B113" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C113" s="65">
+      <c r="C113" s="291">
         <v>506.49</v>
       </c>
-      <c r="D113" s="65">
+      <c r="D113" s="291">
         <v>267.16000000000003</v>
       </c>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A114" s="255"/>
+      <c r="A114" s="257"/>
       <c r="B114" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C114" s="60">
+      <c r="C114" s="290">
         <v>499.49</v>
       </c>
-      <c r="D114" s="60">
+      <c r="D114" s="290">
         <v>268.11</v>
       </c>
     </row>
     <row r="115" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A115" s="257"/>
+      <c r="A115" s="259"/>
       <c r="B115" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C115" s="67">
+      <c r="C115" s="293">
         <v>496.96</v>
       </c>
-      <c r="D115" s="67">
+      <c r="D115" s="293">
         <v>271.31</v>
       </c>
     </row>
     <row r="116" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A116" s="250">
+      <c r="A116" s="252">
         <v>2013</v>
       </c>
       <c r="B116" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C116" s="60">
+      <c r="C116" s="290">
         <v>487.09</v>
       </c>
-      <c r="D116" s="60">
+      <c r="D116" s="290">
         <v>272.82</v>
       </c>
     </row>
     <row r="117" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A117" s="251"/>
+      <c r="A117" s="253"/>
       <c r="B117" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C117" s="65">
+      <c r="C117" s="291">
         <v>467.88</v>
       </c>
-      <c r="D117" s="65">
+      <c r="D117" s="291">
         <v>275.43</v>
       </c>
     </row>
     <row r="118" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A118" s="251"/>
+      <c r="A118" s="253"/>
       <c r="B118" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C118" s="60">
+      <c r="C118" s="290">
         <v>473.51</v>
       </c>
-      <c r="D118" s="60">
+      <c r="D118" s="290">
         <v>276.68</v>
       </c>
     </row>
     <row r="119" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A119" s="251"/>
+      <c r="A119" s="253"/>
       <c r="B119" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C119" s="65">
+      <c r="C119" s="291">
         <v>486.69</v>
       </c>
-      <c r="D119" s="65">
+      <c r="D119" s="291">
         <v>278.45</v>
       </c>
     </row>
     <row r="120" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A120" s="256">
+      <c r="A120" s="258">
         <v>2014</v>
       </c>
       <c r="B120" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C120" s="66">
+      <c r="C120" s="292">
         <v>490.41</v>
       </c>
-      <c r="D120" s="66">
+      <c r="D120" s="292">
         <v>279.99</v>
       </c>
     </row>
     <row r="121" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A121" s="255"/>
+      <c r="A121" s="257"/>
       <c r="B121" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C121" s="65">
+      <c r="C121" s="291">
         <v>499</v>
       </c>
-      <c r="D121" s="65">
+      <c r="D121" s="291">
         <v>282.31</v>
       </c>
     </row>
     <row r="122" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A122" s="255"/>
+      <c r="A122" s="257"/>
       <c r="B122" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C122" s="60">
+      <c r="C122" s="290">
         <v>501.86</v>
       </c>
-      <c r="D122" s="60">
+      <c r="D122" s="290">
         <v>283.3</v>
       </c>
     </row>
     <row r="123" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A123" s="257"/>
+      <c r="A123" s="259"/>
       <c r="B123" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C123" s="67">
+      <c r="C123" s="293">
         <v>518.47</v>
       </c>
-      <c r="D123" s="67">
+      <c r="D123" s="293">
         <v>283.58999999999997</v>
       </c>
     </row>
     <row r="124" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A124" s="250">
+      <c r="A124" s="252">
         <v>2015</v>
       </c>
       <c r="B124" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C124" s="60">
+      <c r="C124" s="290">
         <v>522.11</v>
       </c>
-      <c r="D124" s="60">
+      <c r="D124" s="290">
         <v>282.45</v>
       </c>
     </row>
     <row r="125" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A125" s="251"/>
+      <c r="A125" s="253"/>
       <c r="B125" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C125" s="65">
+      <c r="C125" s="291">
         <v>515.4</v>
       </c>
-      <c r="D125" s="65">
+      <c r="D125" s="291">
         <v>284.73</v>
       </c>
     </row>
     <row r="126" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A126" s="251"/>
+      <c r="A126" s="253"/>
       <c r="B126" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C126" s="60">
+      <c r="C126" s="290">
         <v>542.64</v>
       </c>
-      <c r="D126" s="60">
+      <c r="D126" s="290">
         <v>286.02</v>
       </c>
     </row>
     <row r="127" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A127" s="251"/>
+      <c r="A127" s="253"/>
       <c r="B127" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C127" s="65">
+      <c r="C127" s="291">
         <v>560.96</v>
       </c>
-      <c r="D127" s="65">
+      <c r="D127" s="291">
         <v>286.72000000000003</v>
       </c>
     </row>
     <row r="128" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A128" s="256">
+      <c r="A128" s="258">
         <v>2016</v>
       </c>
       <c r="B128" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C128" s="66">
+      <c r="C128" s="292">
         <v>525.49</v>
       </c>
-      <c r="D128" s="66">
+      <c r="D128" s="292">
         <v>286.72000000000003</v>
       </c>
     </row>
     <row r="129" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A129" s="255"/>
+      <c r="A129" s="257"/>
       <c r="B129" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C129" s="65">
+      <c r="C129" s="291">
         <v>572.58000000000004</v>
       </c>
-      <c r="D129" s="65">
+      <c r="D129" s="291">
         <v>289.22000000000003</v>
       </c>
     </row>
     <row r="130" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A130" s="255"/>
+      <c r="A130" s="257"/>
       <c r="B130" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C130" s="60">
+      <c r="C130" s="290">
         <v>575.54999999999995</v>
       </c>
-      <c r="D130" s="60">
+      <c r="D130" s="290">
         <v>291.42</v>
       </c>
     </row>
     <row r="131" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A131" s="257"/>
+      <c r="A131" s="259"/>
       <c r="B131" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C131" s="67">
+      <c r="C131" s="293">
         <v>554.55999999999995</v>
       </c>
-      <c r="D131" s="67">
+      <c r="D131" s="293">
         <v>293.14999999999998</v>
       </c>
     </row>
     <row r="132" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A132" s="250">
+      <c r="A132" s="252">
         <v>2017</v>
       </c>
       <c r="B132" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C132" s="60">
+      <c r="C132" s="290">
         <v>556.4</v>
       </c>
-      <c r="D132" s="60">
+      <c r="D132" s="290">
         <v>295.27999999999997</v>
       </c>
     </row>
     <row r="133" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A133" s="251"/>
+      <c r="A133" s="253"/>
       <c r="B133" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C133" s="65">
+      <c r="C133" s="291">
         <v>549.86</v>
       </c>
-      <c r="D133" s="65">
+      <c r="D133" s="291">
         <v>299.47000000000003</v>
       </c>
     </row>
     <row r="134" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A134" s="251"/>
+      <c r="A134" s="253"/>
       <c r="B134" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C134" s="60">
+      <c r="C134" s="290">
         <v>583.78</v>
       </c>
-      <c r="D134" s="60">
+      <c r="D134" s="290">
         <v>302.39999999999998</v>
       </c>
     </row>
     <row r="135" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A135" s="251"/>
+      <c r="A135" s="253"/>
       <c r="B135" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C135" s="65">
+      <c r="C135" s="291">
         <v>565.04999999999995</v>
       </c>
-      <c r="D135" s="65">
+      <c r="D135" s="291">
         <v>305.64</v>
       </c>
     </row>
     <row r="136" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A136" s="256">
+      <c r="A136" s="258">
         <v>2018</v>
       </c>
       <c r="B136" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C136" s="66">
+      <c r="C136" s="292">
         <v>581.5</v>
       </c>
-      <c r="D136" s="66">
+      <c r="D136" s="292">
         <v>306.08999999999997</v>
       </c>
     </row>
     <row r="137" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A137" s="255"/>
+      <c r="A137" s="257"/>
       <c r="B137" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C137" s="65">
+      <c r="C137" s="291">
         <v>582.64</v>
       </c>
-      <c r="D137" s="65">
+      <c r="D137" s="291">
         <v>308.37</v>
       </c>
     </row>
     <row r="138" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A138" s="255"/>
+      <c r="A138" s="257"/>
       <c r="B138" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C138" s="60">
+      <c r="C138" s="290">
         <v>582.54999999999995</v>
       </c>
-      <c r="D138" s="60">
+      <c r="D138" s="290">
         <v>312.48</v>
       </c>
     </row>
     <row r="139" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A139" s="257"/>
+      <c r="A139" s="259"/>
       <c r="B139" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C139" s="67">
+      <c r="C139" s="293">
         <v>591.38</v>
       </c>
-      <c r="D139" s="67">
+      <c r="D139" s="293">
         <v>314.13</v>
       </c>
     </row>
     <row r="140" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A140" s="250">
+      <c r="A140" s="252">
         <v>2019</v>
       </c>
       <c r="B140" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C140" s="60">
+      <c r="C140" s="290">
         <v>587.38</v>
       </c>
-      <c r="D140" s="60">
+      <c r="D140" s="290">
         <v>313.5</v>
       </c>
     </row>
     <row r="141" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A141" s="251"/>
+      <c r="A141" s="253"/>
       <c r="B141" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C141" s="65">
+      <c r="C141" s="291">
         <v>584.43710826072004</v>
       </c>
-      <c r="D141" s="65">
+      <c r="D141" s="291">
         <v>318.7</v>
       </c>
     </row>
     <row r="142" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A142" s="251"/>
+      <c r="A142" s="253"/>
       <c r="B142" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C142" s="60">
+      <c r="C142" s="290">
         <v>620.27</v>
       </c>
-      <c r="D142" s="60">
+      <c r="D142" s="290">
         <v>320.60000000000002</v>
       </c>
     </row>
     <row r="143" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A143" s="251"/>
+      <c r="A143" s="253"/>
       <c r="B143" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C143" s="65">
+      <c r="C143" s="291">
         <v>638.32000000000005</v>
       </c>
-      <c r="D143" s="65">
+      <c r="D143" s="291">
         <v>321</v>
       </c>
     </row>
     <row r="144" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A144" s="256">
+      <c r="A144" s="258">
         <v>2020</v>
       </c>
       <c r="B144" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C144" s="66">
+      <c r="C144" s="292">
         <v>632.99199999999996</v>
       </c>
-      <c r="D144" s="66">
+      <c r="D144" s="292">
         <v>321.66517333333297</v>
       </c>
     </row>
     <row r="145" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A145" s="255"/>
+      <c r="A145" s="257"/>
       <c r="B145" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C145" s="65">
+      <c r="C145" s="291">
         <v>625.97</v>
       </c>
-      <c r="D145" s="65">
+      <c r="D145" s="291">
         <v>322.61</v>
       </c>
     </row>
     <row r="146" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A146" s="255"/>
+      <c r="A146" s="257"/>
       <c r="B146" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C146" s="60">
+      <c r="C146" s="290">
         <v>645.36</v>
       </c>
-      <c r="D146" s="60">
+      <c r="D146" s="290">
         <v>324.09100000000001</v>
       </c>
     </row>
     <row r="147" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A147" s="257"/>
+      <c r="A147" s="259"/>
       <c r="B147" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C147" s="67">
+      <c r="C147" s="293">
         <v>660.92139999999995</v>
       </c>
-      <c r="D147" s="67">
+      <c r="D147" s="293">
         <v>324.20115333333302</v>
       </c>
     </row>
     <row r="148" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A148" s="250">
+      <c r="A148" s="252">
         <v>2021</v>
       </c>
       <c r="B148" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C148" s="60">
+      <c r="C148" s="290">
         <v>678.32118063810799</v>
       </c>
-      <c r="D148" s="60">
+      <c r="D148" s="290">
         <v>326.18583333333299</v>
       </c>
     </row>
     <row r="149" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A149" s="251"/>
+      <c r="A149" s="253"/>
       <c r="B149" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C149" s="65">
+      <c r="C149" s="291">
         <v>696.09</v>
       </c>
-      <c r="D149" s="65">
+      <c r="D149" s="291">
         <v>333.35</v>
       </c>
     </row>
     <row r="150" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A150" s="251"/>
+      <c r="A150" s="253"/>
       <c r="B150" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C150" s="60">
+      <c r="C150" s="290">
         <v>712.44</v>
       </c>
-      <c r="D150" s="60">
+      <c r="D150" s="290">
         <v>338.68200000000002</v>
       </c>
     </row>
     <row r="151" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A151" s="251"/>
+      <c r="A151" s="253"/>
       <c r="B151" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C151" s="65">
+      <c r="C151" s="291">
         <v>716.88</v>
       </c>
-      <c r="D151" s="65">
+      <c r="D151" s="291">
         <v>343.6069</v>
       </c>
     </row>
     <row r="152" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A152" s="256">
+      <c r="A152" s="258">
         <v>2022</v>
       </c>
       <c r="B152" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C152" s="66">
+      <c r="C152" s="292">
         <v>719.92100000000005</v>
       </c>
-      <c r="D152" s="66">
+      <c r="D152" s="292">
         <v>353.34649999999999</v>
       </c>
     </row>
     <row r="153" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A153" s="255"/>
+      <c r="A153" s="257"/>
       <c r="B153" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C153" s="65">
+      <c r="C153" s="291">
         <v>733.43790000000001</v>
       </c>
-      <c r="D153" s="65">
+      <c r="D153" s="291">
         <v>371.83347333333302</v>
       </c>
     </row>
     <row r="154" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A154" s="255"/>
+      <c r="A154" s="257"/>
       <c r="B154" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C154" s="61">
+      <c r="C154" s="294">
         <v>736.55542816532602</v>
       </c>
-      <c r="D154" s="60">
+      <c r="D154" s="290">
         <v>380.76453333333302</v>
       </c>
     </row>
     <row r="155" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A155" s="257"/>
+      <c r="A155" s="259"/>
       <c r="B155" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C155" s="67">
+      <c r="C155" s="293">
         <v>763.02800000000002</v>
       </c>
-      <c r="D155" s="67">
+      <c r="D155" s="293">
         <v>395.0616</v>
       </c>
     </row>
     <row r="156" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A156" s="250">
+      <c r="A156" s="252">
         <v>2023</v>
       </c>
       <c r="B156" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C156" s="60">
+      <c r="C156" s="290">
         <v>752.143835034478</v>
       </c>
-      <c r="D156" s="60">
+      <c r="D156" s="290">
         <v>401.34640000000002</v>
       </c>
     </row>
     <row r="157" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A157" s="251"/>
+      <c r="A157" s="253"/>
       <c r="B157" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C157" s="65">
+      <c r="C157" s="291">
         <v>756.26</v>
       </c>
-      <c r="D157" s="65">
+      <c r="D157" s="291">
         <v>413.2912</v>
       </c>
     </row>
     <row r="158" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A158" s="251"/>
+      <c r="A158" s="253"/>
       <c r="B158" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C158" s="60">
+      <c r="C158" s="290">
         <v>777.49</v>
       </c>
-      <c r="D158" s="60">
+      <c r="D158" s="290">
         <v>415.01859999999999</v>
       </c>
     </row>
     <row r="159" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A159" s="251"/>
+      <c r="A159" s="253"/>
       <c r="B159" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C159" s="65">
+      <c r="C159" s="291">
         <v>776.23</v>
       </c>
-      <c r="D159" s="65">
+      <c r="D159" s="291">
         <v>416.82</v>
       </c>
     </row>
     <row r="160" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A160" s="256">
+      <c r="A160" s="258">
         <v>2024</v>
       </c>
       <c r="B160" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C160" s="66">
+      <c r="C160" s="292">
         <v>775.73199999999997</v>
       </c>
-      <c r="D160" s="66">
+      <c r="D160" s="292">
         <v>419.72309999999999</v>
       </c>
     </row>
     <row r="161" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A161" s="255"/>
+      <c r="A161" s="257"/>
       <c r="B161" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C161" s="65">
+      <c r="C161" s="291">
         <v>796.33</v>
       </c>
-      <c r="D161" s="65">
+      <c r="D161" s="291">
         <v>425.41980000000001</v>
       </c>
     </row>
     <row r="162" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A162" s="255"/>
+      <c r="A162" s="257"/>
       <c r="B162" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C162" s="60">
+      <c r="C162" s="290">
         <v>826.25</v>
       </c>
-      <c r="D162" s="60">
+      <c r="D162" s="290">
         <v>428.54</v>
       </c>
     </row>
     <row r="163" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A163" s="257"/>
+      <c r="A163" s="259"/>
       <c r="B163" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C163" s="67">
+      <c r="C163" s="293">
         <v>783.98910000000001</v>
       </c>
-      <c r="D163" s="67">
+      <c r="D163" s="293">
         <v>431.37387333333299</v>
       </c>
     </row>
     <row r="164" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A164" s="68">
+      <c r="A164" s="63">
         <v>2025</v>
       </c>
       <c r="B164" s="28" t="s">
         <v>5</v>
       </c>
-      <c r="C164" s="69">
+      <c r="C164" s="295">
         <v>806.27</v>
       </c>
-      <c r="D164" s="69">
+      <c r="D164" s="295">
         <v>434.42439999999999</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="B165" s="296" t="s">
+        <v>6</v>
+      </c>
+      <c r="C165" s="291">
+        <v>808.6</v>
+      </c>
+      <c r="D165" s="291">
+        <v>441.2</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="B166" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C166" s="290">
+        <v>814.7</v>
+      </c>
+      <c r="D166" s="290">
+        <v>448.42</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A170" s="6" t="s">
+        <v>291</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="40">
     <mergeCell ref="A56:A59"/>
     <mergeCell ref="A52:A55"/>
     <mergeCell ref="A36:A39"/>
     <mergeCell ref="A40:A43"/>
     <mergeCell ref="A44:A47"/>
     <mergeCell ref="A48:A51"/>
     <mergeCell ref="A80:A83"/>
     <mergeCell ref="A72:A75"/>
     <mergeCell ref="A76:A79"/>
     <mergeCell ref="A68:A71"/>
     <mergeCell ref="A64:A67"/>
     <mergeCell ref="A60:A63"/>
     <mergeCell ref="A156:A159"/>
     <mergeCell ref="A160:A163"/>
     <mergeCell ref="A4:A7"/>
     <mergeCell ref="A8:A11"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="A20:A23"/>
     <mergeCell ref="A24:A27"/>
     <mergeCell ref="A28:A31"/>
     <mergeCell ref="A32:A35"/>
     <mergeCell ref="A132:A135"/>
     <mergeCell ref="A136:A139"/>
     <mergeCell ref="A140:A143"/>
     <mergeCell ref="A144:A147"/>
     <mergeCell ref="A148:A151"/>
     <mergeCell ref="A152:A155"/>
     <mergeCell ref="A108:A111"/>
     <mergeCell ref="A112:A115"/>
     <mergeCell ref="A116:A119"/>
     <mergeCell ref="A120:A123"/>
     <mergeCell ref="A124:A127"/>
     <mergeCell ref="A128:A131"/>
     <mergeCell ref="A104:A107"/>
     <mergeCell ref="A84:A87"/>
     <mergeCell ref="A88:A91"/>
     <mergeCell ref="A92:A95"/>
     <mergeCell ref="A96:A99"/>
     <mergeCell ref="A100:A103"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="M3" r:id="rId1" xr:uid="{0D6F438C-7122-40E2-BEE2-15B1CF706CDE}"/>
+    <hyperlink ref="M3" r:id="rId1" xr:uid="{6C93193E-57B8-4B18-8BD2-6FE787529C5D}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF45BBDC-CD2C-403B-BC40-45396475D3BF}">
-  <dimension ref="A1:I31"/>
+  <dimension ref="A1:I34"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16" style="49" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.28515625" style="49" bestFit="1" customWidth="1"/>
     <col min="4" max="10" width="8.7109375" style="1"/>
     <col min="11" max="11" width="5.7109375" style="1" customWidth="1"/>
     <col min="12" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A1" s="70" t="s">
-        <v>271</v>
+      <c r="A1" s="64" t="s">
+        <v>292</v>
       </c>
       <c r="B1" s="1"/>
-      <c r="C1" s="71"/>
+      <c r="C1" s="65"/>
     </row>
     <row r="2" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2" s="70"/>
-[...2 lines deleted...]
-      <c r="I2" s="77" t="s">
+      <c r="A2" s="64"/>
+      <c r="B2" s="65"/>
+      <c r="C2" s="65"/>
+      <c r="I2" s="71" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A3" s="73" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" s="74" t="s">
+        <v>263</v>
+      </c>
+      <c r="C3" s="74" t="s">
+        <v>33</v>
+      </c>
+      <c r="I3" s="72" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="66" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" s="70">
+        <v>6655</v>
+      </c>
+      <c r="C4" s="70">
+        <v>97900</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="75" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" s="76">
+        <v>6486</v>
+      </c>
+      <c r="C5" s="76">
+        <v>108000</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="66" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" s="70">
+        <v>7005</v>
+      </c>
+      <c r="C6" s="70">
+        <v>118000</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="75" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" s="76">
+        <v>6969</v>
+      </c>
+      <c r="C7" s="76">
+        <v>133900</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="66" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" s="70">
+        <v>6136</v>
+      </c>
+      <c r="C8" s="70">
+        <v>164700</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="75" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" s="76">
+        <v>2878</v>
+      </c>
+      <c r="C9" s="76">
+        <v>210700</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="66" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" s="70">
+        <v>2229</v>
+      </c>
+      <c r="C10" s="70">
+        <v>180900</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="75" t="s">
+        <v>41</v>
+      </c>
+      <c r="B11" s="76">
+        <v>2272</v>
+      </c>
+      <c r="C11" s="76">
+        <v>164700</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="66" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" s="70">
+        <v>1646</v>
+      </c>
+      <c r="C12" s="70">
+        <v>163900</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="75" t="s">
+        <v>43</v>
+      </c>
+      <c r="B13" s="76">
+        <v>1492</v>
+      </c>
+      <c r="C13" s="76">
+        <v>148600</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="66" t="s">
+        <v>44</v>
+      </c>
+      <c r="B14" s="70">
+        <v>1201</v>
+      </c>
+      <c r="C14" s="70">
+        <v>144100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="75" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" s="76">
+        <v>1142</v>
+      </c>
+      <c r="C15" s="76">
+        <v>138100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="66" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="70">
+        <v>1212</v>
+      </c>
+      <c r="C16" s="70">
+        <v>152100</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A17" s="75" t="s">
+        <v>47</v>
+      </c>
+      <c r="B17" s="76">
+        <v>1239</v>
+      </c>
+      <c r="C17" s="76">
+        <v>157400</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A18" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="B18" s="70">
+        <v>1216</v>
+      </c>
+      <c r="C18" s="70">
+        <v>157700</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A19" s="75" t="s">
+        <v>49</v>
+      </c>
+      <c r="B19" s="76">
+        <v>1416</v>
+      </c>
+      <c r="C19" s="76">
+        <v>163900</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A20" s="66" t="s">
+        <v>50</v>
+      </c>
+      <c r="B20" s="70">
+        <v>1613</v>
+      </c>
+      <c r="C20" s="70">
+        <v>172400</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A21" s="75" t="s">
+        <v>51</v>
+      </c>
+      <c r="B21" s="76">
+        <v>1486</v>
+      </c>
+      <c r="C21" s="76">
+        <v>183400</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A22" s="66" t="s">
+        <v>52</v>
+      </c>
+      <c r="B22" s="70">
+        <v>1408</v>
+      </c>
+      <c r="C22" s="70">
+        <v>200900</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A23" s="75" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" s="76">
+        <v>1458</v>
+      </c>
+      <c r="C23" s="76">
+        <v>202700</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A24" s="66" t="s">
+        <v>54</v>
+      </c>
+      <c r="B24" s="70">
+        <v>1270</v>
+      </c>
+      <c r="C24" s="70">
+        <v>231700</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A25" s="75" t="s">
+        <v>55</v>
+      </c>
+      <c r="B25" s="77">
+        <v>1078</v>
+      </c>
+      <c r="C25" s="77">
+        <v>247300</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A26" s="78" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" s="79">
+        <v>1111</v>
+      </c>
+      <c r="C26" s="79">
+        <v>267900</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A27" s="66"/>
+      <c r="B27" s="239"/>
+      <c r="C27" s="239"/>
+    </row>
+    <row r="28" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="C28" s="22"/>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A29" s="66"/>
+      <c r="B29" s="239"/>
+      <c r="C29" s="239"/>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A30" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B30" s="1"/>
+      <c r="C30" s="68"/>
+      <c r="D30" s="68"/>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A31" s="67" t="s">
+        <v>58</v>
+      </c>
+      <c r="B31" s="1"/>
+      <c r="C31" s="68"/>
+      <c r="D31" s="68"/>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A32" s="69" t="s">
         <v>59</v>
       </c>
-    </row>
-[...276 lines deleted...]
-      <c r="A28" s="73" t="s">
+      <c r="B32" s="1"/>
+      <c r="C32" s="68"/>
+      <c r="D32" s="68"/>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A33" s="69" t="s">
         <v>60</v>
       </c>
-      <c r="B28" s="1"/>
-[...4 lines deleted...]
-      <c r="A29" s="75" t="s">
+      <c r="B33" s="1"/>
+      <c r="D33" s="49"/>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A34" s="67" t="s">
         <v>61</v>
       </c>
-      <c r="B29" s="1"/>
-[...15 lines deleted...]
-      <c r="D31" s="49"/>
+      <c r="B34" s="1"/>
+      <c r="D34" s="49"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="I3" r:id="rId1" xr:uid="{95967A12-7F22-4CE8-A16B-33B2D2893D91}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{14FEDD13-AA49-4CEA-869B-75B67EADEFE5}">
-  <dimension ref="A1:AO23"/>
+  <dimension ref="A1:AP23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="G16" sqref="G16"/>
+      <selection sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="35.5703125" style="1" customWidth="1"/>
     <col min="2" max="41" width="9.85546875" style="49" customWidth="1"/>
-    <col min="42" max="16384" width="8.7109375" style="1"/>
+    <col min="42" max="42" width="10.5703125" style="1" customWidth="1"/>
+    <col min="43" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:41" ht="18" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:42" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="32" t="s">
-        <v>274</v>
-[...4 lines deleted...]
-      <c r="B3" s="275">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="3" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="118"/>
+      <c r="B3" s="277">
         <v>2015</v>
       </c>
-      <c r="C3" s="276"/>
-[...1 lines deleted...]
-      <c r="E3" s="278">
+      <c r="C3" s="278"/>
+      <c r="D3" s="279"/>
+      <c r="E3" s="280">
         <v>2016</v>
       </c>
-      <c r="F3" s="276"/>
-[...2 lines deleted...]
-      <c r="I3" s="275">
+      <c r="F3" s="278"/>
+      <c r="G3" s="278"/>
+      <c r="H3" s="278"/>
+      <c r="I3" s="277">
         <v>2017</v>
       </c>
-      <c r="J3" s="276"/>
-[...2 lines deleted...]
-      <c r="M3" s="278">
+      <c r="J3" s="278"/>
+      <c r="K3" s="278"/>
+      <c r="L3" s="279"/>
+      <c r="M3" s="280">
         <v>2018</v>
       </c>
-      <c r="N3" s="276"/>
-[...2 lines deleted...]
-      <c r="Q3" s="275">
+      <c r="N3" s="278"/>
+      <c r="O3" s="278"/>
+      <c r="P3" s="278"/>
+      <c r="Q3" s="277">
         <v>2019</v>
       </c>
-      <c r="R3" s="276"/>
-[...2 lines deleted...]
-      <c r="U3" s="278">
+      <c r="R3" s="278"/>
+      <c r="S3" s="278"/>
+      <c r="T3" s="279"/>
+      <c r="U3" s="280">
         <v>2020</v>
       </c>
-      <c r="V3" s="276"/>
-[...2 lines deleted...]
-      <c r="Y3" s="275">
+      <c r="V3" s="278"/>
+      <c r="W3" s="278"/>
+      <c r="X3" s="278"/>
+      <c r="Y3" s="277">
         <v>2021</v>
       </c>
-      <c r="Z3" s="276"/>
-[...2 lines deleted...]
-      <c r="AC3" s="278">
+      <c r="Z3" s="278"/>
+      <c r="AA3" s="278"/>
+      <c r="AB3" s="279"/>
+      <c r="AC3" s="280">
         <v>2022</v>
       </c>
-      <c r="AD3" s="276"/>
-[...2 lines deleted...]
-      <c r="AG3" s="279">
+      <c r="AD3" s="278"/>
+      <c r="AE3" s="278"/>
+      <c r="AF3" s="278"/>
+      <c r="AG3" s="281">
         <v>2023</v>
       </c>
-      <c r="AH3" s="276"/>
-[...2 lines deleted...]
-      <c r="AK3" s="280">
+      <c r="AH3" s="278"/>
+      <c r="AI3" s="278"/>
+      <c r="AJ3" s="279"/>
+      <c r="AK3" s="282">
         <v>2024</v>
       </c>
-      <c r="AL3" s="276"/>
-[...2 lines deleted...]
-      <c r="AO3" s="125">
+      <c r="AL3" s="278"/>
+      <c r="AM3" s="278"/>
+      <c r="AN3" s="278"/>
+      <c r="AO3" s="119">
         <v>2025</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="126" t="s">
+      <c r="AP3" s="119"/>
+    </row>
+    <row r="4" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="120" t="s">
+        <v>68</v>
+      </c>
+      <c r="B4" s="121" t="s">
+        <v>69</v>
+      </c>
+      <c r="C4" s="122" t="s">
         <v>70</v>
       </c>
-      <c r="B4" s="127" t="s">
+      <c r="D4" s="123" t="s">
         <v>71</v>
       </c>
-      <c r="C4" s="128" t="s">
+      <c r="E4" s="124" t="s">
         <v>72</v>
       </c>
-      <c r="D4" s="129" t="s">
+      <c r="F4" s="125" t="s">
+        <v>69</v>
+      </c>
+      <c r="G4" s="122" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4" s="126" t="s">
+        <v>71</v>
+      </c>
+      <c r="I4" s="124" t="s">
+        <v>72</v>
+      </c>
+      <c r="J4" s="125" t="s">
+        <v>69</v>
+      </c>
+      <c r="K4" s="122" t="s">
+        <v>70</v>
+      </c>
+      <c r="L4" s="123" t="s">
+        <v>71</v>
+      </c>
+      <c r="M4" s="126" t="s">
+        <v>72</v>
+      </c>
+      <c r="N4" s="125" t="s">
+        <v>69</v>
+      </c>
+      <c r="O4" s="125" t="s">
+        <v>70</v>
+      </c>
+      <c r="P4" s="125" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q4" s="121" t="s">
+        <v>72</v>
+      </c>
+      <c r="R4" s="122" t="s">
+        <v>69</v>
+      </c>
+      <c r="S4" s="125" t="s">
+        <v>70</v>
+      </c>
+      <c r="T4" s="122" t="s">
+        <v>71</v>
+      </c>
+      <c r="U4" s="122" t="s">
+        <v>72</v>
+      </c>
+      <c r="V4" s="125" t="s">
+        <v>69</v>
+      </c>
+      <c r="W4" s="122" t="s">
+        <v>70</v>
+      </c>
+      <c r="X4" s="125" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y4" s="121" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z4" s="122" t="s">
+        <v>69</v>
+      </c>
+      <c r="AA4" s="125" t="s">
+        <v>70</v>
+      </c>
+      <c r="AB4" s="122" t="s">
+        <v>71</v>
+      </c>
+      <c r="AC4" s="125" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD4" s="122" t="s">
+        <v>69</v>
+      </c>
+      <c r="AE4" s="122" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF4" s="125" t="s">
+        <v>71</v>
+      </c>
+      <c r="AG4" s="124" t="s">
+        <v>72</v>
+      </c>
+      <c r="AH4" s="125" t="s">
+        <v>69</v>
+      </c>
+      <c r="AI4" s="122" t="s">
+        <v>70</v>
+      </c>
+      <c r="AJ4" s="127" t="s">
+        <v>71</v>
+      </c>
+      <c r="AK4" s="124" t="s">
+        <v>72</v>
+      </c>
+      <c r="AL4" s="125" t="s">
+        <v>69</v>
+      </c>
+      <c r="AM4" s="122" t="s">
+        <v>70</v>
+      </c>
+      <c r="AN4" s="125" t="s">
+        <v>71</v>
+      </c>
+      <c r="AO4" s="128" t="s">
+        <v>72</v>
+      </c>
+      <c r="AP4" s="125" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="5" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="84" t="s">
         <v>73</v>
       </c>
-      <c r="E4" s="130" t="s">
-[...115 lines deleted...]
-      <c r="B5" s="102">
+      <c r="B5" s="96">
         <v>108</v>
       </c>
-      <c r="C5" s="118">
+      <c r="C5" s="112">
         <v>118</v>
       </c>
-      <c r="D5" s="105">
+      <c r="D5" s="99">
         <v>133</v>
       </c>
-      <c r="E5" s="112">
+      <c r="E5" s="106">
         <v>114</v>
       </c>
       <c r="F5" s="49">
         <v>166</v>
       </c>
-      <c r="G5" s="112">
+      <c r="G5" s="106">
         <v>139</v>
       </c>
       <c r="H5" s="49">
         <v>117</v>
       </c>
-      <c r="I5" s="112">
+      <c r="I5" s="106">
         <v>139</v>
       </c>
       <c r="J5" s="49">
         <v>183</v>
       </c>
-      <c r="K5" s="112">
+      <c r="K5" s="106">
         <v>132</v>
       </c>
-      <c r="L5" s="105">
+      <c r="L5" s="99">
         <v>98</v>
       </c>
       <c r="M5" s="49">
         <v>157</v>
       </c>
       <c r="N5" s="49">
         <v>219</v>
       </c>
       <c r="O5" s="49">
         <v>119</v>
       </c>
       <c r="P5" s="49">
         <v>158</v>
       </c>
-      <c r="Q5" s="108">
+      <c r="Q5" s="102">
         <v>117</v>
       </c>
-      <c r="R5" s="116">
+      <c r="R5" s="110">
         <v>86</v>
       </c>
       <c r="S5" s="49">
         <v>145</v>
       </c>
-      <c r="T5" s="112">
+      <c r="T5" s="106">
         <v>116</v>
       </c>
-      <c r="U5" s="112">
+      <c r="U5" s="106">
         <v>131</v>
       </c>
       <c r="V5" s="49">
         <v>105</v>
       </c>
-      <c r="W5" s="112">
+      <c r="W5" s="106">
         <v>141</v>
       </c>
       <c r="X5" s="49">
         <v>149</v>
       </c>
-      <c r="Y5" s="108">
+      <c r="Y5" s="102">
         <v>218</v>
       </c>
-      <c r="Z5" s="112">
+      <c r="Z5" s="106">
         <v>251</v>
       </c>
       <c r="AA5" s="49">
         <v>189</v>
       </c>
-      <c r="AB5" s="112">
+      <c r="AB5" s="106">
         <v>141</v>
       </c>
       <c r="AC5" s="49">
         <v>148</v>
       </c>
-      <c r="AD5" s="116">
+      <c r="AD5" s="110">
         <v>107</v>
       </c>
-      <c r="AE5" s="112">
+      <c r="AE5" s="106">
         <v>123</v>
       </c>
       <c r="AF5" s="49">
         <v>126</v>
       </c>
-      <c r="AG5" s="112">
+      <c r="AG5" s="106">
         <v>106</v>
       </c>
       <c r="AH5" s="49">
         <v>107</v>
       </c>
-      <c r="AI5" s="112">
+      <c r="AI5" s="106">
         <v>116</v>
       </c>
-      <c r="AJ5" s="105">
+      <c r="AJ5" s="99">
         <v>89</v>
       </c>
-      <c r="AK5" s="112">
+      <c r="AK5" s="106">
         <v>107</v>
       </c>
       <c r="AL5" s="49">
         <v>143</v>
       </c>
-      <c r="AM5" s="112">
+      <c r="AM5" s="106">
         <v>188</v>
       </c>
       <c r="AN5" s="49">
         <v>183</v>
       </c>
-      <c r="AO5" s="108">
+      <c r="AO5" s="102">
         <v>192</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B6" s="103">
+      <c r="AP5" s="102">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="6" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="93" t="s">
+        <v>74</v>
+      </c>
+      <c r="B6" s="97">
         <v>113</v>
       </c>
-      <c r="C6" s="119">
+      <c r="C6" s="113">
         <v>158</v>
       </c>
-      <c r="D6" s="106">
+      <c r="D6" s="100">
         <v>119</v>
       </c>
-      <c r="E6" s="113">
+      <c r="E6" s="107">
         <v>121</v>
       </c>
-      <c r="F6" s="101">
+      <c r="F6" s="95">
         <v>160</v>
       </c>
-      <c r="G6" s="113">
+      <c r="G6" s="107">
         <v>148</v>
       </c>
-      <c r="H6" s="101">
+      <c r="H6" s="95">
         <v>142</v>
       </c>
-      <c r="I6" s="113">
+      <c r="I6" s="107">
         <v>180</v>
       </c>
-      <c r="J6" s="101">
+      <c r="J6" s="95">
         <v>202</v>
       </c>
-      <c r="K6" s="113">
+      <c r="K6" s="107">
         <v>152</v>
       </c>
-      <c r="L6" s="106">
+      <c r="L6" s="100">
         <v>104</v>
       </c>
-      <c r="M6" s="101">
+      <c r="M6" s="95">
         <v>155</v>
       </c>
-      <c r="N6" s="101">
+      <c r="N6" s="95">
         <v>247</v>
       </c>
-      <c r="O6" s="101">
+      <c r="O6" s="95">
         <v>229</v>
       </c>
-      <c r="P6" s="101">
+      <c r="P6" s="95">
         <v>131</v>
       </c>
-      <c r="Q6" s="109">
+      <c r="Q6" s="103">
         <v>216</v>
       </c>
-      <c r="R6" s="113">
+      <c r="R6" s="107">
         <v>148</v>
       </c>
-      <c r="S6" s="101">
+      <c r="S6" s="95">
         <v>134</v>
       </c>
-      <c r="T6" s="113">
+      <c r="T6" s="107">
         <v>126</v>
       </c>
-      <c r="U6" s="113">
+      <c r="U6" s="107">
         <v>159</v>
       </c>
-      <c r="V6" s="101">
+      <c r="V6" s="95">
         <v>67</v>
       </c>
-      <c r="W6" s="113">
+      <c r="W6" s="107">
         <v>128</v>
       </c>
-      <c r="X6" s="101">
+      <c r="X6" s="95">
         <v>127</v>
       </c>
-      <c r="Y6" s="109">
+      <c r="Y6" s="103">
         <v>148</v>
       </c>
-      <c r="Z6" s="113">
+      <c r="Z6" s="107">
         <v>136</v>
       </c>
-      <c r="AA6" s="101">
+      <c r="AA6" s="95">
         <v>100</v>
       </c>
-      <c r="AB6" s="113">
+      <c r="AB6" s="107">
         <v>182</v>
       </c>
-      <c r="AC6" s="101">
+      <c r="AC6" s="95">
         <v>159</v>
       </c>
-      <c r="AD6" s="113">
+      <c r="AD6" s="107">
         <v>179</v>
       </c>
-      <c r="AE6" s="113">
+      <c r="AE6" s="107">
         <v>126</v>
       </c>
-      <c r="AF6" s="101">
+      <c r="AF6" s="95">
         <v>86</v>
       </c>
-      <c r="AG6" s="113">
+      <c r="AG6" s="107">
         <v>66</v>
       </c>
-      <c r="AH6" s="101">
+      <c r="AH6" s="95">
         <v>164</v>
       </c>
-      <c r="AI6" s="113">
+      <c r="AI6" s="107">
         <v>109</v>
       </c>
-      <c r="AJ6" s="106">
+      <c r="AJ6" s="100">
         <v>65</v>
       </c>
-      <c r="AK6" s="113">
+      <c r="AK6" s="107">
         <v>90</v>
       </c>
-      <c r="AL6" s="101">
+      <c r="AL6" s="95">
         <v>111</v>
       </c>
-      <c r="AM6" s="113">
+      <c r="AM6" s="107">
         <v>118</v>
       </c>
-      <c r="AN6" s="101">
+      <c r="AN6" s="95">
         <v>152</v>
       </c>
-      <c r="AO6" s="109">
+      <c r="AO6" s="103">
         <v>143</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B7" s="102">
+      <c r="AP6" s="103">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="7" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="84" t="s">
+        <v>75</v>
+      </c>
+      <c r="B7" s="96">
         <v>249</v>
       </c>
-      <c r="C7" s="118">
+      <c r="C7" s="112">
         <v>255</v>
       </c>
-      <c r="D7" s="105">
+      <c r="D7" s="99">
         <v>189</v>
       </c>
-      <c r="E7" s="112">
+      <c r="E7" s="106">
         <v>239</v>
       </c>
       <c r="F7" s="49">
         <v>258</v>
       </c>
-      <c r="G7" s="112">
+      <c r="G7" s="106">
         <v>253</v>
       </c>
       <c r="H7" s="49">
         <v>236</v>
       </c>
-      <c r="I7" s="112">
+      <c r="I7" s="106">
         <v>258</v>
       </c>
       <c r="J7" s="49">
         <v>334</v>
       </c>
-      <c r="K7" s="112">
+      <c r="K7" s="106">
         <v>270</v>
       </c>
-      <c r="L7" s="105">
+      <c r="L7" s="99">
         <v>216</v>
       </c>
       <c r="M7" s="49">
         <v>198</v>
       </c>
       <c r="N7" s="49">
         <v>321</v>
       </c>
       <c r="O7" s="49">
         <v>299</v>
       </c>
       <c r="P7" s="49">
         <v>259</v>
       </c>
-      <c r="Q7" s="108">
+      <c r="Q7" s="102">
         <v>245</v>
       </c>
-      <c r="R7" s="112">
+      <c r="R7" s="106">
         <v>343</v>
       </c>
       <c r="S7" s="49">
         <v>260</v>
       </c>
-      <c r="T7" s="112">
+      <c r="T7" s="106">
         <v>265</v>
       </c>
-      <c r="U7" s="112">
+      <c r="U7" s="106">
         <v>206</v>
       </c>
       <c r="V7" s="49">
         <v>178</v>
       </c>
-      <c r="W7" s="112">
+      <c r="W7" s="106">
         <v>211</v>
       </c>
       <c r="X7" s="49">
         <v>156</v>
       </c>
-      <c r="Y7" s="108">
+      <c r="Y7" s="102">
         <v>312</v>
       </c>
-      <c r="Z7" s="112">
+      <c r="Z7" s="106">
         <v>350</v>
       </c>
       <c r="AA7" s="49">
         <v>401</v>
       </c>
-      <c r="AB7" s="112">
+      <c r="AB7" s="106">
         <v>196</v>
       </c>
       <c r="AC7" s="49">
         <v>186</v>
       </c>
-      <c r="AD7" s="112">
+      <c r="AD7" s="106">
         <v>268</v>
       </c>
-      <c r="AE7" s="112">
+      <c r="AE7" s="106">
         <v>281</v>
       </c>
       <c r="AF7" s="49">
         <v>155</v>
       </c>
-      <c r="AG7" s="112">
+      <c r="AG7" s="106">
         <v>178</v>
       </c>
       <c r="AH7" s="49">
         <v>188</v>
       </c>
-      <c r="AI7" s="112">
+      <c r="AI7" s="106">
         <v>210</v>
       </c>
-      <c r="AJ7" s="105">
+      <c r="AJ7" s="99">
         <v>229</v>
       </c>
-      <c r="AK7" s="112">
+      <c r="AK7" s="106">
         <v>169</v>
       </c>
       <c r="AL7" s="49">
         <v>304</v>
       </c>
-      <c r="AM7" s="112">
+      <c r="AM7" s="106">
         <v>248</v>
       </c>
       <c r="AN7" s="49">
         <v>211</v>
       </c>
-      <c r="AO7" s="108">
+      <c r="AO7" s="102">
         <v>280</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B8" s="103">
+      <c r="AP7" s="102">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="8" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="93" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="97">
         <v>43</v>
       </c>
-      <c r="C8" s="119">
+      <c r="C8" s="113">
         <v>70</v>
       </c>
-      <c r="D8" s="106">
+      <c r="D8" s="100">
         <v>85</v>
       </c>
-      <c r="E8" s="113">
+      <c r="E8" s="107">
         <v>77</v>
       </c>
-      <c r="F8" s="101">
+      <c r="F8" s="95">
         <v>106</v>
       </c>
-      <c r="G8" s="113">
+      <c r="G8" s="107">
         <v>60</v>
       </c>
-      <c r="H8" s="101">
+      <c r="H8" s="95">
         <v>120</v>
       </c>
-      <c r="I8" s="113">
+      <c r="I8" s="107">
         <v>91</v>
       </c>
-      <c r="J8" s="101">
+      <c r="J8" s="95">
         <v>174</v>
       </c>
-      <c r="K8" s="113">
+      <c r="K8" s="107">
         <v>48</v>
       </c>
-      <c r="L8" s="106">
+      <c r="L8" s="100">
         <v>80</v>
       </c>
-      <c r="M8" s="101">
+      <c r="M8" s="95">
         <v>120</v>
       </c>
-      <c r="N8" s="101">
+      <c r="N8" s="95">
         <v>177</v>
       </c>
-      <c r="O8" s="101">
+      <c r="O8" s="95">
         <v>153</v>
       </c>
-      <c r="P8" s="101">
+      <c r="P8" s="95">
         <v>160</v>
       </c>
-      <c r="Q8" s="109">
+      <c r="Q8" s="103">
         <v>93</v>
       </c>
-      <c r="R8" s="113">
+      <c r="R8" s="107">
         <v>176</v>
       </c>
-      <c r="S8" s="101">
+      <c r="S8" s="95">
         <v>179</v>
       </c>
-      <c r="T8" s="113">
+      <c r="T8" s="107">
         <v>123</v>
       </c>
-      <c r="U8" s="113">
+      <c r="U8" s="107">
         <v>73</v>
       </c>
-      <c r="V8" s="101">
+      <c r="V8" s="95">
         <v>79</v>
       </c>
-      <c r="W8" s="113">
+      <c r="W8" s="107">
         <v>105</v>
       </c>
-      <c r="X8" s="101">
+      <c r="X8" s="95">
         <v>210</v>
       </c>
-      <c r="Y8" s="109">
+      <c r="Y8" s="103">
         <v>112</v>
       </c>
-      <c r="Z8" s="113">
+      <c r="Z8" s="107">
         <v>97</v>
       </c>
-      <c r="AA8" s="101">
+      <c r="AA8" s="95">
         <v>57</v>
       </c>
-      <c r="AB8" s="113">
+      <c r="AB8" s="107">
         <v>62</v>
       </c>
-      <c r="AC8" s="101">
+      <c r="AC8" s="95">
         <v>98</v>
       </c>
-      <c r="AD8" s="113">
+      <c r="AD8" s="107">
         <v>109</v>
       </c>
-      <c r="AE8" s="113">
+      <c r="AE8" s="107">
         <v>32</v>
       </c>
-      <c r="AF8" s="101">
+      <c r="AF8" s="95">
         <v>70</v>
       </c>
-      <c r="AG8" s="113">
+      <c r="AG8" s="107">
         <v>56</v>
       </c>
-      <c r="AH8" s="101">
+      <c r="AH8" s="95">
         <v>62</v>
       </c>
-      <c r="AI8" s="113">
+      <c r="AI8" s="107">
         <v>27</v>
       </c>
-      <c r="AJ8" s="106">
+      <c r="AJ8" s="100">
         <v>413</v>
       </c>
-      <c r="AK8" s="113">
+      <c r="AK8" s="107">
         <v>295</v>
       </c>
-      <c r="AL8" s="101">
+      <c r="AL8" s="95">
         <v>49</v>
       </c>
-      <c r="AM8" s="113">
+      <c r="AM8" s="107">
         <v>85</v>
       </c>
-      <c r="AN8" s="101">
+      <c r="AN8" s="95">
         <v>98</v>
       </c>
-      <c r="AO8" s="109">
+      <c r="AO8" s="103">
         <v>71</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B9" s="102">
+      <c r="AP8" s="103">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="9" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" s="96">
         <v>134</v>
       </c>
-      <c r="C9" s="118">
+      <c r="C9" s="112">
         <v>143</v>
       </c>
-      <c r="D9" s="105">
+      <c r="D9" s="99">
         <v>101</v>
       </c>
-      <c r="E9" s="112">
+      <c r="E9" s="106">
         <v>134</v>
       </c>
       <c r="F9" s="49">
         <v>164</v>
       </c>
-      <c r="G9" s="112">
+      <c r="G9" s="106">
         <v>181</v>
       </c>
       <c r="H9" s="49">
         <v>138</v>
       </c>
-      <c r="I9" s="112">
+      <c r="I9" s="106">
         <v>117</v>
       </c>
       <c r="J9" s="49">
         <v>150</v>
       </c>
-      <c r="K9" s="112">
+      <c r="K9" s="106">
         <v>104</v>
       </c>
-      <c r="L9" s="105">
+      <c r="L9" s="99">
         <v>84</v>
       </c>
       <c r="M9" s="49">
         <v>145</v>
       </c>
       <c r="N9" s="49">
         <v>154</v>
       </c>
       <c r="O9" s="49">
         <v>146</v>
       </c>
       <c r="P9" s="49">
         <v>152</v>
       </c>
-      <c r="Q9" s="108">
+      <c r="Q9" s="102">
         <v>116</v>
       </c>
-      <c r="R9" s="112">
+      <c r="R9" s="106">
         <v>82</v>
       </c>
       <c r="S9" s="49">
         <v>114</v>
       </c>
-      <c r="T9" s="112">
+      <c r="T9" s="106">
         <v>126</v>
       </c>
-      <c r="U9" s="112">
+      <c r="U9" s="106">
         <v>107</v>
       </c>
       <c r="V9" s="49">
         <v>45</v>
       </c>
-      <c r="W9" s="112">
+      <c r="W9" s="106">
         <v>73</v>
       </c>
       <c r="X9" s="49">
         <v>83</v>
       </c>
-      <c r="Y9" s="108">
+      <c r="Y9" s="102">
         <v>145</v>
       </c>
-      <c r="Z9" s="112">
+      <c r="Z9" s="106">
         <v>153</v>
       </c>
       <c r="AA9" s="49">
         <v>81</v>
       </c>
-      <c r="AB9" s="112">
+      <c r="AB9" s="106">
         <v>92</v>
       </c>
       <c r="AC9" s="49">
         <v>127</v>
       </c>
-      <c r="AD9" s="112">
+      <c r="AD9" s="106">
         <v>130</v>
       </c>
-      <c r="AE9" s="112">
+      <c r="AE9" s="106">
         <v>158</v>
       </c>
       <c r="AF9" s="49">
         <v>68</v>
       </c>
-      <c r="AG9" s="112">
+      <c r="AG9" s="106">
         <v>44</v>
       </c>
       <c r="AH9" s="49">
         <v>102</v>
       </c>
-      <c r="AI9" s="112">
+      <c r="AI9" s="106">
         <v>110</v>
       </c>
-      <c r="AJ9" s="105">
+      <c r="AJ9" s="99">
         <v>38</v>
       </c>
-      <c r="AK9" s="112">
+      <c r="AK9" s="106">
         <v>74</v>
       </c>
       <c r="AL9" s="49">
         <v>90</v>
       </c>
-      <c r="AM9" s="112">
+      <c r="AM9" s="106">
         <v>132</v>
       </c>
       <c r="AN9" s="49">
         <v>93</v>
       </c>
-      <c r="AO9" s="108">
+      <c r="AO9" s="102">
         <v>150</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B10" s="103">
+      <c r="AP9" s="102">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="10" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="93" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" s="97">
         <v>35</v>
       </c>
-      <c r="C10" s="119">
+      <c r="C10" s="113">
         <v>80</v>
       </c>
-      <c r="D10" s="106">
+      <c r="D10" s="100">
         <v>27</v>
       </c>
-      <c r="E10" s="113">
+      <c r="E10" s="107">
         <v>73</v>
       </c>
-      <c r="F10" s="101">
+      <c r="F10" s="95">
         <v>58</v>
       </c>
-      <c r="G10" s="113">
+      <c r="G10" s="107">
         <v>80</v>
       </c>
-      <c r="H10" s="101">
+      <c r="H10" s="95">
         <v>111</v>
       </c>
-      <c r="I10" s="113">
+      <c r="I10" s="107">
         <v>67</v>
       </c>
-      <c r="J10" s="101">
+      <c r="J10" s="95">
         <v>116</v>
       </c>
-      <c r="K10" s="113">
+      <c r="K10" s="107">
         <v>108</v>
       </c>
-      <c r="L10" s="106">
+      <c r="L10" s="100">
         <v>98</v>
       </c>
-      <c r="M10" s="101">
+      <c r="M10" s="95">
         <v>176</v>
       </c>
-      <c r="N10" s="101">
+      <c r="N10" s="95">
         <v>91</v>
       </c>
-      <c r="O10" s="101">
+      <c r="O10" s="95">
         <v>100</v>
       </c>
-      <c r="P10" s="101">
+      <c r="P10" s="95">
         <v>70</v>
       </c>
-      <c r="Q10" s="109">
+      <c r="Q10" s="103">
         <v>115</v>
       </c>
-      <c r="R10" s="113">
+      <c r="R10" s="107">
         <v>113</v>
       </c>
-      <c r="S10" s="101">
+      <c r="S10" s="95">
         <v>62</v>
       </c>
-      <c r="T10" s="113">
+      <c r="T10" s="107">
         <v>44</v>
       </c>
-      <c r="U10" s="113">
+      <c r="U10" s="107">
         <v>69</v>
       </c>
-      <c r="V10" s="101">
+      <c r="V10" s="95">
         <v>63</v>
       </c>
-      <c r="W10" s="113">
+      <c r="W10" s="107">
         <v>56</v>
       </c>
-      <c r="X10" s="101">
+      <c r="X10" s="95">
         <v>88</v>
       </c>
-      <c r="Y10" s="109">
+      <c r="Y10" s="103">
         <v>86</v>
       </c>
-      <c r="Z10" s="113">
+      <c r="Z10" s="107">
         <v>91</v>
       </c>
-      <c r="AA10" s="101">
+      <c r="AA10" s="95">
         <v>102</v>
       </c>
-      <c r="AB10" s="113">
+      <c r="AB10" s="107">
         <v>63</v>
       </c>
-      <c r="AC10" s="101">
+      <c r="AC10" s="95">
         <v>129</v>
       </c>
-      <c r="AD10" s="113">
+      <c r="AD10" s="107">
         <v>57</v>
       </c>
-      <c r="AE10" s="113">
+      <c r="AE10" s="107">
         <v>62</v>
       </c>
-      <c r="AF10" s="101">
+      <c r="AF10" s="95">
         <v>30</v>
       </c>
-      <c r="AG10" s="113">
+      <c r="AG10" s="107">
         <v>31</v>
       </c>
-      <c r="AH10" s="101">
+      <c r="AH10" s="95">
         <v>102</v>
       </c>
-      <c r="AI10" s="113">
+      <c r="AI10" s="107">
         <v>46</v>
       </c>
-      <c r="AJ10" s="106">
+      <c r="AJ10" s="100">
         <v>61</v>
       </c>
-      <c r="AK10" s="113">
+      <c r="AK10" s="107">
         <v>50</v>
       </c>
-      <c r="AL10" s="101">
+      <c r="AL10" s="95">
         <v>57</v>
       </c>
-      <c r="AM10" s="113">
+      <c r="AM10" s="107">
         <v>38</v>
       </c>
-      <c r="AN10" s="101">
+      <c r="AN10" s="95">
         <v>51</v>
       </c>
-      <c r="AO10" s="109">
+      <c r="AO10" s="103">
         <v>34</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B11" s="102">
+      <c r="AP10" s="103">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="84" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" s="96">
         <v>110</v>
       </c>
-      <c r="C11" s="118">
+      <c r="C11" s="112">
         <v>86</v>
       </c>
-      <c r="D11" s="105">
+      <c r="D11" s="99">
         <v>62</v>
       </c>
-      <c r="E11" s="112">
+      <c r="E11" s="106">
         <v>91</v>
       </c>
       <c r="F11" s="49">
         <v>97</v>
       </c>
-      <c r="G11" s="112">
+      <c r="G11" s="106">
         <v>107</v>
       </c>
       <c r="H11" s="49">
         <v>107</v>
       </c>
-      <c r="I11" s="112">
+      <c r="I11" s="106">
         <v>88</v>
       </c>
       <c r="J11" s="49">
         <v>133</v>
       </c>
-      <c r="K11" s="112">
+      <c r="K11" s="106">
         <v>83</v>
       </c>
-      <c r="L11" s="105">
+      <c r="L11" s="99">
         <v>75</v>
       </c>
       <c r="M11" s="49">
         <v>108</v>
       </c>
       <c r="N11" s="49">
         <v>143</v>
       </c>
       <c r="O11" s="49">
         <v>112</v>
       </c>
       <c r="P11" s="49">
         <v>97</v>
       </c>
-      <c r="Q11" s="108">
+      <c r="Q11" s="102">
         <v>88</v>
       </c>
-      <c r="R11" s="112">
+      <c r="R11" s="106">
         <v>149</v>
       </c>
       <c r="S11" s="49">
         <v>137</v>
       </c>
-      <c r="T11" s="112">
+      <c r="T11" s="106">
         <v>89</v>
       </c>
-      <c r="U11" s="112">
+      <c r="U11" s="106">
         <v>88</v>
       </c>
       <c r="V11" s="49">
         <v>113</v>
       </c>
-      <c r="W11" s="112">
+      <c r="W11" s="106">
         <v>96</v>
       </c>
       <c r="X11" s="49">
         <v>18</v>
       </c>
-      <c r="Y11" s="108">
+      <c r="Y11" s="102">
         <v>112</v>
       </c>
-      <c r="Z11" s="112">
+      <c r="Z11" s="106">
         <v>161</v>
       </c>
       <c r="AA11" s="49">
         <v>124</v>
       </c>
-      <c r="AB11" s="112">
+      <c r="AB11" s="106">
         <v>98</v>
       </c>
       <c r="AC11" s="49">
         <v>110</v>
       </c>
-      <c r="AD11" s="112">
+      <c r="AD11" s="106">
         <v>110</v>
       </c>
-      <c r="AE11" s="112">
+      <c r="AE11" s="106">
         <v>113</v>
       </c>
       <c r="AF11" s="49">
         <v>109</v>
       </c>
-      <c r="AG11" s="112">
+      <c r="AG11" s="106">
         <v>72</v>
       </c>
       <c r="AH11" s="49">
         <v>58</v>
       </c>
-      <c r="AI11" s="112">
+      <c r="AI11" s="106">
         <v>70</v>
       </c>
-      <c r="AJ11" s="105">
+      <c r="AJ11" s="99">
         <v>77</v>
       </c>
-      <c r="AK11" s="112">
+      <c r="AK11" s="106">
         <v>117</v>
       </c>
       <c r="AL11" s="49">
         <v>120</v>
       </c>
-      <c r="AM11" s="112">
+      <c r="AM11" s="106">
         <v>108</v>
       </c>
       <c r="AN11" s="49">
         <v>67</v>
       </c>
-      <c r="AO11" s="108">
+      <c r="AO11" s="102">
         <v>63</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B12" s="103">
+      <c r="AP11" s="102">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="12" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="93" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" s="97">
         <v>159</v>
       </c>
-      <c r="C12" s="119">
+      <c r="C12" s="113">
         <v>182</v>
       </c>
-      <c r="D12" s="106">
+      <c r="D12" s="100">
         <v>161</v>
       </c>
-      <c r="E12" s="113">
+      <c r="E12" s="107">
         <v>132</v>
       </c>
-      <c r="F12" s="101">
+      <c r="F12" s="95">
         <v>269</v>
       </c>
-      <c r="G12" s="113">
+      <c r="G12" s="107">
         <v>201</v>
       </c>
-      <c r="H12" s="101">
+      <c r="H12" s="95">
         <v>201</v>
       </c>
-      <c r="I12" s="113">
+      <c r="I12" s="107">
         <v>241</v>
       </c>
-      <c r="J12" s="101">
+      <c r="J12" s="95">
         <v>278</v>
       </c>
-      <c r="K12" s="113">
+      <c r="K12" s="107">
         <v>153</v>
       </c>
-      <c r="L12" s="106">
+      <c r="L12" s="100">
         <v>139</v>
       </c>
-      <c r="M12" s="101">
+      <c r="M12" s="95">
         <v>183</v>
       </c>
-      <c r="N12" s="101">
+      <c r="N12" s="95">
         <v>233</v>
       </c>
-      <c r="O12" s="101">
+      <c r="O12" s="95">
         <v>278</v>
       </c>
-      <c r="P12" s="101">
+      <c r="P12" s="95">
         <v>196</v>
       </c>
-      <c r="Q12" s="109">
+      <c r="Q12" s="103">
         <v>139</v>
       </c>
-      <c r="R12" s="113">
+      <c r="R12" s="107">
         <v>224</v>
       </c>
-      <c r="S12" s="101">
+      <c r="S12" s="95">
         <v>178</v>
       </c>
-      <c r="T12" s="113">
+      <c r="T12" s="107">
         <v>164</v>
       </c>
-      <c r="U12" s="113">
+      <c r="U12" s="107">
         <v>126</v>
       </c>
-      <c r="V12" s="101">
+      <c r="V12" s="95">
         <v>124</v>
       </c>
-      <c r="W12" s="113">
+      <c r="W12" s="107">
         <v>137</v>
       </c>
-      <c r="X12" s="101">
+      <c r="X12" s="95">
         <v>147</v>
       </c>
-      <c r="Y12" s="109">
+      <c r="Y12" s="103">
         <v>211</v>
       </c>
-      <c r="Z12" s="113">
+      <c r="Z12" s="107">
         <v>221</v>
       </c>
-      <c r="AA12" s="101">
+      <c r="AA12" s="95">
         <v>172</v>
       </c>
-      <c r="AB12" s="113">
+      <c r="AB12" s="107">
         <v>144</v>
       </c>
-      <c r="AC12" s="101">
+      <c r="AC12" s="95">
         <v>173</v>
       </c>
-      <c r="AD12" s="113">
+      <c r="AD12" s="107">
         <v>140</v>
       </c>
-      <c r="AE12" s="113">
+      <c r="AE12" s="107">
         <v>141</v>
       </c>
-      <c r="AF12" s="101">
+      <c r="AF12" s="95">
         <v>90</v>
       </c>
-      <c r="AG12" s="113">
+      <c r="AG12" s="107">
         <v>122</v>
       </c>
-      <c r="AH12" s="101">
+      <c r="AH12" s="95">
         <v>123</v>
       </c>
-      <c r="AI12" s="113">
+      <c r="AI12" s="107">
         <v>129</v>
       </c>
-      <c r="AJ12" s="106">
+      <c r="AJ12" s="100">
         <v>111</v>
       </c>
-      <c r="AK12" s="113">
+      <c r="AK12" s="107">
         <v>153</v>
       </c>
-      <c r="AL12" s="101">
+      <c r="AL12" s="95">
         <v>247</v>
       </c>
-      <c r="AM12" s="113">
+      <c r="AM12" s="107">
         <v>116</v>
       </c>
-      <c r="AN12" s="101">
+      <c r="AN12" s="95">
         <v>161</v>
       </c>
-      <c r="AO12" s="109">
+      <c r="AO12" s="103">
         <v>252</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B13" s="102">
+      <c r="AP12" s="103">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="13" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" s="96">
         <v>88</v>
       </c>
-      <c r="C13" s="118">
+      <c r="C13" s="112">
         <v>89</v>
       </c>
-      <c r="D13" s="105">
+      <c r="D13" s="99">
         <v>114</v>
       </c>
-      <c r="E13" s="112">
+      <c r="E13" s="106">
         <v>81</v>
       </c>
       <c r="F13" s="49">
         <v>129</v>
       </c>
-      <c r="G13" s="112">
+      <c r="G13" s="106">
         <v>109</v>
       </c>
       <c r="H13" s="49">
         <v>95</v>
       </c>
-      <c r="I13" s="112">
+      <c r="I13" s="106">
         <v>97</v>
       </c>
       <c r="J13" s="49">
         <v>126</v>
       </c>
-      <c r="K13" s="112">
+      <c r="K13" s="106">
         <v>104</v>
       </c>
-      <c r="L13" s="105">
+      <c r="L13" s="99">
         <v>103</v>
       </c>
       <c r="M13" s="49">
         <v>163</v>
       </c>
       <c r="N13" s="49">
         <v>156</v>
       </c>
       <c r="O13" s="49">
         <v>154</v>
       </c>
       <c r="P13" s="49">
         <v>118</v>
       </c>
-      <c r="Q13" s="108">
+      <c r="Q13" s="102">
         <v>123</v>
       </c>
-      <c r="R13" s="112">
+      <c r="R13" s="106">
         <v>81</v>
       </c>
       <c r="S13" s="49">
         <v>133</v>
       </c>
-      <c r="T13" s="112">
+      <c r="T13" s="106">
         <v>136</v>
       </c>
-      <c r="U13" s="112">
+      <c r="U13" s="106">
         <v>80</v>
       </c>
       <c r="V13" s="49">
         <v>49</v>
       </c>
-      <c r="W13" s="112">
+      <c r="W13" s="106">
         <v>158</v>
       </c>
       <c r="X13" s="49">
         <v>92</v>
       </c>
-      <c r="Y13" s="108">
+      <c r="Y13" s="102">
         <v>97</v>
       </c>
-      <c r="Z13" s="112">
+      <c r="Z13" s="106">
         <v>119</v>
       </c>
       <c r="AA13" s="49">
         <v>139</v>
       </c>
-      <c r="AB13" s="112">
+      <c r="AB13" s="106">
         <v>102</v>
       </c>
       <c r="AC13" s="49">
         <v>144</v>
       </c>
-      <c r="AD13" s="112">
+      <c r="AD13" s="106">
         <v>129</v>
       </c>
-      <c r="AE13" s="112">
+      <c r="AE13" s="106">
         <v>73</v>
       </c>
       <c r="AF13" s="49">
         <v>73</v>
       </c>
-      <c r="AG13" s="112">
+      <c r="AG13" s="106">
         <v>110</v>
       </c>
       <c r="AH13" s="49">
         <v>97</v>
       </c>
-      <c r="AI13" s="112">
+      <c r="AI13" s="106">
         <v>104</v>
       </c>
-      <c r="AJ13" s="105">
+      <c r="AJ13" s="99">
         <v>103</v>
       </c>
-      <c r="AK13" s="112">
+      <c r="AK13" s="106">
         <v>103</v>
       </c>
       <c r="AL13" s="49">
         <v>107</v>
       </c>
-      <c r="AM13" s="112">
+      <c r="AM13" s="106">
         <v>83</v>
       </c>
       <c r="AN13" s="49">
         <v>61</v>
       </c>
-      <c r="AO13" s="108">
+      <c r="AO13" s="102">
         <v>53</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B14" s="103">
+      <c r="AP13" s="102">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="14" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="93" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" s="97">
         <v>211</v>
       </c>
-      <c r="C14" s="119">
+      <c r="C14" s="113">
         <v>245</v>
       </c>
-      <c r="D14" s="106">
+      <c r="D14" s="100">
         <v>158</v>
       </c>
-      <c r="E14" s="113">
+      <c r="E14" s="107">
         <v>192</v>
       </c>
-      <c r="F14" s="101">
+      <c r="F14" s="95">
         <v>218</v>
       </c>
-      <c r="G14" s="113">
+      <c r="G14" s="107">
         <v>151</v>
       </c>
-      <c r="H14" s="101">
+      <c r="H14" s="95">
         <v>131</v>
       </c>
-      <c r="I14" s="113">
+      <c r="I14" s="107">
         <v>245</v>
       </c>
-      <c r="J14" s="101">
+      <c r="J14" s="95">
         <v>200</v>
       </c>
-      <c r="K14" s="113">
+      <c r="K14" s="107">
         <v>160</v>
       </c>
-      <c r="L14" s="106">
+      <c r="L14" s="100">
         <v>184</v>
       </c>
-      <c r="M14" s="101">
+      <c r="M14" s="95">
         <v>179</v>
       </c>
-      <c r="N14" s="101">
+      <c r="N14" s="95">
         <v>290</v>
       </c>
-      <c r="O14" s="101">
+      <c r="O14" s="95">
         <v>203</v>
       </c>
-      <c r="P14" s="101">
+      <c r="P14" s="95">
         <v>165</v>
       </c>
-      <c r="Q14" s="109">
+      <c r="Q14" s="103">
         <v>141</v>
       </c>
-      <c r="R14" s="113">
+      <c r="R14" s="107">
         <v>173</v>
       </c>
-      <c r="S14" s="101">
+      <c r="S14" s="95">
         <v>210</v>
       </c>
-      <c r="T14" s="113">
+      <c r="T14" s="107">
         <v>149</v>
       </c>
-      <c r="U14" s="113">
+      <c r="U14" s="107">
         <v>130</v>
       </c>
-      <c r="V14" s="101">
+      <c r="V14" s="95">
         <v>98</v>
       </c>
-      <c r="W14" s="113">
+      <c r="W14" s="107">
         <v>162</v>
       </c>
-      <c r="X14" s="101">
+      <c r="X14" s="95">
         <v>144</v>
       </c>
-      <c r="Y14" s="109">
+      <c r="Y14" s="103">
         <v>176</v>
       </c>
-      <c r="Z14" s="113">
+      <c r="Z14" s="107">
         <v>195</v>
       </c>
-      <c r="AA14" s="101">
+      <c r="AA14" s="95">
         <v>211</v>
       </c>
-      <c r="AB14" s="113">
+      <c r="AB14" s="107">
         <v>90</v>
       </c>
-      <c r="AC14" s="101">
+      <c r="AC14" s="95">
         <v>228</v>
       </c>
-      <c r="AD14" s="113">
+      <c r="AD14" s="107">
         <v>147</v>
       </c>
-      <c r="AE14" s="113">
+      <c r="AE14" s="107">
         <v>133</v>
       </c>
-      <c r="AF14" s="101">
+      <c r="AF14" s="95">
         <v>92</v>
       </c>
-      <c r="AG14" s="113">
+      <c r="AG14" s="107">
         <v>95</v>
       </c>
-      <c r="AH14" s="101">
+      <c r="AH14" s="95">
         <v>193</v>
       </c>
-      <c r="AI14" s="113">
+      <c r="AI14" s="107">
         <v>126</v>
       </c>
-      <c r="AJ14" s="106">
+      <c r="AJ14" s="100">
         <v>81</v>
       </c>
-      <c r="AK14" s="113">
+      <c r="AK14" s="107">
         <v>89</v>
       </c>
-      <c r="AL14" s="101">
+      <c r="AL14" s="95">
         <v>147</v>
       </c>
-      <c r="AM14" s="113">
+      <c r="AM14" s="107">
         <v>128</v>
       </c>
-      <c r="AN14" s="101">
+      <c r="AN14" s="95">
         <v>148</v>
       </c>
-      <c r="AO14" s="109">
+      <c r="AO14" s="103">
         <v>155</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B15" s="102">
+      <c r="AP14" s="103">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="15" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="84" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" s="96">
         <v>176</v>
       </c>
-      <c r="C15" s="118">
+      <c r="C15" s="112">
         <v>179</v>
       </c>
-      <c r="D15" s="105">
+      <c r="D15" s="99">
         <v>131</v>
       </c>
-      <c r="E15" s="112">
+      <c r="E15" s="106">
         <v>153</v>
       </c>
       <c r="F15" s="49">
         <v>190</v>
       </c>
-      <c r="G15" s="112">
+      <c r="G15" s="106">
         <v>238</v>
       </c>
       <c r="H15" s="49">
         <v>144</v>
       </c>
-      <c r="I15" s="112">
+      <c r="I15" s="106">
         <v>180</v>
       </c>
       <c r="J15" s="49">
         <v>239</v>
       </c>
-      <c r="K15" s="112">
+      <c r="K15" s="106">
         <v>211</v>
       </c>
-      <c r="L15" s="105">
+      <c r="L15" s="99">
         <v>134</v>
       </c>
       <c r="M15" s="49">
         <v>172</v>
       </c>
       <c r="N15" s="49">
         <v>247</v>
       </c>
       <c r="O15" s="49">
         <v>175</v>
       </c>
       <c r="P15" s="49">
         <v>147</v>
       </c>
-      <c r="Q15" s="108">
+      <c r="Q15" s="102">
         <v>152</v>
       </c>
-      <c r="R15" s="112">
+      <c r="R15" s="106">
         <v>156</v>
       </c>
       <c r="S15" s="49">
         <v>163</v>
       </c>
-      <c r="T15" s="112">
+      <c r="T15" s="106">
         <v>132</v>
       </c>
-      <c r="U15" s="112">
+      <c r="U15" s="106">
         <v>187</v>
       </c>
       <c r="V15" s="49">
         <v>136</v>
       </c>
-      <c r="W15" s="112">
+      <c r="W15" s="106">
         <v>169</v>
       </c>
       <c r="X15" s="49">
         <v>193</v>
       </c>
-      <c r="Y15" s="108">
+      <c r="Y15" s="102">
         <v>249</v>
       </c>
-      <c r="Z15" s="112">
+      <c r="Z15" s="106">
         <v>220</v>
       </c>
       <c r="AA15" s="49">
         <v>232</v>
       </c>
-      <c r="AB15" s="112">
+      <c r="AB15" s="106">
         <v>144</v>
       </c>
       <c r="AC15" s="49">
         <v>286</v>
       </c>
-      <c r="AD15" s="112">
+      <c r="AD15" s="106">
         <v>209</v>
       </c>
-      <c r="AE15" s="112">
+      <c r="AE15" s="106">
         <v>132</v>
       </c>
       <c r="AF15" s="49">
         <v>104</v>
       </c>
-      <c r="AG15" s="112">
+      <c r="AG15" s="106">
         <v>146</v>
       </c>
       <c r="AH15" s="49">
         <v>146</v>
       </c>
-      <c r="AI15" s="112">
+      <c r="AI15" s="106">
         <v>133</v>
       </c>
-      <c r="AJ15" s="105">
+      <c r="AJ15" s="99">
         <v>139</v>
       </c>
-      <c r="AK15" s="112">
+      <c r="AK15" s="106">
         <v>114</v>
       </c>
       <c r="AL15" s="49">
         <v>144</v>
       </c>
-      <c r="AM15" s="112">
+      <c r="AM15" s="106">
         <v>120</v>
       </c>
       <c r="AN15" s="49">
         <v>178</v>
       </c>
-      <c r="AO15" s="108">
+      <c r="AO15" s="102">
         <v>76</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B16" s="104">
+      <c r="AP15" s="102">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="16" spans="1:42" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="90" t="s">
+        <v>82</v>
+      </c>
+      <c r="B16" s="98">
         <v>1426</v>
       </c>
-      <c r="C16" s="114">
+      <c r="C16" s="108">
         <v>1605</v>
       </c>
-      <c r="D16" s="107">
+      <c r="D16" s="101">
         <v>1280</v>
       </c>
-      <c r="E16" s="114">
+      <c r="E16" s="108">
         <v>1407</v>
       </c>
-      <c r="F16" s="97">
+      <c r="F16" s="91">
         <v>1815</v>
       </c>
-      <c r="G16" s="114">
+      <c r="G16" s="108">
         <v>1667</v>
       </c>
-      <c r="H16" s="97">
+      <c r="H16" s="91">
         <v>1542</v>
       </c>
-      <c r="I16" s="114">
+      <c r="I16" s="108">
         <v>1703</v>
       </c>
-      <c r="J16" s="97">
+      <c r="J16" s="91">
         <v>2135</v>
       </c>
-      <c r="K16" s="114">
+      <c r="K16" s="108">
         <v>1525</v>
       </c>
-      <c r="L16" s="107">
+      <c r="L16" s="101">
         <v>1315</v>
       </c>
-      <c r="M16" s="97">
+      <c r="M16" s="91">
         <v>1756</v>
       </c>
-      <c r="N16" s="97">
+      <c r="N16" s="91">
         <v>2278</v>
       </c>
-      <c r="O16" s="97">
+      <c r="O16" s="91">
         <v>1968</v>
       </c>
-      <c r="P16" s="97">
+      <c r="P16" s="91">
         <v>1653</v>
       </c>
-      <c r="Q16" s="104">
+      <c r="Q16" s="98">
         <v>1545</v>
       </c>
-      <c r="R16" s="114">
+      <c r="R16" s="108">
         <v>1731</v>
       </c>
-      <c r="S16" s="97">
+      <c r="S16" s="91">
         <v>1715</v>
       </c>
-      <c r="T16" s="114">
+      <c r="T16" s="108">
         <v>1470</v>
       </c>
-      <c r="U16" s="114">
+      <c r="U16" s="108">
         <v>1356</v>
       </c>
-      <c r="V16" s="97">
+      <c r="V16" s="91">
         <v>1057</v>
       </c>
-      <c r="W16" s="114">
+      <c r="W16" s="108">
         <v>1436</v>
       </c>
-      <c r="X16" s="97">
+      <c r="X16" s="91">
         <v>1407</v>
       </c>
-      <c r="Y16" s="104">
+      <c r="Y16" s="98">
         <v>1866</v>
       </c>
-      <c r="Z16" s="114">
+      <c r="Z16" s="108">
         <v>1994</v>
       </c>
-      <c r="AA16" s="97">
+      <c r="AA16" s="91">
         <v>1808</v>
       </c>
-      <c r="AB16" s="114">
+      <c r="AB16" s="108">
         <v>1314</v>
       </c>
-      <c r="AC16" s="97">
+      <c r="AC16" s="91">
         <v>1788</v>
       </c>
-      <c r="AD16" s="114">
+      <c r="AD16" s="108">
         <v>1585</v>
       </c>
-      <c r="AE16" s="114">
+      <c r="AE16" s="108">
         <v>1374</v>
       </c>
-      <c r="AF16" s="98">
+      <c r="AF16" s="92">
         <v>1003</v>
       </c>
-      <c r="AG16" s="115">
+      <c r="AG16" s="109">
         <v>1026</v>
       </c>
-      <c r="AH16" s="97">
+      <c r="AH16" s="91">
         <v>1342</v>
       </c>
-      <c r="AI16" s="114">
+      <c r="AI16" s="108">
         <v>1180</v>
       </c>
-      <c r="AJ16" s="111">
+      <c r="AJ16" s="105">
         <v>1406</v>
       </c>
-      <c r="AK16" s="115">
+      <c r="AK16" s="109">
         <v>1361</v>
       </c>
-      <c r="AL16" s="97">
+      <c r="AL16" s="91">
         <v>1519</v>
       </c>
-      <c r="AM16" s="114">
+      <c r="AM16" s="108">
         <v>1364</v>
       </c>
-      <c r="AN16" s="98">
+      <c r="AN16" s="92">
         <v>1403</v>
       </c>
-      <c r="AO16" s="110">
+      <c r="AO16" s="104">
         <v>1469</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="120" t="s">
+      <c r="AP16" s="104">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="17" spans="1:28" x14ac:dyDescent="0.2">
+      <c r="A17" s="114" t="s">
+        <v>63</v>
+      </c>
+      <c r="B17" s="87"/>
+      <c r="C17" s="87"/>
+      <c r="L17" s="88"/>
+      <c r="M17" s="88"/>
+    </row>
+    <row r="18" spans="1:28" x14ac:dyDescent="0.2">
+      <c r="A18" s="115"/>
+      <c r="B18" s="89" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="19" spans="1:28" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="C19" s="22"/>
+      <c r="AB19" s="6" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="20" spans="1:28" x14ac:dyDescent="0.2">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="21" spans="1:28" x14ac:dyDescent="0.2">
+      <c r="A21" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="B17" s="93"/>
-[...16 lines deleted...]
-      <c r="A20" s="1" t="s">
+    </row>
+    <row r="22" spans="1:28" x14ac:dyDescent="0.2">
+      <c r="A22" s="1" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="21" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A21" s="1" t="s">
+    <row r="23" spans="1:28" x14ac:dyDescent="0.2">
+      <c r="A23" s="1" t="s">
         <v>67</v>
-      </c>
-[...8 lines deleted...]
-        <v>69</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="U3:X3"/>
     <mergeCell ref="Y3:AB3"/>
     <mergeCell ref="AC3:AF3"/>
     <mergeCell ref="AG3:AJ3"/>
     <mergeCell ref="AK3:AN3"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:H3"/>
     <mergeCell ref="I3:L3"/>
     <mergeCell ref="M3:P3"/>
     <mergeCell ref="Q3:T3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B18" r:id="rId1" xr:uid="{4F7D807E-0B57-4797-A743-851F3039321E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0C6CB8B3-5135-4410-A4D7-EF01DCE8EA98}">
-  <dimension ref="A1:AO23"/>
+  <dimension ref="A1:AP23"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="F15" sqref="F15"/>
+    <sheetView topLeftCell="AC1" workbookViewId="0">
+      <selection activeCell="AC1" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="35.5703125" style="1" customWidth="1"/>
     <col min="2" max="41" width="9.85546875" style="1" customWidth="1"/>
-    <col min="42" max="16384" width="8.7109375" style="1"/>
+    <col min="42" max="42" width="10.85546875" style="1" customWidth="1"/>
+    <col min="43" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:41" ht="17.25" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="B3" s="275">
+    <row r="1" spans="1:42" s="245" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="248"/>
+      <c r="B1" s="248"/>
+      <c r="C1" s="248"/>
+      <c r="D1" s="248"/>
+      <c r="E1" s="249"/>
+      <c r="K1" s="250"/>
+      <c r="AB1" s="251"/>
+      <c r="AC1" s="251" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="2" spans="1:42" ht="15" x14ac:dyDescent="0.25">
+      <c r="B2" s="80"/>
+      <c r="C2" s="80"/>
+      <c r="D2" s="80"/>
+      <c r="E2" s="81"/>
+      <c r="K2" s="82"/>
+    </row>
+    <row r="3" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="118"/>
+      <c r="B3" s="277">
         <v>2015</v>
       </c>
-      <c r="C3" s="276"/>
-[...1 lines deleted...]
-      <c r="E3" s="275">
+      <c r="C3" s="278"/>
+      <c r="D3" s="279"/>
+      <c r="E3" s="277">
         <v>2016</v>
       </c>
-      <c r="F3" s="276"/>
-[...2 lines deleted...]
-      <c r="I3" s="278">
+      <c r="F3" s="278"/>
+      <c r="G3" s="278"/>
+      <c r="H3" s="279"/>
+      <c r="I3" s="280">
         <v>2017</v>
       </c>
-      <c r="J3" s="276"/>
-[...2 lines deleted...]
-      <c r="M3" s="275">
+      <c r="J3" s="278"/>
+      <c r="K3" s="278"/>
+      <c r="L3" s="278"/>
+      <c r="M3" s="277">
         <v>2018</v>
       </c>
-      <c r="N3" s="276"/>
-[...2 lines deleted...]
-      <c r="Q3" s="278">
+      <c r="N3" s="278"/>
+      <c r="O3" s="278"/>
+      <c r="P3" s="279"/>
+      <c r="Q3" s="280">
         <v>2019</v>
       </c>
-      <c r="R3" s="276"/>
-[...2 lines deleted...]
-      <c r="U3" s="278">
+      <c r="R3" s="278"/>
+      <c r="S3" s="278"/>
+      <c r="T3" s="279"/>
+      <c r="U3" s="280">
         <v>2020</v>
       </c>
-      <c r="V3" s="276"/>
-[...2 lines deleted...]
-      <c r="Y3" s="275">
+      <c r="V3" s="278"/>
+      <c r="W3" s="278"/>
+      <c r="X3" s="278"/>
+      <c r="Y3" s="277">
         <v>2021</v>
       </c>
-      <c r="Z3" s="276"/>
-[...2 lines deleted...]
-      <c r="AC3" s="278">
+      <c r="Z3" s="278"/>
+      <c r="AA3" s="278"/>
+      <c r="AB3" s="279"/>
+      <c r="AC3" s="280">
         <v>2022</v>
       </c>
-      <c r="AD3" s="276"/>
-[...2 lines deleted...]
-      <c r="AG3" s="279">
+      <c r="AD3" s="278"/>
+      <c r="AE3" s="278"/>
+      <c r="AF3" s="278"/>
+      <c r="AG3" s="281">
         <v>2023</v>
       </c>
-      <c r="AH3" s="276"/>
-[...2 lines deleted...]
-      <c r="AK3" s="280">
+      <c r="AH3" s="278"/>
+      <c r="AI3" s="278"/>
+      <c r="AJ3" s="279"/>
+      <c r="AK3" s="282">
         <v>2024</v>
       </c>
-      <c r="AL3" s="276"/>
-[...2 lines deleted...]
-      <c r="AO3" s="125">
+      <c r="AL3" s="278"/>
+      <c r="AM3" s="278"/>
+      <c r="AN3" s="278"/>
+      <c r="AO3" s="119">
         <v>2025</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="126" t="s">
+      <c r="AP3" s="119"/>
+    </row>
+    <row r="4" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="120" t="s">
+        <v>68</v>
+      </c>
+      <c r="B4" s="121" t="s">
+        <v>69</v>
+      </c>
+      <c r="C4" s="122" t="s">
         <v>70</v>
       </c>
-      <c r="B4" s="127" t="s">
+      <c r="D4" s="123" t="s">
         <v>71</v>
       </c>
-      <c r="C4" s="128" t="s">
+      <c r="E4" s="124" t="s">
         <v>72</v>
       </c>
-      <c r="D4" s="129" t="s">
+      <c r="F4" s="122" t="s">
+        <v>69</v>
+      </c>
+      <c r="G4" s="122" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4" s="123" t="s">
+        <v>71</v>
+      </c>
+      <c r="I4" s="126" t="s">
+        <v>72</v>
+      </c>
+      <c r="J4" s="122" t="s">
+        <v>69</v>
+      </c>
+      <c r="K4" s="122" t="s">
+        <v>70</v>
+      </c>
+      <c r="L4" s="126" t="s">
+        <v>71</v>
+      </c>
+      <c r="M4" s="124" t="s">
+        <v>72</v>
+      </c>
+      <c r="N4" s="125" t="s">
+        <v>69</v>
+      </c>
+      <c r="O4" s="122" t="s">
+        <v>70</v>
+      </c>
+      <c r="P4" s="127" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q4" s="125" t="s">
+        <v>72</v>
+      </c>
+      <c r="R4" s="122" t="s">
+        <v>69</v>
+      </c>
+      <c r="S4" s="125" t="s">
+        <v>70</v>
+      </c>
+      <c r="T4" s="122" t="s">
+        <v>71</v>
+      </c>
+      <c r="U4" s="127" t="s">
+        <v>72</v>
+      </c>
+      <c r="V4" s="125" t="s">
+        <v>69</v>
+      </c>
+      <c r="W4" s="122" t="s">
+        <v>70</v>
+      </c>
+      <c r="X4" s="125" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y4" s="121" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z4" s="122" t="s">
+        <v>69</v>
+      </c>
+      <c r="AA4" s="125" t="s">
+        <v>70</v>
+      </c>
+      <c r="AB4" s="122" t="s">
+        <v>71</v>
+      </c>
+      <c r="AC4" s="122" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD4" s="125" t="s">
+        <v>69</v>
+      </c>
+      <c r="AE4" s="122" t="s">
+        <v>70</v>
+      </c>
+      <c r="AF4" s="125" t="s">
+        <v>71</v>
+      </c>
+      <c r="AG4" s="124" t="s">
+        <v>72</v>
+      </c>
+      <c r="AH4" s="125" t="s">
+        <v>69</v>
+      </c>
+      <c r="AI4" s="122" t="s">
+        <v>70</v>
+      </c>
+      <c r="AJ4" s="127" t="s">
+        <v>71</v>
+      </c>
+      <c r="AK4" s="126" t="s">
+        <v>72</v>
+      </c>
+      <c r="AL4" s="122" t="s">
+        <v>69</v>
+      </c>
+      <c r="AM4" s="125" t="s">
+        <v>70</v>
+      </c>
+      <c r="AN4" s="122" t="s">
+        <v>71</v>
+      </c>
+      <c r="AO4" s="128" t="s">
+        <v>72</v>
+      </c>
+      <c r="AP4" s="122" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="5" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="84" t="s">
         <v>73</v>
       </c>
-      <c r="E4" s="130" t="s">
-[...115 lines deleted...]
-      <c r="B5" s="102">
+      <c r="B5" s="96">
         <v>92</v>
       </c>
-      <c r="C5" s="118">
+      <c r="C5" s="112">
         <v>115</v>
       </c>
-      <c r="D5" s="105">
+      <c r="D5" s="99">
         <v>98</v>
       </c>
-      <c r="E5" s="108">
+      <c r="E5" s="102">
         <v>77</v>
       </c>
-      <c r="F5" s="116">
+      <c r="F5" s="110">
         <v>99</v>
       </c>
-      <c r="G5" s="112">
+      <c r="G5" s="106">
         <v>106</v>
       </c>
-      <c r="H5" s="105">
+      <c r="H5" s="99">
         <v>91</v>
       </c>
       <c r="I5" s="49">
         <v>127</v>
       </c>
-      <c r="J5" s="112">
+      <c r="J5" s="106">
         <v>117</v>
       </c>
-      <c r="K5" s="112">
+      <c r="K5" s="106">
         <v>107</v>
       </c>
       <c r="L5" s="49">
         <v>167</v>
       </c>
-      <c r="M5" s="112">
+      <c r="M5" s="106">
         <v>144</v>
       </c>
       <c r="N5" s="49">
         <v>129</v>
       </c>
-      <c r="O5" s="112">
+      <c r="O5" s="106">
         <v>96</v>
       </c>
-      <c r="P5" s="105">
+      <c r="P5" s="99">
         <v>174</v>
       </c>
       <c r="Q5" s="49">
         <v>169</v>
       </c>
-      <c r="R5" s="112">
+      <c r="R5" s="106">
         <v>130</v>
       </c>
       <c r="S5" s="49">
         <v>145</v>
       </c>
-      <c r="T5" s="112">
+      <c r="T5" s="106">
         <v>161</v>
       </c>
-      <c r="U5" s="117">
+      <c r="U5" s="111">
         <v>98</v>
       </c>
       <c r="V5" s="49">
         <v>60</v>
       </c>
-      <c r="W5" s="112">
+      <c r="W5" s="106">
         <v>123</v>
       </c>
       <c r="X5" s="49">
         <v>150</v>
       </c>
-      <c r="Y5" s="108">
+      <c r="Y5" s="102">
         <v>136</v>
       </c>
-      <c r="Z5" s="112">
+      <c r="Z5" s="106">
         <v>155</v>
       </c>
       <c r="AA5" s="49">
         <v>152</v>
       </c>
-      <c r="AB5" s="112">
+      <c r="AB5" s="106">
         <v>170</v>
       </c>
-      <c r="AC5" s="112">
+      <c r="AC5" s="106">
         <v>171</v>
       </c>
       <c r="AD5" s="49">
         <v>179</v>
       </c>
-      <c r="AE5" s="112">
+      <c r="AE5" s="106">
         <v>174</v>
       </c>
       <c r="AF5" s="49">
         <v>202</v>
       </c>
-      <c r="AG5" s="112">
+      <c r="AG5" s="106">
         <v>155</v>
       </c>
       <c r="AH5" s="49">
         <v>166</v>
       </c>
-      <c r="AI5" s="116">
+      <c r="AI5" s="110">
         <v>127</v>
       </c>
-      <c r="AJ5" s="105">
+      <c r="AJ5" s="99">
         <v>139</v>
       </c>
       <c r="AK5" s="49">
         <v>122</v>
       </c>
-      <c r="AL5" s="112">
+      <c r="AL5" s="106">
         <v>158</v>
       </c>
       <c r="AM5" s="49">
         <v>133</v>
       </c>
-      <c r="AN5" s="112">
+      <c r="AN5" s="106">
         <v>120</v>
       </c>
-      <c r="AO5" s="108">
+      <c r="AO5" s="102">
         <v>113</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B6" s="103">
+      <c r="AP5" s="102">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="6" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="93" t="s">
+        <v>74</v>
+      </c>
+      <c r="B6" s="97">
         <v>87</v>
       </c>
-      <c r="C6" s="119">
+      <c r="C6" s="113">
         <v>112</v>
       </c>
-      <c r="D6" s="106">
+      <c r="D6" s="100">
         <v>110</v>
       </c>
-      <c r="E6" s="109">
+      <c r="E6" s="103">
         <v>131</v>
       </c>
-      <c r="F6" s="113">
+      <c r="F6" s="107">
         <v>143</v>
       </c>
-      <c r="G6" s="113">
+      <c r="G6" s="107">
         <v>106</v>
       </c>
-      <c r="H6" s="106">
+      <c r="H6" s="100">
         <v>135</v>
       </c>
-      <c r="I6" s="101">
+      <c r="I6" s="95">
         <v>100</v>
       </c>
-      <c r="J6" s="113">
+      <c r="J6" s="107">
         <v>139</v>
       </c>
-      <c r="K6" s="113">
+      <c r="K6" s="107">
         <v>128</v>
       </c>
-      <c r="L6" s="101">
+      <c r="L6" s="95">
         <v>101</v>
       </c>
-      <c r="M6" s="113">
+      <c r="M6" s="107">
         <v>178</v>
       </c>
-      <c r="N6" s="101">
+      <c r="N6" s="95">
         <v>201</v>
       </c>
-      <c r="O6" s="113">
+      <c r="O6" s="107">
         <v>126</v>
       </c>
-      <c r="P6" s="106">
+      <c r="P6" s="100">
         <v>144</v>
       </c>
-      <c r="Q6" s="101">
+      <c r="Q6" s="95">
         <v>134</v>
       </c>
-      <c r="R6" s="113">
+      <c r="R6" s="107">
         <v>136</v>
       </c>
-      <c r="S6" s="101">
+      <c r="S6" s="95">
         <v>162</v>
       </c>
-      <c r="T6" s="113">
+      <c r="T6" s="107">
         <v>177</v>
       </c>
-      <c r="U6" s="106">
+      <c r="U6" s="100">
         <v>192</v>
       </c>
-      <c r="V6" s="101">
+      <c r="V6" s="95">
         <v>80</v>
       </c>
-      <c r="W6" s="113">
+      <c r="W6" s="107">
         <v>146</v>
       </c>
-      <c r="X6" s="101">
+      <c r="X6" s="95">
         <v>230</v>
       </c>
-      <c r="Y6" s="109">
+      <c r="Y6" s="103">
         <v>158</v>
       </c>
-      <c r="Z6" s="113">
+      <c r="Z6" s="107">
         <v>164</v>
       </c>
-      <c r="AA6" s="101">
+      <c r="AA6" s="95">
         <v>114</v>
       </c>
-      <c r="AB6" s="113">
+      <c r="AB6" s="107">
         <v>118</v>
       </c>
-      <c r="AC6" s="113">
+      <c r="AC6" s="107">
         <v>143</v>
       </c>
-      <c r="AD6" s="101">
+      <c r="AD6" s="95">
         <v>132</v>
       </c>
-      <c r="AE6" s="113">
+      <c r="AE6" s="107">
         <v>128</v>
       </c>
-      <c r="AF6" s="101">
+      <c r="AF6" s="95">
         <v>133</v>
       </c>
-      <c r="AG6" s="113">
+      <c r="AG6" s="107">
         <v>84</v>
       </c>
-      <c r="AH6" s="101">
+      <c r="AH6" s="95">
         <v>122</v>
       </c>
-      <c r="AI6" s="113">
+      <c r="AI6" s="107">
         <v>140</v>
       </c>
-      <c r="AJ6" s="106">
+      <c r="AJ6" s="100">
         <v>109</v>
       </c>
-      <c r="AK6" s="101">
+      <c r="AK6" s="95">
         <v>94</v>
       </c>
-      <c r="AL6" s="113">
+      <c r="AL6" s="107">
         <v>91</v>
       </c>
-      <c r="AM6" s="101">
+      <c r="AM6" s="95">
         <v>96</v>
       </c>
-      <c r="AN6" s="113">
+      <c r="AN6" s="107">
         <v>126</v>
       </c>
-      <c r="AO6" s="109">
+      <c r="AO6" s="103">
         <v>97</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B7" s="102">
+      <c r="AP6" s="103">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="7" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="84" t="s">
+        <v>75</v>
+      </c>
+      <c r="B7" s="96">
         <v>172</v>
       </c>
-      <c r="C7" s="118">
+      <c r="C7" s="112">
         <v>206</v>
       </c>
-      <c r="D7" s="105">
+      <c r="D7" s="99">
         <v>207</v>
       </c>
-      <c r="E7" s="108">
+      <c r="E7" s="102">
         <v>205</v>
       </c>
-      <c r="F7" s="112">
+      <c r="F7" s="106">
         <v>207</v>
       </c>
-      <c r="G7" s="112">
+      <c r="G7" s="106">
         <v>178</v>
       </c>
-      <c r="H7" s="105">
+      <c r="H7" s="99">
         <v>248</v>
       </c>
       <c r="I7" s="49">
         <v>206</v>
       </c>
-      <c r="J7" s="112">
+      <c r="J7" s="106">
         <v>234</v>
       </c>
-      <c r="K7" s="112">
+      <c r="K7" s="106">
         <v>197</v>
       </c>
       <c r="L7" s="49">
         <v>252</v>
       </c>
-      <c r="M7" s="112">
+      <c r="M7" s="106">
         <v>204</v>
       </c>
       <c r="N7" s="49">
         <v>286</v>
       </c>
-      <c r="O7" s="112">
+      <c r="O7" s="106">
         <v>254</v>
       </c>
-      <c r="P7" s="105">
+      <c r="P7" s="99">
         <v>310</v>
       </c>
       <c r="Q7" s="49">
         <v>228</v>
       </c>
-      <c r="R7" s="112">
+      <c r="R7" s="106">
         <v>261</v>
       </c>
       <c r="S7" s="49">
         <v>262</v>
       </c>
-      <c r="T7" s="112">
+      <c r="T7" s="106">
         <v>289</v>
       </c>
-      <c r="U7" s="105">
+      <c r="U7" s="99">
         <v>255</v>
       </c>
       <c r="V7" s="49">
         <v>114</v>
       </c>
-      <c r="W7" s="112">
+      <c r="W7" s="106">
         <v>215</v>
       </c>
       <c r="X7" s="49">
         <v>223</v>
       </c>
-      <c r="Y7" s="108">
+      <c r="Y7" s="102">
         <v>243</v>
       </c>
-      <c r="Z7" s="112">
+      <c r="Z7" s="106">
         <v>274</v>
       </c>
       <c r="AA7" s="49">
         <v>286</v>
       </c>
-      <c r="AB7" s="112">
+      <c r="AB7" s="106">
         <v>273</v>
       </c>
-      <c r="AC7" s="112">
+      <c r="AC7" s="106">
         <v>202</v>
       </c>
       <c r="AD7" s="49">
         <v>269</v>
       </c>
-      <c r="AE7" s="112">
+      <c r="AE7" s="106">
         <v>239</v>
       </c>
       <c r="AF7" s="49">
         <v>226</v>
       </c>
-      <c r="AG7" s="112">
+      <c r="AG7" s="106">
         <v>160</v>
       </c>
       <c r="AH7" s="49">
         <v>202</v>
       </c>
-      <c r="AI7" s="112">
+      <c r="AI7" s="106">
         <v>163</v>
       </c>
-      <c r="AJ7" s="105">
+      <c r="AJ7" s="99">
         <v>220</v>
       </c>
       <c r="AK7" s="49">
         <v>231</v>
       </c>
-      <c r="AL7" s="112">
+      <c r="AL7" s="106">
         <v>215</v>
       </c>
       <c r="AM7" s="49">
         <v>197</v>
       </c>
-      <c r="AN7" s="112">
+      <c r="AN7" s="106">
         <v>239</v>
       </c>
-      <c r="AO7" s="108">
+      <c r="AO7" s="102">
         <v>182</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B8" s="103">
+      <c r="AP7" s="102">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="8" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="93" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="97">
         <v>90</v>
       </c>
-      <c r="C8" s="119">
+      <c r="C8" s="113">
         <v>67</v>
       </c>
-      <c r="D8" s="106">
+      <c r="D8" s="100">
         <v>89</v>
       </c>
-      <c r="E8" s="109">
+      <c r="E8" s="103">
         <v>75</v>
       </c>
-      <c r="F8" s="113">
+      <c r="F8" s="107">
         <v>65</v>
       </c>
-      <c r="G8" s="113">
+      <c r="G8" s="107">
         <v>83</v>
       </c>
-      <c r="H8" s="106">
+      <c r="H8" s="100">
         <v>109</v>
       </c>
-      <c r="I8" s="101">
+      <c r="I8" s="95">
         <v>62</v>
       </c>
-      <c r="J8" s="113">
+      <c r="J8" s="107">
         <v>72</v>
       </c>
-      <c r="K8" s="113">
+      <c r="K8" s="107">
         <v>83</v>
       </c>
-      <c r="L8" s="101">
+      <c r="L8" s="95">
         <v>98</v>
       </c>
-      <c r="M8" s="113">
+      <c r="M8" s="107">
         <v>87</v>
       </c>
-      <c r="N8" s="101">
+      <c r="N8" s="95">
         <v>98</v>
       </c>
-      <c r="O8" s="113">
+      <c r="O8" s="107">
         <v>65</v>
       </c>
-      <c r="P8" s="106">
+      <c r="P8" s="100">
         <v>138</v>
       </c>
-      <c r="Q8" s="101">
+      <c r="Q8" s="95">
         <v>253</v>
       </c>
-      <c r="R8" s="113">
+      <c r="R8" s="107">
         <v>136</v>
       </c>
-      <c r="S8" s="101">
+      <c r="S8" s="95">
         <v>73</v>
       </c>
-      <c r="T8" s="113">
+      <c r="T8" s="107">
         <v>107</v>
       </c>
-      <c r="U8" s="106">
+      <c r="U8" s="100">
         <v>153</v>
       </c>
-      <c r="V8" s="101">
+      <c r="V8" s="95">
         <v>64</v>
       </c>
-      <c r="W8" s="113">
+      <c r="W8" s="107">
         <v>154</v>
       </c>
-      <c r="X8" s="101">
+      <c r="X8" s="95">
         <v>153</v>
       </c>
-      <c r="Y8" s="109">
+      <c r="Y8" s="103">
         <v>201</v>
       </c>
-      <c r="Z8" s="113">
+      <c r="Z8" s="107">
         <v>181</v>
       </c>
-      <c r="AA8" s="101">
+      <c r="AA8" s="95">
         <v>115</v>
       </c>
-      <c r="AB8" s="113">
+      <c r="AB8" s="107">
         <v>107</v>
       </c>
-      <c r="AC8" s="113">
+      <c r="AC8" s="107">
         <v>108</v>
       </c>
-      <c r="AD8" s="101">
+      <c r="AD8" s="95">
         <v>126</v>
       </c>
-      <c r="AE8" s="113">
+      <c r="AE8" s="107">
         <v>125</v>
       </c>
-      <c r="AF8" s="101">
+      <c r="AF8" s="95">
         <v>124</v>
       </c>
-      <c r="AG8" s="113">
+      <c r="AG8" s="107">
         <v>54</v>
       </c>
-      <c r="AH8" s="101">
+      <c r="AH8" s="95">
         <v>70</v>
       </c>
-      <c r="AI8" s="113">
+      <c r="AI8" s="107">
         <v>60</v>
       </c>
-      <c r="AJ8" s="106">
+      <c r="AJ8" s="100">
         <v>179</v>
       </c>
-      <c r="AK8" s="101">
+      <c r="AK8" s="95">
         <v>35</v>
       </c>
-      <c r="AL8" s="113">
+      <c r="AL8" s="107">
         <v>154</v>
       </c>
-      <c r="AM8" s="101">
+      <c r="AM8" s="95">
         <v>56</v>
       </c>
-      <c r="AN8" s="113">
+      <c r="AN8" s="107">
         <v>41</v>
       </c>
-      <c r="AO8" s="109">
+      <c r="AO8" s="103">
         <v>39</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B9" s="102">
+      <c r="AP8" s="103">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="9" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="84" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" s="96">
         <v>109</v>
       </c>
-      <c r="C9" s="118">
+      <c r="C9" s="112">
         <v>117</v>
       </c>
-      <c r="D9" s="105">
+      <c r="D9" s="99">
         <v>145</v>
       </c>
-      <c r="E9" s="108">
+      <c r="E9" s="102">
         <v>138</v>
       </c>
-      <c r="F9" s="112">
+      <c r="F9" s="106">
         <v>127</v>
       </c>
-      <c r="G9" s="112">
+      <c r="G9" s="106">
         <v>116</v>
       </c>
-      <c r="H9" s="105">
+      <c r="H9" s="99">
         <v>137</v>
       </c>
       <c r="I9" s="49">
         <v>103</v>
       </c>
-      <c r="J9" s="112">
+      <c r="J9" s="106">
         <v>154</v>
       </c>
-      <c r="K9" s="112">
+      <c r="K9" s="106">
         <v>116</v>
       </c>
       <c r="L9" s="49">
         <v>169</v>
       </c>
-      <c r="M9" s="112">
+      <c r="M9" s="106">
         <v>109</v>
       </c>
       <c r="N9" s="49">
         <v>158</v>
       </c>
-      <c r="O9" s="112">
+      <c r="O9" s="106">
         <v>141</v>
       </c>
-      <c r="P9" s="105">
+      <c r="P9" s="99">
         <v>154</v>
       </c>
       <c r="Q9" s="49">
         <v>102</v>
       </c>
-      <c r="R9" s="112">
+      <c r="R9" s="106">
         <v>160</v>
       </c>
       <c r="S9" s="49">
         <v>154</v>
       </c>
-      <c r="T9" s="112">
+      <c r="T9" s="106">
         <v>193</v>
       </c>
-      <c r="U9" s="105">
+      <c r="U9" s="99">
         <v>109</v>
       </c>
       <c r="V9" s="49">
         <v>53</v>
       </c>
-      <c r="W9" s="112">
+      <c r="W9" s="106">
         <v>142</v>
       </c>
       <c r="X9" s="49">
         <v>198</v>
       </c>
-      <c r="Y9" s="108">
+      <c r="Y9" s="102">
         <v>112</v>
       </c>
-      <c r="Z9" s="112">
+      <c r="Z9" s="106">
         <v>130</v>
       </c>
       <c r="AA9" s="49">
         <v>113</v>
       </c>
-      <c r="AB9" s="112">
+      <c r="AB9" s="106">
         <v>139</v>
       </c>
-      <c r="AC9" s="112">
+      <c r="AC9" s="106">
         <v>89</v>
       </c>
       <c r="AD9" s="49">
         <v>126</v>
       </c>
-      <c r="AE9" s="112">
+      <c r="AE9" s="106">
         <v>121</v>
       </c>
       <c r="AF9" s="49">
         <v>116</v>
       </c>
-      <c r="AG9" s="112">
+      <c r="AG9" s="106">
         <v>51</v>
       </c>
       <c r="AH9" s="49">
         <v>108</v>
       </c>
-      <c r="AI9" s="112">
+      <c r="AI9" s="106">
         <v>75</v>
       </c>
-      <c r="AJ9" s="105">
+      <c r="AJ9" s="99">
         <v>69</v>
       </c>
       <c r="AK9" s="49">
         <v>81</v>
       </c>
-      <c r="AL9" s="112">
+      <c r="AL9" s="106">
         <v>84</v>
       </c>
       <c r="AM9" s="49">
         <v>84</v>
       </c>
-      <c r="AN9" s="112">
+      <c r="AN9" s="106">
         <v>123</v>
       </c>
-      <c r="AO9" s="108">
+      <c r="AO9" s="102">
         <v>145</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="99" t="s">
+      <c r="AP9" s="102">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="10" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="93" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" s="97">
+        <v>72</v>
+      </c>
+      <c r="C10" s="113">
+        <v>63</v>
+      </c>
+      <c r="D10" s="100">
+        <v>46</v>
+      </c>
+      <c r="E10" s="103">
+        <v>81</v>
+      </c>
+      <c r="F10" s="107">
+        <v>82</v>
+      </c>
+      <c r="G10" s="107">
+        <v>44</v>
+      </c>
+      <c r="H10" s="100">
+        <v>70</v>
+      </c>
+      <c r="I10" s="95">
+        <v>75</v>
+      </c>
+      <c r="J10" s="107">
+        <v>65</v>
+      </c>
+      <c r="K10" s="107">
+        <v>94</v>
+      </c>
+      <c r="L10" s="95">
+        <v>118</v>
+      </c>
+      <c r="M10" s="107">
+        <v>89</v>
+      </c>
+      <c r="N10" s="95">
+        <v>89</v>
+      </c>
+      <c r="O10" s="107">
+        <v>95</v>
+      </c>
+      <c r="P10" s="100">
+        <v>100</v>
+      </c>
+      <c r="Q10" s="95">
+        <v>138</v>
+      </c>
+      <c r="R10" s="107">
+        <v>66</v>
+      </c>
+      <c r="S10" s="95">
+        <v>97</v>
+      </c>
+      <c r="T10" s="107">
+        <v>106</v>
+      </c>
+      <c r="U10" s="100">
+        <v>90</v>
+      </c>
+      <c r="V10" s="95">
+        <v>43</v>
+      </c>
+      <c r="W10" s="107">
+        <v>66</v>
+      </c>
+      <c r="X10" s="95">
+        <v>130</v>
+      </c>
+      <c r="Y10" s="103">
+        <v>83</v>
+      </c>
+      <c r="Z10" s="107">
+        <v>93</v>
+      </c>
+      <c r="AA10" s="95">
+        <v>117</v>
+      </c>
+      <c r="AB10" s="107">
+        <v>88</v>
+      </c>
+      <c r="AC10" s="107">
+        <v>61</v>
+      </c>
+      <c r="AD10" s="95">
+        <v>83</v>
+      </c>
+      <c r="AE10" s="107">
+        <v>92</v>
+      </c>
+      <c r="AF10" s="95">
+        <v>100</v>
+      </c>
+      <c r="AG10" s="107">
+        <v>69</v>
+      </c>
+      <c r="AH10" s="95">
+        <v>67</v>
+      </c>
+      <c r="AI10" s="107">
+        <v>61</v>
+      </c>
+      <c r="AJ10" s="100">
+        <v>91</v>
+      </c>
+      <c r="AK10" s="95">
+        <v>60</v>
+      </c>
+      <c r="AL10" s="107">
+        <v>85</v>
+      </c>
+      <c r="AM10" s="95">
+        <v>73</v>
+      </c>
+      <c r="AN10" s="107">
+        <v>96</v>
+      </c>
+      <c r="AO10" s="103">
+        <v>103</v>
+      </c>
+      <c r="AP10" s="103">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="84" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" s="96">
+        <v>78</v>
+      </c>
+      <c r="C11" s="112">
+        <v>68</v>
+      </c>
+      <c r="D11" s="99">
         <v>79</v>
       </c>
-      <c r="B10" s="103">
-[...17 lines deleted...]
-      <c r="H10" s="106">
+      <c r="E11" s="102">
         <v>70</v>
       </c>
-      <c r="I10" s="101">
-[...71 lines deleted...]
-      <c r="AG10" s="113">
+      <c r="F11" s="106">
+        <v>57</v>
+      </c>
+      <c r="G11" s="106">
         <v>69</v>
       </c>
-      <c r="AH10" s="101">
-[...46 lines deleted...]
-      <c r="H11" s="105">
+      <c r="H11" s="99">
         <v>77</v>
       </c>
       <c r="I11" s="49">
         <v>64</v>
       </c>
-      <c r="J11" s="112">
+      <c r="J11" s="106">
         <v>73</v>
       </c>
-      <c r="K11" s="112">
+      <c r="K11" s="106">
         <v>93</v>
       </c>
       <c r="L11" s="49">
         <v>106</v>
       </c>
-      <c r="M11" s="112">
+      <c r="M11" s="106">
         <v>84</v>
       </c>
       <c r="N11" s="49">
         <v>93</v>
       </c>
-      <c r="O11" s="112">
+      <c r="O11" s="106">
         <v>110</v>
       </c>
-      <c r="P11" s="105">
+      <c r="P11" s="99">
         <v>90</v>
       </c>
       <c r="Q11" s="49">
         <v>100</v>
       </c>
-      <c r="R11" s="112">
+      <c r="R11" s="106">
         <v>118</v>
       </c>
       <c r="S11" s="49">
         <v>88</v>
       </c>
-      <c r="T11" s="112">
+      <c r="T11" s="106">
         <v>123</v>
       </c>
-      <c r="U11" s="105">
+      <c r="U11" s="99">
         <v>61</v>
       </c>
       <c r="V11" s="49">
         <v>64</v>
       </c>
-      <c r="W11" s="112">
+      <c r="W11" s="106">
         <v>98</v>
       </c>
       <c r="X11" s="49">
         <v>65</v>
       </c>
-      <c r="Y11" s="108">
+      <c r="Y11" s="102">
         <v>62</v>
       </c>
-      <c r="Z11" s="112">
+      <c r="Z11" s="106">
         <v>74</v>
       </c>
       <c r="AA11" s="49">
         <v>119</v>
       </c>
-      <c r="AB11" s="112">
+      <c r="AB11" s="106">
         <v>98</v>
       </c>
-      <c r="AC11" s="112">
+      <c r="AC11" s="106">
         <v>39</v>
       </c>
       <c r="AD11" s="49">
         <v>91</v>
       </c>
-      <c r="AE11" s="112">
+      <c r="AE11" s="106">
         <v>100</v>
       </c>
       <c r="AF11" s="49">
         <v>112</v>
       </c>
-      <c r="AG11" s="112">
+      <c r="AG11" s="106">
         <v>67</v>
       </c>
       <c r="AH11" s="49">
         <v>76</v>
       </c>
-      <c r="AI11" s="112">
+      <c r="AI11" s="106">
         <v>76</v>
       </c>
-      <c r="AJ11" s="105">
+      <c r="AJ11" s="99">
         <v>76</v>
       </c>
       <c r="AK11" s="49">
         <v>72</v>
       </c>
-      <c r="AL11" s="112">
+      <c r="AL11" s="106">
         <v>92</v>
       </c>
       <c r="AM11" s="49">
         <v>83</v>
       </c>
-      <c r="AN11" s="112">
+      <c r="AN11" s="106">
         <v>122</v>
       </c>
-      <c r="AO11" s="108">
+      <c r="AO11" s="102">
         <v>98</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B12" s="103">
+      <c r="AP11" s="102">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="12" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="93" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" s="97">
         <v>184</v>
       </c>
-      <c r="C12" s="119">
+      <c r="C12" s="113">
         <v>150</v>
       </c>
-      <c r="D12" s="106">
+      <c r="D12" s="100">
         <v>159</v>
       </c>
-      <c r="E12" s="109">
+      <c r="E12" s="103">
         <v>190</v>
       </c>
-      <c r="F12" s="113">
+      <c r="F12" s="107">
         <v>164</v>
       </c>
-      <c r="G12" s="113">
+      <c r="G12" s="107">
         <v>148</v>
       </c>
-      <c r="H12" s="106">
+      <c r="H12" s="100">
         <v>220</v>
       </c>
-      <c r="I12" s="101">
+      <c r="I12" s="95">
         <v>147</v>
       </c>
-      <c r="J12" s="113">
+      <c r="J12" s="107">
         <v>171</v>
       </c>
-      <c r="K12" s="113">
+      <c r="K12" s="107">
         <v>165</v>
       </c>
-      <c r="L12" s="101">
+      <c r="L12" s="95">
         <v>209</v>
       </c>
-      <c r="M12" s="113">
+      <c r="M12" s="107">
         <v>140</v>
       </c>
-      <c r="N12" s="101">
+      <c r="N12" s="95">
         <v>204</v>
       </c>
-      <c r="O12" s="113">
+      <c r="O12" s="107">
         <v>189</v>
       </c>
-      <c r="P12" s="106">
+      <c r="P12" s="100">
         <v>178</v>
       </c>
-      <c r="Q12" s="101">
+      <c r="Q12" s="95">
         <v>175</v>
       </c>
-      <c r="R12" s="113">
+      <c r="R12" s="107">
         <v>223</v>
       </c>
-      <c r="S12" s="101">
+      <c r="S12" s="95">
         <v>190</v>
       </c>
-      <c r="T12" s="113">
+      <c r="T12" s="107">
         <v>189</v>
       </c>
-      <c r="U12" s="106">
+      <c r="U12" s="100">
         <v>164</v>
       </c>
-      <c r="V12" s="101">
+      <c r="V12" s="95">
         <v>46</v>
       </c>
-      <c r="W12" s="113">
+      <c r="W12" s="107">
         <v>167</v>
       </c>
-      <c r="X12" s="101">
+      <c r="X12" s="95">
         <v>223</v>
       </c>
-      <c r="Y12" s="109">
+      <c r="Y12" s="103">
         <v>208</v>
       </c>
-      <c r="Z12" s="113">
+      <c r="Z12" s="107">
         <v>218</v>
       </c>
-      <c r="AA12" s="101">
+      <c r="AA12" s="95">
         <v>171</v>
       </c>
-      <c r="AB12" s="113">
+      <c r="AB12" s="107">
         <v>178</v>
       </c>
-      <c r="AC12" s="113">
+      <c r="AC12" s="107">
         <v>155</v>
       </c>
-      <c r="AD12" s="101">
+      <c r="AD12" s="95">
         <v>169</v>
       </c>
-      <c r="AE12" s="113">
+      <c r="AE12" s="107">
         <v>152</v>
       </c>
-      <c r="AF12" s="101">
+      <c r="AF12" s="95">
         <v>203</v>
       </c>
-      <c r="AG12" s="113">
+      <c r="AG12" s="107">
         <v>78</v>
       </c>
-      <c r="AH12" s="101">
+      <c r="AH12" s="95">
         <v>110</v>
       </c>
-      <c r="AI12" s="113">
+      <c r="AI12" s="107">
         <v>140</v>
       </c>
-      <c r="AJ12" s="106">
+      <c r="AJ12" s="100">
         <v>94</v>
       </c>
-      <c r="AK12" s="101">
+      <c r="AK12" s="95">
         <v>100</v>
       </c>
-      <c r="AL12" s="113">
+      <c r="AL12" s="107">
         <v>146</v>
       </c>
-      <c r="AM12" s="101">
+      <c r="AM12" s="95">
         <v>98</v>
       </c>
-      <c r="AN12" s="113">
+      <c r="AN12" s="107">
         <v>193</v>
       </c>
-      <c r="AO12" s="109">
+      <c r="AO12" s="103">
         <v>159</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B13" s="102">
+      <c r="AP12" s="103">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="13" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="84" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" s="96">
         <v>98</v>
       </c>
-      <c r="C13" s="118">
+      <c r="C13" s="112">
         <v>91</v>
       </c>
-      <c r="D13" s="105">
+      <c r="D13" s="99">
         <v>71</v>
       </c>
-      <c r="E13" s="108">
+      <c r="E13" s="102">
         <v>77</v>
       </c>
-      <c r="F13" s="112">
+      <c r="F13" s="106">
         <v>62</v>
       </c>
-      <c r="G13" s="112">
+      <c r="G13" s="106">
         <v>106</v>
       </c>
-      <c r="H13" s="105">
+      <c r="H13" s="99">
         <v>87</v>
       </c>
       <c r="I13" s="49">
         <v>85</v>
       </c>
-      <c r="J13" s="112">
+      <c r="J13" s="106">
         <v>69</v>
       </c>
-      <c r="K13" s="112">
+      <c r="K13" s="106">
         <v>69</v>
       </c>
       <c r="L13" s="49">
         <v>94</v>
       </c>
-      <c r="M13" s="112">
+      <c r="M13" s="106">
         <v>108</v>
       </c>
       <c r="N13" s="49">
         <v>68</v>
       </c>
-      <c r="O13" s="112">
+      <c r="O13" s="106">
         <v>123</v>
       </c>
-      <c r="P13" s="105">
+      <c r="P13" s="99">
         <v>179</v>
       </c>
       <c r="Q13" s="49">
         <v>119</v>
       </c>
-      <c r="R13" s="112">
+      <c r="R13" s="106">
         <v>57</v>
       </c>
       <c r="S13" s="49">
         <v>97</v>
       </c>
-      <c r="T13" s="112">
+      <c r="T13" s="106">
         <v>133</v>
       </c>
-      <c r="U13" s="105">
+      <c r="U13" s="99">
         <v>86</v>
       </c>
       <c r="V13" s="49">
         <v>51</v>
       </c>
-      <c r="W13" s="112">
+      <c r="W13" s="106">
         <v>119</v>
       </c>
       <c r="X13" s="49">
         <v>182</v>
       </c>
-      <c r="Y13" s="108">
+      <c r="Y13" s="102">
         <v>99</v>
       </c>
-      <c r="Z13" s="112">
+      <c r="Z13" s="106">
         <v>121</v>
       </c>
       <c r="AA13" s="49">
         <v>122</v>
       </c>
-      <c r="AB13" s="112">
+      <c r="AB13" s="106">
         <v>101</v>
       </c>
-      <c r="AC13" s="112">
+      <c r="AC13" s="106">
         <v>120</v>
       </c>
       <c r="AD13" s="49">
         <v>107</v>
       </c>
-      <c r="AE13" s="112">
+      <c r="AE13" s="106">
         <v>70</v>
       </c>
       <c r="AF13" s="49">
         <v>115</v>
       </c>
-      <c r="AG13" s="112">
+      <c r="AG13" s="106">
         <v>102</v>
       </c>
       <c r="AH13" s="49">
         <v>121</v>
       </c>
-      <c r="AI13" s="112">
+      <c r="AI13" s="106">
         <v>68</v>
       </c>
-      <c r="AJ13" s="105">
+      <c r="AJ13" s="99">
         <v>90</v>
       </c>
       <c r="AK13" s="49">
         <v>68</v>
       </c>
-      <c r="AL13" s="112">
+      <c r="AL13" s="106">
         <v>116</v>
       </c>
       <c r="AM13" s="49">
         <v>100</v>
       </c>
-      <c r="AN13" s="112">
+      <c r="AN13" s="106">
         <v>128</v>
       </c>
-      <c r="AO13" s="108">
+      <c r="AO13" s="102">
         <v>86</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B14" s="103">
+      <c r="AP13" s="102">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="93" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" s="97">
         <v>136</v>
       </c>
-      <c r="C14" s="119">
+      <c r="C14" s="113">
         <v>129</v>
       </c>
-      <c r="D14" s="106">
+      <c r="D14" s="100">
         <v>176</v>
       </c>
-      <c r="E14" s="109">
+      <c r="E14" s="103">
         <v>142</v>
       </c>
-      <c r="F14" s="113">
+      <c r="F14" s="107">
         <v>163</v>
       </c>
-      <c r="G14" s="113">
+      <c r="G14" s="107">
         <v>169</v>
       </c>
-      <c r="H14" s="106">
+      <c r="H14" s="100">
         <v>181</v>
       </c>
-      <c r="I14" s="101">
+      <c r="I14" s="95">
         <v>151</v>
       </c>
-      <c r="J14" s="113">
+      <c r="J14" s="107">
         <v>154</v>
       </c>
-      <c r="K14" s="113">
+      <c r="K14" s="107">
         <v>140</v>
       </c>
-      <c r="L14" s="101">
+      <c r="L14" s="95">
         <v>183</v>
       </c>
-      <c r="M14" s="113">
+      <c r="M14" s="107">
         <v>174</v>
       </c>
-      <c r="N14" s="101">
+      <c r="N14" s="95">
         <v>183</v>
       </c>
-      <c r="O14" s="113">
+      <c r="O14" s="107">
         <v>164</v>
       </c>
-      <c r="P14" s="106">
+      <c r="P14" s="100">
         <v>229</v>
       </c>
-      <c r="Q14" s="101">
+      <c r="Q14" s="95">
         <v>179</v>
       </c>
-      <c r="R14" s="113">
+      <c r="R14" s="107">
         <v>197</v>
       </c>
-      <c r="S14" s="101">
+      <c r="S14" s="95">
         <v>193</v>
       </c>
-      <c r="T14" s="113">
+      <c r="T14" s="107">
         <v>180</v>
       </c>
-      <c r="U14" s="106">
+      <c r="U14" s="100">
         <v>227</v>
       </c>
-      <c r="V14" s="101">
+      <c r="V14" s="95">
         <v>50</v>
       </c>
-      <c r="W14" s="113">
+      <c r="W14" s="107">
         <v>161</v>
       </c>
-      <c r="X14" s="101">
+      <c r="X14" s="95">
         <v>174</v>
       </c>
-      <c r="Y14" s="109">
+      <c r="Y14" s="103">
         <v>166</v>
       </c>
-      <c r="Z14" s="113">
+      <c r="Z14" s="107">
         <v>140</v>
       </c>
-      <c r="AA14" s="101">
+      <c r="AA14" s="95">
         <v>152</v>
       </c>
-      <c r="AB14" s="113">
+      <c r="AB14" s="107">
         <v>138</v>
       </c>
-      <c r="AC14" s="113">
+      <c r="AC14" s="107">
         <v>124</v>
       </c>
-      <c r="AD14" s="101">
+      <c r="AD14" s="95">
         <v>118</v>
       </c>
-      <c r="AE14" s="113">
+      <c r="AE14" s="107">
         <v>115</v>
       </c>
-      <c r="AF14" s="101">
+      <c r="AF14" s="95">
         <v>155</v>
       </c>
-      <c r="AG14" s="113">
+      <c r="AG14" s="107">
         <v>127</v>
       </c>
-      <c r="AH14" s="101">
+      <c r="AH14" s="95">
         <v>112</v>
       </c>
-      <c r="AI14" s="113">
+      <c r="AI14" s="107">
         <v>125</v>
       </c>
-      <c r="AJ14" s="106">
+      <c r="AJ14" s="100">
         <v>106</v>
       </c>
-      <c r="AK14" s="101">
+      <c r="AK14" s="95">
         <v>103</v>
       </c>
-      <c r="AL14" s="113">
+      <c r="AL14" s="107">
         <v>71</v>
       </c>
-      <c r="AM14" s="101">
+      <c r="AM14" s="95">
         <v>139</v>
       </c>
-      <c r="AN14" s="113">
+      <c r="AN14" s="107">
         <v>101</v>
       </c>
-      <c r="AO14" s="109">
+      <c r="AO14" s="103">
         <v>121</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B15" s="102">
+      <c r="AP14" s="103">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="84" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" s="96">
         <v>109</v>
       </c>
-      <c r="C15" s="118">
+      <c r="C15" s="112">
         <v>105</v>
       </c>
-      <c r="D15" s="105">
+      <c r="D15" s="99">
         <v>121</v>
       </c>
-      <c r="E15" s="108">
+      <c r="E15" s="102">
         <v>115</v>
       </c>
-      <c r="F15" s="112">
+      <c r="F15" s="106">
         <v>184</v>
       </c>
-      <c r="G15" s="112">
+      <c r="G15" s="106">
         <v>158</v>
       </c>
-      <c r="H15" s="105">
+      <c r="H15" s="99">
         <v>124</v>
       </c>
       <c r="I15" s="49">
         <v>125</v>
       </c>
-      <c r="J15" s="112">
+      <c r="J15" s="106">
         <v>150</v>
       </c>
-      <c r="K15" s="112">
+      <c r="K15" s="106">
         <v>151</v>
       </c>
       <c r="L15" s="49">
         <v>184</v>
       </c>
-      <c r="M15" s="112">
+      <c r="M15" s="106">
         <v>145</v>
       </c>
       <c r="N15" s="49">
         <v>180</v>
       </c>
-      <c r="O15" s="112">
+      <c r="O15" s="106">
         <v>163</v>
       </c>
-      <c r="P15" s="105">
+      <c r="P15" s="99">
         <v>210</v>
       </c>
       <c r="Q15" s="49">
         <v>151</v>
       </c>
-      <c r="R15" s="112">
+      <c r="R15" s="106">
         <v>147</v>
       </c>
       <c r="S15" s="49">
         <v>138</v>
       </c>
-      <c r="T15" s="112">
+      <c r="T15" s="106">
         <v>142</v>
       </c>
-      <c r="U15" s="105">
+      <c r="U15" s="99">
         <v>136</v>
       </c>
       <c r="V15" s="49">
         <v>50</v>
       </c>
-      <c r="W15" s="112">
+      <c r="W15" s="106">
         <v>177</v>
       </c>
       <c r="X15" s="49">
         <v>191</v>
       </c>
-      <c r="Y15" s="108">
+      <c r="Y15" s="102">
         <v>158</v>
       </c>
-      <c r="Z15" s="112">
+      <c r="Z15" s="106">
         <v>180</v>
       </c>
       <c r="AA15" s="49">
         <v>171</v>
       </c>
-      <c r="AB15" s="112">
+      <c r="AB15" s="106">
         <v>211</v>
       </c>
-      <c r="AC15" s="112">
+      <c r="AC15" s="106">
         <v>165</v>
       </c>
       <c r="AD15" s="49">
         <v>149</v>
       </c>
-      <c r="AE15" s="112">
+      <c r="AE15" s="106">
         <v>151</v>
       </c>
       <c r="AF15" s="49">
         <v>181</v>
       </c>
-      <c r="AG15" s="112">
+      <c r="AG15" s="106">
         <v>129</v>
       </c>
       <c r="AH15" s="49">
         <v>117</v>
       </c>
-      <c r="AI15" s="112">
+      <c r="AI15" s="106">
         <v>111</v>
       </c>
-      <c r="AJ15" s="105">
+      <c r="AJ15" s="99">
         <v>135</v>
       </c>
       <c r="AK15" s="49">
         <v>120</v>
       </c>
-      <c r="AL15" s="112">
+      <c r="AL15" s="106">
         <v>130</v>
       </c>
       <c r="AM15" s="49">
         <v>134</v>
       </c>
-      <c r="AN15" s="112">
+      <c r="AN15" s="106">
         <v>141</v>
       </c>
-      <c r="AO15" s="108">
+      <c r="AO15" s="102">
         <v>105</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B16" s="104">
+      <c r="AP15" s="102">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="16" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="129" t="s">
+        <v>82</v>
+      </c>
+      <c r="B16" s="98">
         <v>1227</v>
       </c>
-      <c r="C16" s="114">
+      <c r="C16" s="108">
         <v>1223</v>
       </c>
-      <c r="D16" s="107">
+      <c r="D16" s="101">
         <v>1301</v>
       </c>
-      <c r="E16" s="104">
+      <c r="E16" s="98">
         <v>1301</v>
       </c>
-      <c r="F16" s="114">
+      <c r="F16" s="108">
         <v>1353</v>
       </c>
-      <c r="G16" s="114">
+      <c r="G16" s="108">
         <v>1283</v>
       </c>
-      <c r="H16" s="107">
+      <c r="H16" s="101">
         <v>1479</v>
       </c>
-      <c r="I16" s="97">
+      <c r="I16" s="91">
         <v>1245</v>
       </c>
-      <c r="J16" s="114">
+      <c r="J16" s="108">
         <v>1398</v>
       </c>
-      <c r="K16" s="114">
+      <c r="K16" s="108">
         <v>1343</v>
       </c>
-      <c r="L16" s="97">
+      <c r="L16" s="91">
         <v>1681</v>
       </c>
-      <c r="M16" s="114">
+      <c r="M16" s="108">
         <v>1462</v>
       </c>
-      <c r="N16" s="97">
+      <c r="N16" s="91">
         <v>1689</v>
       </c>
-      <c r="O16" s="114">
+      <c r="O16" s="108">
         <v>1526</v>
       </c>
-      <c r="P16" s="107">
+      <c r="P16" s="101">
         <v>1906</v>
       </c>
-      <c r="Q16" s="97">
+      <c r="Q16" s="91">
         <v>1748</v>
       </c>
-      <c r="R16" s="114">
+      <c r="R16" s="108">
         <v>1631</v>
       </c>
-      <c r="S16" s="97">
+      <c r="S16" s="91">
         <v>1599</v>
       </c>
-      <c r="T16" s="114">
+      <c r="T16" s="108">
         <v>1800</v>
       </c>
-      <c r="U16" s="107">
+      <c r="U16" s="101">
         <v>1571</v>
       </c>
-      <c r="V16" s="97">
+      <c r="V16" s="91">
         <v>675</v>
       </c>
-      <c r="W16" s="114">
+      <c r="W16" s="108">
         <v>1568</v>
       </c>
-      <c r="X16" s="97">
+      <c r="X16" s="91">
         <v>1919</v>
       </c>
-      <c r="Y16" s="104">
+      <c r="Y16" s="98">
         <v>1626</v>
       </c>
-      <c r="Z16" s="114">
+      <c r="Z16" s="108">
         <v>1730</v>
       </c>
-      <c r="AA16" s="97">
+      <c r="AA16" s="91">
         <v>1632</v>
       </c>
-      <c r="AB16" s="114">
+      <c r="AB16" s="108">
         <v>1621</v>
       </c>
-      <c r="AC16" s="114">
+      <c r="AC16" s="108">
         <v>1377</v>
       </c>
-      <c r="AD16" s="97">
+      <c r="AD16" s="91">
         <v>1549</v>
       </c>
-      <c r="AE16" s="114">
+      <c r="AE16" s="108">
         <v>1467</v>
       </c>
-      <c r="AF16" s="98">
+      <c r="AF16" s="92">
         <v>1667</v>
       </c>
-      <c r="AG16" s="115">
+      <c r="AG16" s="109">
         <v>1076</v>
       </c>
-      <c r="AH16" s="97">
+      <c r="AH16" s="91">
         <v>1271</v>
       </c>
-      <c r="AI16" s="114">
+      <c r="AI16" s="108">
         <v>1146</v>
       </c>
-      <c r="AJ16" s="111">
+      <c r="AJ16" s="105">
         <v>1308</v>
       </c>
-      <c r="AK16" s="98">
+      <c r="AK16" s="92">
         <v>1086</v>
       </c>
-      <c r="AL16" s="114">
+      <c r="AL16" s="108">
         <v>1342</v>
       </c>
-      <c r="AM16" s="97">
+      <c r="AM16" s="91">
         <v>1193</v>
       </c>
-      <c r="AN16" s="115">
+      <c r="AN16" s="109">
         <v>1430</v>
       </c>
-      <c r="AO16" s="110">
+      <c r="AO16" s="104">
         <v>1248</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="89" t="s">
+      <c r="AP16" s="104">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="17" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A17" s="83" t="s">
+        <v>63</v>
+      </c>
+      <c r="B17" s="83"/>
+      <c r="C17" s="83"/>
+      <c r="L17" s="116"/>
+      <c r="N17" s="117"/>
+    </row>
+    <row r="18" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A18" s="36" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="19" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A19" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="AC19" s="1" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="20" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A20" s="1" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="21" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A21" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="B17" s="89"/>
-[...15 lines deleted...]
-      <c r="A20" s="1" t="s">
+    </row>
+    <row r="22" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A22" s="1" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="21" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A21" s="1" t="s">
+    <row r="23" spans="1:29" x14ac:dyDescent="0.2">
+      <c r="A23" s="1" t="s">
         <v>67</v>
-      </c>
-[...8 lines deleted...]
-        <v>69</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="Y3:AB3"/>
     <mergeCell ref="AC3:AF3"/>
     <mergeCell ref="AG3:AJ3"/>
     <mergeCell ref="AK3:AN3"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:H3"/>
     <mergeCell ref="I3:L3"/>
     <mergeCell ref="M3:P3"/>
     <mergeCell ref="Q3:T3"/>
     <mergeCell ref="U3:X3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A18" r:id="rId1" xr:uid="{52E7705A-5D7C-4879-9717-9F846E9C28E5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{663C8862-A3ED-4FD9-B65D-BDC9A17EBEF0}">
-  <dimension ref="A1:AP53"/>
+  <dimension ref="A1:AP58"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="E11" sqref="E11"/>
+    <sheetView topLeftCell="A26" workbookViewId="0">
+      <pane ySplit="1245" activePane="bottomLeft"/>
+      <selection activeCell="D2" sqref="D2"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.7109375" style="1"/>
-    <col min="2" max="2" width="23.85546875" style="1" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="29.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="37" style="1" customWidth="1"/>
+    <col min="3" max="3" width="43.28515625" style="1" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
     </row>
     <row r="3" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="143"/>
-[...4 lines deleted...]
-        <v>126</v>
+      <c r="A3" s="137"/>
+      <c r="B3" s="141" t="s">
+        <v>123</v>
+      </c>
+      <c r="C3" s="142" t="s">
+        <v>124</v>
       </c>
       <c r="D3" s="49"/>
       <c r="E3" s="49"/>
       <c r="F3" s="49"/>
       <c r="G3" s="49"/>
       <c r="H3" s="49"/>
       <c r="I3" s="49"/>
       <c r="J3" s="49"/>
       <c r="K3" s="49"/>
       <c r="L3" s="49"/>
       <c r="M3" s="49"/>
       <c r="N3" s="49"/>
       <c r="O3" s="49"/>
       <c r="P3" s="49"/>
       <c r="Q3" s="49"/>
       <c r="R3" s="49"/>
       <c r="S3" s="49"/>
       <c r="T3" s="49"/>
       <c r="U3" s="49"/>
       <c r="V3" s="49"/>
       <c r="W3" s="49"/>
       <c r="X3" s="49"/>
       <c r="Y3" s="49"/>
       <c r="Z3" s="49"/>
       <c r="AA3" s="49"/>
       <c r="AB3" s="49"/>
       <c r="AC3" s="49"/>
       <c r="AD3" s="49"/>
       <c r="AE3" s="49"/>
       <c r="AF3" s="49"/>
       <c r="AG3" s="49"/>
       <c r="AH3" s="49"/>
       <c r="AI3" s="49"/>
       <c r="AJ3" s="49"/>
       <c r="AK3" s="49"/>
       <c r="AL3" s="49"/>
       <c r="AM3" s="49"/>
       <c r="AN3" s="49"/>
       <c r="AO3" s="49"/>
       <c r="AP3" s="49"/>
     </row>
     <row r="4" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="91" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="92">
+      <c r="A4" s="85" t="s">
+        <v>84</v>
+      </c>
+      <c r="B4" s="86">
         <v>1426</v>
       </c>
-      <c r="C4" s="92">
+      <c r="C4" s="86">
         <v>1227</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="49"/>
       <c r="F4" s="49"/>
       <c r="G4" s="49"/>
       <c r="H4" s="49"/>
       <c r="I4" s="49"/>
       <c r="J4" s="49"/>
       <c r="K4" s="49"/>
       <c r="L4" s="49"/>
       <c r="M4" s="49"/>
       <c r="N4" s="49"/>
       <c r="O4" s="49"/>
       <c r="P4" s="49"/>
       <c r="Q4" s="49"/>
       <c r="R4" s="49"/>
       <c r="S4" s="49"/>
       <c r="T4" s="49"/>
       <c r="U4" s="49"/>
       <c r="V4" s="49"/>
       <c r="W4" s="49"/>
       <c r="X4" s="49"/>
       <c r="Y4" s="49"/>
       <c r="Z4" s="49"/>
       <c r="AA4" s="49"/>
       <c r="AB4" s="49"/>
       <c r="AC4" s="49"/>
       <c r="AD4" s="49"/>
       <c r="AE4" s="49"/>
       <c r="AF4" s="49"/>
       <c r="AG4" s="49"/>
       <c r="AH4" s="49"/>
       <c r="AI4" s="49"/>
       <c r="AJ4" s="49"/>
       <c r="AK4" s="49"/>
       <c r="AL4" s="49"/>
       <c r="AM4" s="49"/>
       <c r="AN4" s="49"/>
       <c r="AO4" s="49"/>
       <c r="AP4" s="49"/>
     </row>
     <row r="5" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="138" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="100">
+      <c r="A5" s="132" t="s">
+        <v>85</v>
+      </c>
+      <c r="B5" s="94">
         <v>1605</v>
       </c>
-      <c r="C5" s="100">
+      <c r="C5" s="94">
         <v>1223</v>
       </c>
     </row>
     <row r="6" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="49" t="s">
+        <v>86</v>
+      </c>
+      <c r="B6" s="86">
+        <v>1280</v>
+      </c>
+      <c r="C6" s="86">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="7" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="95" t="s">
+        <v>87</v>
+      </c>
+      <c r="B7" s="94">
+        <v>1407</v>
+      </c>
+      <c r="C7" s="94">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="8" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="135" t="s">
+        <v>125</v>
+      </c>
+      <c r="B8" s="136">
+        <v>5718</v>
+      </c>
+      <c r="C8" s="136">
+        <v>5052</v>
+      </c>
+      <c r="D8" s="86"/>
+      <c r="E8" s="86"/>
+      <c r="F8" s="86"/>
+      <c r="G8" s="86"/>
+      <c r="H8" s="86"/>
+      <c r="I8" s="86"/>
+      <c r="J8" s="86"/>
+      <c r="K8" s="86"/>
+      <c r="L8" s="86"/>
+      <c r="M8" s="86"/>
+      <c r="N8" s="86"/>
+      <c r="O8" s="86"/>
+      <c r="P8" s="86"/>
+      <c r="Q8" s="86"/>
+      <c r="R8" s="86"/>
+      <c r="S8" s="86"/>
+      <c r="T8" s="86"/>
+      <c r="U8" s="86"/>
+      <c r="V8" s="86"/>
+      <c r="W8" s="86"/>
+      <c r="X8" s="86"/>
+      <c r="Y8" s="86"/>
+      <c r="Z8" s="130"/>
+      <c r="AA8" s="130"/>
+      <c r="AB8" s="86"/>
+      <c r="AC8" s="86"/>
+      <c r="AD8" s="130"/>
+      <c r="AE8" s="130"/>
+      <c r="AF8" s="86"/>
+      <c r="AG8" s="86"/>
+      <c r="AH8" s="130"/>
+      <c r="AI8" s="130"/>
+    </row>
+    <row r="9" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="85" t="s">
         <v>88</v>
       </c>
-      <c r="B6" s="92">
-[...7 lines deleted...]
-      <c r="A7" s="101" t="s">
+      <c r="B9" s="86">
+        <v>1815</v>
+      </c>
+      <c r="C9" s="86">
+        <v>1353</v>
+      </c>
+      <c r="D9" s="86"/>
+      <c r="E9" s="86"/>
+      <c r="F9" s="86"/>
+      <c r="G9" s="86"/>
+      <c r="H9" s="86"/>
+      <c r="I9" s="86"/>
+      <c r="J9" s="86"/>
+      <c r="K9" s="86"/>
+      <c r="L9" s="86"/>
+      <c r="M9" s="86"/>
+      <c r="N9" s="86"/>
+      <c r="O9" s="86"/>
+      <c r="P9" s="86"/>
+      <c r="Q9" s="86"/>
+      <c r="R9" s="86"/>
+      <c r="S9" s="86"/>
+      <c r="T9" s="86"/>
+      <c r="U9" s="86"/>
+      <c r="V9" s="86"/>
+      <c r="W9" s="86"/>
+      <c r="X9" s="86"/>
+      <c r="Y9" s="86"/>
+      <c r="Z9" s="130"/>
+      <c r="AA9" s="130"/>
+      <c r="AB9" s="86"/>
+      <c r="AC9" s="86"/>
+      <c r="AD9" s="130"/>
+      <c r="AE9" s="130"/>
+      <c r="AF9" s="86"/>
+      <c r="AG9" s="86"/>
+      <c r="AH9" s="130"/>
+      <c r="AI9" s="130"/>
+    </row>
+    <row r="10" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="132" t="s">
         <v>89</v>
       </c>
-      <c r="B7" s="100">
-[...96 lines deleted...]
-      <c r="B10" s="100">
+      <c r="B10" s="94">
         <v>1667</v>
       </c>
-      <c r="C10" s="100">
+      <c r="C10" s="94">
         <v>1283</v>
       </c>
-      <c r="D10" s="92"/>
-[...37 lines deleted...]
-      <c r="AP10" s="136"/>
+      <c r="D10" s="86"/>
+      <c r="E10" s="86"/>
+      <c r="F10" s="86"/>
+      <c r="G10" s="86"/>
+      <c r="H10" s="86"/>
+      <c r="I10" s="86"/>
+      <c r="J10" s="86"/>
+      <c r="K10" s="86"/>
+      <c r="L10" s="86"/>
+      <c r="M10" s="86"/>
+      <c r="N10" s="86"/>
+      <c r="O10" s="86"/>
+      <c r="P10" s="86"/>
+      <c r="Q10" s="86"/>
+      <c r="R10" s="86"/>
+      <c r="S10" s="86"/>
+      <c r="T10" s="86"/>
+      <c r="U10" s="86"/>
+      <c r="V10" s="86"/>
+      <c r="W10" s="86"/>
+      <c r="X10" s="86"/>
+      <c r="Y10" s="86"/>
+      <c r="Z10" s="86"/>
+      <c r="AA10" s="86"/>
+      <c r="AB10" s="86"/>
+      <c r="AC10" s="86"/>
+      <c r="AD10" s="86"/>
+      <c r="AE10" s="86"/>
+      <c r="AF10" s="86"/>
+      <c r="AG10" s="130"/>
+      <c r="AH10" s="130"/>
+      <c r="AI10" s="86"/>
+      <c r="AJ10" s="86"/>
+      <c r="AK10" s="130"/>
+      <c r="AL10" s="130"/>
+      <c r="AM10" s="86"/>
+      <c r="AN10" s="86"/>
+      <c r="AO10" s="130"/>
+      <c r="AP10" s="130"/>
     </row>
     <row r="11" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="49" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="B11" s="92">
+        <v>90</v>
+      </c>
+      <c r="B11" s="86">
         <v>1542</v>
       </c>
-      <c r="C11" s="92">
+      <c r="C11" s="86">
         <v>1479</v>
       </c>
       <c r="D11" s="49"/>
       <c r="E11" s="49"/>
       <c r="F11" s="49"/>
       <c r="G11" s="49"/>
       <c r="H11" s="49"/>
       <c r="I11" s="49"/>
       <c r="J11" s="49"/>
       <c r="K11" s="49"/>
       <c r="L11" s="49"/>
       <c r="M11" s="49"/>
       <c r="N11" s="49"/>
       <c r="O11" s="49"/>
       <c r="P11" s="49"/>
       <c r="Q11" s="49"/>
       <c r="R11" s="49"/>
       <c r="S11" s="49"/>
       <c r="T11" s="49"/>
       <c r="U11" s="49"/>
       <c r="V11" s="49"/>
       <c r="W11" s="49"/>
       <c r="X11" s="49"/>
       <c r="Y11" s="49"/>
       <c r="Z11" s="49"/>
       <c r="AA11" s="49"/>
       <c r="AB11" s="49"/>
       <c r="AC11" s="49"/>
       <c r="AD11" s="49"/>
       <c r="AE11" s="49"/>
       <c r="AF11" s="49"/>
       <c r="AG11" s="49"/>
       <c r="AH11" s="49"/>
       <c r="AI11" s="49"/>
       <c r="AJ11" s="49"/>
       <c r="AK11" s="49"/>
       <c r="AL11" s="49"/>
       <c r="AM11" s="49"/>
       <c r="AN11" s="49"/>
       <c r="AO11" s="49"/>
       <c r="AP11" s="49"/>
     </row>
     <row r="12" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="101" t="s">
-[...2 lines deleted...]
-      <c r="B12" s="100">
+      <c r="A12" s="95" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" s="94">
         <v>1703</v>
       </c>
-      <c r="C12" s="100">
+      <c r="C12" s="94">
         <v>1245</v>
       </c>
       <c r="M12" s="49"/>
       <c r="N12" s="49"/>
       <c r="O12" s="49"/>
       <c r="P12" s="49"/>
       <c r="Q12" s="49"/>
       <c r="R12" s="49"/>
       <c r="S12" s="49"/>
       <c r="T12" s="49"/>
       <c r="U12" s="49"/>
       <c r="V12" s="49"/>
       <c r="W12" s="49"/>
       <c r="X12" s="49"/>
       <c r="Y12" s="49"/>
       <c r="Z12" s="49"/>
       <c r="AA12" s="49"/>
       <c r="AB12" s="49"/>
       <c r="AC12" s="49"/>
       <c r="AD12" s="49"/>
       <c r="AE12" s="49"/>
       <c r="AF12" s="49"/>
       <c r="AG12" s="49"/>
       <c r="AH12" s="49"/>
       <c r="AI12" s="49"/>
       <c r="AJ12" s="49"/>
       <c r="AK12" s="49"/>
       <c r="AL12" s="49"/>
       <c r="AM12" s="49"/>
       <c r="AN12" s="49"/>
       <c r="AO12" s="49"/>
       <c r="AP12" s="49"/>
     </row>
     <row r="13" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="141" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="142">
+      <c r="A13" s="135" t="s">
+        <v>126</v>
+      </c>
+      <c r="B13" s="136">
         <v>6727</v>
       </c>
-      <c r="C13" s="142">
+      <c r="C13" s="136">
         <v>5360</v>
       </c>
       <c r="M13" s="49"/>
       <c r="N13" s="49"/>
       <c r="O13" s="49"/>
       <c r="P13" s="49"/>
       <c r="Q13" s="49"/>
       <c r="R13" s="49"/>
       <c r="S13" s="49"/>
       <c r="T13" s="49"/>
       <c r="U13" s="49"/>
       <c r="V13" s="49"/>
       <c r="W13" s="49"/>
       <c r="X13" s="49"/>
       <c r="Y13" s="49"/>
       <c r="Z13" s="49"/>
       <c r="AA13" s="49"/>
       <c r="AB13" s="49"/>
       <c r="AC13" s="49"/>
       <c r="AD13" s="49"/>
       <c r="AE13" s="49"/>
       <c r="AF13" s="49"/>
       <c r="AG13" s="49"/>
       <c r="AH13" s="49"/>
       <c r="AI13" s="49"/>
       <c r="AJ13" s="49"/>
       <c r="AK13" s="49"/>
       <c r="AL13" s="49"/>
       <c r="AM13" s="49"/>
       <c r="AN13" s="49"/>
       <c r="AO13" s="49"/>
       <c r="AP13" s="49"/>
     </row>
     <row r="14" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="91" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="92">
+      <c r="A14" s="85" t="s">
+        <v>92</v>
+      </c>
+      <c r="B14" s="86">
         <v>2135</v>
       </c>
-      <c r="C14" s="92">
+      <c r="C14" s="86">
         <v>1398</v>
       </c>
     </row>
     <row r="15" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="138" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="100">
+      <c r="A15" s="132" t="s">
+        <v>93</v>
+      </c>
+      <c r="B15" s="94">
         <v>1525</v>
       </c>
-      <c r="C15" s="100">
+      <c r="C15" s="94">
         <v>1343</v>
       </c>
     </row>
     <row r="16" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="49" t="s">
+        <v>94</v>
+      </c>
+      <c r="B16" s="86">
+        <v>1315</v>
+      </c>
+      <c r="C16" s="86">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="95" t="s">
+        <v>95</v>
+      </c>
+      <c r="B17" s="94">
+        <v>1756</v>
+      </c>
+      <c r="C17" s="94">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="135" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" s="136">
+        <v>6731</v>
+      </c>
+      <c r="C18" s="136">
+        <v>5884</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="85" t="s">
         <v>96</v>
       </c>
-      <c r="B16" s="92">
-[...7 lines deleted...]
-      <c r="A17" s="101" t="s">
+      <c r="B19" s="86">
+        <v>2278</v>
+      </c>
+      <c r="C19" s="86">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="132" t="s">
         <v>97</v>
       </c>
-      <c r="B17" s="100">
-[...7 lines deleted...]
-      <c r="A18" s="141" t="s">
+      <c r="B20" s="94">
+        <v>1968</v>
+      </c>
+      <c r="C20" s="94">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="85" t="s">
+        <v>98</v>
+      </c>
+      <c r="B21" s="86">
+        <v>1653</v>
+      </c>
+      <c r="C21" s="86">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="132" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" s="94">
+        <v>1545</v>
+      </c>
+      <c r="C22" s="94">
+        <v>1748</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="135" t="s">
+        <v>128</v>
+      </c>
+      <c r="B23" s="136">
+        <v>7444</v>
+      </c>
+      <c r="C23" s="136">
+        <v>6869</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="85" t="s">
+        <v>100</v>
+      </c>
+      <c r="B24" s="86">
+        <v>1731</v>
+      </c>
+      <c r="C24" s="86">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="132" t="s">
+        <v>101</v>
+      </c>
+      <c r="B25" s="94">
+        <v>1715</v>
+      </c>
+      <c r="C25" s="94">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="85" t="s">
+        <v>102</v>
+      </c>
+      <c r="B26" s="86">
+        <v>1470</v>
+      </c>
+      <c r="C26" s="86">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="132" t="s">
+        <v>103</v>
+      </c>
+      <c r="B27" s="94">
+        <v>1356</v>
+      </c>
+      <c r="C27" s="94">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="133" t="s">
         <v>129</v>
       </c>
-      <c r="B18" s="142">
-[...51 lines deleted...]
-      <c r="A23" s="141" t="s">
+      <c r="B28" s="134">
+        <v>6272</v>
+      </c>
+      <c r="C28" s="134">
+        <v>6601</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="85" t="s">
+        <v>104</v>
+      </c>
+      <c r="B29" s="86">
+        <v>1057</v>
+      </c>
+      <c r="C29" s="86">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="132" t="s">
+        <v>105</v>
+      </c>
+      <c r="B30" s="94">
+        <v>1436</v>
+      </c>
+      <c r="C30" s="94">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="85" t="s">
+        <v>106</v>
+      </c>
+      <c r="B31" s="86">
+        <v>1407</v>
+      </c>
+      <c r="C31" s="86">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="132" t="s">
+        <v>107</v>
+      </c>
+      <c r="B32" s="94">
+        <v>1866</v>
+      </c>
+      <c r="C32" s="94">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="135" t="s">
         <v>130</v>
       </c>
-      <c r="B23" s="142">
-[...51 lines deleted...]
-      <c r="A28" s="139" t="s">
+      <c r="B33" s="136">
+        <v>5766</v>
+      </c>
+      <c r="C33" s="136">
+        <v>5788</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="85" t="s">
+        <v>108</v>
+      </c>
+      <c r="B34" s="86">
+        <v>1994</v>
+      </c>
+      <c r="C34" s="86">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="132" t="s">
+        <v>109</v>
+      </c>
+      <c r="B35" s="94">
+        <v>1808</v>
+      </c>
+      <c r="C35" s="94">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="85" t="s">
+        <v>110</v>
+      </c>
+      <c r="B36" s="86">
+        <v>1314</v>
+      </c>
+      <c r="C36" s="86">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="139" t="s">
+        <v>111</v>
+      </c>
+      <c r="B37" s="140">
+        <v>1788</v>
+      </c>
+      <c r="C37" s="140">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="135" t="s">
         <v>131</v>
       </c>
-      <c r="B28" s="140">
-[...51 lines deleted...]
-      <c r="A33" s="141" t="s">
+      <c r="B38" s="136">
+        <v>6904</v>
+      </c>
+      <c r="C38" s="136">
+        <v>6360</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="85" t="s">
+        <v>112</v>
+      </c>
+      <c r="B39" s="86">
+        <v>1585</v>
+      </c>
+      <c r="C39" s="86">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="132" t="s">
+        <v>113</v>
+      </c>
+      <c r="B40" s="94">
+        <v>1374</v>
+      </c>
+      <c r="C40" s="94">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="85" t="s">
+        <v>114</v>
+      </c>
+      <c r="B41" s="131">
+        <v>1003</v>
+      </c>
+      <c r="C41" s="131">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="95" t="s">
+        <v>115</v>
+      </c>
+      <c r="B42" s="138">
+        <v>1026</v>
+      </c>
+      <c r="C42" s="138">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="135" t="s">
         <v>132</v>
       </c>
-      <c r="B33" s="142">
-[...51 lines deleted...]
-      <c r="A38" s="141" t="s">
+      <c r="B43" s="136">
+        <v>4988</v>
+      </c>
+      <c r="C43" s="136">
+        <v>5759</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="85" t="s">
+        <v>116</v>
+      </c>
+      <c r="B44" s="86">
+        <v>1342</v>
+      </c>
+      <c r="C44" s="86">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="132" t="s">
+        <v>117</v>
+      </c>
+      <c r="B45" s="94">
+        <v>1180</v>
+      </c>
+      <c r="C45" s="94">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="85" t="s">
+        <v>118</v>
+      </c>
+      <c r="B46" s="131">
+        <v>1406</v>
+      </c>
+      <c r="C46" s="131">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="95" t="s">
+        <v>119</v>
+      </c>
+      <c r="B47" s="138">
+        <v>1361</v>
+      </c>
+      <c r="C47" s="138">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="135" t="s">
         <v>133</v>
       </c>
-      <c r="B38" s="142">
-[...51 lines deleted...]
-      <c r="A43" s="141" t="s">
+      <c r="B48" s="136">
+        <v>5289</v>
+      </c>
+      <c r="C48" s="136">
+        <v>4811</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="85" t="s">
+        <v>120</v>
+      </c>
+      <c r="B49" s="86">
+        <v>1519</v>
+      </c>
+      <c r="C49" s="86">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="132" t="s">
+        <v>121</v>
+      </c>
+      <c r="B50" s="94">
+        <v>1364</v>
+      </c>
+      <c r="C50" s="94">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="85" t="s">
+        <v>122</v>
+      </c>
+      <c r="B51" s="131">
+        <v>1403</v>
+      </c>
+      <c r="C51" s="131">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="95" t="s">
+        <v>11</v>
+      </c>
+      <c r="B52" s="138">
+        <v>1469</v>
+      </c>
+      <c r="C52" s="138">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="135" t="s">
         <v>134</v>
       </c>
-      <c r="B43" s="142">
-[...109 lines deleted...]
-      <c r="B53" s="142">
+      <c r="B53" s="136">
         <v>5755</v>
       </c>
-      <c r="C53" s="142">
+      <c r="C53" s="136">
         <v>5213</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="85" t="s">
+        <v>293</v>
+      </c>
+      <c r="B54" s="86">
+        <v>2075</v>
+      </c>
+      <c r="C54" s="86">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="132"/>
+      <c r="B55" s="94"/>
+      <c r="C55" s="94"/>
+    </row>
+    <row r="58" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A58" s="1" t="s">
+        <v>291</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>19</vt:i4>
+        <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="19" baseType="lpstr">
+    <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>Contents</vt:lpstr>
       <vt:lpstr>1 LPS HPI</vt:lpstr>
       <vt:lpstr>2 UU HPI Average Prices</vt:lpstr>
       <vt:lpstr>3 UU HPI LGD Prices</vt:lpstr>
       <vt:lpstr>4 UU HPI &amp; RPI</vt:lpstr>
       <vt:lpstr>5 NewBuild Sales &amp; Prices</vt:lpstr>
       <vt:lpstr>6 Private Build Starts</vt:lpstr>
       <vt:lpstr>7 Private Build Completions</vt:lpstr>
       <vt:lpstr>8 NB StartsCompletions  </vt:lpstr>
       <vt:lpstr>9 NB StartsCompletions by LGD</vt:lpstr>
-      <vt:lpstr>10 UUHouse Price Ratio</vt:lpstr>
+      <vt:lpstr>10 ONS House Price Ratio</vt:lpstr>
       <vt:lpstr>11 UU Affordability by LGD</vt:lpstr>
       <vt:lpstr>12 UU Affordability Gap by HMA</vt:lpstr>
       <vt:lpstr>13 UU % Deposit by HMA</vt:lpstr>
       <vt:lpstr>14 UU Affordability Indicator</vt:lpstr>
       <vt:lpstr>15 Repossessions</vt:lpstr>
       <vt:lpstr>16 FTB number of loans</vt:lpstr>
       <vt:lpstr>17 Movers number of loans</vt:lpstr>
-      <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NICS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Reilly, Patrice</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>