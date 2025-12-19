--- v1 (2025-11-27)
+++ v2 (2025-12-19)
@@ -1,119 +1,120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\NEW Housing Review\Report excel tables\formatted tables\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9DA3564B-6135-4AAE-B322-004A59CA4862}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E97545B1-D4B5-4717-8E0A-75C88B2902E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-465" yWindow="1140" windowWidth="15030" windowHeight="11295" firstSheet="3" activeTab="4" xr2:uid="{ECF6B20B-EFC7-4F22-97F2-3E225EFDAC60}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{ECF6B20B-EFC7-4F22-97F2-3E225EFDAC60}"/>
   </bookViews>
   <sheets>
     <sheet name="Contents" sheetId="19" r:id="rId1"/>
     <sheet name="1 LPS HPI" sheetId="1" r:id="rId2"/>
     <sheet name="2 UU HPI Average Prices" sheetId="2" r:id="rId3"/>
     <sheet name="3 UU HPI LGD Prices" sheetId="3" r:id="rId4"/>
     <sheet name="4 UU HPI &amp; RPI" sheetId="4" r:id="rId5"/>
     <sheet name="5 NewBuild Sales &amp; Prices" sheetId="5" r:id="rId6"/>
     <sheet name="6 Private Build Starts" sheetId="6" r:id="rId7"/>
     <sheet name="7 Private Build Completions" sheetId="7" r:id="rId8"/>
     <sheet name="8 NB StartsCompletions  " sheetId="8" r:id="rId9"/>
     <sheet name="9 NB StartsCompletions by LGD" sheetId="9" r:id="rId10"/>
     <sheet name="10 ONS House Price Ratio" sheetId="10" r:id="rId11"/>
     <sheet name="11 UU Affordability by LGD" sheetId="11" r:id="rId12"/>
     <sheet name="12 UU Affordability Gap by HMA" sheetId="12" r:id="rId13"/>
     <sheet name="13 UU % Deposit by HMA" sheetId="13" r:id="rId14"/>
     <sheet name="14 UU Affordability Indicator" sheetId="14" r:id="rId15"/>
     <sheet name="15 Repossessions" sheetId="15" r:id="rId16"/>
     <sheet name="16 FTB number of loans" sheetId="16" r:id="rId17"/>
     <sheet name="17 Movers number of loans" sheetId="17" r:id="rId18"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="781" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="784" uniqueCount="315">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>NI House Price Index</t>
   </si>
   <si>
     <t>NI House Standardised Price</t>
   </si>
   <si>
     <t>Quarterly Change</t>
   </si>
   <si>
     <t>Annual Change</t>
   </si>
   <si>
     <t>Q1</t>
   </si>
   <si>
     <t>Q2</t>
   </si>
   <si>
     <t>Q3</t>
   </si>
   <si>
@@ -255,53 +256,50 @@
     <t>2021-22</t>
   </si>
   <si>
     <t>2022-23</t>
   </si>
   <si>
     <t>2023-24</t>
   </si>
   <si>
     <t>2024-25</t>
   </si>
   <si>
     <t>SOURCE: NHBC</t>
   </si>
   <si>
     <t>1. See Appendix 5: Data Sources - Owner Occupied Demand.</t>
   </si>
   <si>
     <t>2. Figures relate to those sales notified to NHBC by the purchasers' solicitors.</t>
   </si>
   <si>
     <t>3. Average price figures are rounded to the nearest £ hundred.</t>
   </si>
   <si>
     <t>4. New dwelling sales and prices include houses, bungalows, flats and maisonettes.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Northern Ireland Housing Bulletin January - March 2025 | Department for Communities</t>
   </si>
   <si>
     <t>Source: District Council Building Control</t>
   </si>
   <si>
     <t>1.  The date of a new dwelling start is the date on which the first building control inspection takes place.</t>
   </si>
   <si>
     <t>2.  The figures in the table include applications for private/speculative new dwellings received by Building Control in NI.  Applications from housing associations are excluded from this table.</t>
   </si>
   <si>
     <t>3.  The figures include domestic apartments and dwellings as defined by Building Control purpose group.</t>
   </si>
   <si>
     <t>4.  Figures will be revised on an annual basis to capture Building Control applications received outside the quarter.</t>
   </si>
   <si>
     <t>District Council</t>
   </si>
   <si>
     <t>Apr - Jun</t>
   </si>
   <si>
     <t>Jul - Sep</t>
   </si>
@@ -1062,50 +1060,56 @@
     <t>Table 7: Private Build Completions by District Council Q2 2015 - Q2 2025</t>
   </si>
   <si>
     <t>Private/speculative new dwelling completions by District Council Q2 2015 - Q2 2025</t>
   </si>
   <si>
     <t>Average Price Q3 2024</t>
   </si>
   <si>
     <t>Average Price Q3 2025</t>
   </si>
   <si>
     <t>Table 2: Northern Ireland House Price Index (NIHPI) Average House Price by Property Type Q3 2025 vs Q3 2024</t>
   </si>
   <si>
     <t>Table 3: NIHPI Average House Price by LGD/Council area Q3 2025 vs Q3 2024</t>
   </si>
   <si>
     <t>https://www.ulster.ac.uk/research/topic/built-environment/research-property-planning/housing-market-reports/house-price-index</t>
   </si>
   <si>
     <t>Northern Ireland House Price Index (NIHPI) Average House Price by Property Type Q3 2025 vs Q3 2024</t>
   </si>
   <si>
     <t>Northern Ireland House Price Index (NIHPI) Average House Price by LGD/Council area Q3 2025 vs Q3 2024</t>
+  </si>
+  <si>
+    <t>2025-26</t>
+  </si>
+  <si>
+    <t>https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-july-september-2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="6" formatCode="&quot;£&quot;#,##0;[Red]\-&quot;£&quot;#,##0"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
   <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -1295,51 +1299,51 @@
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="24">
+  <fills count="26">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF33CCFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0070C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0099FF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1431,50 +1435,62 @@
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor rgb="FFFFFFFF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor rgb="FFFFFFFF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
@@ -1642,51 +1658,51 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="297">
+  <cellXfs count="299">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="15" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="6" fontId="14" fillId="14" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="14" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="15" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -1819,51 +1835,50 @@
     <xf numFmtId="0" fontId="14" fillId="14" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="21" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="13" borderId="0" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="22" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="22" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="23" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="23" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="21" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="18" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
@@ -2311,50 +2326,86 @@
     <xf numFmtId="3" fontId="11" fillId="21" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="22" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="23" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="23" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="13" borderId="0" xfId="2" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="30" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="31" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="31" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="4" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="14" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="14" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="14" fillId="13" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="14" fillId="19" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="14" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="14" fillId="13" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="11" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="11" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="17" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2409,75 +2460,50 @@
     <xf numFmtId="0" fontId="6" fillId="17" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="17" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="17" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="28" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Sheet2" xfId="3" xr:uid="{F411769A-6BF9-4AC6-91A2-77DB718C30DF}"/>
     <cellStyle name="Normal_Table 1.4" xfId="4" xr:uid="{A93B2AC3-1572-470B-997E-EDF17AE7A382}"/>
     <cellStyle name="Normal_Table 2.4" xfId="6" xr:uid="{2D3A8BC0-5FBA-41BF-A42C-31BF5D9626BC}"/>
     <cellStyle name="Normal_Table 2.4_1" xfId="5" xr:uid="{06C44408-1522-4D8B-AE51-5D78464D7F98}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
@@ -3246,3875 +3272,3875 @@
 <file path=xl/worksheets/_rels/sheet17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/ni-house-price-index-statistical-reports" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/research/topic/built-environment/research-property-planning/housing-market-reports/house-price-index" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/research/topic/built-environment/research-property-planning/housing-market-reports/house-price-index" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/research/topic/built-environment/research-property-planning/housing-market-reports/house-price-index" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-july-september-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/new-dwelling-statistics-detailed-reports" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/new-dwelling-statistics-detailed-reports" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F885FF7A-B301-434E-8B69-4776FE8D53B0}">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="102" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="18" x14ac:dyDescent="0.25">
       <c r="B1" s="2" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>241</v>
+      </c>
+      <c r="B6" s="192" t="s">
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17" s="4" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" location="'LPS HPI'!A1" display="Table 1" xr:uid="{C70C994E-341A-4CFA-9300-63699D7DA78F}"/>
     <hyperlink ref="A4" location="'2 UU HPI Average Prices'!A1" display="Table 2" xr:uid="{E57DF3F9-7B63-4FC3-AF30-9CC0547E30A6}"/>
     <hyperlink ref="A5" location="'3 UU HPI LGD Prices'!A1" display="Table 3" xr:uid="{9FC73588-2BE3-4268-9FBA-FF714F6B6C4B}"/>
     <hyperlink ref="A6" location="'4 UU HPI &amp; RPI'!A1" display="Table 4" xr:uid="{52BAEAE3-CF84-4B1A-8C5D-B9E92FB90FE6}"/>
     <hyperlink ref="A7" location="'5 NewBuild Sales &amp; Prices'!A1" display="Table 5" xr:uid="{14503122-5913-4A4D-A393-1D494DB8C88E}"/>
     <hyperlink ref="A8" location="'6 Private Build Starts'!A1" display="Table 6" xr:uid="{17D7DDED-6DFB-4A84-84BF-1C643C585FCB}"/>
     <hyperlink ref="A9" location="'Private Build Completions'!A1" display="Table 7" xr:uid="{9FF2D1DE-FF86-4DD2-975F-3A0AA513E0E2}"/>
     <hyperlink ref="A10" location="'8 NB StartsCompletions  '!A1" display="Table 8" xr:uid="{F0A6A86B-A984-4A91-A608-63FDE5541D25}"/>
     <hyperlink ref="A11" location="'9NB StartsCompletions by LGD'!A1" display="Table 9" xr:uid="{9AC4D4B6-8B28-4921-A04D-444A79E3C039}"/>
     <hyperlink ref="A12" location="'UU Ratio House Prices by Income'!A1" display="Table 10" xr:uid="{5D35D254-1B42-445F-AEAC-73890556A1FE}"/>
     <hyperlink ref="A13" location="'11 UU Affordability by LGD'!A1" display="Table 11" xr:uid="{5324C7C8-4EA9-4C15-9E70-5362EF449B31}"/>
     <hyperlink ref="A14" location="'12 UU Affordability Gap by HMA'!A1" display="Table 12" xr:uid="{406982B6-433F-4E75-9436-B21C1E889E37}"/>
     <hyperlink ref="A15" location="'13 UU % Deposit by HMA'!A1" display="Table 13" xr:uid="{39B4C2FA-AAD4-467D-9931-F5B5FEBE50EE}"/>
     <hyperlink ref="A16" location="'14 UU Affordability Indicator'!A1" display="Table 14" xr:uid="{369FD5CB-71A5-473A-A4A4-D4B5A4B067A0}"/>
     <hyperlink ref="A17" location="'15 Repossessions'!A1" display="Table 15" xr:uid="{40D477FA-08AC-4FB2-9E47-0B667FA799B2}"/>
     <hyperlink ref="A18" location="'FTB number of loans'!A1" display="Table 16" xr:uid="{826E7CE2-4300-4F0A-ACA0-DA05F53D1840}"/>
     <hyperlink ref="A19" location="'17 Movers number of loans'!A1" display="Table 17" xr:uid="{A8207D7A-2A65-434B-8EAB-2C26DC4C2204}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4AACE320-08D3-4501-858B-A59FE8832151}">
   <dimension ref="A1:C20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G20" sqref="G20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="38.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="24.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="24.7109375" style="1" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="B1" s="39"/>
       <c r="C1" s="39"/>
     </row>
     <row r="3" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="144" t="s">
+      <c r="A3" s="143" t="s">
+        <v>135</v>
+      </c>
+      <c r="B3" s="147" t="s">
         <v>136</v>
       </c>
-      <c r="B3" s="148" t="s">
+      <c r="C3" s="147" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="86">
+      <c r="B4" s="85">
         <v>706</v>
       </c>
-      <c r="C4" s="86">
+      <c r="C4" s="85">
         <v>524</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A5" s="145" t="s">
+      <c r="A5" s="144" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="94">
+      <c r="B5" s="93">
         <v>524</v>
       </c>
-      <c r="C5" s="94">
+      <c r="C5" s="93">
         <v>410</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="B6" s="86">
+        <v>138</v>
+      </c>
+      <c r="B6" s="85">
         <v>1043</v>
       </c>
-      <c r="C6" s="86">
+      <c r="C6" s="85">
         <v>833</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A7" s="145" t="s">
+      <c r="A7" s="144" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="94">
+      <c r="B7" s="93">
         <v>303</v>
       </c>
-      <c r="C7" s="94">
+      <c r="C7" s="93">
         <v>290</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="86">
+      <c r="B8" s="85">
         <v>465</v>
       </c>
-      <c r="C8" s="86">
+      <c r="C8" s="85">
         <v>434</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A9" s="145" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="94">
+      <c r="A9" s="144" t="s">
+        <v>139</v>
+      </c>
+      <c r="B9" s="93">
         <v>180</v>
       </c>
-      <c r="C9" s="94">
+      <c r="C9" s="93">
         <v>357</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="86">
+      <c r="B10" s="85">
         <v>358</v>
       </c>
-      <c r="C10" s="86">
+      <c r="C10" s="85">
         <v>395</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A11" s="145" t="s">
+      <c r="A11" s="144" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="94">
+      <c r="B11" s="93">
         <v>776</v>
       </c>
-      <c r="C11" s="94">
+      <c r="C11" s="93">
         <v>596</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B12" s="86">
+      <c r="B12" s="85">
         <v>304</v>
       </c>
-      <c r="C12" s="86">
+      <c r="C12" s="85">
         <v>430</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A13" s="145" t="s">
+      <c r="A13" s="144" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="94">
+      <c r="B13" s="93">
         <v>578</v>
       </c>
-      <c r="C13" s="94">
+      <c r="C13" s="93">
         <v>432</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A14" s="146" t="s">
+      <c r="A14" s="145" t="s">
         <v>29</v>
       </c>
-      <c r="B14" s="147">
+      <c r="B14" s="146">
         <v>518</v>
       </c>
-      <c r="C14" s="147">
+      <c r="C14" s="146">
         <v>510</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="28.5" x14ac:dyDescent="0.2">
-      <c r="A15" s="143" t="s">
-        <v>63</v>
+      <c r="A15" s="142" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" s="36" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A17" s="36"/>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A18" s="1" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A19" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
     </row>
     <row r="20" spans="1:1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A20" s="244" t="s">
-        <v>83</v>
+      <c r="A20" s="243" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A16" r:id="rId1" xr:uid="{C75387E7-81ED-4E84-A3CB-E8833F76CFB9}"/>
     <hyperlink ref="A20" r:id="rId2" xr:uid="{6ED0B66D-E314-4553-BC6F-FBFAC733B21E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F753A888-C6D8-4529-8323-CACD159D3BB0}">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1215" activePane="bottomLeft"/>
       <selection activeCell="H3" sqref="H3"/>
       <selection pane="bottomLeft" activeCell="A29" sqref="A29:XFD29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="14.85546875" style="49" customWidth="1"/>
     <col min="3" max="3" width="18" style="49" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="14.85546875" style="49" customWidth="1"/>
     <col min="6" max="7" width="8.7109375" style="1"/>
     <col min="8" max="8" width="8.85546875" style="1" customWidth="1"/>
     <col min="9" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.2">
-      <c r="A1" s="149" t="s">
-        <v>299</v>
+      <c r="A1" s="148" t="s">
+        <v>298</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="151" t="s">
+      <c r="A3" s="150" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="148" t="s">
+      <c r="B3" s="147" t="s">
+        <v>140</v>
+      </c>
+      <c r="C3" s="147" t="s">
         <v>141</v>
       </c>
-      <c r="C3" s="148" t="s">
+      <c r="D3" s="147" t="s">
         <v>142</v>
       </c>
-      <c r="D3" s="148" t="s">
+      <c r="E3" s="147" t="s">
         <v>143</v>
       </c>
-      <c r="E3" s="148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3" s="36" t="s">
-        <v>298</v>
-[...1 lines deleted...]
-      <c r="H3" s="247" t="s">
         <v>297</v>
+      </c>
+      <c r="H3" s="246" t="s">
+        <v>296</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B4" s="149">
+        <v>7.69</v>
+      </c>
+      <c r="C4" s="149">
+        <v>6.54</v>
+      </c>
+      <c r="D4" s="149">
+        <v>5.08</v>
+      </c>
+      <c r="E4" s="149">
+        <v>6.79</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A5" s="144" t="s">
         <v>145</v>
       </c>
-      <c r="B4" s="150">
-[...16 lines deleted...]
-      <c r="B5" s="152">
+      <c r="B5" s="151">
         <v>7.92</v>
       </c>
-      <c r="C5" s="152">
+      <c r="C5" s="151">
         <v>7.83</v>
       </c>
-      <c r="D5" s="152">
+      <c r="D5" s="151">
         <v>5.6</v>
       </c>
-      <c r="E5" s="152">
+      <c r="E5" s="151">
         <v>7.31</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="B6" s="149">
+        <v>8.18</v>
+      </c>
+      <c r="C6" s="149">
+        <v>9.2899999999999991</v>
+      </c>
+      <c r="D6" s="149">
+        <v>5.88</v>
+      </c>
+      <c r="E6" s="149">
+        <v>7.04</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A7" s="144" t="s">
         <v>147</v>
       </c>
-      <c r="B6" s="150">
-[...16 lines deleted...]
-      <c r="B7" s="152">
+      <c r="B7" s="151">
         <v>7.54</v>
       </c>
-      <c r="C7" s="152">
+      <c r="C7" s="151">
         <v>7.25</v>
       </c>
-      <c r="D7" s="152">
+      <c r="D7" s="151">
         <v>5.48</v>
       </c>
-      <c r="E7" s="152">
+      <c r="E7" s="151">
         <v>6.52</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B8" s="149">
+        <v>7.59</v>
+      </c>
+      <c r="C8" s="149">
+        <v>6.17</v>
+      </c>
+      <c r="D8" s="149">
+        <v>5.31</v>
+      </c>
+      <c r="E8" s="149">
+        <v>6.3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A9" s="144" t="s">
         <v>149</v>
       </c>
-      <c r="B8" s="150">
-[...16 lines deleted...]
-      <c r="B9" s="152">
+      <c r="B9" s="151">
         <v>7.75</v>
       </c>
-      <c r="C9" s="152">
+      <c r="C9" s="151">
         <v>5.66</v>
       </c>
-      <c r="D9" s="152">
+      <c r="D9" s="151">
         <v>5.27</v>
       </c>
-      <c r="E9" s="152">
+      <c r="E9" s="151">
         <v>6.48</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="B10" s="149">
+        <v>7.54</v>
+      </c>
+      <c r="C10" s="149">
+        <v>4.82</v>
+      </c>
+      <c r="D10" s="149">
+        <v>5.42</v>
+      </c>
+      <c r="E10" s="149">
+        <v>6.29</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A11" s="144" t="s">
         <v>151</v>
       </c>
-      <c r="B10" s="150">
-[...16 lines deleted...]
-      <c r="B11" s="152">
+      <c r="B11" s="151">
         <v>7.55</v>
       </c>
-      <c r="C11" s="152">
+      <c r="C11" s="151">
         <v>4.46</v>
       </c>
-      <c r="D11" s="152">
+      <c r="D11" s="151">
         <v>5.07</v>
       </c>
-      <c r="E11" s="152">
+      <c r="E11" s="151">
         <v>6.05</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B12" s="149">
+        <v>7.5</v>
+      </c>
+      <c r="C12" s="149">
+        <v>4.6399999999999997</v>
+      </c>
+      <c r="D12" s="149">
+        <v>5.22</v>
+      </c>
+      <c r="E12" s="149">
+        <v>5.82</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A13" s="144" t="s">
         <v>153</v>
       </c>
-      <c r="B12" s="150">
-[...16 lines deleted...]
-      <c r="B13" s="152">
+      <c r="B13" s="151">
         <v>7.6</v>
       </c>
-      <c r="C13" s="152">
+      <c r="C13" s="151">
         <v>4.91</v>
       </c>
-      <c r="D13" s="152">
+      <c r="D13" s="151">
         <v>5.29</v>
       </c>
-      <c r="E13" s="152">
+      <c r="E13" s="151">
         <v>5.86</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B14" s="149">
+        <v>7.85</v>
+      </c>
+      <c r="C14" s="149">
+        <v>4.96</v>
+      </c>
+      <c r="D14" s="149">
+        <v>5.2</v>
+      </c>
+      <c r="E14" s="149">
+        <v>5.79</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A15" s="144" t="s">
         <v>155</v>
       </c>
-      <c r="B14" s="150">
-[...16 lines deleted...]
-      <c r="B15" s="152">
+      <c r="B15" s="151">
         <v>8.1199999999999992</v>
       </c>
-      <c r="C15" s="152">
+      <c r="C15" s="151">
         <v>5.09</v>
       </c>
-      <c r="D15" s="152">
+      <c r="D15" s="151">
         <v>5.14</v>
       </c>
-      <c r="E15" s="152">
+      <c r="E15" s="151">
         <v>5.9</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A16" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="B16" s="149">
+        <v>8.24</v>
+      </c>
+      <c r="C16" s="149">
+        <v>5.48</v>
+      </c>
+      <c r="D16" s="149">
+        <v>5.55</v>
+      </c>
+      <c r="E16" s="149">
+        <v>5.94</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A17" s="144" t="s">
         <v>157</v>
       </c>
-      <c r="B16" s="150">
-[...16 lines deleted...]
-      <c r="B17" s="152">
+      <c r="B17" s="151">
         <v>8.2200000000000006</v>
       </c>
-      <c r="C17" s="152">
+      <c r="C17" s="151">
         <v>5.68</v>
       </c>
-      <c r="D17" s="152">
+      <c r="D17" s="151">
         <v>5.22</v>
       </c>
-      <c r="E17" s="152">
+      <c r="E17" s="151">
         <v>6.16</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A18" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B18" s="149">
+        <v>7.97</v>
+      </c>
+      <c r="C18" s="149">
+        <v>5.43</v>
+      </c>
+      <c r="D18" s="149">
+        <v>5.49</v>
+      </c>
+      <c r="E18" s="149">
+        <v>5.69</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A19" s="144" t="s">
         <v>159</v>
       </c>
-      <c r="B18" s="150">
-[...16 lines deleted...]
-      <c r="B19" s="152">
+      <c r="B19" s="151">
         <v>8.76</v>
       </c>
-      <c r="C19" s="152">
+      <c r="C19" s="151">
         <v>5.34</v>
       </c>
-      <c r="D19" s="152">
+      <c r="D19" s="151">
         <v>5.52</v>
       </c>
-      <c r="E19" s="152">
+      <c r="E19" s="151">
         <v>6.13</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A20" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="B20" s="149">
+        <v>8.44</v>
+      </c>
+      <c r="C20" s="149">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="D20" s="149">
+        <v>5.31</v>
+      </c>
+      <c r="E20" s="149">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A21" s="152" t="s">
         <v>161</v>
       </c>
-      <c r="B20" s="150">
-[...16 lines deleted...]
-      <c r="B21" s="154">
+      <c r="B21" s="153">
         <v>8.68</v>
       </c>
-      <c r="C21" s="154">
+      <c r="C21" s="153">
         <v>4.95</v>
       </c>
-      <c r="D21" s="154">
+      <c r="D21" s="153">
         <v>5.58</v>
       </c>
-      <c r="E21" s="154">
+      <c r="E21" s="153">
         <v>5.81</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A22" s="115">
+      <c r="A22" s="114">
         <v>2024</v>
       </c>
       <c r="B22" s="49">
         <v>7.89</v>
       </c>
       <c r="C22" s="49">
         <v>4.63</v>
       </c>
       <c r="D22" s="49">
         <v>5.25</v>
       </c>
       <c r="E22" s="49">
         <v>5.36</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A23" s="115"/>
+      <c r="A23" s="114"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A24" s="1" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="H3" r:id="rId1" display="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/housingpurchaseaffordabilitygreatbritain/2024" xr:uid="{0C66744F-ECFD-49FD-95EB-B421B4D3EB09}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57C81BE2-4019-43B3-98B7-1F22F41DA58B}">
   <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="A3" s="150" t="s">
         <v>271</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" s="151">
+      <c r="B3" s="150">
         <v>2019</v>
       </c>
-      <c r="C3" s="151">
+      <c r="C3" s="150">
         <v>2020</v>
       </c>
-      <c r="D3" s="151">
+      <c r="D3" s="150">
         <v>2021</v>
       </c>
-      <c r="E3" s="151">
+      <c r="E3" s="150">
         <v>2022</v>
       </c>
-      <c r="F3" s="151">
+      <c r="F3" s="150">
         <v>2023</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="155">
+      <c r="B4" s="154">
         <v>0.52</v>
       </c>
-      <c r="C4" s="155">
+      <c r="C4" s="154">
         <v>0.56000000000000005</v>
       </c>
-      <c r="D4" s="155">
+      <c r="D4" s="154">
         <v>0.55000000000000004</v>
       </c>
-      <c r="E4" s="155">
+      <c r="E4" s="154">
         <v>0.68</v>
       </c>
-      <c r="F4" s="155">
+      <c r="F4" s="154">
         <v>0.69</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A5" s="145" t="s">
+      <c r="A5" s="144" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="156">
+      <c r="B5" s="155">
         <v>0.38</v>
       </c>
-      <c r="C5" s="156">
+      <c r="C5" s="155">
         <v>0.81</v>
       </c>
-      <c r="D5" s="156">
+      <c r="D5" s="155">
         <v>0.56999999999999995</v>
       </c>
-      <c r="E5" s="156">
+      <c r="E5" s="155">
         <v>0.61</v>
       </c>
-      <c r="F5" s="156">
+      <c r="F5" s="155">
         <v>0.68</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="B6" s="155">
+        <v>162</v>
+      </c>
+      <c r="B6" s="154">
         <v>0.6</v>
       </c>
-      <c r="C6" s="155">
+      <c r="C6" s="154">
         <v>0.75</v>
       </c>
-      <c r="D6" s="155">
+      <c r="D6" s="154">
         <v>0.66</v>
       </c>
-      <c r="E6" s="155">
+      <c r="E6" s="154">
         <v>0.7</v>
       </c>
-      <c r="F6" s="155">
+      <c r="F6" s="154">
         <v>0.76</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A7" s="145" t="s">
+      <c r="A7" s="144" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="156">
+      <c r="B7" s="155">
         <v>0.7</v>
       </c>
-      <c r="C7" s="156">
+      <c r="C7" s="155">
         <v>0.75</v>
       </c>
-      <c r="D7" s="156">
+      <c r="D7" s="155">
         <v>0.75</v>
       </c>
-      <c r="E7" s="156">
+      <c r="E7" s="155">
         <v>0.76</v>
       </c>
-      <c r="F7" s="156">
+      <c r="F7" s="155">
         <v>0.8</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="155">
+      <c r="B8" s="154">
         <v>0.49</v>
       </c>
-      <c r="C8" s="155">
+      <c r="C8" s="154">
         <v>0.71</v>
       </c>
-      <c r="D8" s="155">
+      <c r="D8" s="154">
         <v>0.71</v>
       </c>
-      <c r="E8" s="155">
+      <c r="E8" s="154">
         <v>0.73</v>
       </c>
-      <c r="F8" s="155">
+      <c r="F8" s="154">
         <v>0.85</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A9" s="145" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="156">
+      <c r="A9" s="144" t="s">
+        <v>139</v>
+      </c>
+      <c r="B9" s="155">
         <v>0.54</v>
       </c>
-      <c r="C9" s="156">
+      <c r="C9" s="155">
         <v>0.87</v>
       </c>
-      <c r="D9" s="156">
+      <c r="D9" s="155">
         <v>0.67</v>
       </c>
-      <c r="E9" s="156">
+      <c r="E9" s="155">
         <v>0.73</v>
       </c>
-      <c r="F9" s="156">
+      <c r="F9" s="155">
         <v>0.77</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="155">
+      <c r="B10" s="154">
         <v>0.35</v>
       </c>
-      <c r="C10" s="155">
+      <c r="C10" s="154">
         <v>0.74</v>
       </c>
-      <c r="D10" s="155">
+      <c r="D10" s="154">
         <v>0.53</v>
       </c>
-      <c r="E10" s="155">
+      <c r="E10" s="154">
         <v>0.61</v>
       </c>
-      <c r="F10" s="155">
+      <c r="F10" s="154">
         <v>0.71</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A11" s="145" t="s">
+      <c r="A11" s="144" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="156">
+      <c r="B11" s="155">
         <v>0.71</v>
       </c>
-      <c r="C11" s="156">
+      <c r="C11" s="155">
         <v>0.75</v>
       </c>
-      <c r="D11" s="156">
+      <c r="D11" s="155">
         <v>0.73</v>
       </c>
-      <c r="E11" s="156">
+      <c r="E11" s="155">
         <v>0.74</v>
       </c>
-      <c r="F11" s="156">
+      <c r="F11" s="155">
         <v>0.76</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B12" s="155">
+      <c r="B12" s="154">
         <v>0.28000000000000003</v>
       </c>
-      <c r="C12" s="155">
+      <c r="C12" s="154">
         <v>0.75</v>
       </c>
-      <c r="D12" s="155">
+      <c r="D12" s="154">
         <v>0.56000000000000005</v>
       </c>
-      <c r="E12" s="155">
+      <c r="E12" s="154">
         <v>0.62</v>
       </c>
-      <c r="F12" s="155">
+      <c r="F12" s="154">
         <v>0.66</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A13" s="145" t="s">
+      <c r="A13" s="144" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="156">
+      <c r="B13" s="155">
         <v>0.48</v>
       </c>
-      <c r="C13" s="156">
+      <c r="C13" s="155">
         <v>0.74</v>
       </c>
-      <c r="D13" s="156">
+      <c r="D13" s="155">
         <v>0.55000000000000004</v>
       </c>
-      <c r="E13" s="156">
+      <c r="E13" s="155">
         <v>0.57999999999999996</v>
       </c>
-      <c r="F13" s="156">
+      <c r="F13" s="155">
         <v>0.61</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A14" s="146" t="s">
-[...2 lines deleted...]
-      <c r="B14" s="157">
+      <c r="A14" s="145" t="s">
+        <v>80</v>
+      </c>
+      <c r="B14" s="156">
         <v>0.59</v>
       </c>
-      <c r="C14" s="157">
+      <c r="C14" s="156">
         <v>0.75</v>
       </c>
-      <c r="D14" s="157">
+      <c r="D14" s="156">
         <v>0.69</v>
       </c>
-      <c r="E14" s="157">
+      <c r="E14" s="156">
         <v>0.71</v>
       </c>
-      <c r="F14" s="157">
+      <c r="F14" s="156">
         <v>0.75</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47849050-3F12-49C9-940B-051FDEBFB215}">
   <dimension ref="A1:K26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="M9" sqref="M9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29.5703125" style="1" customWidth="1"/>
     <col min="2" max="6" width="8.7109375" style="1"/>
     <col min="7" max="7" width="3.140625" style="1" customWidth="1"/>
-    <col min="8" max="8" width="18.140625" style="176" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="18.140625" style="175" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="1"/>
     <col min="10" max="10" width="3.140625" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="149" t="s">
-        <v>274</v>
+      <c r="A1" s="148" t="s">
+        <v>273</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="5"/>
-      <c r="B3" s="177">
+      <c r="B3" s="176">
         <v>2019</v>
       </c>
-      <c r="C3" s="177">
+      <c r="C3" s="176">
         <v>2020</v>
       </c>
-      <c r="D3" s="177">
+      <c r="D3" s="176">
         <v>2021</v>
       </c>
-      <c r="E3" s="177">
+      <c r="E3" s="176">
         <v>2022</v>
       </c>
-      <c r="F3" s="177">
+      <c r="F3" s="176">
         <v>2023</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="39" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="183" t="s">
+      <c r="A4" s="182" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="184">
+      <c r="B4" s="183">
         <v>42788</v>
       </c>
-      <c r="C4" s="185">
+      <c r="C4" s="184">
         <v>71788</v>
       </c>
-      <c r="D4" s="186">
+      <c r="D4" s="185">
         <v>50612</v>
       </c>
-      <c r="E4" s="187">
+      <c r="E4" s="186">
         <v>12040</v>
       </c>
-      <c r="F4" s="187">
+      <c r="F4" s="186">
         <v>5650</v>
       </c>
-      <c r="H4" s="178" t="s">
-[...2 lines deleted...]
-      <c r="I4" s="158"/>
+      <c r="H4" s="177" t="s">
+        <v>274</v>
+      </c>
+      <c r="I4" s="157"/>
       <c r="K4" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="168">
+      <c r="B5" s="167">
         <v>40404</v>
       </c>
-      <c r="C5" s="172">
+      <c r="C5" s="171">
         <v>25442</v>
       </c>
-      <c r="D5" s="169">
+      <c r="D5" s="168">
         <v>46344</v>
       </c>
-      <c r="E5" s="172">
+      <c r="E5" s="171">
         <v>28962</v>
       </c>
-      <c r="F5" s="172">
+      <c r="F5" s="171">
         <v>15837</v>
       </c>
-      <c r="H5" s="179" t="s">
-[...2 lines deleted...]
-      <c r="I5" s="159"/>
+      <c r="H5" s="178" t="s">
+        <v>164</v>
+      </c>
+      <c r="I5" s="158"/>
       <c r="K5" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="183" t="s">
-[...2 lines deleted...]
-      <c r="B6" s="184">
+      <c r="A6" s="182" t="s">
+        <v>138</v>
+      </c>
+      <c r="B6" s="183">
         <v>31286</v>
       </c>
-      <c r="C6" s="187">
+      <c r="C6" s="186">
         <v>6275</v>
       </c>
-      <c r="D6" s="187">
+      <c r="D6" s="186">
         <v>8861</v>
       </c>
-      <c r="E6" s="187">
+      <c r="E6" s="186">
         <v>1240</v>
       </c>
-      <c r="F6" s="188">
+      <c r="F6" s="187">
         <v>-4917</v>
       </c>
-      <c r="H6" s="179" t="s">
-[...2 lines deleted...]
-      <c r="I6" s="160"/>
+      <c r="H6" s="178" t="s">
+        <v>166</v>
+      </c>
+      <c r="I6" s="159"/>
     </row>
     <row r="7" spans="1:11" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="170">
+      <c r="B7" s="169">
         <v>6864</v>
       </c>
-      <c r="C7" s="171">
+      <c r="C7" s="170">
         <v>864</v>
       </c>
-      <c r="D7" s="174">
+      <c r="D7" s="173">
         <v>-1869</v>
       </c>
-      <c r="E7" s="182">
+      <c r="E7" s="181">
         <v>-11950</v>
       </c>
-      <c r="F7" s="175">
+      <c r="F7" s="174">
         <v>-22142</v>
       </c>
-      <c r="H7" s="179" t="s">
+      <c r="H7" s="178" t="s">
+        <v>168</v>
+      </c>
+      <c r="I7" s="160"/>
+    </row>
+    <row r="8" spans="1:11" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="182" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="188">
+        <v>22981</v>
+      </c>
+      <c r="C8" s="186">
+        <v>8031</v>
+      </c>
+      <c r="D8" s="186">
+        <v>2241</v>
+      </c>
+      <c r="E8" s="189">
+        <v>-11757</v>
+      </c>
+      <c r="F8" s="190">
+        <v>-24055</v>
+      </c>
+      <c r="H8" s="178" t="s">
         <v>169</v>
       </c>
-      <c r="I7" s="161"/>
-[...23 lines deleted...]
-      <c r="I8" s="162"/>
+      <c r="I8" s="161"/>
     </row>
     <row r="9" spans="1:11" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="B9" s="168">
+        <v>139</v>
+      </c>
+      <c r="B9" s="167">
         <v>31540</v>
       </c>
-      <c r="C9" s="172">
+      <c r="C9" s="171">
         <v>22540</v>
       </c>
-      <c r="D9" s="172">
+      <c r="D9" s="171">
         <v>17390</v>
       </c>
-      <c r="E9" s="182">
+      <c r="E9" s="181">
         <v>-3626</v>
       </c>
-      <c r="F9" s="175">
+      <c r="F9" s="174">
         <v>-21973</v>
       </c>
-      <c r="H9" s="180" t="s">
+      <c r="H9" s="179" t="s">
+        <v>170</v>
+      </c>
+      <c r="I9" s="162"/>
+    </row>
+    <row r="10" spans="1:11" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="182" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="183">
+        <v>41326</v>
+      </c>
+      <c r="C10" s="188">
+        <v>15986</v>
+      </c>
+      <c r="D10" s="188">
+        <v>17111</v>
+      </c>
+      <c r="E10" s="186">
+        <v>4403</v>
+      </c>
+      <c r="F10" s="190">
+        <v>-20967</v>
+      </c>
+      <c r="H10" s="179" t="s">
         <v>171</v>
       </c>
-      <c r="I9" s="163"/>
-[...23 lines deleted...]
-      <c r="I10" s="164"/>
+      <c r="I10" s="163"/>
     </row>
     <row r="11" spans="1:11" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="168">
+      <c r="B11" s="167">
         <v>36739</v>
       </c>
-      <c r="C11" s="172">
+      <c r="C11" s="171">
         <v>28364</v>
       </c>
-      <c r="D11" s="168">
+      <c r="D11" s="167">
         <v>34741</v>
       </c>
-      <c r="E11" s="172">
+      <c r="E11" s="171">
         <v>21258</v>
       </c>
-      <c r="F11" s="173">
+      <c r="F11" s="172">
         <v>-1526</v>
       </c>
-      <c r="H11" s="180" t="s">
+      <c r="H11" s="179" t="s">
+        <v>172</v>
+      </c>
+      <c r="I11" s="164"/>
+    </row>
+    <row r="12" spans="1:11" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="182" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="184">
+        <v>60130</v>
+      </c>
+      <c r="C12" s="183">
+        <v>40146</v>
+      </c>
+      <c r="D12" s="183">
+        <v>44133</v>
+      </c>
+      <c r="E12" s="188">
+        <v>17130</v>
+      </c>
+      <c r="F12" s="186">
+        <v>13594</v>
+      </c>
+      <c r="H12" s="179" t="s">
         <v>173</v>
       </c>
-      <c r="I11" s="165"/>
-[...20 lines deleted...]
-      <c r="H12" s="180" t="s">
+      <c r="I12" s="165"/>
+      <c r="K12" s="1" t="s">
         <v>174</v>
-      </c>
-[...2 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="39" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="169">
+      <c r="B13" s="168">
         <v>55799</v>
       </c>
-      <c r="C13" s="168">
+      <c r="C13" s="167">
         <v>38749</v>
       </c>
-      <c r="D13" s="169">
+      <c r="D13" s="168">
         <v>49224</v>
       </c>
-      <c r="E13" s="168">
+      <c r="E13" s="167">
         <v>36760</v>
       </c>
-      <c r="F13" s="172">
+      <c r="F13" s="171">
         <v>23172</v>
       </c>
-      <c r="H13" s="180" t="s">
-[...2 lines deleted...]
-      <c r="I13" s="167"/>
+      <c r="H13" s="179" t="s">
+        <v>175</v>
+      </c>
+      <c r="I13" s="166"/>
       <c r="K13" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="183" t="s">
+      <c r="A14" s="182" t="s">
         <v>29</v>
       </c>
-      <c r="B14" s="184">
+      <c r="B14" s="183">
         <v>37028</v>
       </c>
-      <c r="C14" s="189">
+      <c r="C14" s="188">
         <v>29278</v>
       </c>
-      <c r="D14" s="189">
+      <c r="D14" s="188">
         <v>18794</v>
       </c>
-      <c r="E14" s="187">
+      <c r="E14" s="186">
         <v>2869</v>
       </c>
-      <c r="F14" s="188">
+      <c r="F14" s="187">
         <v>-1088</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A26" s="181"/>
+      <c r="A26" s="180"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9823BCED-09AC-4D50-9C15-D8CDACC16561}">
   <dimension ref="A1:J26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F22" sqref="F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.5703125" style="1" customWidth="1"/>
     <col min="2" max="6" width="8.7109375" style="1"/>
     <col min="7" max="7" width="5.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.2">
-      <c r="A1" s="149" t="s">
-        <v>278</v>
+      <c r="A1" s="148" t="s">
+        <v>277</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="5"/>
-      <c r="B3" s="177">
+      <c r="B3" s="176">
         <v>2019</v>
       </c>
-      <c r="C3" s="177">
+      <c r="C3" s="176">
         <v>2020</v>
       </c>
-      <c r="D3" s="177">
+      <c r="D3" s="176">
         <v>2021</v>
       </c>
-      <c r="E3" s="177">
+      <c r="E3" s="176">
         <v>2022</v>
       </c>
-      <c r="F3" s="177">
+      <c r="F3" s="176">
         <v>2023</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="183" t="s">
+      <c r="A4" s="182" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="199">
+      <c r="B4" s="198">
         <v>0.42599999999999999</v>
       </c>
-      <c r="C4" s="199">
+      <c r="C4" s="198">
         <v>0.47599999999999998</v>
       </c>
-      <c r="D4" s="199">
+      <c r="D4" s="198">
         <v>0.443</v>
       </c>
-      <c r="E4" s="199">
+      <c r="E4" s="198">
         <v>0.53800000000000003</v>
       </c>
-      <c r="F4" s="199">
+      <c r="F4" s="198">
         <v>0.53100000000000003</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="195">
+      <c r="B5" s="194">
         <v>0.39300000000000002</v>
       </c>
-      <c r="C5" s="194">
+      <c r="C5" s="193">
         <v>0.52900000000000003</v>
       </c>
-      <c r="D5" s="194">
+      <c r="D5" s="193">
         <v>0.47799999999999998</v>
       </c>
-      <c r="E5" s="194">
+      <c r="E5" s="193">
         <v>0.48399999999999999</v>
       </c>
-      <c r="F5" s="194">
+      <c r="F5" s="193">
         <v>0.496</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="183" t="s">
-[...2 lines deleted...]
-      <c r="B6" s="199">
+      <c r="A6" s="182" t="s">
+        <v>138</v>
+      </c>
+      <c r="B6" s="198">
         <v>0.52200000000000002</v>
       </c>
-      <c r="C6" s="199">
+      <c r="C6" s="198">
         <v>0.59899999999999998</v>
       </c>
-      <c r="D6" s="199">
+      <c r="D6" s="198">
         <v>0.59899999999999998</v>
       </c>
-      <c r="E6" s="200">
+      <c r="E6" s="199">
         <v>0.60899999999999999</v>
       </c>
-      <c r="F6" s="199">
+      <c r="F6" s="198">
         <v>0.58199999999999996</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="194">
+      <c r="B7" s="193">
         <v>0.57799999999999996</v>
       </c>
-      <c r="C7" s="196">
+      <c r="C7" s="195">
         <v>0.624</v>
       </c>
-      <c r="D7" s="196">
+      <c r="D7" s="195">
         <v>0.65200000000000002</v>
       </c>
-      <c r="E7" s="196">
+      <c r="E7" s="195">
         <v>0.66800000000000004</v>
       </c>
-      <c r="F7" s="196">
+      <c r="F7" s="195">
         <v>0.69499999999999995</v>
       </c>
-      <c r="H7" s="181" t="s">
+      <c r="H7" s="180" t="s">
+        <v>181</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="J7" s="162"/>
+    </row>
+    <row r="8" spans="1:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="182" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="200">
+        <v>0.379</v>
+      </c>
+      <c r="C8" s="198">
+        <v>0.59299999999999997</v>
+      </c>
+      <c r="D8" s="199">
+        <v>0.63200000000000001</v>
+      </c>
+      <c r="E8" s="199">
+        <v>0.63700000000000001</v>
+      </c>
+      <c r="F8" s="199">
+        <v>0.66</v>
+      </c>
+      <c r="H8" s="180" t="s">
         <v>182</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="I8" s="5" t="s">
         <v>177</v>
       </c>
-      <c r="J7" s="163"/>
-[...26 lines deleted...]
-      <c r="J8" s="164"/>
+      <c r="J8" s="163"/>
     </row>
     <row r="9" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="B9" s="194">
+        <v>139</v>
+      </c>
+      <c r="B9" s="193">
         <v>0.45500000000000002</v>
       </c>
-      <c r="C9" s="194">
+      <c r="C9" s="193">
         <v>0.50900000000000001</v>
       </c>
-      <c r="D9" s="194">
+      <c r="D9" s="193">
         <v>0.54900000000000004</v>
       </c>
-      <c r="E9" s="196">
+      <c r="E9" s="195">
         <v>0.60299999999999998</v>
       </c>
-      <c r="F9" s="196">
+      <c r="F9" s="195">
         <v>0.67500000000000004</v>
       </c>
       <c r="I9" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="J9" s="164"/>
+    </row>
+    <row r="10" spans="1:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="182" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="200">
+        <v>0.35799999999999998</v>
+      </c>
+      <c r="C10" s="198">
+        <v>0.55300000000000005</v>
+      </c>
+      <c r="D10" s="198">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="E10" s="198">
+        <v>0.56399999999999995</v>
+      </c>
+      <c r="F10" s="199">
+        <v>0.65400000000000003</v>
+      </c>
+      <c r="I10" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="J9" s="165"/>
-[...23 lines deleted...]
-      <c r="J10" s="166"/>
+      <c r="J10" s="165"/>
     </row>
     <row r="11" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="196">
+      <c r="B11" s="195">
         <v>0.61499999999999999</v>
       </c>
-      <c r="C11" s="194">
+      <c r="C11" s="193">
         <v>0.60799999999999998</v>
       </c>
-      <c r="D11" s="194">
+      <c r="D11" s="193">
         <v>0.52100000000000002</v>
       </c>
-      <c r="E11" s="194">
+      <c r="E11" s="193">
         <v>0.54200000000000004</v>
       </c>
-      <c r="F11" s="194">
+      <c r="F11" s="193">
         <v>0.55200000000000005</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="J11" s="167"/>
+        <v>180</v>
+      </c>
+      <c r="J11" s="166"/>
     </row>
     <row r="12" spans="1:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="183" t="s">
+      <c r="A12" s="182" t="s">
         <v>27</v>
       </c>
-      <c r="B12" s="201">
+      <c r="B12" s="200">
         <v>0.31</v>
       </c>
-      <c r="C12" s="199">
+      <c r="C12" s="198">
         <v>0.46100000000000002</v>
       </c>
-      <c r="D12" s="199">
+      <c r="D12" s="198">
         <v>0.45700000000000002</v>
       </c>
-      <c r="E12" s="199">
+      <c r="E12" s="198">
         <v>0.51400000000000001</v>
       </c>
-      <c r="F12" s="199">
+      <c r="F12" s="198">
         <v>0.48899999999999999</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="194">
+      <c r="B13" s="193">
         <v>0.40600000000000003</v>
       </c>
-      <c r="C13" s="194">
+      <c r="C13" s="193">
         <v>0.48899999999999999</v>
       </c>
-      <c r="D13" s="194">
+      <c r="D13" s="193">
         <v>0.46300000000000002</v>
       </c>
-      <c r="E13" s="194">
+      <c r="E13" s="193">
         <v>0.46400000000000002</v>
       </c>
-      <c r="F13" s="194">
+      <c r="F13" s="193">
         <v>0.47</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="183" t="s">
+      <c r="A14" s="182" t="s">
         <v>29</v>
       </c>
-      <c r="B14" s="199">
+      <c r="B14" s="198">
         <v>0.45300000000000001</v>
       </c>
-      <c r="C14" s="199">
+      <c r="C14" s="198">
         <v>0.50700000000000001</v>
       </c>
-      <c r="D14" s="199">
+      <c r="D14" s="198">
         <v>0.56299999999999994</v>
       </c>
-      <c r="E14" s="199">
+      <c r="E14" s="198">
         <v>0.57299999999999995</v>
       </c>
-      <c r="F14" s="199">
+      <c r="F14" s="198">
         <v>0.55800000000000005</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A23" s="181"/>
+      <c r="A23" s="180"/>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A26" s="193"/>
-      <c r="B26" s="193"/>
+      <c r="A26" s="192"/>
+      <c r="B26" s="192"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{670CFD2C-BAAB-42D9-B586-EF08F3C837A0}">
   <dimension ref="A1:K16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="36" style="1" customWidth="1"/>
     <col min="2" max="6" width="8.7109375" style="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="5.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="21.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10.42578125" style="1" customWidth="1"/>
     <col min="11" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="18" x14ac:dyDescent="0.2">
-      <c r="A1" s="149" t="s">
-        <v>281</v>
+      <c r="A1" s="148" t="s">
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="45" x14ac:dyDescent="0.2">
-      <c r="A3" s="198"/>
-      <c r="B3" s="177">
+      <c r="A3" s="197"/>
+      <c r="B3" s="176">
         <v>2019</v>
       </c>
-      <c r="C3" s="177">
+      <c r="C3" s="176">
         <v>2020</v>
       </c>
-      <c r="D3" s="177">
+      <c r="D3" s="176">
         <v>2021</v>
       </c>
-      <c r="E3" s="177">
+      <c r="E3" s="176">
         <v>2022</v>
       </c>
-      <c r="F3" s="177">
+      <c r="F3" s="176">
         <v>2023</v>
       </c>
-      <c r="G3" s="177" t="s">
-        <v>184</v>
+      <c r="G3" s="176" t="s">
+        <v>183</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="183" t="s">
+      <c r="A4" s="182" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="208">
+      <c r="B4" s="207">
         <v>0.60099999999999998</v>
       </c>
-      <c r="C4" s="208">
+      <c r="C4" s="207">
         <v>0.89</v>
       </c>
-      <c r="D4" s="208">
+      <c r="D4" s="207">
         <v>0.65900000000000003</v>
       </c>
-      <c r="E4" s="209">
+      <c r="E4" s="208">
         <v>1.216</v>
       </c>
-      <c r="F4" s="209">
+      <c r="F4" s="208">
         <v>1.212</v>
       </c>
-      <c r="G4" s="210">
+      <c r="G4" s="209">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="206">
+      <c r="B5" s="205">
         <v>0.45</v>
       </c>
-      <c r="C5" s="204">
+      <c r="C5" s="203">
         <v>1.44</v>
       </c>
-      <c r="D5" s="203">
+      <c r="D5" s="202">
         <v>0.91200000000000003</v>
       </c>
-      <c r="E5" s="203">
+      <c r="E5" s="202">
         <v>0.99099999999999999</v>
       </c>
-      <c r="F5" s="204">
+      <c r="F5" s="203">
         <v>1.1180000000000001</v>
       </c>
-      <c r="G5" s="205">
+      <c r="G5" s="204">
         <v>-0.13</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="183" t="s">
+      <c r="A6" s="182" t="s">
         <v>21</v>
       </c>
-      <c r="B6" s="209">
+      <c r="B6" s="208">
         <v>1.038</v>
       </c>
-      <c r="C6" s="209">
+      <c r="C6" s="208">
         <v>1.49</v>
       </c>
-      <c r="D6" s="209">
+      <c r="D6" s="208">
         <v>1.3260000000000001</v>
       </c>
-      <c r="E6" s="209">
+      <c r="E6" s="208">
         <v>1.3540000000000001</v>
       </c>
-      <c r="F6" s="209">
+      <c r="F6" s="208">
         <v>1.4770000000000001</v>
       </c>
-      <c r="G6" s="211">
+      <c r="G6" s="210">
         <v>-0.12</v>
       </c>
-      <c r="J6" s="192" t="s">
-[...2 lines deleted...]
-      <c r="K6" s="193"/>
+      <c r="J6" s="191" t="s">
+        <v>185</v>
+      </c>
+      <c r="K6" s="192"/>
     </row>
     <row r="7" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="204">
+      <c r="B7" s="203">
         <v>1.355</v>
       </c>
-      <c r="C7" s="207">
+      <c r="C7" s="206">
         <v>1.55</v>
       </c>
-      <c r="D7" s="207">
+      <c r="D7" s="206">
         <v>1.637</v>
       </c>
-      <c r="E7" s="207">
+      <c r="E7" s="206">
         <v>1.7050000000000001</v>
       </c>
-      <c r="F7" s="207">
+      <c r="F7" s="206">
         <v>1.863</v>
       </c>
-      <c r="G7" s="205">
+      <c r="G7" s="204">
         <v>-0.16</v>
       </c>
-      <c r="I7" s="181" t="s">
+      <c r="I7" s="180" t="s">
+        <v>191</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="K7" s="162"/>
+    </row>
+    <row r="8" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="182" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="211">
+        <v>0.36699999999999999</v>
+      </c>
+      <c r="C8" s="208">
+        <v>1.41</v>
+      </c>
+      <c r="D8" s="212">
+        <v>1.5009999999999999</v>
+      </c>
+      <c r="E8" s="212">
+        <v>1.556</v>
+      </c>
+      <c r="F8" s="212">
+        <v>1.8720000000000001</v>
+      </c>
+      <c r="G8" s="210">
+        <v>-0.32</v>
+      </c>
+      <c r="I8" s="180" t="s">
         <v>192</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="J8" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="K7" s="163"/>
-[...29 lines deleted...]
-      <c r="K8" s="164"/>
+      <c r="K8" s="163"/>
     </row>
     <row r="9" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="203">
+      <c r="B9" s="202">
         <v>0.82399999999999995</v>
       </c>
-      <c r="C9" s="204">
+      <c r="C9" s="203">
         <v>1.47</v>
       </c>
-      <c r="D9" s="204">
+      <c r="D9" s="203">
         <v>1.22</v>
       </c>
-      <c r="E9" s="204">
+      <c r="E9" s="203">
         <v>1.4790000000000001</v>
       </c>
-      <c r="F9" s="207">
+      <c r="F9" s="206">
         <v>1.7390000000000001</v>
       </c>
-      <c r="G9" s="205">
+      <c r="G9" s="204">
         <v>-0.26</v>
       </c>
-      <c r="I9" s="181"/>
+      <c r="I9" s="180"/>
       <c r="J9" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="K9" s="164"/>
+    </row>
+    <row r="10" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="182" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="211">
+        <v>0.41299999999999998</v>
+      </c>
+      <c r="C10" s="208">
+        <v>1.36</v>
+      </c>
+      <c r="D10" s="207">
+        <v>0.99399999999999999</v>
+      </c>
+      <c r="E10" s="208">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="F10" s="212">
+        <v>1.536</v>
+      </c>
+      <c r="G10" s="210">
+        <v>-0.39</v>
+      </c>
+      <c r="J10" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="K9" s="165"/>
-[...26 lines deleted...]
-      <c r="K10" s="166"/>
+      <c r="K10" s="165"/>
     </row>
     <row r="11" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="204">
+      <c r="B11" s="203">
         <v>1.462</v>
       </c>
-      <c r="C11" s="204">
+      <c r="C11" s="203">
         <v>1.48</v>
       </c>
-      <c r="D11" s="204">
+      <c r="D11" s="203">
         <v>1.2709999999999999</v>
       </c>
-      <c r="E11" s="204">
+      <c r="E11" s="203">
         <v>1.282</v>
       </c>
-      <c r="F11" s="204">
+      <c r="F11" s="203">
         <v>1.403</v>
       </c>
-      <c r="G11" s="205">
+      <c r="G11" s="204">
         <v>-0.12</v>
       </c>
-      <c r="I11" s="197"/>
+      <c r="I11" s="196"/>
       <c r="J11" s="5" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="K11" s="167"/>
+        <v>190</v>
+      </c>
+      <c r="K11" s="166"/>
     </row>
     <row r="12" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="183" t="s">
+      <c r="A12" s="182" t="s">
         <v>27</v>
       </c>
-      <c r="B12" s="212">
+      <c r="B12" s="211">
         <v>0.28499999999999998</v>
       </c>
-      <c r="C12" s="209">
+      <c r="C12" s="208">
         <v>1.1499999999999999</v>
       </c>
-      <c r="D12" s="208">
+      <c r="D12" s="207">
         <v>0.85899999999999999</v>
       </c>
-      <c r="E12" s="209">
+      <c r="E12" s="208">
         <v>1.131</v>
       </c>
-      <c r="F12" s="214">
+      <c r="F12" s="213">
         <v>1.0780000000000001</v>
       </c>
-      <c r="G12" s="211">
+      <c r="G12" s="210">
         <v>0.05</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="203">
+      <c r="B13" s="202">
         <v>0.51</v>
       </c>
-      <c r="C13" s="204">
+      <c r="C13" s="203">
         <v>1.2</v>
       </c>
-      <c r="D13" s="203">
+      <c r="D13" s="202">
         <v>0.84199999999999997</v>
       </c>
-      <c r="E13" s="203">
+      <c r="E13" s="202">
         <v>0.89</v>
       </c>
-      <c r="F13" s="203">
+      <c r="F13" s="202">
         <v>0.94899999999999995</v>
       </c>
-      <c r="G13" s="205">
+      <c r="G13" s="204">
         <v>-0.06</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="183" t="s">
+      <c r="A14" s="182" t="s">
         <v>29</v>
       </c>
-      <c r="B14" s="208">
+      <c r="B14" s="207">
         <v>0.59099999999999997</v>
       </c>
-      <c r="C14" s="209">
+      <c r="C14" s="208">
         <v>1.26</v>
       </c>
-      <c r="D14" s="209">
+      <c r="D14" s="208">
         <v>1.3029999999999999</v>
       </c>
-      <c r="E14" s="209">
+      <c r="E14" s="208">
         <v>1.357</v>
       </c>
-      <c r="F14" s="209">
+      <c r="F14" s="208">
         <v>1.397</v>
       </c>
-      <c r="G14" s="211">
+      <c r="G14" s="210">
         <v>-0.04</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A15" s="202" t="s">
-        <v>185</v>
+      <c r="A15" s="201" t="s">
+        <v>184</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A16" s="1" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5BCD3131-A043-4D7F-8AE6-60F207A90DE0}">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="1230" topLeftCell="A7" activePane="bottomLeft"/>
       <selection pane="bottomLeft" activeCell="M10" sqref="M10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="142" t="s">
+      <c r="A3" s="141" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="217" t="s">
+      <c r="B3" s="216" t="s">
+        <v>193</v>
+      </c>
+      <c r="C3" s="216" t="s">
+        <v>282</v>
+      </c>
+      <c r="D3" s="216" t="s">
         <v>194</v>
       </c>
-      <c r="C3" s="217" t="s">
+      <c r="E3" s="216" t="s">
+        <v>195</v>
+      </c>
+      <c r="F3" s="216" t="s">
+        <v>196</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A4" s="197" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" s="214">
+        <v>584</v>
+      </c>
+      <c r="C4" s="214">
+        <v>521</v>
+      </c>
+      <c r="D4" s="214">
+        <v>542</v>
+      </c>
+      <c r="E4" s="214">
+        <v>757</v>
+      </c>
+      <c r="F4" s="215">
+        <v>2404</v>
+      </c>
+      <c r="H4" s="246" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A5" s="217" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" s="218">
+        <v>929</v>
+      </c>
+      <c r="C5" s="218">
+        <v>1006</v>
+      </c>
+      <c r="D5" s="218">
+        <v>938</v>
+      </c>
+      <c r="E5" s="218">
+        <v>1021</v>
+      </c>
+      <c r="F5" s="219">
+        <v>3894</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A6" s="197" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" s="214">
+        <v>954</v>
+      </c>
+      <c r="C6" s="214">
+        <v>1124</v>
+      </c>
+      <c r="D6" s="214">
+        <v>807</v>
+      </c>
+      <c r="E6" s="214">
+        <v>773</v>
+      </c>
+      <c r="F6" s="215">
+        <v>3658</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A7" s="217" t="s">
+        <v>42</v>
+      </c>
+      <c r="B7" s="218">
+        <v>929</v>
+      </c>
+      <c r="C7" s="218">
+        <v>863</v>
+      </c>
+      <c r="D7" s="218">
+        <v>825</v>
+      </c>
+      <c r="E7" s="218">
+        <v>856</v>
+      </c>
+      <c r="F7" s="219">
+        <v>3473</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A8" s="197" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" s="214">
+        <v>939</v>
+      </c>
+      <c r="C8" s="214">
+        <v>1063</v>
+      </c>
+      <c r="D8" s="214">
+        <v>730</v>
+      </c>
+      <c r="E8" s="214">
+        <v>886</v>
+      </c>
+      <c r="F8" s="215">
+        <v>3618</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A9" s="217" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" s="218">
+        <v>1021</v>
+      </c>
+      <c r="C9" s="218">
+        <v>986</v>
+      </c>
+      <c r="D9" s="218">
+        <v>839</v>
+      </c>
+      <c r="E9" s="218">
+        <v>1010</v>
+      </c>
+      <c r="F9" s="219">
+        <v>3856</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A10" s="197" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" s="214">
+        <v>950</v>
+      </c>
+      <c r="C10" s="214">
+        <v>941</v>
+      </c>
+      <c r="D10" s="214">
+        <v>796</v>
+      </c>
+      <c r="E10" s="214">
+        <v>866</v>
+      </c>
+      <c r="F10" s="215">
+        <v>3553</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A11" s="217" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" s="218">
+        <v>741</v>
+      </c>
+      <c r="C11" s="218">
+        <v>724</v>
+      </c>
+      <c r="D11" s="218">
+        <v>579</v>
+      </c>
+      <c r="E11" s="218">
+        <v>349</v>
+      </c>
+      <c r="F11" s="219">
+        <v>2393</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A12" s="197" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="214">
         <v>283</v>
       </c>
-      <c r="D3" s="217" t="s">
-[...5 lines deleted...]
-      <c r="F3" s="217" t="s">
+      <c r="C12" s="214">
+        <v>359</v>
+      </c>
+      <c r="D12" s="214">
+        <v>241</v>
+      </c>
+      <c r="E12" s="214">
+        <v>372</v>
+      </c>
+      <c r="F12" s="215">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A13" s="217" t="s">
+        <v>48</v>
+      </c>
+      <c r="B13" s="218">
+        <v>270</v>
+      </c>
+      <c r="C13" s="218">
+        <v>224</v>
+      </c>
+      <c r="D13" s="218">
+        <v>239</v>
+      </c>
+      <c r="E13" s="218">
+        <v>322</v>
+      </c>
+      <c r="F13" s="219">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A14" s="197" t="s">
+        <v>49</v>
+      </c>
+      <c r="B14" s="214">
+        <v>267</v>
+      </c>
+      <c r="C14" s="214">
+        <v>328</v>
+      </c>
+      <c r="D14" s="214">
+        <v>238</v>
+      </c>
+      <c r="E14" s="214">
+        <v>239</v>
+      </c>
+      <c r="F14" s="215">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A15" s="217" t="s">
+        <v>50</v>
+      </c>
+      <c r="B15" s="218">
+        <v>211</v>
+      </c>
+      <c r="C15" s="218">
+        <v>216</v>
+      </c>
+      <c r="D15" s="218">
+        <v>280</v>
+      </c>
+      <c r="E15" s="218">
+        <v>423</v>
+      </c>
+      <c r="F15" s="219">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A16" s="197" t="s">
+        <v>51</v>
+      </c>
+      <c r="B16" s="214">
+        <v>549</v>
+      </c>
+      <c r="C16" s="214">
+        <v>490</v>
+      </c>
+      <c r="D16" s="214">
+        <v>304</v>
+      </c>
+      <c r="E16" s="214">
+        <v>409</v>
+      </c>
+      <c r="F16" s="215">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A17" s="217" t="s">
+        <v>52</v>
+      </c>
+      <c r="B17" s="218" t="s">
         <v>197</v>
       </c>
-      <c r="H3" s="1" t="s">
-[...22 lines deleted...]
-      <c r="H4" s="247" t="s">
+      <c r="C17" s="218" t="s">
+        <v>197</v>
+      </c>
+      <c r="D17" s="218">
+        <v>7</v>
+      </c>
+      <c r="E17" s="218">
+        <v>22</v>
+      </c>
+      <c r="F17" s="219">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A18" s="197" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" s="214">
+        <v>145</v>
+      </c>
+      <c r="C18" s="214">
+        <v>173</v>
+      </c>
+      <c r="D18" s="214">
+        <v>169</v>
+      </c>
+      <c r="E18" s="214">
+        <v>185</v>
+      </c>
+      <c r="F18" s="215">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A19" s="217" t="s">
+        <v>54</v>
+      </c>
+      <c r="B19" s="218">
+        <v>150</v>
+      </c>
+      <c r="C19" s="218">
+        <v>154</v>
+      </c>
+      <c r="D19" s="218">
+        <v>85</v>
+      </c>
+      <c r="E19" s="218">
+        <v>230</v>
+      </c>
+      <c r="F19" s="219">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A20" s="197" t="s">
+        <v>55</v>
+      </c>
+      <c r="B20" s="214">
+        <v>246</v>
+      </c>
+      <c r="C20" s="214">
+        <v>271</v>
+      </c>
+      <c r="D20" s="214">
+        <v>231</v>
+      </c>
+      <c r="E20" s="214">
+        <v>285</v>
+      </c>
+      <c r="F20" s="215">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A21" s="220" t="s">
+        <v>56</v>
+      </c>
+      <c r="B21" s="221">
+        <v>339</v>
+      </c>
+      <c r="C21" s="221">
+        <v>333</v>
+      </c>
+      <c r="D21" s="221">
+        <v>245</v>
+      </c>
+      <c r="E21" s="221">
+        <v>307</v>
+      </c>
+      <c r="F21" s="222">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" s="244" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A25" s="244" t="s">
         <v>302</v>
       </c>
     </row>
-    <row r="5" spans="1:8" ht="30" x14ac:dyDescent="0.2">
-[...350 lines deleted...]
-      <c r="A27" s="246" t="s">
+    <row r="26" spans="1:6" s="244" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A26" s="244" t="s">
         <v>300</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" s="244" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A27" s="245" t="s">
+        <v>299</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A27" r:id="rId1" xr:uid="{3EA76AEE-58A2-40E0-A9D4-57774118154D}"/>
     <hyperlink ref="H4" r:id="rId2" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{31B943B6-44D1-4AE1-8D3D-83F4FE11C82C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D4E4CDBB-02BE-44CD-A846-1F934009ED89}">
   <dimension ref="A1:M48"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="2115" topLeftCell="A7" activePane="bottomLeft"/>
       <selection activeCell="I2" sqref="I2"/>
       <selection pane="bottomLeft" activeCell="K55" sqref="K55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="16.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="14.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="18.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="I1" s="71" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="18" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
-      <c r="I2" s="247" t="s">
-        <v>302</v>
+      <c r="I2" s="246" t="s">
+        <v>301</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A3" s="285"/>
-      <c r="B3" s="285"/>
+      <c r="A3" s="298"/>
+      <c r="B3" s="298"/>
       <c r="C3" s="67"/>
-      <c r="D3" s="224"/>
-[...2 lines deleted...]
-      <c r="H3" s="224"/>
+      <c r="D3" s="223"/>
+      <c r="E3" s="223"/>
+      <c r="G3" s="223"/>
+      <c r="H3" s="223"/>
       <c r="I3" s="36"/>
-      <c r="J3" s="224"/>
+      <c r="J3" s="223"/>
       <c r="K3" s="67"/>
-      <c r="L3" s="284"/>
-      <c r="M3" s="284"/>
+      <c r="L3" s="297"/>
+      <c r="M3" s="297"/>
     </row>
     <row r="4" spans="1:13" ht="75" x14ac:dyDescent="0.2">
-      <c r="A4" s="228" t="s">
+      <c r="A4" s="227" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="229" t="s">
+      <c r="B4" s="228" t="s">
+        <v>199</v>
+      </c>
+      <c r="C4" s="228" t="s">
         <v>200</v>
       </c>
-      <c r="C4" s="229" t="s">
+      <c r="D4" s="228" t="s">
         <v>201</v>
       </c>
-      <c r="D4" s="229" t="s">
+      <c r="E4" s="228" t="s">
         <v>202</v>
       </c>
-      <c r="E4" s="229" t="s">
+      <c r="F4" s="228" t="s">
         <v>203</v>
       </c>
-      <c r="F4" s="229" t="s">
+      <c r="G4" s="228" t="s">
         <v>204</v>
       </c>
-      <c r="G4" s="229" t="s">
+      <c r="H4" s="228" t="s">
         <v>205</v>
       </c>
-      <c r="H4" s="229" t="s">
+      <c r="I4" s="228" t="s">
         <v>206</v>
       </c>
-      <c r="I4" s="229" t="s">
+      <c r="J4" s="228" t="s">
         <v>207</v>
       </c>
-      <c r="J4" s="229" t="s">
+      <c r="K4" s="228" t="s">
         <v>208</v>
       </c>
-      <c r="K4" s="229" t="s">
-[...3 lines deleted...]
-      <c r="M4" s="284"/>
+      <c r="L4" s="297"/>
+      <c r="M4" s="297"/>
     </row>
     <row r="5" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A5" s="225">
+      <c r="A5" s="224">
         <v>1981</v>
       </c>
       <c r="B5" s="70">
         <v>10700</v>
       </c>
-      <c r="C5" s="227">
+      <c r="C5" s="226">
         <v>64</v>
       </c>
-      <c r="D5" s="227">
+      <c r="D5" s="226">
         <v>122</v>
       </c>
-      <c r="E5" s="227">
+      <c r="E5" s="226">
         <v>34</v>
       </c>
       <c r="F5" s="70">
         <v>11335</v>
       </c>
       <c r="G5" s="70">
         <v>8037</v>
       </c>
-      <c r="H5" s="227">
+      <c r="H5" s="226">
         <v>78</v>
       </c>
-      <c r="I5" s="227">
+      <c r="I5" s="226">
         <v>1.44</v>
       </c>
-      <c r="J5" s="227">
+      <c r="J5" s="226">
         <v>14.2</v>
       </c>
-      <c r="K5" s="227" t="s">
-[...3 lines deleted...]
-      <c r="M5" s="284"/>
+      <c r="K5" s="226" t="s">
+        <v>209</v>
+      </c>
+      <c r="L5" s="297"/>
+      <c r="M5" s="297"/>
     </row>
     <row r="6" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A6" s="230">
+      <c r="A6" s="229">
         <v>1991</v>
       </c>
-      <c r="B6" s="76">
+      <c r="B6" s="75">
         <v>10600</v>
       </c>
-      <c r="C6" s="231">
+      <c r="C6" s="230">
         <v>55</v>
       </c>
-      <c r="D6" s="231">
+      <c r="D6" s="230">
         <v>234</v>
       </c>
-      <c r="E6" s="231">
+      <c r="E6" s="230">
         <v>32</v>
       </c>
-      <c r="F6" s="76">
+      <c r="F6" s="75">
         <v>22189</v>
       </c>
-      <c r="G6" s="76">
+      <c r="G6" s="75">
         <v>13651</v>
       </c>
-      <c r="H6" s="231">
+      <c r="H6" s="230">
         <v>86</v>
       </c>
-      <c r="I6" s="231">
+      <c r="I6" s="230">
         <v>1.71</v>
       </c>
-      <c r="J6" s="231">
+      <c r="J6" s="230">
         <v>15.7</v>
       </c>
-      <c r="K6" s="231" t="s">
-[...3 lines deleted...]
-      <c r="M6" s="284"/>
+      <c r="K6" s="230" t="s">
+        <v>209</v>
+      </c>
+      <c r="L6" s="297"/>
+      <c r="M6" s="297"/>
     </row>
     <row r="7" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A7" s="225">
+      <c r="A7" s="224">
         <v>1996</v>
       </c>
       <c r="B7" s="70">
         <v>13600</v>
       </c>
-      <c r="C7" s="227">
+      <c r="C7" s="226">
         <v>55</v>
       </c>
-      <c r="D7" s="227">
+      <c r="D7" s="226">
         <v>419</v>
       </c>
-      <c r="E7" s="227">
+      <c r="E7" s="226">
         <v>32</v>
       </c>
       <c r="F7" s="70">
         <v>30773</v>
       </c>
       <c r="G7" s="70">
         <v>16584</v>
       </c>
-      <c r="H7" s="227">
+      <c r="H7" s="226">
         <v>90</v>
       </c>
-      <c r="I7" s="227">
+      <c r="I7" s="226">
         <v>1.94</v>
       </c>
-      <c r="J7" s="227">
+      <c r="J7" s="226">
         <v>9.1999999999999993</v>
       </c>
-      <c r="K7" s="227" t="s">
-[...3 lines deleted...]
-      <c r="M7" s="284"/>
+      <c r="K7" s="226" t="s">
+        <v>209</v>
+      </c>
+      <c r="L7" s="297"/>
+      <c r="M7" s="297"/>
     </row>
     <row r="8" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A8" s="230">
+      <c r="A8" s="229">
         <v>2001</v>
       </c>
-      <c r="B8" s="76">
+      <c r="B8" s="75">
         <v>18300</v>
       </c>
-      <c r="C8" s="231">
+      <c r="C8" s="230">
         <v>62</v>
       </c>
-      <c r="D8" s="231">
+      <c r="D8" s="230">
         <v>924</v>
       </c>
-      <c r="E8" s="231">
+      <c r="E8" s="230">
         <v>32</v>
       </c>
-      <c r="F8" s="76">
+      <c r="F8" s="75">
         <v>50872</v>
       </c>
-      <c r="G8" s="76">
+      <c r="G8" s="75">
         <v>22836</v>
       </c>
-      <c r="H8" s="231">
+      <c r="H8" s="230">
         <v>87</v>
       </c>
-      <c r="I8" s="231">
+      <c r="I8" s="230">
         <v>2.33</v>
       </c>
-      <c r="J8" s="231">
+      <c r="J8" s="230">
         <v>12.1</v>
       </c>
-      <c r="K8" s="231" t="s">
-[...3 lines deleted...]
-      <c r="M8" s="284"/>
+      <c r="K8" s="230" t="s">
+        <v>209</v>
+      </c>
+      <c r="L8" s="297"/>
+      <c r="M8" s="297"/>
     </row>
     <row r="9" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A9" s="225">
+      <c r="A9" s="224">
         <v>2002</v>
       </c>
       <c r="B9" s="70">
         <v>15100</v>
       </c>
-      <c r="C9" s="227">
+      <c r="C9" s="226">
         <v>51</v>
       </c>
-      <c r="D9" s="227">
+      <c r="D9" s="226">
         <v>892</v>
       </c>
-      <c r="E9" s="227">
+      <c r="E9" s="226">
         <v>32</v>
       </c>
       <c r="F9" s="70">
         <v>58930</v>
       </c>
       <c r="G9" s="70">
         <v>28141</v>
       </c>
-      <c r="H9" s="227">
+      <c r="H9" s="226">
         <v>86</v>
       </c>
-      <c r="I9" s="227" t="s">
-[...5 lines deleted...]
-      <c r="K9" s="227" t="s">
+      <c r="I9" s="226" t="s">
         <v>210</v>
       </c>
-      <c r="L9" s="284"/>
-      <c r="M9" s="284"/>
+      <c r="J9" s="226" t="s">
+        <v>210</v>
+      </c>
+      <c r="K9" s="226" t="s">
+        <v>209</v>
+      </c>
+      <c r="L9" s="297"/>
+      <c r="M9" s="297"/>
     </row>
     <row r="10" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A10" s="230">
+      <c r="A10" s="229">
         <v>2003</v>
       </c>
-      <c r="B10" s="76">
+      <c r="B10" s="75">
         <v>13400</v>
       </c>
-      <c r="C10" s="231">
+      <c r="C10" s="230">
         <v>39</v>
       </c>
-      <c r="D10" s="231">
+      <c r="D10" s="230">
         <v>819</v>
       </c>
-      <c r="E10" s="231">
+      <c r="E10" s="230">
         <v>33</v>
       </c>
-      <c r="F10" s="76">
+      <c r="F10" s="75">
         <v>60994</v>
       </c>
-      <c r="G10" s="76">
+      <c r="G10" s="75">
         <v>24397</v>
       </c>
-      <c r="H10" s="231">
+      <c r="H10" s="230">
         <v>82</v>
       </c>
-      <c r="I10" s="231">
+      <c r="I10" s="230">
         <v>2.67</v>
       </c>
-      <c r="J10" s="231">
+      <c r="J10" s="230">
         <v>10.8</v>
       </c>
-      <c r="K10" s="231" t="s">
-[...3 lines deleted...]
-      <c r="M10" s="284"/>
+      <c r="K10" s="230" t="s">
+        <v>209</v>
+      </c>
+      <c r="L10" s="297"/>
+      <c r="M10" s="297"/>
     </row>
     <row r="11" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A11" s="225">
+      <c r="A11" s="224">
         <v>2004</v>
       </c>
       <c r="B11" s="70">
         <v>10600</v>
       </c>
-      <c r="C11" s="227">
+      <c r="C11" s="226">
         <v>36</v>
       </c>
-      <c r="D11" s="227">
+      <c r="D11" s="226">
         <v>706</v>
       </c>
-      <c r="E11" s="227">
+      <c r="E11" s="226">
         <v>34</v>
       </c>
       <c r="F11" s="70">
         <v>65816</v>
       </c>
       <c r="G11" s="70">
         <v>26158</v>
       </c>
-      <c r="H11" s="227">
+      <c r="H11" s="226">
         <v>84</v>
       </c>
-      <c r="I11" s="227">
+      <c r="I11" s="226">
         <v>2.76</v>
       </c>
-      <c r="J11" s="227">
+      <c r="J11" s="226">
         <v>13.2</v>
       </c>
-      <c r="K11" s="227" t="s">
-[...3 lines deleted...]
-      <c r="M11" s="284"/>
+      <c r="K11" s="226" t="s">
+        <v>209</v>
+      </c>
+      <c r="L11" s="297"/>
+      <c r="M11" s="297"/>
     </row>
     <row r="12" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A12" s="230">
+      <c r="A12" s="229">
         <v>2005</v>
       </c>
-      <c r="B12" s="76">
+      <c r="B12" s="75">
         <v>9700</v>
       </c>
-      <c r="C12" s="231">
+      <c r="C12" s="230">
         <v>39</v>
       </c>
-      <c r="D12" s="231">
+      <c r="D12" s="230">
         <v>757</v>
       </c>
-      <c r="E12" s="231">
+      <c r="E12" s="230">
         <v>32</v>
       </c>
-      <c r="F12" s="76">
+      <c r="F12" s="75">
         <v>79074</v>
       </c>
-      <c r="G12" s="76">
+      <c r="G12" s="75">
         <v>29639</v>
       </c>
-      <c r="H12" s="231">
+      <c r="H12" s="230">
         <v>80</v>
       </c>
-      <c r="I12" s="231">
+      <c r="I12" s="230">
         <v>2.9</v>
       </c>
-      <c r="J12" s="231">
+      <c r="J12" s="230">
         <v>15.1</v>
       </c>
-      <c r="K12" s="231">
+      <c r="K12" s="230">
         <v>19.600000000000001</v>
       </c>
-      <c r="L12" s="284"/>
-      <c r="M12" s="284"/>
+      <c r="L12" s="297"/>
+      <c r="M12" s="297"/>
     </row>
     <row r="13" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A13" s="225">
+      <c r="A13" s="224">
         <v>2006</v>
       </c>
       <c r="B13" s="70">
         <v>9200</v>
       </c>
-      <c r="C13" s="227">
+      <c r="C13" s="226">
         <v>35</v>
       </c>
-      <c r="D13" s="227">
+      <c r="D13" s="226">
         <v>870</v>
       </c>
-      <c r="E13" s="227">
+      <c r="E13" s="226">
         <v>32</v>
       </c>
       <c r="F13" s="70">
         <v>94250</v>
       </c>
       <c r="G13" s="70">
         <v>31554</v>
       </c>
-      <c r="H13" s="227">
+      <c r="H13" s="226">
         <v>77</v>
       </c>
-      <c r="I13" s="227">
+      <c r="I13" s="226">
         <v>3.27</v>
       </c>
-      <c r="J13" s="227">
+      <c r="J13" s="226">
         <v>16</v>
       </c>
-      <c r="K13" s="227">
+      <c r="K13" s="226">
         <v>20.3</v>
       </c>
-      <c r="L13" s="284"/>
-      <c r="M13" s="284"/>
+      <c r="L13" s="297"/>
+      <c r="M13" s="297"/>
     </row>
     <row r="14" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A14" s="230">
+      <c r="A14" s="229">
         <v>2007</v>
       </c>
-      <c r="B14" s="76">
+      <c r="B14" s="75">
         <v>5600</v>
       </c>
-      <c r="C14" s="231">
+      <c r="C14" s="230">
         <v>32</v>
       </c>
-      <c r="D14" s="231">
+      <c r="D14" s="230">
         <v>660</v>
       </c>
-      <c r="E14" s="231">
+      <c r="E14" s="230">
         <v>31</v>
       </c>
-      <c r="F14" s="76">
+      <c r="F14" s="75">
         <v>118679</v>
       </c>
-      <c r="G14" s="76">
+      <c r="G14" s="75">
         <v>35701</v>
       </c>
-      <c r="H14" s="231">
+      <c r="H14" s="230">
         <v>70</v>
       </c>
-      <c r="I14" s="231">
+      <c r="I14" s="230">
         <v>3.54</v>
       </c>
-      <c r="J14" s="231">
+      <c r="J14" s="230">
         <v>20.6</v>
       </c>
-      <c r="K14" s="237">
+      <c r="K14" s="236">
         <v>24</v>
       </c>
-      <c r="L14" s="284"/>
-      <c r="M14" s="284"/>
+      <c r="L14" s="297"/>
+      <c r="M14" s="297"/>
     </row>
     <row r="15" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A15" s="225">
+      <c r="A15" s="224">
         <v>2008</v>
       </c>
       <c r="B15" s="70">
         <v>2900</v>
       </c>
-      <c r="C15" s="227">
+      <c r="C15" s="226">
         <v>38</v>
       </c>
-      <c r="D15" s="227">
+      <c r="D15" s="226">
         <v>330</v>
       </c>
-      <c r="E15" s="227">
+      <c r="E15" s="226">
         <v>30</v>
       </c>
       <c r="F15" s="70">
         <v>113493</v>
       </c>
       <c r="G15" s="70">
         <v>35638</v>
       </c>
-      <c r="H15" s="227">
+      <c r="H15" s="226">
         <v>70</v>
       </c>
-      <c r="I15" s="227">
+      <c r="I15" s="226">
         <v>3.48</v>
       </c>
-      <c r="J15" s="227">
+      <c r="J15" s="226">
         <v>21.3</v>
       </c>
-      <c r="K15" s="227">
+      <c r="K15" s="226">
         <v>28.9</v>
       </c>
-      <c r="L15" s="284"/>
-      <c r="M15" s="284"/>
+      <c r="L15" s="297"/>
+      <c r="M15" s="297"/>
     </row>
     <row r="16" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A16" s="230">
+      <c r="A16" s="229">
         <v>2009</v>
       </c>
-      <c r="B16" s="76">
+      <c r="B16" s="75">
         <v>4400</v>
       </c>
-      <c r="C16" s="231">
+      <c r="C16" s="230">
         <v>48</v>
       </c>
-      <c r="D16" s="231">
+      <c r="D16" s="230">
         <v>430</v>
       </c>
-      <c r="E16" s="231">
+      <c r="E16" s="230">
         <v>30</v>
       </c>
-      <c r="F16" s="76">
+      <c r="F16" s="75">
         <v>97014</v>
       </c>
-      <c r="G16" s="76">
+      <c r="G16" s="75">
         <v>32347</v>
       </c>
-      <c r="H16" s="231">
+      <c r="H16" s="230">
         <v>73</v>
       </c>
-      <c r="I16" s="231">
+      <c r="I16" s="230">
         <v>3.34</v>
       </c>
-      <c r="J16" s="231">
+      <c r="J16" s="230">
         <v>15.3</v>
       </c>
-      <c r="K16" s="231">
+      <c r="K16" s="230">
         <v>23.7</v>
       </c>
-      <c r="L16" s="284"/>
-      <c r="M16" s="284"/>
+      <c r="L16" s="297"/>
+      <c r="M16" s="297"/>
     </row>
     <row r="17" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A17" s="225">
+      <c r="A17" s="224">
         <v>2010</v>
       </c>
       <c r="B17" s="70">
         <v>4600</v>
       </c>
-      <c r="C17" s="227">
+      <c r="C17" s="226">
         <v>48</v>
       </c>
-      <c r="D17" s="227">
+      <c r="D17" s="226">
         <v>420</v>
       </c>
-      <c r="E17" s="227">
+      <c r="E17" s="226">
         <v>29</v>
       </c>
       <c r="F17" s="70">
         <v>90187</v>
       </c>
       <c r="G17" s="70">
         <v>28910</v>
       </c>
-      <c r="H17" s="227">
+      <c r="H17" s="226">
         <v>74</v>
       </c>
-      <c r="I17" s="227">
+      <c r="I17" s="226">
         <v>3.33</v>
       </c>
-      <c r="J17" s="227">
+      <c r="J17" s="226">
         <v>14.1</v>
       </c>
-      <c r="K17" s="227">
+      <c r="K17" s="226">
         <v>21.9</v>
       </c>
-      <c r="L17" s="284"/>
-      <c r="M17" s="284"/>
+      <c r="L17" s="297"/>
+      <c r="M17" s="297"/>
     </row>
     <row r="18" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A18" s="230">
+      <c r="A18" s="229">
         <v>2011</v>
       </c>
-      <c r="B18" s="76">
+      <c r="B18" s="75">
         <v>4700</v>
       </c>
-      <c r="C18" s="231">
+      <c r="C18" s="230">
         <v>55</v>
       </c>
-      <c r="D18" s="231">
+      <c r="D18" s="230">
         <v>400</v>
       </c>
-      <c r="E18" s="231">
+      <c r="E18" s="230">
         <v>30</v>
       </c>
-      <c r="F18" s="76">
+      <c r="F18" s="75">
         <v>85499</v>
       </c>
-      <c r="G18" s="76">
+      <c r="G18" s="75">
         <v>27641</v>
       </c>
-      <c r="H18" s="231">
+      <c r="H18" s="230">
         <v>76</v>
       </c>
-      <c r="I18" s="231">
+      <c r="I18" s="230">
         <v>3.34</v>
       </c>
-      <c r="J18" s="231">
+      <c r="J18" s="230">
         <v>14.7</v>
       </c>
-      <c r="K18" s="231">
+      <c r="K18" s="230">
         <v>21.9</v>
       </c>
-      <c r="L18" s="284"/>
-      <c r="M18" s="284"/>
+      <c r="L18" s="297"/>
+      <c r="M18" s="297"/>
     </row>
     <row r="19" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A19" s="225">
+      <c r="A19" s="224">
         <v>2012</v>
       </c>
       <c r="B19" s="70">
         <v>5000</v>
       </c>
-      <c r="C19" s="227">
+      <c r="C19" s="226">
         <v>58</v>
       </c>
-      <c r="D19" s="227">
+      <c r="D19" s="226">
         <v>390</v>
       </c>
-      <c r="E19" s="227">
+      <c r="E19" s="226">
         <v>30</v>
       </c>
       <c r="F19" s="70">
         <v>78156</v>
       </c>
       <c r="G19" s="70">
         <v>26999</v>
       </c>
-      <c r="H19" s="227">
+      <c r="H19" s="226">
         <v>75</v>
       </c>
-      <c r="I19" s="227">
+      <c r="I19" s="226">
         <v>3.16</v>
       </c>
-      <c r="J19" s="227">
+      <c r="J19" s="226">
         <v>14.6</v>
       </c>
-      <c r="K19" s="227">
+      <c r="K19" s="226">
         <v>20.9</v>
       </c>
-      <c r="L19" s="284"/>
-      <c r="M19" s="284"/>
+      <c r="L19" s="297"/>
+      <c r="M19" s="297"/>
     </row>
     <row r="20" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A20" s="230">
+      <c r="A20" s="229">
         <v>2013</v>
       </c>
-      <c r="B20" s="76">
+      <c r="B20" s="75">
         <v>5800</v>
       </c>
-      <c r="C20" s="231">
+      <c r="C20" s="230">
         <v>60</v>
       </c>
-      <c r="D20" s="231">
+      <c r="D20" s="230">
         <v>440</v>
       </c>
-      <c r="E20" s="231">
+      <c r="E20" s="230">
         <v>30</v>
       </c>
-      <c r="F20" s="76">
+      <c r="F20" s="75">
         <v>76545</v>
       </c>
-      <c r="G20" s="76">
+      <c r="G20" s="75">
         <v>28510</v>
       </c>
-      <c r="H20" s="231">
+      <c r="H20" s="230">
         <v>74</v>
       </c>
-      <c r="I20" s="231">
+      <c r="I20" s="230">
         <v>2.9</v>
       </c>
-      <c r="J20" s="231">
+      <c r="J20" s="230">
         <v>11.8</v>
       </c>
-      <c r="K20" s="231">
+      <c r="K20" s="230">
         <v>20.6</v>
       </c>
-      <c r="L20" s="284"/>
-      <c r="M20" s="284"/>
+      <c r="L20" s="297"/>
+      <c r="M20" s="297"/>
     </row>
     <row r="21" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A21" s="225">
+      <c r="A21" s="224">
         <v>2014</v>
       </c>
       <c r="B21" s="70">
         <v>7400</v>
       </c>
-      <c r="C21" s="227">
+      <c r="C21" s="226">
         <v>58</v>
       </c>
-      <c r="D21" s="227">
+      <c r="D21" s="226">
         <v>620</v>
       </c>
-      <c r="E21" s="227">
+      <c r="E21" s="226">
         <v>31</v>
       </c>
       <c r="F21" s="70">
         <v>84485</v>
       </c>
       <c r="G21" s="70">
         <v>32306</v>
       </c>
-      <c r="H21" s="227">
+      <c r="H21" s="226">
         <v>77</v>
       </c>
-      <c r="I21" s="227">
+      <c r="I21" s="226">
         <v>2.86</v>
       </c>
-      <c r="J21" s="227">
+      <c r="J21" s="226">
         <v>11.2</v>
       </c>
-      <c r="K21" s="227">
+      <c r="K21" s="226">
         <v>18.899999999999999</v>
       </c>
-      <c r="L21" s="284"/>
-      <c r="M21" s="284"/>
+      <c r="L21" s="297"/>
+      <c r="M21" s="297"/>
     </row>
     <row r="22" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A22" s="230">
+      <c r="A22" s="229">
         <v>2015</v>
       </c>
-      <c r="B22" s="76">
+      <c r="B22" s="75">
         <v>7800</v>
       </c>
-      <c r="C22" s="231">
+      <c r="C22" s="230">
         <v>56</v>
       </c>
-      <c r="D22" s="231">
+      <c r="D22" s="230">
         <v>690</v>
       </c>
-      <c r="E22" s="231">
+      <c r="E22" s="230">
         <v>31</v>
       </c>
-      <c r="F22" s="76">
+      <c r="F22" s="75">
         <v>88776</v>
       </c>
-      <c r="G22" s="76">
+      <c r="G22" s="75">
         <v>34249</v>
       </c>
-      <c r="H22" s="231">
+      <c r="H22" s="230">
         <v>76</v>
       </c>
-      <c r="I22" s="231">
+      <c r="I22" s="230">
         <v>2.74</v>
       </c>
-      <c r="J22" s="231">
+      <c r="J22" s="230">
         <v>9.4</v>
       </c>
-      <c r="K22" s="231">
+      <c r="K22" s="230">
         <v>15.9</v>
       </c>
-      <c r="L22" s="284"/>
-      <c r="M22" s="284"/>
+      <c r="L22" s="297"/>
+      <c r="M22" s="297"/>
     </row>
     <row r="23" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A23" s="225">
+      <c r="A23" s="224">
         <v>2016</v>
       </c>
       <c r="B23" s="70">
         <v>8500</v>
       </c>
-      <c r="C23" s="227">
+      <c r="C23" s="226">
         <v>58</v>
       </c>
-      <c r="D23" s="227">
+      <c r="D23" s="226">
         <v>810</v>
       </c>
-      <c r="E23" s="227">
+      <c r="E23" s="226">
         <v>31</v>
       </c>
       <c r="F23" s="70">
         <v>95801</v>
       </c>
       <c r="G23" s="70">
         <v>35856</v>
       </c>
-      <c r="H23" s="227">
+      <c r="H23" s="226">
         <v>78</v>
       </c>
-      <c r="I23" s="227">
+      <c r="I23" s="226">
         <v>2.82</v>
       </c>
-      <c r="J23" s="227">
+      <c r="J23" s="226">
         <v>8.6</v>
       </c>
-      <c r="K23" s="227">
+      <c r="K23" s="226">
         <v>15.5</v>
       </c>
-      <c r="L23" s="284"/>
-      <c r="M23" s="284"/>
+      <c r="L23" s="297"/>
+      <c r="M23" s="297"/>
     </row>
     <row r="24" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A24" s="230">
+      <c r="A24" s="229">
         <v>2017</v>
       </c>
-      <c r="B24" s="76">
+      <c r="B24" s="75">
         <v>9800</v>
       </c>
-      <c r="C24" s="231">
+      <c r="C24" s="230">
         <v>60</v>
       </c>
-      <c r="D24" s="231">
+      <c r="D24" s="230">
         <v>980</v>
       </c>
-      <c r="E24" s="231">
+      <c r="E24" s="230">
         <v>31</v>
       </c>
-      <c r="F24" s="76">
+      <c r="F24" s="75">
         <v>100075</v>
       </c>
-      <c r="G24" s="76">
+      <c r="G24" s="75">
         <v>36474</v>
       </c>
-      <c r="H24" s="231">
+      <c r="H24" s="230">
         <v>79</v>
       </c>
-      <c r="I24" s="231">
+      <c r="I24" s="230">
         <v>2.92</v>
       </c>
-      <c r="J24" s="231">
+      <c r="J24" s="230">
         <v>7.8</v>
       </c>
-      <c r="K24" s="231">
+      <c r="K24" s="230">
         <v>15.3</v>
       </c>
-      <c r="L24" s="284"/>
-      <c r="M24" s="284"/>
+      <c r="L24" s="297"/>
+      <c r="M24" s="297"/>
     </row>
     <row r="25" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A25" s="225">
+      <c r="A25" s="224">
         <v>2018</v>
       </c>
       <c r="B25" s="70">
         <v>10400</v>
       </c>
-      <c r="C25" s="227">
+      <c r="C25" s="226">
         <v>61</v>
       </c>
       <c r="D25" s="70">
         <v>1090</v>
       </c>
-      <c r="E25" s="227">
+      <c r="E25" s="226">
         <v>32</v>
       </c>
       <c r="F25" s="70">
         <v>104643</v>
       </c>
       <c r="G25" s="70">
         <v>37257</v>
       </c>
-      <c r="H25" s="227">
+      <c r="H25" s="226">
         <v>80</v>
       </c>
-      <c r="I25" s="227">
+      <c r="I25" s="226">
         <v>2.99</v>
       </c>
-      <c r="J25" s="227">
+      <c r="J25" s="226">
         <v>7.8</v>
       </c>
-      <c r="K25" s="227">
+      <c r="K25" s="226">
         <v>15.5</v>
       </c>
-      <c r="L25" s="284"/>
-      <c r="M25" s="284"/>
+      <c r="L25" s="297"/>
+      <c r="M25" s="297"/>
     </row>
     <row r="26" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A26" s="230">
+      <c r="A26" s="229">
         <v>2019</v>
       </c>
-      <c r="B26" s="76">
+      <c r="B26" s="75">
         <v>10800</v>
       </c>
-      <c r="C26" s="231">
+      <c r="C26" s="230">
         <v>60</v>
       </c>
-      <c r="D26" s="76">
+      <c r="D26" s="75">
         <v>1170</v>
       </c>
-      <c r="E26" s="231">
+      <c r="E26" s="230">
         <v>32</v>
       </c>
-      <c r="F26" s="76">
+      <c r="F26" s="75">
         <v>107923</v>
       </c>
-      <c r="G26" s="76">
+      <c r="G26" s="75">
         <v>37887</v>
       </c>
-      <c r="H26" s="231">
+      <c r="H26" s="230">
         <v>80</v>
       </c>
-      <c r="I26" s="231">
+      <c r="I26" s="230">
         <v>3.03</v>
       </c>
-      <c r="J26" s="231">
+      <c r="J26" s="230">
         <v>7.6</v>
       </c>
-      <c r="K26" s="231">
+      <c r="K26" s="230">
         <v>15.3</v>
       </c>
-      <c r="L26" s="284"/>
-      <c r="M26" s="284"/>
+      <c r="L26" s="297"/>
+      <c r="M26" s="297"/>
     </row>
     <row r="27" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A27" s="225">
+      <c r="A27" s="224">
         <v>2020</v>
       </c>
       <c r="B27" s="70">
         <v>8600</v>
       </c>
-      <c r="C27" s="227">
+      <c r="C27" s="226">
         <v>58</v>
       </c>
-      <c r="D27" s="227">
+      <c r="D27" s="226">
         <v>970</v>
       </c>
-      <c r="E27" s="227">
+      <c r="E27" s="226">
         <v>32</v>
       </c>
       <c r="F27" s="70">
         <v>112844</v>
       </c>
       <c r="G27" s="70">
         <v>39894</v>
       </c>
-      <c r="H27" s="227">
+      <c r="H27" s="226">
         <v>78</v>
       </c>
-      <c r="I27" s="227">
+      <c r="I27" s="226">
         <v>3.02</v>
       </c>
-      <c r="J27" s="227">
+      <c r="J27" s="226">
         <v>7</v>
       </c>
-      <c r="K27" s="238">
+      <c r="K27" s="237">
         <v>15</v>
       </c>
-      <c r="L27" s="284"/>
-      <c r="M27" s="284"/>
+      <c r="L27" s="297"/>
+      <c r="M27" s="297"/>
     </row>
     <row r="28" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A28" s="230">
+      <c r="A28" s="229">
         <v>2021</v>
       </c>
-      <c r="B28" s="76">
+      <c r="B28" s="75">
         <v>12200</v>
       </c>
-      <c r="C28" s="231">
+      <c r="C28" s="230">
         <v>57</v>
       </c>
-      <c r="D28" s="76">
+      <c r="D28" s="75">
         <v>1420</v>
       </c>
-      <c r="E28" s="231">
+      <c r="E28" s="230">
         <v>32</v>
       </c>
-      <c r="F28" s="76">
+      <c r="F28" s="75">
         <v>116645</v>
       </c>
-      <c r="G28" s="76">
+      <c r="G28" s="75">
         <v>40090</v>
       </c>
-      <c r="H28" s="231">
+      <c r="H28" s="230">
         <v>78</v>
       </c>
-      <c r="I28" s="231">
+      <c r="I28" s="230">
         <v>3.07</v>
       </c>
-      <c r="J28" s="231">
+      <c r="J28" s="230">
         <v>8.1999999999999993</v>
       </c>
-      <c r="K28" s="231">
+      <c r="K28" s="230">
         <v>15.9</v>
       </c>
-      <c r="L28" s="284"/>
-      <c r="M28" s="284"/>
+      <c r="L28" s="297"/>
+      <c r="M28" s="297"/>
     </row>
     <row r="29" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A29" s="225">
+      <c r="A29" s="224">
         <v>2022</v>
       </c>
       <c r="B29" s="70">
         <v>10600</v>
       </c>
-      <c r="C29" s="227">
+      <c r="C29" s="226">
         <v>61</v>
       </c>
       <c r="D29" s="70">
         <v>1360</v>
       </c>
-      <c r="E29" s="227">
+      <c r="E29" s="226">
         <v>33</v>
       </c>
       <c r="F29" s="70">
         <v>127921</v>
       </c>
       <c r="G29" s="70">
         <v>43144</v>
       </c>
       <c r="H29" s="68">
         <v>80</v>
       </c>
       <c r="I29" s="68">
         <v>3.13</v>
       </c>
       <c r="J29" s="68">
         <v>8.6</v>
       </c>
       <c r="K29" s="68">
         <v>16.2</v>
       </c>
-      <c r="L29" s="284"/>
-      <c r="M29" s="284"/>
+      <c r="L29" s="297"/>
+      <c r="M29" s="297"/>
     </row>
     <row r="30" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A30" s="233">
+      <c r="A30" s="232">
         <v>2023</v>
       </c>
-      <c r="B30" s="234">
+      <c r="B30" s="233">
         <v>8200</v>
       </c>
-      <c r="C30" s="235">
+      <c r="C30" s="234">
         <v>60</v>
       </c>
-      <c r="D30" s="234">
+      <c r="D30" s="233">
         <v>1050</v>
       </c>
-      <c r="E30" s="235">
+      <c r="E30" s="234">
         <v>33</v>
       </c>
-      <c r="F30" s="234">
+      <c r="F30" s="233">
         <v>127904</v>
       </c>
-      <c r="G30" s="234">
+      <c r="G30" s="233">
         <v>47842</v>
       </c>
-      <c r="H30" s="236">
+      <c r="H30" s="235">
         <v>77</v>
       </c>
-      <c r="I30" s="236">
+      <c r="I30" s="235">
         <v>2.85</v>
       </c>
-      <c r="J30" s="236">
+      <c r="J30" s="235">
         <v>14.5</v>
       </c>
-      <c r="K30" s="236">
+      <c r="K30" s="235">
         <v>19</v>
       </c>
-      <c r="L30" s="284"/>
-      <c r="M30" s="284"/>
+      <c r="L30" s="297"/>
+      <c r="M30" s="297"/>
     </row>
     <row r="31" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A31" s="225">
+      <c r="A31" s="224">
         <v>2024</v>
       </c>
       <c r="B31" s="70">
         <v>8700</v>
       </c>
-      <c r="C31" s="227">
+      <c r="C31" s="226">
         <v>57</v>
       </c>
       <c r="D31" s="70">
         <v>1200</v>
       </c>
-      <c r="E31" s="227">
+      <c r="E31" s="226">
         <v>32</v>
       </c>
       <c r="F31" s="70">
         <v>137502</v>
       </c>
       <c r="G31" s="70">
         <v>49726</v>
       </c>
       <c r="H31" s="68">
         <v>78</v>
       </c>
       <c r="I31" s="68">
         <v>2.9</v>
       </c>
       <c r="J31" s="68">
         <v>14.5</v>
       </c>
       <c r="K31" s="68">
         <v>19.100000000000001</v>
       </c>
-      <c r="L31" s="284"/>
-      <c r="M31" s="284"/>
+      <c r="L31" s="297"/>
+      <c r="M31" s="297"/>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B32" s="69"/>
       <c r="C32" s="67"/>
-      <c r="D32" s="224"/>
-[...6 lines deleted...]
-      <c r="M32" s="284"/>
+      <c r="D32" s="223"/>
+      <c r="E32" s="223"/>
+      <c r="F32" s="223"/>
+      <c r="G32" s="223"/>
+      <c r="I32" s="223"/>
+      <c r="J32" s="225"/>
+      <c r="L32" s="297"/>
+      <c r="M32" s="297"/>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A33" s="69" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B33" s="69"/>
       <c r="C33" s="67"/>
-      <c r="D33" s="224"/>
-[...5 lines deleted...]
-      <c r="J33" s="226"/>
+      <c r="D33" s="223"/>
+      <c r="E33" s="223"/>
+      <c r="F33" s="223"/>
+      <c r="G33" s="223"/>
+      <c r="H33" s="223"/>
+      <c r="I33" s="223"/>
+      <c r="J33" s="225"/>
       <c r="K33" s="67"/>
-      <c r="L33" s="284"/>
-      <c r="M33" s="284"/>
+      <c r="L33" s="297"/>
+      <c r="M33" s="297"/>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A34" s="69" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B34" s="69"/>
       <c r="C34" s="67"/>
-      <c r="D34" s="224"/>
-[...5 lines deleted...]
-      <c r="J34" s="224"/>
+      <c r="D34" s="223"/>
+      <c r="E34" s="223"/>
+      <c r="F34" s="223"/>
+      <c r="G34" s="223"/>
+      <c r="H34" s="223"/>
+      <c r="I34" s="223"/>
+      <c r="J34" s="223"/>
       <c r="K34" s="67"/>
-      <c r="L34" s="284"/>
-      <c r="M34" s="284"/>
+      <c r="L34" s="297"/>
+      <c r="M34" s="297"/>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A35" s="69" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B35" s="69"/>
       <c r="C35" s="67"/>
-      <c r="D35" s="224"/>
-[...5 lines deleted...]
-      <c r="J35" s="224"/>
+      <c r="D35" s="223"/>
+      <c r="E35" s="223"/>
+      <c r="F35" s="223"/>
+      <c r="G35" s="223"/>
+      <c r="H35" s="223"/>
+      <c r="I35" s="223"/>
+      <c r="J35" s="223"/>
       <c r="K35" s="67"/>
-      <c r="L35" s="284"/>
-      <c r="M35" s="284"/>
+      <c r="L35" s="297"/>
+      <c r="M35" s="297"/>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A36" s="69" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B36" s="69"/>
       <c r="C36" s="67"/>
-      <c r="D36" s="224"/>
-[...5 lines deleted...]
-      <c r="J36" s="224"/>
+      <c r="D36" s="223"/>
+      <c r="E36" s="223"/>
+      <c r="F36" s="223"/>
+      <c r="G36" s="223"/>
+      <c r="H36" s="223"/>
+      <c r="I36" s="223"/>
+      <c r="J36" s="223"/>
       <c r="K36" s="67"/>
-      <c r="L36" s="284"/>
-      <c r="M36" s="284"/>
+      <c r="L36" s="297"/>
+      <c r="M36" s="297"/>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A37" s="67" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B37" s="67"/>
       <c r="C37" s="67"/>
-      <c r="D37" s="224"/>
-[...5 lines deleted...]
-      <c r="J37" s="224"/>
+      <c r="D37" s="223"/>
+      <c r="E37" s="223"/>
+      <c r="F37" s="223"/>
+      <c r="G37" s="223"/>
+      <c r="H37" s="223"/>
+      <c r="I37" s="223"/>
+      <c r="J37" s="223"/>
       <c r="K37" s="67"/>
-      <c r="L37" s="284"/>
-      <c r="M37" s="284"/>
+      <c r="L37" s="297"/>
+      <c r="M37" s="297"/>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A38" s="67" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B38" s="67"/>
       <c r="C38" s="67"/>
-      <c r="D38" s="224"/>
-[...5 lines deleted...]
-      <c r="J38" s="224"/>
+      <c r="D38" s="223"/>
+      <c r="E38" s="223"/>
+      <c r="F38" s="223"/>
+      <c r="G38" s="223"/>
+      <c r="H38" s="223"/>
+      <c r="I38" s="223"/>
+      <c r="J38" s="223"/>
       <c r="K38" s="67"/>
-      <c r="L38" s="284"/>
-      <c r="M38" s="284"/>
+      <c r="L38" s="297"/>
+      <c r="M38" s="297"/>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A39" s="67" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B39" s="67"/>
       <c r="C39" s="67"/>
-      <c r="D39" s="224"/>
-[...5 lines deleted...]
-      <c r="J39" s="224"/>
+      <c r="D39" s="223"/>
+      <c r="E39" s="223"/>
+      <c r="F39" s="223"/>
+      <c r="G39" s="223"/>
+      <c r="H39" s="223"/>
+      <c r="I39" s="223"/>
+      <c r="J39" s="223"/>
       <c r="K39" s="67"/>
-      <c r="L39" s="284"/>
-      <c r="M39" s="284"/>
+      <c r="L39" s="297"/>
+      <c r="M39" s="297"/>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A40" s="69" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B40" s="69"/>
       <c r="C40" s="67"/>
-      <c r="D40" s="224"/>
-[...5 lines deleted...]
-      <c r="J40" s="224"/>
+      <c r="D40" s="223"/>
+      <c r="E40" s="223"/>
+      <c r="F40" s="223"/>
+      <c r="G40" s="223"/>
+      <c r="H40" s="223"/>
+      <c r="I40" s="223"/>
+      <c r="J40" s="223"/>
       <c r="K40" s="67"/>
-      <c r="L40" s="284"/>
-      <c r="M40" s="284"/>
+      <c r="L40" s="297"/>
+      <c r="M40" s="297"/>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A41" s="69" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B41" s="69"/>
       <c r="C41" s="67"/>
-      <c r="D41" s="224"/>
-[...5 lines deleted...]
-      <c r="J41" s="224"/>
+      <c r="D41" s="223"/>
+      <c r="E41" s="223"/>
+      <c r="F41" s="223"/>
+      <c r="G41" s="223"/>
+      <c r="H41" s="223"/>
+      <c r="I41" s="223"/>
+      <c r="J41" s="223"/>
       <c r="K41" s="67"/>
-      <c r="L41" s="284"/>
-      <c r="M41" s="284"/>
+      <c r="L41" s="297"/>
+      <c r="M41" s="297"/>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A42" s="67" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B42" s="67"/>
       <c r="C42" s="67"/>
-      <c r="D42" s="224"/>
-[...4 lines deleted...]
-      <c r="I42" s="224"/>
+      <c r="D42" s="223"/>
+      <c r="E42" s="223"/>
+      <c r="F42" s="223"/>
+      <c r="G42" s="223"/>
+      <c r="H42" s="223"/>
+      <c r="I42" s="223"/>
       <c r="J42" s="67"/>
-      <c r="K42" s="224"/>
-[...1 lines deleted...]
-      <c r="M42" s="284"/>
+      <c r="K42" s="223"/>
+      <c r="L42" s="297"/>
+      <c r="M42" s="297"/>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A43" s="67" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B43" s="67"/>
       <c r="C43" s="67"/>
-      <c r="D43" s="224"/>
-[...4 lines deleted...]
-      <c r="I43" s="224"/>
+      <c r="D43" s="223"/>
+      <c r="E43" s="223"/>
+      <c r="F43" s="223"/>
+      <c r="G43" s="223"/>
+      <c r="H43" s="223"/>
+      <c r="I43" s="223"/>
       <c r="J43" s="67"/>
-      <c r="K43" s="224"/>
-[...1 lines deleted...]
-      <c r="M43" s="284"/>
+      <c r="K43" s="223"/>
+      <c r="L43" s="297"/>
+      <c r="M43" s="297"/>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A44" s="69" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B44" s="69"/>
       <c r="C44" s="67"/>
-      <c r="D44" s="224"/>
-[...5 lines deleted...]
-      <c r="J44" s="224"/>
+      <c r="D44" s="223"/>
+      <c r="E44" s="223"/>
+      <c r="F44" s="223"/>
+      <c r="G44" s="223"/>
+      <c r="H44" s="223"/>
+      <c r="I44" s="223"/>
+      <c r="J44" s="223"/>
       <c r="K44" s="67"/>
-      <c r="L44" s="284"/>
-      <c r="M44" s="284"/>
+      <c r="L44" s="297"/>
+      <c r="M44" s="297"/>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A45" s="69" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B45" s="69"/>
       <c r="C45" s="67"/>
-      <c r="D45" s="224"/>
-[...5 lines deleted...]
-      <c r="J45" s="224"/>
+      <c r="D45" s="223"/>
+      <c r="E45" s="223"/>
+      <c r="F45" s="223"/>
+      <c r="G45" s="223"/>
+      <c r="H45" s="223"/>
+      <c r="I45" s="223"/>
+      <c r="J45" s="223"/>
       <c r="K45" s="67"/>
-      <c r="L45" s="284"/>
-      <c r="M45" s="284"/>
+      <c r="L45" s="297"/>
+      <c r="M45" s="297"/>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A46" s="69" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B46" s="69"/>
       <c r="C46" s="67"/>
-      <c r="D46" s="224"/>
-[...5 lines deleted...]
-      <c r="J46" s="224"/>
+      <c r="D46" s="223"/>
+      <c r="E46" s="223"/>
+      <c r="F46" s="223"/>
+      <c r="G46" s="223"/>
+      <c r="H46" s="223"/>
+      <c r="I46" s="223"/>
+      <c r="J46" s="223"/>
       <c r="K46" s="67"/>
-      <c r="L46" s="284"/>
-      <c r="M46" s="284"/>
+      <c r="L46" s="297"/>
+      <c r="M46" s="297"/>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A47" s="283"/>
-      <c r="B47" s="283"/>
+      <c r="A47" s="296"/>
+      <c r="B47" s="296"/>
       <c r="C47" s="67"/>
-      <c r="D47" s="224"/>
-[...5 lines deleted...]
-      <c r="J47" s="224"/>
+      <c r="D47" s="223"/>
+      <c r="E47" s="223"/>
+      <c r="F47" s="223"/>
+      <c r="G47" s="223"/>
+      <c r="H47" s="223"/>
+      <c r="I47" s="223"/>
+      <c r="J47" s="223"/>
       <c r="K47" s="67"/>
-      <c r="L47" s="284"/>
-      <c r="M47" s="284"/>
+      <c r="L47" s="297"/>
+      <c r="M47" s="297"/>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A48" s="283"/>
-      <c r="B48" s="283"/>
+      <c r="A48" s="296"/>
+      <c r="B48" s="296"/>
       <c r="C48" s="67"/>
-      <c r="D48" s="224"/>
-[...5 lines deleted...]
-      <c r="J48" s="224"/>
+      <c r="D48" s="223"/>
+      <c r="E48" s="223"/>
+      <c r="F48" s="223"/>
+      <c r="G48" s="223"/>
+      <c r="H48" s="223"/>
+      <c r="I48" s="223"/>
+      <c r="J48" s="223"/>
       <c r="K48" s="67"/>
-      <c r="L48" s="284"/>
-      <c r="M48" s="284"/>
+      <c r="L48" s="297"/>
+      <c r="M48" s="297"/>
     </row>
   </sheetData>
   <mergeCells count="49">
     <mergeCell ref="L11:M11"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="L3:M3"/>
     <mergeCell ref="L4:M4"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="L7:M7"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="L23:M23"/>
     <mergeCell ref="L12:M12"/>
     <mergeCell ref="L13:M13"/>
     <mergeCell ref="L14:M14"/>
     <mergeCell ref="L15:M15"/>
     <mergeCell ref="L16:M16"/>
     <mergeCell ref="L17:M17"/>
     <mergeCell ref="L18:M18"/>
     <mergeCell ref="L19:M19"/>
     <mergeCell ref="L20:M20"/>
     <mergeCell ref="L21:M21"/>
     <mergeCell ref="L22:M22"/>
@@ -7158,1428 +7184,1428 @@
   <dimension ref="A1:M51"/>
   <sheetViews>
     <sheetView topLeftCell="D1" workbookViewId="0">
       <pane ySplit="1890" topLeftCell="A15" activePane="bottomLeft"/>
       <selection activeCell="K2" sqref="K2"/>
       <selection pane="bottomLeft" activeCell="L18" sqref="L18:M18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="8.7109375" style="1"/>
     <col min="3" max="3" width="14.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="9.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="9.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="8.7109375" style="1"/>
     <col min="8" max="8" width="11.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="1"/>
     <col min="10" max="10" width="19.140625" style="1" customWidth="1"/>
     <col min="11" max="11" width="25.42578125" style="1" customWidth="1"/>
     <col min="12" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="K1" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="18" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
-      <c r="K2" s="247" t="s">
-        <v>302</v>
+      <c r="K2" s="246" t="s">
+        <v>301</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.2">
       <c r="K3" s="36"/>
     </row>
     <row r="4" spans="1:13" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="240" t="s">
+      <c r="A4" s="239" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="229" t="s">
+      <c r="B4" s="228" t="s">
+        <v>199</v>
+      </c>
+      <c r="C4" s="228" t="s">
         <v>200</v>
       </c>
-      <c r="C4" s="229" t="s">
+      <c r="D4" s="228" t="s">
         <v>201</v>
       </c>
-      <c r="D4" s="229" t="s">
+      <c r="E4" s="228" t="s">
         <v>202</v>
       </c>
-      <c r="E4" s="229" t="s">
+      <c r="F4" s="228" t="s">
         <v>203</v>
       </c>
-      <c r="F4" s="229" t="s">
+      <c r="G4" s="228" t="s">
         <v>204</v>
       </c>
-      <c r="G4" s="229" t="s">
+      <c r="H4" s="228" t="s">
         <v>205</v>
       </c>
-      <c r="H4" s="229" t="s">
+      <c r="I4" s="228" t="s">
         <v>206</v>
       </c>
-      <c r="I4" s="229" t="s">
+      <c r="J4" s="228" t="s">
         <v>207</v>
       </c>
-      <c r="J4" s="229" t="s">
+      <c r="K4" s="228" t="s">
         <v>208</v>
       </c>
-      <c r="K4" s="229" t="s">
-[...3 lines deleted...]
-      <c r="M4" s="284"/>
+      <c r="L4" s="297"/>
+      <c r="M4" s="297"/>
     </row>
     <row r="5" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="64">
         <v>1981</v>
       </c>
-      <c r="B5" s="239">
+      <c r="B5" s="238">
         <v>5900</v>
       </c>
       <c r="C5" s="68">
         <v>36</v>
       </c>
       <c r="D5" s="68">
         <v>92</v>
       </c>
       <c r="E5" s="68">
         <v>36</v>
       </c>
-      <c r="F5" s="239">
+      <c r="F5" s="238">
         <v>15584</v>
       </c>
-      <c r="G5" s="239">
+      <c r="G5" s="238">
         <v>10006</v>
       </c>
       <c r="H5" s="68">
         <v>58</v>
       </c>
       <c r="I5" s="68">
         <v>1.62</v>
       </c>
       <c r="J5" s="68">
         <v>16.3</v>
       </c>
       <c r="K5" s="68" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-      <c r="M5" s="284"/>
+        <v>209</v>
+      </c>
+      <c r="L5" s="297"/>
+      <c r="M5" s="297"/>
     </row>
     <row r="6" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A6" s="241">
+      <c r="A6" s="240">
         <v>1991</v>
       </c>
-      <c r="B6" s="77">
+      <c r="B6" s="76">
         <v>8900</v>
       </c>
-      <c r="C6" s="232">
+      <c r="C6" s="231">
         <v>47</v>
       </c>
-      <c r="D6" s="232">
+      <c r="D6" s="231">
         <v>284</v>
       </c>
-      <c r="E6" s="232">
+      <c r="E6" s="231">
         <v>37</v>
       </c>
-      <c r="F6" s="77">
+      <c r="F6" s="76">
         <v>32059</v>
       </c>
-      <c r="G6" s="77">
+      <c r="G6" s="76">
         <v>19684</v>
       </c>
-      <c r="H6" s="232">
+      <c r="H6" s="231">
         <v>75</v>
       </c>
-      <c r="I6" s="232">
+      <c r="I6" s="231">
         <v>1.79</v>
       </c>
-      <c r="J6" s="232">
+      <c r="J6" s="231">
         <v>16.8</v>
       </c>
-      <c r="K6" s="232" t="s">
-[...3 lines deleted...]
-      <c r="M6" s="284"/>
+      <c r="K6" s="231" t="s">
+        <v>209</v>
+      </c>
+      <c r="L6" s="297"/>
+      <c r="M6" s="297"/>
     </row>
     <row r="7" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="64">
         <v>1996</v>
       </c>
-      <c r="B7" s="239">
+      <c r="B7" s="238">
         <v>11300</v>
       </c>
       <c r="C7" s="68">
         <v>46</v>
       </c>
       <c r="D7" s="68">
         <v>473</v>
       </c>
       <c r="E7" s="68">
         <v>37</v>
       </c>
-      <c r="F7" s="239">
+      <c r="F7" s="238">
         <v>41737</v>
       </c>
-      <c r="G7" s="239">
+      <c r="G7" s="238">
         <v>22383</v>
       </c>
       <c r="H7" s="68">
         <v>69</v>
       </c>
       <c r="I7" s="68">
         <v>2.0099999999999998</v>
       </c>
       <c r="J7" s="68">
         <v>10</v>
       </c>
       <c r="K7" s="68" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-      <c r="M7" s="284"/>
+        <v>209</v>
+      </c>
+      <c r="L7" s="297"/>
+      <c r="M7" s="297"/>
     </row>
     <row r="8" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A8" s="241">
+      <c r="A8" s="240">
         <v>2001</v>
       </c>
-      <c r="B8" s="77">
+      <c r="B8" s="76">
         <v>14000</v>
       </c>
-      <c r="C8" s="232">
+      <c r="C8" s="231">
         <v>47</v>
       </c>
-      <c r="D8" s="232">
+      <c r="D8" s="231">
         <v>889</v>
       </c>
-      <c r="E8" s="232">
+      <c r="E8" s="231">
         <v>40</v>
       </c>
-      <c r="F8" s="77">
+      <c r="F8" s="76">
         <v>63710</v>
       </c>
-      <c r="G8" s="77">
+      <c r="G8" s="76">
         <v>30547</v>
       </c>
-      <c r="H8" s="232">
+      <c r="H8" s="231">
         <v>67</v>
       </c>
-      <c r="I8" s="232">
+      <c r="I8" s="231">
         <v>2.25</v>
       </c>
-      <c r="J8" s="232">
+      <c r="J8" s="231">
         <v>12</v>
       </c>
-      <c r="K8" s="232" t="s">
-[...3 lines deleted...]
-      <c r="M8" s="284"/>
+      <c r="K8" s="231" t="s">
+        <v>209</v>
+      </c>
+      <c r="L8" s="297"/>
+      <c r="M8" s="297"/>
     </row>
     <row r="9" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="64">
         <v>2002</v>
       </c>
-      <c r="B9" s="239">
+      <c r="B9" s="238">
         <v>18600</v>
       </c>
       <c r="C9" s="68">
         <v>62</v>
       </c>
-      <c r="D9" s="239">
+      <c r="D9" s="238">
         <v>1137</v>
       </c>
       <c r="E9" s="68">
         <v>37</v>
       </c>
-      <c r="F9" s="239">
+      <c r="F9" s="238">
         <v>61379</v>
       </c>
-      <c r="G9" s="239">
+      <c r="G9" s="238">
         <v>27869</v>
       </c>
       <c r="H9" s="68">
         <v>76</v>
       </c>
       <c r="I9" s="68" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="J9" s="68" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="K9" s="68" t="s">
+        <v>209</v>
+      </c>
+      <c r="L9" s="297"/>
+      <c r="M9" s="297"/>
+    </row>
+    <row r="10" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="240">
+        <v>2003</v>
+      </c>
+      <c r="B10" s="76">
+        <v>23900</v>
+      </c>
+      <c r="C10" s="231">
+        <v>69</v>
+      </c>
+      <c r="D10" s="76">
+        <v>1652</v>
+      </c>
+      <c r="E10" s="231">
+        <v>38</v>
+      </c>
+      <c r="F10" s="76">
+        <v>69381</v>
+      </c>
+      <c r="G10" s="76">
+        <v>30167</v>
+      </c>
+      <c r="H10" s="231">
+        <v>72</v>
+      </c>
+      <c r="I10" s="231" t="s">
         <v>210</v>
       </c>
-      <c r="L9" s="284"/>
-[...33 lines deleted...]
-      <c r="K10" s="232" t="s">
+      <c r="J10" s="231" t="s">
         <v>210</v>
       </c>
-      <c r="L10" s="284"/>
-      <c r="M10" s="284"/>
+      <c r="K10" s="231" t="s">
+        <v>209</v>
+      </c>
+      <c r="L10" s="297"/>
+      <c r="M10" s="297"/>
     </row>
     <row r="11" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="64">
         <v>2004</v>
       </c>
-      <c r="B11" s="239">
+      <c r="B11" s="238">
         <v>22600</v>
       </c>
       <c r="C11" s="68">
         <v>75</v>
       </c>
-      <c r="D11" s="239">
+      <c r="D11" s="238">
         <v>1774</v>
       </c>
       <c r="E11" s="68">
         <v>37</v>
       </c>
-      <c r="F11" s="239">
+      <c r="F11" s="238">
         <v>78515</v>
       </c>
-      <c r="G11" s="239">
+      <c r="G11" s="238">
         <v>35796</v>
       </c>
       <c r="H11" s="68">
         <v>67</v>
       </c>
       <c r="I11" s="68">
         <v>2.5499999999999998</v>
       </c>
       <c r="J11" s="68">
         <v>12</v>
       </c>
       <c r="K11" s="68" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-      <c r="M11" s="284"/>
+        <v>209</v>
+      </c>
+      <c r="L11" s="297"/>
+      <c r="M11" s="297"/>
     </row>
     <row r="12" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A12" s="241">
+      <c r="A12" s="240">
         <v>2005</v>
       </c>
-      <c r="B12" s="77">
+      <c r="B12" s="76">
         <v>16600</v>
       </c>
-      <c r="C12" s="232">
+      <c r="C12" s="231">
         <v>66</v>
       </c>
-      <c r="D12" s="77">
+      <c r="D12" s="76">
         <v>1597</v>
       </c>
-      <c r="E12" s="232">
+      <c r="E12" s="231">
         <v>37</v>
       </c>
-      <c r="F12" s="77">
+      <c r="F12" s="76">
         <v>99010</v>
       </c>
-      <c r="G12" s="77">
+      <c r="G12" s="76">
         <v>41916</v>
       </c>
-      <c r="H12" s="232">
+      <c r="H12" s="231">
         <v>68</v>
       </c>
-      <c r="I12" s="232">
+      <c r="I12" s="231">
         <v>2.63</v>
       </c>
-      <c r="J12" s="232">
+      <c r="J12" s="231">
         <v>13</v>
       </c>
-      <c r="K12" s="232">
+      <c r="K12" s="231">
         <v>18</v>
       </c>
-      <c r="L12" s="284"/>
-      <c r="M12" s="284"/>
+      <c r="L12" s="297"/>
+      <c r="M12" s="297"/>
     </row>
     <row r="13" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A13" s="64">
         <v>2006</v>
       </c>
-      <c r="B13" s="239">
+      <c r="B13" s="238">
         <v>17600</v>
       </c>
       <c r="C13" s="68">
         <v>66</v>
       </c>
-      <c r="D13" s="239">
+      <c r="D13" s="238">
         <v>2080</v>
       </c>
       <c r="E13" s="68">
         <v>36</v>
       </c>
-      <c r="F13" s="239">
+      <c r="F13" s="238">
         <v>118137</v>
       </c>
-      <c r="G13" s="239">
+      <c r="G13" s="238">
         <v>44317</v>
       </c>
       <c r="H13" s="68">
         <v>68</v>
       </c>
       <c r="I13" s="68">
         <v>2.97</v>
       </c>
       <c r="J13" s="68">
         <v>14</v>
       </c>
       <c r="K13" s="68">
         <v>19</v>
       </c>
-      <c r="L13" s="284"/>
-      <c r="M13" s="284"/>
+      <c r="L13" s="297"/>
+      <c r="M13" s="297"/>
     </row>
     <row r="14" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A14" s="241">
+      <c r="A14" s="240">
         <v>2007</v>
       </c>
-      <c r="B14" s="77">
+      <c r="B14" s="76">
         <v>12300</v>
       </c>
-      <c r="C14" s="232">
+      <c r="C14" s="231">
         <v>69</v>
       </c>
-      <c r="D14" s="77">
+      <c r="D14" s="76">
         <v>1760</v>
       </c>
-      <c r="E14" s="232">
+      <c r="E14" s="231">
         <v>37</v>
       </c>
-      <c r="F14" s="77">
+      <c r="F14" s="76">
         <v>142707</v>
       </c>
-      <c r="G14" s="77">
+      <c r="G14" s="76">
         <v>52224</v>
       </c>
-      <c r="H14" s="232">
+      <c r="H14" s="231">
         <v>60</v>
       </c>
-      <c r="I14" s="232">
+      <c r="I14" s="231">
         <v>3.07</v>
       </c>
-      <c r="J14" s="232">
+      <c r="J14" s="231">
         <v>17</v>
       </c>
-      <c r="K14" s="232">
+      <c r="K14" s="231">
         <v>23</v>
       </c>
-      <c r="L14" s="284"/>
-      <c r="M14" s="284"/>
+      <c r="L14" s="297"/>
+      <c r="M14" s="297"/>
     </row>
     <row r="15" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A15" s="64">
         <v>2008</v>
       </c>
-      <c r="B15" s="239">
+      <c r="B15" s="238">
         <v>4800</v>
       </c>
       <c r="C15" s="68">
         <v>65</v>
       </c>
       <c r="D15" s="68">
         <v>650</v>
       </c>
       <c r="E15" s="68">
         <v>39</v>
       </c>
-      <c r="F15" s="239">
+      <c r="F15" s="238">
         <v>136540</v>
       </c>
-      <c r="G15" s="239">
+      <c r="G15" s="238">
         <v>54701</v>
       </c>
       <c r="H15" s="68">
         <v>58</v>
       </c>
       <c r="I15" s="68">
         <v>2.88</v>
       </c>
       <c r="J15" s="68">
         <v>17</v>
       </c>
       <c r="K15" s="68">
         <v>24</v>
       </c>
-      <c r="L15" s="284"/>
-      <c r="M15" s="284"/>
+      <c r="L15" s="297"/>
+      <c r="M15" s="297"/>
     </row>
     <row r="16" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A16" s="241">
+      <c r="A16" s="240">
         <v>2009</v>
       </c>
-      <c r="B16" s="77">
+      <c r="B16" s="76">
         <v>4800</v>
       </c>
-      <c r="C16" s="232">
+      <c r="C16" s="231">
         <v>54</v>
       </c>
-      <c r="D16" s="232">
+      <c r="D16" s="231">
         <v>580</v>
       </c>
-      <c r="E16" s="232">
+      <c r="E16" s="231">
         <v>40</v>
       </c>
-      <c r="F16" s="77">
+      <c r="F16" s="76">
         <v>121172</v>
       </c>
-      <c r="G16" s="77">
+      <c r="G16" s="76">
         <v>52148</v>
       </c>
-      <c r="H16" s="232">
+      <c r="H16" s="231">
         <v>63</v>
       </c>
-      <c r="I16" s="232">
+      <c r="I16" s="231">
         <v>2.75</v>
       </c>
-      <c r="J16" s="232">
+      <c r="J16" s="231">
         <v>11</v>
       </c>
-      <c r="K16" s="232">
+      <c r="K16" s="231">
         <v>20</v>
       </c>
-      <c r="L16" s="284"/>
-      <c r="M16" s="284"/>
+      <c r="L16" s="297"/>
+      <c r="M16" s="297"/>
     </row>
     <row r="17" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A17" s="64">
         <v>2010</v>
       </c>
-      <c r="B17" s="239">
+      <c r="B17" s="238">
         <v>4900</v>
       </c>
       <c r="C17" s="68">
         <v>51</v>
       </c>
       <c r="D17" s="68">
         <v>580</v>
       </c>
       <c r="E17" s="68">
         <v>39</v>
       </c>
-      <c r="F17" s="239">
+      <c r="F17" s="238">
         <v>118416</v>
       </c>
-      <c r="G17" s="239">
+      <c r="G17" s="238">
         <v>47202</v>
       </c>
       <c r="H17" s="68">
         <v>63</v>
       </c>
       <c r="I17" s="68">
         <v>2.78</v>
       </c>
       <c r="J17" s="68">
         <v>10</v>
       </c>
       <c r="K17" s="68">
         <v>18</v>
       </c>
-      <c r="L17" s="284"/>
-      <c r="M17" s="284"/>
+      <c r="L17" s="297"/>
+      <c r="M17" s="297"/>
     </row>
     <row r="18" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A18" s="241">
+      <c r="A18" s="240">
         <v>2011</v>
       </c>
-      <c r="B18" s="77">
+      <c r="B18" s="76">
         <v>3900</v>
       </c>
-      <c r="C18" s="232">
+      <c r="C18" s="231">
         <v>46</v>
       </c>
-      <c r="D18" s="232">
+      <c r="D18" s="231">
         <v>440</v>
       </c>
-      <c r="E18" s="232">
+      <c r="E18" s="231">
         <v>39</v>
       </c>
-      <c r="F18" s="77">
+      <c r="F18" s="76">
         <v>112643</v>
       </c>
-      <c r="G18" s="77">
+      <c r="G18" s="76">
         <v>46000</v>
       </c>
-      <c r="H18" s="232">
+      <c r="H18" s="231">
         <v>65</v>
       </c>
-      <c r="I18" s="232">
+      <c r="I18" s="231">
         <v>2.72</v>
       </c>
-      <c r="J18" s="232">
+      <c r="J18" s="231">
         <v>9</v>
       </c>
-      <c r="K18" s="232">
+      <c r="K18" s="231">
         <v>18</v>
       </c>
-      <c r="L18" s="284"/>
-      <c r="M18" s="284"/>
+      <c r="L18" s="297"/>
+      <c r="M18" s="297"/>
     </row>
     <row r="19" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="64">
         <v>2012</v>
       </c>
-      <c r="B19" s="239">
+      <c r="B19" s="238">
         <v>3600</v>
       </c>
       <c r="C19" s="68">
         <v>42</v>
       </c>
       <c r="D19" s="68">
         <v>400</v>
       </c>
       <c r="E19" s="68">
         <v>40</v>
       </c>
-      <c r="F19" s="239">
+      <c r="F19" s="238">
         <v>109831</v>
       </c>
-      <c r="G19" s="239">
+      <c r="G19" s="238">
         <v>47771</v>
       </c>
       <c r="H19" s="68">
         <v>67</v>
       </c>
       <c r="I19" s="68">
         <v>2.69</v>
       </c>
       <c r="J19" s="68">
         <v>10</v>
       </c>
       <c r="K19" s="68">
         <v>18</v>
       </c>
-      <c r="L19" s="284"/>
-      <c r="M19" s="284"/>
+      <c r="L19" s="297"/>
+      <c r="M19" s="297"/>
     </row>
     <row r="20" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A20" s="241">
+      <c r="A20" s="240">
         <v>2013</v>
       </c>
-      <c r="B20" s="77">
+      <c r="B20" s="76">
         <v>3900</v>
       </c>
-      <c r="C20" s="232">
+      <c r="C20" s="231">
         <v>41</v>
       </c>
-      <c r="D20" s="232">
+      <c r="D20" s="231">
         <v>410</v>
       </c>
-      <c r="E20" s="232">
+      <c r="E20" s="231">
         <v>40</v>
       </c>
-      <c r="F20" s="77">
+      <c r="F20" s="76">
         <v>105831</v>
       </c>
-      <c r="G20" s="77">
+      <c r="G20" s="76">
         <v>47388</v>
       </c>
-      <c r="H20" s="232">
+      <c r="H20" s="231">
         <v>66</v>
       </c>
-      <c r="I20" s="232">
+      <c r="I20" s="231">
         <v>2.44</v>
       </c>
-      <c r="J20" s="232">
+      <c r="J20" s="231">
         <v>8</v>
       </c>
-      <c r="K20" s="232">
+      <c r="K20" s="231">
         <v>16</v>
       </c>
-      <c r="L20" s="284"/>
-      <c r="M20" s="284"/>
+      <c r="L20" s="297"/>
+      <c r="M20" s="297"/>
     </row>
     <row r="21" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A21" s="64">
         <v>2014</v>
       </c>
-      <c r="B21" s="239">
+      <c r="B21" s="238">
         <v>5500</v>
       </c>
       <c r="C21" s="68">
         <v>44</v>
       </c>
       <c r="D21" s="68">
         <v>640</v>
       </c>
       <c r="E21" s="68">
         <v>40</v>
       </c>
-      <c r="F21" s="239">
+      <c r="F21" s="238">
         <v>116249</v>
       </c>
-      <c r="G21" s="239">
+      <c r="G21" s="238">
         <v>50998</v>
       </c>
       <c r="H21" s="68">
         <v>69</v>
       </c>
       <c r="I21" s="68">
         <v>2.4900000000000002</v>
       </c>
       <c r="J21" s="68">
         <v>8</v>
       </c>
       <c r="K21" s="68">
         <v>18</v>
       </c>
-      <c r="L21" s="284"/>
-      <c r="M21" s="284"/>
+      <c r="L21" s="297"/>
+      <c r="M21" s="297"/>
     </row>
     <row r="22" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A22" s="241">
+      <c r="A22" s="240">
         <v>2015</v>
       </c>
-      <c r="B22" s="77">
+      <c r="B22" s="76">
         <v>6300</v>
       </c>
-      <c r="C22" s="232">
+      <c r="C22" s="231">
         <v>44</v>
       </c>
-      <c r="D22" s="232">
+      <c r="D22" s="231">
         <v>740</v>
       </c>
-      <c r="E22" s="232">
+      <c r="E22" s="231">
         <v>40</v>
       </c>
-      <c r="F22" s="77">
+      <c r="F22" s="76">
         <v>117893</v>
       </c>
-      <c r="G22" s="77">
+      <c r="G22" s="76">
         <v>54126</v>
       </c>
-      <c r="H22" s="232">
+      <c r="H22" s="231">
         <v>68</v>
       </c>
-      <c r="I22" s="232">
+      <c r="I22" s="231">
         <v>2.38</v>
       </c>
-      <c r="J22" s="232">
+      <c r="J22" s="231">
         <v>7</v>
       </c>
-      <c r="K22" s="232">
+      <c r="K22" s="231">
         <v>15</v>
       </c>
-      <c r="L22" s="284"/>
-      <c r="M22" s="284"/>
+      <c r="L22" s="297"/>
+      <c r="M22" s="297"/>
     </row>
     <row r="23" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A23" s="64">
         <v>2016</v>
       </c>
-      <c r="B23" s="239">
+      <c r="B23" s="238">
         <v>6500</v>
       </c>
       <c r="C23" s="68">
         <v>43</v>
       </c>
       <c r="D23" s="68">
         <v>800</v>
       </c>
       <c r="E23" s="68">
         <v>39</v>
       </c>
-      <c r="F23" s="239">
+      <c r="F23" s="238">
         <v>123443</v>
       </c>
-      <c r="G23" s="239">
+      <c r="G23" s="238">
         <v>54966</v>
       </c>
       <c r="H23" s="68">
         <v>68</v>
       </c>
       <c r="I23" s="68">
         <v>2.46</v>
       </c>
       <c r="J23" s="68">
         <v>6</v>
       </c>
       <c r="K23" s="68">
         <v>15</v>
       </c>
-      <c r="L23" s="284"/>
-      <c r="M23" s="284"/>
+      <c r="L23" s="297"/>
+      <c r="M23" s="297"/>
     </row>
     <row r="24" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A24" s="241">
+      <c r="A24" s="240">
         <v>2017</v>
       </c>
-      <c r="B24" s="77">
+      <c r="B24" s="76">
         <v>6800</v>
       </c>
-      <c r="C24" s="232">
+      <c r="C24" s="231">
         <v>43</v>
       </c>
-      <c r="D24" s="232">
+      <c r="D24" s="231">
         <v>880</v>
       </c>
-      <c r="E24" s="232">
+      <c r="E24" s="231">
         <v>40</v>
       </c>
-      <c r="F24" s="77">
+      <c r="F24" s="76">
         <v>128914</v>
       </c>
-      <c r="G24" s="77">
+      <c r="G24" s="76">
         <v>54440</v>
       </c>
-      <c r="H24" s="232">
+      <c r="H24" s="231">
         <v>70</v>
       </c>
-      <c r="I24" s="232">
+      <c r="I24" s="231">
         <v>2.6</v>
       </c>
-      <c r="J24" s="232">
+      <c r="J24" s="231">
         <v>6</v>
       </c>
-      <c r="K24" s="232">
+      <c r="K24" s="231">
         <v>15</v>
       </c>
-      <c r="L24" s="284"/>
-      <c r="M24" s="284"/>
+      <c r="L24" s="297"/>
+      <c r="M24" s="297"/>
     </row>
     <row r="25" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A25" s="64">
         <v>2018</v>
       </c>
-      <c r="B25" s="239">
+      <c r="B25" s="238">
         <v>7100</v>
       </c>
       <c r="C25" s="68">
         <v>42</v>
       </c>
       <c r="D25" s="68">
         <v>960</v>
       </c>
       <c r="E25" s="68">
         <v>40</v>
       </c>
-      <c r="F25" s="239">
+      <c r="F25" s="238">
         <v>134946</v>
       </c>
-      <c r="G25" s="239">
+      <c r="G25" s="238">
         <v>55620</v>
       </c>
       <c r="H25" s="68">
         <v>71</v>
       </c>
       <c r="I25" s="68">
         <v>2.68</v>
       </c>
       <c r="J25" s="68">
         <v>6</v>
       </c>
       <c r="K25" s="68">
         <v>15</v>
       </c>
-      <c r="L25" s="284"/>
-      <c r="M25" s="284"/>
+      <c r="L25" s="297"/>
+      <c r="M25" s="297"/>
     </row>
     <row r="26" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A26" s="241">
+      <c r="A26" s="240">
         <v>2019</v>
       </c>
-      <c r="B26" s="77">
+      <c r="B26" s="76">
         <v>7000</v>
       </c>
-      <c r="C26" s="232">
+      <c r="C26" s="231">
         <v>40</v>
       </c>
-      <c r="D26" s="232">
+      <c r="D26" s="231">
         <v>980</v>
       </c>
-      <c r="E26" s="232">
+      <c r="E26" s="231">
         <v>40</v>
       </c>
-      <c r="F26" s="77">
+      <c r="F26" s="76">
         <v>139241</v>
       </c>
-      <c r="G26" s="77">
+      <c r="G26" s="76">
         <v>55253</v>
       </c>
-      <c r="H26" s="232">
+      <c r="H26" s="231">
         <v>71</v>
       </c>
-      <c r="I26" s="232">
+      <c r="I26" s="231">
         <v>2.74</v>
       </c>
-      <c r="J26" s="232">
+      <c r="J26" s="231">
         <v>6</v>
       </c>
-      <c r="K26" s="232">
+      <c r="K26" s="231">
         <v>15</v>
       </c>
-      <c r="L26" s="284"/>
-      <c r="M26" s="284"/>
+      <c r="L26" s="297"/>
+      <c r="M26" s="297"/>
     </row>
     <row r="27" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="64">
         <v>2020</v>
       </c>
-      <c r="B27" s="239">
+      <c r="B27" s="238">
         <v>6300</v>
       </c>
       <c r="C27" s="68">
         <v>43</v>
       </c>
       <c r="D27" s="68">
         <v>900</v>
       </c>
       <c r="E27" s="68">
         <v>40</v>
       </c>
-      <c r="F27" s="239">
+      <c r="F27" s="238">
         <v>143729</v>
       </c>
-      <c r="G27" s="239">
+      <c r="G27" s="238">
         <v>58431</v>
       </c>
       <c r="H27" s="68">
         <v>69</v>
       </c>
       <c r="I27" s="68">
         <v>2.7</v>
       </c>
       <c r="J27" s="68">
         <v>6</v>
       </c>
       <c r="K27" s="68">
         <v>15</v>
       </c>
-      <c r="L27" s="284"/>
-      <c r="M27" s="284"/>
+      <c r="L27" s="297"/>
+      <c r="M27" s="297"/>
     </row>
     <row r="28" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A28" s="241">
+      <c r="A28" s="240">
         <v>2021</v>
       </c>
-      <c r="B28" s="77">
+      <c r="B28" s="76">
         <v>9200</v>
       </c>
-      <c r="C28" s="232">
+      <c r="C28" s="231">
         <v>43</v>
       </c>
-      <c r="D28" s="77">
+      <c r="D28" s="76">
         <v>1410</v>
       </c>
-      <c r="E28" s="232">
+      <c r="E28" s="231">
         <v>40</v>
       </c>
-      <c r="F28" s="77">
+      <c r="F28" s="76">
         <v>153954</v>
       </c>
-      <c r="G28" s="77">
+      <c r="G28" s="76">
         <v>60744</v>
       </c>
-      <c r="H28" s="232">
+      <c r="H28" s="231">
         <v>67</v>
       </c>
-      <c r="I28" s="232">
+      <c r="I28" s="231">
         <v>2.78</v>
       </c>
-      <c r="J28" s="232">
+      <c r="J28" s="231">
         <v>6</v>
       </c>
-      <c r="K28" s="232">
+      <c r="K28" s="231">
         <v>15</v>
       </c>
-      <c r="L28" s="284"/>
-      <c r="M28" s="284"/>
+      <c r="L28" s="297"/>
+      <c r="M28" s="297"/>
     </row>
     <row r="29" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A29" s="64">
         <v>2022</v>
       </c>
-      <c r="B29" s="239">
+      <c r="B29" s="238">
         <v>6900</v>
       </c>
       <c r="C29" s="68">
         <v>39</v>
       </c>
-      <c r="D29" s="239">
+      <c r="D29" s="238">
         <v>1150</v>
       </c>
       <c r="E29" s="68">
         <v>40</v>
       </c>
-      <c r="F29" s="239">
+      <c r="F29" s="238">
         <v>166288</v>
       </c>
-      <c r="G29" s="239">
+      <c r="G29" s="238">
         <v>64078</v>
       </c>
       <c r="H29" s="68">
         <v>68</v>
       </c>
       <c r="I29" s="68">
         <v>2.83</v>
       </c>
       <c r="J29" s="68">
         <v>7</v>
       </c>
       <c r="K29" s="68">
         <v>16</v>
       </c>
-      <c r="L29" s="284"/>
-      <c r="M29" s="284"/>
+      <c r="L29" s="297"/>
+      <c r="M29" s="297"/>
     </row>
     <row r="30" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A30" s="242">
+      <c r="A30" s="241">
         <v>2023</v>
       </c>
-      <c r="B30" s="243">
+      <c r="B30" s="242">
         <v>5500</v>
       </c>
-      <c r="C30" s="236">
+      <c r="C30" s="235">
         <v>40</v>
       </c>
-      <c r="D30" s="236">
+      <c r="D30" s="235">
         <v>880</v>
       </c>
-      <c r="E30" s="236">
+      <c r="E30" s="235">
         <v>40</v>
       </c>
-      <c r="F30" s="243">
+      <c r="F30" s="242">
         <v>160095</v>
       </c>
-      <c r="G30" s="243">
+      <c r="G30" s="242">
         <v>71347</v>
       </c>
-      <c r="H30" s="236">
+      <c r="H30" s="235">
         <v>64</v>
       </c>
-      <c r="I30" s="236">
+      <c r="I30" s="235">
         <v>2.4700000000000002</v>
       </c>
-      <c r="J30" s="236">
+      <c r="J30" s="235">
         <v>11</v>
       </c>
-      <c r="K30" s="236">
+      <c r="K30" s="235">
         <v>17</v>
       </c>
-      <c r="L30" s="284"/>
-      <c r="M30" s="284"/>
+      <c r="L30" s="297"/>
+      <c r="M30" s="297"/>
     </row>
     <row r="31" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A31" s="64">
         <v>2024</v>
       </c>
-      <c r="B31" s="239">
+      <c r="B31" s="238">
         <v>6500</v>
       </c>
       <c r="C31" s="68">
         <v>43</v>
       </c>
-      <c r="D31" s="239">
+      <c r="D31" s="238">
         <v>1080</v>
       </c>
       <c r="E31" s="68">
         <v>40</v>
       </c>
-      <c r="F31" s="239">
+      <c r="F31" s="238">
         <v>165645</v>
       </c>
-      <c r="G31" s="239">
+      <c r="G31" s="238">
         <v>71983</v>
       </c>
       <c r="H31" s="68">
         <v>64</v>
       </c>
       <c r="I31" s="68">
         <v>2.4900000000000002</v>
       </c>
       <c r="J31" s="68">
         <v>11</v>
       </c>
       <c r="K31" s="68">
         <v>17</v>
       </c>
-      <c r="L31" s="284"/>
-      <c r="M31" s="284"/>
+      <c r="L31" s="297"/>
+      <c r="M31" s="297"/>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A32" s="284" t="s">
-[...2 lines deleted...]
-      <c r="B32" s="284"/>
+      <c r="A32" s="297" t="s">
+        <v>261</v>
+      </c>
+      <c r="B32" s="297"/>
       <c r="C32" s="67"/>
       <c r="D32" s="67"/>
       <c r="E32" s="67"/>
       <c r="F32" s="67"/>
       <c r="G32" s="67"/>
       <c r="H32" s="67"/>
       <c r="I32" s="67"/>
-      <c r="J32" s="226"/>
+      <c r="J32" s="225"/>
       <c r="K32" s="71"/>
-      <c r="L32" s="284"/>
-      <c r="M32" s="284"/>
+      <c r="L32" s="297"/>
+      <c r="M32" s="297"/>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A33" s="69" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="B33" s="69"/>
       <c r="C33" s="67"/>
       <c r="D33" s="67"/>
       <c r="E33" s="67"/>
       <c r="F33" s="67"/>
       <c r="G33" s="67"/>
       <c r="H33" s="67"/>
-      <c r="I33" s="224"/>
-      <c r="J33" s="226"/>
+      <c r="I33" s="223"/>
+      <c r="J33" s="225"/>
       <c r="K33" s="67"/>
-      <c r="L33" s="284"/>
-      <c r="M33" s="284"/>
+      <c r="L33" s="297"/>
+      <c r="M33" s="297"/>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A34" s="69" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B34" s="69"/>
-      <c r="C34" s="224"/>
-[...9 lines deleted...]
-      <c r="M34" s="284"/>
+      <c r="C34" s="223"/>
+      <c r="D34" s="223"/>
+      <c r="E34" s="223"/>
+      <c r="F34" s="223"/>
+      <c r="G34" s="223"/>
+      <c r="H34" s="223"/>
+      <c r="I34" s="223"/>
+      <c r="J34" s="223"/>
+      <c r="K34" s="223"/>
+      <c r="L34" s="297"/>
+      <c r="M34" s="297"/>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A35" s="69" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B35" s="69"/>
-      <c r="C35" s="224"/>
-[...9 lines deleted...]
-      <c r="M35" s="284"/>
+      <c r="C35" s="223"/>
+      <c r="D35" s="223"/>
+      <c r="E35" s="223"/>
+      <c r="F35" s="223"/>
+      <c r="G35" s="223"/>
+      <c r="H35" s="223"/>
+      <c r="I35" s="223"/>
+      <c r="J35" s="223"/>
+      <c r="K35" s="223"/>
+      <c r="L35" s="297"/>
+      <c r="M35" s="297"/>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A36" s="69" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B36" s="69"/>
-      <c r="C36" s="224"/>
-[...9 lines deleted...]
-      <c r="M36" s="284"/>
+      <c r="C36" s="223"/>
+      <c r="D36" s="223"/>
+      <c r="E36" s="223"/>
+      <c r="F36" s="223"/>
+      <c r="G36" s="223"/>
+      <c r="H36" s="223"/>
+      <c r="I36" s="223"/>
+      <c r="J36" s="223"/>
+      <c r="K36" s="223"/>
+      <c r="L36" s="297"/>
+      <c r="M36" s="297"/>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A37" s="67" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B37" s="67"/>
-      <c r="C37" s="224"/>
-[...9 lines deleted...]
-      <c r="M37" s="284"/>
+      <c r="C37" s="223"/>
+      <c r="D37" s="223"/>
+      <c r="E37" s="223"/>
+      <c r="F37" s="223"/>
+      <c r="G37" s="223"/>
+      <c r="H37" s="223"/>
+      <c r="I37" s="223"/>
+      <c r="J37" s="223"/>
+      <c r="K37" s="223"/>
+      <c r="L37" s="297"/>
+      <c r="M37" s="297"/>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A38" s="67" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B38" s="67"/>
-      <c r="C38" s="224"/>
-[...9 lines deleted...]
-      <c r="M38" s="284"/>
+      <c r="C38" s="223"/>
+      <c r="D38" s="223"/>
+      <c r="E38" s="223"/>
+      <c r="F38" s="223"/>
+      <c r="G38" s="223"/>
+      <c r="H38" s="223"/>
+      <c r="I38" s="223"/>
+      <c r="J38" s="223"/>
+      <c r="K38" s="223"/>
+      <c r="L38" s="297"/>
+      <c r="M38" s="297"/>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A39" s="67" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B39" s="67"/>
-      <c r="C39" s="224"/>
-[...9 lines deleted...]
-      <c r="M39" s="284"/>
+      <c r="C39" s="223"/>
+      <c r="D39" s="223"/>
+      <c r="E39" s="223"/>
+      <c r="F39" s="223"/>
+      <c r="G39" s="223"/>
+      <c r="H39" s="223"/>
+      <c r="I39" s="223"/>
+      <c r="J39" s="223"/>
+      <c r="K39" s="223"/>
+      <c r="L39" s="297"/>
+      <c r="M39" s="297"/>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A40" s="67" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B40" s="67"/>
-      <c r="C40" s="224"/>
-[...9 lines deleted...]
-      <c r="M40" s="284"/>
+      <c r="C40" s="223"/>
+      <c r="D40" s="223"/>
+      <c r="E40" s="223"/>
+      <c r="F40" s="223"/>
+      <c r="G40" s="223"/>
+      <c r="H40" s="223"/>
+      <c r="I40" s="223"/>
+      <c r="J40" s="223"/>
+      <c r="K40" s="223"/>
+      <c r="L40" s="297"/>
+      <c r="M40" s="297"/>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A41" s="67" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B41" s="67"/>
-      <c r="C41" s="224"/>
-[...9 lines deleted...]
-      <c r="M41" s="284"/>
+      <c r="C41" s="223"/>
+      <c r="D41" s="223"/>
+      <c r="E41" s="223"/>
+      <c r="F41" s="223"/>
+      <c r="G41" s="223"/>
+      <c r="H41" s="223"/>
+      <c r="I41" s="223"/>
+      <c r="J41" s="223"/>
+      <c r="K41" s="223"/>
+      <c r="L41" s="297"/>
+      <c r="M41" s="297"/>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A42" s="69" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B42" s="69"/>
-      <c r="C42" s="224"/>
-[...9 lines deleted...]
-      <c r="M42" s="284"/>
+      <c r="C42" s="223"/>
+      <c r="D42" s="223"/>
+      <c r="E42" s="223"/>
+      <c r="F42" s="223"/>
+      <c r="G42" s="223"/>
+      <c r="H42" s="223"/>
+      <c r="I42" s="223"/>
+      <c r="J42" s="223"/>
+      <c r="K42" s="223"/>
+      <c r="L42" s="297"/>
+      <c r="M42" s="297"/>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A43" s="69" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B43" s="69"/>
-      <c r="C43" s="224"/>
-[...9 lines deleted...]
-      <c r="M43" s="284"/>
+      <c r="C43" s="223"/>
+      <c r="D43" s="223"/>
+      <c r="E43" s="223"/>
+      <c r="F43" s="223"/>
+      <c r="G43" s="223"/>
+      <c r="H43" s="223"/>
+      <c r="I43" s="223"/>
+      <c r="J43" s="223"/>
+      <c r="K43" s="223"/>
+      <c r="L43" s="297"/>
+      <c r="M43" s="297"/>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A44" s="69" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B44" s="69"/>
       <c r="C44" s="67"/>
       <c r="D44" s="67"/>
       <c r="E44" s="67"/>
       <c r="F44" s="67"/>
       <c r="G44" s="67"/>
       <c r="H44" s="67"/>
       <c r="I44" s="67"/>
       <c r="J44" s="67"/>
       <c r="K44" s="67"/>
-      <c r="L44" s="284"/>
-      <c r="M44" s="284"/>
+      <c r="L44" s="297"/>
+      <c r="M44" s="297"/>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A45" s="69" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B45" s="69"/>
-      <c r="C45" s="224"/>
-[...9 lines deleted...]
-      <c r="M45" s="284"/>
+      <c r="C45" s="223"/>
+      <c r="D45" s="223"/>
+      <c r="E45" s="223"/>
+      <c r="F45" s="223"/>
+      <c r="G45" s="223"/>
+      <c r="H45" s="223"/>
+      <c r="I45" s="223"/>
+      <c r="J45" s="223"/>
+      <c r="K45" s="223"/>
+      <c r="L45" s="297"/>
+      <c r="M45" s="297"/>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A46" s="283"/>
-[...11 lines deleted...]
-      <c r="M46" s="284"/>
+      <c r="A46" s="296"/>
+      <c r="B46" s="296"/>
+      <c r="C46" s="223"/>
+      <c r="D46" s="223"/>
+      <c r="E46" s="223"/>
+      <c r="F46" s="223"/>
+      <c r="G46" s="223"/>
+      <c r="H46" s="223"/>
+      <c r="I46" s="223"/>
+      <c r="J46" s="223"/>
+      <c r="K46" s="223"/>
+      <c r="L46" s="297"/>
+      <c r="M46" s="297"/>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A47" s="283"/>
-[...11 lines deleted...]
-      <c r="M47" s="284"/>
+      <c r="A47" s="296"/>
+      <c r="B47" s="296"/>
+      <c r="C47" s="223"/>
+      <c r="D47" s="223"/>
+      <c r="E47" s="223"/>
+      <c r="F47" s="223"/>
+      <c r="G47" s="223"/>
+      <c r="H47" s="223"/>
+      <c r="I47" s="223"/>
+      <c r="J47" s="223"/>
+      <c r="K47" s="223"/>
+      <c r="L47" s="297"/>
+      <c r="M47" s="297"/>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A48" s="283"/>
-      <c r="B48" s="283"/>
+      <c r="A48" s="296"/>
+      <c r="B48" s="296"/>
       <c r="C48" s="67"/>
       <c r="D48" s="67"/>
       <c r="E48" s="67"/>
       <c r="F48" s="67"/>
       <c r="G48" s="67"/>
       <c r="H48" s="67"/>
       <c r="I48" s="67"/>
       <c r="J48" s="67"/>
       <c r="K48" s="67"/>
-      <c r="L48" s="284"/>
-      <c r="M48" s="284"/>
+      <c r="L48" s="297"/>
+      <c r="M48" s="297"/>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A49" s="283"/>
-      <c r="B49" s="283"/>
+      <c r="A49" s="296"/>
+      <c r="B49" s="296"/>
       <c r="C49" s="67"/>
       <c r="D49" s="67"/>
       <c r="E49" s="67"/>
       <c r="F49" s="67"/>
       <c r="G49" s="67"/>
       <c r="H49" s="67"/>
       <c r="I49" s="67"/>
       <c r="J49" s="67"/>
       <c r="K49" s="67"/>
-      <c r="L49" s="284"/>
-      <c r="M49" s="284"/>
+      <c r="L49" s="297"/>
+      <c r="M49" s="297"/>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A50" s="283"/>
-      <c r="B50" s="283"/>
+      <c r="A50" s="296"/>
+      <c r="B50" s="296"/>
       <c r="C50" s="67"/>
       <c r="D50" s="67"/>
       <c r="E50" s="67"/>
       <c r="F50" s="67"/>
       <c r="G50" s="67"/>
       <c r="H50" s="67"/>
       <c r="I50" s="67"/>
       <c r="J50" s="67"/>
       <c r="K50" s="67"/>
-      <c r="L50" s="284"/>
-      <c r="M50" s="284"/>
+      <c r="L50" s="297"/>
+      <c r="M50" s="297"/>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A51" s="283"/>
-      <c r="B51" s="283"/>
+      <c r="A51" s="296"/>
+      <c r="B51" s="296"/>
       <c r="C51" s="67"/>
       <c r="D51" s="67"/>
       <c r="E51" s="67"/>
       <c r="F51" s="67"/>
       <c r="G51" s="67"/>
       <c r="H51" s="67"/>
       <c r="I51" s="67"/>
       <c r="J51" s="67"/>
       <c r="K51" s="67"/>
-      <c r="L51" s="284"/>
-      <c r="M51" s="284"/>
+      <c r="L51" s="297"/>
+      <c r="M51" s="297"/>
     </row>
   </sheetData>
   <mergeCells count="55">
     <mergeCell ref="L4:M4"/>
     <mergeCell ref="L16:M16"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="L7:M7"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="L11:M11"/>
     <mergeCell ref="L12:M12"/>
     <mergeCell ref="L13:M13"/>
     <mergeCell ref="L14:M14"/>
     <mergeCell ref="L15:M15"/>
     <mergeCell ref="L28:M28"/>
     <mergeCell ref="L17:M17"/>
     <mergeCell ref="L18:M18"/>
     <mergeCell ref="L19:M19"/>
     <mergeCell ref="L20:M20"/>
     <mergeCell ref="L21:M21"/>
     <mergeCell ref="L22:M22"/>
     <mergeCell ref="L23:M23"/>
     <mergeCell ref="L24:M24"/>
@@ -8606,1548 +8632,1548 @@
     <mergeCell ref="L42:M42"/>
     <mergeCell ref="A46:B46"/>
     <mergeCell ref="L46:M46"/>
     <mergeCell ref="A47:B47"/>
     <mergeCell ref="L47:M47"/>
     <mergeCell ref="A48:B48"/>
     <mergeCell ref="L48:M48"/>
     <mergeCell ref="A49:B49"/>
     <mergeCell ref="L49:M49"/>
     <mergeCell ref="A50:B50"/>
     <mergeCell ref="L50:M50"/>
     <mergeCell ref="A51:B51"/>
     <mergeCell ref="L51:M51"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K2" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{69DAA755-13B6-41E0-8CE1-A7D48EE7C2AA}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9680AD9B-2E5A-4A65-888F-DD4B2B6A1901}">
   <dimension ref="A1:H88"/>
   <sheetViews>
-    <sheetView topLeftCell="A56" workbookViewId="0">
-      <pane ySplit="1515" topLeftCell="A68" activePane="bottomLeft"/>
+    <sheetView tabSelected="1" topLeftCell="A56" workbookViewId="0">
+      <pane ySplit="1515" activePane="bottomLeft"/>
       <selection activeCell="H2" sqref="H2"/>
       <selection pane="bottomLeft" activeCell="A88" sqref="A88:XFD88"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="3.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.5703125" style="22" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.140625" style="6" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9" style="6" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="8.7109375" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="33" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="32" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C1" s="34"/>
     </row>
     <row r="2" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="H2" s="7" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="28.5" x14ac:dyDescent="0.2">
-      <c r="A3" s="254"/>
-      <c r="B3" s="255"/>
+      <c r="A3" s="267"/>
+      <c r="B3" s="268"/>
       <c r="C3" s="23" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="12" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="12" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="12" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="252">
+      <c r="A4" s="265">
         <v>2005</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="24">
         <v>65.2</v>
       </c>
       <c r="D4" s="9">
         <v>105916</v>
       </c>
       <c r="E4" s="11"/>
       <c r="F4" s="11"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="253"/>
+      <c r="A5" s="266"/>
       <c r="B5" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="25">
         <v>67.599999999999994</v>
       </c>
       <c r="D5" s="14">
         <v>109781</v>
       </c>
       <c r="E5" s="15">
         <v>3.5999999999999997E-2</v>
       </c>
       <c r="F5" s="11"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="253"/>
+      <c r="A6" s="266"/>
       <c r="B6" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="24">
         <v>71.900000000000006</v>
       </c>
       <c r="D6" s="9">
         <v>116767</v>
       </c>
       <c r="E6" s="10">
         <v>6.4000000000000001E-2</v>
       </c>
       <c r="F6" s="11"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="253"/>
+      <c r="A7" s="266"/>
       <c r="B7" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="25">
         <v>74.400000000000006</v>
       </c>
       <c r="D7" s="14">
         <v>120825</v>
       </c>
       <c r="E7" s="15">
         <v>3.5000000000000003E-2</v>
       </c>
       <c r="F7" s="11"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="256">
+      <c r="A8" s="269">
         <v>2006</v>
       </c>
       <c r="B8" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="26">
         <v>76.5</v>
       </c>
       <c r="D8" s="17">
         <v>124258</v>
       </c>
       <c r="E8" s="18">
         <v>2.8000000000000001E-2</v>
       </c>
       <c r="F8" s="18">
         <v>0.17299999999999999</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="257"/>
+      <c r="A9" s="270"/>
       <c r="B9" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="25">
         <v>83.8</v>
       </c>
       <c r="D9" s="14">
         <v>136198</v>
       </c>
       <c r="E9" s="15">
         <v>9.6000000000000002E-2</v>
       </c>
       <c r="F9" s="15">
         <v>0.24099999999999999</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="257"/>
+      <c r="A10" s="270"/>
       <c r="B10" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="24">
         <v>93.5</v>
       </c>
       <c r="D10" s="9">
         <v>151918</v>
       </c>
       <c r="E10" s="10">
         <v>0.115</v>
       </c>
       <c r="F10" s="10">
         <v>0.30099999999999999</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="257"/>
+      <c r="A11" s="270"/>
       <c r="B11" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="27">
         <v>104.7</v>
       </c>
       <c r="D11" s="20">
         <v>170193</v>
       </c>
       <c r="E11" s="21">
         <v>0.12</v>
       </c>
       <c r="F11" s="21">
         <v>0.40899999999999997</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="252">
+      <c r="A12" s="265">
         <v>2007</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="24">
         <v>115.9</v>
       </c>
       <c r="D12" s="9">
         <v>188278</v>
       </c>
       <c r="E12" s="10">
         <v>0.106</v>
       </c>
       <c r="F12" s="10">
         <v>0.51500000000000001</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="253"/>
+      <c r="A13" s="266"/>
       <c r="B13" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C13" s="25">
         <v>126.2</v>
       </c>
       <c r="D13" s="14">
         <v>205123</v>
       </c>
       <c r="E13" s="15">
         <v>8.8999999999999996E-2</v>
       </c>
       <c r="F13" s="15">
         <v>0.50600000000000001</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="253"/>
+      <c r="A14" s="266"/>
       <c r="B14" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="24">
         <v>130.9</v>
       </c>
       <c r="D14" s="9">
         <v>212617</v>
       </c>
       <c r="E14" s="10">
         <v>3.6999999999999998E-2</v>
       </c>
       <c r="F14" s="10">
         <v>0.4</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="253"/>
+      <c r="A15" s="266"/>
       <c r="B15" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="25">
         <v>124.8</v>
       </c>
       <c r="D15" s="14">
         <v>202774</v>
       </c>
       <c r="E15" s="15">
         <v>-4.5999999999999999E-2</v>
       </c>
       <c r="F15" s="15">
         <v>0.191</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="258">
+      <c r="A16" s="271">
         <v>2008</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="26">
         <v>115.5</v>
       </c>
       <c r="D16" s="17">
         <v>187721</v>
       </c>
       <c r="E16" s="18">
         <v>-7.3999999999999996E-2</v>
       </c>
       <c r="F16" s="18">
         <v>-3.0000000000000001E-3</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A17" s="257"/>
+      <c r="A17" s="270"/>
       <c r="B17" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="25">
         <v>108.2</v>
       </c>
       <c r="D17" s="14">
         <v>175875</v>
       </c>
       <c r="E17" s="15">
         <v>-6.3E-2</v>
       </c>
       <c r="F17" s="15">
         <v>-0.14299999999999999</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A18" s="257"/>
+      <c r="A18" s="270"/>
       <c r="B18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="24">
         <v>97.9</v>
       </c>
       <c r="D18" s="9">
         <v>159059</v>
       </c>
       <c r="E18" s="10">
         <v>-9.6000000000000002E-2</v>
       </c>
       <c r="F18" s="10">
         <v>-0.252</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A19" s="259"/>
+      <c r="A19" s="272"/>
       <c r="B19" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="27">
         <v>89.6</v>
       </c>
       <c r="D19" s="20">
         <v>145525</v>
       </c>
       <c r="E19" s="21">
         <v>-8.5000000000000006E-2</v>
       </c>
       <c r="F19" s="21">
         <v>-0.28199999999999997</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A20" s="260">
+      <c r="A20" s="273">
         <v>2009</v>
       </c>
       <c r="B20" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="26">
         <v>81.7</v>
       </c>
       <c r="D20" s="17">
         <v>132669</v>
       </c>
       <c r="E20" s="18">
         <v>-8.7999999999999995E-2</v>
       </c>
       <c r="F20" s="18">
         <v>-0.29299999999999998</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A21" s="253"/>
+      <c r="A21" s="266"/>
       <c r="B21" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C21" s="25">
         <v>82.4</v>
       </c>
       <c r="D21" s="14">
         <v>133898</v>
       </c>
       <c r="E21" s="15">
         <v>8.9999999999999993E-3</v>
       </c>
       <c r="F21" s="15">
         <v>-0.23899999999999999</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A22" s="253"/>
+      <c r="A22" s="266"/>
       <c r="B22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="24">
         <v>82.6</v>
       </c>
       <c r="D22" s="9">
         <v>134254</v>
       </c>
       <c r="E22" s="10">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="F22" s="10">
         <v>-0.156</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A23" s="261"/>
+      <c r="A23" s="274"/>
       <c r="B23" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="27">
         <v>82.7</v>
       </c>
       <c r="D23" s="20">
         <v>134376</v>
       </c>
       <c r="E23" s="21">
         <v>1E-3</v>
       </c>
       <c r="F23" s="21">
         <v>-7.6999999999999999E-2</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A24" s="256">
+      <c r="A24" s="269">
         <v>2010</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="24">
         <v>79</v>
       </c>
       <c r="D24" s="9">
         <v>128422</v>
       </c>
       <c r="E24" s="10">
         <v>-4.3999999999999997E-2</v>
       </c>
       <c r="F24" s="10">
         <v>-3.2000000000000001E-2</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A25" s="257"/>
+      <c r="A25" s="270"/>
       <c r="B25" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C25" s="25">
         <v>78.3</v>
       </c>
       <c r="D25" s="14">
         <v>127299</v>
       </c>
       <c r="E25" s="15">
         <v>-8.9999999999999993E-3</v>
       </c>
       <c r="F25" s="15">
         <v>-4.9000000000000002E-2</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A26" s="257"/>
+      <c r="A26" s="270"/>
       <c r="B26" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="24">
         <v>77</v>
       </c>
       <c r="D26" s="9">
         <v>125074</v>
       </c>
       <c r="E26" s="10">
         <v>-1.7000000000000001E-2</v>
       </c>
       <c r="F26" s="10">
         <v>-6.8000000000000005E-2</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A27" s="259"/>
+      <c r="A27" s="272"/>
       <c r="B27" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="27">
         <v>72.5</v>
       </c>
       <c r="D27" s="20">
         <v>117835</v>
       </c>
       <c r="E27" s="21">
         <v>-5.8000000000000003E-2</v>
       </c>
       <c r="F27" s="21">
         <v>-0.123</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A28" s="252">
+      <c r="A28" s="265">
         <v>2011</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C28" s="24">
         <v>69.3</v>
       </c>
       <c r="D28" s="9">
         <v>112639</v>
       </c>
       <c r="E28" s="10">
         <v>-4.3999999999999997E-2</v>
       </c>
       <c r="F28" s="10">
         <v>-0.123</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A29" s="253"/>
+      <c r="A29" s="266"/>
       <c r="B29" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="25">
         <v>68.2</v>
       </c>
       <c r="D29" s="14">
         <v>110858</v>
       </c>
       <c r="E29" s="15">
         <v>-1.6E-2</v>
       </c>
       <c r="F29" s="15">
         <v>-0.129</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A30" s="253"/>
+      <c r="A30" s="266"/>
       <c r="B30" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="24">
         <v>67</v>
       </c>
       <c r="D30" s="9">
         <v>108933</v>
       </c>
       <c r="E30" s="10">
         <v>-1.7000000000000001E-2</v>
       </c>
       <c r="F30" s="10">
         <v>-0.129</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A31" s="253"/>
+      <c r="A31" s="266"/>
       <c r="B31" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="25">
         <v>65.2</v>
       </c>
       <c r="D31" s="14">
         <v>105870</v>
       </c>
       <c r="E31" s="15">
         <v>-2.8000000000000001E-2</v>
       </c>
       <c r="F31" s="15">
         <v>-0.10199999999999999</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A32" s="256">
+      <c r="A32" s="269">
         <v>2012</v>
       </c>
       <c r="B32" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="26">
         <v>61</v>
       </c>
       <c r="D32" s="17">
         <v>99094</v>
       </c>
       <c r="E32" s="18">
         <v>-6.4000000000000001E-2</v>
       </c>
       <c r="F32" s="18">
         <v>-0.12</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A33" s="257"/>
+      <c r="A33" s="270"/>
       <c r="B33" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C33" s="25">
         <v>61.1</v>
       </c>
       <c r="D33" s="14">
         <v>99355</v>
       </c>
       <c r="E33" s="15">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="F33" s="15">
         <v>-0.104</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A34" s="257"/>
+      <c r="A34" s="270"/>
       <c r="B34" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C34" s="24">
         <v>59.5</v>
       </c>
       <c r="D34" s="9">
         <v>96609</v>
       </c>
       <c r="E34" s="10">
         <v>-2.8000000000000001E-2</v>
       </c>
       <c r="F34" s="10">
         <v>-0.113</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A35" s="257"/>
+      <c r="A35" s="270"/>
       <c r="B35" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C35" s="27">
         <v>58</v>
       </c>
       <c r="D35" s="20">
         <v>94301</v>
       </c>
       <c r="E35" s="21">
         <v>-2.4E-2</v>
       </c>
       <c r="F35" s="21">
         <v>-0.109</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A36" s="252">
+      <c r="A36" s="265">
         <v>2013</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C36" s="24">
         <v>56.7</v>
       </c>
       <c r="D36" s="9">
         <v>92202</v>
       </c>
       <c r="E36" s="10">
         <v>-2.1999999999999999E-2</v>
       </c>
       <c r="F36" s="10">
         <v>-7.0000000000000007E-2</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A37" s="253"/>
+      <c r="A37" s="266"/>
       <c r="B37" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C37" s="25">
         <v>57.8</v>
       </c>
       <c r="D37" s="14">
         <v>93906</v>
       </c>
       <c r="E37" s="15">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="F37" s="15">
         <v>-5.5E-2</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A38" s="253"/>
+      <c r="A38" s="266"/>
       <c r="B38" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C38" s="24">
         <v>58.9</v>
       </c>
       <c r="D38" s="9">
         <v>95738</v>
       </c>
       <c r="E38" s="10">
         <v>0.02</v>
       </c>
       <c r="F38" s="10">
         <v>-8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A39" s="253"/>
+      <c r="A39" s="266"/>
       <c r="B39" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="25">
         <v>59.3</v>
       </c>
       <c r="D39" s="14">
         <v>96414</v>
       </c>
       <c r="E39" s="15">
         <v>7.0000000000000001E-3</v>
       </c>
       <c r="F39" s="15">
         <v>2.1999999999999999E-2</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A40" s="256">
+      <c r="A40" s="269">
         <v>2014</v>
       </c>
       <c r="B40" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="26">
         <v>60.3</v>
       </c>
       <c r="D40" s="17">
         <v>98014</v>
       </c>
       <c r="E40" s="18">
         <v>1.7000000000000001E-2</v>
       </c>
       <c r="F40" s="18">
         <v>6.3E-2</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A41" s="257"/>
+      <c r="A41" s="270"/>
       <c r="B41" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C41" s="25">
         <v>62.3</v>
       </c>
       <c r="D41" s="14">
         <v>101289</v>
       </c>
       <c r="E41" s="15">
         <v>3.3000000000000002E-2</v>
       </c>
       <c r="F41" s="15">
         <v>7.9000000000000001E-2</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A42" s="257"/>
+      <c r="A42" s="270"/>
       <c r="B42" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C42" s="24">
         <v>63.6</v>
       </c>
       <c r="D42" s="9">
         <v>103263</v>
       </c>
       <c r="E42" s="10">
         <v>1.9E-2</v>
       </c>
       <c r="F42" s="10">
         <v>7.9000000000000001E-2</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A43" s="257"/>
+      <c r="A43" s="270"/>
       <c r="B43" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C43" s="27">
         <v>64.5</v>
       </c>
       <c r="D43" s="20">
         <v>104809</v>
       </c>
       <c r="E43" s="21">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="F43" s="21">
         <v>8.6999999999999994E-2</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A44" s="252">
+      <c r="A44" s="265">
         <v>2015</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C44" s="24">
         <v>64.599999999999994</v>
       </c>
       <c r="D44" s="9">
         <v>104989</v>
       </c>
       <c r="E44" s="10">
         <v>2E-3</v>
       </c>
       <c r="F44" s="10">
         <v>7.0999999999999994E-2</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A45" s="253"/>
+      <c r="A45" s="266"/>
       <c r="B45" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C45" s="25">
         <v>66.599999999999994</v>
       </c>
       <c r="D45" s="14">
         <v>108206</v>
       </c>
       <c r="E45" s="15">
         <v>3.1E-2</v>
       </c>
       <c r="F45" s="15">
         <v>6.8000000000000005E-2</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A46" s="253"/>
+      <c r="A46" s="266"/>
       <c r="B46" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C46" s="24">
         <v>68.599999999999994</v>
       </c>
       <c r="D46" s="9">
         <v>111401</v>
       </c>
       <c r="E46" s="10">
         <v>0.03</v>
       </c>
       <c r="F46" s="10">
         <v>7.9000000000000001E-2</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A47" s="253"/>
+      <c r="A47" s="266"/>
       <c r="B47" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="25">
         <v>69.2</v>
       </c>
       <c r="D47" s="14">
         <v>112385</v>
       </c>
       <c r="E47" s="15">
         <v>8.9999999999999993E-3</v>
       </c>
       <c r="F47" s="15">
         <v>7.1999999999999995E-2</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A48" s="256">
+      <c r="A48" s="269">
         <v>2016</v>
       </c>
       <c r="B48" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C48" s="26">
         <v>69.2</v>
       </c>
       <c r="D48" s="17">
         <v>112475</v>
       </c>
       <c r="E48" s="18">
         <v>1E-3</v>
       </c>
       <c r="F48" s="18">
         <v>7.0999999999999994E-2</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A49" s="257"/>
+      <c r="A49" s="270"/>
       <c r="B49" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C49" s="25">
         <v>71.8</v>
       </c>
       <c r="D49" s="14">
         <v>116637</v>
       </c>
       <c r="E49" s="15">
         <v>3.6999999999999998E-2</v>
       </c>
       <c r="F49" s="15">
         <v>7.8E-2</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A50" s="257"/>
+      <c r="A50" s="270"/>
       <c r="B50" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C50" s="24">
         <v>72.599999999999994</v>
       </c>
       <c r="D50" s="9">
         <v>118039</v>
       </c>
       <c r="E50" s="10">
         <v>1.2E-2</v>
       </c>
       <c r="F50" s="10">
         <v>0.06</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A51" s="257"/>
+      <c r="A51" s="270"/>
       <c r="B51" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C51" s="27">
         <v>72.8</v>
       </c>
       <c r="D51" s="20">
         <v>118350</v>
       </c>
       <c r="E51" s="21">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="F51" s="21">
         <v>5.2999999999999999E-2</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A52" s="252">
+      <c r="A52" s="265">
         <v>2017</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C52" s="24">
         <v>72.7</v>
       </c>
       <c r="D52" s="9">
         <v>118092</v>
       </c>
       <c r="E52" s="10">
         <v>-2E-3</v>
       </c>
       <c r="F52" s="10">
         <v>0.05</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A53" s="253"/>
+      <c r="A53" s="266"/>
       <c r="B53" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C53" s="25">
         <v>74.099999999999994</v>
       </c>
       <c r="D53" s="14">
         <v>120356</v>
       </c>
       <c r="E53" s="15">
         <v>1.9E-2</v>
       </c>
       <c r="F53" s="15">
         <v>3.2000000000000001E-2</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A54" s="253"/>
+      <c r="A54" s="266"/>
       <c r="B54" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C54" s="24">
         <v>75.099999999999994</v>
       </c>
       <c r="D54" s="9">
         <v>121964</v>
       </c>
       <c r="E54" s="10">
         <v>1.2999999999999999E-2</v>
       </c>
       <c r="F54" s="10">
         <v>3.3000000000000002E-2</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A55" s="253"/>
+      <c r="A55" s="266"/>
       <c r="B55" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C55" s="25">
         <v>75.5</v>
       </c>
       <c r="D55" s="14">
         <v>122649</v>
       </c>
       <c r="E55" s="15">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="F55" s="15">
         <v>3.5999999999999997E-2</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A56" s="258">
+      <c r="A56" s="271">
         <v>2018</v>
       </c>
       <c r="B56" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C56" s="26">
         <v>75.900000000000006</v>
       </c>
       <c r="D56" s="17">
         <v>123302</v>
       </c>
       <c r="E56" s="18">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="F56" s="18">
         <v>4.3999999999999997E-2</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A57" s="257"/>
+      <c r="A57" s="270"/>
       <c r="B57" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C57" s="25">
         <v>76.900000000000006</v>
       </c>
       <c r="D57" s="14">
         <v>125009</v>
       </c>
       <c r="E57" s="15">
         <v>1.4E-2</v>
       </c>
       <c r="F57" s="15">
         <v>3.9E-2</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A58" s="257"/>
+      <c r="A58" s="270"/>
       <c r="B58" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C58" s="24">
         <v>78.400000000000006</v>
       </c>
       <c r="D58" s="9">
         <v>127398</v>
       </c>
       <c r="E58" s="10">
         <v>1.9E-2</v>
       </c>
       <c r="F58" s="10">
         <v>4.4999999999999998E-2</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A59" s="259"/>
+      <c r="A59" s="272"/>
       <c r="B59" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C59" s="27">
         <v>79.7</v>
       </c>
       <c r="D59" s="20">
         <v>129427</v>
       </c>
       <c r="E59" s="21">
         <v>1.6E-2</v>
       </c>
       <c r="F59" s="21">
         <v>5.5E-2</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A60" s="262">
+      <c r="A60" s="275">
         <v>2019</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C60" s="24">
         <v>78.900000000000006</v>
       </c>
       <c r="D60" s="9">
         <v>128168</v>
       </c>
       <c r="E60" s="10">
         <v>-0.01</v>
       </c>
       <c r="F60" s="10">
         <v>3.9E-2</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A61" s="263"/>
+      <c r="A61" s="276"/>
       <c r="B61" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C61" s="25">
         <v>79.8</v>
       </c>
       <c r="D61" s="14">
         <v>129613</v>
       </c>
       <c r="E61" s="15">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="F61" s="15">
         <v>3.6999999999999998E-2</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A62" s="263"/>
+      <c r="A62" s="276"/>
       <c r="B62" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C62" s="24">
         <v>81.400000000000006</v>
       </c>
       <c r="D62" s="9">
         <v>132336</v>
       </c>
       <c r="E62" s="10">
         <v>2.1000000000000001E-2</v>
       </c>
       <c r="F62" s="10">
         <v>3.9E-2</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A63" s="263"/>
+      <c r="A63" s="276"/>
       <c r="B63" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C63" s="25">
         <v>81.599999999999994</v>
       </c>
       <c r="D63" s="14">
         <v>132623</v>
       </c>
       <c r="E63" s="15">
         <v>2E-3</v>
       </c>
       <c r="F63" s="15">
         <v>2.5000000000000001E-2</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A64" s="258">
+      <c r="A64" s="271">
         <v>2020</v>
       </c>
       <c r="B64" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C64" s="26">
         <v>82</v>
       </c>
       <c r="D64" s="17">
         <v>133173</v>
       </c>
       <c r="E64" s="18">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="F64" s="18">
         <v>3.9E-2</v>
       </c>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A65" s="257"/>
+      <c r="A65" s="270"/>
       <c r="B65" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C65" s="25">
         <v>82</v>
       </c>
       <c r="D65" s="14">
         <v>133286</v>
       </c>
       <c r="E65" s="15">
         <v>1E-3</v>
       </c>
       <c r="F65" s="15">
         <v>2.8000000000000001E-2</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A66" s="257"/>
+      <c r="A66" s="270"/>
       <c r="B66" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C66" s="24">
         <v>83.7</v>
       </c>
       <c r="D66" s="9">
         <v>136013</v>
       </c>
       <c r="E66" s="10">
         <v>0.02</v>
       </c>
       <c r="F66" s="10">
         <v>2.8000000000000001E-2</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A67" s="259"/>
+      <c r="A67" s="272"/>
       <c r="B67" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C67" s="27">
         <v>85.9</v>
       </c>
       <c r="D67" s="20">
         <v>139563</v>
       </c>
       <c r="E67" s="21">
         <v>2.5999999999999999E-2</v>
       </c>
       <c r="F67" s="21">
         <v>5.1999999999999998E-2</v>
       </c>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A68" s="252">
+      <c r="A68" s="265">
         <v>2021</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C68" s="24">
         <v>86.8</v>
       </c>
       <c r="D68" s="9">
         <v>141087</v>
       </c>
       <c r="E68" s="10">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="F68" s="10">
         <v>5.8999999999999997E-2</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A69" s="253"/>
+      <c r="A69" s="266"/>
       <c r="B69" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C69" s="25">
         <v>89.9</v>
       </c>
       <c r="D69" s="14">
         <v>146044</v>
       </c>
       <c r="E69" s="15">
         <v>3.5000000000000003E-2</v>
       </c>
       <c r="F69" s="15">
         <v>9.6000000000000002E-2</v>
       </c>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A70" s="253"/>
+      <c r="A70" s="266"/>
       <c r="B70" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C70" s="24">
         <v>92.7</v>
       </c>
       <c r="D70" s="9">
         <v>150563</v>
       </c>
       <c r="E70" s="10">
         <v>3.1E-2</v>
       </c>
       <c r="F70" s="10">
         <v>0.107</v>
       </c>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A71" s="253"/>
+      <c r="A71" s="266"/>
       <c r="B71" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C71" s="25">
         <v>92.7</v>
       </c>
       <c r="D71" s="14">
         <v>150539</v>
       </c>
       <c r="E71" s="15">
         <v>0</v>
       </c>
       <c r="F71" s="15">
         <v>7.9000000000000001E-2</v>
       </c>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A72" s="258">
+      <c r="A72" s="271">
         <v>2022</v>
       </c>
       <c r="B72" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C72" s="26">
         <v>95.4</v>
       </c>
       <c r="D72" s="17">
         <v>155086</v>
       </c>
       <c r="E72" s="18">
         <v>0.03</v>
       </c>
       <c r="F72" s="18">
         <v>9.9000000000000005E-2</v>
       </c>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A73" s="257"/>
+      <c r="A73" s="270"/>
       <c r="B73" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C73" s="25">
         <v>98.6</v>
       </c>
       <c r="D73" s="14">
         <v>160214</v>
       </c>
       <c r="E73" s="15">
         <v>3.3000000000000002E-2</v>
       </c>
       <c r="F73" s="15">
         <v>9.7000000000000003E-2</v>
       </c>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A74" s="257"/>
+      <c r="A74" s="270"/>
       <c r="B74" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C74" s="24">
         <v>102.4</v>
       </c>
       <c r="D74" s="9">
         <v>166363</v>
       </c>
       <c r="E74" s="10">
         <v>3.7999999999999999E-2</v>
       </c>
       <c r="F74" s="10">
         <v>0.105</v>
       </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A75" s="259"/>
+      <c r="A75" s="272"/>
       <c r="B75" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C75" s="27">
         <v>102</v>
       </c>
       <c r="D75" s="20">
         <v>165729</v>
       </c>
       <c r="E75" s="21">
         <v>-4.0000000000000001E-3</v>
       </c>
       <c r="F75" s="21">
         <v>0.10100000000000001</v>
       </c>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A76" s="262">
+      <c r="A76" s="275">
         <v>2023</v>
       </c>
       <c r="B76" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C76" s="24">
         <v>100</v>
       </c>
       <c r="D76" s="9">
         <v>162479</v>
       </c>
       <c r="E76" s="10">
         <v>-0.02</v>
       </c>
       <c r="F76" s="10">
         <v>4.8000000000000001E-2</v>
       </c>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A77" s="263"/>
+      <c r="A77" s="276"/>
       <c r="B77" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C77" s="25">
         <v>101.3</v>
       </c>
       <c r="D77" s="14">
         <v>164587</v>
       </c>
       <c r="E77" s="15">
         <v>1.2999999999999999E-2</v>
       </c>
       <c r="F77" s="15">
         <v>2.7E-2</v>
       </c>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A78" s="263"/>
+      <c r="A78" s="276"/>
       <c r="B78" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C78" s="24">
         <v>104.5</v>
       </c>
       <c r="D78" s="9">
         <v>169726</v>
       </c>
       <c r="E78" s="10">
         <v>3.1E-2</v>
       </c>
       <c r="F78" s="10">
         <v>0.02</v>
       </c>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A79" s="263"/>
+      <c r="A79" s="276"/>
       <c r="B79" s="13" t="s">
         <v>8</v>
       </c>
       <c r="C79" s="25">
         <v>103.5</v>
       </c>
       <c r="D79" s="14">
         <v>168157</v>
       </c>
       <c r="E79" s="15">
         <v>-8.9999999999999993E-3</v>
       </c>
       <c r="F79" s="15">
         <v>1.4999999999999999E-2</v>
       </c>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A80" s="264">
+      <c r="A80" s="277">
         <v>2024</v>
       </c>
       <c r="B80" s="16" t="s">
         <v>5</v>
       </c>
       <c r="C80" s="26">
         <v>104.1</v>
       </c>
       <c r="D80" s="17">
         <v>169060</v>
       </c>
       <c r="E80" s="18">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="F80" s="18">
         <v>4.1000000000000002E-2</v>
       </c>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A81" s="265"/>
+      <c r="A81" s="278"/>
       <c r="B81" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C81" s="25">
         <v>108</v>
       </c>
       <c r="D81" s="14">
         <v>175418</v>
       </c>
       <c r="E81" s="15">
         <v>3.7999999999999999E-2</v>
       </c>
       <c r="F81" s="15">
         <v>6.6000000000000003E-2</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A82" s="265"/>
+      <c r="A82" s="278"/>
       <c r="B82" s="8" t="s">
         <v>7</v>
       </c>
       <c r="C82" s="24">
         <v>111.1</v>
       </c>
       <c r="D82" s="9">
         <v>180467</v>
       </c>
       <c r="E82" s="10">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="F82" s="10">
         <v>6.3E-2</v>
       </c>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A83" s="266"/>
+      <c r="A83" s="279"/>
       <c r="B83" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C83" s="27">
         <v>112.3</v>
       </c>
       <c r="D83" s="20">
         <v>182486</v>
       </c>
       <c r="E83" s="21">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="F83" s="21">
         <v>8.5000000000000006E-2</v>
       </c>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A84" s="28">
         <v>2025</v>
       </c>
       <c r="B84" s="28" t="s">
         <v>5</v>
       </c>
       <c r="C84" s="29">
         <v>113.9</v>
@@ -10159,113 +10185,113 @@
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="F84" s="31">
         <v>9.1999999999999998E-2</v>
       </c>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B85" s="13" t="s">
         <v>6</v>
       </c>
       <c r="C85" s="25">
         <v>113.9</v>
       </c>
       <c r="D85" s="14">
         <v>185108</v>
       </c>
       <c r="E85" s="15">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="F85" s="15">
         <v>5.5E-2</v>
       </c>
     </row>
     <row r="88" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A88" s="6" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A72:A75"/>
     <mergeCell ref="A76:A79"/>
     <mergeCell ref="A80:A83"/>
     <mergeCell ref="A48:A51"/>
     <mergeCell ref="A52:A55"/>
     <mergeCell ref="A56:A59"/>
     <mergeCell ref="A60:A63"/>
     <mergeCell ref="A64:A67"/>
     <mergeCell ref="A68:A71"/>
     <mergeCell ref="A44:A47"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A7"/>
     <mergeCell ref="A8:A11"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="A20:A23"/>
     <mergeCell ref="A24:A27"/>
     <mergeCell ref="A28:A31"/>
     <mergeCell ref="A32:A35"/>
     <mergeCell ref="A36:A39"/>
     <mergeCell ref="A40:A43"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H2" r:id="rId1" display="https://www.finance-ni.gov.uk/publications/ni-house-price-index-statistical-reports" xr:uid="{0D02756F-7CCA-4570-847C-9AD5DA85196B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5BEE0B03-5D69-4487-B91F-DB6E6C64B787}">
   <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A10" sqref="A10:XFD10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="4" width="15.5703125" style="1" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="39" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="39" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="47.25" x14ac:dyDescent="0.2">
       <c r="A3" s="43" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="44" t="s">
+        <v>306</v>
+      </c>
+      <c r="C3" s="44" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="D3" s="44" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A4" s="35" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="37">
         <v>150836</v>
       </c>
       <c r="C4" s="37">
         <v>149021</v>
       </c>
       <c r="D4" s="38">
         <v>-1.2E-2</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="30" x14ac:dyDescent="0.2">
       <c r="A5" s="40" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="41">
         <v>200323</v>
@@ -10298,108 +10324,108 @@
       <c r="B7" s="41">
         <v>162709</v>
       </c>
       <c r="C7" s="41">
         <v>164215</v>
       </c>
       <c r="D7" s="42">
         <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A8" s="45" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="46">
         <v>219110</v>
       </c>
       <c r="C8" s="46">
         <v>220303</v>
       </c>
       <c r="D8" s="47">
         <v>5.0000000000000001E-3</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A9" s="267" t="s">
+      <c r="A9" s="280" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="268"/>
-[...1 lines deleted...]
-      <c r="D9" s="268"/>
+      <c r="B9" s="281"/>
+      <c r="C9" s="281"/>
+      <c r="D9" s="281"/>
     </row>
     <row r="10" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A10" s="244" t="s">
-        <v>311</v>
+      <c r="A10" s="243" t="s">
+        <v>310</v>
       </c>
     </row>
     <row r="12" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="C12" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A9:D9"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A10" r:id="rId1" xr:uid="{9BA5A751-4B16-4323-AA76-9CDA65200B35}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE6F0EB8-BD50-4674-B89D-417092ECBE34}">
   <dimension ref="A1:D20"/>
   <sheetViews>
     <sheetView topLeftCell="A7" workbookViewId="0">
       <selection activeCell="A16" sqref="A16:XFD16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="44" style="1" customWidth="1"/>
     <col min="2" max="4" width="15.5703125" style="49" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="47.25" x14ac:dyDescent="0.2">
       <c r="A3" s="52" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="44" t="s">
+        <v>306</v>
+      </c>
+      <c r="C3" s="44" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="D3" s="44" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="48" t="s">
         <v>19</v>
       </c>
       <c r="B4" s="50">
         <v>189213</v>
       </c>
       <c r="C4" s="50">
         <v>206334</v>
       </c>
       <c r="D4" s="51">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="56" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="57">
         <v>257455</v>
@@ -10517,2158 +10543,2158 @@
         <v>225797</v>
       </c>
       <c r="C13" s="57">
         <v>212108</v>
       </c>
       <c r="D13" s="58">
         <v>-6.1</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="53" t="s">
         <v>29</v>
       </c>
       <c r="B14" s="54">
         <v>231368</v>
       </c>
       <c r="C14" s="54">
         <v>250554</v>
       </c>
       <c r="D14" s="55">
         <v>8.3000000000000007</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A16" s="244" t="s">
-        <v>311</v>
+      <c r="A16" s="243" t="s">
+        <v>310</v>
       </c>
       <c r="B16" s="1"/>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
     </row>
     <row r="20" spans="1:3" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="6" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="C20" s="22"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A16" r:id="rId1" xr:uid="{000215CD-C5BD-470A-952A-FE8BFAE82D6B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{628E0120-7CB7-4C62-B9E9-7FBE9EEEBAE4}">
   <dimension ref="A1:M170"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A175" workbookViewId="0">
+    <sheetView topLeftCell="A175" workbookViewId="0">
       <pane ySplit="1215" activePane="bottomLeft"/>
       <selection activeCell="C4" sqref="C4:D176"/>
       <selection pane="bottomLeft" activeCell="F177" sqref="F177"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.140625" style="6" customWidth="1"/>
     <col min="2" max="2" width="7.140625" style="6" customWidth="1"/>
     <col min="3" max="3" width="17.5703125" style="59" customWidth="1"/>
     <col min="4" max="4" width="17" style="59" bestFit="1" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="288" customFormat="1" ht="18" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="D1" s="289"/>
+    <row r="1" spans="1:13" s="252" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="251" t="s">
+        <v>259</v>
+      </c>
+      <c r="C1" s="253"/>
+      <c r="D1" s="253"/>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.2">
       <c r="M2" s="6" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="60"/>
       <c r="B3" s="61"/>
       <c r="C3" s="62" t="s">
         <v>30</v>
       </c>
       <c r="D3" s="62" t="s">
         <v>31</v>
       </c>
-      <c r="M3" s="244" t="s">
-        <v>311</v>
+      <c r="M3" s="243" t="s">
+        <v>310</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A4" s="269">
+      <c r="A4" s="282">
         <v>1985</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C4" s="290">
+      <c r="C4" s="254">
         <v>98.08</v>
       </c>
-      <c r="D4" s="290">
+      <c r="D4" s="254">
         <v>101.47</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A5" s="270"/>
+      <c r="A5" s="283"/>
       <c r="B5" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="291">
+      <c r="C5" s="255">
         <v>101.94</v>
       </c>
-      <c r="D5" s="291">
+      <c r="D5" s="255">
         <v>104.41</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A6" s="270"/>
+      <c r="A6" s="283"/>
       <c r="B6" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C6" s="290">
+      <c r="C6" s="254">
         <v>102.69</v>
       </c>
-      <c r="D6" s="290">
+      <c r="D6" s="254">
         <v>105.15</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A7" s="270"/>
+      <c r="A7" s="283"/>
       <c r="B7" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C7" s="291">
+      <c r="C7" s="255">
         <v>103.26</v>
       </c>
-      <c r="D7" s="291">
+      <c r="D7" s="255">
         <v>105.5</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A8" s="271">
+      <c r="A8" s="284">
         <v>1986</v>
       </c>
       <c r="B8" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C8" s="292">
+      <c r="C8" s="256">
         <v>103.39</v>
       </c>
-      <c r="D8" s="292">
+      <c r="D8" s="256">
         <v>105.88</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A9" s="272"/>
+      <c r="A9" s="285"/>
       <c r="B9" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C9" s="291">
+      <c r="C9" s="255">
         <v>107.06</v>
       </c>
-      <c r="D9" s="291">
+      <c r="D9" s="255">
         <v>107.35</v>
       </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A10" s="272"/>
+      <c r="A10" s="285"/>
       <c r="B10" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C10" s="290">
+      <c r="C10" s="254">
         <v>107.46</v>
       </c>
-      <c r="D10" s="290">
+      <c r="D10" s="254">
         <v>107.35</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A11" s="273"/>
+      <c r="A11" s="286"/>
       <c r="B11" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C11" s="293">
+      <c r="C11" s="257">
         <v>109.09</v>
       </c>
-      <c r="D11" s="293">
+      <c r="D11" s="257">
         <v>108.82</v>
       </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A12" s="269">
+      <c r="A12" s="282">
         <v>1987</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C12" s="290">
+      <c r="C12" s="254">
         <v>110.16</v>
       </c>
-      <c r="D12" s="290">
+      <c r="D12" s="254">
         <v>110.29</v>
       </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A13" s="270"/>
+      <c r="A13" s="283"/>
       <c r="B13" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C13" s="291">
+      <c r="C13" s="255">
         <v>109.54</v>
       </c>
-      <c r="D13" s="291">
+      <c r="D13" s="255">
         <v>111.76</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A14" s="270"/>
+      <c r="A14" s="283"/>
       <c r="B14" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C14" s="290">
+      <c r="C14" s="254">
         <v>110.68</v>
       </c>
-      <c r="D14" s="290">
+      <c r="D14" s="254">
         <v>112.5</v>
       </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A15" s="270"/>
+      <c r="A15" s="283"/>
       <c r="B15" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C15" s="291">
+      <c r="C15" s="255">
         <v>109.58</v>
       </c>
-      <c r="D15" s="291">
+      <c r="D15" s="255">
         <v>113.24</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A16" s="271">
+      <c r="A16" s="284">
         <v>1988</v>
       </c>
       <c r="B16" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C16" s="292">
+      <c r="C16" s="256">
         <v>112.19</v>
       </c>
-      <c r="D16" s="292">
+      <c r="D16" s="256">
         <v>113.97</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A17" s="272"/>
+      <c r="A17" s="285"/>
       <c r="B17" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C17" s="291">
+      <c r="C17" s="255">
         <v>116.73</v>
       </c>
-      <c r="D17" s="291">
+      <c r="D17" s="255">
         <v>116.18</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A18" s="272"/>
+      <c r="A18" s="285"/>
       <c r="B18" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C18" s="290">
+      <c r="C18" s="254">
         <v>118.7</v>
       </c>
-      <c r="D18" s="290">
+      <c r="D18" s="254">
         <v>118.38</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A19" s="273"/>
+      <c r="A19" s="286"/>
       <c r="B19" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C19" s="293">
+      <c r="C19" s="257">
         <v>115.4</v>
       </c>
-      <c r="D19" s="293">
+      <c r="D19" s="257">
         <v>120.59</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A20" s="269">
+      <c r="A20" s="282">
         <v>1989</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C20" s="290">
+      <c r="C20" s="254">
         <v>116.59</v>
       </c>
-      <c r="D20" s="290">
+      <c r="D20" s="254">
         <v>123.3</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A21" s="270"/>
+      <c r="A21" s="283"/>
       <c r="B21" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C21" s="291">
+      <c r="C21" s="255">
         <v>119.97</v>
       </c>
-      <c r="D21" s="291">
+      <c r="D21" s="255">
         <v>127.27</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A22" s="270"/>
+      <c r="A22" s="283"/>
       <c r="B22" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C22" s="290">
+      <c r="C22" s="254">
         <v>124.06</v>
       </c>
-      <c r="D22" s="290">
+      <c r="D22" s="254">
         <v>127.9</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A23" s="270"/>
+      <c r="A23" s="283"/>
       <c r="B23" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C23" s="291">
+      <c r="C23" s="255">
         <v>119.56</v>
       </c>
-      <c r="D23" s="291">
+      <c r="D23" s="255">
         <v>130.44</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A24" s="271">
+      <c r="A24" s="284">
         <v>1990</v>
       </c>
       <c r="B24" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C24" s="292">
+      <c r="C24" s="256">
         <v>122.8</v>
       </c>
-      <c r="D24" s="292">
+      <c r="D24" s="256">
         <v>132.65</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A25" s="272"/>
+      <c r="A25" s="285"/>
       <c r="B25" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C25" s="291">
+      <c r="C25" s="255">
         <v>126.78</v>
       </c>
-      <c r="D25" s="291">
+      <c r="D25" s="255">
         <v>138.97</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A26" s="272"/>
+      <c r="A26" s="285"/>
       <c r="B26" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C26" s="290">
+      <c r="C26" s="254">
         <v>128.44999999999999</v>
       </c>
-      <c r="D26" s="290">
+      <c r="D26" s="254">
         <v>141.25</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A27" s="273"/>
+      <c r="A27" s="286"/>
       <c r="B27" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C27" s="293">
+      <c r="C27" s="257">
         <v>125.61</v>
       </c>
-      <c r="D27" s="293">
+      <c r="D27" s="257">
         <v>143.44999999999999</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A28" s="269">
+      <c r="A28" s="282">
         <v>1991</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C28" s="290">
+      <c r="C28" s="254">
         <v>123.97</v>
       </c>
-      <c r="D28" s="290">
+      <c r="D28" s="254">
         <v>144.29</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A29" s="270"/>
+      <c r="A29" s="283"/>
       <c r="B29" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C29" s="291">
+      <c r="C29" s="255">
         <v>133.69</v>
       </c>
-      <c r="D29" s="291">
+      <c r="D29" s="255">
         <v>147.31</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A30" s="270"/>
+      <c r="A30" s="283"/>
       <c r="B30" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C30" s="290">
+      <c r="C30" s="254">
         <v>131.22999999999999</v>
       </c>
-      <c r="D30" s="290">
+      <c r="D30" s="254">
         <v>147.72999999999999</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A31" s="270"/>
+      <c r="A31" s="283"/>
       <c r="B31" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C31" s="291">
+      <c r="C31" s="255">
         <v>137.03</v>
       </c>
-      <c r="D31" s="291">
+      <c r="D31" s="255">
         <v>149.4</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A32" s="271">
+      <c r="A32" s="284">
         <v>1992</v>
       </c>
       <c r="B32" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C32" s="292">
+      <c r="C32" s="256">
         <v>134.54</v>
       </c>
-      <c r="D32" s="292">
+      <c r="D32" s="256">
         <v>150.21</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A33" s="272"/>
+      <c r="A33" s="285"/>
       <c r="B33" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C33" s="291">
+      <c r="C33" s="255">
         <v>139.97999999999999</v>
       </c>
-      <c r="D33" s="291">
+      <c r="D33" s="255">
         <v>153.44999999999999</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A34" s="272"/>
+      <c r="A34" s="285"/>
       <c r="B34" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C34" s="290">
+      <c r="C34" s="254">
         <v>139.75</v>
       </c>
-      <c r="D34" s="290">
+      <c r="D34" s="254">
         <v>153.34</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A35" s="273"/>
+      <c r="A35" s="286"/>
       <c r="B35" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C35" s="293">
+      <c r="C35" s="257">
         <v>138.76</v>
       </c>
-      <c r="D35" s="293">
+      <c r="D35" s="257">
         <v>153.96</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A36" s="269">
+      <c r="A36" s="282">
         <v>1993</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C36" s="290">
+      <c r="C36" s="254">
         <v>136.72999999999999</v>
       </c>
-      <c r="D36" s="290">
+      <c r="D36" s="254">
         <v>152.94</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A37" s="270"/>
+      <c r="A37" s="283"/>
       <c r="B37" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C37" s="291">
+      <c r="C37" s="255">
         <v>148.47999999999999</v>
       </c>
-      <c r="D37" s="291">
+      <c r="D37" s="255">
         <v>155.47</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A38" s="270"/>
+      <c r="A38" s="283"/>
       <c r="B38" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C38" s="290">
+      <c r="C38" s="254">
         <v>149.5</v>
       </c>
-      <c r="D38" s="290">
+      <c r="D38" s="254">
         <v>155.84</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A39" s="270"/>
+      <c r="A39" s="283"/>
       <c r="B39" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C39" s="291">
+      <c r="C39" s="255">
         <v>151.36000000000001</v>
       </c>
-      <c r="D39" s="291">
+      <c r="D39" s="255">
         <v>156.28</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A40" s="271">
+      <c r="A40" s="284">
         <v>1994</v>
       </c>
       <c r="B40" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C40" s="292">
+      <c r="C40" s="256">
         <v>153.37</v>
       </c>
-      <c r="D40" s="292">
+      <c r="D40" s="256">
         <v>156.58000000000001</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A41" s="272"/>
+      <c r="A41" s="285"/>
       <c r="B41" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C41" s="291">
+      <c r="C41" s="255">
         <v>159.77000000000001</v>
       </c>
-      <c r="D41" s="291">
+      <c r="D41" s="255">
         <v>159.41</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A42" s="272"/>
+      <c r="A42" s="285"/>
       <c r="B42" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C42" s="290">
+      <c r="C42" s="254">
         <v>164.16</v>
       </c>
-      <c r="D42" s="290">
+      <c r="D42" s="254">
         <v>159.55000000000001</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A43" s="273"/>
+      <c r="A43" s="286"/>
       <c r="B43" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C43" s="293">
+      <c r="C43" s="257">
         <v>161.37</v>
       </c>
-      <c r="D43" s="293">
+      <c r="D43" s="257">
         <v>160.47</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A44" s="269">
+      <c r="A44" s="282">
         <v>1995</v>
       </c>
       <c r="B44" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C44" s="290">
+      <c r="C44" s="254">
         <v>161.63999999999999</v>
       </c>
-      <c r="D44" s="290">
+      <c r="D44" s="254">
         <v>161.91</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A45" s="270"/>
+      <c r="A45" s="283"/>
       <c r="B45" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C45" s="291">
+      <c r="C45" s="255">
         <v>176.99</v>
       </c>
-      <c r="D45" s="291">
+      <c r="D45" s="255">
         <v>164.85</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A46" s="270"/>
+      <c r="A46" s="283"/>
       <c r="B46" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C46" s="290">
+      <c r="C46" s="254">
         <v>181.44</v>
       </c>
-      <c r="D46" s="290">
+      <c r="D46" s="254">
         <v>165.29</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A47" s="270"/>
+      <c r="A47" s="283"/>
       <c r="B47" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C47" s="291">
+      <c r="C47" s="255">
         <v>181.11</v>
       </c>
-      <c r="D47" s="291">
+      <c r="D47" s="255">
         <v>165.55</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A48" s="271">
+      <c r="A48" s="284">
         <v>1996</v>
       </c>
       <c r="B48" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C48" s="292">
+      <c r="C48" s="256">
         <v>182.22</v>
       </c>
-      <c r="D48" s="292">
+      <c r="D48" s="256">
         <v>166.39</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A49" s="272"/>
+      <c r="A49" s="285"/>
       <c r="B49" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C49" s="291">
+      <c r="C49" s="255">
         <v>196.9</v>
       </c>
-      <c r="D49" s="291">
+      <c r="D49" s="255">
         <v>168.56</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A50" s="272"/>
+      <c r="A50" s="285"/>
       <c r="B50" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C50" s="290">
+      <c r="C50" s="254">
         <v>204.04</v>
       </c>
-      <c r="D50" s="290">
+      <c r="D50" s="254">
         <v>168.85</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A51" s="273"/>
+      <c r="A51" s="286"/>
       <c r="B51" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C51" s="293">
+      <c r="C51" s="257">
         <v>208.59</v>
       </c>
-      <c r="D51" s="293">
+      <c r="D51" s="257">
         <v>169.63</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A52" s="269">
+      <c r="A52" s="282">
         <v>1997</v>
       </c>
       <c r="B52" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C52" s="290">
+      <c r="C52" s="254">
         <v>209.6</v>
       </c>
-      <c r="D52" s="290">
+      <c r="D52" s="254">
         <v>171</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A53" s="270"/>
+      <c r="A53" s="283"/>
       <c r="B53" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C53" s="291">
+      <c r="C53" s="255">
         <v>217.38</v>
       </c>
-      <c r="D53" s="291">
+      <c r="D53" s="255">
         <v>173.04</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A54" s="270"/>
+      <c r="A54" s="283"/>
       <c r="B54" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C54" s="290">
+      <c r="C54" s="254">
         <v>231.41</v>
       </c>
-      <c r="D54" s="290">
+      <c r="D54" s="254">
         <v>174.74</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A55" s="270"/>
+      <c r="A55" s="283"/>
       <c r="B55" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C55" s="291">
+      <c r="C55" s="255">
         <v>225.74</v>
       </c>
-      <c r="D55" s="291">
+      <c r="D55" s="255">
         <v>176.13</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A56" s="271">
+      <c r="A56" s="284">
         <v>1998</v>
       </c>
       <c r="B56" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C56" s="292">
+      <c r="C56" s="256">
         <v>230.06</v>
       </c>
-      <c r="D56" s="292">
+      <c r="D56" s="256">
         <v>176.68</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A57" s="272"/>
+      <c r="A57" s="285"/>
       <c r="B57" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C57" s="291">
+      <c r="C57" s="255">
         <v>239.79</v>
       </c>
-      <c r="D57" s="291">
+      <c r="D57" s="255">
         <v>179.96</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A58" s="272"/>
+      <c r="A58" s="285"/>
       <c r="B58" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C58" s="290">
+      <c r="C58" s="254">
         <v>251.35</v>
       </c>
-      <c r="D58" s="290">
+      <c r="D58" s="254">
         <v>180.54</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A59" s="273"/>
+      <c r="A59" s="286"/>
       <c r="B59" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C59" s="293">
+      <c r="C59" s="257">
         <v>252.13</v>
       </c>
-      <c r="D59" s="293">
+      <c r="D59" s="257">
         <v>181.32</v>
       </c>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A60" s="269">
+      <c r="A60" s="282">
         <v>1999</v>
       </c>
       <c r="B60" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C60" s="290">
+      <c r="C60" s="254">
         <v>250.35</v>
       </c>
-      <c r="D60" s="290">
+      <c r="D60" s="254">
         <v>180.88</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A61" s="270"/>
+      <c r="A61" s="283"/>
       <c r="B61" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C61" s="291">
+      <c r="C61" s="255">
         <v>263.86</v>
       </c>
-      <c r="D61" s="291">
+      <c r="D61" s="255">
         <v>182.49</v>
       </c>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A62" s="270"/>
+      <c r="A62" s="283"/>
       <c r="B62" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C62" s="290">
+      <c r="C62" s="254">
         <v>266.14999999999998</v>
       </c>
-      <c r="D62" s="290">
+      <c r="D62" s="254">
         <v>182.42</v>
       </c>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A63" s="270"/>
+      <c r="A63" s="283"/>
       <c r="B63" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C63" s="291">
+      <c r="C63" s="255">
         <v>280.99</v>
       </c>
-      <c r="D63" s="291">
+      <c r="D63" s="255">
         <v>184</v>
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A64" s="271">
+      <c r="A64" s="284">
         <v>2000</v>
       </c>
       <c r="B64" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C64" s="292">
+      <c r="C64" s="256">
         <v>292.56</v>
       </c>
-      <c r="D64" s="292">
+      <c r="D64" s="256">
         <v>184.74</v>
       </c>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A65" s="272"/>
+      <c r="A65" s="285"/>
       <c r="B65" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C65" s="291">
+      <c r="C65" s="255">
         <v>293.58</v>
       </c>
-      <c r="D65" s="291">
+      <c r="D65" s="255">
         <v>188.19</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A66" s="272"/>
+      <c r="A66" s="285"/>
       <c r="B66" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C66" s="290">
+      <c r="C66" s="254">
         <v>308.94</v>
       </c>
-      <c r="D66" s="290">
+      <c r="D66" s="254">
         <v>188.49</v>
       </c>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A67" s="273"/>
+      <c r="A67" s="286"/>
       <c r="B67" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C67" s="293">
+      <c r="C67" s="257">
         <v>332</v>
       </c>
-      <c r="D67" s="293">
+      <c r="D67" s="257">
         <v>189.66</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A68" s="269">
+      <c r="A68" s="282">
         <v>2001</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C68" s="290">
+      <c r="C68" s="254">
         <v>310.38</v>
       </c>
-      <c r="D68" s="290">
+      <c r="D68" s="254">
         <v>189.7</v>
       </c>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A69" s="270"/>
+      <c r="A69" s="283"/>
       <c r="B69" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C69" s="291">
+      <c r="C69" s="255">
         <v>328.04</v>
       </c>
-      <c r="D69" s="291">
+      <c r="D69" s="255">
         <v>191.79</v>
       </c>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A70" s="270"/>
+      <c r="A70" s="283"/>
       <c r="B70" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C70" s="290">
+      <c r="C70" s="254">
         <v>328.56</v>
       </c>
-      <c r="D70" s="290">
+      <c r="D70" s="254">
         <v>191.87</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A71" s="270"/>
+      <c r="A71" s="283"/>
       <c r="B71" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C71" s="291">
+      <c r="C71" s="255">
         <v>343.03</v>
       </c>
-      <c r="D71" s="291">
+      <c r="D71" s="255">
         <v>191.64</v>
       </c>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A72" s="271">
+      <c r="A72" s="284">
         <v>2002</v>
       </c>
       <c r="B72" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C72" s="292">
+      <c r="C72" s="256">
         <v>345.35</v>
       </c>
-      <c r="D72" s="292">
+      <c r="D72" s="256">
         <v>191.76</v>
       </c>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A73" s="272"/>
+      <c r="A73" s="285"/>
       <c r="B73" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C73" s="291">
+      <c r="C73" s="255">
         <v>354.57</v>
       </c>
-      <c r="D73" s="291">
+      <c r="D73" s="255">
         <v>194.15</v>
       </c>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A74" s="272"/>
+      <c r="A74" s="285"/>
       <c r="B74" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C74" s="290">
+      <c r="C74" s="254">
         <v>377.23</v>
       </c>
-      <c r="D74" s="290">
+      <c r="D74" s="254">
         <v>194.81</v>
       </c>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A75" s="273"/>
+      <c r="A75" s="286"/>
       <c r="B75" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C75" s="293">
+      <c r="C75" s="257">
         <v>368.85</v>
       </c>
-      <c r="D75" s="293">
+      <c r="D75" s="257">
         <v>196.54</v>
       </c>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A76" s="275">
+      <c r="A76" s="288">
         <v>2003</v>
       </c>
       <c r="B76" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C76" s="292">
+      <c r="C76" s="256">
         <v>370.21</v>
       </c>
-      <c r="D76" s="292">
+      <c r="D76" s="256">
         <v>197.64</v>
       </c>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A77" s="270"/>
+      <c r="A77" s="283"/>
       <c r="B77" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C77" s="291">
+      <c r="C77" s="255">
         <v>383.72</v>
       </c>
-      <c r="D77" s="291">
+      <c r="D77" s="255">
         <v>199.99</v>
       </c>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A78" s="270"/>
+      <c r="A78" s="283"/>
       <c r="B78" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C78" s="290">
+      <c r="C78" s="254">
         <v>396.76</v>
       </c>
-      <c r="D78" s="290">
+      <c r="D78" s="254">
         <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A79" s="276"/>
+      <c r="A79" s="289"/>
       <c r="B79" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C79" s="293">
+      <c r="C79" s="257">
         <v>395.33</v>
       </c>
-      <c r="D79" s="293">
+      <c r="D79" s="257">
         <v>201.53</v>
       </c>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A80" s="274">
+      <c r="A80" s="287">
         <v>2004</v>
       </c>
       <c r="B80" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C80" s="290">
+      <c r="C80" s="254">
         <v>403.89</v>
       </c>
-      <c r="D80" s="290">
+      <c r="D80" s="254">
         <v>202.75</v>
       </c>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A81" s="272"/>
+      <c r="A81" s="285"/>
       <c r="B81" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C81" s="291">
+      <c r="C81" s="255">
         <v>420.47</v>
       </c>
-      <c r="D81" s="291">
+      <c r="D81" s="255">
         <v>205.51</v>
       </c>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A82" s="272"/>
+      <c r="A82" s="285"/>
       <c r="B82" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C82" s="290">
+      <c r="C82" s="254">
         <v>437.32</v>
       </c>
-      <c r="D82" s="290">
+      <c r="D82" s="254">
         <v>206.72</v>
       </c>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A83" s="272"/>
+      <c r="A83" s="285"/>
       <c r="B83" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C83" s="291">
+      <c r="C83" s="255">
         <v>448.19</v>
       </c>
-      <c r="D83" s="291">
+      <c r="D83" s="255">
         <v>208.63</v>
       </c>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A84" s="252">
+      <c r="A84" s="265">
         <v>2005</v>
       </c>
       <c r="B84" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C84" s="290">
+      <c r="C84" s="254">
         <v>467.91</v>
       </c>
-      <c r="D84" s="290">
+      <c r="D84" s="254">
         <v>209.19</v>
       </c>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A85" s="253"/>
+      <c r="A85" s="266"/>
       <c r="B85" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C85" s="291">
+      <c r="C85" s="255">
         <v>491.57</v>
       </c>
-      <c r="D85" s="291">
+      <c r="D85" s="255">
         <v>211.68</v>
       </c>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A86" s="253"/>
+      <c r="A86" s="266"/>
       <c r="B86" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C86" s="290">
+      <c r="C86" s="254">
         <v>520.03</v>
       </c>
-      <c r="D86" s="290">
+      <c r="D86" s="254">
         <v>213.57</v>
       </c>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A87" s="253"/>
+      <c r="A87" s="266"/>
       <c r="B87" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C87" s="291">
+      <c r="C87" s="255">
         <v>549.37</v>
       </c>
-      <c r="D87" s="291">
+      <c r="D87" s="255">
         <v>213.59</v>
       </c>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A88" s="258">
+      <c r="A88" s="271">
         <v>2006</v>
       </c>
       <c r="B88" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C88" s="292">
+      <c r="C88" s="256">
         <v>577.57000000000005</v>
       </c>
-      <c r="D88" s="292">
+      <c r="D88" s="256">
         <v>214.18</v>
       </c>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A89" s="257"/>
+      <c r="A89" s="270"/>
       <c r="B89" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C89" s="291">
+      <c r="C89" s="255">
         <v>614.54</v>
       </c>
-      <c r="D89" s="291">
+      <c r="D89" s="255">
         <v>216</v>
       </c>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A90" s="257"/>
+      <c r="A90" s="270"/>
       <c r="B90" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C90" s="290">
+      <c r="C90" s="254">
         <v>691</v>
       </c>
-      <c r="D90" s="290">
+      <c r="D90" s="254">
         <v>219.77</v>
       </c>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A91" s="259"/>
+      <c r="A91" s="272"/>
       <c r="B91" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C91" s="293">
+      <c r="C91" s="257">
         <v>750.91</v>
       </c>
-      <c r="D91" s="293">
+      <c r="D91" s="257">
         <v>223.35</v>
       </c>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A92" s="252">
+      <c r="A92" s="265">
         <v>2007</v>
       </c>
       <c r="B92" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C92" s="290">
+      <c r="C92" s="254">
         <v>850.58</v>
       </c>
-      <c r="D92" s="290">
+      <c r="D92" s="254">
         <v>223.62</v>
       </c>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A93" s="253"/>
+      <c r="A93" s="266"/>
       <c r="B93" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C93" s="291">
+      <c r="C93" s="255">
         <v>930.92</v>
       </c>
-      <c r="D93" s="291">
+      <c r="D93" s="255">
         <v>227.53</v>
       </c>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A94" s="253"/>
+      <c r="A94" s="266"/>
       <c r="B94" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C94" s="290">
+      <c r="C94" s="254">
         <v>954.1</v>
       </c>
-      <c r="D94" s="290">
+      <c r="D94" s="254">
         <v>228.14</v>
       </c>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A95" s="253"/>
+      <c r="A95" s="266"/>
       <c r="B95" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C95" s="291">
+      <c r="C95" s="255">
         <v>866.45</v>
       </c>
-      <c r="D95" s="291">
+      <c r="D95" s="255">
         <v>229.18</v>
       </c>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A96" s="258">
+      <c r="A96" s="271">
         <v>2008</v>
       </c>
       <c r="B96" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C96" s="292">
+      <c r="C96" s="256">
         <v>865.98</v>
       </c>
-      <c r="D96" s="292">
+      <c r="D96" s="256">
         <v>234</v>
       </c>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A97" s="257"/>
+      <c r="A97" s="270"/>
       <c r="B97" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C97" s="291">
+      <c r="C97" s="255">
         <v>850.98</v>
       </c>
-      <c r="D97" s="291">
+      <c r="D97" s="255">
         <v>237.45</v>
       </c>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A98" s="257"/>
+      <c r="A98" s="270"/>
       <c r="B98" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C98" s="290">
+      <c r="C98" s="254">
         <v>774.02</v>
       </c>
-      <c r="D98" s="290">
+      <c r="D98" s="254">
         <v>239.77</v>
       </c>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A99" s="259"/>
+      <c r="A99" s="272"/>
       <c r="B99" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C99" s="293">
+      <c r="C99" s="257">
         <v>642.1</v>
       </c>
-      <c r="D99" s="293">
+      <c r="D99" s="257">
         <v>238.8</v>
       </c>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A100" s="252">
+      <c r="A100" s="265">
         <v>2009</v>
       </c>
       <c r="B100" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C100" s="290">
+      <c r="C100" s="254">
         <v>568.08000000000004</v>
       </c>
-      <c r="D100" s="290">
+      <c r="D100" s="254">
         <v>232.6</v>
       </c>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A101" s="253"/>
+      <c r="A101" s="266"/>
       <c r="B101" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C101" s="291">
+      <c r="C101" s="255">
         <v>594</v>
       </c>
-      <c r="D101" s="291">
+      <c r="D101" s="255">
         <v>234.44</v>
       </c>
     </row>
     <row r="102" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A102" s="253"/>
+      <c r="A102" s="266"/>
       <c r="B102" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C102" s="290">
+      <c r="C102" s="254">
         <v>611.9</v>
       </c>
-      <c r="D102" s="290">
+      <c r="D102" s="254">
         <v>235.42</v>
       </c>
     </row>
     <row r="103" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A103" s="253"/>
+      <c r="A103" s="266"/>
       <c r="B103" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C103" s="291">
+      <c r="C103" s="255">
         <v>607.58000000000004</v>
       </c>
-      <c r="D103" s="291">
+      <c r="D103" s="255">
         <v>239.18</v>
       </c>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A104" s="258">
+      <c r="A104" s="271">
         <v>2010</v>
       </c>
       <c r="B104" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C104" s="292">
+      <c r="C104" s="256">
         <v>617.99</v>
       </c>
-      <c r="D104" s="292">
+      <c r="D104" s="256">
         <v>241.87</v>
       </c>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A105" s="257"/>
+      <c r="A105" s="270"/>
       <c r="B105" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C105" s="291">
+      <c r="C105" s="255">
         <v>609.79999999999995</v>
       </c>
-      <c r="D105" s="291">
+      <c r="D105" s="255">
         <v>246.5</v>
       </c>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A106" s="257"/>
+      <c r="A106" s="270"/>
       <c r="B106" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C106" s="290">
+      <c r="C106" s="254">
         <v>560.71</v>
       </c>
-      <c r="D106" s="290">
+      <c r="D106" s="254">
         <v>247.56</v>
       </c>
     </row>
     <row r="107" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A107" s="259"/>
+      <c r="A107" s="272"/>
       <c r="B107" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C107" s="293">
+      <c r="C107" s="257">
         <v>566.55999999999995</v>
       </c>
-      <c r="D107" s="293">
+      <c r="D107" s="257">
         <v>250.36</v>
       </c>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A108" s="252">
+      <c r="A108" s="265">
         <v>2011</v>
       </c>
       <c r="B108" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C108" s="290">
+      <c r="C108" s="254">
         <v>531.51</v>
       </c>
-      <c r="D108" s="290">
+      <c r="D108" s="254">
         <v>254.7</v>
       </c>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A109" s="253"/>
+      <c r="A109" s="266"/>
       <c r="B109" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C109" s="291">
+      <c r="C109" s="255">
         <v>514.04</v>
       </c>
-      <c r="D109" s="291">
+      <c r="D109" s="255">
         <v>259.11</v>
       </c>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A110" s="253"/>
+      <c r="A110" s="266"/>
       <c r="B110" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C110" s="290">
+      <c r="C110" s="254">
         <v>516.01</v>
       </c>
-      <c r="D110" s="290">
+      <c r="D110" s="254">
         <v>260.54000000000002</v>
       </c>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A111" s="253"/>
+      <c r="A111" s="266"/>
       <c r="B111" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C111" s="291">
+      <c r="C111" s="255">
         <v>502.47</v>
       </c>
-      <c r="D111" s="291">
+      <c r="D111" s="255">
         <v>263.19</v>
       </c>
     </row>
     <row r="112" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A112" s="258">
+      <c r="A112" s="271">
         <v>2012</v>
       </c>
       <c r="B112" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C112" s="292">
+      <c r="C112" s="256">
         <v>481.89</v>
       </c>
-      <c r="D112" s="292">
+      <c r="D112" s="256">
         <v>264.22000000000003</v>
       </c>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A113" s="257"/>
+      <c r="A113" s="270"/>
       <c r="B113" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C113" s="291">
+      <c r="C113" s="255">
         <v>506.49</v>
       </c>
-      <c r="D113" s="291">
+      <c r="D113" s="255">
         <v>267.16000000000003</v>
       </c>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A114" s="257"/>
+      <c r="A114" s="270"/>
       <c r="B114" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C114" s="290">
+      <c r="C114" s="254">
         <v>499.49</v>
       </c>
-      <c r="D114" s="290">
+      <c r="D114" s="254">
         <v>268.11</v>
       </c>
     </row>
     <row r="115" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A115" s="259"/>
+      <c r="A115" s="272"/>
       <c r="B115" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C115" s="293">
+      <c r="C115" s="257">
         <v>496.96</v>
       </c>
-      <c r="D115" s="293">
+      <c r="D115" s="257">
         <v>271.31</v>
       </c>
     </row>
     <row r="116" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A116" s="252">
+      <c r="A116" s="265">
         <v>2013</v>
       </c>
       <c r="B116" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C116" s="290">
+      <c r="C116" s="254">
         <v>487.09</v>
       </c>
-      <c r="D116" s="290">
+      <c r="D116" s="254">
         <v>272.82</v>
       </c>
     </row>
     <row r="117" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A117" s="253"/>
+      <c r="A117" s="266"/>
       <c r="B117" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C117" s="291">
+      <c r="C117" s="255">
         <v>467.88</v>
       </c>
-      <c r="D117" s="291">
+      <c r="D117" s="255">
         <v>275.43</v>
       </c>
     </row>
     <row r="118" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A118" s="253"/>
+      <c r="A118" s="266"/>
       <c r="B118" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C118" s="290">
+      <c r="C118" s="254">
         <v>473.51</v>
       </c>
-      <c r="D118" s="290">
+      <c r="D118" s="254">
         <v>276.68</v>
       </c>
     </row>
     <row r="119" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A119" s="253"/>
+      <c r="A119" s="266"/>
       <c r="B119" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C119" s="291">
+      <c r="C119" s="255">
         <v>486.69</v>
       </c>
-      <c r="D119" s="291">
+      <c r="D119" s="255">
         <v>278.45</v>
       </c>
     </row>
     <row r="120" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A120" s="258">
+      <c r="A120" s="271">
         <v>2014</v>
       </c>
       <c r="B120" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C120" s="292">
+      <c r="C120" s="256">
         <v>490.41</v>
       </c>
-      <c r="D120" s="292">
+      <c r="D120" s="256">
         <v>279.99</v>
       </c>
     </row>
     <row r="121" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A121" s="257"/>
+      <c r="A121" s="270"/>
       <c r="B121" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C121" s="291">
+      <c r="C121" s="255">
         <v>499</v>
       </c>
-      <c r="D121" s="291">
+      <c r="D121" s="255">
         <v>282.31</v>
       </c>
     </row>
     <row r="122" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A122" s="257"/>
+      <c r="A122" s="270"/>
       <c r="B122" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C122" s="290">
+      <c r="C122" s="254">
         <v>501.86</v>
       </c>
-      <c r="D122" s="290">
+      <c r="D122" s="254">
         <v>283.3</v>
       </c>
     </row>
     <row r="123" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A123" s="259"/>
+      <c r="A123" s="272"/>
       <c r="B123" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C123" s="293">
+      <c r="C123" s="257">
         <v>518.47</v>
       </c>
-      <c r="D123" s="293">
+      <c r="D123" s="257">
         <v>283.58999999999997</v>
       </c>
     </row>
     <row r="124" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A124" s="252">
+      <c r="A124" s="265">
         <v>2015</v>
       </c>
       <c r="B124" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C124" s="290">
+      <c r="C124" s="254">
         <v>522.11</v>
       </c>
-      <c r="D124" s="290">
+      <c r="D124" s="254">
         <v>282.45</v>
       </c>
     </row>
     <row r="125" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A125" s="253"/>
+      <c r="A125" s="266"/>
       <c r="B125" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C125" s="291">
+      <c r="C125" s="255">
         <v>515.4</v>
       </c>
-      <c r="D125" s="291">
+      <c r="D125" s="255">
         <v>284.73</v>
       </c>
     </row>
     <row r="126" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A126" s="253"/>
+      <c r="A126" s="266"/>
       <c r="B126" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C126" s="290">
+      <c r="C126" s="254">
         <v>542.64</v>
       </c>
-      <c r="D126" s="290">
+      <c r="D126" s="254">
         <v>286.02</v>
       </c>
     </row>
     <row r="127" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A127" s="253"/>
+      <c r="A127" s="266"/>
       <c r="B127" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C127" s="291">
+      <c r="C127" s="255">
         <v>560.96</v>
       </c>
-      <c r="D127" s="291">
+      <c r="D127" s="255">
         <v>286.72000000000003</v>
       </c>
     </row>
     <row r="128" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A128" s="258">
+      <c r="A128" s="271">
         <v>2016</v>
       </c>
       <c r="B128" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C128" s="292">
+      <c r="C128" s="256">
         <v>525.49</v>
       </c>
-      <c r="D128" s="292">
+      <c r="D128" s="256">
         <v>286.72000000000003</v>
       </c>
     </row>
     <row r="129" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A129" s="257"/>
+      <c r="A129" s="270"/>
       <c r="B129" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C129" s="291">
+      <c r="C129" s="255">
         <v>572.58000000000004</v>
       </c>
-      <c r="D129" s="291">
+      <c r="D129" s="255">
         <v>289.22000000000003</v>
       </c>
     </row>
     <row r="130" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A130" s="257"/>
+      <c r="A130" s="270"/>
       <c r="B130" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C130" s="290">
+      <c r="C130" s="254">
         <v>575.54999999999995</v>
       </c>
-      <c r="D130" s="290">
+      <c r="D130" s="254">
         <v>291.42</v>
       </c>
     </row>
     <row r="131" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A131" s="259"/>
+      <c r="A131" s="272"/>
       <c r="B131" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C131" s="293">
+      <c r="C131" s="257">
         <v>554.55999999999995</v>
       </c>
-      <c r="D131" s="293">
+      <c r="D131" s="257">
         <v>293.14999999999998</v>
       </c>
     </row>
     <row r="132" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A132" s="252">
+      <c r="A132" s="265">
         <v>2017</v>
       </c>
       <c r="B132" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C132" s="290">
+      <c r="C132" s="254">
         <v>556.4</v>
       </c>
-      <c r="D132" s="290">
+      <c r="D132" s="254">
         <v>295.27999999999997</v>
       </c>
     </row>
     <row r="133" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A133" s="253"/>
+      <c r="A133" s="266"/>
       <c r="B133" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C133" s="291">
+      <c r="C133" s="255">
         <v>549.86</v>
       </c>
-      <c r="D133" s="291">
+      <c r="D133" s="255">
         <v>299.47000000000003</v>
       </c>
     </row>
     <row r="134" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A134" s="253"/>
+      <c r="A134" s="266"/>
       <c r="B134" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C134" s="290">
+      <c r="C134" s="254">
         <v>583.78</v>
       </c>
-      <c r="D134" s="290">
+      <c r="D134" s="254">
         <v>302.39999999999998</v>
       </c>
     </row>
     <row r="135" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A135" s="253"/>
+      <c r="A135" s="266"/>
       <c r="B135" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C135" s="291">
+      <c r="C135" s="255">
         <v>565.04999999999995</v>
       </c>
-      <c r="D135" s="291">
+      <c r="D135" s="255">
         <v>305.64</v>
       </c>
     </row>
     <row r="136" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A136" s="258">
+      <c r="A136" s="271">
         <v>2018</v>
       </c>
       <c r="B136" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C136" s="292">
+      <c r="C136" s="256">
         <v>581.5</v>
       </c>
-      <c r="D136" s="292">
+      <c r="D136" s="256">
         <v>306.08999999999997</v>
       </c>
     </row>
     <row r="137" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A137" s="257"/>
+      <c r="A137" s="270"/>
       <c r="B137" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C137" s="291">
+      <c r="C137" s="255">
         <v>582.64</v>
       </c>
-      <c r="D137" s="291">
+      <c r="D137" s="255">
         <v>308.37</v>
       </c>
     </row>
     <row r="138" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A138" s="257"/>
+      <c r="A138" s="270"/>
       <c r="B138" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C138" s="290">
+      <c r="C138" s="254">
         <v>582.54999999999995</v>
       </c>
-      <c r="D138" s="290">
+      <c r="D138" s="254">
         <v>312.48</v>
       </c>
     </row>
     <row r="139" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A139" s="259"/>
+      <c r="A139" s="272"/>
       <c r="B139" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C139" s="293">
+      <c r="C139" s="257">
         <v>591.38</v>
       </c>
-      <c r="D139" s="293">
+      <c r="D139" s="257">
         <v>314.13</v>
       </c>
     </row>
     <row r="140" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A140" s="252">
+      <c r="A140" s="265">
         <v>2019</v>
       </c>
       <c r="B140" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C140" s="290">
+      <c r="C140" s="254">
         <v>587.38</v>
       </c>
-      <c r="D140" s="290">
+      <c r="D140" s="254">
         <v>313.5</v>
       </c>
     </row>
     <row r="141" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A141" s="253"/>
+      <c r="A141" s="266"/>
       <c r="B141" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C141" s="291">
+      <c r="C141" s="255">
         <v>584.43710826072004</v>
       </c>
-      <c r="D141" s="291">
+      <c r="D141" s="255">
         <v>318.7</v>
       </c>
     </row>
     <row r="142" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A142" s="253"/>
+      <c r="A142" s="266"/>
       <c r="B142" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C142" s="290">
+      <c r="C142" s="254">
         <v>620.27</v>
       </c>
-      <c r="D142" s="290">
+      <c r="D142" s="254">
         <v>320.60000000000002</v>
       </c>
     </row>
     <row r="143" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A143" s="253"/>
+      <c r="A143" s="266"/>
       <c r="B143" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C143" s="291">
+      <c r="C143" s="255">
         <v>638.32000000000005</v>
       </c>
-      <c r="D143" s="291">
+      <c r="D143" s="255">
         <v>321</v>
       </c>
     </row>
     <row r="144" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A144" s="258">
+      <c r="A144" s="271">
         <v>2020</v>
       </c>
       <c r="B144" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C144" s="292">
+      <c r="C144" s="256">
         <v>632.99199999999996</v>
       </c>
-      <c r="D144" s="292">
+      <c r="D144" s="256">
         <v>321.66517333333297</v>
       </c>
     </row>
     <row r="145" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A145" s="257"/>
+      <c r="A145" s="270"/>
       <c r="B145" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C145" s="291">
+      <c r="C145" s="255">
         <v>625.97</v>
       </c>
-      <c r="D145" s="291">
+      <c r="D145" s="255">
         <v>322.61</v>
       </c>
     </row>
     <row r="146" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A146" s="257"/>
+      <c r="A146" s="270"/>
       <c r="B146" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C146" s="290">
+      <c r="C146" s="254">
         <v>645.36</v>
       </c>
-      <c r="D146" s="290">
+      <c r="D146" s="254">
         <v>324.09100000000001</v>
       </c>
     </row>
     <row r="147" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A147" s="259"/>
+      <c r="A147" s="272"/>
       <c r="B147" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C147" s="293">
+      <c r="C147" s="257">
         <v>660.92139999999995</v>
       </c>
-      <c r="D147" s="293">
+      <c r="D147" s="257">
         <v>324.20115333333302</v>
       </c>
     </row>
     <row r="148" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A148" s="252">
+      <c r="A148" s="265">
         <v>2021</v>
       </c>
       <c r="B148" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C148" s="290">
+      <c r="C148" s="254">
         <v>678.32118063810799</v>
       </c>
-      <c r="D148" s="290">
+      <c r="D148" s="254">
         <v>326.18583333333299</v>
       </c>
     </row>
     <row r="149" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A149" s="253"/>
+      <c r="A149" s="266"/>
       <c r="B149" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C149" s="291">
+      <c r="C149" s="255">
         <v>696.09</v>
       </c>
-      <c r="D149" s="291">
+      <c r="D149" s="255">
         <v>333.35</v>
       </c>
     </row>
     <row r="150" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A150" s="253"/>
+      <c r="A150" s="266"/>
       <c r="B150" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C150" s="290">
+      <c r="C150" s="254">
         <v>712.44</v>
       </c>
-      <c r="D150" s="290">
+      <c r="D150" s="254">
         <v>338.68200000000002</v>
       </c>
     </row>
     <row r="151" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A151" s="253"/>
+      <c r="A151" s="266"/>
       <c r="B151" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C151" s="291">
+      <c r="C151" s="255">
         <v>716.88</v>
       </c>
-      <c r="D151" s="291">
+      <c r="D151" s="255">
         <v>343.6069</v>
       </c>
     </row>
     <row r="152" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A152" s="258">
+      <c r="A152" s="271">
         <v>2022</v>
       </c>
       <c r="B152" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C152" s="292">
+      <c r="C152" s="256">
         <v>719.92100000000005</v>
       </c>
-      <c r="D152" s="292">
+      <c r="D152" s="256">
         <v>353.34649999999999</v>
       </c>
     </row>
     <row r="153" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A153" s="257"/>
+      <c r="A153" s="270"/>
       <c r="B153" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C153" s="291">
+      <c r="C153" s="255">
         <v>733.43790000000001</v>
       </c>
-      <c r="D153" s="291">
+      <c r="D153" s="255">
         <v>371.83347333333302</v>
       </c>
     </row>
     <row r="154" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A154" s="257"/>
+      <c r="A154" s="270"/>
       <c r="B154" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C154" s="294">
+      <c r="C154" s="258">
         <v>736.55542816532602</v>
       </c>
-      <c r="D154" s="290">
+      <c r="D154" s="254">
         <v>380.76453333333302</v>
       </c>
     </row>
     <row r="155" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A155" s="259"/>
+      <c r="A155" s="272"/>
       <c r="B155" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C155" s="293">
+      <c r="C155" s="257">
         <v>763.02800000000002</v>
       </c>
-      <c r="D155" s="293">
+      <c r="D155" s="257">
         <v>395.0616</v>
       </c>
     </row>
     <row r="156" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A156" s="252">
+      <c r="A156" s="265">
         <v>2023</v>
       </c>
       <c r="B156" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C156" s="290">
+      <c r="C156" s="254">
         <v>752.143835034478</v>
       </c>
-      <c r="D156" s="290">
+      <c r="D156" s="254">
         <v>401.34640000000002</v>
       </c>
     </row>
     <row r="157" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A157" s="253"/>
+      <c r="A157" s="266"/>
       <c r="B157" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C157" s="291">
+      <c r="C157" s="255">
         <v>756.26</v>
       </c>
-      <c r="D157" s="291">
+      <c r="D157" s="255">
         <v>413.2912</v>
       </c>
     </row>
     <row r="158" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A158" s="253"/>
+      <c r="A158" s="266"/>
       <c r="B158" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C158" s="290">
+      <c r="C158" s="254">
         <v>777.49</v>
       </c>
-      <c r="D158" s="290">
+      <c r="D158" s="254">
         <v>415.01859999999999</v>
       </c>
     </row>
     <row r="159" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A159" s="253"/>
+      <c r="A159" s="266"/>
       <c r="B159" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="C159" s="291">
+      <c r="C159" s="255">
         <v>776.23</v>
       </c>
-      <c r="D159" s="291">
+      <c r="D159" s="255">
         <v>416.82</v>
       </c>
     </row>
     <row r="160" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A160" s="258">
+      <c r="A160" s="271">
         <v>2024</v>
       </c>
       <c r="B160" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="C160" s="292">
+      <c r="C160" s="256">
         <v>775.73199999999997</v>
       </c>
-      <c r="D160" s="292">
+      <c r="D160" s="256">
         <v>419.72309999999999</v>
       </c>
     </row>
     <row r="161" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A161" s="257"/>
+      <c r="A161" s="270"/>
       <c r="B161" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="C161" s="291">
+      <c r="C161" s="255">
         <v>796.33</v>
       </c>
-      <c r="D161" s="291">
+      <c r="D161" s="255">
         <v>425.41980000000001</v>
       </c>
     </row>
     <row r="162" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A162" s="257"/>
+      <c r="A162" s="270"/>
       <c r="B162" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C162" s="290">
+      <c r="C162" s="254">
         <v>826.25</v>
       </c>
-      <c r="D162" s="290">
+      <c r="D162" s="254">
         <v>428.54</v>
       </c>
     </row>
     <row r="163" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A163" s="259"/>
+      <c r="A163" s="272"/>
       <c r="B163" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="C163" s="293">
+      <c r="C163" s="257">
         <v>783.98910000000001</v>
       </c>
-      <c r="D163" s="293">
+      <c r="D163" s="257">
         <v>431.37387333333299</v>
       </c>
     </row>
     <row r="164" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A164" s="63">
         <v>2025</v>
       </c>
       <c r="B164" s="28" t="s">
         <v>5</v>
       </c>
-      <c r="C164" s="295">
+      <c r="C164" s="259">
         <v>806.27</v>
       </c>
-      <c r="D164" s="295">
+      <c r="D164" s="259">
         <v>434.42439999999999</v>
       </c>
     </row>
     <row r="165" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="B165" s="296" t="s">
+      <c r="B165" s="260" t="s">
         <v>6</v>
       </c>
-      <c r="C165" s="291">
+      <c r="C165" s="255">
         <v>808.6</v>
       </c>
-      <c r="D165" s="291">
+      <c r="D165" s="255">
         <v>441.2</v>
       </c>
     </row>
     <row r="166" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B166" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="C166" s="290">
+      <c r="C166" s="254">
         <v>814.7</v>
       </c>
-      <c r="D166" s="290">
+      <c r="D166" s="254">
         <v>448.42</v>
       </c>
     </row>
     <row r="170" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A170" s="6" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="40">
     <mergeCell ref="A56:A59"/>
     <mergeCell ref="A52:A55"/>
     <mergeCell ref="A36:A39"/>
     <mergeCell ref="A40:A43"/>
     <mergeCell ref="A44:A47"/>
     <mergeCell ref="A48:A51"/>
     <mergeCell ref="A80:A83"/>
     <mergeCell ref="A72:A75"/>
     <mergeCell ref="A76:A79"/>
     <mergeCell ref="A68:A71"/>
     <mergeCell ref="A64:A67"/>
     <mergeCell ref="A60:A63"/>
     <mergeCell ref="A156:A159"/>
     <mergeCell ref="A160:A163"/>
     <mergeCell ref="A4:A7"/>
     <mergeCell ref="A8:A11"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="A20:A23"/>
     <mergeCell ref="A24:A27"/>
     <mergeCell ref="A28:A31"/>
@@ -12679,4931 +12705,4963 @@
     <mergeCell ref="A144:A147"/>
     <mergeCell ref="A148:A151"/>
     <mergeCell ref="A152:A155"/>
     <mergeCell ref="A108:A111"/>
     <mergeCell ref="A112:A115"/>
     <mergeCell ref="A116:A119"/>
     <mergeCell ref="A120:A123"/>
     <mergeCell ref="A124:A127"/>
     <mergeCell ref="A128:A131"/>
     <mergeCell ref="A104:A107"/>
     <mergeCell ref="A84:A87"/>
     <mergeCell ref="A88:A91"/>
     <mergeCell ref="A92:A95"/>
     <mergeCell ref="A96:A99"/>
     <mergeCell ref="A100:A103"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="M3" r:id="rId1" xr:uid="{6C93193E-57B8-4B18-8BD2-6FE787529C5D}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF45BBDC-CD2C-403B-BC40-45396475D3BF}">
-  <dimension ref="A1:I34"/>
+  <dimension ref="A1:I37"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="J28" sqref="J28"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16" style="49" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.28515625" style="49" bestFit="1" customWidth="1"/>
     <col min="4" max="10" width="8.7109375" style="1"/>
     <col min="11" max="11" width="5.7109375" style="1" customWidth="1"/>
     <col min="12" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A1" s="64" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="65"/>
     </row>
     <row r="2" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="64"/>
       <c r="B2" s="65"/>
       <c r="C2" s="65"/>
       <c r="I2" s="71" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A3" s="73" t="s">
+      <c r="A3" s="72" t="s">
         <v>32</v>
       </c>
-      <c r="B3" s="74" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="74" t="s">
+      <c r="B3" s="73" t="s">
+        <v>262</v>
+      </c>
+      <c r="C3" s="73" t="s">
         <v>33</v>
       </c>
-      <c r="I3" s="72" t="s">
-        <v>62</v>
+      <c r="I3" s="246" t="s">
+        <v>314</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A4" s="66" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="70">
         <v>6655</v>
       </c>
       <c r="C4" s="70">
         <v>97900</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A5" s="75" t="s">
+      <c r="A5" s="74" t="s">
         <v>35</v>
       </c>
-      <c r="B5" s="76">
+      <c r="B5" s="75">
         <v>6486</v>
       </c>
-      <c r="C5" s="76">
+      <c r="C5" s="75">
         <v>108000</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A6" s="66" t="s">
         <v>36</v>
       </c>
       <c r="B6" s="70">
         <v>7005</v>
       </c>
       <c r="C6" s="70">
         <v>118000</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A7" s="75" t="s">
+      <c r="A7" s="74" t="s">
         <v>37</v>
       </c>
-      <c r="B7" s="76">
+      <c r="B7" s="75">
         <v>6969</v>
       </c>
-      <c r="C7" s="76">
+      <c r="C7" s="75">
         <v>133900</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A8" s="66" t="s">
         <v>38</v>
       </c>
       <c r="B8" s="70">
         <v>6136</v>
       </c>
       <c r="C8" s="70">
         <v>164700</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A9" s="75" t="s">
+      <c r="A9" s="74" t="s">
         <v>39</v>
       </c>
-      <c r="B9" s="76">
+      <c r="B9" s="75">
         <v>2878</v>
       </c>
-      <c r="C9" s="76">
+      <c r="C9" s="75">
         <v>210700</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A10" s="66" t="s">
         <v>40</v>
       </c>
       <c r="B10" s="70">
         <v>2229</v>
       </c>
       <c r="C10" s="70">
         <v>180900</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A11" s="75" t="s">
+      <c r="A11" s="74" t="s">
         <v>41</v>
       </c>
-      <c r="B11" s="76">
+      <c r="B11" s="75">
         <v>2272</v>
       </c>
-      <c r="C11" s="76">
+      <c r="C11" s="75">
         <v>164700</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A12" s="66" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="70">
         <v>1646</v>
       </c>
       <c r="C12" s="70">
         <v>163900</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A13" s="75" t="s">
+      <c r="A13" s="74" t="s">
         <v>43</v>
       </c>
-      <c r="B13" s="76">
+      <c r="B13" s="75">
         <v>1492</v>
       </c>
-      <c r="C13" s="76">
+      <c r="C13" s="75">
         <v>148600</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A14" s="66" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="70">
         <v>1201</v>
       </c>
       <c r="C14" s="70">
         <v>144100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A15" s="75" t="s">
+      <c r="A15" s="74" t="s">
         <v>45</v>
       </c>
-      <c r="B15" s="76">
+      <c r="B15" s="75">
         <v>1142</v>
       </c>
-      <c r="C15" s="76">
+      <c r="C15" s="75">
         <v>138100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A16" s="66" t="s">
         <v>46</v>
       </c>
       <c r="B16" s="70">
         <v>1212</v>
       </c>
       <c r="C16" s="70">
         <v>152100</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A17" s="75" t="s">
+    <row r="17" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A17" s="74" t="s">
         <v>47</v>
       </c>
-      <c r="B17" s="76">
+      <c r="B17" s="75">
         <v>1239</v>
       </c>
-      <c r="C17" s="76">
+      <c r="C17" s="75">
         <v>157400</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="66" t="s">
         <v>48</v>
       </c>
       <c r="B18" s="70">
         <v>1216</v>
       </c>
       <c r="C18" s="70">
         <v>157700</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A19" s="75" t="s">
+    <row r="19" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A19" s="74" t="s">
         <v>49</v>
       </c>
-      <c r="B19" s="76">
+      <c r="B19" s="75">
         <v>1416</v>
       </c>
-      <c r="C19" s="76">
+      <c r="C19" s="75">
         <v>163900</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="66" t="s">
         <v>50</v>
       </c>
       <c r="B20" s="70">
         <v>1613</v>
       </c>
       <c r="C20" s="70">
         <v>172400</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A21" s="75" t="s">
+    <row r="21" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A21" s="74" t="s">
         <v>51</v>
       </c>
-      <c r="B21" s="76">
+      <c r="B21" s="75">
         <v>1486</v>
       </c>
-      <c r="C21" s="76">
+      <c r="C21" s="75">
         <v>183400</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="66" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="70">
         <v>1408</v>
       </c>
       <c r="C22" s="70">
         <v>200900</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A23" s="75" t="s">
+    <row r="23" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A23" s="74" t="s">
         <v>53</v>
       </c>
-      <c r="B23" s="76">
+      <c r="B23" s="75">
         <v>1458</v>
       </c>
-      <c r="C23" s="76">
+      <c r="C23" s="75">
         <v>202700</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="66" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="70">
         <v>1270</v>
       </c>
       <c r="C24" s="70">
         <v>231700</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A25" s="75" t="s">
+    <row r="25" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A25" s="74" t="s">
         <v>55</v>
       </c>
-      <c r="B25" s="77">
+      <c r="B25" s="76">
         <v>1078</v>
       </c>
-      <c r="C25" s="77">
+      <c r="C25" s="76">
         <v>247300</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A26" s="78" t="s">
+    <row r="26" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A26" s="77" t="s">
         <v>56</v>
       </c>
-      <c r="B26" s="79">
+      <c r="B26" s="78">
         <v>1111</v>
       </c>
-      <c r="C26" s="79">
+      <c r="C26" s="78">
         <v>267900</v>
       </c>
     </row>
-    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
-[...37 lines deleted...]
-      <c r="D32" s="68"/>
+    <row r="27" spans="1:3" ht="15" x14ac:dyDescent="0.2">
+      <c r="A27" s="263" t="s">
+        <v>313</v>
+      </c>
+      <c r="B27" s="261"/>
+      <c r="C27" s="261"/>
+    </row>
+    <row r="28" spans="1:3" ht="15" x14ac:dyDescent="0.2">
+      <c r="A28" s="264" t="s">
+        <v>193</v>
+      </c>
+      <c r="B28" s="262">
+        <v>283</v>
+      </c>
+      <c r="C28" s="262">
+        <v>265100</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" ht="15" x14ac:dyDescent="0.2">
+      <c r="A29" s="264" t="s">
+        <v>282</v>
+      </c>
+      <c r="B29" s="262">
+        <v>253</v>
+      </c>
+      <c r="C29" s="262">
+        <v>278300</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A30" s="66"/>
+      <c r="B30" s="238"/>
+      <c r="C30" s="238"/>
+    </row>
+    <row r="31" spans="1:3" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="C31" s="22"/>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A32" s="66"/>
+      <c r="B32" s="238"/>
+      <c r="C32" s="238"/>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A33" s="69" t="s">
-        <v>60</v>
+      <c r="A33" s="1" t="s">
+        <v>261</v>
       </c>
       <c r="B33" s="1"/>
-      <c r="D33" s="49"/>
+      <c r="C33" s="68"/>
+      <c r="D33" s="68"/>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" s="67" t="s">
+        <v>58</v>
+      </c>
+      <c r="B34" s="1"/>
+      <c r="C34" s="68"/>
+      <c r="D34" s="68"/>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A35" s="69" t="s">
+        <v>59</v>
+      </c>
+      <c r="B35" s="1"/>
+      <c r="C35" s="68"/>
+      <c r="D35" s="68"/>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A36" s="69" t="s">
+        <v>60</v>
+      </c>
+      <c r="B36" s="1"/>
+      <c r="D36" s="49"/>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A37" s="67" t="s">
         <v>61</v>
       </c>
-      <c r="B34" s="1"/>
-      <c r="D34" s="49"/>
+      <c r="B37" s="1"/>
+      <c r="D37" s="49"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="I3" r:id="rId1" xr:uid="{95967A12-7F22-4CE8-A16B-33B2D2893D91}"/>
+    <hyperlink ref="I3" r:id="rId1" xr:uid="{FDE2C81F-06A0-4F7F-9711-90C0A60B5CB6}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{14FEDD13-AA49-4CEA-869B-75B67EADEFE5}">
   <dimension ref="A1:AP23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="35.5703125" style="1" customWidth="1"/>
     <col min="2" max="41" width="9.85546875" style="49" customWidth="1"/>
     <col min="42" max="42" width="10.5703125" style="1" customWidth="1"/>
     <col min="43" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="32" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="3" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="118"/>
-      <c r="B3" s="277">
+      <c r="A3" s="117"/>
+      <c r="B3" s="290">
         <v>2015</v>
       </c>
-      <c r="C3" s="278"/>
-[...1 lines deleted...]
-      <c r="E3" s="280">
+      <c r="C3" s="291"/>
+      <c r="D3" s="292"/>
+      <c r="E3" s="293">
         <v>2016</v>
       </c>
-      <c r="F3" s="278"/>
-[...2 lines deleted...]
-      <c r="I3" s="277">
+      <c r="F3" s="291"/>
+      <c r="G3" s="291"/>
+      <c r="H3" s="291"/>
+      <c r="I3" s="290">
         <v>2017</v>
       </c>
-      <c r="J3" s="278"/>
-[...2 lines deleted...]
-      <c r="M3" s="280">
+      <c r="J3" s="291"/>
+      <c r="K3" s="291"/>
+      <c r="L3" s="292"/>
+      <c r="M3" s="293">
         <v>2018</v>
       </c>
-      <c r="N3" s="278"/>
-[...2 lines deleted...]
-      <c r="Q3" s="277">
+      <c r="N3" s="291"/>
+      <c r="O3" s="291"/>
+      <c r="P3" s="291"/>
+      <c r="Q3" s="290">
         <v>2019</v>
       </c>
-      <c r="R3" s="278"/>
-[...2 lines deleted...]
-      <c r="U3" s="280">
+      <c r="R3" s="291"/>
+      <c r="S3" s="291"/>
+      <c r="T3" s="292"/>
+      <c r="U3" s="293">
         <v>2020</v>
       </c>
-      <c r="V3" s="278"/>
-[...2 lines deleted...]
-      <c r="Y3" s="277">
+      <c r="V3" s="291"/>
+      <c r="W3" s="291"/>
+      <c r="X3" s="291"/>
+      <c r="Y3" s="290">
         <v>2021</v>
       </c>
-      <c r="Z3" s="278"/>
-[...2 lines deleted...]
-      <c r="AC3" s="280">
+      <c r="Z3" s="291"/>
+      <c r="AA3" s="291"/>
+      <c r="AB3" s="292"/>
+      <c r="AC3" s="293">
         <v>2022</v>
       </c>
-      <c r="AD3" s="278"/>
-[...2 lines deleted...]
-      <c r="AG3" s="281">
+      <c r="AD3" s="291"/>
+      <c r="AE3" s="291"/>
+      <c r="AF3" s="291"/>
+      <c r="AG3" s="294">
         <v>2023</v>
       </c>
-      <c r="AH3" s="278"/>
-[...2 lines deleted...]
-      <c r="AK3" s="282">
+      <c r="AH3" s="291"/>
+      <c r="AI3" s="291"/>
+      <c r="AJ3" s="292"/>
+      <c r="AK3" s="295">
         <v>2024</v>
       </c>
-      <c r="AL3" s="278"/>
-[...2 lines deleted...]
-      <c r="AO3" s="119">
+      <c r="AL3" s="291"/>
+      <c r="AM3" s="291"/>
+      <c r="AN3" s="291"/>
+      <c r="AO3" s="118">
         <v>2025</v>
       </c>
-      <c r="AP3" s="119"/>
+      <c r="AP3" s="118"/>
     </row>
     <row r="4" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="120" t="s">
+      <c r="A4" s="119" t="s">
+        <v>67</v>
+      </c>
+      <c r="B4" s="120" t="s">
         <v>68</v>
       </c>
-      <c r="B4" s="121" t="s">
+      <c r="C4" s="121" t="s">
         <v>69</v>
       </c>
-      <c r="C4" s="122" t="s">
+      <c r="D4" s="122" t="s">
         <v>70</v>
       </c>
-      <c r="D4" s="123" t="s">
+      <c r="E4" s="123" t="s">
         <v>71</v>
       </c>
-      <c r="E4" s="124" t="s">
+      <c r="F4" s="124" t="s">
+        <v>68</v>
+      </c>
+      <c r="G4" s="121" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" s="125" t="s">
+        <v>70</v>
+      </c>
+      <c r="I4" s="123" t="s">
+        <v>71</v>
+      </c>
+      <c r="J4" s="124" t="s">
+        <v>68</v>
+      </c>
+      <c r="K4" s="121" t="s">
+        <v>69</v>
+      </c>
+      <c r="L4" s="122" t="s">
+        <v>70</v>
+      </c>
+      <c r="M4" s="125" t="s">
+        <v>71</v>
+      </c>
+      <c r="N4" s="124" t="s">
+        <v>68</v>
+      </c>
+      <c r="O4" s="124" t="s">
+        <v>69</v>
+      </c>
+      <c r="P4" s="124" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q4" s="120" t="s">
+        <v>71</v>
+      </c>
+      <c r="R4" s="121" t="s">
+        <v>68</v>
+      </c>
+      <c r="S4" s="124" t="s">
+        <v>69</v>
+      </c>
+      <c r="T4" s="121" t="s">
+        <v>70</v>
+      </c>
+      <c r="U4" s="121" t="s">
+        <v>71</v>
+      </c>
+      <c r="V4" s="124" t="s">
+        <v>68</v>
+      </c>
+      <c r="W4" s="121" t="s">
+        <v>69</v>
+      </c>
+      <c r="X4" s="124" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y4" s="120" t="s">
+        <v>71</v>
+      </c>
+      <c r="Z4" s="121" t="s">
+        <v>68</v>
+      </c>
+      <c r="AA4" s="124" t="s">
+        <v>69</v>
+      </c>
+      <c r="AB4" s="121" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC4" s="124" t="s">
+        <v>71</v>
+      </c>
+      <c r="AD4" s="121" t="s">
+        <v>68</v>
+      </c>
+      <c r="AE4" s="121" t="s">
+        <v>69</v>
+      </c>
+      <c r="AF4" s="124" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG4" s="123" t="s">
+        <v>71</v>
+      </c>
+      <c r="AH4" s="124" t="s">
+        <v>68</v>
+      </c>
+      <c r="AI4" s="121" t="s">
+        <v>69</v>
+      </c>
+      <c r="AJ4" s="126" t="s">
+        <v>70</v>
+      </c>
+      <c r="AK4" s="123" t="s">
+        <v>71</v>
+      </c>
+      <c r="AL4" s="124" t="s">
+        <v>68</v>
+      </c>
+      <c r="AM4" s="121" t="s">
+        <v>69</v>
+      </c>
+      <c r="AN4" s="124" t="s">
+        <v>70</v>
+      </c>
+      <c r="AO4" s="127" t="s">
+        <v>71</v>
+      </c>
+      <c r="AP4" s="124" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="5" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="83" t="s">
         <v>72</v>
       </c>
-      <c r="F4" s="125" t="s">
-[...115 lines deleted...]
-      <c r="B5" s="96">
+      <c r="B5" s="95">
         <v>108</v>
       </c>
-      <c r="C5" s="112">
+      <c r="C5" s="111">
         <v>118</v>
       </c>
-      <c r="D5" s="99">
+      <c r="D5" s="98">
         <v>133</v>
       </c>
-      <c r="E5" s="106">
+      <c r="E5" s="105">
         <v>114</v>
       </c>
       <c r="F5" s="49">
         <v>166</v>
       </c>
-      <c r="G5" s="106">
+      <c r="G5" s="105">
         <v>139</v>
       </c>
       <c r="H5" s="49">
         <v>117</v>
       </c>
-      <c r="I5" s="106">
+      <c r="I5" s="105">
         <v>139</v>
       </c>
       <c r="J5" s="49">
         <v>183</v>
       </c>
-      <c r="K5" s="106">
+      <c r="K5" s="105">
         <v>132</v>
       </c>
-      <c r="L5" s="99">
+      <c r="L5" s="98">
         <v>98</v>
       </c>
       <c r="M5" s="49">
         <v>157</v>
       </c>
       <c r="N5" s="49">
         <v>219</v>
       </c>
       <c r="O5" s="49">
         <v>119</v>
       </c>
       <c r="P5" s="49">
         <v>158</v>
       </c>
-      <c r="Q5" s="102">
+      <c r="Q5" s="101">
         <v>117</v>
       </c>
-      <c r="R5" s="110">
+      <c r="R5" s="109">
         <v>86</v>
       </c>
       <c r="S5" s="49">
         <v>145</v>
       </c>
-      <c r="T5" s="106">
+      <c r="T5" s="105">
         <v>116</v>
       </c>
-      <c r="U5" s="106">
+      <c r="U5" s="105">
         <v>131</v>
       </c>
       <c r="V5" s="49">
         <v>105</v>
       </c>
-      <c r="W5" s="106">
+      <c r="W5" s="105">
         <v>141</v>
       </c>
       <c r="X5" s="49">
         <v>149</v>
       </c>
-      <c r="Y5" s="102">
+      <c r="Y5" s="101">
         <v>218</v>
       </c>
-      <c r="Z5" s="106">
+      <c r="Z5" s="105">
         <v>251</v>
       </c>
       <c r="AA5" s="49">
         <v>189</v>
       </c>
-      <c r="AB5" s="106">
+      <c r="AB5" s="105">
         <v>141</v>
       </c>
       <c r="AC5" s="49">
         <v>148</v>
       </c>
-      <c r="AD5" s="110">
+      <c r="AD5" s="109">
         <v>107</v>
       </c>
-      <c r="AE5" s="106">
+      <c r="AE5" s="105">
         <v>123</v>
       </c>
       <c r="AF5" s="49">
         <v>126</v>
       </c>
-      <c r="AG5" s="106">
+      <c r="AG5" s="105">
         <v>106</v>
       </c>
       <c r="AH5" s="49">
         <v>107</v>
       </c>
-      <c r="AI5" s="106">
+      <c r="AI5" s="105">
         <v>116</v>
       </c>
-      <c r="AJ5" s="99">
+      <c r="AJ5" s="98">
         <v>89</v>
       </c>
-      <c r="AK5" s="106">
+      <c r="AK5" s="105">
         <v>107</v>
       </c>
       <c r="AL5" s="49">
         <v>143</v>
       </c>
-      <c r="AM5" s="106">
+      <c r="AM5" s="105">
         <v>188</v>
       </c>
       <c r="AN5" s="49">
         <v>183</v>
       </c>
-      <c r="AO5" s="102">
+      <c r="AO5" s="101">
         <v>192</v>
       </c>
-      <c r="AP5" s="102">
+      <c r="AP5" s="101">
         <v>198</v>
       </c>
     </row>
     <row r="6" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="93" t="s">
+      <c r="A6" s="92" t="s">
+        <v>73</v>
+      </c>
+      <c r="B6" s="96">
+        <v>113</v>
+      </c>
+      <c r="C6" s="112">
+        <v>158</v>
+      </c>
+      <c r="D6" s="99">
+        <v>119</v>
+      </c>
+      <c r="E6" s="106">
+        <v>121</v>
+      </c>
+      <c r="F6" s="94">
+        <v>160</v>
+      </c>
+      <c r="G6" s="106">
+        <v>148</v>
+      </c>
+      <c r="H6" s="94">
+        <v>142</v>
+      </c>
+      <c r="I6" s="106">
+        <v>180</v>
+      </c>
+      <c r="J6" s="94">
+        <v>202</v>
+      </c>
+      <c r="K6" s="106">
+        <v>152</v>
+      </c>
+      <c r="L6" s="99">
+        <v>104</v>
+      </c>
+      <c r="M6" s="94">
+        <v>155</v>
+      </c>
+      <c r="N6" s="94">
+        <v>247</v>
+      </c>
+      <c r="O6" s="94">
+        <v>229</v>
+      </c>
+      <c r="P6" s="94">
+        <v>131</v>
+      </c>
+      <c r="Q6" s="102">
+        <v>216</v>
+      </c>
+      <c r="R6" s="106">
+        <v>148</v>
+      </c>
+      <c r="S6" s="94">
+        <v>134</v>
+      </c>
+      <c r="T6" s="106">
+        <v>126</v>
+      </c>
+      <c r="U6" s="106">
+        <v>159</v>
+      </c>
+      <c r="V6" s="94">
+        <v>67</v>
+      </c>
+      <c r="W6" s="106">
+        <v>128</v>
+      </c>
+      <c r="X6" s="94">
+        <v>127</v>
+      </c>
+      <c r="Y6" s="102">
+        <v>148</v>
+      </c>
+      <c r="Z6" s="106">
+        <v>136</v>
+      </c>
+      <c r="AA6" s="94">
+        <v>100</v>
+      </c>
+      <c r="AB6" s="106">
+        <v>182</v>
+      </c>
+      <c r="AC6" s="94">
+        <v>159</v>
+      </c>
+      <c r="AD6" s="106">
+        <v>179</v>
+      </c>
+      <c r="AE6" s="106">
+        <v>126</v>
+      </c>
+      <c r="AF6" s="94">
+        <v>86</v>
+      </c>
+      <c r="AG6" s="106">
+        <v>66</v>
+      </c>
+      <c r="AH6" s="94">
+        <v>164</v>
+      </c>
+      <c r="AI6" s="106">
+        <v>109</v>
+      </c>
+      <c r="AJ6" s="99">
+        <v>65</v>
+      </c>
+      <c r="AK6" s="106">
+        <v>90</v>
+      </c>
+      <c r="AL6" s="94">
+        <v>111</v>
+      </c>
+      <c r="AM6" s="106">
+        <v>118</v>
+      </c>
+      <c r="AN6" s="94">
+        <v>152</v>
+      </c>
+      <c r="AO6" s="102">
+        <v>143</v>
+      </c>
+      <c r="AP6" s="102">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="7" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="83" t="s">
         <v>74</v>
       </c>
-      <c r="B6" s="97">
-[...127 lines deleted...]
-      <c r="B7" s="96">
+      <c r="B7" s="95">
         <v>249</v>
       </c>
-      <c r="C7" s="112">
+      <c r="C7" s="111">
         <v>255</v>
       </c>
-      <c r="D7" s="99">
+      <c r="D7" s="98">
         <v>189</v>
       </c>
-      <c r="E7" s="106">
+      <c r="E7" s="105">
         <v>239</v>
       </c>
       <c r="F7" s="49">
         <v>258</v>
       </c>
-      <c r="G7" s="106">
+      <c r="G7" s="105">
         <v>253</v>
       </c>
       <c r="H7" s="49">
         <v>236</v>
       </c>
-      <c r="I7" s="106">
+      <c r="I7" s="105">
         <v>258</v>
       </c>
       <c r="J7" s="49">
         <v>334</v>
       </c>
-      <c r="K7" s="106">
+      <c r="K7" s="105">
         <v>270</v>
       </c>
-      <c r="L7" s="99">
+      <c r="L7" s="98">
         <v>216</v>
       </c>
       <c r="M7" s="49">
         <v>198</v>
       </c>
       <c r="N7" s="49">
         <v>321</v>
       </c>
       <c r="O7" s="49">
         <v>299</v>
       </c>
       <c r="P7" s="49">
         <v>259</v>
       </c>
-      <c r="Q7" s="102">
+      <c r="Q7" s="101">
         <v>245</v>
       </c>
-      <c r="R7" s="106">
+      <c r="R7" s="105">
         <v>343</v>
       </c>
       <c r="S7" s="49">
         <v>260</v>
       </c>
-      <c r="T7" s="106">
+      <c r="T7" s="105">
         <v>265</v>
       </c>
-      <c r="U7" s="106">
+      <c r="U7" s="105">
         <v>206</v>
       </c>
       <c r="V7" s="49">
         <v>178</v>
       </c>
-      <c r="W7" s="106">
+      <c r="W7" s="105">
         <v>211</v>
       </c>
       <c r="X7" s="49">
         <v>156</v>
       </c>
-      <c r="Y7" s="102">
+      <c r="Y7" s="101">
         <v>312</v>
       </c>
-      <c r="Z7" s="106">
+      <c r="Z7" s="105">
         <v>350</v>
       </c>
       <c r="AA7" s="49">
         <v>401</v>
       </c>
-      <c r="AB7" s="106">
+      <c r="AB7" s="105">
         <v>196</v>
       </c>
       <c r="AC7" s="49">
         <v>186</v>
       </c>
-      <c r="AD7" s="106">
+      <c r="AD7" s="105">
         <v>268</v>
       </c>
-      <c r="AE7" s="106">
+      <c r="AE7" s="105">
         <v>281</v>
       </c>
       <c r="AF7" s="49">
         <v>155</v>
       </c>
-      <c r="AG7" s="106">
+      <c r="AG7" s="105">
         <v>178</v>
       </c>
       <c r="AH7" s="49">
         <v>188</v>
       </c>
-      <c r="AI7" s="106">
+      <c r="AI7" s="105">
         <v>210</v>
       </c>
-      <c r="AJ7" s="99">
+      <c r="AJ7" s="98">
         <v>229</v>
       </c>
-      <c r="AK7" s="106">
+      <c r="AK7" s="105">
         <v>169</v>
       </c>
       <c r="AL7" s="49">
         <v>304</v>
       </c>
-      <c r="AM7" s="106">
+      <c r="AM7" s="105">
         <v>248</v>
       </c>
       <c r="AN7" s="49">
         <v>211</v>
       </c>
-      <c r="AO7" s="102">
+      <c r="AO7" s="101">
         <v>280</v>
       </c>
-      <c r="AP7" s="102">
+      <c r="AP7" s="101">
         <v>562</v>
       </c>
     </row>
     <row r="8" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="93" t="s">
+      <c r="A8" s="92" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="97">
+      <c r="B8" s="96">
         <v>43</v>
       </c>
-      <c r="C8" s="113">
+      <c r="C8" s="112">
         <v>70</v>
       </c>
-      <c r="D8" s="100">
+      <c r="D8" s="99">
         <v>85</v>
       </c>
-      <c r="E8" s="107">
+      <c r="E8" s="106">
         <v>77</v>
       </c>
-      <c r="F8" s="95">
+      <c r="F8" s="94">
         <v>106</v>
       </c>
-      <c r="G8" s="107">
+      <c r="G8" s="106">
         <v>60</v>
       </c>
-      <c r="H8" s="95">
+      <c r="H8" s="94">
         <v>120</v>
       </c>
-      <c r="I8" s="107">
+      <c r="I8" s="106">
         <v>91</v>
       </c>
-      <c r="J8" s="95">
+      <c r="J8" s="94">
         <v>174</v>
       </c>
-      <c r="K8" s="107">
+      <c r="K8" s="106">
         <v>48</v>
       </c>
-      <c r="L8" s="100">
+      <c r="L8" s="99">
         <v>80</v>
       </c>
-      <c r="M8" s="95">
+      <c r="M8" s="94">
         <v>120</v>
       </c>
-      <c r="N8" s="95">
+      <c r="N8" s="94">
         <v>177</v>
       </c>
-      <c r="O8" s="95">
+      <c r="O8" s="94">
         <v>153</v>
       </c>
-      <c r="P8" s="95">
+      <c r="P8" s="94">
         <v>160</v>
       </c>
-      <c r="Q8" s="103">
+      <c r="Q8" s="102">
         <v>93</v>
       </c>
-      <c r="R8" s="107">
+      <c r="R8" s="106">
         <v>176</v>
       </c>
-      <c r="S8" s="95">
+      <c r="S8" s="94">
         <v>179</v>
       </c>
-      <c r="T8" s="107">
+      <c r="T8" s="106">
         <v>123</v>
       </c>
-      <c r="U8" s="107">
+      <c r="U8" s="106">
         <v>73</v>
       </c>
-      <c r="V8" s="95">
+      <c r="V8" s="94">
         <v>79</v>
       </c>
-      <c r="W8" s="107">
+      <c r="W8" s="106">
         <v>105</v>
       </c>
-      <c r="X8" s="95">
+      <c r="X8" s="94">
         <v>210</v>
       </c>
-      <c r="Y8" s="103">
+      <c r="Y8" s="102">
         <v>112</v>
       </c>
-      <c r="Z8" s="107">
+      <c r="Z8" s="106">
         <v>97</v>
       </c>
-      <c r="AA8" s="95">
+      <c r="AA8" s="94">
         <v>57</v>
       </c>
-      <c r="AB8" s="107">
+      <c r="AB8" s="106">
         <v>62</v>
       </c>
-      <c r="AC8" s="95">
+      <c r="AC8" s="94">
         <v>98</v>
       </c>
-      <c r="AD8" s="107">
+      <c r="AD8" s="106">
         <v>109</v>
       </c>
-      <c r="AE8" s="107">
+      <c r="AE8" s="106">
         <v>32</v>
       </c>
-      <c r="AF8" s="95">
+      <c r="AF8" s="94">
         <v>70</v>
       </c>
-      <c r="AG8" s="107">
+      <c r="AG8" s="106">
         <v>56</v>
       </c>
-      <c r="AH8" s="95">
+      <c r="AH8" s="94">
         <v>62</v>
       </c>
-      <c r="AI8" s="107">
+      <c r="AI8" s="106">
         <v>27</v>
       </c>
-      <c r="AJ8" s="100">
+      <c r="AJ8" s="99">
         <v>413</v>
       </c>
-      <c r="AK8" s="107">
+      <c r="AK8" s="106">
         <v>295</v>
       </c>
-      <c r="AL8" s="95">
+      <c r="AL8" s="94">
         <v>49</v>
       </c>
-      <c r="AM8" s="107">
+      <c r="AM8" s="106">
         <v>85</v>
       </c>
-      <c r="AN8" s="95">
+      <c r="AN8" s="94">
         <v>98</v>
       </c>
-      <c r="AO8" s="103">
+      <c r="AO8" s="102">
         <v>71</v>
       </c>
-      <c r="AP8" s="103">
+      <c r="AP8" s="102">
         <v>105</v>
       </c>
     </row>
     <row r="9" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="84" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="96">
+      <c r="A9" s="83" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" s="95">
         <v>134</v>
       </c>
-      <c r="C9" s="112">
+      <c r="C9" s="111">
         <v>143</v>
       </c>
-      <c r="D9" s="99">
+      <c r="D9" s="98">
         <v>101</v>
       </c>
-      <c r="E9" s="106">
+      <c r="E9" s="105">
         <v>134</v>
       </c>
       <c r="F9" s="49">
         <v>164</v>
       </c>
-      <c r="G9" s="106">
+      <c r="G9" s="105">
         <v>181</v>
       </c>
       <c r="H9" s="49">
         <v>138</v>
       </c>
-      <c r="I9" s="106">
+      <c r="I9" s="105">
         <v>117</v>
       </c>
       <c r="J9" s="49">
         <v>150</v>
       </c>
-      <c r="K9" s="106">
+      <c r="K9" s="105">
         <v>104</v>
       </c>
-      <c r="L9" s="99">
+      <c r="L9" s="98">
         <v>84</v>
       </c>
       <c r="M9" s="49">
         <v>145</v>
       </c>
       <c r="N9" s="49">
         <v>154</v>
       </c>
       <c r="O9" s="49">
         <v>146</v>
       </c>
       <c r="P9" s="49">
         <v>152</v>
       </c>
-      <c r="Q9" s="102">
+      <c r="Q9" s="101">
         <v>116</v>
       </c>
-      <c r="R9" s="106">
+      <c r="R9" s="105">
         <v>82</v>
       </c>
       <c r="S9" s="49">
         <v>114</v>
       </c>
-      <c r="T9" s="106">
+      <c r="T9" s="105">
         <v>126</v>
       </c>
-      <c r="U9" s="106">
+      <c r="U9" s="105">
         <v>107</v>
       </c>
       <c r="V9" s="49">
         <v>45</v>
       </c>
-      <c r="W9" s="106">
+      <c r="W9" s="105">
         <v>73</v>
       </c>
       <c r="X9" s="49">
         <v>83</v>
       </c>
-      <c r="Y9" s="102">
+      <c r="Y9" s="101">
         <v>145</v>
       </c>
-      <c r="Z9" s="106">
+      <c r="Z9" s="105">
         <v>153</v>
       </c>
       <c r="AA9" s="49">
         <v>81</v>
       </c>
-      <c r="AB9" s="106">
+      <c r="AB9" s="105">
         <v>92</v>
       </c>
       <c r="AC9" s="49">
         <v>127</v>
       </c>
-      <c r="AD9" s="106">
+      <c r="AD9" s="105">
         <v>130</v>
       </c>
-      <c r="AE9" s="106">
+      <c r="AE9" s="105">
         <v>158</v>
       </c>
       <c r="AF9" s="49">
         <v>68</v>
       </c>
-      <c r="AG9" s="106">
+      <c r="AG9" s="105">
         <v>44</v>
       </c>
       <c r="AH9" s="49">
         <v>102</v>
       </c>
-      <c r="AI9" s="106">
+      <c r="AI9" s="105">
         <v>110</v>
       </c>
-      <c r="AJ9" s="99">
+      <c r="AJ9" s="98">
         <v>38</v>
       </c>
-      <c r="AK9" s="106">
+      <c r="AK9" s="105">
         <v>74</v>
       </c>
       <c r="AL9" s="49">
         <v>90</v>
       </c>
-      <c r="AM9" s="106">
+      <c r="AM9" s="105">
         <v>132</v>
       </c>
       <c r="AN9" s="49">
         <v>93</v>
       </c>
-      <c r="AO9" s="102">
+      <c r="AO9" s="101">
         <v>150</v>
       </c>
-      <c r="AP9" s="102">
+      <c r="AP9" s="101">
         <v>122</v>
       </c>
     </row>
     <row r="10" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="93" t="s">
+      <c r="A10" s="92" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" s="96">
+        <v>35</v>
+      </c>
+      <c r="C10" s="112">
+        <v>80</v>
+      </c>
+      <c r="D10" s="99">
+        <v>27</v>
+      </c>
+      <c r="E10" s="106">
+        <v>73</v>
+      </c>
+      <c r="F10" s="94">
+        <v>58</v>
+      </c>
+      <c r="G10" s="106">
+        <v>80</v>
+      </c>
+      <c r="H10" s="94">
+        <v>111</v>
+      </c>
+      <c r="I10" s="106">
+        <v>67</v>
+      </c>
+      <c r="J10" s="94">
+        <v>116</v>
+      </c>
+      <c r="K10" s="106">
+        <v>108</v>
+      </c>
+      <c r="L10" s="99">
+        <v>98</v>
+      </c>
+      <c r="M10" s="94">
+        <v>176</v>
+      </c>
+      <c r="N10" s="94">
+        <v>91</v>
+      </c>
+      <c r="O10" s="94">
+        <v>100</v>
+      </c>
+      <c r="P10" s="94">
+        <v>70</v>
+      </c>
+      <c r="Q10" s="102">
+        <v>115</v>
+      </c>
+      <c r="R10" s="106">
+        <v>113</v>
+      </c>
+      <c r="S10" s="94">
+        <v>62</v>
+      </c>
+      <c r="T10" s="106">
+        <v>44</v>
+      </c>
+      <c r="U10" s="106">
+        <v>69</v>
+      </c>
+      <c r="V10" s="94">
+        <v>63</v>
+      </c>
+      <c r="W10" s="106">
+        <v>56</v>
+      </c>
+      <c r="X10" s="94">
+        <v>88</v>
+      </c>
+      <c r="Y10" s="102">
+        <v>86</v>
+      </c>
+      <c r="Z10" s="106">
+        <v>91</v>
+      </c>
+      <c r="AA10" s="94">
+        <v>102</v>
+      </c>
+      <c r="AB10" s="106">
+        <v>63</v>
+      </c>
+      <c r="AC10" s="94">
+        <v>129</v>
+      </c>
+      <c r="AD10" s="106">
+        <v>57</v>
+      </c>
+      <c r="AE10" s="106">
+        <v>62</v>
+      </c>
+      <c r="AF10" s="94">
+        <v>30</v>
+      </c>
+      <c r="AG10" s="106">
+        <v>31</v>
+      </c>
+      <c r="AH10" s="94">
+        <v>102</v>
+      </c>
+      <c r="AI10" s="106">
+        <v>46</v>
+      </c>
+      <c r="AJ10" s="99">
+        <v>61</v>
+      </c>
+      <c r="AK10" s="106">
+        <v>50</v>
+      </c>
+      <c r="AL10" s="94">
+        <v>57</v>
+      </c>
+      <c r="AM10" s="106">
+        <v>38</v>
+      </c>
+      <c r="AN10" s="94">
+        <v>51</v>
+      </c>
+      <c r="AO10" s="102">
+        <v>34</v>
+      </c>
+      <c r="AP10" s="102">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="83" t="s">
         <v>77</v>
       </c>
-      <c r="B10" s="97">
-[...50 lines deleted...]
-      <c r="S10" s="95">
+      <c r="B11" s="95">
+        <v>110</v>
+      </c>
+      <c r="C11" s="111">
+        <v>86</v>
+      </c>
+      <c r="D11" s="98">
         <v>62</v>
       </c>
-      <c r="T10" s="107">
-[...82 lines deleted...]
-      <c r="E11" s="106">
+      <c r="E11" s="105">
         <v>91</v>
       </c>
       <c r="F11" s="49">
         <v>97</v>
       </c>
-      <c r="G11" s="106">
+      <c r="G11" s="105">
         <v>107</v>
       </c>
       <c r="H11" s="49">
         <v>107</v>
       </c>
-      <c r="I11" s="106">
+      <c r="I11" s="105">
         <v>88</v>
       </c>
       <c r="J11" s="49">
         <v>133</v>
       </c>
-      <c r="K11" s="106">
+      <c r="K11" s="105">
         <v>83</v>
       </c>
-      <c r="L11" s="99">
+      <c r="L11" s="98">
         <v>75</v>
       </c>
       <c r="M11" s="49">
         <v>108</v>
       </c>
       <c r="N11" s="49">
         <v>143</v>
       </c>
       <c r="O11" s="49">
         <v>112</v>
       </c>
       <c r="P11" s="49">
         <v>97</v>
       </c>
-      <c r="Q11" s="102">
+      <c r="Q11" s="101">
         <v>88</v>
       </c>
-      <c r="R11" s="106">
+      <c r="R11" s="105">
         <v>149</v>
       </c>
       <c r="S11" s="49">
         <v>137</v>
       </c>
-      <c r="T11" s="106">
+      <c r="T11" s="105">
         <v>89</v>
       </c>
-      <c r="U11" s="106">
+      <c r="U11" s="105">
         <v>88</v>
       </c>
       <c r="V11" s="49">
         <v>113</v>
       </c>
-      <c r="W11" s="106">
+      <c r="W11" s="105">
         <v>96</v>
       </c>
       <c r="X11" s="49">
         <v>18</v>
       </c>
-      <c r="Y11" s="102">
+      <c r="Y11" s="101">
         <v>112</v>
       </c>
-      <c r="Z11" s="106">
+      <c r="Z11" s="105">
         <v>161</v>
       </c>
       <c r="AA11" s="49">
         <v>124</v>
       </c>
-      <c r="AB11" s="106">
+      <c r="AB11" s="105">
         <v>98</v>
       </c>
       <c r="AC11" s="49">
         <v>110</v>
       </c>
-      <c r="AD11" s="106">
+      <c r="AD11" s="105">
         <v>110</v>
       </c>
-      <c r="AE11" s="106">
+      <c r="AE11" s="105">
         <v>113</v>
       </c>
       <c r="AF11" s="49">
         <v>109</v>
       </c>
-      <c r="AG11" s="106">
+      <c r="AG11" s="105">
         <v>72</v>
       </c>
       <c r="AH11" s="49">
         <v>58</v>
       </c>
-      <c r="AI11" s="106">
+      <c r="AI11" s="105">
         <v>70</v>
       </c>
-      <c r="AJ11" s="99">
+      <c r="AJ11" s="98">
         <v>77</v>
       </c>
-      <c r="AK11" s="106">
+      <c r="AK11" s="105">
         <v>117</v>
       </c>
       <c r="AL11" s="49">
         <v>120</v>
       </c>
-      <c r="AM11" s="106">
+      <c r="AM11" s="105">
         <v>108</v>
       </c>
       <c r="AN11" s="49">
         <v>67</v>
       </c>
-      <c r="AO11" s="102">
+      <c r="AO11" s="101">
         <v>63</v>
       </c>
-      <c r="AP11" s="102">
+      <c r="AP11" s="101">
         <v>148</v>
       </c>
     </row>
     <row r="12" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="93" t="s">
+      <c r="A12" s="92" t="s">
+        <v>78</v>
+      </c>
+      <c r="B12" s="96">
+        <v>159</v>
+      </c>
+      <c r="C12" s="112">
+        <v>182</v>
+      </c>
+      <c r="D12" s="99">
+        <v>161</v>
+      </c>
+      <c r="E12" s="106">
+        <v>132</v>
+      </c>
+      <c r="F12" s="94">
+        <v>269</v>
+      </c>
+      <c r="G12" s="106">
+        <v>201</v>
+      </c>
+      <c r="H12" s="94">
+        <v>201</v>
+      </c>
+      <c r="I12" s="106">
+        <v>241</v>
+      </c>
+      <c r="J12" s="94">
+        <v>278</v>
+      </c>
+      <c r="K12" s="106">
+        <v>153</v>
+      </c>
+      <c r="L12" s="99">
+        <v>139</v>
+      </c>
+      <c r="M12" s="94">
+        <v>183</v>
+      </c>
+      <c r="N12" s="94">
+        <v>233</v>
+      </c>
+      <c r="O12" s="94">
+        <v>278</v>
+      </c>
+      <c r="P12" s="94">
+        <v>196</v>
+      </c>
+      <c r="Q12" s="102">
+        <v>139</v>
+      </c>
+      <c r="R12" s="106">
+        <v>224</v>
+      </c>
+      <c r="S12" s="94">
+        <v>178</v>
+      </c>
+      <c r="T12" s="106">
+        <v>164</v>
+      </c>
+      <c r="U12" s="106">
+        <v>126</v>
+      </c>
+      <c r="V12" s="94">
+        <v>124</v>
+      </c>
+      <c r="W12" s="106">
+        <v>137</v>
+      </c>
+      <c r="X12" s="94">
+        <v>147</v>
+      </c>
+      <c r="Y12" s="102">
+        <v>211</v>
+      </c>
+      <c r="Z12" s="106">
+        <v>221</v>
+      </c>
+      <c r="AA12" s="94">
+        <v>172</v>
+      </c>
+      <c r="AB12" s="106">
+        <v>144</v>
+      </c>
+      <c r="AC12" s="94">
+        <v>173</v>
+      </c>
+      <c r="AD12" s="106">
+        <v>140</v>
+      </c>
+      <c r="AE12" s="106">
+        <v>141</v>
+      </c>
+      <c r="AF12" s="94">
+        <v>90</v>
+      </c>
+      <c r="AG12" s="106">
+        <v>122</v>
+      </c>
+      <c r="AH12" s="94">
+        <v>123</v>
+      </c>
+      <c r="AI12" s="106">
+        <v>129</v>
+      </c>
+      <c r="AJ12" s="99">
+        <v>111</v>
+      </c>
+      <c r="AK12" s="106">
+        <v>153</v>
+      </c>
+      <c r="AL12" s="94">
+        <v>247</v>
+      </c>
+      <c r="AM12" s="106">
+        <v>116</v>
+      </c>
+      <c r="AN12" s="94">
+        <v>161</v>
+      </c>
+      <c r="AO12" s="102">
+        <v>252</v>
+      </c>
+      <c r="AP12" s="102">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="13" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="83" t="s">
         <v>79</v>
       </c>
-      <c r="B12" s="97">
-[...127 lines deleted...]
-      <c r="B13" s="96">
+      <c r="B13" s="95">
         <v>88</v>
       </c>
-      <c r="C13" s="112">
+      <c r="C13" s="111">
         <v>89</v>
       </c>
-      <c r="D13" s="99">
+      <c r="D13" s="98">
         <v>114</v>
       </c>
-      <c r="E13" s="106">
+      <c r="E13" s="105">
         <v>81</v>
       </c>
       <c r="F13" s="49">
         <v>129</v>
       </c>
-      <c r="G13" s="106">
+      <c r="G13" s="105">
         <v>109</v>
       </c>
       <c r="H13" s="49">
         <v>95</v>
       </c>
-      <c r="I13" s="106">
+      <c r="I13" s="105">
         <v>97</v>
       </c>
       <c r="J13" s="49">
         <v>126</v>
       </c>
-      <c r="K13" s="106">
+      <c r="K13" s="105">
         <v>104</v>
       </c>
-      <c r="L13" s="99">
+      <c r="L13" s="98">
         <v>103</v>
       </c>
       <c r="M13" s="49">
         <v>163</v>
       </c>
       <c r="N13" s="49">
         <v>156</v>
       </c>
       <c r="O13" s="49">
         <v>154</v>
       </c>
       <c r="P13" s="49">
         <v>118</v>
       </c>
-      <c r="Q13" s="102">
+      <c r="Q13" s="101">
         <v>123</v>
       </c>
-      <c r="R13" s="106">
+      <c r="R13" s="105">
         <v>81</v>
       </c>
       <c r="S13" s="49">
         <v>133</v>
       </c>
-      <c r="T13" s="106">
+      <c r="T13" s="105">
         <v>136</v>
       </c>
-      <c r="U13" s="106">
+      <c r="U13" s="105">
         <v>80</v>
       </c>
       <c r="V13" s="49">
         <v>49</v>
       </c>
-      <c r="W13" s="106">
+      <c r="W13" s="105">
         <v>158</v>
       </c>
       <c r="X13" s="49">
         <v>92</v>
       </c>
-      <c r="Y13" s="102">
+      <c r="Y13" s="101">
         <v>97</v>
       </c>
-      <c r="Z13" s="106">
+      <c r="Z13" s="105">
         <v>119</v>
       </c>
       <c r="AA13" s="49">
         <v>139</v>
       </c>
-      <c r="AB13" s="106">
+      <c r="AB13" s="105">
         <v>102</v>
       </c>
       <c r="AC13" s="49">
         <v>144</v>
       </c>
-      <c r="AD13" s="106">
+      <c r="AD13" s="105">
         <v>129</v>
       </c>
-      <c r="AE13" s="106">
+      <c r="AE13" s="105">
         <v>73</v>
       </c>
       <c r="AF13" s="49">
         <v>73</v>
       </c>
-      <c r="AG13" s="106">
+      <c r="AG13" s="105">
         <v>110</v>
       </c>
       <c r="AH13" s="49">
         <v>97</v>
       </c>
-      <c r="AI13" s="106">
+      <c r="AI13" s="105">
         <v>104</v>
       </c>
-      <c r="AJ13" s="99">
+      <c r="AJ13" s="98">
         <v>103</v>
       </c>
-      <c r="AK13" s="106">
+      <c r="AK13" s="105">
         <v>103</v>
       </c>
       <c r="AL13" s="49">
         <v>107</v>
       </c>
-      <c r="AM13" s="106">
+      <c r="AM13" s="105">
         <v>83</v>
       </c>
       <c r="AN13" s="49">
         <v>61</v>
       </c>
-      <c r="AO13" s="102">
+      <c r="AO13" s="101">
         <v>53</v>
       </c>
-      <c r="AP13" s="102">
+      <c r="AP13" s="101">
         <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="93" t="s">
+      <c r="A14" s="92" t="s">
         <v>28</v>
       </c>
-      <c r="B14" s="97">
+      <c r="B14" s="96">
         <v>211</v>
       </c>
-      <c r="C14" s="113">
+      <c r="C14" s="112">
         <v>245</v>
       </c>
-      <c r="D14" s="100">
+      <c r="D14" s="99">
         <v>158</v>
       </c>
-      <c r="E14" s="107">
+      <c r="E14" s="106">
         <v>192</v>
       </c>
-      <c r="F14" s="95">
+      <c r="F14" s="94">
         <v>218</v>
       </c>
-      <c r="G14" s="107">
+      <c r="G14" s="106">
         <v>151</v>
       </c>
-      <c r="H14" s="95">
+      <c r="H14" s="94">
         <v>131</v>
       </c>
-      <c r="I14" s="107">
+      <c r="I14" s="106">
         <v>245</v>
       </c>
-      <c r="J14" s="95">
+      <c r="J14" s="94">
         <v>200</v>
       </c>
-      <c r="K14" s="107">
+      <c r="K14" s="106">
         <v>160</v>
       </c>
-      <c r="L14" s="100">
+      <c r="L14" s="99">
         <v>184</v>
       </c>
-      <c r="M14" s="95">
+      <c r="M14" s="94">
         <v>179</v>
       </c>
-      <c r="N14" s="95">
+      <c r="N14" s="94">
         <v>290</v>
       </c>
-      <c r="O14" s="95">
+      <c r="O14" s="94">
         <v>203</v>
       </c>
-      <c r="P14" s="95">
+      <c r="P14" s="94">
         <v>165</v>
       </c>
-      <c r="Q14" s="103">
+      <c r="Q14" s="102">
         <v>141</v>
       </c>
-      <c r="R14" s="107">
+      <c r="R14" s="106">
         <v>173</v>
       </c>
-      <c r="S14" s="95">
+      <c r="S14" s="94">
         <v>210</v>
       </c>
-      <c r="T14" s="107">
+      <c r="T14" s="106">
         <v>149</v>
       </c>
-      <c r="U14" s="107">
+      <c r="U14" s="106">
         <v>130</v>
       </c>
-      <c r="V14" s="95">
+      <c r="V14" s="94">
         <v>98</v>
       </c>
-      <c r="W14" s="107">
+      <c r="W14" s="106">
         <v>162</v>
       </c>
-      <c r="X14" s="95">
+      <c r="X14" s="94">
         <v>144</v>
       </c>
-      <c r="Y14" s="103">
+      <c r="Y14" s="102">
         <v>176</v>
       </c>
-      <c r="Z14" s="107">
+      <c r="Z14" s="106">
         <v>195</v>
       </c>
-      <c r="AA14" s="95">
+      <c r="AA14" s="94">
         <v>211</v>
       </c>
-      <c r="AB14" s="107">
+      <c r="AB14" s="106">
         <v>90</v>
       </c>
-      <c r="AC14" s="95">
+      <c r="AC14" s="94">
         <v>228</v>
       </c>
-      <c r="AD14" s="107">
+      <c r="AD14" s="106">
         <v>147</v>
       </c>
-      <c r="AE14" s="107">
+      <c r="AE14" s="106">
         <v>133</v>
       </c>
-      <c r="AF14" s="95">
+      <c r="AF14" s="94">
         <v>92</v>
       </c>
-      <c r="AG14" s="107">
+      <c r="AG14" s="106">
         <v>95</v>
       </c>
-      <c r="AH14" s="95">
+      <c r="AH14" s="94">
         <v>193</v>
       </c>
-      <c r="AI14" s="107">
+      <c r="AI14" s="106">
         <v>126</v>
       </c>
-      <c r="AJ14" s="100">
+      <c r="AJ14" s="99">
         <v>81</v>
       </c>
-      <c r="AK14" s="107">
+      <c r="AK14" s="106">
         <v>89</v>
       </c>
-      <c r="AL14" s="95">
+      <c r="AL14" s="94">
         <v>147</v>
       </c>
-      <c r="AM14" s="107">
+      <c r="AM14" s="106">
         <v>128</v>
       </c>
-      <c r="AN14" s="95">
+      <c r="AN14" s="94">
         <v>148</v>
       </c>
-      <c r="AO14" s="103">
+      <c r="AO14" s="102">
         <v>155</v>
       </c>
-      <c r="AP14" s="103">
+      <c r="AP14" s="102">
         <v>165</v>
       </c>
     </row>
     <row r="15" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="84" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="96">
+      <c r="A15" s="83" t="s">
+        <v>80</v>
+      </c>
+      <c r="B15" s="95">
         <v>176</v>
       </c>
-      <c r="C15" s="112">
+      <c r="C15" s="111">
         <v>179</v>
       </c>
-      <c r="D15" s="99">
+      <c r="D15" s="98">
         <v>131</v>
       </c>
-      <c r="E15" s="106">
+      <c r="E15" s="105">
         <v>153</v>
       </c>
       <c r="F15" s="49">
         <v>190</v>
       </c>
-      <c r="G15" s="106">
+      <c r="G15" s="105">
         <v>238</v>
       </c>
       <c r="H15" s="49">
         <v>144</v>
       </c>
-      <c r="I15" s="106">
+      <c r="I15" s="105">
         <v>180</v>
       </c>
       <c r="J15" s="49">
         <v>239</v>
       </c>
-      <c r="K15" s="106">
+      <c r="K15" s="105">
         <v>211</v>
       </c>
-      <c r="L15" s="99">
+      <c r="L15" s="98">
         <v>134</v>
       </c>
       <c r="M15" s="49">
         <v>172</v>
       </c>
       <c r="N15" s="49">
         <v>247</v>
       </c>
       <c r="O15" s="49">
         <v>175</v>
       </c>
       <c r="P15" s="49">
         <v>147</v>
       </c>
-      <c r="Q15" s="102">
+      <c r="Q15" s="101">
         <v>152</v>
       </c>
-      <c r="R15" s="106">
+      <c r="R15" s="105">
         <v>156</v>
       </c>
       <c r="S15" s="49">
         <v>163</v>
       </c>
-      <c r="T15" s="106">
+      <c r="T15" s="105">
         <v>132</v>
       </c>
-      <c r="U15" s="106">
+      <c r="U15" s="105">
         <v>187</v>
       </c>
       <c r="V15" s="49">
         <v>136</v>
       </c>
-      <c r="W15" s="106">
+      <c r="W15" s="105">
         <v>169</v>
       </c>
       <c r="X15" s="49">
         <v>193</v>
       </c>
-      <c r="Y15" s="102">
+      <c r="Y15" s="101">
         <v>249</v>
       </c>
-      <c r="Z15" s="106">
+      <c r="Z15" s="105">
         <v>220</v>
       </c>
       <c r="AA15" s="49">
         <v>232</v>
       </c>
-      <c r="AB15" s="106">
+      <c r="AB15" s="105">
         <v>144</v>
       </c>
       <c r="AC15" s="49">
         <v>286</v>
       </c>
-      <c r="AD15" s="106">
+      <c r="AD15" s="105">
         <v>209</v>
       </c>
-      <c r="AE15" s="106">
+      <c r="AE15" s="105">
         <v>132</v>
       </c>
       <c r="AF15" s="49">
         <v>104</v>
       </c>
-      <c r="AG15" s="106">
+      <c r="AG15" s="105">
         <v>146</v>
       </c>
       <c r="AH15" s="49">
         <v>146</v>
       </c>
-      <c r="AI15" s="106">
+      <c r="AI15" s="105">
         <v>133</v>
       </c>
-      <c r="AJ15" s="99">
+      <c r="AJ15" s="98">
         <v>139</v>
       </c>
-      <c r="AK15" s="106">
+      <c r="AK15" s="105">
         <v>114</v>
       </c>
       <c r="AL15" s="49">
         <v>144</v>
       </c>
-      <c r="AM15" s="106">
+      <c r="AM15" s="105">
         <v>120</v>
       </c>
       <c r="AN15" s="49">
         <v>178</v>
       </c>
-      <c r="AO15" s="102">
+      <c r="AO15" s="101">
         <v>76</v>
       </c>
-      <c r="AP15" s="102">
+      <c r="AP15" s="101">
         <v>197</v>
       </c>
     </row>
     <row r="16" spans="1:42" ht="15" x14ac:dyDescent="0.25">
-      <c r="A16" s="90" t="s">
+      <c r="A16" s="89" t="s">
+        <v>81</v>
+      </c>
+      <c r="B16" s="97">
+        <v>1426</v>
+      </c>
+      <c r="C16" s="107">
+        <v>1605</v>
+      </c>
+      <c r="D16" s="100">
+        <v>1280</v>
+      </c>
+      <c r="E16" s="107">
+        <v>1407</v>
+      </c>
+      <c r="F16" s="90">
+        <v>1815</v>
+      </c>
+      <c r="G16" s="107">
+        <v>1667</v>
+      </c>
+      <c r="H16" s="90">
+        <v>1542</v>
+      </c>
+      <c r="I16" s="107">
+        <v>1703</v>
+      </c>
+      <c r="J16" s="90">
+        <v>2135</v>
+      </c>
+      <c r="K16" s="107">
+        <v>1525</v>
+      </c>
+      <c r="L16" s="100">
+        <v>1315</v>
+      </c>
+      <c r="M16" s="90">
+        <v>1756</v>
+      </c>
+      <c r="N16" s="90">
+        <v>2278</v>
+      </c>
+      <c r="O16" s="90">
+        <v>1968</v>
+      </c>
+      <c r="P16" s="90">
+        <v>1653</v>
+      </c>
+      <c r="Q16" s="97">
+        <v>1545</v>
+      </c>
+      <c r="R16" s="107">
+        <v>1731</v>
+      </c>
+      <c r="S16" s="90">
+        <v>1715</v>
+      </c>
+      <c r="T16" s="107">
+        <v>1470</v>
+      </c>
+      <c r="U16" s="107">
+        <v>1356</v>
+      </c>
+      <c r="V16" s="90">
+        <v>1057</v>
+      </c>
+      <c r="W16" s="107">
+        <v>1436</v>
+      </c>
+      <c r="X16" s="90">
+        <v>1407</v>
+      </c>
+      <c r="Y16" s="97">
+        <v>1866</v>
+      </c>
+      <c r="Z16" s="107">
+        <v>1994</v>
+      </c>
+      <c r="AA16" s="90">
+        <v>1808</v>
+      </c>
+      <c r="AB16" s="107">
+        <v>1314</v>
+      </c>
+      <c r="AC16" s="90">
+        <v>1788</v>
+      </c>
+      <c r="AD16" s="107">
+        <v>1585</v>
+      </c>
+      <c r="AE16" s="107">
+        <v>1374</v>
+      </c>
+      <c r="AF16" s="91">
+        <v>1003</v>
+      </c>
+      <c r="AG16" s="108">
+        <v>1026</v>
+      </c>
+      <c r="AH16" s="90">
+        <v>1342</v>
+      </c>
+      <c r="AI16" s="107">
+        <v>1180</v>
+      </c>
+      <c r="AJ16" s="104">
+        <v>1406</v>
+      </c>
+      <c r="AK16" s="108">
+        <v>1361</v>
+      </c>
+      <c r="AL16" s="90">
+        <v>1519</v>
+      </c>
+      <c r="AM16" s="107">
+        <v>1364</v>
+      </c>
+      <c r="AN16" s="91">
+        <v>1403</v>
+      </c>
+      <c r="AO16" s="103">
+        <v>1469</v>
+      </c>
+      <c r="AP16" s="103">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="17" spans="1:28" x14ac:dyDescent="0.2">
+      <c r="A17" s="113" t="s">
+        <v>62</v>
+      </c>
+      <c r="B17" s="86"/>
+      <c r="C17" s="86"/>
+      <c r="L17" s="87"/>
+      <c r="M17" s="87"/>
+    </row>
+    <row r="18" spans="1:28" x14ac:dyDescent="0.2">
+      <c r="A18" s="114"/>
+      <c r="B18" s="88" t="s">
         <v>82</v>
-      </c>
-[...136 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="19" spans="1:28" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A19" s="6" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="C19" s="22"/>
       <c r="AB19" s="6" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="20" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A20" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="21" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A21" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A22" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A23" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="U3:X3"/>
     <mergeCell ref="Y3:AB3"/>
     <mergeCell ref="AC3:AF3"/>
     <mergeCell ref="AG3:AJ3"/>
     <mergeCell ref="AK3:AN3"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:H3"/>
     <mergeCell ref="I3:L3"/>
     <mergeCell ref="M3:P3"/>
     <mergeCell ref="Q3:T3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B18" r:id="rId1" xr:uid="{4F7D807E-0B57-4797-A743-851F3039321E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0C6CB8B3-5135-4410-A4D7-EF01DCE8EA98}">
   <dimension ref="A1:AP23"/>
   <sheetViews>
     <sheetView topLeftCell="AC1" workbookViewId="0">
       <selection activeCell="AC1" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="35.5703125" style="1" customWidth="1"/>
     <col min="2" max="41" width="9.85546875" style="1" customWidth="1"/>
     <col min="42" max="42" width="10.85546875" style="1" customWidth="1"/>
     <col min="43" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:42" s="245" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-        <v>305</v>
+    <row r="1" spans="1:42" s="244" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="247"/>
+      <c r="B1" s="247"/>
+      <c r="C1" s="247"/>
+      <c r="D1" s="247"/>
+      <c r="E1" s="248"/>
+      <c r="K1" s="249"/>
+      <c r="AB1" s="250"/>
+      <c r="AC1" s="250" t="s">
+        <v>304</v>
       </c>
     </row>
     <row r="2" spans="1:42" ht="15" x14ac:dyDescent="0.25">
-      <c r="B2" s="80"/>
-[...3 lines deleted...]
-      <c r="K2" s="82"/>
+      <c r="B2" s="79"/>
+      <c r="C2" s="79"/>
+      <c r="D2" s="79"/>
+      <c r="E2" s="80"/>
+      <c r="K2" s="81"/>
     </row>
     <row r="3" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="118"/>
-      <c r="B3" s="277">
+      <c r="A3" s="117"/>
+      <c r="B3" s="290">
         <v>2015</v>
       </c>
-      <c r="C3" s="278"/>
-[...1 lines deleted...]
-      <c r="E3" s="277">
+      <c r="C3" s="291"/>
+      <c r="D3" s="292"/>
+      <c r="E3" s="290">
         <v>2016</v>
       </c>
-      <c r="F3" s="278"/>
-[...2 lines deleted...]
-      <c r="I3" s="280">
+      <c r="F3" s="291"/>
+      <c r="G3" s="291"/>
+      <c r="H3" s="292"/>
+      <c r="I3" s="293">
         <v>2017</v>
       </c>
-      <c r="J3" s="278"/>
-[...2 lines deleted...]
-      <c r="M3" s="277">
+      <c r="J3" s="291"/>
+      <c r="K3" s="291"/>
+      <c r="L3" s="291"/>
+      <c r="M3" s="290">
         <v>2018</v>
       </c>
-      <c r="N3" s="278"/>
-[...2 lines deleted...]
-      <c r="Q3" s="280">
+      <c r="N3" s="291"/>
+      <c r="O3" s="291"/>
+      <c r="P3" s="292"/>
+      <c r="Q3" s="293">
         <v>2019</v>
       </c>
-      <c r="R3" s="278"/>
-[...2 lines deleted...]
-      <c r="U3" s="280">
+      <c r="R3" s="291"/>
+      <c r="S3" s="291"/>
+      <c r="T3" s="292"/>
+      <c r="U3" s="293">
         <v>2020</v>
       </c>
-      <c r="V3" s="278"/>
-[...2 lines deleted...]
-      <c r="Y3" s="277">
+      <c r="V3" s="291"/>
+      <c r="W3" s="291"/>
+      <c r="X3" s="291"/>
+      <c r="Y3" s="290">
         <v>2021</v>
       </c>
-      <c r="Z3" s="278"/>
-[...2 lines deleted...]
-      <c r="AC3" s="280">
+      <c r="Z3" s="291"/>
+      <c r="AA3" s="291"/>
+      <c r="AB3" s="292"/>
+      <c r="AC3" s="293">
         <v>2022</v>
       </c>
-      <c r="AD3" s="278"/>
-[...2 lines deleted...]
-      <c r="AG3" s="281">
+      <c r="AD3" s="291"/>
+      <c r="AE3" s="291"/>
+      <c r="AF3" s="291"/>
+      <c r="AG3" s="294">
         <v>2023</v>
       </c>
-      <c r="AH3" s="278"/>
-[...2 lines deleted...]
-      <c r="AK3" s="282">
+      <c r="AH3" s="291"/>
+      <c r="AI3" s="291"/>
+      <c r="AJ3" s="292"/>
+      <c r="AK3" s="295">
         <v>2024</v>
       </c>
-      <c r="AL3" s="278"/>
-[...2 lines deleted...]
-      <c r="AO3" s="119">
+      <c r="AL3" s="291"/>
+      <c r="AM3" s="291"/>
+      <c r="AN3" s="291"/>
+      <c r="AO3" s="118">
         <v>2025</v>
       </c>
-      <c r="AP3" s="119"/>
+      <c r="AP3" s="118"/>
     </row>
     <row r="4" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="120" t="s">
+      <c r="A4" s="119" t="s">
+        <v>67</v>
+      </c>
+      <c r="B4" s="120" t="s">
         <v>68</v>
       </c>
-      <c r="B4" s="121" t="s">
+      <c r="C4" s="121" t="s">
         <v>69</v>
       </c>
-      <c r="C4" s="122" t="s">
+      <c r="D4" s="122" t="s">
         <v>70</v>
       </c>
-      <c r="D4" s="123" t="s">
+      <c r="E4" s="123" t="s">
         <v>71</v>
       </c>
-      <c r="E4" s="124" t="s">
+      <c r="F4" s="121" t="s">
+        <v>68</v>
+      </c>
+      <c r="G4" s="121" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" s="122" t="s">
+        <v>70</v>
+      </c>
+      <c r="I4" s="125" t="s">
+        <v>71</v>
+      </c>
+      <c r="J4" s="121" t="s">
+        <v>68</v>
+      </c>
+      <c r="K4" s="121" t="s">
+        <v>69</v>
+      </c>
+      <c r="L4" s="125" t="s">
+        <v>70</v>
+      </c>
+      <c r="M4" s="123" t="s">
+        <v>71</v>
+      </c>
+      <c r="N4" s="124" t="s">
+        <v>68</v>
+      </c>
+      <c r="O4" s="121" t="s">
+        <v>69</v>
+      </c>
+      <c r="P4" s="126" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q4" s="124" t="s">
+        <v>71</v>
+      </c>
+      <c r="R4" s="121" t="s">
+        <v>68</v>
+      </c>
+      <c r="S4" s="124" t="s">
+        <v>69</v>
+      </c>
+      <c r="T4" s="121" t="s">
+        <v>70</v>
+      </c>
+      <c r="U4" s="126" t="s">
+        <v>71</v>
+      </c>
+      <c r="V4" s="124" t="s">
+        <v>68</v>
+      </c>
+      <c r="W4" s="121" t="s">
+        <v>69</v>
+      </c>
+      <c r="X4" s="124" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y4" s="120" t="s">
+        <v>71</v>
+      </c>
+      <c r="Z4" s="121" t="s">
+        <v>68</v>
+      </c>
+      <c r="AA4" s="124" t="s">
+        <v>69</v>
+      </c>
+      <c r="AB4" s="121" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC4" s="121" t="s">
+        <v>71</v>
+      </c>
+      <c r="AD4" s="124" t="s">
+        <v>68</v>
+      </c>
+      <c r="AE4" s="121" t="s">
+        <v>69</v>
+      </c>
+      <c r="AF4" s="124" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG4" s="123" t="s">
+        <v>71</v>
+      </c>
+      <c r="AH4" s="124" t="s">
+        <v>68</v>
+      </c>
+      <c r="AI4" s="121" t="s">
+        <v>69</v>
+      </c>
+      <c r="AJ4" s="126" t="s">
+        <v>70</v>
+      </c>
+      <c r="AK4" s="125" t="s">
+        <v>71</v>
+      </c>
+      <c r="AL4" s="121" t="s">
+        <v>68</v>
+      </c>
+      <c r="AM4" s="124" t="s">
+        <v>69</v>
+      </c>
+      <c r="AN4" s="121" t="s">
+        <v>70</v>
+      </c>
+      <c r="AO4" s="127" t="s">
+        <v>71</v>
+      </c>
+      <c r="AP4" s="121" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="5" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="83" t="s">
         <v>72</v>
       </c>
-      <c r="F4" s="122" t="s">
-[...115 lines deleted...]
-      <c r="B5" s="96">
+      <c r="B5" s="95">
         <v>92</v>
       </c>
-      <c r="C5" s="112">
+      <c r="C5" s="111">
         <v>115</v>
       </c>
-      <c r="D5" s="99">
+      <c r="D5" s="98">
         <v>98</v>
       </c>
-      <c r="E5" s="102">
+      <c r="E5" s="101">
         <v>77</v>
       </c>
-      <c r="F5" s="110">
+      <c r="F5" s="109">
         <v>99</v>
       </c>
-      <c r="G5" s="106">
+      <c r="G5" s="105">
         <v>106</v>
       </c>
-      <c r="H5" s="99">
+      <c r="H5" s="98">
         <v>91</v>
       </c>
       <c r="I5" s="49">
         <v>127</v>
       </c>
-      <c r="J5" s="106">
+      <c r="J5" s="105">
         <v>117</v>
       </c>
-      <c r="K5" s="106">
+      <c r="K5" s="105">
         <v>107</v>
       </c>
       <c r="L5" s="49">
         <v>167</v>
       </c>
-      <c r="M5" s="106">
+      <c r="M5" s="105">
         <v>144</v>
       </c>
       <c r="N5" s="49">
         <v>129</v>
       </c>
-      <c r="O5" s="106">
+      <c r="O5" s="105">
         <v>96</v>
       </c>
-      <c r="P5" s="99">
+      <c r="P5" s="98">
         <v>174</v>
       </c>
       <c r="Q5" s="49">
         <v>169</v>
       </c>
-      <c r="R5" s="106">
+      <c r="R5" s="105">
         <v>130</v>
       </c>
       <c r="S5" s="49">
         <v>145</v>
       </c>
-      <c r="T5" s="106">
+      <c r="T5" s="105">
         <v>161</v>
       </c>
-      <c r="U5" s="111">
+      <c r="U5" s="110">
         <v>98</v>
       </c>
       <c r="V5" s="49">
         <v>60</v>
       </c>
-      <c r="W5" s="106">
+      <c r="W5" s="105">
         <v>123</v>
       </c>
       <c r="X5" s="49">
         <v>150</v>
       </c>
-      <c r="Y5" s="102">
+      <c r="Y5" s="101">
         <v>136</v>
       </c>
-      <c r="Z5" s="106">
+      <c r="Z5" s="105">
         <v>155</v>
       </c>
       <c r="AA5" s="49">
         <v>152</v>
       </c>
-      <c r="AB5" s="106">
+      <c r="AB5" s="105">
         <v>170</v>
       </c>
-      <c r="AC5" s="106">
+      <c r="AC5" s="105">
         <v>171</v>
       </c>
       <c r="AD5" s="49">
         <v>179</v>
       </c>
-      <c r="AE5" s="106">
+      <c r="AE5" s="105">
         <v>174</v>
       </c>
       <c r="AF5" s="49">
         <v>202</v>
       </c>
-      <c r="AG5" s="106">
+      <c r="AG5" s="105">
         <v>155</v>
       </c>
       <c r="AH5" s="49">
         <v>166</v>
       </c>
-      <c r="AI5" s="110">
+      <c r="AI5" s="109">
         <v>127</v>
       </c>
-      <c r="AJ5" s="99">
+      <c r="AJ5" s="98">
         <v>139</v>
       </c>
       <c r="AK5" s="49">
         <v>122</v>
       </c>
-      <c r="AL5" s="106">
+      <c r="AL5" s="105">
         <v>158</v>
       </c>
       <c r="AM5" s="49">
         <v>133</v>
       </c>
-      <c r="AN5" s="106">
+      <c r="AN5" s="105">
         <v>120</v>
       </c>
-      <c r="AO5" s="102">
+      <c r="AO5" s="101">
         <v>113</v>
       </c>
-      <c r="AP5" s="102">
+      <c r="AP5" s="101">
         <v>128</v>
       </c>
     </row>
     <row r="6" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="93" t="s">
+      <c r="A6" s="92" t="s">
+        <v>73</v>
+      </c>
+      <c r="B6" s="96">
+        <v>87</v>
+      </c>
+      <c r="C6" s="112">
+        <v>112</v>
+      </c>
+      <c r="D6" s="99">
+        <v>110</v>
+      </c>
+      <c r="E6" s="102">
+        <v>131</v>
+      </c>
+      <c r="F6" s="106">
+        <v>143</v>
+      </c>
+      <c r="G6" s="106">
+        <v>106</v>
+      </c>
+      <c r="H6" s="99">
+        <v>135</v>
+      </c>
+      <c r="I6" s="94">
+        <v>100</v>
+      </c>
+      <c r="J6" s="106">
+        <v>139</v>
+      </c>
+      <c r="K6" s="106">
+        <v>128</v>
+      </c>
+      <c r="L6" s="94">
+        <v>101</v>
+      </c>
+      <c r="M6" s="106">
+        <v>178</v>
+      </c>
+      <c r="N6" s="94">
+        <v>201</v>
+      </c>
+      <c r="O6" s="106">
+        <v>126</v>
+      </c>
+      <c r="P6" s="99">
+        <v>144</v>
+      </c>
+      <c r="Q6" s="94">
+        <v>134</v>
+      </c>
+      <c r="R6" s="106">
+        <v>136</v>
+      </c>
+      <c r="S6" s="94">
+        <v>162</v>
+      </c>
+      <c r="T6" s="106">
+        <v>177</v>
+      </c>
+      <c r="U6" s="99">
+        <v>192</v>
+      </c>
+      <c r="V6" s="94">
+        <v>80</v>
+      </c>
+      <c r="W6" s="106">
+        <v>146</v>
+      </c>
+      <c r="X6" s="94">
+        <v>230</v>
+      </c>
+      <c r="Y6" s="102">
+        <v>158</v>
+      </c>
+      <c r="Z6" s="106">
+        <v>164</v>
+      </c>
+      <c r="AA6" s="94">
+        <v>114</v>
+      </c>
+      <c r="AB6" s="106">
+        <v>118</v>
+      </c>
+      <c r="AC6" s="106">
+        <v>143</v>
+      </c>
+      <c r="AD6" s="94">
+        <v>132</v>
+      </c>
+      <c r="AE6" s="106">
+        <v>128</v>
+      </c>
+      <c r="AF6" s="94">
+        <v>133</v>
+      </c>
+      <c r="AG6" s="106">
+        <v>84</v>
+      </c>
+      <c r="AH6" s="94">
+        <v>122</v>
+      </c>
+      <c r="AI6" s="106">
+        <v>140</v>
+      </c>
+      <c r="AJ6" s="99">
+        <v>109</v>
+      </c>
+      <c r="AK6" s="94">
+        <v>94</v>
+      </c>
+      <c r="AL6" s="106">
+        <v>91</v>
+      </c>
+      <c r="AM6" s="94">
+        <v>96</v>
+      </c>
+      <c r="AN6" s="106">
+        <v>126</v>
+      </c>
+      <c r="AO6" s="102">
+        <v>97</v>
+      </c>
+      <c r="AP6" s="102">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="7" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="83" t="s">
         <v>74</v>
       </c>
-      <c r="B6" s="97">
-[...32 lines deleted...]
-      <c r="M6" s="107">
+      <c r="B7" s="95">
+        <v>172</v>
+      </c>
+      <c r="C7" s="111">
+        <v>206</v>
+      </c>
+      <c r="D7" s="98">
+        <v>207</v>
+      </c>
+      <c r="E7" s="101">
+        <v>205</v>
+      </c>
+      <c r="F7" s="105">
+        <v>207</v>
+      </c>
+      <c r="G7" s="105">
         <v>178</v>
       </c>
-      <c r="N6" s="95">
-[...109 lines deleted...]
-      <c r="H7" s="99">
+      <c r="H7" s="98">
         <v>248</v>
       </c>
       <c r="I7" s="49">
         <v>206</v>
       </c>
-      <c r="J7" s="106">
+      <c r="J7" s="105">
         <v>234</v>
       </c>
-      <c r="K7" s="106">
+      <c r="K7" s="105">
         <v>197</v>
       </c>
       <c r="L7" s="49">
         <v>252</v>
       </c>
-      <c r="M7" s="106">
+      <c r="M7" s="105">
         <v>204</v>
       </c>
       <c r="N7" s="49">
         <v>286</v>
       </c>
-      <c r="O7" s="106">
+      <c r="O7" s="105">
         <v>254</v>
       </c>
-      <c r="P7" s="99">
+      <c r="P7" s="98">
         <v>310</v>
       </c>
       <c r="Q7" s="49">
         <v>228</v>
       </c>
-      <c r="R7" s="106">
+      <c r="R7" s="105">
         <v>261</v>
       </c>
       <c r="S7" s="49">
         <v>262</v>
       </c>
-      <c r="T7" s="106">
+      <c r="T7" s="105">
         <v>289</v>
       </c>
-      <c r="U7" s="99">
+      <c r="U7" s="98">
         <v>255</v>
       </c>
       <c r="V7" s="49">
         <v>114</v>
       </c>
-      <c r="W7" s="106">
+      <c r="W7" s="105">
         <v>215</v>
       </c>
       <c r="X7" s="49">
         <v>223</v>
       </c>
-      <c r="Y7" s="102">
+      <c r="Y7" s="101">
         <v>243</v>
       </c>
-      <c r="Z7" s="106">
+      <c r="Z7" s="105">
         <v>274</v>
       </c>
       <c r="AA7" s="49">
         <v>286</v>
       </c>
-      <c r="AB7" s="106">
+      <c r="AB7" s="105">
         <v>273</v>
       </c>
-      <c r="AC7" s="106">
+      <c r="AC7" s="105">
         <v>202</v>
       </c>
       <c r="AD7" s="49">
         <v>269</v>
       </c>
-      <c r="AE7" s="106">
+      <c r="AE7" s="105">
         <v>239</v>
       </c>
       <c r="AF7" s="49">
         <v>226</v>
       </c>
-      <c r="AG7" s="106">
+      <c r="AG7" s="105">
         <v>160</v>
       </c>
       <c r="AH7" s="49">
         <v>202</v>
       </c>
-      <c r="AI7" s="106">
+      <c r="AI7" s="105">
         <v>163</v>
       </c>
-      <c r="AJ7" s="99">
+      <c r="AJ7" s="98">
         <v>220</v>
       </c>
       <c r="AK7" s="49">
         <v>231</v>
       </c>
-      <c r="AL7" s="106">
+      <c r="AL7" s="105">
         <v>215</v>
       </c>
       <c r="AM7" s="49">
         <v>197</v>
       </c>
-      <c r="AN7" s="106">
+      <c r="AN7" s="105">
         <v>239</v>
       </c>
-      <c r="AO7" s="102">
+      <c r="AO7" s="101">
         <v>182</v>
       </c>
-      <c r="AP7" s="102">
+      <c r="AP7" s="101">
         <v>222</v>
       </c>
     </row>
     <row r="8" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="93" t="s">
+      <c r="A8" s="92" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="97">
+      <c r="B8" s="96">
         <v>90</v>
       </c>
-      <c r="C8" s="113">
+      <c r="C8" s="112">
         <v>67</v>
       </c>
-      <c r="D8" s="100">
+      <c r="D8" s="99">
         <v>89</v>
       </c>
-      <c r="E8" s="103">
+      <c r="E8" s="102">
         <v>75</v>
       </c>
-      <c r="F8" s="107">
+      <c r="F8" s="106">
         <v>65</v>
       </c>
-      <c r="G8" s="107">
+      <c r="G8" s="106">
         <v>83</v>
       </c>
-      <c r="H8" s="100">
+      <c r="H8" s="99">
         <v>109</v>
       </c>
-      <c r="I8" s="95">
+      <c r="I8" s="94">
         <v>62</v>
       </c>
-      <c r="J8" s="107">
+      <c r="J8" s="106">
         <v>72</v>
       </c>
-      <c r="K8" s="107">
+      <c r="K8" s="106">
         <v>83</v>
       </c>
-      <c r="L8" s="95">
+      <c r="L8" s="94">
         <v>98</v>
       </c>
-      <c r="M8" s="107">
+      <c r="M8" s="106">
         <v>87</v>
       </c>
-      <c r="N8" s="95">
+      <c r="N8" s="94">
         <v>98</v>
       </c>
-      <c r="O8" s="107">
+      <c r="O8" s="106">
         <v>65</v>
       </c>
-      <c r="P8" s="100">
+      <c r="P8" s="99">
         <v>138</v>
       </c>
-      <c r="Q8" s="95">
+      <c r="Q8" s="94">
         <v>253</v>
       </c>
-      <c r="R8" s="107">
+      <c r="R8" s="106">
         <v>136</v>
       </c>
-      <c r="S8" s="95">
+      <c r="S8" s="94">
         <v>73</v>
       </c>
-      <c r="T8" s="107">
+      <c r="T8" s="106">
         <v>107</v>
       </c>
-      <c r="U8" s="100">
+      <c r="U8" s="99">
         <v>153</v>
       </c>
-      <c r="V8" s="95">
+      <c r="V8" s="94">
         <v>64</v>
       </c>
-      <c r="W8" s="107">
+      <c r="W8" s="106">
         <v>154</v>
       </c>
-      <c r="X8" s="95">
+      <c r="X8" s="94">
         <v>153</v>
       </c>
-      <c r="Y8" s="103">
+      <c r="Y8" s="102">
         <v>201</v>
       </c>
-      <c r="Z8" s="107">
+      <c r="Z8" s="106">
         <v>181</v>
       </c>
-      <c r="AA8" s="95">
+      <c r="AA8" s="94">
         <v>115</v>
       </c>
-      <c r="AB8" s="107">
+      <c r="AB8" s="106">
         <v>107</v>
       </c>
-      <c r="AC8" s="107">
+      <c r="AC8" s="106">
         <v>108</v>
       </c>
-      <c r="AD8" s="95">
+      <c r="AD8" s="94">
         <v>126</v>
       </c>
-      <c r="AE8" s="107">
+      <c r="AE8" s="106">
         <v>125</v>
       </c>
-      <c r="AF8" s="95">
+      <c r="AF8" s="94">
         <v>124</v>
       </c>
-      <c r="AG8" s="107">
+      <c r="AG8" s="106">
         <v>54</v>
       </c>
-      <c r="AH8" s="95">
+      <c r="AH8" s="94">
         <v>70</v>
       </c>
-      <c r="AI8" s="107">
+      <c r="AI8" s="106">
         <v>60</v>
       </c>
-      <c r="AJ8" s="100">
+      <c r="AJ8" s="99">
         <v>179</v>
       </c>
-      <c r="AK8" s="95">
+      <c r="AK8" s="94">
         <v>35</v>
       </c>
-      <c r="AL8" s="107">
+      <c r="AL8" s="106">
         <v>154</v>
       </c>
-      <c r="AM8" s="95">
+      <c r="AM8" s="94">
         <v>56</v>
       </c>
-      <c r="AN8" s="107">
+      <c r="AN8" s="106">
         <v>41</v>
       </c>
-      <c r="AO8" s="103">
+      <c r="AO8" s="102">
         <v>39</v>
       </c>
-      <c r="AP8" s="103">
+      <c r="AP8" s="102">
         <v>95</v>
       </c>
     </row>
     <row r="9" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="84" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="96">
+      <c r="A9" s="83" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" s="95">
         <v>109</v>
       </c>
-      <c r="C9" s="112">
+      <c r="C9" s="111">
         <v>117</v>
       </c>
-      <c r="D9" s="99">
+      <c r="D9" s="98">
         <v>145</v>
       </c>
-      <c r="E9" s="102">
+      <c r="E9" s="101">
         <v>138</v>
       </c>
-      <c r="F9" s="106">
+      <c r="F9" s="105">
         <v>127</v>
       </c>
-      <c r="G9" s="106">
+      <c r="G9" s="105">
         <v>116</v>
       </c>
-      <c r="H9" s="99">
+      <c r="H9" s="98">
         <v>137</v>
       </c>
       <c r="I9" s="49">
         <v>103</v>
       </c>
-      <c r="J9" s="106">
+      <c r="J9" s="105">
         <v>154</v>
       </c>
-      <c r="K9" s="106">
+      <c r="K9" s="105">
         <v>116</v>
       </c>
       <c r="L9" s="49">
         <v>169</v>
       </c>
-      <c r="M9" s="106">
+      <c r="M9" s="105">
         <v>109</v>
       </c>
       <c r="N9" s="49">
         <v>158</v>
       </c>
-      <c r="O9" s="106">
+      <c r="O9" s="105">
         <v>141</v>
       </c>
-      <c r="P9" s="99">
+      <c r="P9" s="98">
         <v>154</v>
       </c>
       <c r="Q9" s="49">
         <v>102</v>
       </c>
-      <c r="R9" s="106">
+      <c r="R9" s="105">
         <v>160</v>
       </c>
       <c r="S9" s="49">
         <v>154</v>
       </c>
-      <c r="T9" s="106">
+      <c r="T9" s="105">
         <v>193</v>
       </c>
-      <c r="U9" s="99">
+      <c r="U9" s="98">
         <v>109</v>
       </c>
       <c r="V9" s="49">
         <v>53</v>
       </c>
-      <c r="W9" s="106">
+      <c r="W9" s="105">
         <v>142</v>
       </c>
       <c r="X9" s="49">
         <v>198</v>
       </c>
-      <c r="Y9" s="102">
+      <c r="Y9" s="101">
         <v>112</v>
       </c>
-      <c r="Z9" s="106">
+      <c r="Z9" s="105">
         <v>130</v>
       </c>
       <c r="AA9" s="49">
         <v>113</v>
       </c>
-      <c r="AB9" s="106">
+      <c r="AB9" s="105">
         <v>139</v>
       </c>
-      <c r="AC9" s="106">
+      <c r="AC9" s="105">
         <v>89</v>
       </c>
       <c r="AD9" s="49">
         <v>126</v>
       </c>
-      <c r="AE9" s="106">
+      <c r="AE9" s="105">
         <v>121</v>
       </c>
       <c r="AF9" s="49">
         <v>116</v>
       </c>
-      <c r="AG9" s="106">
+      <c r="AG9" s="105">
         <v>51</v>
       </c>
       <c r="AH9" s="49">
         <v>108</v>
       </c>
-      <c r="AI9" s="106">
+      <c r="AI9" s="105">
         <v>75</v>
       </c>
-      <c r="AJ9" s="99">
+      <c r="AJ9" s="98">
         <v>69</v>
       </c>
       <c r="AK9" s="49">
         <v>81</v>
       </c>
-      <c r="AL9" s="106">
+      <c r="AL9" s="105">
         <v>84</v>
       </c>
       <c r="AM9" s="49">
         <v>84</v>
       </c>
-      <c r="AN9" s="106">
+      <c r="AN9" s="105">
         <v>123</v>
       </c>
-      <c r="AO9" s="102">
+      <c r="AO9" s="101">
         <v>145</v>
       </c>
-      <c r="AP9" s="102">
+      <c r="AP9" s="101">
         <v>62</v>
       </c>
     </row>
     <row r="10" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="93" t="s">
+      <c r="A10" s="92" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" s="96">
+        <v>72</v>
+      </c>
+      <c r="C10" s="112">
+        <v>63</v>
+      </c>
+      <c r="D10" s="99">
+        <v>46</v>
+      </c>
+      <c r="E10" s="102">
+        <v>81</v>
+      </c>
+      <c r="F10" s="106">
+        <v>82</v>
+      </c>
+      <c r="G10" s="106">
+        <v>44</v>
+      </c>
+      <c r="H10" s="99">
+        <v>70</v>
+      </c>
+      <c r="I10" s="94">
+        <v>75</v>
+      </c>
+      <c r="J10" s="106">
+        <v>65</v>
+      </c>
+      <c r="K10" s="106">
+        <v>94</v>
+      </c>
+      <c r="L10" s="94">
+        <v>118</v>
+      </c>
+      <c r="M10" s="106">
+        <v>89</v>
+      </c>
+      <c r="N10" s="94">
+        <v>89</v>
+      </c>
+      <c r="O10" s="106">
+        <v>95</v>
+      </c>
+      <c r="P10" s="99">
+        <v>100</v>
+      </c>
+      <c r="Q10" s="94">
+        <v>138</v>
+      </c>
+      <c r="R10" s="106">
+        <v>66</v>
+      </c>
+      <c r="S10" s="94">
+        <v>97</v>
+      </c>
+      <c r="T10" s="106">
+        <v>106</v>
+      </c>
+      <c r="U10" s="99">
+        <v>90</v>
+      </c>
+      <c r="V10" s="94">
+        <v>43</v>
+      </c>
+      <c r="W10" s="106">
+        <v>66</v>
+      </c>
+      <c r="X10" s="94">
+        <v>130</v>
+      </c>
+      <c r="Y10" s="102">
+        <v>83</v>
+      </c>
+      <c r="Z10" s="106">
+        <v>93</v>
+      </c>
+      <c r="AA10" s="94">
+        <v>117</v>
+      </c>
+      <c r="AB10" s="106">
+        <v>88</v>
+      </c>
+      <c r="AC10" s="106">
+        <v>61</v>
+      </c>
+      <c r="AD10" s="94">
+        <v>83</v>
+      </c>
+      <c r="AE10" s="106">
+        <v>92</v>
+      </c>
+      <c r="AF10" s="94">
+        <v>100</v>
+      </c>
+      <c r="AG10" s="106">
+        <v>69</v>
+      </c>
+      <c r="AH10" s="94">
+        <v>67</v>
+      </c>
+      <c r="AI10" s="106">
+        <v>61</v>
+      </c>
+      <c r="AJ10" s="99">
+        <v>91</v>
+      </c>
+      <c r="AK10" s="94">
+        <v>60</v>
+      </c>
+      <c r="AL10" s="106">
+        <v>85</v>
+      </c>
+      <c r="AM10" s="94">
+        <v>73</v>
+      </c>
+      <c r="AN10" s="106">
+        <v>96</v>
+      </c>
+      <c r="AO10" s="102">
+        <v>103</v>
+      </c>
+      <c r="AP10" s="102">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="83" t="s">
         <v>77</v>
       </c>
-      <c r="B10" s="97">
-[...17 lines deleted...]
-      <c r="H10" s="100">
+      <c r="B11" s="95">
+        <v>78</v>
+      </c>
+      <c r="C11" s="111">
+        <v>68</v>
+      </c>
+      <c r="D11" s="98">
+        <v>79</v>
+      </c>
+      <c r="E11" s="101">
         <v>70</v>
       </c>
-      <c r="I10" s="95">
-[...71 lines deleted...]
-      <c r="AG10" s="107">
+      <c r="F11" s="105">
+        <v>57</v>
+      </c>
+      <c r="G11" s="105">
         <v>69</v>
       </c>
-      <c r="AH10" s="95">
-[...49 lines deleted...]
-      <c r="H11" s="99">
+      <c r="H11" s="98">
         <v>77</v>
       </c>
       <c r="I11" s="49">
         <v>64</v>
       </c>
-      <c r="J11" s="106">
+      <c r="J11" s="105">
         <v>73</v>
       </c>
-      <c r="K11" s="106">
+      <c r="K11" s="105">
         <v>93</v>
       </c>
       <c r="L11" s="49">
         <v>106</v>
       </c>
-      <c r="M11" s="106">
+      <c r="M11" s="105">
         <v>84</v>
       </c>
       <c r="N11" s="49">
         <v>93</v>
       </c>
-      <c r="O11" s="106">
+      <c r="O11" s="105">
         <v>110</v>
       </c>
-      <c r="P11" s="99">
+      <c r="P11" s="98">
         <v>90</v>
       </c>
       <c r="Q11" s="49">
         <v>100</v>
       </c>
-      <c r="R11" s="106">
+      <c r="R11" s="105">
         <v>118</v>
       </c>
       <c r="S11" s="49">
         <v>88</v>
       </c>
-      <c r="T11" s="106">
+      <c r="T11" s="105">
         <v>123</v>
       </c>
-      <c r="U11" s="99">
+      <c r="U11" s="98">
         <v>61</v>
       </c>
       <c r="V11" s="49">
         <v>64</v>
       </c>
-      <c r="W11" s="106">
+      <c r="W11" s="105">
         <v>98</v>
       </c>
       <c r="X11" s="49">
         <v>65</v>
       </c>
-      <c r="Y11" s="102">
+      <c r="Y11" s="101">
         <v>62</v>
       </c>
-      <c r="Z11" s="106">
+      <c r="Z11" s="105">
         <v>74</v>
       </c>
       <c r="AA11" s="49">
         <v>119</v>
       </c>
-      <c r="AB11" s="106">
+      <c r="AB11" s="105">
         <v>98</v>
       </c>
-      <c r="AC11" s="106">
+      <c r="AC11" s="105">
         <v>39</v>
       </c>
       <c r="AD11" s="49">
         <v>91</v>
       </c>
-      <c r="AE11" s="106">
+      <c r="AE11" s="105">
         <v>100</v>
       </c>
       <c r="AF11" s="49">
         <v>112</v>
       </c>
-      <c r="AG11" s="106">
+      <c r="AG11" s="105">
         <v>67</v>
       </c>
       <c r="AH11" s="49">
         <v>76</v>
       </c>
-      <c r="AI11" s="106">
+      <c r="AI11" s="105">
         <v>76</v>
       </c>
-      <c r="AJ11" s="99">
+      <c r="AJ11" s="98">
         <v>76</v>
       </c>
       <c r="AK11" s="49">
         <v>72</v>
       </c>
-      <c r="AL11" s="106">
+      <c r="AL11" s="105">
         <v>92</v>
       </c>
       <c r="AM11" s="49">
         <v>83</v>
       </c>
-      <c r="AN11" s="106">
+      <c r="AN11" s="105">
         <v>122</v>
       </c>
-      <c r="AO11" s="102">
+      <c r="AO11" s="101">
         <v>98</v>
       </c>
-      <c r="AP11" s="102">
+      <c r="AP11" s="101">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="93" t="s">
+      <c r="A12" s="92" t="s">
+        <v>78</v>
+      </c>
+      <c r="B12" s="96">
+        <v>184</v>
+      </c>
+      <c r="C12" s="112">
+        <v>150</v>
+      </c>
+      <c r="D12" s="99">
+        <v>159</v>
+      </c>
+      <c r="E12" s="102">
+        <v>190</v>
+      </c>
+      <c r="F12" s="106">
+        <v>164</v>
+      </c>
+      <c r="G12" s="106">
+        <v>148</v>
+      </c>
+      <c r="H12" s="99">
+        <v>220</v>
+      </c>
+      <c r="I12" s="94">
+        <v>147</v>
+      </c>
+      <c r="J12" s="106">
+        <v>171</v>
+      </c>
+      <c r="K12" s="106">
+        <v>165</v>
+      </c>
+      <c r="L12" s="94">
+        <v>209</v>
+      </c>
+      <c r="M12" s="106">
+        <v>140</v>
+      </c>
+      <c r="N12" s="94">
+        <v>204</v>
+      </c>
+      <c r="O12" s="106">
+        <v>189</v>
+      </c>
+      <c r="P12" s="99">
+        <v>178</v>
+      </c>
+      <c r="Q12" s="94">
+        <v>175</v>
+      </c>
+      <c r="R12" s="106">
+        <v>223</v>
+      </c>
+      <c r="S12" s="94">
+        <v>190</v>
+      </c>
+      <c r="T12" s="106">
+        <v>189</v>
+      </c>
+      <c r="U12" s="99">
+        <v>164</v>
+      </c>
+      <c r="V12" s="94">
+        <v>46</v>
+      </c>
+      <c r="W12" s="106">
+        <v>167</v>
+      </c>
+      <c r="X12" s="94">
+        <v>223</v>
+      </c>
+      <c r="Y12" s="102">
+        <v>208</v>
+      </c>
+      <c r="Z12" s="106">
+        <v>218</v>
+      </c>
+      <c r="AA12" s="94">
+        <v>171</v>
+      </c>
+      <c r="AB12" s="106">
+        <v>178</v>
+      </c>
+      <c r="AC12" s="106">
+        <v>155</v>
+      </c>
+      <c r="AD12" s="94">
+        <v>169</v>
+      </c>
+      <c r="AE12" s="106">
+        <v>152</v>
+      </c>
+      <c r="AF12" s="94">
+        <v>203</v>
+      </c>
+      <c r="AG12" s="106">
+        <v>78</v>
+      </c>
+      <c r="AH12" s="94">
+        <v>110</v>
+      </c>
+      <c r="AI12" s="106">
+        <v>140</v>
+      </c>
+      <c r="AJ12" s="99">
+        <v>94</v>
+      </c>
+      <c r="AK12" s="94">
+        <v>100</v>
+      </c>
+      <c r="AL12" s="106">
+        <v>146</v>
+      </c>
+      <c r="AM12" s="94">
+        <v>98</v>
+      </c>
+      <c r="AN12" s="106">
+        <v>193</v>
+      </c>
+      <c r="AO12" s="102">
+        <v>159</v>
+      </c>
+      <c r="AP12" s="102">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="13" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="83" t="s">
         <v>79</v>
       </c>
-      <c r="B12" s="97">
-[...110 lines deleted...]
-      <c r="AM12" s="95">
+      <c r="B13" s="95">
         <v>98</v>
       </c>
-      <c r="AN12" s="107">
-[...16 lines deleted...]
-      <c r="C13" s="112">
+      <c r="C13" s="111">
         <v>91</v>
       </c>
-      <c r="D13" s="99">
+      <c r="D13" s="98">
         <v>71</v>
       </c>
-      <c r="E13" s="102">
+      <c r="E13" s="101">
         <v>77</v>
       </c>
-      <c r="F13" s="106">
+      <c r="F13" s="105">
         <v>62</v>
       </c>
-      <c r="G13" s="106">
+      <c r="G13" s="105">
         <v>106</v>
       </c>
-      <c r="H13" s="99">
+      <c r="H13" s="98">
         <v>87</v>
       </c>
       <c r="I13" s="49">
         <v>85</v>
       </c>
-      <c r="J13" s="106">
+      <c r="J13" s="105">
         <v>69</v>
       </c>
-      <c r="K13" s="106">
+      <c r="K13" s="105">
         <v>69</v>
       </c>
       <c r="L13" s="49">
         <v>94</v>
       </c>
-      <c r="M13" s="106">
+      <c r="M13" s="105">
         <v>108</v>
       </c>
       <c r="N13" s="49">
         <v>68</v>
       </c>
-      <c r="O13" s="106">
+      <c r="O13" s="105">
         <v>123</v>
       </c>
-      <c r="P13" s="99">
+      <c r="P13" s="98">
         <v>179</v>
       </c>
       <c r="Q13" s="49">
         <v>119</v>
       </c>
-      <c r="R13" s="106">
+      <c r="R13" s="105">
         <v>57</v>
       </c>
       <c r="S13" s="49">
         <v>97</v>
       </c>
-      <c r="T13" s="106">
+      <c r="T13" s="105">
         <v>133</v>
       </c>
-      <c r="U13" s="99">
+      <c r="U13" s="98">
         <v>86</v>
       </c>
       <c r="V13" s="49">
         <v>51</v>
       </c>
-      <c r="W13" s="106">
+      <c r="W13" s="105">
         <v>119</v>
       </c>
       <c r="X13" s="49">
         <v>182</v>
       </c>
-      <c r="Y13" s="102">
+      <c r="Y13" s="101">
         <v>99</v>
       </c>
-      <c r="Z13" s="106">
+      <c r="Z13" s="105">
         <v>121</v>
       </c>
       <c r="AA13" s="49">
         <v>122</v>
       </c>
-      <c r="AB13" s="106">
+      <c r="AB13" s="105">
         <v>101</v>
       </c>
-      <c r="AC13" s="106">
+      <c r="AC13" s="105">
         <v>120</v>
       </c>
       <c r="AD13" s="49">
         <v>107</v>
       </c>
-      <c r="AE13" s="106">
+      <c r="AE13" s="105">
         <v>70</v>
       </c>
       <c r="AF13" s="49">
         <v>115</v>
       </c>
-      <c r="AG13" s="106">
+      <c r="AG13" s="105">
         <v>102</v>
       </c>
       <c r="AH13" s="49">
         <v>121</v>
       </c>
-      <c r="AI13" s="106">
+      <c r="AI13" s="105">
         <v>68</v>
       </c>
-      <c r="AJ13" s="99">
+      <c r="AJ13" s="98">
         <v>90</v>
       </c>
       <c r="AK13" s="49">
         <v>68</v>
       </c>
-      <c r="AL13" s="106">
+      <c r="AL13" s="105">
         <v>116</v>
       </c>
       <c r="AM13" s="49">
         <v>100</v>
       </c>
-      <c r="AN13" s="106">
+      <c r="AN13" s="105">
         <v>128</v>
       </c>
-      <c r="AO13" s="102">
+      <c r="AO13" s="101">
         <v>86</v>
       </c>
-      <c r="AP13" s="102">
+      <c r="AP13" s="101">
         <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="93" t="s">
+      <c r="A14" s="92" t="s">
         <v>28</v>
       </c>
-      <c r="B14" s="97">
+      <c r="B14" s="96">
         <v>136</v>
       </c>
-      <c r="C14" s="113">
+      <c r="C14" s="112">
         <v>129</v>
       </c>
-      <c r="D14" s="100">
+      <c r="D14" s="99">
         <v>176</v>
       </c>
-      <c r="E14" s="103">
+      <c r="E14" s="102">
         <v>142</v>
       </c>
-      <c r="F14" s="107">
+      <c r="F14" s="106">
         <v>163</v>
       </c>
-      <c r="G14" s="107">
+      <c r="G14" s="106">
         <v>169</v>
       </c>
-      <c r="H14" s="100">
+      <c r="H14" s="99">
         <v>181</v>
       </c>
-      <c r="I14" s="95">
+      <c r="I14" s="94">
         <v>151</v>
       </c>
-      <c r="J14" s="107">
+      <c r="J14" s="106">
         <v>154</v>
       </c>
-      <c r="K14" s="107">
+      <c r="K14" s="106">
         <v>140</v>
       </c>
-      <c r="L14" s="95">
+      <c r="L14" s="94">
         <v>183</v>
       </c>
-      <c r="M14" s="107">
+      <c r="M14" s="106">
         <v>174</v>
       </c>
-      <c r="N14" s="95">
+      <c r="N14" s="94">
         <v>183</v>
       </c>
-      <c r="O14" s="107">
+      <c r="O14" s="106">
         <v>164</v>
       </c>
-      <c r="P14" s="100">
+      <c r="P14" s="99">
         <v>229</v>
       </c>
-      <c r="Q14" s="95">
+      <c r="Q14" s="94">
         <v>179</v>
       </c>
-      <c r="R14" s="107">
+      <c r="R14" s="106">
         <v>197</v>
       </c>
-      <c r="S14" s="95">
+      <c r="S14" s="94">
         <v>193</v>
       </c>
-      <c r="T14" s="107">
+      <c r="T14" s="106">
         <v>180</v>
       </c>
-      <c r="U14" s="100">
+      <c r="U14" s="99">
         <v>227</v>
       </c>
-      <c r="V14" s="95">
+      <c r="V14" s="94">
         <v>50</v>
       </c>
-      <c r="W14" s="107">
+      <c r="W14" s="106">
         <v>161</v>
       </c>
-      <c r="X14" s="95">
+      <c r="X14" s="94">
         <v>174</v>
       </c>
-      <c r="Y14" s="103">
+      <c r="Y14" s="102">
         <v>166</v>
       </c>
-      <c r="Z14" s="107">
+      <c r="Z14" s="106">
         <v>140</v>
       </c>
-      <c r="AA14" s="95">
+      <c r="AA14" s="94">
         <v>152</v>
       </c>
-      <c r="AB14" s="107">
+      <c r="AB14" s="106">
         <v>138</v>
       </c>
-      <c r="AC14" s="107">
+      <c r="AC14" s="106">
         <v>124</v>
       </c>
-      <c r="AD14" s="95">
+      <c r="AD14" s="94">
         <v>118</v>
       </c>
-      <c r="AE14" s="107">
+      <c r="AE14" s="106">
         <v>115</v>
       </c>
-      <c r="AF14" s="95">
+      <c r="AF14" s="94">
         <v>155</v>
       </c>
-      <c r="AG14" s="107">
+      <c r="AG14" s="106">
         <v>127</v>
       </c>
-      <c r="AH14" s="95">
+      <c r="AH14" s="94">
         <v>112</v>
       </c>
-      <c r="AI14" s="107">
+      <c r="AI14" s="106">
         <v>125</v>
       </c>
-      <c r="AJ14" s="100">
+      <c r="AJ14" s="99">
         <v>106</v>
       </c>
-      <c r="AK14" s="95">
+      <c r="AK14" s="94">
         <v>103</v>
       </c>
-      <c r="AL14" s="107">
+      <c r="AL14" s="106">
         <v>71</v>
       </c>
-      <c r="AM14" s="95">
+      <c r="AM14" s="94">
         <v>139</v>
       </c>
-      <c r="AN14" s="107">
+      <c r="AN14" s="106">
         <v>101</v>
       </c>
-      <c r="AO14" s="103">
+      <c r="AO14" s="102">
         <v>121</v>
       </c>
-      <c r="AP14" s="103">
+      <c r="AP14" s="102">
         <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="84" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="96">
+      <c r="A15" s="83" t="s">
+        <v>80</v>
+      </c>
+      <c r="B15" s="95">
         <v>109</v>
       </c>
-      <c r="C15" s="112">
+      <c r="C15" s="111">
         <v>105</v>
       </c>
-      <c r="D15" s="99">
+      <c r="D15" s="98">
         <v>121</v>
       </c>
-      <c r="E15" s="102">
+      <c r="E15" s="101">
         <v>115</v>
       </c>
-      <c r="F15" s="106">
+      <c r="F15" s="105">
         <v>184</v>
       </c>
-      <c r="G15" s="106">
+      <c r="G15" s="105">
         <v>158</v>
       </c>
-      <c r="H15" s="99">
+      <c r="H15" s="98">
         <v>124</v>
       </c>
       <c r="I15" s="49">
         <v>125</v>
       </c>
-      <c r="J15" s="106">
+      <c r="J15" s="105">
         <v>150</v>
       </c>
-      <c r="K15" s="106">
+      <c r="K15" s="105">
         <v>151</v>
       </c>
       <c r="L15" s="49">
         <v>184</v>
       </c>
-      <c r="M15" s="106">
+      <c r="M15" s="105">
         <v>145</v>
       </c>
       <c r="N15" s="49">
         <v>180</v>
       </c>
-      <c r="O15" s="106">
+      <c r="O15" s="105">
         <v>163</v>
       </c>
-      <c r="P15" s="99">
+      <c r="P15" s="98">
         <v>210</v>
       </c>
       <c r="Q15" s="49">
         <v>151</v>
       </c>
-      <c r="R15" s="106">
+      <c r="R15" s="105">
         <v>147</v>
       </c>
       <c r="S15" s="49">
         <v>138</v>
       </c>
-      <c r="T15" s="106">
+      <c r="T15" s="105">
         <v>142</v>
       </c>
-      <c r="U15" s="99">
+      <c r="U15" s="98">
         <v>136</v>
       </c>
       <c r="V15" s="49">
         <v>50</v>
       </c>
-      <c r="W15" s="106">
+      <c r="W15" s="105">
         <v>177</v>
       </c>
       <c r="X15" s="49">
         <v>191</v>
       </c>
-      <c r="Y15" s="102">
+      <c r="Y15" s="101">
         <v>158</v>
       </c>
-      <c r="Z15" s="106">
+      <c r="Z15" s="105">
         <v>180</v>
       </c>
       <c r="AA15" s="49">
         <v>171</v>
       </c>
-      <c r="AB15" s="106">
+      <c r="AB15" s="105">
         <v>211</v>
       </c>
-      <c r="AC15" s="106">
+      <c r="AC15" s="105">
         <v>165</v>
       </c>
       <c r="AD15" s="49">
         <v>149</v>
       </c>
-      <c r="AE15" s="106">
+      <c r="AE15" s="105">
         <v>151</v>
       </c>
       <c r="AF15" s="49">
         <v>181</v>
       </c>
-      <c r="AG15" s="106">
+      <c r="AG15" s="105">
         <v>129</v>
       </c>
       <c r="AH15" s="49">
         <v>117</v>
       </c>
-      <c r="AI15" s="106">
+      <c r="AI15" s="105">
         <v>111</v>
       </c>
-      <c r="AJ15" s="99">
+      <c r="AJ15" s="98">
         <v>135</v>
       </c>
       <c r="AK15" s="49">
         <v>120</v>
       </c>
-      <c r="AL15" s="106">
+      <c r="AL15" s="105">
         <v>130</v>
       </c>
       <c r="AM15" s="49">
         <v>134</v>
       </c>
-      <c r="AN15" s="106">
+      <c r="AN15" s="105">
         <v>141</v>
       </c>
-      <c r="AO15" s="102">
+      <c r="AO15" s="101">
         <v>105</v>
       </c>
-      <c r="AP15" s="102">
+      <c r="AP15" s="101">
         <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="129" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="98">
+      <c r="A16" s="128" t="s">
+        <v>81</v>
+      </c>
+      <c r="B16" s="97">
         <v>1227</v>
       </c>
-      <c r="C16" s="108">
+      <c r="C16" s="107">
         <v>1223</v>
       </c>
-      <c r="D16" s="101">
+      <c r="D16" s="100">
         <v>1301</v>
       </c>
-      <c r="E16" s="98">
+      <c r="E16" s="97">
         <v>1301</v>
       </c>
-      <c r="F16" s="108">
+      <c r="F16" s="107">
         <v>1353</v>
       </c>
-      <c r="G16" s="108">
+      <c r="G16" s="107">
         <v>1283</v>
       </c>
-      <c r="H16" s="101">
+      <c r="H16" s="100">
         <v>1479</v>
       </c>
-      <c r="I16" s="91">
+      <c r="I16" s="90">
         <v>1245</v>
       </c>
-      <c r="J16" s="108">
+      <c r="J16" s="107">
         <v>1398</v>
       </c>
-      <c r="K16" s="108">
+      <c r="K16" s="107">
         <v>1343</v>
       </c>
-      <c r="L16" s="91">
+      <c r="L16" s="90">
         <v>1681</v>
       </c>
-      <c r="M16" s="108">
+      <c r="M16" s="107">
         <v>1462</v>
       </c>
-      <c r="N16" s="91">
+      <c r="N16" s="90">
         <v>1689</v>
       </c>
-      <c r="O16" s="108">
+      <c r="O16" s="107">
         <v>1526</v>
       </c>
-      <c r="P16" s="101">
+      <c r="P16" s="100">
         <v>1906</v>
       </c>
-      <c r="Q16" s="91">
+      <c r="Q16" s="90">
         <v>1748</v>
       </c>
-      <c r="R16" s="108">
+      <c r="R16" s="107">
         <v>1631</v>
       </c>
-      <c r="S16" s="91">
+      <c r="S16" s="90">
         <v>1599</v>
       </c>
-      <c r="T16" s="108">
+      <c r="T16" s="107">
         <v>1800</v>
       </c>
-      <c r="U16" s="101">
+      <c r="U16" s="100">
         <v>1571</v>
       </c>
-      <c r="V16" s="91">
+      <c r="V16" s="90">
         <v>675</v>
       </c>
-      <c r="W16" s="108">
+      <c r="W16" s="107">
         <v>1568</v>
       </c>
-      <c r="X16" s="91">
+      <c r="X16" s="90">
         <v>1919</v>
       </c>
-      <c r="Y16" s="98">
+      <c r="Y16" s="97">
         <v>1626</v>
       </c>
-      <c r="Z16" s="108">
+      <c r="Z16" s="107">
         <v>1730</v>
       </c>
-      <c r="AA16" s="91">
+      <c r="AA16" s="90">
         <v>1632</v>
       </c>
-      <c r="AB16" s="108">
+      <c r="AB16" s="107">
         <v>1621</v>
       </c>
-      <c r="AC16" s="108">
+      <c r="AC16" s="107">
         <v>1377</v>
       </c>
-      <c r="AD16" s="91">
+      <c r="AD16" s="90">
         <v>1549</v>
       </c>
-      <c r="AE16" s="108">
+      <c r="AE16" s="107">
         <v>1467</v>
       </c>
-      <c r="AF16" s="92">
+      <c r="AF16" s="91">
         <v>1667</v>
       </c>
-      <c r="AG16" s="109">
+      <c r="AG16" s="108">
         <v>1076</v>
       </c>
-      <c r="AH16" s="91">
+      <c r="AH16" s="90">
         <v>1271</v>
       </c>
-      <c r="AI16" s="108">
+      <c r="AI16" s="107">
         <v>1146</v>
       </c>
-      <c r="AJ16" s="105">
+      <c r="AJ16" s="104">
         <v>1308</v>
       </c>
-      <c r="AK16" s="92">
+      <c r="AK16" s="91">
         <v>1086</v>
       </c>
-      <c r="AL16" s="108">
+      <c r="AL16" s="107">
         <v>1342</v>
       </c>
-      <c r="AM16" s="91">
+      <c r="AM16" s="90">
         <v>1193</v>
       </c>
-      <c r="AN16" s="109">
+      <c r="AN16" s="108">
         <v>1430</v>
       </c>
-      <c r="AO16" s="104">
+      <c r="AO16" s="103">
         <v>1248</v>
       </c>
-      <c r="AP16" s="104">
+      <c r="AP16" s="103">
         <v>1267</v>
       </c>
     </row>
     <row r="17" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="A17" s="83" t="s">
-[...5 lines deleted...]
-      <c r="N17" s="117"/>
+      <c r="A17" s="82" t="s">
+        <v>62</v>
+      </c>
+      <c r="B17" s="82"/>
+      <c r="C17" s="82"/>
+      <c r="L17" s="115"/>
+      <c r="N17" s="116"/>
     </row>
     <row r="18" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A18" s="36" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A19" s="1" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="AC19" s="1" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="20" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A20" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="21" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A21" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A22" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A23" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="Y3:AB3"/>
     <mergeCell ref="AC3:AF3"/>
     <mergeCell ref="AG3:AJ3"/>
     <mergeCell ref="AK3:AN3"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:H3"/>
     <mergeCell ref="I3:L3"/>
     <mergeCell ref="M3:P3"/>
     <mergeCell ref="Q3:T3"/>
     <mergeCell ref="U3:X3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A18" r:id="rId1" xr:uid="{52E7705A-5D7C-4879-9717-9F846E9C28E5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{663C8862-A3ED-4FD9-B65D-BDC9A17EBEF0}">
   <dimension ref="A1:AP58"/>
   <sheetViews>
     <sheetView topLeftCell="A26" workbookViewId="0">
       <pane ySplit="1245" activePane="bottomLeft"/>
       <selection activeCell="D2" sqref="D2"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.7109375" style="1"/>
     <col min="2" max="2" width="37" style="1" customWidth="1"/>
     <col min="3" max="3" width="43.28515625" style="1" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
     </row>
     <row r="3" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="137"/>
-      <c r="B3" s="141" t="s">
+      <c r="A3" s="136"/>
+      <c r="B3" s="140" t="s">
+        <v>122</v>
+      </c>
+      <c r="C3" s="141" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D3" s="49"/>
       <c r="E3" s="49"/>
       <c r="F3" s="49"/>
       <c r="G3" s="49"/>
       <c r="H3" s="49"/>
       <c r="I3" s="49"/>
       <c r="J3" s="49"/>
       <c r="K3" s="49"/>
       <c r="L3" s="49"/>
       <c r="M3" s="49"/>
       <c r="N3" s="49"/>
       <c r="O3" s="49"/>
       <c r="P3" s="49"/>
       <c r="Q3" s="49"/>
       <c r="R3" s="49"/>
       <c r="S3" s="49"/>
       <c r="T3" s="49"/>
       <c r="U3" s="49"/>
       <c r="V3" s="49"/>
       <c r="W3" s="49"/>
       <c r="X3" s="49"/>
       <c r="Y3" s="49"/>
       <c r="Z3" s="49"/>
       <c r="AA3" s="49"/>
       <c r="AB3" s="49"/>
       <c r="AC3" s="49"/>
       <c r="AD3" s="49"/>
       <c r="AE3" s="49"/>
       <c r="AF3" s="49"/>
       <c r="AG3" s="49"/>
       <c r="AH3" s="49"/>
       <c r="AI3" s="49"/>
       <c r="AJ3" s="49"/>
       <c r="AK3" s="49"/>
       <c r="AL3" s="49"/>
       <c r="AM3" s="49"/>
       <c r="AN3" s="49"/>
       <c r="AO3" s="49"/>
       <c r="AP3" s="49"/>
     </row>
     <row r="4" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="85" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="86">
+      <c r="A4" s="84" t="s">
+        <v>83</v>
+      </c>
+      <c r="B4" s="85">
         <v>1426</v>
       </c>
-      <c r="C4" s="86">
+      <c r="C4" s="85">
         <v>1227</v>
       </c>
       <c r="D4" s="49"/>
       <c r="E4" s="49"/>
       <c r="F4" s="49"/>
       <c r="G4" s="49"/>
       <c r="H4" s="49"/>
       <c r="I4" s="49"/>
       <c r="J4" s="49"/>
       <c r="K4" s="49"/>
       <c r="L4" s="49"/>
       <c r="M4" s="49"/>
       <c r="N4" s="49"/>
       <c r="O4" s="49"/>
       <c r="P4" s="49"/>
       <c r="Q4" s="49"/>
       <c r="R4" s="49"/>
       <c r="S4" s="49"/>
       <c r="T4" s="49"/>
       <c r="U4" s="49"/>
       <c r="V4" s="49"/>
       <c r="W4" s="49"/>
       <c r="X4" s="49"/>
       <c r="Y4" s="49"/>
       <c r="Z4" s="49"/>
       <c r="AA4" s="49"/>
       <c r="AB4" s="49"/>
       <c r="AC4" s="49"/>
       <c r="AD4" s="49"/>
       <c r="AE4" s="49"/>
       <c r="AF4" s="49"/>
       <c r="AG4" s="49"/>
       <c r="AH4" s="49"/>
       <c r="AI4" s="49"/>
       <c r="AJ4" s="49"/>
       <c r="AK4" s="49"/>
       <c r="AL4" s="49"/>
       <c r="AM4" s="49"/>
       <c r="AN4" s="49"/>
       <c r="AO4" s="49"/>
       <c r="AP4" s="49"/>
     </row>
     <row r="5" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="132" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="94">
+      <c r="A5" s="131" t="s">
+        <v>84</v>
+      </c>
+      <c r="B5" s="93">
         <v>1605</v>
       </c>
-      <c r="C5" s="94">
+      <c r="C5" s="93">
         <v>1223</v>
       </c>
     </row>
     <row r="6" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="49" t="s">
+        <v>85</v>
+      </c>
+      <c r="B6" s="85">
+        <v>1280</v>
+      </c>
+      <c r="C6" s="85">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="7" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="94" t="s">
         <v>86</v>
       </c>
-      <c r="B6" s="86">
-[...2 lines deleted...]
-      <c r="C6" s="86">
+      <c r="B7" s="93">
+        <v>1407</v>
+      </c>
+      <c r="C7" s="93">
         <v>1301</v>
       </c>
     </row>
-    <row r="7" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="95" t="s">
+    <row r="8" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="134" t="s">
+        <v>124</v>
+      </c>
+      <c r="B8" s="135">
+        <v>5718</v>
+      </c>
+      <c r="C8" s="135">
+        <v>5052</v>
+      </c>
+      <c r="D8" s="85"/>
+      <c r="E8" s="85"/>
+      <c r="F8" s="85"/>
+      <c r="G8" s="85"/>
+      <c r="H8" s="85"/>
+      <c r="I8" s="85"/>
+      <c r="J8" s="85"/>
+      <c r="K8" s="85"/>
+      <c r="L8" s="85"/>
+      <c r="M8" s="85"/>
+      <c r="N8" s="85"/>
+      <c r="O8" s="85"/>
+      <c r="P8" s="85"/>
+      <c r="Q8" s="85"/>
+      <c r="R8" s="85"/>
+      <c r="S8" s="85"/>
+      <c r="T8" s="85"/>
+      <c r="U8" s="85"/>
+      <c r="V8" s="85"/>
+      <c r="W8" s="85"/>
+      <c r="X8" s="85"/>
+      <c r="Y8" s="85"/>
+      <c r="Z8" s="129"/>
+      <c r="AA8" s="129"/>
+      <c r="AB8" s="85"/>
+      <c r="AC8" s="85"/>
+      <c r="AD8" s="129"/>
+      <c r="AE8" s="129"/>
+      <c r="AF8" s="85"/>
+      <c r="AG8" s="85"/>
+      <c r="AH8" s="129"/>
+      <c r="AI8" s="129"/>
+    </row>
+    <row r="9" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="84" t="s">
         <v>87</v>
       </c>
-      <c r="B7" s="94">
-[...50 lines deleted...]
-      <c r="A9" s="85" t="s">
+      <c r="B9" s="85">
+        <v>1815</v>
+      </c>
+      <c r="C9" s="85">
+        <v>1353</v>
+      </c>
+      <c r="D9" s="85"/>
+      <c r="E9" s="85"/>
+      <c r="F9" s="85"/>
+      <c r="G9" s="85"/>
+      <c r="H9" s="85"/>
+      <c r="I9" s="85"/>
+      <c r="J9" s="85"/>
+      <c r="K9" s="85"/>
+      <c r="L9" s="85"/>
+      <c r="M9" s="85"/>
+      <c r="N9" s="85"/>
+      <c r="O9" s="85"/>
+      <c r="P9" s="85"/>
+      <c r="Q9" s="85"/>
+      <c r="R9" s="85"/>
+      <c r="S9" s="85"/>
+      <c r="T9" s="85"/>
+      <c r="U9" s="85"/>
+      <c r="V9" s="85"/>
+      <c r="W9" s="85"/>
+      <c r="X9" s="85"/>
+      <c r="Y9" s="85"/>
+      <c r="Z9" s="129"/>
+      <c r="AA9" s="129"/>
+      <c r="AB9" s="85"/>
+      <c r="AC9" s="85"/>
+      <c r="AD9" s="129"/>
+      <c r="AE9" s="129"/>
+      <c r="AF9" s="85"/>
+      <c r="AG9" s="85"/>
+      <c r="AH9" s="129"/>
+      <c r="AI9" s="129"/>
+    </row>
+    <row r="10" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="131" t="s">
         <v>88</v>
       </c>
-      <c r="B9" s="86">
-[...42 lines deleted...]
-      <c r="B10" s="94">
+      <c r="B10" s="93">
         <v>1667</v>
       </c>
-      <c r="C10" s="94">
+      <c r="C10" s="93">
         <v>1283</v>
       </c>
-      <c r="D10" s="86"/>
-[...37 lines deleted...]
-      <c r="AP10" s="130"/>
+      <c r="D10" s="85"/>
+      <c r="E10" s="85"/>
+      <c r="F10" s="85"/>
+      <c r="G10" s="85"/>
+      <c r="H10" s="85"/>
+      <c r="I10" s="85"/>
+      <c r="J10" s="85"/>
+      <c r="K10" s="85"/>
+      <c r="L10" s="85"/>
+      <c r="M10" s="85"/>
+      <c r="N10" s="85"/>
+      <c r="O10" s="85"/>
+      <c r="P10" s="85"/>
+      <c r="Q10" s="85"/>
+      <c r="R10" s="85"/>
+      <c r="S10" s="85"/>
+      <c r="T10" s="85"/>
+      <c r="U10" s="85"/>
+      <c r="V10" s="85"/>
+      <c r="W10" s="85"/>
+      <c r="X10" s="85"/>
+      <c r="Y10" s="85"/>
+      <c r="Z10" s="85"/>
+      <c r="AA10" s="85"/>
+      <c r="AB10" s="85"/>
+      <c r="AC10" s="85"/>
+      <c r="AD10" s="85"/>
+      <c r="AE10" s="85"/>
+      <c r="AF10" s="85"/>
+      <c r="AG10" s="129"/>
+      <c r="AH10" s="129"/>
+      <c r="AI10" s="85"/>
+      <c r="AJ10" s="85"/>
+      <c r="AK10" s="129"/>
+      <c r="AL10" s="129"/>
+      <c r="AM10" s="85"/>
+      <c r="AN10" s="85"/>
+      <c r="AO10" s="129"/>
+      <c r="AP10" s="129"/>
     </row>
     <row r="11" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="49" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="B11" s="86">
+        <v>89</v>
+      </c>
+      <c r="B11" s="85">
         <v>1542</v>
       </c>
-      <c r="C11" s="86">
+      <c r="C11" s="85">
         <v>1479</v>
       </c>
       <c r="D11" s="49"/>
       <c r="E11" s="49"/>
       <c r="F11" s="49"/>
       <c r="G11" s="49"/>
       <c r="H11" s="49"/>
       <c r="I11" s="49"/>
       <c r="J11" s="49"/>
       <c r="K11" s="49"/>
       <c r="L11" s="49"/>
       <c r="M11" s="49"/>
       <c r="N11" s="49"/>
       <c r="O11" s="49"/>
       <c r="P11" s="49"/>
       <c r="Q11" s="49"/>
       <c r="R11" s="49"/>
       <c r="S11" s="49"/>
       <c r="T11" s="49"/>
       <c r="U11" s="49"/>
       <c r="V11" s="49"/>
       <c r="W11" s="49"/>
       <c r="X11" s="49"/>
       <c r="Y11" s="49"/>
       <c r="Z11" s="49"/>
       <c r="AA11" s="49"/>
       <c r="AB11" s="49"/>
       <c r="AC11" s="49"/>
       <c r="AD11" s="49"/>
       <c r="AE11" s="49"/>
       <c r="AF11" s="49"/>
       <c r="AG11" s="49"/>
       <c r="AH11" s="49"/>
       <c r="AI11" s="49"/>
       <c r="AJ11" s="49"/>
       <c r="AK11" s="49"/>
       <c r="AL11" s="49"/>
       <c r="AM11" s="49"/>
       <c r="AN11" s="49"/>
       <c r="AO11" s="49"/>
       <c r="AP11" s="49"/>
     </row>
     <row r="12" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="95" t="s">
-[...2 lines deleted...]
-      <c r="B12" s="94">
+      <c r="A12" s="94" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" s="93">
         <v>1703</v>
       </c>
-      <c r="C12" s="94">
+      <c r="C12" s="93">
         <v>1245</v>
       </c>
       <c r="M12" s="49"/>
       <c r="N12" s="49"/>
       <c r="O12" s="49"/>
       <c r="P12" s="49"/>
       <c r="Q12" s="49"/>
       <c r="R12" s="49"/>
       <c r="S12" s="49"/>
       <c r="T12" s="49"/>
       <c r="U12" s="49"/>
       <c r="V12" s="49"/>
       <c r="W12" s="49"/>
       <c r="X12" s="49"/>
       <c r="Y12" s="49"/>
       <c r="Z12" s="49"/>
       <c r="AA12" s="49"/>
       <c r="AB12" s="49"/>
       <c r="AC12" s="49"/>
       <c r="AD12" s="49"/>
       <c r="AE12" s="49"/>
       <c r="AF12" s="49"/>
       <c r="AG12" s="49"/>
       <c r="AH12" s="49"/>
       <c r="AI12" s="49"/>
       <c r="AJ12" s="49"/>
       <c r="AK12" s="49"/>
       <c r="AL12" s="49"/>
       <c r="AM12" s="49"/>
       <c r="AN12" s="49"/>
       <c r="AO12" s="49"/>
       <c r="AP12" s="49"/>
     </row>
     <row r="13" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="135" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="136">
+      <c r="A13" s="134" t="s">
+        <v>125</v>
+      </c>
+      <c r="B13" s="135">
         <v>6727</v>
       </c>
-      <c r="C13" s="136">
+      <c r="C13" s="135">
         <v>5360</v>
       </c>
       <c r="M13" s="49"/>
       <c r="N13" s="49"/>
       <c r="O13" s="49"/>
       <c r="P13" s="49"/>
       <c r="Q13" s="49"/>
       <c r="R13" s="49"/>
       <c r="S13" s="49"/>
       <c r="T13" s="49"/>
       <c r="U13" s="49"/>
       <c r="V13" s="49"/>
       <c r="W13" s="49"/>
       <c r="X13" s="49"/>
       <c r="Y13" s="49"/>
       <c r="Z13" s="49"/>
       <c r="AA13" s="49"/>
       <c r="AB13" s="49"/>
       <c r="AC13" s="49"/>
       <c r="AD13" s="49"/>
       <c r="AE13" s="49"/>
       <c r="AF13" s="49"/>
       <c r="AG13" s="49"/>
       <c r="AH13" s="49"/>
       <c r="AI13" s="49"/>
       <c r="AJ13" s="49"/>
       <c r="AK13" s="49"/>
       <c r="AL13" s="49"/>
       <c r="AM13" s="49"/>
       <c r="AN13" s="49"/>
       <c r="AO13" s="49"/>
       <c r="AP13" s="49"/>
     </row>
     <row r="14" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="85" t="s">
+      <c r="A14" s="84" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" s="85">
+        <v>2135</v>
+      </c>
+      <c r="C14" s="85">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="15" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="131" t="s">
         <v>92</v>
       </c>
-      <c r="B14" s="86">
-[...10 lines deleted...]
-      <c r="B15" s="94">
+      <c r="B15" s="93">
         <v>1525</v>
       </c>
-      <c r="C15" s="94">
+      <c r="C15" s="93">
         <v>1343</v>
       </c>
     </row>
     <row r="16" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="49" t="s">
+        <v>93</v>
+      </c>
+      <c r="B16" s="85">
+        <v>1315</v>
+      </c>
+      <c r="C16" s="85">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="94" t="s">
         <v>94</v>
       </c>
-      <c r="B16" s="86">
-[...7 lines deleted...]
-      <c r="A17" s="95" t="s">
+      <c r="B17" s="93">
+        <v>1756</v>
+      </c>
+      <c r="C17" s="93">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="134" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" s="135">
+        <v>6731</v>
+      </c>
+      <c r="C18" s="135">
+        <v>5884</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="84" t="s">
         <v>95</v>
       </c>
-      <c r="B17" s="94">
-[...7 lines deleted...]
-      <c r="A18" s="135" t="s">
+      <c r="B19" s="85">
+        <v>2278</v>
+      </c>
+      <c r="C19" s="85">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="131" t="s">
+        <v>96</v>
+      </c>
+      <c r="B20" s="93">
+        <v>1968</v>
+      </c>
+      <c r="C20" s="93">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="84" t="s">
+        <v>97</v>
+      </c>
+      <c r="B21" s="85">
+        <v>1653</v>
+      </c>
+      <c r="C21" s="85">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="131" t="s">
+        <v>98</v>
+      </c>
+      <c r="B22" s="93">
+        <v>1545</v>
+      </c>
+      <c r="C22" s="93">
+        <v>1748</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="134" t="s">
         <v>127</v>
       </c>
-      <c r="B18" s="136">
-[...40 lines deleted...]
-      <c r="A22" s="132" t="s">
+      <c r="B23" s="135">
+        <v>7444</v>
+      </c>
+      <c r="C23" s="135">
+        <v>6869</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="84" t="s">
         <v>99</v>
       </c>
-      <c r="B22" s="94">
-[...7 lines deleted...]
-      <c r="A23" s="135" t="s">
+      <c r="B24" s="85">
+        <v>1731</v>
+      </c>
+      <c r="C24" s="85">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="131" t="s">
+        <v>100</v>
+      </c>
+      <c r="B25" s="93">
+        <v>1715</v>
+      </c>
+      <c r="C25" s="93">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="84" t="s">
+        <v>101</v>
+      </c>
+      <c r="B26" s="85">
+        <v>1470</v>
+      </c>
+      <c r="C26" s="85">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="131" t="s">
+        <v>102</v>
+      </c>
+      <c r="B27" s="93">
+        <v>1356</v>
+      </c>
+      <c r="C27" s="93">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="132" t="s">
         <v>128</v>
       </c>
-      <c r="B23" s="136">
-[...40 lines deleted...]
-      <c r="A27" s="132" t="s">
+      <c r="B28" s="133">
+        <v>6272</v>
+      </c>
+      <c r="C28" s="133">
+        <v>6601</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="84" t="s">
         <v>103</v>
       </c>
-      <c r="B27" s="94">
-[...7 lines deleted...]
-      <c r="A28" s="133" t="s">
+      <c r="B29" s="85">
+        <v>1057</v>
+      </c>
+      <c r="C29" s="85">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="131" t="s">
+        <v>104</v>
+      </c>
+      <c r="B30" s="93">
+        <v>1436</v>
+      </c>
+      <c r="C30" s="93">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="84" t="s">
+        <v>105</v>
+      </c>
+      <c r="B31" s="85">
+        <v>1407</v>
+      </c>
+      <c r="C31" s="85">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="131" t="s">
+        <v>106</v>
+      </c>
+      <c r="B32" s="93">
+        <v>1866</v>
+      </c>
+      <c r="C32" s="93">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="134" t="s">
         <v>129</v>
       </c>
-      <c r="B28" s="134">
-[...40 lines deleted...]
-      <c r="A32" s="132" t="s">
+      <c r="B33" s="135">
+        <v>5766</v>
+      </c>
+      <c r="C33" s="135">
+        <v>5788</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="84" t="s">
         <v>107</v>
       </c>
-      <c r="B32" s="94">
-[...7 lines deleted...]
-      <c r="A33" s="135" t="s">
+      <c r="B34" s="85">
+        <v>1994</v>
+      </c>
+      <c r="C34" s="85">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="131" t="s">
+        <v>108</v>
+      </c>
+      <c r="B35" s="93">
+        <v>1808</v>
+      </c>
+      <c r="C35" s="93">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="84" t="s">
+        <v>109</v>
+      </c>
+      <c r="B36" s="85">
+        <v>1314</v>
+      </c>
+      <c r="C36" s="85">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="138" t="s">
+        <v>110</v>
+      </c>
+      <c r="B37" s="139">
+        <v>1788</v>
+      </c>
+      <c r="C37" s="139">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="134" t="s">
         <v>130</v>
       </c>
-      <c r="B33" s="136">
-[...40 lines deleted...]
-      <c r="A37" s="139" t="s">
+      <c r="B38" s="135">
+        <v>6904</v>
+      </c>
+      <c r="C38" s="135">
+        <v>6360</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="84" t="s">
         <v>111</v>
       </c>
-      <c r="B37" s="140">
-[...7 lines deleted...]
-      <c r="A38" s="135" t="s">
+      <c r="B39" s="85">
+        <v>1585</v>
+      </c>
+      <c r="C39" s="85">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="131" t="s">
+        <v>112</v>
+      </c>
+      <c r="B40" s="93">
+        <v>1374</v>
+      </c>
+      <c r="C40" s="93">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="84" t="s">
+        <v>113</v>
+      </c>
+      <c r="B41" s="130">
+        <v>1003</v>
+      </c>
+      <c r="C41" s="130">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="94" t="s">
+        <v>114</v>
+      </c>
+      <c r="B42" s="137">
+        <v>1026</v>
+      </c>
+      <c r="C42" s="137">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="134" t="s">
         <v>131</v>
       </c>
-      <c r="B38" s="136">
-[...40 lines deleted...]
-      <c r="A42" s="95" t="s">
+      <c r="B43" s="135">
+        <v>4988</v>
+      </c>
+      <c r="C43" s="135">
+        <v>5759</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="84" t="s">
         <v>115</v>
       </c>
-      <c r="B42" s="138">
-[...7 lines deleted...]
-      <c r="A43" s="135" t="s">
+      <c r="B44" s="85">
+        <v>1342</v>
+      </c>
+      <c r="C44" s="85">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="131" t="s">
+        <v>116</v>
+      </c>
+      <c r="B45" s="93">
+        <v>1180</v>
+      </c>
+      <c r="C45" s="93">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="84" t="s">
+        <v>117</v>
+      </c>
+      <c r="B46" s="130">
+        <v>1406</v>
+      </c>
+      <c r="C46" s="130">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="94" t="s">
+        <v>118</v>
+      </c>
+      <c r="B47" s="137">
+        <v>1361</v>
+      </c>
+      <c r="C47" s="137">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="134" t="s">
         <v>132</v>
       </c>
-      <c r="B43" s="136">
-[...10 lines deleted...]
-      <c r="B44" s="86">
+      <c r="B48" s="135">
+        <v>5289</v>
+      </c>
+      <c r="C48" s="135">
+        <v>4811</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="84" t="s">
+        <v>119</v>
+      </c>
+      <c r="B49" s="85">
+        <v>1519</v>
+      </c>
+      <c r="C49" s="85">
         <v>1342</v>
       </c>
-      <c r="C44" s="86">
-[...37 lines deleted...]
-      <c r="A48" s="135" t="s">
+    </row>
+    <row r="50" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="131" t="s">
+        <v>120</v>
+      </c>
+      <c r="B50" s="93">
+        <v>1364</v>
+      </c>
+      <c r="C50" s="93">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="84" t="s">
+        <v>121</v>
+      </c>
+      <c r="B51" s="130">
+        <v>1403</v>
+      </c>
+      <c r="C51" s="130">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="94" t="s">
+        <v>11</v>
+      </c>
+      <c r="B52" s="137">
+        <v>1469</v>
+      </c>
+      <c r="C52" s="137">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="134" t="s">
         <v>133</v>
       </c>
-      <c r="B48" s="136">
-[...54 lines deleted...]
-      <c r="B53" s="136">
+      <c r="B53" s="135">
         <v>5755</v>
       </c>
-      <c r="C53" s="136">
+      <c r="C53" s="135">
         <v>5213</v>
       </c>
     </row>
     <row r="54" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="85" t="s">
-[...2 lines deleted...]
-      <c r="B54" s="86">
+      <c r="A54" s="84" t="s">
+        <v>292</v>
+      </c>
+      <c r="B54" s="85">
         <v>2075</v>
       </c>
-      <c r="C54" s="86">
+      <c r="C54" s="85">
         <v>1267</v>
       </c>
     </row>
     <row r="55" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="132"/>
-[...1 lines deleted...]
-      <c r="C55" s="94"/>
+      <c r="A55" s="131"/>
+      <c r="B55" s="93"/>
+      <c r="C55" s="93"/>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A58" s="1" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>Contents</vt:lpstr>