--- v2 (2025-12-19)
+++ v3 (2026-02-17)
@@ -25,96 +25,96 @@
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\NEW Housing Review\Report excel tables\formatted tables\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E97545B1-D4B5-4717-8E0A-75C88B2902E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8DF961EE-4B30-4024-98B9-BD7B8FB96D4F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{ECF6B20B-EFC7-4F22-97F2-3E225EFDAC60}"/>
+    <workbookView xWindow="0" yWindow="120" windowWidth="13380" windowHeight="15360" firstSheet="17" activeTab="17" xr2:uid="{ECF6B20B-EFC7-4F22-97F2-3E225EFDAC60}"/>
   </bookViews>
   <sheets>
     <sheet name="Contents" sheetId="19" r:id="rId1"/>
     <sheet name="1 LPS HPI" sheetId="1" r:id="rId2"/>
     <sheet name="2 UU HPI Average Prices" sheetId="2" r:id="rId3"/>
     <sheet name="3 UU HPI LGD Prices" sheetId="3" r:id="rId4"/>
     <sheet name="4 UU HPI &amp; RPI" sheetId="4" r:id="rId5"/>
     <sheet name="5 NewBuild Sales &amp; Prices" sheetId="5" r:id="rId6"/>
     <sheet name="6 Private Build Starts" sheetId="6" r:id="rId7"/>
     <sheet name="7 Private Build Completions" sheetId="7" r:id="rId8"/>
     <sheet name="8 NB StartsCompletions  " sheetId="8" r:id="rId9"/>
     <sheet name="9 NB StartsCompletions by LGD" sheetId="9" r:id="rId10"/>
     <sheet name="10 ONS House Price Ratio" sheetId="10" r:id="rId11"/>
     <sheet name="11 UU Affordability by LGD" sheetId="11" r:id="rId12"/>
     <sheet name="12 UU Affordability Gap by HMA" sheetId="12" r:id="rId13"/>
     <sheet name="13 UU % Deposit by HMA" sheetId="13" r:id="rId14"/>
     <sheet name="14 UU Affordability Indicator" sheetId="14" r:id="rId15"/>
     <sheet name="15 Repossessions" sheetId="15" r:id="rId16"/>
     <sheet name="16 FTB number of loans" sheetId="16" r:id="rId17"/>
     <sheet name="17 Movers number of loans" sheetId="17" r:id="rId18"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="784" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="787" uniqueCount="317">
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>NI House Price Index</t>
   </si>
   <si>
     <t>NI House Standardised Price</t>
   </si>
   <si>
     <t>Quarterly Change</t>
   </si>
   <si>
     <t>Annual Change</t>
   </si>
   <si>
     <t>Q1</t>
   </si>
   <si>
     <t>Q2</t>
   </si>
   <si>
     <t>Q3</t>
   </si>
   <si>
@@ -838,53 +838,50 @@
     <t>Table 10</t>
   </si>
   <si>
     <t>Table 11</t>
   </si>
   <si>
     <t>Table 12</t>
   </si>
   <si>
     <t>Table 13</t>
   </si>
   <si>
     <t>Table 14</t>
   </si>
   <si>
     <t>Table 15</t>
   </si>
   <si>
     <t>Table 16</t>
   </si>
   <si>
     <t>Table 17</t>
   </si>
   <si>
     <t>Table 1: Land and Property Services: NI House Price Index, Standardised Price and Quarterly and Annual Change.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Source: NI House Price Index statistical reports | Department of Finance</t>
   </si>
   <si>
     <t>Land and Property Services: NI House Price Index, Standardised Price and Quarterly and Annual Change</t>
   </si>
   <si>
     <t>Source: Ulster University/NIHE</t>
   </si>
   <si>
     <t>Table 4: NIHPI House Price Index and Retail Price Index Northern Ireland 1985 - 2025</t>
   </si>
   <si>
     <t>Northern Ireland House Price Index (NIHPI) House Price Index and Retail Price Index Northern Ireland 1985 - 2025</t>
   </si>
   <si>
     <t>Notes:</t>
   </si>
   <si>
     <r>
       <t>Number of sales</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
@@ -1067,63 +1064,72 @@
   </si>
   <si>
     <t>Average Price Q3 2025</t>
   </si>
   <si>
     <t>Table 2: Northern Ireland House Price Index (NIHPI) Average House Price by Property Type Q3 2025 vs Q3 2024</t>
   </si>
   <si>
     <t>Table 3: NIHPI Average House Price by LGD/Council area Q3 2025 vs Q3 2024</t>
   </si>
   <si>
     <t>https://www.ulster.ac.uk/research/topic/built-environment/research-property-planning/housing-market-reports/house-price-index</t>
   </si>
   <si>
     <t>Northern Ireland House Price Index (NIHPI) Average House Price by Property Type Q3 2025 vs Q3 2024</t>
   </si>
   <si>
     <t>Northern Ireland House Price Index (NIHPI) Average House Price by LGD/Council area Q3 2025 vs Q3 2024</t>
   </si>
   <si>
     <t>2025-26</t>
   </si>
   <si>
     <t>https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-july-september-2025</t>
   </si>
+  <si>
+    <t>Last Updated January 2026</t>
+  </si>
+  <si>
+    <t>NI House Price Index statistical reports | Department of Finance</t>
+  </si>
+  <si>
+    <t>Updated October 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="6" formatCode="&quot;£&quot;#,##0;[Red]\-&quot;£&quot;#,##0"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
   </numFmts>
-  <fonts count="33" x14ac:knownFonts="1">
+  <fonts count="32" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -1175,56 +1181,50 @@
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="11"/>
-[...4 lines deleted...]
-      <u/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="11"/>
@@ -1658,63 +1658,62 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="299">
+  <cellXfs count="300">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="15" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="6" fontId="14" fillId="14" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="14" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="15" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="6" fontId="14" fillId="18" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="18" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="6" fontId="14" fillId="14" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="14" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1731,53 +1730,53 @@
     <xf numFmtId="166" fontId="14" fillId="16" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="14" fillId="14" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="14" fillId="18" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="14" fillId="14" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="14" fillId="18" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="14" fillId="14" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="14" fillId="14" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="14" fillId="14" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="15" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="16" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="17" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="166" fontId="17" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="16" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="6" fontId="5" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="5" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="17" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="17" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -1805,126 +1804,126 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="7" fillId="13" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="13" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="7" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="2" fontId="18" fillId="17" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="17" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="1" fontId="17" fillId="17" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="2" fontId="17" fillId="17" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="21" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="22" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="22" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="22" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="22" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="23" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="23" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="21" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="18" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="23" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="21" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="22" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="13" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="20" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="20" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="20" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="19" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="13" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="19" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="20" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -1952,124 +1951,124 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="19" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="20" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="20" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="13" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="19" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="5" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="6" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="20" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="13" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="13" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="20" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="20" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="20" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="17" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="19" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="17" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="17" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="17" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="7" fillId="13" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="7" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
@@ -2120,121 +2119,121 @@
     </xf>
     <xf numFmtId="3" fontId="11" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="6" fontId="26" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="25" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="25" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="24" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="7" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="13" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="10" fontId="11" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="10" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="9" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="10" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="7" fillId="13" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -2262,51 +2261,51 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="19" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="19" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="22" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="22" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="23" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="23" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2318,191 +2317,197 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="23" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="21" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="21" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="22" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="23" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="23" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="13" borderId="0" xfId="2" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="30" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="29" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2"/>
-    <xf numFmtId="0" fontId="31" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="31" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="30" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="31" fillId="13" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="4" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="14" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="14" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="14" fillId="13" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="14" fillId="19" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="14" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="14" fillId="13" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="11" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="11" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="18" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="18" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="19" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="16" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="17" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="14" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="1" fontId="14" fillId="19" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="19" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="1" fontId="14" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="14" fillId="19" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="14" fillId="19" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="14" fillId="13" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="17" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="17" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="17" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="17" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="17" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="17" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="27" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="6" fontId="14" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="14" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Sheet2" xfId="3" xr:uid="{F411769A-6BF9-4AC6-91A2-77DB718C30DF}"/>
     <cellStyle name="Normal_Table 1.4" xfId="4" xr:uid="{A93B2AC3-1572-470B-997E-EDF17AE7A382}"/>
     <cellStyle name="Normal_Table 2.4" xfId="6" xr:uid="{2D3A8BC0-5FBA-41BF-A42C-31BF5D9626BC}"/>
     <cellStyle name="Normal_Table 2.4_1" xfId="5" xr:uid="{06C44408-1522-4D8B-AE51-5D78464D7F98}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -3283,196 +3288,200 @@
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/research/topic/built-environment/research-property-planning/housing-market-reports/house-price-index" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/research/topic/built-environment/research-property-planning/housing-market-reports/house-price-index" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/research/topic/built-environment/research-property-planning/housing-market-reports/house-price-index" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-july-september-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/new-dwelling-statistics-detailed-reports" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/new-dwelling-statistics-detailed-reports" TargetMode="External"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.finance-ni.gov.uk/publications/new-dwelling-statistics-detailed-reports" TargetMode="External"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F885FF7A-B301-434E-8B69-4776FE8D53B0}">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="102" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="18" x14ac:dyDescent="0.25">
       <c r="B1" s="2" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>238</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>240</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="B6" s="192" t="s">
-        <v>260</v>
+      <c r="B6" s="191" t="s">
+        <v>259</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>242</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>243</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>245</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>246</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>247</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>248</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17" s="4" t="s">
         <v>252</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>225</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" location="'LPS HPI'!A1" display="Table 1" xr:uid="{C70C994E-341A-4CFA-9300-63699D7DA78F}"/>
     <hyperlink ref="A4" location="'2 UU HPI Average Prices'!A1" display="Table 2" xr:uid="{E57DF3F9-7B63-4FC3-AF30-9CC0547E30A6}"/>
     <hyperlink ref="A5" location="'3 UU HPI LGD Prices'!A1" display="Table 3" xr:uid="{9FC73588-2BE3-4268-9FBA-FF714F6B6C4B}"/>
     <hyperlink ref="A6" location="'4 UU HPI &amp; RPI'!A1" display="Table 4" xr:uid="{52BAEAE3-CF84-4B1A-8C5D-B9E92FB90FE6}"/>
     <hyperlink ref="A7" location="'5 NewBuild Sales &amp; Prices'!A1" display="Table 5" xr:uid="{14503122-5913-4A4D-A393-1D494DB8C88E}"/>
     <hyperlink ref="A8" location="'6 Private Build Starts'!A1" display="Table 6" xr:uid="{17D7DDED-6DFB-4A84-84BF-1C643C585FCB}"/>
     <hyperlink ref="A9" location="'Private Build Completions'!A1" display="Table 7" xr:uid="{9FF2D1DE-FF86-4DD2-975F-3A0AA513E0E2}"/>
     <hyperlink ref="A10" location="'8 NB StartsCompletions  '!A1" display="Table 8" xr:uid="{F0A6A86B-A984-4A91-A608-63FDE5541D25}"/>
     <hyperlink ref="A11" location="'9NB StartsCompletions by LGD'!A1" display="Table 9" xr:uid="{9AC4D4B6-8B28-4921-A04D-444A79E3C039}"/>
     <hyperlink ref="A12" location="'UU Ratio House Prices by Income'!A1" display="Table 10" xr:uid="{5D35D254-1B42-445F-AEAC-73890556A1FE}"/>
     <hyperlink ref="A13" location="'11 UU Affordability by LGD'!A1" display="Table 11" xr:uid="{5324C7C8-4EA9-4C15-9E70-5362EF449B31}"/>
     <hyperlink ref="A14" location="'12 UU Affordability Gap by HMA'!A1" display="Table 12" xr:uid="{406982B6-433F-4E75-9436-B21C1E889E37}"/>
     <hyperlink ref="A15" location="'13 UU % Deposit by HMA'!A1" display="Table 13" xr:uid="{39B4C2FA-AAD4-467D-9931-F5B5FEBE50EE}"/>
@@ -3481,14190 +3490,14224 @@
     <hyperlink ref="A18" location="'FTB number of loans'!A1" display="Table 16" xr:uid="{826E7CE2-4300-4F0A-ACA0-DA05F53D1840}"/>
     <hyperlink ref="A19" location="'17 Movers number of loans'!A1" display="Table 17" xr:uid="{A8207D7A-2A65-434B-8EAB-2C26DC4C2204}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4AACE320-08D3-4501-858B-A59FE8832151}">
   <dimension ref="A1:C20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G20" sqref="G20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="38.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="24.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="24.7109375" style="1" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-      <c r="C1" s="39"/>
+        <v>266</v>
+      </c>
+      <c r="B1" s="38"/>
+      <c r="C1" s="38"/>
     </row>
     <row r="3" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="143" t="s">
+      <c r="A3" s="142" t="s">
         <v>135</v>
       </c>
-      <c r="B3" s="147" t="s">
+      <c r="B3" s="146" t="s">
         <v>136</v>
       </c>
-      <c r="C3" s="147" t="s">
+      <c r="C3" s="146" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="85">
+      <c r="B4" s="84">
         <v>706</v>
       </c>
-      <c r="C4" s="85">
+      <c r="C4" s="84">
         <v>524</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A5" s="144" t="s">
+      <c r="A5" s="143" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="93">
+      <c r="B5" s="92">
         <v>524</v>
       </c>
-      <c r="C5" s="93">
+      <c r="C5" s="92">
         <v>410</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="B6" s="85">
+      <c r="B6" s="84">
         <v>1043</v>
       </c>
-      <c r="C6" s="85">
+      <c r="C6" s="84">
         <v>833</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A7" s="144" t="s">
+      <c r="A7" s="143" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="93">
+      <c r="B7" s="92">
         <v>303</v>
       </c>
-      <c r="C7" s="93">
+      <c r="C7" s="92">
         <v>290</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="85">
+      <c r="B8" s="84">
         <v>465</v>
       </c>
-      <c r="C8" s="85">
+      <c r="C8" s="84">
         <v>434</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A9" s="144" t="s">
+      <c r="A9" s="143" t="s">
         <v>139</v>
       </c>
-      <c r="B9" s="93">
+      <c r="B9" s="92">
         <v>180</v>
       </c>
-      <c r="C9" s="93">
+      <c r="C9" s="92">
         <v>357</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="85">
+      <c r="B10" s="84">
         <v>358</v>
       </c>
-      <c r="C10" s="85">
+      <c r="C10" s="84">
         <v>395</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A11" s="144" t="s">
+      <c r="A11" s="143" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="93">
+      <c r="B11" s="92">
         <v>776</v>
       </c>
-      <c r="C11" s="93">
+      <c r="C11" s="92">
         <v>596</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B12" s="85">
+      <c r="B12" s="84">
         <v>304</v>
       </c>
-      <c r="C12" s="85">
+      <c r="C12" s="84">
         <v>430</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A13" s="144" t="s">
+      <c r="A13" s="143" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="93">
+      <c r="B13" s="92">
         <v>578</v>
       </c>
-      <c r="C13" s="93">
+      <c r="C13" s="92">
         <v>432</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A14" s="145" t="s">
+      <c r="A14" s="144" t="s">
         <v>29</v>
       </c>
-      <c r="B14" s="146">
+      <c r="B14" s="145">
         <v>518</v>
       </c>
-      <c r="C14" s="146">
+      <c r="C14" s="145">
         <v>510</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="28.5" x14ac:dyDescent="0.2">
-      <c r="A15" s="142" t="s">
+      <c r="A15" s="141" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A16" s="36" t="s">
+      <c r="A16" s="35" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A17" s="36"/>
+      <c r="A17" s="35"/>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A18" s="1" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A19" s="1" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
     </row>
     <row r="20" spans="1:1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A20" s="243" t="s">
+      <c r="A20" s="242" t="s">
         <v>82</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A16" r:id="rId1" xr:uid="{C75387E7-81ED-4E84-A3CB-E8833F76CFB9}"/>
     <hyperlink ref="A20" r:id="rId2" xr:uid="{6ED0B66D-E314-4553-BC6F-FBFAC733B21E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F753A888-C6D8-4529-8323-CACD159D3BB0}">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1215" activePane="bottomLeft"/>
       <selection activeCell="H3" sqref="H3"/>
-      <selection pane="bottomLeft" activeCell="A29" sqref="A29:XFD29"/>
+      <selection pane="bottomLeft" activeCell="H3" sqref="H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.42578125" style="1" customWidth="1"/>
-    <col min="2" max="2" width="14.85546875" style="49" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="5" width="14.85546875" style="49" customWidth="1"/>
+    <col min="2" max="2" width="14.85546875" style="48" customWidth="1"/>
+    <col min="3" max="3" width="18" style="48" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="14.85546875" style="48" customWidth="1"/>
     <col min="6" max="7" width="8.7109375" style="1"/>
     <col min="8" max="8" width="8.85546875" style="1" customWidth="1"/>
     <col min="9" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.2">
-      <c r="A1" s="148" t="s">
-        <v>298</v>
+      <c r="A1" s="147" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="150" t="s">
+      <c r="A3" s="149" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="147" t="s">
+      <c r="B3" s="146" t="s">
         <v>140</v>
       </c>
-      <c r="C3" s="147" t="s">
+      <c r="C3" s="146" t="s">
         <v>141</v>
       </c>
-      <c r="D3" s="147" t="s">
+      <c r="D3" s="146" t="s">
         <v>142</v>
       </c>
-      <c r="E3" s="147" t="s">
+      <c r="E3" s="146" t="s">
         <v>143</v>
       </c>
-      <c r="G3" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H3" s="246" t="s">
+      <c r="G3" s="35" t="s">
         <v>296</v>
+      </c>
+      <c r="H3" s="245" t="s">
+        <v>295</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="B4" s="149">
+      <c r="B4" s="148">
         <v>7.69</v>
       </c>
-      <c r="C4" s="149">
+      <c r="C4" s="148">
         <v>6.54</v>
       </c>
-      <c r="D4" s="149">
+      <c r="D4" s="148">
         <v>5.08</v>
       </c>
-      <c r="E4" s="149">
+      <c r="E4" s="148">
         <v>6.79</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="144" t="s">
+      <c r="A5" s="143" t="s">
         <v>145</v>
       </c>
-      <c r="B5" s="151">
+      <c r="B5" s="150">
         <v>7.92</v>
       </c>
-      <c r="C5" s="151">
+      <c r="C5" s="150">
         <v>7.83</v>
       </c>
-      <c r="D5" s="151">
+      <c r="D5" s="150">
         <v>5.6</v>
       </c>
-      <c r="E5" s="151">
+      <c r="E5" s="150">
         <v>7.31</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="B6" s="149">
+      <c r="B6" s="148">
         <v>8.18</v>
       </c>
-      <c r="C6" s="149">
+      <c r="C6" s="148">
         <v>9.2899999999999991</v>
       </c>
-      <c r="D6" s="149">
+      <c r="D6" s="148">
         <v>5.88</v>
       </c>
-      <c r="E6" s="149">
+      <c r="E6" s="148">
         <v>7.04</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="144" t="s">
+      <c r="A7" s="143" t="s">
         <v>147</v>
       </c>
-      <c r="B7" s="151">
+      <c r="B7" s="150">
         <v>7.54</v>
       </c>
-      <c r="C7" s="151">
+      <c r="C7" s="150">
         <v>7.25</v>
       </c>
-      <c r="D7" s="151">
+      <c r="D7" s="150">
         <v>5.48</v>
       </c>
-      <c r="E7" s="151">
+      <c r="E7" s="150">
         <v>6.52</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="B8" s="149">
+      <c r="B8" s="148">
         <v>7.59</v>
       </c>
-      <c r="C8" s="149">
+      <c r="C8" s="148">
         <v>6.17</v>
       </c>
-      <c r="D8" s="149">
+      <c r="D8" s="148">
         <v>5.31</v>
       </c>
-      <c r="E8" s="149">
+      <c r="E8" s="148">
         <v>6.3</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="144" t="s">
+      <c r="A9" s="143" t="s">
         <v>149</v>
       </c>
-      <c r="B9" s="151">
+      <c r="B9" s="150">
         <v>7.75</v>
       </c>
-      <c r="C9" s="151">
+      <c r="C9" s="150">
         <v>5.66</v>
       </c>
-      <c r="D9" s="151">
+      <c r="D9" s="150">
         <v>5.27</v>
       </c>
-      <c r="E9" s="151">
+      <c r="E9" s="150">
         <v>6.48</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B10" s="149">
+      <c r="B10" s="148">
         <v>7.54</v>
       </c>
-      <c r="C10" s="149">
+      <c r="C10" s="148">
         <v>4.82</v>
       </c>
-      <c r="D10" s="149">
+      <c r="D10" s="148">
         <v>5.42</v>
       </c>
-      <c r="E10" s="149">
+      <c r="E10" s="148">
         <v>6.29</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="144" t="s">
+      <c r="A11" s="143" t="s">
         <v>151</v>
       </c>
-      <c r="B11" s="151">
+      <c r="B11" s="150">
         <v>7.55</v>
       </c>
-      <c r="C11" s="151">
+      <c r="C11" s="150">
         <v>4.46</v>
       </c>
-      <c r="D11" s="151">
+      <c r="D11" s="150">
         <v>5.07</v>
       </c>
-      <c r="E11" s="151">
+      <c r="E11" s="150">
         <v>6.05</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B12" s="149">
+      <c r="B12" s="148">
         <v>7.5</v>
       </c>
-      <c r="C12" s="149">
+      <c r="C12" s="148">
         <v>4.6399999999999997</v>
       </c>
-      <c r="D12" s="149">
+      <c r="D12" s="148">
         <v>5.22</v>
       </c>
-      <c r="E12" s="149">
+      <c r="E12" s="148">
         <v>5.82</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="144" t="s">
+      <c r="A13" s="143" t="s">
         <v>153</v>
       </c>
-      <c r="B13" s="151">
+      <c r="B13" s="150">
         <v>7.6</v>
       </c>
-      <c r="C13" s="151">
+      <c r="C13" s="150">
         <v>4.91</v>
       </c>
-      <c r="D13" s="151">
+      <c r="D13" s="150">
         <v>5.29</v>
       </c>
-      <c r="E13" s="151">
+      <c r="E13" s="150">
         <v>5.86</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
         <v>154</v>
       </c>
-      <c r="B14" s="149">
+      <c r="B14" s="148">
         <v>7.85</v>
       </c>
-      <c r="C14" s="149">
+      <c r="C14" s="148">
         <v>4.96</v>
       </c>
-      <c r="D14" s="149">
+      <c r="D14" s="148">
         <v>5.2</v>
       </c>
-      <c r="E14" s="149">
+      <c r="E14" s="148">
         <v>5.79</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="144" t="s">
+      <c r="A15" s="143" t="s">
         <v>155</v>
       </c>
-      <c r="B15" s="151">
+      <c r="B15" s="150">
         <v>8.1199999999999992</v>
       </c>
-      <c r="C15" s="151">
+      <c r="C15" s="150">
         <v>5.09</v>
       </c>
-      <c r="D15" s="151">
+      <c r="D15" s="150">
         <v>5.14</v>
       </c>
-      <c r="E15" s="151">
+      <c r="E15" s="150">
         <v>5.9</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A16" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B16" s="149">
+      <c r="B16" s="148">
         <v>8.24</v>
       </c>
-      <c r="C16" s="149">
+      <c r="C16" s="148">
         <v>5.48</v>
       </c>
-      <c r="D16" s="149">
+      <c r="D16" s="148">
         <v>5.55</v>
       </c>
-      <c r="E16" s="149">
+      <c r="E16" s="148">
         <v>5.94</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A17" s="144" t="s">
+      <c r="A17" s="143" t="s">
         <v>157</v>
       </c>
-      <c r="B17" s="151">
+      <c r="B17" s="150">
         <v>8.2200000000000006</v>
       </c>
-      <c r="C17" s="151">
+      <c r="C17" s="150">
         <v>5.68</v>
       </c>
-      <c r="D17" s="151">
+      <c r="D17" s="150">
         <v>5.22</v>
       </c>
-      <c r="E17" s="151">
+      <c r="E17" s="150">
         <v>6.16</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A18" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="B18" s="149">
+      <c r="B18" s="148">
         <v>7.97</v>
       </c>
-      <c r="C18" s="149">
+      <c r="C18" s="148">
         <v>5.43</v>
       </c>
-      <c r="D18" s="149">
+      <c r="D18" s="148">
         <v>5.49</v>
       </c>
-      <c r="E18" s="149">
+      <c r="E18" s="148">
         <v>5.69</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A19" s="144" t="s">
+      <c r="A19" s="143" t="s">
         <v>159</v>
       </c>
-      <c r="B19" s="151">
+      <c r="B19" s="150">
         <v>8.76</v>
       </c>
-      <c r="C19" s="151">
+      <c r="C19" s="150">
         <v>5.34</v>
       </c>
-      <c r="D19" s="151">
+      <c r="D19" s="150">
         <v>5.52</v>
       </c>
-      <c r="E19" s="151">
+      <c r="E19" s="150">
         <v>6.13</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A20" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="B20" s="149">
+      <c r="B20" s="148">
         <v>8.44</v>
       </c>
-      <c r="C20" s="149">
+      <c r="C20" s="148">
         <v>5.0999999999999996</v>
       </c>
-      <c r="D20" s="149">
+      <c r="D20" s="148">
         <v>5.31</v>
       </c>
-      <c r="E20" s="149">
+      <c r="E20" s="148">
         <v>6.55</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A21" s="152" t="s">
+      <c r="A21" s="151" t="s">
         <v>161</v>
       </c>
-      <c r="B21" s="153">
+      <c r="B21" s="152">
         <v>8.68</v>
       </c>
-      <c r="C21" s="153">
+      <c r="C21" s="152">
         <v>4.95</v>
       </c>
-      <c r="D21" s="153">
+      <c r="D21" s="152">
         <v>5.58</v>
       </c>
-      <c r="E21" s="153">
+      <c r="E21" s="152">
         <v>5.81</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A22" s="114">
+      <c r="A22" s="113">
         <v>2024</v>
       </c>
-      <c r="B22" s="49">
+      <c r="B22" s="48">
         <v>7.89</v>
       </c>
-      <c r="C22" s="49">
+      <c r="C22" s="48">
         <v>4.63</v>
       </c>
-      <c r="D22" s="49">
+      <c r="D22" s="48">
         <v>5.25</v>
       </c>
-      <c r="E22" s="49">
+      <c r="E22" s="48">
         <v>5.36</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A23" s="114"/>
+      <c r="A23" s="113"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A24" s="1" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="H3" r:id="rId1" display="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/housingpurchaseaffordabilitygreatbritain/2024" xr:uid="{0C66744F-ECFD-49FD-95EB-B421B4D3EB09}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57C81BE2-4019-43B3-98B7-1F22F41DA58B}">
   <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="A3" s="149" t="s">
         <v>270</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" s="150">
+      <c r="B3" s="149">
         <v>2019</v>
       </c>
-      <c r="C3" s="150">
+      <c r="C3" s="149">
         <v>2020</v>
       </c>
-      <c r="D3" s="150">
+      <c r="D3" s="149">
         <v>2021</v>
       </c>
-      <c r="E3" s="150">
+      <c r="E3" s="149">
         <v>2022</v>
       </c>
-      <c r="F3" s="150">
+      <c r="F3" s="149">
         <v>2023</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="154">
+      <c r="B4" s="153">
         <v>0.52</v>
       </c>
-      <c r="C4" s="154">
+      <c r="C4" s="153">
         <v>0.56000000000000005</v>
       </c>
-      <c r="D4" s="154">
+      <c r="D4" s="153">
         <v>0.55000000000000004</v>
       </c>
-      <c r="E4" s="154">
+      <c r="E4" s="153">
         <v>0.68</v>
       </c>
-      <c r="F4" s="154">
+      <c r="F4" s="153">
         <v>0.69</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A5" s="144" t="s">
+      <c r="A5" s="143" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="155">
+      <c r="B5" s="154">
         <v>0.38</v>
       </c>
-      <c r="C5" s="155">
+      <c r="C5" s="154">
         <v>0.81</v>
       </c>
-      <c r="D5" s="155">
+      <c r="D5" s="154">
         <v>0.56999999999999995</v>
       </c>
-      <c r="E5" s="155">
+      <c r="E5" s="154">
         <v>0.61</v>
       </c>
-      <c r="F5" s="155">
+      <c r="F5" s="154">
         <v>0.68</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B6" s="154">
+      <c r="B6" s="153">
         <v>0.6</v>
       </c>
-      <c r="C6" s="154">
+      <c r="C6" s="153">
         <v>0.75</v>
       </c>
-      <c r="D6" s="154">
+      <c r="D6" s="153">
         <v>0.66</v>
       </c>
-      <c r="E6" s="154">
+      <c r="E6" s="153">
         <v>0.7</v>
       </c>
-      <c r="F6" s="154">
+      <c r="F6" s="153">
         <v>0.76</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A7" s="144" t="s">
+      <c r="A7" s="143" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="155">
+      <c r="B7" s="154">
         <v>0.7</v>
       </c>
-      <c r="C7" s="155">
+      <c r="C7" s="154">
         <v>0.75</v>
       </c>
-      <c r="D7" s="155">
+      <c r="D7" s="154">
         <v>0.75</v>
       </c>
-      <c r="E7" s="155">
+      <c r="E7" s="154">
         <v>0.76</v>
       </c>
-      <c r="F7" s="155">
+      <c r="F7" s="154">
         <v>0.8</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="154">
+      <c r="B8" s="153">
         <v>0.49</v>
       </c>
-      <c r="C8" s="154">
+      <c r="C8" s="153">
         <v>0.71</v>
       </c>
-      <c r="D8" s="154">
+      <c r="D8" s="153">
         <v>0.71</v>
       </c>
-      <c r="E8" s="154">
+      <c r="E8" s="153">
         <v>0.73</v>
       </c>
-      <c r="F8" s="154">
+      <c r="F8" s="153">
         <v>0.85</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A9" s="144" t="s">
+      <c r="A9" s="143" t="s">
         <v>139</v>
       </c>
-      <c r="B9" s="155">
+      <c r="B9" s="154">
         <v>0.54</v>
       </c>
-      <c r="C9" s="155">
+      <c r="C9" s="154">
         <v>0.87</v>
       </c>
-      <c r="D9" s="155">
+      <c r="D9" s="154">
         <v>0.67</v>
       </c>
-      <c r="E9" s="155">
+      <c r="E9" s="154">
         <v>0.73</v>
       </c>
-      <c r="F9" s="155">
+      <c r="F9" s="154">
         <v>0.77</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="154">
+      <c r="B10" s="153">
         <v>0.35</v>
       </c>
-      <c r="C10" s="154">
+      <c r="C10" s="153">
         <v>0.74</v>
       </c>
-      <c r="D10" s="154">
+      <c r="D10" s="153">
         <v>0.53</v>
       </c>
-      <c r="E10" s="154">
+      <c r="E10" s="153">
         <v>0.61</v>
       </c>
-      <c r="F10" s="154">
+      <c r="F10" s="153">
         <v>0.71</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A11" s="144" t="s">
+      <c r="A11" s="143" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="155">
+      <c r="B11" s="154">
         <v>0.71</v>
       </c>
-      <c r="C11" s="155">
+      <c r="C11" s="154">
         <v>0.75</v>
       </c>
-      <c r="D11" s="155">
+      <c r="D11" s="154">
         <v>0.73</v>
       </c>
-      <c r="E11" s="155">
+      <c r="E11" s="154">
         <v>0.74</v>
       </c>
-      <c r="F11" s="155">
+      <c r="F11" s="154">
         <v>0.76</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B12" s="154">
+      <c r="B12" s="153">
         <v>0.28000000000000003</v>
       </c>
-      <c r="C12" s="154">
+      <c r="C12" s="153">
         <v>0.75</v>
       </c>
-      <c r="D12" s="154">
+      <c r="D12" s="153">
         <v>0.56000000000000005</v>
       </c>
-      <c r="E12" s="154">
+      <c r="E12" s="153">
         <v>0.62</v>
       </c>
-      <c r="F12" s="154">
+      <c r="F12" s="153">
         <v>0.66</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A13" s="144" t="s">
+      <c r="A13" s="143" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="155">
+      <c r="B13" s="154">
         <v>0.48</v>
       </c>
-      <c r="C13" s="155">
+      <c r="C13" s="154">
         <v>0.74</v>
       </c>
-      <c r="D13" s="155">
+      <c r="D13" s="154">
         <v>0.55000000000000004</v>
       </c>
-      <c r="E13" s="155">
+      <c r="E13" s="154">
         <v>0.57999999999999996</v>
       </c>
-      <c r="F13" s="155">
+      <c r="F13" s="154">
         <v>0.61</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A14" s="145" t="s">
+      <c r="A14" s="144" t="s">
         <v>80</v>
       </c>
-      <c r="B14" s="156">
+      <c r="B14" s="155">
         <v>0.59</v>
       </c>
-      <c r="C14" s="156">
+      <c r="C14" s="155">
         <v>0.75</v>
       </c>
-      <c r="D14" s="156">
+      <c r="D14" s="155">
         <v>0.69</v>
       </c>
-      <c r="E14" s="156">
+      <c r="E14" s="155">
         <v>0.71</v>
       </c>
-      <c r="F14" s="156">
+      <c r="F14" s="155">
         <v>0.75</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
         <v>163</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{47849050-3F12-49C9-940B-051FDEBFB215}">
   <dimension ref="A1:K26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="M9" sqref="M9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="29.5703125" style="1" customWidth="1"/>
     <col min="2" max="6" width="8.7109375" style="1"/>
     <col min="7" max="7" width="3.140625" style="1" customWidth="1"/>
-    <col min="8" max="8" width="18.140625" style="175" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="18.140625" style="174" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="1"/>
     <col min="10" max="10" width="3.140625" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="148" t="s">
-        <v>273</v>
+      <c r="A1" s="147" t="s">
+        <v>272</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="5"/>
-      <c r="B3" s="176">
+      <c r="B3" s="175">
         <v>2019</v>
       </c>
-      <c r="C3" s="176">
+      <c r="C3" s="175">
         <v>2020</v>
       </c>
-      <c r="D3" s="176">
+      <c r="D3" s="175">
         <v>2021</v>
       </c>
-      <c r="E3" s="176">
+      <c r="E3" s="175">
         <v>2022</v>
       </c>
-      <c r="F3" s="176">
+      <c r="F3" s="175">
         <v>2023</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="39" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="182" t="s">
+      <c r="A4" s="181" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="183">
+      <c r="B4" s="182">
         <v>42788</v>
       </c>
-      <c r="C4" s="184">
+      <c r="C4" s="183">
         <v>71788</v>
       </c>
-      <c r="D4" s="185">
+      <c r="D4" s="184">
         <v>50612</v>
       </c>
-      <c r="E4" s="186">
+      <c r="E4" s="185">
         <v>12040</v>
       </c>
-      <c r="F4" s="186">
+      <c r="F4" s="185">
         <v>5650</v>
       </c>
-      <c r="H4" s="177" t="s">
-[...2 lines deleted...]
-      <c r="I4" s="157"/>
+      <c r="H4" s="176" t="s">
+        <v>273</v>
+      </c>
+      <c r="I4" s="156"/>
       <c r="K4" s="1" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="167">
+      <c r="B5" s="166">
         <v>40404</v>
       </c>
-      <c r="C5" s="171">
+      <c r="C5" s="170">
         <v>25442</v>
       </c>
-      <c r="D5" s="168">
+      <c r="D5" s="167">
         <v>46344</v>
       </c>
-      <c r="E5" s="171">
+      <c r="E5" s="170">
         <v>28962</v>
       </c>
-      <c r="F5" s="171">
+      <c r="F5" s="170">
         <v>15837</v>
       </c>
-      <c r="H5" s="178" t="s">
+      <c r="H5" s="177" t="s">
         <v>164</v>
       </c>
-      <c r="I5" s="158"/>
+      <c r="I5" s="157"/>
       <c r="K5" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="182" t="s">
+      <c r="A6" s="181" t="s">
         <v>138</v>
       </c>
-      <c r="B6" s="183">
+      <c r="B6" s="182">
         <v>31286</v>
       </c>
-      <c r="C6" s="186">
+      <c r="C6" s="185">
         <v>6275</v>
       </c>
-      <c r="D6" s="186">
+      <c r="D6" s="185">
         <v>8861</v>
       </c>
-      <c r="E6" s="186">
+      <c r="E6" s="185">
         <v>1240</v>
       </c>
-      <c r="F6" s="187">
+      <c r="F6" s="186">
         <v>-4917</v>
       </c>
-      <c r="H6" s="178" t="s">
+      <c r="H6" s="177" t="s">
         <v>166</v>
       </c>
-      <c r="I6" s="159"/>
+      <c r="I6" s="158"/>
     </row>
     <row r="7" spans="1:11" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="169">
+      <c r="B7" s="168">
         <v>6864</v>
       </c>
-      <c r="C7" s="170">
+      <c r="C7" s="169">
         <v>864</v>
       </c>
-      <c r="D7" s="173">
+      <c r="D7" s="172">
         <v>-1869</v>
       </c>
-      <c r="E7" s="181">
+      <c r="E7" s="180">
         <v>-11950</v>
       </c>
-      <c r="F7" s="174">
+      <c r="F7" s="173">
         <v>-22142</v>
       </c>
-      <c r="H7" s="178" t="s">
+      <c r="H7" s="177" t="s">
         <v>168</v>
       </c>
-      <c r="I7" s="160"/>
+      <c r="I7" s="159"/>
     </row>
     <row r="8" spans="1:11" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="182" t="s">
+      <c r="A8" s="181" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="188">
+      <c r="B8" s="187">
         <v>22981</v>
       </c>
-      <c r="C8" s="186">
+      <c r="C8" s="185">
         <v>8031</v>
       </c>
-      <c r="D8" s="186">
+      <c r="D8" s="185">
         <v>2241</v>
       </c>
-      <c r="E8" s="189">
+      <c r="E8" s="188">
         <v>-11757</v>
       </c>
-      <c r="F8" s="190">
+      <c r="F8" s="189">
         <v>-24055</v>
       </c>
-      <c r="H8" s="178" t="s">
+      <c r="H8" s="177" t="s">
         <v>169</v>
       </c>
-      <c r="I8" s="161"/>
+      <c r="I8" s="160"/>
     </row>
     <row r="9" spans="1:11" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="B9" s="167">
+      <c r="B9" s="166">
         <v>31540</v>
       </c>
-      <c r="C9" s="171">
+      <c r="C9" s="170">
         <v>22540</v>
       </c>
-      <c r="D9" s="171">
+      <c r="D9" s="170">
         <v>17390</v>
       </c>
-      <c r="E9" s="181">
+      <c r="E9" s="180">
         <v>-3626</v>
       </c>
-      <c r="F9" s="174">
+      <c r="F9" s="173">
         <v>-21973</v>
       </c>
-      <c r="H9" s="179" t="s">
+      <c r="H9" s="178" t="s">
         <v>170</v>
       </c>
-      <c r="I9" s="162"/>
+      <c r="I9" s="161"/>
     </row>
     <row r="10" spans="1:11" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="182" t="s">
+      <c r="A10" s="181" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="183">
+      <c r="B10" s="182">
         <v>41326</v>
       </c>
-      <c r="C10" s="188">
+      <c r="C10" s="187">
         <v>15986</v>
       </c>
-      <c r="D10" s="188">
+      <c r="D10" s="187">
         <v>17111</v>
       </c>
-      <c r="E10" s="186">
+      <c r="E10" s="185">
         <v>4403</v>
       </c>
-      <c r="F10" s="190">
+      <c r="F10" s="189">
         <v>-20967</v>
       </c>
-      <c r="H10" s="179" t="s">
+      <c r="H10" s="178" t="s">
         <v>171</v>
       </c>
-      <c r="I10" s="163"/>
+      <c r="I10" s="162"/>
     </row>
     <row r="11" spans="1:11" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="167">
+      <c r="B11" s="166">
         <v>36739</v>
       </c>
-      <c r="C11" s="171">
+      <c r="C11" s="170">
         <v>28364</v>
       </c>
-      <c r="D11" s="167">
+      <c r="D11" s="166">
         <v>34741</v>
       </c>
-      <c r="E11" s="171">
+      <c r="E11" s="170">
         <v>21258</v>
       </c>
-      <c r="F11" s="172">
+      <c r="F11" s="171">
         <v>-1526</v>
       </c>
-      <c r="H11" s="179" t="s">
+      <c r="H11" s="178" t="s">
         <v>172</v>
       </c>
-      <c r="I11" s="164"/>
+      <c r="I11" s="163"/>
     </row>
     <row r="12" spans="1:11" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="182" t="s">
+      <c r="A12" s="181" t="s">
         <v>27</v>
       </c>
-      <c r="B12" s="184">
+      <c r="B12" s="183">
         <v>60130</v>
       </c>
-      <c r="C12" s="183">
+      <c r="C12" s="182">
         <v>40146</v>
       </c>
-      <c r="D12" s="183">
+      <c r="D12" s="182">
         <v>44133</v>
       </c>
-      <c r="E12" s="188">
+      <c r="E12" s="187">
         <v>17130</v>
       </c>
-      <c r="F12" s="186">
+      <c r="F12" s="185">
         <v>13594</v>
       </c>
-      <c r="H12" s="179" t="s">
+      <c r="H12" s="178" t="s">
         <v>173</v>
       </c>
-      <c r="I12" s="165"/>
+      <c r="I12" s="164"/>
       <c r="K12" s="1" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="39" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="168">
+      <c r="B13" s="167">
         <v>55799</v>
       </c>
-      <c r="C13" s="167">
+      <c r="C13" s="166">
         <v>38749</v>
       </c>
-      <c r="D13" s="168">
+      <c r="D13" s="167">
         <v>49224</v>
       </c>
-      <c r="E13" s="167">
+      <c r="E13" s="166">
         <v>36760</v>
       </c>
-      <c r="F13" s="171">
+      <c r="F13" s="170">
         <v>23172</v>
       </c>
-      <c r="H13" s="179" t="s">
+      <c r="H13" s="178" t="s">
         <v>175</v>
       </c>
-      <c r="I13" s="166"/>
+      <c r="I13" s="165"/>
       <c r="K13" s="1" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="182" t="s">
+      <c r="A14" s="181" t="s">
         <v>29</v>
       </c>
-      <c r="B14" s="183">
+      <c r="B14" s="182">
         <v>37028</v>
       </c>
-      <c r="C14" s="188">
+      <c r="C14" s="187">
         <v>29278</v>
       </c>
-      <c r="D14" s="188">
+      <c r="D14" s="187">
         <v>18794</v>
       </c>
-      <c r="E14" s="186">
+      <c r="E14" s="185">
         <v>2869</v>
       </c>
-      <c r="F14" s="187">
+      <c r="F14" s="186">
         <v>-1088</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A26" s="180"/>
+      <c r="A26" s="179"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9823BCED-09AC-4D50-9C15-D8CDACC16561}">
   <dimension ref="A1:J26"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F22" sqref="F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="40.5703125" style="1" customWidth="1"/>
     <col min="2" max="6" width="8.7109375" style="1"/>
     <col min="7" max="7" width="5.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="16.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.2">
-      <c r="A1" s="148" t="s">
-        <v>277</v>
+      <c r="A1" s="147" t="s">
+        <v>276</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="15" x14ac:dyDescent="0.2">
       <c r="A3" s="5"/>
-      <c r="B3" s="176">
+      <c r="B3" s="175">
         <v>2019</v>
       </c>
-      <c r="C3" s="176">
+      <c r="C3" s="175">
         <v>2020</v>
       </c>
-      <c r="D3" s="176">
+      <c r="D3" s="175">
         <v>2021</v>
       </c>
-      <c r="E3" s="176">
+      <c r="E3" s="175">
         <v>2022</v>
       </c>
-      <c r="F3" s="176">
+      <c r="F3" s="175">
         <v>2023</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="182" t="s">
+      <c r="A4" s="181" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="198">
+      <c r="B4" s="197">
         <v>0.42599999999999999</v>
       </c>
-      <c r="C4" s="198">
+      <c r="C4" s="197">
         <v>0.47599999999999998</v>
       </c>
-      <c r="D4" s="198">
+      <c r="D4" s="197">
         <v>0.443</v>
       </c>
-      <c r="E4" s="198">
+      <c r="E4" s="197">
         <v>0.53800000000000003</v>
       </c>
-      <c r="F4" s="198">
+      <c r="F4" s="197">
         <v>0.53100000000000003</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="194">
+      <c r="B5" s="193">
         <v>0.39300000000000002</v>
       </c>
-      <c r="C5" s="193">
+      <c r="C5" s="192">
         <v>0.52900000000000003</v>
       </c>
-      <c r="D5" s="193">
+      <c r="D5" s="192">
         <v>0.47799999999999998</v>
       </c>
-      <c r="E5" s="193">
+      <c r="E5" s="192">
         <v>0.48399999999999999</v>
       </c>
-      <c r="F5" s="193">
+      <c r="F5" s="192">
         <v>0.496</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="182" t="s">
+      <c r="A6" s="181" t="s">
         <v>138</v>
       </c>
-      <c r="B6" s="198">
+      <c r="B6" s="197">
         <v>0.52200000000000002</v>
       </c>
-      <c r="C6" s="198">
+      <c r="C6" s="197">
         <v>0.59899999999999998</v>
       </c>
-      <c r="D6" s="198">
+      <c r="D6" s="197">
         <v>0.59899999999999998</v>
       </c>
-      <c r="E6" s="199">
+      <c r="E6" s="198">
         <v>0.60899999999999999</v>
       </c>
-      <c r="F6" s="198">
+      <c r="F6" s="197">
         <v>0.58199999999999996</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="193">
+      <c r="B7" s="192">
         <v>0.57799999999999996</v>
       </c>
-      <c r="C7" s="195">
+      <c r="C7" s="194">
         <v>0.624</v>
       </c>
-      <c r="D7" s="195">
+      <c r="D7" s="194">
         <v>0.65200000000000002</v>
       </c>
-      <c r="E7" s="195">
+      <c r="E7" s="194">
         <v>0.66800000000000004</v>
       </c>
-      <c r="F7" s="195">
+      <c r="F7" s="194">
         <v>0.69499999999999995</v>
       </c>
-      <c r="H7" s="180" t="s">
+      <c r="H7" s="179" t="s">
         <v>181</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="J7" s="162"/>
+      <c r="J7" s="161"/>
     </row>
     <row r="8" spans="1:10" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="182" t="s">
+      <c r="A8" s="181" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="200">
+      <c r="B8" s="199">
         <v>0.379</v>
       </c>
-      <c r="C8" s="198">
+      <c r="C8" s="197">
         <v>0.59299999999999997</v>
       </c>
-      <c r="D8" s="199">
+      <c r="D8" s="198">
         <v>0.63200000000000001</v>
       </c>
-      <c r="E8" s="199">
+      <c r="E8" s="198">
         <v>0.63700000000000001</v>
       </c>
-      <c r="F8" s="199">
+      <c r="F8" s="198">
         <v>0.66</v>
       </c>
-      <c r="H8" s="180" t="s">
+      <c r="H8" s="179" t="s">
         <v>182</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>177</v>
       </c>
-      <c r="J8" s="163"/>
+      <c r="J8" s="162"/>
     </row>
     <row r="9" spans="1:10" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="B9" s="193">
+      <c r="B9" s="192">
         <v>0.45500000000000002</v>
       </c>
-      <c r="C9" s="193">
+      <c r="C9" s="192">
         <v>0.50900000000000001</v>
       </c>
-      <c r="D9" s="193">
+      <c r="D9" s="192">
         <v>0.54900000000000004</v>
       </c>
-      <c r="E9" s="195">
+      <c r="E9" s="194">
         <v>0.60299999999999998</v>
       </c>
-      <c r="F9" s="195">
+      <c r="F9" s="194">
         <v>0.67500000000000004</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="J9" s="164"/>
+      <c r="J9" s="163"/>
     </row>
     <row r="10" spans="1:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="182" t="s">
+      <c r="A10" s="181" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="200">
+      <c r="B10" s="199">
         <v>0.35799999999999998</v>
       </c>
-      <c r="C10" s="198">
+      <c r="C10" s="197">
         <v>0.55300000000000005</v>
       </c>
-      <c r="D10" s="198">
+      <c r="D10" s="197">
         <v>0.56000000000000005</v>
       </c>
-      <c r="E10" s="198">
+      <c r="E10" s="197">
         <v>0.56399999999999995</v>
       </c>
-      <c r="F10" s="199">
+      <c r="F10" s="198">
         <v>0.65400000000000003</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="J10" s="165"/>
+      <c r="J10" s="164"/>
     </row>
     <row r="11" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="195">
+      <c r="B11" s="194">
         <v>0.61499999999999999</v>
       </c>
-      <c r="C11" s="193">
+      <c r="C11" s="192">
         <v>0.60799999999999998</v>
       </c>
-      <c r="D11" s="193">
+      <c r="D11" s="192">
         <v>0.52100000000000002</v>
       </c>
-      <c r="E11" s="193">
+      <c r="E11" s="192">
         <v>0.54200000000000004</v>
       </c>
-      <c r="F11" s="193">
+      <c r="F11" s="192">
         <v>0.55200000000000005</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="J11" s="166"/>
+      <c r="J11" s="165"/>
     </row>
     <row r="12" spans="1:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="182" t="s">
+      <c r="A12" s="181" t="s">
         <v>27</v>
       </c>
-      <c r="B12" s="200">
+      <c r="B12" s="199">
         <v>0.31</v>
       </c>
-      <c r="C12" s="198">
+      <c r="C12" s="197">
         <v>0.46100000000000002</v>
       </c>
-      <c r="D12" s="198">
+      <c r="D12" s="197">
         <v>0.45700000000000002</v>
       </c>
-      <c r="E12" s="198">
+      <c r="E12" s="197">
         <v>0.51400000000000001</v>
       </c>
-      <c r="F12" s="198">
+      <c r="F12" s="197">
         <v>0.48899999999999999</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="193">
+      <c r="B13" s="192">
         <v>0.40600000000000003</v>
       </c>
-      <c r="C13" s="193">
+      <c r="C13" s="192">
         <v>0.48899999999999999</v>
       </c>
-      <c r="D13" s="193">
+      <c r="D13" s="192">
         <v>0.46300000000000002</v>
       </c>
-      <c r="E13" s="193">
+      <c r="E13" s="192">
         <v>0.46400000000000002</v>
       </c>
-      <c r="F13" s="193">
+      <c r="F13" s="192">
         <v>0.47</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="182" t="s">
+      <c r="A14" s="181" t="s">
         <v>29</v>
       </c>
-      <c r="B14" s="198">
+      <c r="B14" s="197">
         <v>0.45300000000000001</v>
       </c>
-      <c r="C14" s="198">
+      <c r="C14" s="197">
         <v>0.50700000000000001</v>
       </c>
-      <c r="D14" s="198">
+      <c r="D14" s="197">
         <v>0.56299999999999994</v>
       </c>
-      <c r="E14" s="198">
+      <c r="E14" s="197">
         <v>0.57299999999999995</v>
       </c>
-      <c r="F14" s="198">
+      <c r="F14" s="197">
         <v>0.55800000000000005</v>
       </c>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A23" s="180"/>
+      <c r="A23" s="179"/>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A26" s="192"/>
-      <c r="B26" s="192"/>
+      <c r="A26" s="191"/>
+      <c r="B26" s="191"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{670CFD2C-BAAB-42D9-B586-EF08F3C837A0}">
   <dimension ref="A1:K16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="36" style="1" customWidth="1"/>
     <col min="2" max="6" width="8.7109375" style="1"/>
     <col min="7" max="7" width="9.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="5.140625" style="1" customWidth="1"/>
     <col min="9" max="9" width="21.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10.42578125" style="1" customWidth="1"/>
     <col min="11" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="18" x14ac:dyDescent="0.2">
-      <c r="A1" s="148" t="s">
-        <v>280</v>
+      <c r="A1" s="147" t="s">
+        <v>279</v>
       </c>
     </row>
     <row r="3" spans="1:11" ht="45" x14ac:dyDescent="0.2">
-      <c r="A3" s="197"/>
-      <c r="B3" s="176">
+      <c r="A3" s="196"/>
+      <c r="B3" s="175">
         <v>2019</v>
       </c>
-      <c r="C3" s="176">
+      <c r="C3" s="175">
         <v>2020</v>
       </c>
-      <c r="D3" s="176">
+      <c r="D3" s="175">
         <v>2021</v>
       </c>
-      <c r="E3" s="176">
+      <c r="E3" s="175">
         <v>2022</v>
       </c>
-      <c r="F3" s="176">
+      <c r="F3" s="175">
         <v>2023</v>
       </c>
-      <c r="G3" s="176" t="s">
+      <c r="G3" s="175" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="4" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="182" t="s">
+      <c r="A4" s="181" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="207">
+      <c r="B4" s="206">
         <v>0.60099999999999998</v>
       </c>
-      <c r="C4" s="207">
+      <c r="C4" s="206">
         <v>0.89</v>
       </c>
-      <c r="D4" s="207">
+      <c r="D4" s="206">
         <v>0.65900000000000003</v>
       </c>
-      <c r="E4" s="208">
+      <c r="E4" s="207">
         <v>1.216</v>
       </c>
-      <c r="F4" s="208">
+      <c r="F4" s="207">
         <v>1.212</v>
       </c>
-      <c r="G4" s="209">
+      <c r="G4" s="208">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="205">
+      <c r="B5" s="204">
         <v>0.45</v>
       </c>
-      <c r="C5" s="203">
+      <c r="C5" s="202">
         <v>1.44</v>
       </c>
-      <c r="D5" s="202">
+      <c r="D5" s="201">
         <v>0.91200000000000003</v>
       </c>
-      <c r="E5" s="202">
+      <c r="E5" s="201">
         <v>0.99099999999999999</v>
       </c>
-      <c r="F5" s="203">
+      <c r="F5" s="202">
         <v>1.1180000000000001</v>
       </c>
-      <c r="G5" s="204">
+      <c r="G5" s="203">
         <v>-0.13</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="182" t="s">
+      <c r="A6" s="181" t="s">
         <v>21</v>
       </c>
-      <c r="B6" s="208">
+      <c r="B6" s="207">
         <v>1.038</v>
       </c>
-      <c r="C6" s="208">
+      <c r="C6" s="207">
         <v>1.49</v>
       </c>
-      <c r="D6" s="208">
+      <c r="D6" s="207">
         <v>1.3260000000000001</v>
       </c>
-      <c r="E6" s="208">
+      <c r="E6" s="207">
         <v>1.3540000000000001</v>
       </c>
-      <c r="F6" s="208">
+      <c r="F6" s="207">
         <v>1.4770000000000001</v>
       </c>
-      <c r="G6" s="210">
+      <c r="G6" s="209">
         <v>-0.12</v>
       </c>
-      <c r="J6" s="191" t="s">
+      <c r="J6" s="190" t="s">
         <v>185</v>
       </c>
-      <c r="K6" s="192"/>
+      <c r="K6" s="191"/>
     </row>
     <row r="7" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="203">
+      <c r="B7" s="202">
         <v>1.355</v>
       </c>
-      <c r="C7" s="206">
+      <c r="C7" s="205">
         <v>1.55</v>
       </c>
-      <c r="D7" s="206">
+      <c r="D7" s="205">
         <v>1.637</v>
       </c>
-      <c r="E7" s="206">
+      <c r="E7" s="205">
         <v>1.7050000000000001</v>
       </c>
-      <c r="F7" s="206">
+      <c r="F7" s="205">
         <v>1.863</v>
       </c>
-      <c r="G7" s="204">
+      <c r="G7" s="203">
         <v>-0.16</v>
       </c>
-      <c r="I7" s="180" t="s">
+      <c r="I7" s="179" t="s">
         <v>191</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="K7" s="162"/>
+      <c r="K7" s="161"/>
     </row>
     <row r="8" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="182" t="s">
+      <c r="A8" s="181" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="211">
+      <c r="B8" s="210">
         <v>0.36699999999999999</v>
       </c>
-      <c r="C8" s="208">
+      <c r="C8" s="207">
         <v>1.41</v>
       </c>
-      <c r="D8" s="212">
+      <c r="D8" s="211">
         <v>1.5009999999999999</v>
       </c>
-      <c r="E8" s="212">
+      <c r="E8" s="211">
         <v>1.556</v>
       </c>
-      <c r="F8" s="212">
+      <c r="F8" s="211">
         <v>1.8720000000000001</v>
       </c>
-      <c r="G8" s="210">
+      <c r="G8" s="209">
         <v>-0.32</v>
       </c>
-      <c r="I8" s="180" t="s">
+      <c r="I8" s="179" t="s">
         <v>192</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="K8" s="163"/>
+      <c r="K8" s="162"/>
     </row>
     <row r="9" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="202">
+      <c r="B9" s="201">
         <v>0.82399999999999995</v>
       </c>
-      <c r="C9" s="203">
+      <c r="C9" s="202">
         <v>1.47</v>
       </c>
-      <c r="D9" s="203">
+      <c r="D9" s="202">
         <v>1.22</v>
       </c>
-      <c r="E9" s="203">
+      <c r="E9" s="202">
         <v>1.4790000000000001</v>
       </c>
-      <c r="F9" s="206">
+      <c r="F9" s="205">
         <v>1.7390000000000001</v>
       </c>
-      <c r="G9" s="204">
+      <c r="G9" s="203">
         <v>-0.26</v>
       </c>
-      <c r="I9" s="180"/>
+      <c r="I9" s="179"/>
       <c r="J9" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="K9" s="164"/>
+      <c r="K9" s="163"/>
     </row>
     <row r="10" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="182" t="s">
+      <c r="A10" s="181" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="211">
+      <c r="B10" s="210">
         <v>0.41299999999999998</v>
       </c>
-      <c r="C10" s="208">
+      <c r="C10" s="207">
         <v>1.36</v>
       </c>
-      <c r="D10" s="207">
+      <c r="D10" s="206">
         <v>0.99399999999999999</v>
       </c>
-      <c r="E10" s="208">
+      <c r="E10" s="207">
         <v>1.1499999999999999</v>
       </c>
-      <c r="F10" s="212">
+      <c r="F10" s="211">
         <v>1.536</v>
       </c>
-      <c r="G10" s="210">
+      <c r="G10" s="209">
         <v>-0.39</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="K10" s="165"/>
+      <c r="K10" s="164"/>
     </row>
     <row r="11" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="203">
+      <c r="B11" s="202">
         <v>1.462</v>
       </c>
-      <c r="C11" s="203">
+      <c r="C11" s="202">
         <v>1.48</v>
       </c>
-      <c r="D11" s="203">
+      <c r="D11" s="202">
         <v>1.2709999999999999</v>
       </c>
-      <c r="E11" s="203">
+      <c r="E11" s="202">
         <v>1.282</v>
       </c>
-      <c r="F11" s="203">
+      <c r="F11" s="202">
         <v>1.403</v>
       </c>
-      <c r="G11" s="204">
+      <c r="G11" s="203">
         <v>-0.12</v>
       </c>
-      <c r="I11" s="196"/>
+      <c r="I11" s="195"/>
       <c r="J11" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="K11" s="166"/>
+      <c r="K11" s="165"/>
     </row>
     <row r="12" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="182" t="s">
+      <c r="A12" s="181" t="s">
         <v>27</v>
       </c>
-      <c r="B12" s="211">
+      <c r="B12" s="210">
         <v>0.28499999999999998</v>
       </c>
-      <c r="C12" s="208">
+      <c r="C12" s="207">
         <v>1.1499999999999999</v>
       </c>
-      <c r="D12" s="207">
+      <c r="D12" s="206">
         <v>0.85899999999999999</v>
       </c>
-      <c r="E12" s="208">
+      <c r="E12" s="207">
         <v>1.131</v>
       </c>
-      <c r="F12" s="213">
+      <c r="F12" s="212">
         <v>1.0780000000000001</v>
       </c>
-      <c r="G12" s="210">
+      <c r="G12" s="209">
         <v>0.05</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="202">
+      <c r="B13" s="201">
         <v>0.51</v>
       </c>
-      <c r="C13" s="203">
+      <c r="C13" s="202">
         <v>1.2</v>
       </c>
-      <c r="D13" s="202">
+      <c r="D13" s="201">
         <v>0.84199999999999997</v>
       </c>
-      <c r="E13" s="202">
+      <c r="E13" s="201">
         <v>0.89</v>
       </c>
-      <c r="F13" s="202">
+      <c r="F13" s="201">
         <v>0.94899999999999995</v>
       </c>
-      <c r="G13" s="204">
+      <c r="G13" s="203">
         <v>-0.06</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="182" t="s">
+      <c r="A14" s="181" t="s">
         <v>29</v>
       </c>
-      <c r="B14" s="207">
+      <c r="B14" s="206">
         <v>0.59099999999999997</v>
       </c>
-      <c r="C14" s="208">
+      <c r="C14" s="207">
         <v>1.26</v>
       </c>
-      <c r="D14" s="208">
+      <c r="D14" s="207">
         <v>1.3029999999999999</v>
       </c>
-      <c r="E14" s="208">
+      <c r="E14" s="207">
         <v>1.357</v>
       </c>
-      <c r="F14" s="208">
+      <c r="F14" s="207">
         <v>1.397</v>
       </c>
-      <c r="G14" s="210">
+      <c r="G14" s="209">
         <v>-0.04</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A15" s="201" t="s">
+      <c r="A15" s="200" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A16" s="1" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5BCD3131-A043-4D7F-8AE6-60F207A90DE0}">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <pane ySplit="1230" topLeftCell="A7" activePane="bottomLeft"/>
-      <selection pane="bottomLeft" activeCell="M10" sqref="M10"/>
+      <pane ySplit="1230" topLeftCell="A5" activePane="bottomLeft"/>
+      <selection pane="bottomLeft" activeCell="H4" sqref="H4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:8" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="141" t="s">
+      <c r="A3" s="140" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="216" t="s">
+      <c r="B3" s="215" t="s">
         <v>193</v>
       </c>
-      <c r="C3" s="216" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="216" t="s">
+      <c r="C3" s="215" t="s">
+        <v>281</v>
+      </c>
+      <c r="D3" s="215" t="s">
         <v>194</v>
       </c>
-      <c r="E3" s="216" t="s">
+      <c r="E3" s="215" t="s">
         <v>195</v>
       </c>
-      <c r="F3" s="216" t="s">
+      <c r="F3" s="215" t="s">
         <v>196</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="30" x14ac:dyDescent="0.25">
-      <c r="A4" s="197" t="s">
+      <c r="A4" s="196" t="s">
         <v>39</v>
       </c>
-      <c r="B4" s="214">
+      <c r="B4" s="213">
         <v>584</v>
       </c>
-      <c r="C4" s="214">
+      <c r="C4" s="213">
         <v>521</v>
       </c>
-      <c r="D4" s="214">
+      <c r="D4" s="213">
         <v>542</v>
       </c>
-      <c r="E4" s="214">
+      <c r="E4" s="213">
         <v>757</v>
       </c>
-      <c r="F4" s="215">
+      <c r="F4" s="214">
         <v>2404</v>
       </c>
-      <c r="H4" s="246" t="s">
+      <c r="H4" s="245" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A5" s="216" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" s="217">
+        <v>929</v>
+      </c>
+      <c r="C5" s="217">
+        <v>1006</v>
+      </c>
+      <c r="D5" s="217">
+        <v>938</v>
+      </c>
+      <c r="E5" s="217">
+        <v>1021</v>
+      </c>
+      <c r="F5" s="218">
+        <v>3894</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A6" s="196" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" s="213">
+        <v>954</v>
+      </c>
+      <c r="C6" s="213">
+        <v>1124</v>
+      </c>
+      <c r="D6" s="213">
+        <v>807</v>
+      </c>
+      <c r="E6" s="213">
+        <v>773</v>
+      </c>
+      <c r="F6" s="214">
+        <v>3658</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A7" s="216" t="s">
+        <v>42</v>
+      </c>
+      <c r="B7" s="217">
+        <v>929</v>
+      </c>
+      <c r="C7" s="217">
+        <v>863</v>
+      </c>
+      <c r="D7" s="217">
+        <v>825</v>
+      </c>
+      <c r="E7" s="217">
+        <v>856</v>
+      </c>
+      <c r="F7" s="218">
+        <v>3473</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A8" s="196" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" s="213">
+        <v>939</v>
+      </c>
+      <c r="C8" s="213">
+        <v>1063</v>
+      </c>
+      <c r="D8" s="213">
+        <v>730</v>
+      </c>
+      <c r="E8" s="213">
+        <v>886</v>
+      </c>
+      <c r="F8" s="214">
+        <v>3618</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A9" s="216" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" s="217">
+        <v>1021</v>
+      </c>
+      <c r="C9" s="217">
+        <v>986</v>
+      </c>
+      <c r="D9" s="217">
+        <v>839</v>
+      </c>
+      <c r="E9" s="217">
+        <v>1010</v>
+      </c>
+      <c r="F9" s="218">
+        <v>3856</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A10" s="196" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" s="213">
+        <v>950</v>
+      </c>
+      <c r="C10" s="213">
+        <v>941</v>
+      </c>
+      <c r="D10" s="213">
+        <v>796</v>
+      </c>
+      <c r="E10" s="213">
+        <v>866</v>
+      </c>
+      <c r="F10" s="214">
+        <v>3553</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A11" s="216" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" s="217">
+        <v>741</v>
+      </c>
+      <c r="C11" s="217">
+        <v>724</v>
+      </c>
+      <c r="D11" s="217">
+        <v>579</v>
+      </c>
+      <c r="E11" s="217">
+        <v>349</v>
+      </c>
+      <c r="F11" s="218">
+        <v>2393</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A12" s="196" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="213">
+        <v>283</v>
+      </c>
+      <c r="C12" s="213">
+        <v>359</v>
+      </c>
+      <c r="D12" s="213">
+        <v>241</v>
+      </c>
+      <c r="E12" s="213">
+        <v>372</v>
+      </c>
+      <c r="F12" s="214">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A13" s="216" t="s">
+        <v>48</v>
+      </c>
+      <c r="B13" s="217">
+        <v>270</v>
+      </c>
+      <c r="C13" s="217">
+        <v>224</v>
+      </c>
+      <c r="D13" s="217">
+        <v>239</v>
+      </c>
+      <c r="E13" s="217">
+        <v>322</v>
+      </c>
+      <c r="F13" s="218">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A14" s="196" t="s">
+        <v>49</v>
+      </c>
+      <c r="B14" s="213">
+        <v>267</v>
+      </c>
+      <c r="C14" s="213">
+        <v>328</v>
+      </c>
+      <c r="D14" s="213">
+        <v>238</v>
+      </c>
+      <c r="E14" s="213">
+        <v>239</v>
+      </c>
+      <c r="F14" s="214">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A15" s="216" t="s">
+        <v>50</v>
+      </c>
+      <c r="B15" s="217">
+        <v>211</v>
+      </c>
+      <c r="C15" s="217">
+        <v>216</v>
+      </c>
+      <c r="D15" s="217">
+        <v>280</v>
+      </c>
+      <c r="E15" s="217">
+        <v>423</v>
+      </c>
+      <c r="F15" s="218">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="30" x14ac:dyDescent="0.2">
+      <c r="A16" s="196" t="s">
+        <v>51</v>
+      </c>
+      <c r="B16" s="213">
+        <v>549</v>
+      </c>
+      <c r="C16" s="213">
+        <v>490</v>
+      </c>
+      <c r="D16" s="213">
+        <v>304</v>
+      </c>
+      <c r="E16" s="213">
+        <v>409</v>
+      </c>
+      <c r="F16" s="214">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A17" s="216" t="s">
+        <v>52</v>
+      </c>
+      <c r="B17" s="217" t="s">
+        <v>197</v>
+      </c>
+      <c r="C17" s="217" t="s">
+        <v>197</v>
+      </c>
+      <c r="D17" s="217">
+        <v>7</v>
+      </c>
+      <c r="E17" s="217">
+        <v>22</v>
+      </c>
+      <c r="F17" s="218">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A18" s="196" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" s="213">
+        <v>145</v>
+      </c>
+      <c r="C18" s="213">
+        <v>173</v>
+      </c>
+      <c r="D18" s="213">
+        <v>169</v>
+      </c>
+      <c r="E18" s="213">
+        <v>185</v>
+      </c>
+      <c r="F18" s="214">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A19" s="216" t="s">
+        <v>54</v>
+      </c>
+      <c r="B19" s="217">
+        <v>150</v>
+      </c>
+      <c r="C19" s="217">
+        <v>154</v>
+      </c>
+      <c r="D19" s="217">
+        <v>85</v>
+      </c>
+      <c r="E19" s="217">
+        <v>230</v>
+      </c>
+      <c r="F19" s="218">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A20" s="196" t="s">
+        <v>55</v>
+      </c>
+      <c r="B20" s="213">
+        <v>246</v>
+      </c>
+      <c r="C20" s="213">
+        <v>271</v>
+      </c>
+      <c r="D20" s="213">
+        <v>231</v>
+      </c>
+      <c r="E20" s="213">
+        <v>285</v>
+      </c>
+      <c r="F20" s="214">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="30" x14ac:dyDescent="0.2">
+      <c r="A21" s="219" t="s">
+        <v>56</v>
+      </c>
+      <c r="B21" s="220">
+        <v>339</v>
+      </c>
+      <c r="C21" s="220">
+        <v>333</v>
+      </c>
+      <c r="D21" s="220">
+        <v>245</v>
+      </c>
+      <c r="E21" s="220">
+        <v>307</v>
+      </c>
+      <c r="F21" s="221">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" s="243" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A25" s="243" t="s">
         <v>301</v>
       </c>
     </row>
-    <row r="5" spans="1:8" ht="30" x14ac:dyDescent="0.2">
-[...350 lines deleted...]
-      <c r="A27" s="245" t="s">
+    <row r="26" spans="1:6" s="243" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A26" s="243" t="s">
         <v>299</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" s="243" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A27" s="244" t="s">
+        <v>298</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A27" r:id="rId1" xr:uid="{3EA76AEE-58A2-40E0-A9D4-57774118154D}"/>
     <hyperlink ref="H4" r:id="rId2" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{31B943B6-44D1-4AE1-8D3D-83F4FE11C82C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D4E4CDBB-02BE-44CD-A846-1F934009ED89}">
   <dimension ref="A1:M48"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <pane ySplit="2115" topLeftCell="A7" activePane="bottomLeft"/>
+    <sheetView topLeftCell="A27" workbookViewId="0">
+      <pane ySplit="2115"/>
       <selection activeCell="I2" sqref="I2"/>
       <selection pane="bottomLeft" activeCell="K55" sqref="K55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="16.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="14.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="18.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="I1" s="71" t="s">
+        <v>284</v>
+      </c>
+      <c r="I1" s="70" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="18" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
-      <c r="I2" s="246" t="s">
-        <v>301</v>
+      <c r="I2" s="245" t="s">
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A3" s="298"/>
-[...10 lines deleted...]
-      <c r="M3" s="297"/>
+      <c r="A3" s="296"/>
+      <c r="B3" s="296"/>
+      <c r="C3" s="66"/>
+      <c r="D3" s="222"/>
+      <c r="E3" s="222"/>
+      <c r="G3" s="222"/>
+      <c r="H3" s="222"/>
+      <c r="I3" s="35"/>
+      <c r="J3" s="222"/>
+      <c r="K3" s="66"/>
+      <c r="L3" s="295"/>
+      <c r="M3" s="295"/>
     </row>
     <row r="4" spans="1:13" ht="75" x14ac:dyDescent="0.2">
-      <c r="A4" s="227" t="s">
+      <c r="A4" s="226" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="228" t="s">
+      <c r="B4" s="227" t="s">
         <v>199</v>
       </c>
-      <c r="C4" s="228" t="s">
+      <c r="C4" s="227" t="s">
         <v>200</v>
       </c>
-      <c r="D4" s="228" t="s">
+      <c r="D4" s="227" t="s">
         <v>201</v>
       </c>
-      <c r="E4" s="228" t="s">
+      <c r="E4" s="227" t="s">
         <v>202</v>
       </c>
-      <c r="F4" s="228" t="s">
+      <c r="F4" s="227" t="s">
         <v>203</v>
       </c>
-      <c r="G4" s="228" t="s">
+      <c r="G4" s="227" t="s">
         <v>204</v>
       </c>
-      <c r="H4" s="228" t="s">
+      <c r="H4" s="227" t="s">
         <v>205</v>
       </c>
-      <c r="I4" s="228" t="s">
+      <c r="I4" s="227" t="s">
         <v>206</v>
       </c>
-      <c r="J4" s="228" t="s">
+      <c r="J4" s="227" t="s">
         <v>207</v>
       </c>
-      <c r="K4" s="228" t="s">
+      <c r="K4" s="227" t="s">
         <v>208</v>
       </c>
-      <c r="L4" s="297"/>
-      <c r="M4" s="297"/>
+      <c r="L4" s="295"/>
+      <c r="M4" s="295"/>
     </row>
     <row r="5" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A5" s="224">
+      <c r="A5" s="223">
         <v>1981</v>
       </c>
-      <c r="B5" s="70">
+      <c r="B5" s="69">
         <v>10700</v>
       </c>
-      <c r="C5" s="226">
+      <c r="C5" s="225">
         <v>64</v>
       </c>
-      <c r="D5" s="226">
+      <c r="D5" s="225">
         <v>122</v>
       </c>
-      <c r="E5" s="226">
+      <c r="E5" s="225">
         <v>34</v>
       </c>
-      <c r="F5" s="70">
+      <c r="F5" s="69">
         <v>11335</v>
       </c>
-      <c r="G5" s="70">
+      <c r="G5" s="69">
         <v>8037</v>
       </c>
-      <c r="H5" s="226">
+      <c r="H5" s="225">
         <v>78</v>
       </c>
-      <c r="I5" s="226">
+      <c r="I5" s="225">
         <v>1.44</v>
       </c>
-      <c r="J5" s="226">
+      <c r="J5" s="225">
         <v>14.2</v>
       </c>
-      <c r="K5" s="226" t="s">
+      <c r="K5" s="225" t="s">
         <v>209</v>
       </c>
-      <c r="L5" s="297"/>
-      <c r="M5" s="297"/>
+      <c r="L5" s="295"/>
+      <c r="M5" s="295"/>
     </row>
     <row r="6" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A6" s="229">
+      <c r="A6" s="228">
         <v>1991</v>
       </c>
-      <c r="B6" s="75">
+      <c r="B6" s="74">
         <v>10600</v>
       </c>
-      <c r="C6" s="230">
+      <c r="C6" s="229">
         <v>55</v>
       </c>
-      <c r="D6" s="230">
+      <c r="D6" s="229">
         <v>234</v>
       </c>
-      <c r="E6" s="230">
+      <c r="E6" s="229">
         <v>32</v>
       </c>
-      <c r="F6" s="75">
+      <c r="F6" s="74">
         <v>22189</v>
       </c>
-      <c r="G6" s="75">
+      <c r="G6" s="74">
         <v>13651</v>
       </c>
-      <c r="H6" s="230">
+      <c r="H6" s="229">
         <v>86</v>
       </c>
-      <c r="I6" s="230">
+      <c r="I6" s="229">
         <v>1.71</v>
       </c>
-      <c r="J6" s="230">
+      <c r="J6" s="229">
         <v>15.7</v>
       </c>
-      <c r="K6" s="230" t="s">
+      <c r="K6" s="229" t="s">
         <v>209</v>
       </c>
-      <c r="L6" s="297"/>
-      <c r="M6" s="297"/>
+      <c r="L6" s="295"/>
+      <c r="M6" s="295"/>
     </row>
     <row r="7" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A7" s="224">
+      <c r="A7" s="223">
         <v>1996</v>
       </c>
-      <c r="B7" s="70">
+      <c r="B7" s="69">
         <v>13600</v>
       </c>
-      <c r="C7" s="226">
+      <c r="C7" s="225">
         <v>55</v>
       </c>
-      <c r="D7" s="226">
+      <c r="D7" s="225">
         <v>419</v>
       </c>
-      <c r="E7" s="226">
+      <c r="E7" s="225">
         <v>32</v>
       </c>
-      <c r="F7" s="70">
+      <c r="F7" s="69">
         <v>30773</v>
       </c>
-      <c r="G7" s="70">
+      <c r="G7" s="69">
         <v>16584</v>
       </c>
-      <c r="H7" s="226">
+      <c r="H7" s="225">
         <v>90</v>
       </c>
-      <c r="I7" s="226">
+      <c r="I7" s="225">
         <v>1.94</v>
       </c>
-      <c r="J7" s="226">
+      <c r="J7" s="225">
         <v>9.1999999999999993</v>
       </c>
-      <c r="K7" s="226" t="s">
+      <c r="K7" s="225" t="s">
         <v>209</v>
       </c>
-      <c r="L7" s="297"/>
-      <c r="M7" s="297"/>
+      <c r="L7" s="295"/>
+      <c r="M7" s="295"/>
     </row>
     <row r="8" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A8" s="229">
+      <c r="A8" s="228">
         <v>2001</v>
       </c>
-      <c r="B8" s="75">
+      <c r="B8" s="74">
         <v>18300</v>
       </c>
-      <c r="C8" s="230">
+      <c r="C8" s="229">
         <v>62</v>
       </c>
-      <c r="D8" s="230">
+      <c r="D8" s="229">
         <v>924</v>
       </c>
-      <c r="E8" s="230">
+      <c r="E8" s="229">
         <v>32</v>
       </c>
-      <c r="F8" s="75">
+      <c r="F8" s="74">
         <v>50872</v>
       </c>
-      <c r="G8" s="75">
+      <c r="G8" s="74">
         <v>22836</v>
       </c>
-      <c r="H8" s="230">
+      <c r="H8" s="229">
         <v>87</v>
       </c>
-      <c r="I8" s="230">
+      <c r="I8" s="229">
         <v>2.33</v>
       </c>
-      <c r="J8" s="230">
+      <c r="J8" s="229">
         <v>12.1</v>
       </c>
-      <c r="K8" s="230" t="s">
+      <c r="K8" s="229" t="s">
         <v>209</v>
       </c>
-      <c r="L8" s="297"/>
-      <c r="M8" s="297"/>
+      <c r="L8" s="295"/>
+      <c r="M8" s="295"/>
     </row>
     <row r="9" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A9" s="224">
+      <c r="A9" s="223">
         <v>2002</v>
       </c>
-      <c r="B9" s="70">
+      <c r="B9" s="69">
         <v>15100</v>
       </c>
-      <c r="C9" s="226">
+      <c r="C9" s="225">
         <v>51</v>
       </c>
-      <c r="D9" s="226">
+      <c r="D9" s="225">
         <v>892</v>
       </c>
-      <c r="E9" s="226">
+      <c r="E9" s="225">
         <v>32</v>
       </c>
-      <c r="F9" s="70">
+      <c r="F9" s="69">
         <v>58930</v>
       </c>
-      <c r="G9" s="70">
+      <c r="G9" s="69">
         <v>28141</v>
       </c>
-      <c r="H9" s="226">
+      <c r="H9" s="225">
         <v>86</v>
       </c>
-      <c r="I9" s="226" t="s">
+      <c r="I9" s="225" t="s">
         <v>210</v>
       </c>
-      <c r="J9" s="226" t="s">
+      <c r="J9" s="225" t="s">
         <v>210</v>
       </c>
-      <c r="K9" s="226" t="s">
+      <c r="K9" s="225" t="s">
         <v>209</v>
       </c>
-      <c r="L9" s="297"/>
-      <c r="M9" s="297"/>
+      <c r="L9" s="295"/>
+      <c r="M9" s="295"/>
     </row>
     <row r="10" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A10" s="229">
+      <c r="A10" s="228">
         <v>2003</v>
       </c>
-      <c r="B10" s="75">
+      <c r="B10" s="74">
         <v>13400</v>
       </c>
-      <c r="C10" s="230">
+      <c r="C10" s="229">
         <v>39</v>
       </c>
-      <c r="D10" s="230">
+      <c r="D10" s="229">
         <v>819</v>
       </c>
-      <c r="E10" s="230">
+      <c r="E10" s="229">
         <v>33</v>
       </c>
-      <c r="F10" s="75">
+      <c r="F10" s="74">
         <v>60994</v>
       </c>
-      <c r="G10" s="75">
+      <c r="G10" s="74">
         <v>24397</v>
       </c>
-      <c r="H10" s="230">
+      <c r="H10" s="229">
         <v>82</v>
       </c>
-      <c r="I10" s="230">
+      <c r="I10" s="229">
         <v>2.67</v>
       </c>
-      <c r="J10" s="230">
+      <c r="J10" s="229">
         <v>10.8</v>
       </c>
-      <c r="K10" s="230" t="s">
+      <c r="K10" s="229" t="s">
         <v>209</v>
       </c>
-      <c r="L10" s="297"/>
-      <c r="M10" s="297"/>
+      <c r="L10" s="295"/>
+      <c r="M10" s="295"/>
     </row>
     <row r="11" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A11" s="224">
+      <c r="A11" s="223">
         <v>2004</v>
       </c>
-      <c r="B11" s="70">
+      <c r="B11" s="69">
         <v>10600</v>
       </c>
-      <c r="C11" s="226">
+      <c r="C11" s="225">
         <v>36</v>
       </c>
-      <c r="D11" s="226">
+      <c r="D11" s="225">
         <v>706</v>
       </c>
-      <c r="E11" s="226">
+      <c r="E11" s="225">
         <v>34</v>
       </c>
-      <c r="F11" s="70">
+      <c r="F11" s="69">
         <v>65816</v>
       </c>
-      <c r="G11" s="70">
+      <c r="G11" s="69">
         <v>26158</v>
       </c>
-      <c r="H11" s="226">
+      <c r="H11" s="225">
         <v>84</v>
       </c>
-      <c r="I11" s="226">
+      <c r="I11" s="225">
         <v>2.76</v>
       </c>
-      <c r="J11" s="226">
+      <c r="J11" s="225">
         <v>13.2</v>
       </c>
-      <c r="K11" s="226" t="s">
+      <c r="K11" s="225" t="s">
         <v>209</v>
       </c>
-      <c r="L11" s="297"/>
-      <c r="M11" s="297"/>
+      <c r="L11" s="295"/>
+      <c r="M11" s="295"/>
     </row>
     <row r="12" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A12" s="229">
+      <c r="A12" s="228">
         <v>2005</v>
       </c>
-      <c r="B12" s="75">
+      <c r="B12" s="74">
         <v>9700</v>
       </c>
-      <c r="C12" s="230">
+      <c r="C12" s="229">
         <v>39</v>
       </c>
-      <c r="D12" s="230">
+      <c r="D12" s="229">
         <v>757</v>
       </c>
-      <c r="E12" s="230">
+      <c r="E12" s="229">
         <v>32</v>
       </c>
-      <c r="F12" s="75">
+      <c r="F12" s="74">
         <v>79074</v>
       </c>
-      <c r="G12" s="75">
+      <c r="G12" s="74">
         <v>29639</v>
       </c>
-      <c r="H12" s="230">
+      <c r="H12" s="229">
         <v>80</v>
       </c>
-      <c r="I12" s="230">
+      <c r="I12" s="229">
         <v>2.9</v>
       </c>
-      <c r="J12" s="230">
+      <c r="J12" s="229">
         <v>15.1</v>
       </c>
-      <c r="K12" s="230">
+      <c r="K12" s="229">
         <v>19.600000000000001</v>
       </c>
-      <c r="L12" s="297"/>
-      <c r="M12" s="297"/>
+      <c r="L12" s="295"/>
+      <c r="M12" s="295"/>
     </row>
     <row r="13" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A13" s="224">
+      <c r="A13" s="223">
         <v>2006</v>
       </c>
-      <c r="B13" s="70">
+      <c r="B13" s="69">
         <v>9200</v>
       </c>
-      <c r="C13" s="226">
+      <c r="C13" s="225">
         <v>35</v>
       </c>
-      <c r="D13" s="226">
+      <c r="D13" s="225">
         <v>870</v>
       </c>
-      <c r="E13" s="226">
+      <c r="E13" s="225">
         <v>32</v>
       </c>
-      <c r="F13" s="70">
+      <c r="F13" s="69">
         <v>94250</v>
       </c>
-      <c r="G13" s="70">
+      <c r="G13" s="69">
         <v>31554</v>
       </c>
-      <c r="H13" s="226">
+      <c r="H13" s="225">
         <v>77</v>
       </c>
-      <c r="I13" s="226">
+      <c r="I13" s="225">
         <v>3.27</v>
       </c>
-      <c r="J13" s="226">
+      <c r="J13" s="225">
         <v>16</v>
       </c>
-      <c r="K13" s="226">
+      <c r="K13" s="225">
         <v>20.3</v>
       </c>
-      <c r="L13" s="297"/>
-      <c r="M13" s="297"/>
+      <c r="L13" s="295"/>
+      <c r="M13" s="295"/>
     </row>
     <row r="14" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A14" s="229">
+      <c r="A14" s="228">
         <v>2007</v>
       </c>
-      <c r="B14" s="75">
+      <c r="B14" s="74">
         <v>5600</v>
       </c>
-      <c r="C14" s="230">
+      <c r="C14" s="229">
         <v>32</v>
       </c>
-      <c r="D14" s="230">
+      <c r="D14" s="229">
         <v>660</v>
       </c>
-      <c r="E14" s="230">
+      <c r="E14" s="229">
         <v>31</v>
       </c>
-      <c r="F14" s="75">
+      <c r="F14" s="74">
         <v>118679</v>
       </c>
-      <c r="G14" s="75">
+      <c r="G14" s="74">
         <v>35701</v>
       </c>
-      <c r="H14" s="230">
+      <c r="H14" s="229">
         <v>70</v>
       </c>
-      <c r="I14" s="230">
+      <c r="I14" s="229">
         <v>3.54</v>
       </c>
-      <c r="J14" s="230">
+      <c r="J14" s="229">
         <v>20.6</v>
       </c>
-      <c r="K14" s="236">
+      <c r="K14" s="235">
         <v>24</v>
       </c>
-      <c r="L14" s="297"/>
-      <c r="M14" s="297"/>
+      <c r="L14" s="295"/>
+      <c r="M14" s="295"/>
     </row>
     <row r="15" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A15" s="224">
+      <c r="A15" s="223">
         <v>2008</v>
       </c>
-      <c r="B15" s="70">
+      <c r="B15" s="69">
         <v>2900</v>
       </c>
-      <c r="C15" s="226">
+      <c r="C15" s="225">
         <v>38</v>
       </c>
-      <c r="D15" s="226">
+      <c r="D15" s="225">
         <v>330</v>
       </c>
-      <c r="E15" s="226">
+      <c r="E15" s="225">
         <v>30</v>
       </c>
-      <c r="F15" s="70">
+      <c r="F15" s="69">
         <v>113493</v>
       </c>
-      <c r="G15" s="70">
+      <c r="G15" s="69">
         <v>35638</v>
       </c>
-      <c r="H15" s="226">
+      <c r="H15" s="225">
         <v>70</v>
       </c>
-      <c r="I15" s="226">
+      <c r="I15" s="225">
         <v>3.48</v>
       </c>
-      <c r="J15" s="226">
+      <c r="J15" s="225">
         <v>21.3</v>
       </c>
-      <c r="K15" s="226">
+      <c r="K15" s="225">
         <v>28.9</v>
       </c>
-      <c r="L15" s="297"/>
-      <c r="M15" s="297"/>
+      <c r="L15" s="295"/>
+      <c r="M15" s="295"/>
     </row>
     <row r="16" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A16" s="229">
+      <c r="A16" s="228">
         <v>2009</v>
       </c>
-      <c r="B16" s="75">
+      <c r="B16" s="74">
         <v>4400</v>
       </c>
-      <c r="C16" s="230">
+      <c r="C16" s="229">
         <v>48</v>
       </c>
-      <c r="D16" s="230">
+      <c r="D16" s="229">
         <v>430</v>
       </c>
-      <c r="E16" s="230">
+      <c r="E16" s="229">
         <v>30</v>
       </c>
-      <c r="F16" s="75">
+      <c r="F16" s="74">
         <v>97014</v>
       </c>
-      <c r="G16" s="75">
+      <c r="G16" s="74">
         <v>32347</v>
       </c>
-      <c r="H16" s="230">
+      <c r="H16" s="229">
         <v>73</v>
       </c>
-      <c r="I16" s="230">
+      <c r="I16" s="229">
         <v>3.34</v>
       </c>
-      <c r="J16" s="230">
+      <c r="J16" s="229">
         <v>15.3</v>
       </c>
-      <c r="K16" s="230">
+      <c r="K16" s="229">
         <v>23.7</v>
       </c>
-      <c r="L16" s="297"/>
-      <c r="M16" s="297"/>
+      <c r="L16" s="295"/>
+      <c r="M16" s="295"/>
     </row>
     <row r="17" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A17" s="224">
+      <c r="A17" s="223">
         <v>2010</v>
       </c>
-      <c r="B17" s="70">
+      <c r="B17" s="69">
         <v>4600</v>
       </c>
-      <c r="C17" s="226">
+      <c r="C17" s="225">
         <v>48</v>
       </c>
-      <c r="D17" s="226">
+      <c r="D17" s="225">
         <v>420</v>
       </c>
-      <c r="E17" s="226">
+      <c r="E17" s="225">
         <v>29</v>
       </c>
-      <c r="F17" s="70">
+      <c r="F17" s="69">
         <v>90187</v>
       </c>
-      <c r="G17" s="70">
+      <c r="G17" s="69">
         <v>28910</v>
       </c>
-      <c r="H17" s="226">
+      <c r="H17" s="225">
         <v>74</v>
       </c>
-      <c r="I17" s="226">
+      <c r="I17" s="225">
         <v>3.33</v>
       </c>
-      <c r="J17" s="226">
+      <c r="J17" s="225">
         <v>14.1</v>
       </c>
-      <c r="K17" s="226">
+      <c r="K17" s="225">
         <v>21.9</v>
       </c>
-      <c r="L17" s="297"/>
-      <c r="M17" s="297"/>
+      <c r="L17" s="295"/>
+      <c r="M17" s="295"/>
     </row>
     <row r="18" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A18" s="229">
+      <c r="A18" s="228">
         <v>2011</v>
       </c>
-      <c r="B18" s="75">
+      <c r="B18" s="74">
         <v>4700</v>
       </c>
-      <c r="C18" s="230">
+      <c r="C18" s="229">
         <v>55</v>
       </c>
-      <c r="D18" s="230">
+      <c r="D18" s="229">
         <v>400</v>
       </c>
-      <c r="E18" s="230">
+      <c r="E18" s="229">
         <v>30</v>
       </c>
-      <c r="F18" s="75">
+      <c r="F18" s="74">
         <v>85499</v>
       </c>
-      <c r="G18" s="75">
+      <c r="G18" s="74">
         <v>27641</v>
       </c>
-      <c r="H18" s="230">
+      <c r="H18" s="229">
         <v>76</v>
       </c>
-      <c r="I18" s="230">
+      <c r="I18" s="229">
         <v>3.34</v>
       </c>
-      <c r="J18" s="230">
+      <c r="J18" s="229">
         <v>14.7</v>
       </c>
-      <c r="K18" s="230">
+      <c r="K18" s="229">
         <v>21.9</v>
       </c>
-      <c r="L18" s="297"/>
-      <c r="M18" s="297"/>
+      <c r="L18" s="295"/>
+      <c r="M18" s="295"/>
     </row>
     <row r="19" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A19" s="224">
+      <c r="A19" s="223">
         <v>2012</v>
       </c>
-      <c r="B19" s="70">
+      <c r="B19" s="69">
         <v>5000</v>
       </c>
-      <c r="C19" s="226">
+      <c r="C19" s="225">
         <v>58</v>
       </c>
-      <c r="D19" s="226">
+      <c r="D19" s="225">
         <v>390</v>
       </c>
-      <c r="E19" s="226">
+      <c r="E19" s="225">
         <v>30</v>
       </c>
-      <c r="F19" s="70">
+      <c r="F19" s="69">
         <v>78156</v>
       </c>
-      <c r="G19" s="70">
+      <c r="G19" s="69">
         <v>26999</v>
       </c>
-      <c r="H19" s="226">
+      <c r="H19" s="225">
         <v>75</v>
       </c>
-      <c r="I19" s="226">
+      <c r="I19" s="225">
         <v>3.16</v>
       </c>
-      <c r="J19" s="226">
+      <c r="J19" s="225">
         <v>14.6</v>
       </c>
-      <c r="K19" s="226">
+      <c r="K19" s="225">
         <v>20.9</v>
       </c>
-      <c r="L19" s="297"/>
-      <c r="M19" s="297"/>
+      <c r="L19" s="295"/>
+      <c r="M19" s="295"/>
     </row>
     <row r="20" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A20" s="229">
+      <c r="A20" s="228">
         <v>2013</v>
       </c>
-      <c r="B20" s="75">
+      <c r="B20" s="74">
         <v>5800</v>
       </c>
-      <c r="C20" s="230">
+      <c r="C20" s="229">
         <v>60</v>
       </c>
-      <c r="D20" s="230">
+      <c r="D20" s="229">
         <v>440</v>
       </c>
-      <c r="E20" s="230">
+      <c r="E20" s="229">
         <v>30</v>
       </c>
-      <c r="F20" s="75">
+      <c r="F20" s="74">
         <v>76545</v>
       </c>
-      <c r="G20" s="75">
+      <c r="G20" s="74">
         <v>28510</v>
       </c>
-      <c r="H20" s="230">
+      <c r="H20" s="229">
         <v>74</v>
       </c>
-      <c r="I20" s="230">
+      <c r="I20" s="229">
         <v>2.9</v>
       </c>
-      <c r="J20" s="230">
+      <c r="J20" s="229">
         <v>11.8</v>
       </c>
-      <c r="K20" s="230">
+      <c r="K20" s="229">
         <v>20.6</v>
       </c>
-      <c r="L20" s="297"/>
-      <c r="M20" s="297"/>
+      <c r="L20" s="295"/>
+      <c r="M20" s="295"/>
     </row>
     <row r="21" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A21" s="224">
+      <c r="A21" s="223">
         <v>2014</v>
       </c>
-      <c r="B21" s="70">
+      <c r="B21" s="69">
         <v>7400</v>
       </c>
-      <c r="C21" s="226">
+      <c r="C21" s="225">
         <v>58</v>
       </c>
-      <c r="D21" s="226">
+      <c r="D21" s="225">
         <v>620</v>
       </c>
-      <c r="E21" s="226">
+      <c r="E21" s="225">
         <v>31</v>
       </c>
-      <c r="F21" s="70">
+      <c r="F21" s="69">
         <v>84485</v>
       </c>
-      <c r="G21" s="70">
+      <c r="G21" s="69">
         <v>32306</v>
       </c>
-      <c r="H21" s="226">
+      <c r="H21" s="225">
         <v>77</v>
       </c>
-      <c r="I21" s="226">
+      <c r="I21" s="225">
         <v>2.86</v>
       </c>
-      <c r="J21" s="226">
+      <c r="J21" s="225">
         <v>11.2</v>
       </c>
-      <c r="K21" s="226">
+      <c r="K21" s="225">
         <v>18.899999999999999</v>
       </c>
-      <c r="L21" s="297"/>
-      <c r="M21" s="297"/>
+      <c r="L21" s="295"/>
+      <c r="M21" s="295"/>
     </row>
     <row r="22" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A22" s="229">
+      <c r="A22" s="228">
         <v>2015</v>
       </c>
-      <c r="B22" s="75">
+      <c r="B22" s="74">
         <v>7800</v>
       </c>
-      <c r="C22" s="230">
+      <c r="C22" s="229">
         <v>56</v>
       </c>
-      <c r="D22" s="230">
+      <c r="D22" s="229">
         <v>690</v>
       </c>
-      <c r="E22" s="230">
+      <c r="E22" s="229">
         <v>31</v>
       </c>
-      <c r="F22" s="75">
+      <c r="F22" s="74">
         <v>88776</v>
       </c>
-      <c r="G22" s="75">
+      <c r="G22" s="74">
         <v>34249</v>
       </c>
-      <c r="H22" s="230">
+      <c r="H22" s="229">
         <v>76</v>
       </c>
-      <c r="I22" s="230">
+      <c r="I22" s="229">
         <v>2.74</v>
       </c>
-      <c r="J22" s="230">
+      <c r="J22" s="229">
         <v>9.4</v>
       </c>
-      <c r="K22" s="230">
+      <c r="K22" s="229">
         <v>15.9</v>
       </c>
-      <c r="L22" s="297"/>
-      <c r="M22" s="297"/>
+      <c r="L22" s="295"/>
+      <c r="M22" s="295"/>
     </row>
     <row r="23" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A23" s="224">
+      <c r="A23" s="223">
         <v>2016</v>
       </c>
-      <c r="B23" s="70">
+      <c r="B23" s="69">
         <v>8500</v>
       </c>
-      <c r="C23" s="226">
+      <c r="C23" s="225">
         <v>58</v>
       </c>
-      <c r="D23" s="226">
+      <c r="D23" s="225">
         <v>810</v>
       </c>
-      <c r="E23" s="226">
+      <c r="E23" s="225">
         <v>31</v>
       </c>
-      <c r="F23" s="70">
+      <c r="F23" s="69">
         <v>95801</v>
       </c>
-      <c r="G23" s="70">
+      <c r="G23" s="69">
         <v>35856</v>
       </c>
-      <c r="H23" s="226">
+      <c r="H23" s="225">
         <v>78</v>
       </c>
-      <c r="I23" s="226">
+      <c r="I23" s="225">
         <v>2.82</v>
       </c>
-      <c r="J23" s="226">
+      <c r="J23" s="225">
         <v>8.6</v>
       </c>
-      <c r="K23" s="226">
+      <c r="K23" s="225">
         <v>15.5</v>
       </c>
-      <c r="L23" s="297"/>
-      <c r="M23" s="297"/>
+      <c r="L23" s="295"/>
+      <c r="M23" s="295"/>
     </row>
     <row r="24" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A24" s="229">
+      <c r="A24" s="228">
         <v>2017</v>
       </c>
-      <c r="B24" s="75">
+      <c r="B24" s="74">
         <v>9800</v>
       </c>
-      <c r="C24" s="230">
+      <c r="C24" s="229">
         <v>60</v>
       </c>
-      <c r="D24" s="230">
+      <c r="D24" s="229">
         <v>980</v>
       </c>
-      <c r="E24" s="230">
+      <c r="E24" s="229">
         <v>31</v>
       </c>
-      <c r="F24" s="75">
+      <c r="F24" s="74">
         <v>100075</v>
       </c>
-      <c r="G24" s="75">
+      <c r="G24" s="74">
         <v>36474</v>
       </c>
-      <c r="H24" s="230">
+      <c r="H24" s="229">
         <v>79</v>
       </c>
-      <c r="I24" s="230">
+      <c r="I24" s="229">
         <v>2.92</v>
       </c>
-      <c r="J24" s="230">
+      <c r="J24" s="229">
         <v>7.8</v>
       </c>
-      <c r="K24" s="230">
+      <c r="K24" s="229">
         <v>15.3</v>
       </c>
-      <c r="L24" s="297"/>
-      <c r="M24" s="297"/>
+      <c r="L24" s="295"/>
+      <c r="M24" s="295"/>
     </row>
     <row r="25" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A25" s="224">
+      <c r="A25" s="223">
         <v>2018</v>
       </c>
-      <c r="B25" s="70">
+      <c r="B25" s="69">
         <v>10400</v>
       </c>
-      <c r="C25" s="226">
+      <c r="C25" s="225">
         <v>61</v>
       </c>
-      <c r="D25" s="70">
+      <c r="D25" s="69">
         <v>1090</v>
       </c>
-      <c r="E25" s="226">
+      <c r="E25" s="225">
         <v>32</v>
       </c>
-      <c r="F25" s="70">
+      <c r="F25" s="69">
         <v>104643</v>
       </c>
-      <c r="G25" s="70">
+      <c r="G25" s="69">
         <v>37257</v>
       </c>
-      <c r="H25" s="226">
+      <c r="H25" s="225">
         <v>80</v>
       </c>
-      <c r="I25" s="226">
+      <c r="I25" s="225">
         <v>2.99</v>
       </c>
-      <c r="J25" s="226">
+      <c r="J25" s="225">
         <v>7.8</v>
       </c>
-      <c r="K25" s="226">
+      <c r="K25" s="225">
         <v>15.5</v>
       </c>
-      <c r="L25" s="297"/>
-      <c r="M25" s="297"/>
+      <c r="L25" s="295"/>
+      <c r="M25" s="295"/>
     </row>
     <row r="26" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A26" s="229">
+      <c r="A26" s="228">
         <v>2019</v>
       </c>
-      <c r="B26" s="75">
+      <c r="B26" s="74">
         <v>10800</v>
       </c>
-      <c r="C26" s="230">
+      <c r="C26" s="229">
         <v>60</v>
       </c>
-      <c r="D26" s="75">
+      <c r="D26" s="74">
         <v>1170</v>
       </c>
-      <c r="E26" s="230">
+      <c r="E26" s="229">
         <v>32</v>
       </c>
-      <c r="F26" s="75">
+      <c r="F26" s="74">
         <v>107923</v>
       </c>
-      <c r="G26" s="75">
+      <c r="G26" s="74">
         <v>37887</v>
       </c>
-      <c r="H26" s="230">
+      <c r="H26" s="229">
         <v>80</v>
       </c>
-      <c r="I26" s="230">
+      <c r="I26" s="229">
         <v>3.03</v>
       </c>
-      <c r="J26" s="230">
+      <c r="J26" s="229">
         <v>7.6</v>
       </c>
-      <c r="K26" s="230">
+      <c r="K26" s="229">
         <v>15.3</v>
       </c>
-      <c r="L26" s="297"/>
-      <c r="M26" s="297"/>
+      <c r="L26" s="295"/>
+      <c r="M26" s="295"/>
     </row>
     <row r="27" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A27" s="224">
+      <c r="A27" s="223">
         <v>2020</v>
       </c>
-      <c r="B27" s="70">
+      <c r="B27" s="69">
         <v>8600</v>
       </c>
-      <c r="C27" s="226">
+      <c r="C27" s="225">
         <v>58</v>
       </c>
-      <c r="D27" s="226">
+      <c r="D27" s="225">
         <v>970</v>
       </c>
-      <c r="E27" s="226">
+      <c r="E27" s="225">
         <v>32</v>
       </c>
-      <c r="F27" s="70">
+      <c r="F27" s="69">
         <v>112844</v>
       </c>
-      <c r="G27" s="70">
+      <c r="G27" s="69">
         <v>39894</v>
       </c>
-      <c r="H27" s="226">
+      <c r="H27" s="225">
         <v>78</v>
       </c>
-      <c r="I27" s="226">
+      <c r="I27" s="225">
         <v>3.02</v>
       </c>
-      <c r="J27" s="226">
+      <c r="J27" s="225">
         <v>7</v>
       </c>
-      <c r="K27" s="237">
+      <c r="K27" s="236">
         <v>15</v>
       </c>
-      <c r="L27" s="297"/>
-      <c r="M27" s="297"/>
+      <c r="L27" s="295"/>
+      <c r="M27" s="295"/>
     </row>
     <row r="28" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A28" s="229">
+      <c r="A28" s="228">
         <v>2021</v>
       </c>
-      <c r="B28" s="75">
+      <c r="B28" s="74">
         <v>12200</v>
       </c>
-      <c r="C28" s="230">
+      <c r="C28" s="229">
         <v>57</v>
       </c>
-      <c r="D28" s="75">
+      <c r="D28" s="74">
         <v>1420</v>
       </c>
-      <c r="E28" s="230">
+      <c r="E28" s="229">
         <v>32</v>
       </c>
-      <c r="F28" s="75">
+      <c r="F28" s="74">
         <v>116645</v>
       </c>
-      <c r="G28" s="75">
+      <c r="G28" s="74">
         <v>40090</v>
       </c>
-      <c r="H28" s="230">
+      <c r="H28" s="229">
         <v>78</v>
       </c>
-      <c r="I28" s="230">
+      <c r="I28" s="229">
         <v>3.07</v>
       </c>
-      <c r="J28" s="230">
+      <c r="J28" s="229">
         <v>8.1999999999999993</v>
       </c>
-      <c r="K28" s="230">
+      <c r="K28" s="229">
         <v>15.9</v>
       </c>
-      <c r="L28" s="297"/>
-      <c r="M28" s="297"/>
+      <c r="L28" s="295"/>
+      <c r="M28" s="295"/>
     </row>
     <row r="29" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A29" s="224">
+      <c r="A29" s="223">
         <v>2022</v>
       </c>
-      <c r="B29" s="70">
+      <c r="B29" s="69">
         <v>10600</v>
       </c>
-      <c r="C29" s="226">
+      <c r="C29" s="225">
         <v>61</v>
       </c>
-      <c r="D29" s="70">
+      <c r="D29" s="69">
         <v>1360</v>
       </c>
-      <c r="E29" s="226">
+      <c r="E29" s="225">
         <v>33</v>
       </c>
-      <c r="F29" s="70">
+      <c r="F29" s="69">
         <v>127921</v>
       </c>
-      <c r="G29" s="70">
+      <c r="G29" s="69">
         <v>43144</v>
       </c>
-      <c r="H29" s="68">
+      <c r="H29" s="67">
         <v>80</v>
       </c>
-      <c r="I29" s="68">
+      <c r="I29" s="67">
         <v>3.13</v>
       </c>
-      <c r="J29" s="68">
+      <c r="J29" s="67">
         <v>8.6</v>
       </c>
-      <c r="K29" s="68">
+      <c r="K29" s="67">
         <v>16.2</v>
       </c>
-      <c r="L29" s="297"/>
-      <c r="M29" s="297"/>
+      <c r="L29" s="295"/>
+      <c r="M29" s="295"/>
     </row>
     <row r="30" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A30" s="232">
+      <c r="A30" s="231">
         <v>2023</v>
       </c>
-      <c r="B30" s="233">
+      <c r="B30" s="232">
         <v>8200</v>
       </c>
-      <c r="C30" s="234">
+      <c r="C30" s="233">
         <v>60</v>
       </c>
-      <c r="D30" s="233">
+      <c r="D30" s="232">
         <v>1050</v>
       </c>
-      <c r="E30" s="234">
+      <c r="E30" s="233">
         <v>33</v>
       </c>
-      <c r="F30" s="233">
+      <c r="F30" s="232">
         <v>127904</v>
       </c>
-      <c r="G30" s="233">
+      <c r="G30" s="232">
         <v>47842</v>
       </c>
-      <c r="H30" s="235">
+      <c r="H30" s="234">
         <v>77</v>
       </c>
-      <c r="I30" s="235">
+      <c r="I30" s="234">
         <v>2.85</v>
       </c>
-      <c r="J30" s="235">
+      <c r="J30" s="234">
         <v>14.5</v>
       </c>
-      <c r="K30" s="235">
+      <c r="K30" s="234">
         <v>19</v>
       </c>
-      <c r="L30" s="297"/>
-      <c r="M30" s="297"/>
+      <c r="L30" s="295"/>
+      <c r="M30" s="295"/>
     </row>
     <row r="31" spans="1:13" ht="15" x14ac:dyDescent="0.2">
-      <c r="A31" s="224">
+      <c r="A31" s="223">
         <v>2024</v>
       </c>
-      <c r="B31" s="70">
+      <c r="B31" s="69">
         <v>8700</v>
       </c>
-      <c r="C31" s="226">
+      <c r="C31" s="225">
         <v>57</v>
       </c>
-      <c r="D31" s="70">
+      <c r="D31" s="69">
         <v>1200</v>
       </c>
-      <c r="E31" s="226">
+      <c r="E31" s="225">
         <v>32</v>
       </c>
-      <c r="F31" s="70">
+      <c r="F31" s="69">
         <v>137502</v>
       </c>
-      <c r="G31" s="70">
+      <c r="G31" s="69">
         <v>49726</v>
       </c>
-      <c r="H31" s="68">
+      <c r="H31" s="67">
         <v>78</v>
       </c>
-      <c r="I31" s="68">
+      <c r="I31" s="67">
         <v>2.9</v>
       </c>
-      <c r="J31" s="68">
+      <c r="J31" s="67">
         <v>14.5</v>
       </c>
-      <c r="K31" s="68">
+      <c r="K31" s="67">
         <v>19.100000000000001</v>
       </c>
-      <c r="L31" s="297"/>
-      <c r="M31" s="297"/>
+      <c r="L31" s="295"/>
+      <c r="M31" s="295"/>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
-        <v>261</v>
-[...10 lines deleted...]
-      <c r="M32" s="297"/>
+        <v>260</v>
+      </c>
+      <c r="B32" s="68"/>
+      <c r="C32" s="66"/>
+      <c r="D32" s="222"/>
+      <c r="E32" s="222"/>
+      <c r="F32" s="222"/>
+      <c r="G32" s="222"/>
+      <c r="I32" s="222"/>
+      <c r="J32" s="224"/>
+      <c r="L32" s="295"/>
+      <c r="M32" s="295"/>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A33" s="69" t="s">
-[...13 lines deleted...]
-      <c r="M33" s="297"/>
+      <c r="A33" s="68" t="s">
+        <v>283</v>
+      </c>
+      <c r="B33" s="68"/>
+      <c r="C33" s="66"/>
+      <c r="D33" s="222"/>
+      <c r="E33" s="222"/>
+      <c r="F33" s="222"/>
+      <c r="G33" s="222"/>
+      <c r="H33" s="222"/>
+      <c r="I33" s="222"/>
+      <c r="J33" s="224"/>
+      <c r="K33" s="66"/>
+      <c r="L33" s="295"/>
+      <c r="M33" s="295"/>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A34" s="69" t="s">
+      <c r="A34" s="68" t="s">
         <v>212</v>
       </c>
-      <c r="B34" s="69"/>
-[...10 lines deleted...]
-      <c r="M34" s="297"/>
+      <c r="B34" s="68"/>
+      <c r="C34" s="66"/>
+      <c r="D34" s="222"/>
+      <c r="E34" s="222"/>
+      <c r="F34" s="222"/>
+      <c r="G34" s="222"/>
+      <c r="H34" s="222"/>
+      <c r="I34" s="222"/>
+      <c r="J34" s="222"/>
+      <c r="K34" s="66"/>
+      <c r="L34" s="295"/>
+      <c r="M34" s="295"/>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A35" s="69" t="s">
+      <c r="A35" s="68" t="s">
         <v>213</v>
       </c>
-      <c r="B35" s="69"/>
-[...10 lines deleted...]
-      <c r="M35" s="297"/>
+      <c r="B35" s="68"/>
+      <c r="C35" s="66"/>
+      <c r="D35" s="222"/>
+      <c r="E35" s="222"/>
+      <c r="F35" s="222"/>
+      <c r="G35" s="222"/>
+      <c r="H35" s="222"/>
+      <c r="I35" s="222"/>
+      <c r="J35" s="222"/>
+      <c r="K35" s="66"/>
+      <c r="L35" s="295"/>
+      <c r="M35" s="295"/>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A36" s="69" t="s">
+      <c r="A36" s="68" t="s">
         <v>214</v>
       </c>
-      <c r="B36" s="69"/>
-[...10 lines deleted...]
-      <c r="M36" s="297"/>
+      <c r="B36" s="68"/>
+      <c r="C36" s="66"/>
+      <c r="D36" s="222"/>
+      <c r="E36" s="222"/>
+      <c r="F36" s="222"/>
+      <c r="G36" s="222"/>
+      <c r="H36" s="222"/>
+      <c r="I36" s="222"/>
+      <c r="J36" s="222"/>
+      <c r="K36" s="66"/>
+      <c r="L36" s="295"/>
+      <c r="M36" s="295"/>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A37" s="67" t="s">
+      <c r="A37" s="66" t="s">
         <v>215</v>
       </c>
-      <c r="B37" s="67"/>
-[...10 lines deleted...]
-      <c r="M37" s="297"/>
+      <c r="B37" s="66"/>
+      <c r="C37" s="66"/>
+      <c r="D37" s="222"/>
+      <c r="E37" s="222"/>
+      <c r="F37" s="222"/>
+      <c r="G37" s="222"/>
+      <c r="H37" s="222"/>
+      <c r="I37" s="222"/>
+      <c r="J37" s="222"/>
+      <c r="K37" s="66"/>
+      <c r="L37" s="295"/>
+      <c r="M37" s="295"/>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A38" s="67" t="s">
+      <c r="A38" s="66" t="s">
         <v>216</v>
       </c>
-      <c r="B38" s="67"/>
-[...10 lines deleted...]
-      <c r="M38" s="297"/>
+      <c r="B38" s="66"/>
+      <c r="C38" s="66"/>
+      <c r="D38" s="222"/>
+      <c r="E38" s="222"/>
+      <c r="F38" s="222"/>
+      <c r="G38" s="222"/>
+      <c r="H38" s="222"/>
+      <c r="I38" s="222"/>
+      <c r="J38" s="222"/>
+      <c r="K38" s="66"/>
+      <c r="L38" s="295"/>
+      <c r="M38" s="295"/>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A39" s="67" t="s">
+      <c r="A39" s="66" t="s">
         <v>217</v>
       </c>
-      <c r="B39" s="67"/>
-[...10 lines deleted...]
-      <c r="M39" s="297"/>
+      <c r="B39" s="66"/>
+      <c r="C39" s="66"/>
+      <c r="D39" s="222"/>
+      <c r="E39" s="222"/>
+      <c r="F39" s="222"/>
+      <c r="G39" s="222"/>
+      <c r="H39" s="222"/>
+      <c r="I39" s="222"/>
+      <c r="J39" s="222"/>
+      <c r="K39" s="66"/>
+      <c r="L39" s="295"/>
+      <c r="M39" s="295"/>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A40" s="69" t="s">
+      <c r="A40" s="68" t="s">
         <v>218</v>
       </c>
-      <c r="B40" s="69"/>
-[...10 lines deleted...]
-      <c r="M40" s="297"/>
+      <c r="B40" s="68"/>
+      <c r="C40" s="66"/>
+      <c r="D40" s="222"/>
+      <c r="E40" s="222"/>
+      <c r="F40" s="222"/>
+      <c r="G40" s="222"/>
+      <c r="H40" s="222"/>
+      <c r="I40" s="222"/>
+      <c r="J40" s="222"/>
+      <c r="K40" s="66"/>
+      <c r="L40" s="295"/>
+      <c r="M40" s="295"/>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A41" s="69" t="s">
+      <c r="A41" s="68" t="s">
         <v>219</v>
       </c>
-      <c r="B41" s="69"/>
-[...10 lines deleted...]
-      <c r="M41" s="297"/>
+      <c r="B41" s="68"/>
+      <c r="C41" s="66"/>
+      <c r="D41" s="222"/>
+      <c r="E41" s="222"/>
+      <c r="F41" s="222"/>
+      <c r="G41" s="222"/>
+      <c r="H41" s="222"/>
+      <c r="I41" s="222"/>
+      <c r="J41" s="222"/>
+      <c r="K41" s="66"/>
+      <c r="L41" s="295"/>
+      <c r="M41" s="295"/>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A42" s="67" t="s">
+      <c r="A42" s="66" t="s">
         <v>220</v>
       </c>
-      <c r="B42" s="67"/>
-[...10 lines deleted...]
-      <c r="M42" s="297"/>
+      <c r="B42" s="66"/>
+      <c r="C42" s="66"/>
+      <c r="D42" s="222"/>
+      <c r="E42" s="222"/>
+      <c r="F42" s="222"/>
+      <c r="G42" s="222"/>
+      <c r="H42" s="222"/>
+      <c r="I42" s="222"/>
+      <c r="J42" s="66"/>
+      <c r="K42" s="222"/>
+      <c r="L42" s="295"/>
+      <c r="M42" s="295"/>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A43" s="67" t="s">
+      <c r="A43" s="66" t="s">
         <v>221</v>
       </c>
-      <c r="B43" s="67"/>
-[...10 lines deleted...]
-      <c r="M43" s="297"/>
+      <c r="B43" s="66"/>
+      <c r="C43" s="66"/>
+      <c r="D43" s="222"/>
+      <c r="E43" s="222"/>
+      <c r="F43" s="222"/>
+      <c r="G43" s="222"/>
+      <c r="H43" s="222"/>
+      <c r="I43" s="222"/>
+      <c r="J43" s="66"/>
+      <c r="K43" s="222"/>
+      <c r="L43" s="295"/>
+      <c r="M43" s="295"/>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A44" s="69" t="s">
+      <c r="A44" s="68" t="s">
         <v>222</v>
       </c>
-      <c r="B44" s="69"/>
-[...10 lines deleted...]
-      <c r="M44" s="297"/>
+      <c r="B44" s="68"/>
+      <c r="C44" s="66"/>
+      <c r="D44" s="222"/>
+      <c r="E44" s="222"/>
+      <c r="F44" s="222"/>
+      <c r="G44" s="222"/>
+      <c r="H44" s="222"/>
+      <c r="I44" s="222"/>
+      <c r="J44" s="222"/>
+      <c r="K44" s="66"/>
+      <c r="L44" s="295"/>
+      <c r="M44" s="295"/>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A45" s="69" t="s">
+      <c r="A45" s="68" t="s">
         <v>223</v>
       </c>
-      <c r="B45" s="69"/>
-[...10 lines deleted...]
-      <c r="M45" s="297"/>
+      <c r="B45" s="68"/>
+      <c r="C45" s="66"/>
+      <c r="D45" s="222"/>
+      <c r="E45" s="222"/>
+      <c r="F45" s="222"/>
+      <c r="G45" s="222"/>
+      <c r="H45" s="222"/>
+      <c r="I45" s="222"/>
+      <c r="J45" s="222"/>
+      <c r="K45" s="66"/>
+      <c r="L45" s="295"/>
+      <c r="M45" s="295"/>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A46" s="69" t="s">
+      <c r="A46" s="68" t="s">
         <v>224</v>
       </c>
-      <c r="B46" s="69"/>
-[...10 lines deleted...]
-      <c r="M46" s="297"/>
+      <c r="B46" s="68"/>
+      <c r="C46" s="66"/>
+      <c r="D46" s="222"/>
+      <c r="E46" s="222"/>
+      <c r="F46" s="222"/>
+      <c r="G46" s="222"/>
+      <c r="H46" s="222"/>
+      <c r="I46" s="222"/>
+      <c r="J46" s="222"/>
+      <c r="K46" s="66"/>
+      <c r="L46" s="295"/>
+      <c r="M46" s="295"/>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A47" s="296"/>
-[...11 lines deleted...]
-      <c r="M47" s="297"/>
+      <c r="A47" s="297"/>
+      <c r="B47" s="297"/>
+      <c r="C47" s="66"/>
+      <c r="D47" s="222"/>
+      <c r="E47" s="222"/>
+      <c r="F47" s="222"/>
+      <c r="G47" s="222"/>
+      <c r="H47" s="222"/>
+      <c r="I47" s="222"/>
+      <c r="J47" s="222"/>
+      <c r="K47" s="66"/>
+      <c r="L47" s="295"/>
+      <c r="M47" s="295"/>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A48" s="296"/>
-[...11 lines deleted...]
-      <c r="M48" s="297"/>
+      <c r="A48" s="297"/>
+      <c r="B48" s="297"/>
+      <c r="C48" s="66"/>
+      <c r="D48" s="222"/>
+      <c r="E48" s="222"/>
+      <c r="F48" s="222"/>
+      <c r="G48" s="222"/>
+      <c r="H48" s="222"/>
+      <c r="I48" s="222"/>
+      <c r="J48" s="222"/>
+      <c r="K48" s="66"/>
+      <c r="L48" s="295"/>
+      <c r="M48" s="295"/>
     </row>
   </sheetData>
   <mergeCells count="49">
-    <mergeCell ref="L11:M11"/>
-[...20 lines deleted...]
-    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="L47:M47"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="L48:M48"/>
+    <mergeCell ref="L44:M44"/>
+    <mergeCell ref="L45:M45"/>
+    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="L42:M42"/>
+    <mergeCell ref="L43:M43"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="L39:M39"/>
+    <mergeCell ref="L40:M40"/>
     <mergeCell ref="L35:M35"/>
     <mergeCell ref="L36:M36"/>
     <mergeCell ref="L37:M37"/>
     <mergeCell ref="L34:M34"/>
     <mergeCell ref="L24:M24"/>
     <mergeCell ref="L25:M25"/>
     <mergeCell ref="L26:M26"/>
     <mergeCell ref="L27:M27"/>
     <mergeCell ref="L28:M28"/>
     <mergeCell ref="L29:M29"/>
     <mergeCell ref="L30:M30"/>
     <mergeCell ref="L32:M32"/>
     <mergeCell ref="L33:M33"/>
     <mergeCell ref="L31:M31"/>
-    <mergeCell ref="L41:M41"/>
-[...11 lines deleted...]
-    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="L23:M23"/>
+    <mergeCell ref="L12:M12"/>
+    <mergeCell ref="L13:M13"/>
+    <mergeCell ref="L14:M14"/>
+    <mergeCell ref="L15:M15"/>
+    <mergeCell ref="L16:M16"/>
+    <mergeCell ref="L17:M17"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="L19:M19"/>
+    <mergeCell ref="L20:M20"/>
+    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="L11:M11"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="L3:M3"/>
+    <mergeCell ref="L4:M4"/>
+    <mergeCell ref="L5:M5"/>
+    <mergeCell ref="L6:M6"/>
+    <mergeCell ref="L7:M7"/>
+    <mergeCell ref="L8:M8"/>
+    <mergeCell ref="L9:M9"/>
+    <mergeCell ref="L10:M10"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="I2" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{4C900D53-A3A9-41CB-A425-227C727B0480}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{683810E4-7F2D-4A53-9678-019BC2FA07E8}">
   <dimension ref="A1:M51"/>
   <sheetViews>
-    <sheetView topLeftCell="D1" workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1890" topLeftCell="A15" activePane="bottomLeft"/>
       <selection activeCell="K2" sqref="K2"/>
       <selection pane="bottomLeft" activeCell="L18" sqref="L18:M18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="8.7109375" style="1"/>
     <col min="3" max="3" width="14.28515625" style="1" customWidth="1"/>
     <col min="4" max="4" width="9.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="9.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="8.7109375" style="1"/>
     <col min="8" max="8" width="11.28515625" style="1" customWidth="1"/>
     <col min="9" max="9" width="8.7109375" style="1"/>
     <col min="10" max="10" width="19.140625" style="1" customWidth="1"/>
     <col min="11" max="11" width="25.42578125" style="1" customWidth="1"/>
     <col min="12" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="18" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
-      <c r="K2" s="246" t="s">
-        <v>301</v>
+      <c r="K2" s="245" t="s">
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="K3" s="36"/>
+      <c r="K3" s="35"/>
     </row>
     <row r="4" spans="1:13" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="239" t="s">
+      <c r="A4" s="238" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="228" t="s">
+      <c r="B4" s="227" t="s">
         <v>199</v>
       </c>
-      <c r="C4" s="228" t="s">
+      <c r="C4" s="227" t="s">
         <v>200</v>
       </c>
-      <c r="D4" s="228" t="s">
+      <c r="D4" s="227" t="s">
         <v>201</v>
       </c>
-      <c r="E4" s="228" t="s">
+      <c r="E4" s="227" t="s">
         <v>202</v>
       </c>
-      <c r="F4" s="228" t="s">
+      <c r="F4" s="227" t="s">
         <v>203</v>
       </c>
-      <c r="G4" s="228" t="s">
+      <c r="G4" s="227" t="s">
         <v>204</v>
       </c>
-      <c r="H4" s="228" t="s">
+      <c r="H4" s="227" t="s">
         <v>205</v>
       </c>
-      <c r="I4" s="228" t="s">
+      <c r="I4" s="227" t="s">
         <v>206</v>
       </c>
-      <c r="J4" s="228" t="s">
+      <c r="J4" s="227" t="s">
         <v>207</v>
       </c>
-      <c r="K4" s="228" t="s">
+      <c r="K4" s="227" t="s">
         <v>208</v>
       </c>
-      <c r="L4" s="297"/>
-      <c r="M4" s="297"/>
+      <c r="L4" s="295"/>
+      <c r="M4" s="295"/>
     </row>
     <row r="5" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="64">
+      <c r="A5" s="63">
         <v>1981</v>
       </c>
-      <c r="B5" s="238">
+      <c r="B5" s="237">
         <v>5900</v>
       </c>
-      <c r="C5" s="68">
+      <c r="C5" s="67">
         <v>36</v>
       </c>
-      <c r="D5" s="68">
+      <c r="D5" s="67">
         <v>92</v>
       </c>
-      <c r="E5" s="68">
+      <c r="E5" s="67">
         <v>36</v>
       </c>
-      <c r="F5" s="238">
+      <c r="F5" s="237">
         <v>15584</v>
       </c>
-      <c r="G5" s="238">
+      <c r="G5" s="237">
         <v>10006</v>
       </c>
-      <c r="H5" s="68">
+      <c r="H5" s="67">
         <v>58</v>
       </c>
-      <c r="I5" s="68">
+      <c r="I5" s="67">
         <v>1.62</v>
       </c>
-      <c r="J5" s="68">
+      <c r="J5" s="67">
         <v>16.3</v>
       </c>
-      <c r="K5" s="68" t="s">
+      <c r="K5" s="67" t="s">
         <v>209</v>
       </c>
-      <c r="L5" s="297"/>
-      <c r="M5" s="297"/>
+      <c r="L5" s="295"/>
+      <c r="M5" s="295"/>
     </row>
     <row r="6" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A6" s="240">
+      <c r="A6" s="239">
         <v>1991</v>
       </c>
-      <c r="B6" s="76">
+      <c r="B6" s="75">
         <v>8900</v>
       </c>
-      <c r="C6" s="231">
+      <c r="C6" s="230">
         <v>47</v>
       </c>
-      <c r="D6" s="231">
+      <c r="D6" s="230">
         <v>284</v>
       </c>
-      <c r="E6" s="231">
+      <c r="E6" s="230">
         <v>37</v>
       </c>
-      <c r="F6" s="76">
+      <c r="F6" s="75">
         <v>32059</v>
       </c>
-      <c r="G6" s="76">
+      <c r="G6" s="75">
         <v>19684</v>
       </c>
-      <c r="H6" s="231">
+      <c r="H6" s="230">
         <v>75</v>
       </c>
-      <c r="I6" s="231">
+      <c r="I6" s="230">
         <v>1.79</v>
       </c>
-      <c r="J6" s="231">
+      <c r="J6" s="230">
         <v>16.8</v>
       </c>
-      <c r="K6" s="231" t="s">
+      <c r="K6" s="230" t="s">
         <v>209</v>
       </c>
-      <c r="L6" s="297"/>
-      <c r="M6" s="297"/>
+      <c r="L6" s="295"/>
+      <c r="M6" s="295"/>
     </row>
     <row r="7" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A7" s="64">
+      <c r="A7" s="63">
         <v>1996</v>
       </c>
-      <c r="B7" s="238">
+      <c r="B7" s="237">
         <v>11300</v>
       </c>
-      <c r="C7" s="68">
+      <c r="C7" s="67">
         <v>46</v>
       </c>
-      <c r="D7" s="68">
+      <c r="D7" s="67">
         <v>473</v>
       </c>
-      <c r="E7" s="68">
+      <c r="E7" s="67">
         <v>37</v>
       </c>
-      <c r="F7" s="238">
+      <c r="F7" s="237">
         <v>41737</v>
       </c>
-      <c r="G7" s="238">
+      <c r="G7" s="237">
         <v>22383</v>
       </c>
-      <c r="H7" s="68">
+      <c r="H7" s="67">
         <v>69</v>
       </c>
-      <c r="I7" s="68">
+      <c r="I7" s="67">
         <v>2.0099999999999998</v>
       </c>
-      <c r="J7" s="68">
+      <c r="J7" s="67">
         <v>10</v>
       </c>
-      <c r="K7" s="68" t="s">
+      <c r="K7" s="67" t="s">
         <v>209</v>
       </c>
-      <c r="L7" s="297"/>
-      <c r="M7" s="297"/>
+      <c r="L7" s="295"/>
+      <c r="M7" s="295"/>
     </row>
     <row r="8" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A8" s="240">
+      <c r="A8" s="239">
         <v>2001</v>
       </c>
-      <c r="B8" s="76">
+      <c r="B8" s="75">
         <v>14000</v>
       </c>
-      <c r="C8" s="231">
+      <c r="C8" s="230">
         <v>47</v>
       </c>
-      <c r="D8" s="231">
+      <c r="D8" s="230">
         <v>889</v>
       </c>
-      <c r="E8" s="231">
+      <c r="E8" s="230">
         <v>40</v>
       </c>
-      <c r="F8" s="76">
+      <c r="F8" s="75">
         <v>63710</v>
       </c>
-      <c r="G8" s="76">
+      <c r="G8" s="75">
         <v>30547</v>
       </c>
-      <c r="H8" s="231">
+      <c r="H8" s="230">
         <v>67</v>
       </c>
-      <c r="I8" s="231">
+      <c r="I8" s="230">
         <v>2.25</v>
       </c>
-      <c r="J8" s="231">
+      <c r="J8" s="230">
         <v>12</v>
       </c>
-      <c r="K8" s="231" t="s">
+      <c r="K8" s="230" t="s">
         <v>209</v>
       </c>
-      <c r="L8" s="297"/>
-      <c r="M8" s="297"/>
+      <c r="L8" s="295"/>
+      <c r="M8" s="295"/>
     </row>
     <row r="9" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A9" s="64">
+      <c r="A9" s="63">
         <v>2002</v>
       </c>
-      <c r="B9" s="238">
+      <c r="B9" s="237">
         <v>18600</v>
       </c>
-      <c r="C9" s="68">
+      <c r="C9" s="67">
         <v>62</v>
       </c>
-      <c r="D9" s="238">
+      <c r="D9" s="237">
         <v>1137</v>
       </c>
-      <c r="E9" s="68">
+      <c r="E9" s="67">
         <v>37</v>
       </c>
-      <c r="F9" s="238">
+      <c r="F9" s="237">
         <v>61379</v>
       </c>
-      <c r="G9" s="238">
+      <c r="G9" s="237">
         <v>27869</v>
       </c>
-      <c r="H9" s="68">
+      <c r="H9" s="67">
         <v>76</v>
       </c>
-      <c r="I9" s="68" t="s">
+      <c r="I9" s="67" t="s">
         <v>210</v>
       </c>
-      <c r="J9" s="68" t="s">
+      <c r="J9" s="67" t="s">
         <v>210</v>
       </c>
-      <c r="K9" s="68" t="s">
+      <c r="K9" s="67" t="s">
         <v>209</v>
       </c>
-      <c r="L9" s="297"/>
-      <c r="M9" s="297"/>
+      <c r="L9" s="295"/>
+      <c r="M9" s="295"/>
     </row>
     <row r="10" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A10" s="240">
+      <c r="A10" s="239">
         <v>2003</v>
       </c>
-      <c r="B10" s="76">
+      <c r="B10" s="75">
         <v>23900</v>
       </c>
-      <c r="C10" s="231">
+      <c r="C10" s="230">
         <v>69</v>
       </c>
-      <c r="D10" s="76">
+      <c r="D10" s="75">
         <v>1652</v>
       </c>
-      <c r="E10" s="231">
+      <c r="E10" s="230">
         <v>38</v>
       </c>
-      <c r="F10" s="76">
+      <c r="F10" s="75">
         <v>69381</v>
       </c>
-      <c r="G10" s="76">
+      <c r="G10" s="75">
         <v>30167</v>
       </c>
-      <c r="H10" s="231">
+      <c r="H10" s="230">
         <v>72</v>
       </c>
-      <c r="I10" s="231" t="s">
+      <c r="I10" s="230" t="s">
         <v>210</v>
       </c>
-      <c r="J10" s="231" t="s">
+      <c r="J10" s="230" t="s">
         <v>210</v>
       </c>
-      <c r="K10" s="231" t="s">
+      <c r="K10" s="230" t="s">
         <v>209</v>
       </c>
-      <c r="L10" s="297"/>
-      <c r="M10" s="297"/>
+      <c r="L10" s="295"/>
+      <c r="M10" s="295"/>
     </row>
     <row r="11" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A11" s="64">
+      <c r="A11" s="63">
         <v>2004</v>
       </c>
-      <c r="B11" s="238">
+      <c r="B11" s="237">
         <v>22600</v>
       </c>
-      <c r="C11" s="68">
+      <c r="C11" s="67">
         <v>75</v>
       </c>
-      <c r="D11" s="238">
+      <c r="D11" s="237">
         <v>1774</v>
       </c>
-      <c r="E11" s="68">
+      <c r="E11" s="67">
         <v>37</v>
       </c>
-      <c r="F11" s="238">
+      <c r="F11" s="237">
         <v>78515</v>
       </c>
-      <c r="G11" s="238">
+      <c r="G11" s="237">
         <v>35796</v>
       </c>
-      <c r="H11" s="68">
+      <c r="H11" s="67">
         <v>67</v>
       </c>
-      <c r="I11" s="68">
+      <c r="I11" s="67">
         <v>2.5499999999999998</v>
       </c>
-      <c r="J11" s="68">
+      <c r="J11" s="67">
         <v>12</v>
       </c>
-      <c r="K11" s="68" t="s">
+      <c r="K11" s="67" t="s">
         <v>209</v>
       </c>
-      <c r="L11" s="297"/>
-      <c r="M11" s="297"/>
+      <c r="L11" s="295"/>
+      <c r="M11" s="295"/>
     </row>
     <row r="12" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A12" s="240">
+      <c r="A12" s="239">
         <v>2005</v>
       </c>
-      <c r="B12" s="76">
+      <c r="B12" s="75">
         <v>16600</v>
       </c>
-      <c r="C12" s="231">
+      <c r="C12" s="230">
         <v>66</v>
       </c>
-      <c r="D12" s="76">
+      <c r="D12" s="75">
         <v>1597</v>
       </c>
-      <c r="E12" s="231">
+      <c r="E12" s="230">
         <v>37</v>
       </c>
-      <c r="F12" s="76">
+      <c r="F12" s="75">
         <v>99010</v>
       </c>
-      <c r="G12" s="76">
+      <c r="G12" s="75">
         <v>41916</v>
       </c>
-      <c r="H12" s="231">
+      <c r="H12" s="230">
         <v>68</v>
       </c>
-      <c r="I12" s="231">
+      <c r="I12" s="230">
         <v>2.63</v>
       </c>
-      <c r="J12" s="231">
+      <c r="J12" s="230">
         <v>13</v>
       </c>
-      <c r="K12" s="231">
+      <c r="K12" s="230">
         <v>18</v>
       </c>
-      <c r="L12" s="297"/>
-      <c r="M12" s="297"/>
+      <c r="L12" s="295"/>
+      <c r="M12" s="295"/>
     </row>
     <row r="13" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A13" s="64">
+      <c r="A13" s="63">
         <v>2006</v>
       </c>
-      <c r="B13" s="238">
+      <c r="B13" s="237">
         <v>17600</v>
       </c>
-      <c r="C13" s="68">
+      <c r="C13" s="67">
         <v>66</v>
       </c>
-      <c r="D13" s="238">
+      <c r="D13" s="237">
         <v>2080</v>
       </c>
-      <c r="E13" s="68">
+      <c r="E13" s="67">
         <v>36</v>
       </c>
-      <c r="F13" s="238">
+      <c r="F13" s="237">
         <v>118137</v>
       </c>
-      <c r="G13" s="238">
+      <c r="G13" s="237">
         <v>44317</v>
       </c>
-      <c r="H13" s="68">
+      <c r="H13" s="67">
         <v>68</v>
       </c>
-      <c r="I13" s="68">
+      <c r="I13" s="67">
         <v>2.97</v>
       </c>
-      <c r="J13" s="68">
+      <c r="J13" s="67">
         <v>14</v>
       </c>
-      <c r="K13" s="68">
+      <c r="K13" s="67">
         <v>19</v>
       </c>
-      <c r="L13" s="297"/>
-      <c r="M13" s="297"/>
+      <c r="L13" s="295"/>
+      <c r="M13" s="295"/>
     </row>
     <row r="14" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A14" s="240">
+      <c r="A14" s="239">
         <v>2007</v>
       </c>
-      <c r="B14" s="76">
+      <c r="B14" s="75">
         <v>12300</v>
       </c>
-      <c r="C14" s="231">
+      <c r="C14" s="230">
         <v>69</v>
       </c>
-      <c r="D14" s="76">
+      <c r="D14" s="75">
         <v>1760</v>
       </c>
-      <c r="E14" s="231">
+      <c r="E14" s="230">
         <v>37</v>
       </c>
-      <c r="F14" s="76">
+      <c r="F14" s="75">
         <v>142707</v>
       </c>
-      <c r="G14" s="76">
+      <c r="G14" s="75">
         <v>52224</v>
       </c>
-      <c r="H14" s="231">
+      <c r="H14" s="230">
         <v>60</v>
       </c>
-      <c r="I14" s="231">
+      <c r="I14" s="230">
         <v>3.07</v>
       </c>
-      <c r="J14" s="231">
+      <c r="J14" s="230">
         <v>17</v>
       </c>
-      <c r="K14" s="231">
+      <c r="K14" s="230">
         <v>23</v>
       </c>
-      <c r="L14" s="297"/>
-      <c r="M14" s="297"/>
+      <c r="L14" s="295"/>
+      <c r="M14" s="295"/>
     </row>
     <row r="15" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A15" s="64">
+      <c r="A15" s="63">
         <v>2008</v>
       </c>
-      <c r="B15" s="238">
+      <c r="B15" s="237">
         <v>4800</v>
       </c>
-      <c r="C15" s="68">
+      <c r="C15" s="67">
         <v>65</v>
       </c>
-      <c r="D15" s="68">
+      <c r="D15" s="67">
         <v>650</v>
       </c>
-      <c r="E15" s="68">
+      <c r="E15" s="67">
         <v>39</v>
       </c>
-      <c r="F15" s="238">
+      <c r="F15" s="237">
         <v>136540</v>
       </c>
-      <c r="G15" s="238">
+      <c r="G15" s="237">
         <v>54701</v>
       </c>
-      <c r="H15" s="68">
+      <c r="H15" s="67">
         <v>58</v>
       </c>
-      <c r="I15" s="68">
+      <c r="I15" s="67">
         <v>2.88</v>
       </c>
-      <c r="J15" s="68">
+      <c r="J15" s="67">
         <v>17</v>
       </c>
-      <c r="K15" s="68">
+      <c r="K15" s="67">
         <v>24</v>
       </c>
-      <c r="L15" s="297"/>
-      <c r="M15" s="297"/>
+      <c r="L15" s="295"/>
+      <c r="M15" s="295"/>
     </row>
     <row r="16" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A16" s="240">
+      <c r="A16" s="239">
         <v>2009</v>
       </c>
-      <c r="B16" s="76">
+      <c r="B16" s="75">
         <v>4800</v>
       </c>
-      <c r="C16" s="231">
+      <c r="C16" s="230">
         <v>54</v>
       </c>
-      <c r="D16" s="231">
+      <c r="D16" s="230">
         <v>580</v>
       </c>
-      <c r="E16" s="231">
+      <c r="E16" s="230">
         <v>40</v>
       </c>
-      <c r="F16" s="76">
+      <c r="F16" s="75">
         <v>121172</v>
       </c>
-      <c r="G16" s="76">
+      <c r="G16" s="75">
         <v>52148</v>
       </c>
-      <c r="H16" s="231">
+      <c r="H16" s="230">
         <v>63</v>
       </c>
-      <c r="I16" s="231">
+      <c r="I16" s="230">
         <v>2.75</v>
       </c>
-      <c r="J16" s="231">
+      <c r="J16" s="230">
         <v>11</v>
       </c>
-      <c r="K16" s="231">
+      <c r="K16" s="230">
         <v>20</v>
       </c>
-      <c r="L16" s="297"/>
-      <c r="M16" s="297"/>
+      <c r="L16" s="295"/>
+      <c r="M16" s="295"/>
     </row>
     <row r="17" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A17" s="64">
+      <c r="A17" s="63">
         <v>2010</v>
       </c>
-      <c r="B17" s="238">
+      <c r="B17" s="237">
         <v>4900</v>
       </c>
-      <c r="C17" s="68">
+      <c r="C17" s="67">
         <v>51</v>
       </c>
-      <c r="D17" s="68">
+      <c r="D17" s="67">
         <v>580</v>
       </c>
-      <c r="E17" s="68">
+      <c r="E17" s="67">
         <v>39</v>
       </c>
-      <c r="F17" s="238">
+      <c r="F17" s="237">
         <v>118416</v>
       </c>
-      <c r="G17" s="238">
+      <c r="G17" s="237">
         <v>47202</v>
       </c>
-      <c r="H17" s="68">
+      <c r="H17" s="67">
         <v>63</v>
       </c>
-      <c r="I17" s="68">
+      <c r="I17" s="67">
         <v>2.78</v>
       </c>
-      <c r="J17" s="68">
+      <c r="J17" s="67">
         <v>10</v>
       </c>
-      <c r="K17" s="68">
+      <c r="K17" s="67">
         <v>18</v>
       </c>
-      <c r="L17" s="297"/>
-      <c r="M17" s="297"/>
+      <c r="L17" s="295"/>
+      <c r="M17" s="295"/>
     </row>
     <row r="18" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A18" s="240">
+      <c r="A18" s="239">
         <v>2011</v>
       </c>
-      <c r="B18" s="76">
+      <c r="B18" s="75">
         <v>3900</v>
       </c>
-      <c r="C18" s="231">
+      <c r="C18" s="230">
         <v>46</v>
       </c>
-      <c r="D18" s="231">
+      <c r="D18" s="230">
         <v>440</v>
       </c>
-      <c r="E18" s="231">
+      <c r="E18" s="230">
         <v>39</v>
       </c>
-      <c r="F18" s="76">
+      <c r="F18" s="75">
         <v>112643</v>
       </c>
-      <c r="G18" s="76">
+      <c r="G18" s="75">
         <v>46000</v>
       </c>
-      <c r="H18" s="231">
+      <c r="H18" s="230">
         <v>65</v>
       </c>
-      <c r="I18" s="231">
+      <c r="I18" s="230">
         <v>2.72</v>
       </c>
-      <c r="J18" s="231">
+      <c r="J18" s="230">
         <v>9</v>
       </c>
-      <c r="K18" s="231">
+      <c r="K18" s="230">
         <v>18</v>
       </c>
-      <c r="L18" s="297"/>
-      <c r="M18" s="297"/>
+      <c r="L18" s="295"/>
+      <c r="M18" s="295"/>
     </row>
     <row r="19" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A19" s="64">
+      <c r="A19" s="63">
         <v>2012</v>
       </c>
-      <c r="B19" s="238">
+      <c r="B19" s="237">
         <v>3600</v>
       </c>
-      <c r="C19" s="68">
+      <c r="C19" s="67">
         <v>42</v>
       </c>
-      <c r="D19" s="68">
+      <c r="D19" s="67">
         <v>400</v>
       </c>
-      <c r="E19" s="68">
+      <c r="E19" s="67">
         <v>40</v>
       </c>
-      <c r="F19" s="238">
+      <c r="F19" s="237">
         <v>109831</v>
       </c>
-      <c r="G19" s="238">
+      <c r="G19" s="237">
         <v>47771</v>
       </c>
-      <c r="H19" s="68">
+      <c r="H19" s="67">
         <v>67</v>
       </c>
-      <c r="I19" s="68">
+      <c r="I19" s="67">
         <v>2.69</v>
       </c>
-      <c r="J19" s="68">
+      <c r="J19" s="67">
         <v>10</v>
       </c>
-      <c r="K19" s="68">
+      <c r="K19" s="67">
         <v>18</v>
       </c>
-      <c r="L19" s="297"/>
-      <c r="M19" s="297"/>
+      <c r="L19" s="295"/>
+      <c r="M19" s="295"/>
     </row>
     <row r="20" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A20" s="240">
+      <c r="A20" s="239">
         <v>2013</v>
       </c>
-      <c r="B20" s="76">
+      <c r="B20" s="75">
         <v>3900</v>
       </c>
-      <c r="C20" s="231">
+      <c r="C20" s="230">
         <v>41</v>
       </c>
-      <c r="D20" s="231">
+      <c r="D20" s="230">
         <v>410</v>
       </c>
-      <c r="E20" s="231">
+      <c r="E20" s="230">
         <v>40</v>
       </c>
-      <c r="F20" s="76">
+      <c r="F20" s="75">
         <v>105831</v>
       </c>
-      <c r="G20" s="76">
+      <c r="G20" s="75">
         <v>47388</v>
       </c>
-      <c r="H20" s="231">
+      <c r="H20" s="230">
         <v>66</v>
       </c>
-      <c r="I20" s="231">
+      <c r="I20" s="230">
         <v>2.44</v>
       </c>
-      <c r="J20" s="231">
+      <c r="J20" s="230">
         <v>8</v>
       </c>
-      <c r="K20" s="231">
+      <c r="K20" s="230">
         <v>16</v>
       </c>
-      <c r="L20" s="297"/>
-      <c r="M20" s="297"/>
+      <c r="L20" s="295"/>
+      <c r="M20" s="295"/>
     </row>
     <row r="21" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A21" s="64">
+      <c r="A21" s="63">
         <v>2014</v>
       </c>
-      <c r="B21" s="238">
+      <c r="B21" s="237">
         <v>5500</v>
       </c>
-      <c r="C21" s="68">
+      <c r="C21" s="67">
         <v>44</v>
       </c>
-      <c r="D21" s="68">
+      <c r="D21" s="67">
         <v>640</v>
       </c>
-      <c r="E21" s="68">
+      <c r="E21" s="67">
         <v>40</v>
       </c>
-      <c r="F21" s="238">
+      <c r="F21" s="237">
         <v>116249</v>
       </c>
-      <c r="G21" s="238">
+      <c r="G21" s="237">
         <v>50998</v>
       </c>
-      <c r="H21" s="68">
+      <c r="H21" s="67">
         <v>69</v>
       </c>
-      <c r="I21" s="68">
+      <c r="I21" s="67">
         <v>2.4900000000000002</v>
       </c>
-      <c r="J21" s="68">
+      <c r="J21" s="67">
         <v>8</v>
       </c>
-      <c r="K21" s="68">
+      <c r="K21" s="67">
         <v>18</v>
       </c>
-      <c r="L21" s="297"/>
-      <c r="M21" s="297"/>
+      <c r="L21" s="295"/>
+      <c r="M21" s="295"/>
     </row>
     <row r="22" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A22" s="240">
+      <c r="A22" s="239">
         <v>2015</v>
       </c>
-      <c r="B22" s="76">
+      <c r="B22" s="75">
         <v>6300</v>
       </c>
-      <c r="C22" s="231">
+      <c r="C22" s="230">
         <v>44</v>
       </c>
-      <c r="D22" s="231">
+      <c r="D22" s="230">
         <v>740</v>
       </c>
-      <c r="E22" s="231">
+      <c r="E22" s="230">
         <v>40</v>
       </c>
-      <c r="F22" s="76">
+      <c r="F22" s="75">
         <v>117893</v>
       </c>
-      <c r="G22" s="76">
+      <c r="G22" s="75">
         <v>54126</v>
       </c>
-      <c r="H22" s="231">
+      <c r="H22" s="230">
         <v>68</v>
       </c>
-      <c r="I22" s="231">
+      <c r="I22" s="230">
         <v>2.38</v>
       </c>
-      <c r="J22" s="231">
+      <c r="J22" s="230">
         <v>7</v>
       </c>
-      <c r="K22" s="231">
+      <c r="K22" s="230">
         <v>15</v>
       </c>
-      <c r="L22" s="297"/>
-      <c r="M22" s="297"/>
+      <c r="L22" s="295"/>
+      <c r="M22" s="295"/>
     </row>
     <row r="23" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A23" s="64">
+      <c r="A23" s="63">
         <v>2016</v>
       </c>
-      <c r="B23" s="238">
+      <c r="B23" s="237">
         <v>6500</v>
       </c>
-      <c r="C23" s="68">
+      <c r="C23" s="67">
         <v>43</v>
       </c>
-      <c r="D23" s="68">
+      <c r="D23" s="67">
         <v>800</v>
       </c>
-      <c r="E23" s="68">
+      <c r="E23" s="67">
         <v>39</v>
       </c>
-      <c r="F23" s="238">
+      <c r="F23" s="237">
         <v>123443</v>
       </c>
-      <c r="G23" s="238">
+      <c r="G23" s="237">
         <v>54966</v>
       </c>
-      <c r="H23" s="68">
+      <c r="H23" s="67">
         <v>68</v>
       </c>
-      <c r="I23" s="68">
+      <c r="I23" s="67">
         <v>2.46</v>
       </c>
-      <c r="J23" s="68">
+      <c r="J23" s="67">
         <v>6</v>
       </c>
-      <c r="K23" s="68">
+      <c r="K23" s="67">
         <v>15</v>
       </c>
-      <c r="L23" s="297"/>
-      <c r="M23" s="297"/>
+      <c r="L23" s="295"/>
+      <c r="M23" s="295"/>
     </row>
     <row r="24" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A24" s="240">
+      <c r="A24" s="239">
         <v>2017</v>
       </c>
-      <c r="B24" s="76">
+      <c r="B24" s="75">
         <v>6800</v>
       </c>
-      <c r="C24" s="231">
+      <c r="C24" s="230">
         <v>43</v>
       </c>
-      <c r="D24" s="231">
+      <c r="D24" s="230">
         <v>880</v>
       </c>
-      <c r="E24" s="231">
+      <c r="E24" s="230">
         <v>40</v>
       </c>
-      <c r="F24" s="76">
+      <c r="F24" s="75">
         <v>128914</v>
       </c>
-      <c r="G24" s="76">
+      <c r="G24" s="75">
         <v>54440</v>
       </c>
-      <c r="H24" s="231">
+      <c r="H24" s="230">
         <v>70</v>
       </c>
-      <c r="I24" s="231">
+      <c r="I24" s="230">
         <v>2.6</v>
       </c>
-      <c r="J24" s="231">
+      <c r="J24" s="230">
         <v>6</v>
       </c>
-      <c r="K24" s="231">
+      <c r="K24" s="230">
         <v>15</v>
       </c>
-      <c r="L24" s="297"/>
-      <c r="M24" s="297"/>
+      <c r="L24" s="295"/>
+      <c r="M24" s="295"/>
     </row>
     <row r="25" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A25" s="64">
+      <c r="A25" s="63">
         <v>2018</v>
       </c>
-      <c r="B25" s="238">
+      <c r="B25" s="237">
         <v>7100</v>
       </c>
-      <c r="C25" s="68">
+      <c r="C25" s="67">
         <v>42</v>
       </c>
-      <c r="D25" s="68">
+      <c r="D25" s="67">
         <v>960</v>
       </c>
-      <c r="E25" s="68">
+      <c r="E25" s="67">
         <v>40</v>
       </c>
-      <c r="F25" s="238">
+      <c r="F25" s="237">
         <v>134946</v>
       </c>
-      <c r="G25" s="238">
+      <c r="G25" s="237">
         <v>55620</v>
       </c>
-      <c r="H25" s="68">
+      <c r="H25" s="67">
         <v>71</v>
       </c>
-      <c r="I25" s="68">
+      <c r="I25" s="67">
         <v>2.68</v>
       </c>
-      <c r="J25" s="68">
+      <c r="J25" s="67">
         <v>6</v>
       </c>
-      <c r="K25" s="68">
+      <c r="K25" s="67">
         <v>15</v>
       </c>
-      <c r="L25" s="297"/>
-      <c r="M25" s="297"/>
+      <c r="L25" s="295"/>
+      <c r="M25" s="295"/>
     </row>
     <row r="26" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A26" s="240">
+      <c r="A26" s="239">
         <v>2019</v>
       </c>
-      <c r="B26" s="76">
+      <c r="B26" s="75">
         <v>7000</v>
       </c>
-      <c r="C26" s="231">
+      <c r="C26" s="230">
         <v>40</v>
       </c>
-      <c r="D26" s="231">
+      <c r="D26" s="230">
         <v>980</v>
       </c>
-      <c r="E26" s="231">
+      <c r="E26" s="230">
         <v>40</v>
       </c>
-      <c r="F26" s="76">
+      <c r="F26" s="75">
         <v>139241</v>
       </c>
-      <c r="G26" s="76">
+      <c r="G26" s="75">
         <v>55253</v>
       </c>
-      <c r="H26" s="231">
+      <c r="H26" s="230">
         <v>71</v>
       </c>
-      <c r="I26" s="231">
+      <c r="I26" s="230">
         <v>2.74</v>
       </c>
-      <c r="J26" s="231">
+      <c r="J26" s="230">
         <v>6</v>
       </c>
-      <c r="K26" s="231">
+      <c r="K26" s="230">
         <v>15</v>
       </c>
-      <c r="L26" s="297"/>
-      <c r="M26" s="297"/>
+      <c r="L26" s="295"/>
+      <c r="M26" s="295"/>
     </row>
     <row r="27" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A27" s="64">
+      <c r="A27" s="63">
         <v>2020</v>
       </c>
-      <c r="B27" s="238">
+      <c r="B27" s="237">
         <v>6300</v>
       </c>
-      <c r="C27" s="68">
+      <c r="C27" s="67">
         <v>43</v>
       </c>
-      <c r="D27" s="68">
+      <c r="D27" s="67">
         <v>900</v>
       </c>
-      <c r="E27" s="68">
+      <c r="E27" s="67">
         <v>40</v>
       </c>
-      <c r="F27" s="238">
+      <c r="F27" s="237">
         <v>143729</v>
       </c>
-      <c r="G27" s="238">
+      <c r="G27" s="237">
         <v>58431</v>
       </c>
-      <c r="H27" s="68">
+      <c r="H27" s="67">
         <v>69</v>
       </c>
-      <c r="I27" s="68">
+      <c r="I27" s="67">
         <v>2.7</v>
       </c>
-      <c r="J27" s="68">
+      <c r="J27" s="67">
         <v>6</v>
       </c>
-      <c r="K27" s="68">
+      <c r="K27" s="67">
         <v>15</v>
       </c>
-      <c r="L27" s="297"/>
-      <c r="M27" s="297"/>
+      <c r="L27" s="295"/>
+      <c r="M27" s="295"/>
     </row>
     <row r="28" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A28" s="240">
+      <c r="A28" s="239">
         <v>2021</v>
       </c>
-      <c r="B28" s="76">
+      <c r="B28" s="75">
         <v>9200</v>
       </c>
-      <c r="C28" s="231">
+      <c r="C28" s="230">
         <v>43</v>
       </c>
-      <c r="D28" s="76">
+      <c r="D28" s="75">
         <v>1410</v>
       </c>
-      <c r="E28" s="231">
+      <c r="E28" s="230">
         <v>40</v>
       </c>
-      <c r="F28" s="76">
+      <c r="F28" s="75">
         <v>153954</v>
       </c>
-      <c r="G28" s="76">
+      <c r="G28" s="75">
         <v>60744</v>
       </c>
-      <c r="H28" s="231">
+      <c r="H28" s="230">
         <v>67</v>
       </c>
-      <c r="I28" s="231">
+      <c r="I28" s="230">
         <v>2.78</v>
       </c>
-      <c r="J28" s="231">
+      <c r="J28" s="230">
         <v>6</v>
       </c>
-      <c r="K28" s="231">
+      <c r="K28" s="230">
         <v>15</v>
       </c>
-      <c r="L28" s="297"/>
-      <c r="M28" s="297"/>
+      <c r="L28" s="295"/>
+      <c r="M28" s="295"/>
     </row>
     <row r="29" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A29" s="64">
+      <c r="A29" s="63">
         <v>2022</v>
       </c>
-      <c r="B29" s="238">
+      <c r="B29" s="237">
         <v>6900</v>
       </c>
-      <c r="C29" s="68">
+      <c r="C29" s="67">
         <v>39</v>
       </c>
-      <c r="D29" s="238">
+      <c r="D29" s="237">
         <v>1150</v>
       </c>
-      <c r="E29" s="68">
+      <c r="E29" s="67">
         <v>40</v>
       </c>
-      <c r="F29" s="238">
+      <c r="F29" s="237">
         <v>166288</v>
       </c>
-      <c r="G29" s="238">
+      <c r="G29" s="237">
         <v>64078</v>
       </c>
-      <c r="H29" s="68">
+      <c r="H29" s="67">
         <v>68</v>
       </c>
-      <c r="I29" s="68">
+      <c r="I29" s="67">
         <v>2.83</v>
       </c>
-      <c r="J29" s="68">
+      <c r="J29" s="67">
         <v>7</v>
       </c>
-      <c r="K29" s="68">
+      <c r="K29" s="67">
         <v>16</v>
       </c>
-      <c r="L29" s="297"/>
-      <c r="M29" s="297"/>
+      <c r="L29" s="295"/>
+      <c r="M29" s="295"/>
     </row>
     <row r="30" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A30" s="241">
+      <c r="A30" s="240">
         <v>2023</v>
       </c>
-      <c r="B30" s="242">
+      <c r="B30" s="241">
         <v>5500</v>
       </c>
-      <c r="C30" s="235">
+      <c r="C30" s="234">
         <v>40</v>
       </c>
-      <c r="D30" s="235">
+      <c r="D30" s="234">
         <v>880</v>
       </c>
-      <c r="E30" s="235">
+      <c r="E30" s="234">
         <v>40</v>
       </c>
-      <c r="F30" s="242">
+      <c r="F30" s="241">
         <v>160095</v>
       </c>
-      <c r="G30" s="242">
+      <c r="G30" s="241">
         <v>71347</v>
       </c>
-      <c r="H30" s="235">
+      <c r="H30" s="234">
         <v>64</v>
       </c>
-      <c r="I30" s="235">
+      <c r="I30" s="234">
         <v>2.4700000000000002</v>
       </c>
-      <c r="J30" s="235">
+      <c r="J30" s="234">
         <v>11</v>
       </c>
-      <c r="K30" s="235">
+      <c r="K30" s="234">
         <v>17</v>
       </c>
-      <c r="L30" s="297"/>
-      <c r="M30" s="297"/>
+      <c r="L30" s="295"/>
+      <c r="M30" s="295"/>
     </row>
     <row r="31" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A31" s="64">
+      <c r="A31" s="63">
         <v>2024</v>
       </c>
-      <c r="B31" s="238">
+      <c r="B31" s="237">
         <v>6500</v>
       </c>
-      <c r="C31" s="68">
+      <c r="C31" s="67">
         <v>43</v>
       </c>
-      <c r="D31" s="238">
+      <c r="D31" s="237">
         <v>1080</v>
       </c>
-      <c r="E31" s="68">
+      <c r="E31" s="67">
         <v>40</v>
       </c>
-      <c r="F31" s="238">
+      <c r="F31" s="237">
         <v>165645</v>
       </c>
-      <c r="G31" s="238">
+      <c r="G31" s="237">
         <v>71983</v>
       </c>
-      <c r="H31" s="68">
+      <c r="H31" s="67">
         <v>64</v>
       </c>
-      <c r="I31" s="68">
+      <c r="I31" s="67">
         <v>2.4900000000000002</v>
       </c>
-      <c r="J31" s="68">
+      <c r="J31" s="67">
         <v>11</v>
       </c>
-      <c r="K31" s="68">
+      <c r="K31" s="67">
         <v>17</v>
       </c>
-      <c r="L31" s="297"/>
-      <c r="M31" s="297"/>
+      <c r="L31" s="295"/>
+      <c r="M31" s="295"/>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A32" s="297" t="s">
-[...13 lines deleted...]
-      <c r="M32" s="297"/>
+      <c r="A32" s="295" t="s">
+        <v>260</v>
+      </c>
+      <c r="B32" s="295"/>
+      <c r="C32" s="66"/>
+      <c r="D32" s="66"/>
+      <c r="E32" s="66"/>
+      <c r="F32" s="66"/>
+      <c r="G32" s="66"/>
+      <c r="H32" s="66"/>
+      <c r="I32" s="66"/>
+      <c r="J32" s="224"/>
+      <c r="K32" s="70"/>
+      <c r="L32" s="295"/>
+      <c r="M32" s="295"/>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A33" s="69" t="s">
-[...13 lines deleted...]
-      <c r="M33" s="297"/>
+      <c r="A33" s="68" t="s">
+        <v>287</v>
+      </c>
+      <c r="B33" s="68"/>
+      <c r="C33" s="66"/>
+      <c r="D33" s="66"/>
+      <c r="E33" s="66"/>
+      <c r="F33" s="66"/>
+      <c r="G33" s="66"/>
+      <c r="H33" s="66"/>
+      <c r="I33" s="222"/>
+      <c r="J33" s="224"/>
+      <c r="K33" s="66"/>
+      <c r="L33" s="295"/>
+      <c r="M33" s="295"/>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A34" s="69" t="s">
+      <c r="A34" s="68" t="s">
         <v>226</v>
       </c>
-      <c r="B34" s="69"/>
-[...10 lines deleted...]
-      <c r="M34" s="297"/>
+      <c r="B34" s="68"/>
+      <c r="C34" s="222"/>
+      <c r="D34" s="222"/>
+      <c r="E34" s="222"/>
+      <c r="F34" s="222"/>
+      <c r="G34" s="222"/>
+      <c r="H34" s="222"/>
+      <c r="I34" s="222"/>
+      <c r="J34" s="222"/>
+      <c r="K34" s="222"/>
+      <c r="L34" s="295"/>
+      <c r="M34" s="295"/>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A35" s="69" t="s">
+      <c r="A35" s="68" t="s">
         <v>227</v>
       </c>
-      <c r="B35" s="69"/>
-[...10 lines deleted...]
-      <c r="M35" s="297"/>
+      <c r="B35" s="68"/>
+      <c r="C35" s="222"/>
+      <c r="D35" s="222"/>
+      <c r="E35" s="222"/>
+      <c r="F35" s="222"/>
+      <c r="G35" s="222"/>
+      <c r="H35" s="222"/>
+      <c r="I35" s="222"/>
+      <c r="J35" s="222"/>
+      <c r="K35" s="222"/>
+      <c r="L35" s="295"/>
+      <c r="M35" s="295"/>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A36" s="69" t="s">
+      <c r="A36" s="68" t="s">
         <v>228</v>
       </c>
-      <c r="B36" s="69"/>
-[...10 lines deleted...]
-      <c r="M36" s="297"/>
+      <c r="B36" s="68"/>
+      <c r="C36" s="222"/>
+      <c r="D36" s="222"/>
+      <c r="E36" s="222"/>
+      <c r="F36" s="222"/>
+      <c r="G36" s="222"/>
+      <c r="H36" s="222"/>
+      <c r="I36" s="222"/>
+      <c r="J36" s="222"/>
+      <c r="K36" s="222"/>
+      <c r="L36" s="295"/>
+      <c r="M36" s="295"/>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A37" s="67" t="s">
+      <c r="A37" s="66" t="s">
         <v>229</v>
       </c>
-      <c r="B37" s="67"/>
-[...10 lines deleted...]
-      <c r="M37" s="297"/>
+      <c r="B37" s="66"/>
+      <c r="C37" s="222"/>
+      <c r="D37" s="222"/>
+      <c r="E37" s="222"/>
+      <c r="F37" s="222"/>
+      <c r="G37" s="222"/>
+      <c r="H37" s="222"/>
+      <c r="I37" s="222"/>
+      <c r="J37" s="222"/>
+      <c r="K37" s="222"/>
+      <c r="L37" s="295"/>
+      <c r="M37" s="295"/>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A38" s="67" t="s">
+      <c r="A38" s="66" t="s">
         <v>216</v>
       </c>
-      <c r="B38" s="67"/>
-[...10 lines deleted...]
-      <c r="M38" s="297"/>
+      <c r="B38" s="66"/>
+      <c r="C38" s="222"/>
+      <c r="D38" s="222"/>
+      <c r="E38" s="222"/>
+      <c r="F38" s="222"/>
+      <c r="G38" s="222"/>
+      <c r="H38" s="222"/>
+      <c r="I38" s="222"/>
+      <c r="J38" s="222"/>
+      <c r="K38" s="222"/>
+      <c r="L38" s="295"/>
+      <c r="M38" s="295"/>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A39" s="67" t="s">
+      <c r="A39" s="66" t="s">
         <v>230</v>
       </c>
-      <c r="B39" s="67"/>
-[...10 lines deleted...]
-      <c r="M39" s="297"/>
+      <c r="B39" s="66"/>
+      <c r="C39" s="222"/>
+      <c r="D39" s="222"/>
+      <c r="E39" s="222"/>
+      <c r="F39" s="222"/>
+      <c r="G39" s="222"/>
+      <c r="H39" s="222"/>
+      <c r="I39" s="222"/>
+      <c r="J39" s="222"/>
+      <c r="K39" s="222"/>
+      <c r="L39" s="295"/>
+      <c r="M39" s="295"/>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A40" s="67" t="s">
+      <c r="A40" s="66" t="s">
         <v>231</v>
       </c>
-      <c r="B40" s="67"/>
-[...10 lines deleted...]
-      <c r="M40" s="297"/>
+      <c r="B40" s="66"/>
+      <c r="C40" s="222"/>
+      <c r="D40" s="222"/>
+      <c r="E40" s="222"/>
+      <c r="F40" s="222"/>
+      <c r="G40" s="222"/>
+      <c r="H40" s="222"/>
+      <c r="I40" s="222"/>
+      <c r="J40" s="222"/>
+      <c r="K40" s="222"/>
+      <c r="L40" s="295"/>
+      <c r="M40" s="295"/>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A41" s="67" t="s">
+      <c r="A41" s="66" t="s">
         <v>232</v>
       </c>
-      <c r="B41" s="67"/>
-[...10 lines deleted...]
-      <c r="M41" s="297"/>
+      <c r="B41" s="66"/>
+      <c r="C41" s="222"/>
+      <c r="D41" s="222"/>
+      <c r="E41" s="222"/>
+      <c r="F41" s="222"/>
+      <c r="G41" s="222"/>
+      <c r="H41" s="222"/>
+      <c r="I41" s="222"/>
+      <c r="J41" s="222"/>
+      <c r="K41" s="222"/>
+      <c r="L41" s="295"/>
+      <c r="M41" s="295"/>
     </row>
     <row r="42" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A42" s="69" t="s">
+      <c r="A42" s="68" t="s">
         <v>233</v>
       </c>
-      <c r="B42" s="69"/>
-[...10 lines deleted...]
-      <c r="M42" s="297"/>
+      <c r="B42" s="68"/>
+      <c r="C42" s="222"/>
+      <c r="D42" s="222"/>
+      <c r="E42" s="222"/>
+      <c r="F42" s="222"/>
+      <c r="G42" s="222"/>
+      <c r="H42" s="222"/>
+      <c r="I42" s="222"/>
+      <c r="J42" s="222"/>
+      <c r="K42" s="222"/>
+      <c r="L42" s="295"/>
+      <c r="M42" s="295"/>
     </row>
     <row r="43" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A43" s="69" t="s">
+      <c r="A43" s="68" t="s">
         <v>234</v>
       </c>
-      <c r="B43" s="69"/>
-[...10 lines deleted...]
-      <c r="M43" s="297"/>
+      <c r="B43" s="68"/>
+      <c r="C43" s="222"/>
+      <c r="D43" s="222"/>
+      <c r="E43" s="222"/>
+      <c r="F43" s="222"/>
+      <c r="G43" s="222"/>
+      <c r="H43" s="222"/>
+      <c r="I43" s="222"/>
+      <c r="J43" s="222"/>
+      <c r="K43" s="222"/>
+      <c r="L43" s="295"/>
+      <c r="M43" s="295"/>
     </row>
     <row r="44" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A44" s="69" t="s">
+      <c r="A44" s="68" t="s">
         <v>235</v>
       </c>
-      <c r="B44" s="69"/>
-[...10 lines deleted...]
-      <c r="M44" s="297"/>
+      <c r="B44" s="68"/>
+      <c r="C44" s="66"/>
+      <c r="D44" s="66"/>
+      <c r="E44" s="66"/>
+      <c r="F44" s="66"/>
+      <c r="G44" s="66"/>
+      <c r="H44" s="66"/>
+      <c r="I44" s="66"/>
+      <c r="J44" s="66"/>
+      <c r="K44" s="66"/>
+      <c r="L44" s="295"/>
+      <c r="M44" s="295"/>
     </row>
     <row r="45" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A45" s="69" t="s">
+      <c r="A45" s="68" t="s">
         <v>236</v>
       </c>
-      <c r="B45" s="69"/>
-[...10 lines deleted...]
-      <c r="M45" s="297"/>
+      <c r="B45" s="68"/>
+      <c r="C45" s="222"/>
+      <c r="D45" s="222"/>
+      <c r="E45" s="222"/>
+      <c r="F45" s="222"/>
+      <c r="G45" s="222"/>
+      <c r="H45" s="222"/>
+      <c r="I45" s="222"/>
+      <c r="J45" s="222"/>
+      <c r="K45" s="222"/>
+      <c r="L45" s="295"/>
+      <c r="M45" s="295"/>
     </row>
     <row r="46" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A46" s="296"/>
-[...11 lines deleted...]
-      <c r="M46" s="297"/>
+      <c r="A46" s="297"/>
+      <c r="B46" s="297"/>
+      <c r="C46" s="222"/>
+      <c r="D46" s="222"/>
+      <c r="E46" s="222"/>
+      <c r="F46" s="222"/>
+      <c r="G46" s="222"/>
+      <c r="H46" s="222"/>
+      <c r="I46" s="222"/>
+      <c r="J46" s="222"/>
+      <c r="K46" s="222"/>
+      <c r="L46" s="295"/>
+      <c r="M46" s="295"/>
     </row>
     <row r="47" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A47" s="296"/>
-[...11 lines deleted...]
-      <c r="M47" s="297"/>
+      <c r="A47" s="297"/>
+      <c r="B47" s="297"/>
+      <c r="C47" s="222"/>
+      <c r="D47" s="222"/>
+      <c r="E47" s="222"/>
+      <c r="F47" s="222"/>
+      <c r="G47" s="222"/>
+      <c r="H47" s="222"/>
+      <c r="I47" s="222"/>
+      <c r="J47" s="222"/>
+      <c r="K47" s="222"/>
+      <c r="L47" s="295"/>
+      <c r="M47" s="295"/>
     </row>
     <row r="48" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A48" s="296"/>
-[...11 lines deleted...]
-      <c r="M48" s="297"/>
+      <c r="A48" s="297"/>
+      <c r="B48" s="297"/>
+      <c r="C48" s="66"/>
+      <c r="D48" s="66"/>
+      <c r="E48" s="66"/>
+      <c r="F48" s="66"/>
+      <c r="G48" s="66"/>
+      <c r="H48" s="66"/>
+      <c r="I48" s="66"/>
+      <c r="J48" s="66"/>
+      <c r="K48" s="66"/>
+      <c r="L48" s="295"/>
+      <c r="M48" s="295"/>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A49" s="296"/>
-[...11 lines deleted...]
-      <c r="M49" s="297"/>
+      <c r="A49" s="297"/>
+      <c r="B49" s="297"/>
+      <c r="C49" s="66"/>
+      <c r="D49" s="66"/>
+      <c r="E49" s="66"/>
+      <c r="F49" s="66"/>
+      <c r="G49" s="66"/>
+      <c r="H49" s="66"/>
+      <c r="I49" s="66"/>
+      <c r="J49" s="66"/>
+      <c r="K49" s="66"/>
+      <c r="L49" s="295"/>
+      <c r="M49" s="295"/>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A50" s="296"/>
-[...11 lines deleted...]
-      <c r="M50" s="297"/>
+      <c r="A50" s="297"/>
+      <c r="B50" s="297"/>
+      <c r="C50" s="66"/>
+      <c r="D50" s="66"/>
+      <c r="E50" s="66"/>
+      <c r="F50" s="66"/>
+      <c r="G50" s="66"/>
+      <c r="H50" s="66"/>
+      <c r="I50" s="66"/>
+      <c r="J50" s="66"/>
+      <c r="K50" s="66"/>
+      <c r="L50" s="295"/>
+      <c r="M50" s="295"/>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A51" s="296"/>
-[...11 lines deleted...]
-      <c r="M51" s="297"/>
+      <c r="A51" s="297"/>
+      <c r="B51" s="297"/>
+      <c r="C51" s="66"/>
+      <c r="D51" s="66"/>
+      <c r="E51" s="66"/>
+      <c r="F51" s="66"/>
+      <c r="G51" s="66"/>
+      <c r="H51" s="66"/>
+      <c r="I51" s="66"/>
+      <c r="J51" s="66"/>
+      <c r="K51" s="66"/>
+      <c r="L51" s="295"/>
+      <c r="M51" s="295"/>
     </row>
   </sheetData>
   <mergeCells count="55">
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="L49:M49"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="L50:M50"/>
+    <mergeCell ref="A51:B51"/>
+    <mergeCell ref="L51:M51"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="L46:M46"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="L47:M47"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="L48:M48"/>
+    <mergeCell ref="L43:M43"/>
+    <mergeCell ref="L44:M44"/>
+    <mergeCell ref="L45:M45"/>
+    <mergeCell ref="L40:M40"/>
+    <mergeCell ref="L41:M41"/>
+    <mergeCell ref="L42:M42"/>
+    <mergeCell ref="L37:M37"/>
+    <mergeCell ref="L38:M38"/>
+    <mergeCell ref="L39:M39"/>
+    <mergeCell ref="L34:M34"/>
+    <mergeCell ref="L35:M35"/>
+    <mergeCell ref="L36:M36"/>
+    <mergeCell ref="L29:M29"/>
+    <mergeCell ref="L30:M30"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="L32:M32"/>
+    <mergeCell ref="L33:M33"/>
+    <mergeCell ref="L31:M31"/>
+    <mergeCell ref="L28:M28"/>
+    <mergeCell ref="L17:M17"/>
+    <mergeCell ref="L18:M18"/>
+    <mergeCell ref="L19:M19"/>
+    <mergeCell ref="L20:M20"/>
+    <mergeCell ref="L21:M21"/>
+    <mergeCell ref="L22:M22"/>
+    <mergeCell ref="L23:M23"/>
+    <mergeCell ref="L24:M24"/>
+    <mergeCell ref="L25:M25"/>
+    <mergeCell ref="L26:M26"/>
+    <mergeCell ref="L27:M27"/>
     <mergeCell ref="L4:M4"/>
     <mergeCell ref="L16:M16"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="L7:M7"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="L9:M9"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="L11:M11"/>
     <mergeCell ref="L12:M12"/>
     <mergeCell ref="L13:M13"/>
     <mergeCell ref="L14:M14"/>
     <mergeCell ref="L15:M15"/>
-    <mergeCell ref="L28:M28"/>
-[...40 lines deleted...]
-    <mergeCell ref="L51:M51"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K2" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{69DAA755-13B6-41E0-8CE1-A7D48EE7C2AA}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9680AD9B-2E5A-4A65-888F-DD4B2B6A1901}">
   <dimension ref="A1:H88"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A56" workbookViewId="0">
+    <sheetView topLeftCell="B56" workbookViewId="0">
       <pane ySplit="1515" activePane="bottomLeft"/>
       <selection activeCell="H2" sqref="H2"/>
-      <selection pane="bottomLeft" activeCell="A88" sqref="A88:XFD88"/>
+      <selection pane="bottomLeft" activeCell="I10" sqref="I10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="3.85546875" style="6" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="15.5703125" style="22" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.5703125" style="21" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.140625" style="6" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9" style="6" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="8.7109375" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="33" customFormat="1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="32" t="s">
+    <row r="1" spans="1:8" s="32" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="31" t="s">
         <v>255</v>
       </c>
-      <c r="C1" s="34"/>
-[...3 lines deleted...]
-        <v>256</v>
+      <c r="C1" s="33"/>
+    </row>
+    <row r="2" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H2" s="245" t="s">
+        <v>315</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="28.5" x14ac:dyDescent="0.2">
-      <c r="A3" s="267"/>
-[...1 lines deleted...]
-      <c r="C3" s="23" t="s">
+      <c r="A3" s="275"/>
+      <c r="B3" s="276"/>
+      <c r="C3" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="D3" s="12" t="s">
+      <c r="D3" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="12" t="s">
+      <c r="E3" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="F3" s="12" t="s">
+      <c r="F3" s="11" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="265">
+      <c r="A4" s="273">
         <v>2005</v>
       </c>
-      <c r="B4" s="8" t="s">
+      <c r="B4" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C4" s="24">
+      <c r="C4" s="23">
         <v>65.2</v>
       </c>
-      <c r="D4" s="9">
+      <c r="D4" s="8">
         <v>105916</v>
       </c>
-      <c r="E4" s="11"/>
-      <c r="F4" s="11"/>
+      <c r="E4" s="10"/>
+      <c r="F4" s="10"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A5" s="266"/>
-      <c r="B5" s="13" t="s">
+      <c r="A5" s="274"/>
+      <c r="B5" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="25">
+      <c r="C5" s="24">
         <v>67.599999999999994</v>
       </c>
-      <c r="D5" s="14">
+      <c r="D5" s="13">
         <v>109781</v>
       </c>
-      <c r="E5" s="15">
+      <c r="E5" s="14">
         <v>3.5999999999999997E-2</v>
       </c>
-      <c r="F5" s="11"/>
+      <c r="F5" s="10"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="266"/>
-      <c r="B6" s="8" t="s">
+      <c r="A6" s="274"/>
+      <c r="B6" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C6" s="24">
+      <c r="C6" s="23">
         <v>71.900000000000006</v>
       </c>
-      <c r="D6" s="9">
+      <c r="D6" s="8">
         <v>116767</v>
       </c>
-      <c r="E6" s="10">
+      <c r="E6" s="9">
         <v>6.4000000000000001E-2</v>
       </c>
-      <c r="F6" s="11"/>
+      <c r="F6" s="10"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A7" s="266"/>
-      <c r="B7" s="13" t="s">
+      <c r="A7" s="274"/>
+      <c r="B7" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C7" s="25">
+      <c r="C7" s="24">
         <v>74.400000000000006</v>
       </c>
-      <c r="D7" s="14">
+      <c r="D7" s="13">
         <v>120825</v>
       </c>
-      <c r="E7" s="15">
+      <c r="E7" s="14">
         <v>3.5000000000000003E-2</v>
       </c>
-      <c r="F7" s="11"/>
+      <c r="F7" s="10"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A8" s="269">
+      <c r="A8" s="272">
         <v>2006</v>
       </c>
-      <c r="B8" s="16" t="s">
+      <c r="B8" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C8" s="26">
+      <c r="C8" s="25">
         <v>76.5</v>
       </c>
-      <c r="D8" s="17">
+      <c r="D8" s="16">
         <v>124258</v>
       </c>
-      <c r="E8" s="18">
+      <c r="E8" s="17">
         <v>2.8000000000000001E-2</v>
       </c>
-      <c r="F8" s="18">
+      <c r="F8" s="17">
         <v>0.17299999999999999</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A9" s="270"/>
-      <c r="B9" s="13" t="s">
+      <c r="A9" s="265"/>
+      <c r="B9" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C9" s="25">
+      <c r="C9" s="24">
         <v>83.8</v>
       </c>
-      <c r="D9" s="14">
+      <c r="D9" s="13">
         <v>136198</v>
       </c>
-      <c r="E9" s="15">
+      <c r="E9" s="14">
         <v>9.6000000000000002E-2</v>
       </c>
-      <c r="F9" s="15">
+      <c r="F9" s="14">
         <v>0.24099999999999999</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="270"/>
-      <c r="B10" s="8" t="s">
+      <c r="A10" s="265"/>
+      <c r="B10" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C10" s="24">
+      <c r="C10" s="23">
         <v>93.5</v>
       </c>
-      <c r="D10" s="9">
+      <c r="D10" s="8">
         <v>151918</v>
       </c>
-      <c r="E10" s="10">
+      <c r="E10" s="9">
         <v>0.115</v>
       </c>
-      <c r="F10" s="10">
+      <c r="F10" s="9">
         <v>0.30099999999999999</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="270"/>
-      <c r="B11" s="19" t="s">
+      <c r="A11" s="265"/>
+      <c r="B11" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C11" s="27">
+      <c r="C11" s="26">
         <v>104.7</v>
       </c>
-      <c r="D11" s="20">
+      <c r="D11" s="19">
         <v>170193</v>
       </c>
-      <c r="E11" s="21">
+      <c r="E11" s="20">
         <v>0.12</v>
       </c>
-      <c r="F11" s="21">
+      <c r="F11" s="20">
         <v>0.40899999999999997</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="265">
+      <c r="A12" s="273">
         <v>2007</v>
       </c>
-      <c r="B12" s="8" t="s">
+      <c r="B12" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C12" s="24">
+      <c r="C12" s="23">
         <v>115.9</v>
       </c>
-      <c r="D12" s="9">
+      <c r="D12" s="8">
         <v>188278</v>
       </c>
-      <c r="E12" s="10">
+      <c r="E12" s="9">
         <v>0.106</v>
       </c>
-      <c r="F12" s="10">
+      <c r="F12" s="9">
         <v>0.51500000000000001</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A13" s="266"/>
-      <c r="B13" s="13" t="s">
+      <c r="A13" s="274"/>
+      <c r="B13" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C13" s="25">
+      <c r="C13" s="24">
         <v>126.2</v>
       </c>
-      <c r="D13" s="14">
+      <c r="D13" s="13">
         <v>205123</v>
       </c>
-      <c r="E13" s="15">
+      <c r="E13" s="14">
         <v>8.8999999999999996E-2</v>
       </c>
-      <c r="F13" s="15">
+      <c r="F13" s="14">
         <v>0.50600000000000001</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A14" s="266"/>
-      <c r="B14" s="8" t="s">
+      <c r="A14" s="274"/>
+      <c r="B14" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C14" s="24">
+      <c r="C14" s="23">
         <v>130.9</v>
       </c>
-      <c r="D14" s="9">
+      <c r="D14" s="8">
         <v>212617</v>
       </c>
-      <c r="E14" s="10">
+      <c r="E14" s="9">
         <v>3.6999999999999998E-2</v>
       </c>
-      <c r="F14" s="10">
+      <c r="F14" s="9">
         <v>0.4</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A15" s="266"/>
-      <c r="B15" s="13" t="s">
+      <c r="A15" s="274"/>
+      <c r="B15" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C15" s="25">
+      <c r="C15" s="24">
         <v>124.8</v>
       </c>
-      <c r="D15" s="14">
+      <c r="D15" s="13">
         <v>202774</v>
       </c>
-      <c r="E15" s="15">
+      <c r="E15" s="14">
         <v>-4.5999999999999999E-2</v>
       </c>
-      <c r="F15" s="15">
+      <c r="F15" s="14">
         <v>0.191</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="271">
+      <c r="A16" s="264">
         <v>2008</v>
       </c>
-      <c r="B16" s="16" t="s">
+      <c r="B16" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C16" s="26">
+      <c r="C16" s="25">
         <v>115.5</v>
       </c>
-      <c r="D16" s="17">
+      <c r="D16" s="16">
         <v>187721</v>
       </c>
-      <c r="E16" s="18">
+      <c r="E16" s="17">
         <v>-7.3999999999999996E-2</v>
       </c>
-      <c r="F16" s="18">
+      <c r="F16" s="17">
         <v>-3.0000000000000001E-3</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A17" s="270"/>
-      <c r="B17" s="13" t="s">
+      <c r="A17" s="265"/>
+      <c r="B17" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C17" s="25">
+      <c r="C17" s="24">
         <v>108.2</v>
       </c>
-      <c r="D17" s="14">
+      <c r="D17" s="13">
         <v>175875</v>
       </c>
-      <c r="E17" s="15">
+      <c r="E17" s="14">
         <v>-6.3E-2</v>
       </c>
-      <c r="F17" s="15">
+      <c r="F17" s="14">
         <v>-0.14299999999999999</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A18" s="270"/>
-      <c r="B18" s="8" t="s">
+      <c r="A18" s="265"/>
+      <c r="B18" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C18" s="24">
+      <c r="C18" s="23">
         <v>97.9</v>
       </c>
-      <c r="D18" s="9">
+      <c r="D18" s="8">
         <v>159059</v>
       </c>
-      <c r="E18" s="10">
+      <c r="E18" s="9">
         <v>-9.6000000000000002E-2</v>
       </c>
-      <c r="F18" s="10">
+      <c r="F18" s="9">
         <v>-0.252</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A19" s="272"/>
-      <c r="B19" s="19" t="s">
+      <c r="A19" s="266"/>
+      <c r="B19" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C19" s="27">
+      <c r="C19" s="26">
         <v>89.6</v>
       </c>
-      <c r="D19" s="20">
+      <c r="D19" s="19">
         <v>145525</v>
       </c>
-      <c r="E19" s="21">
+      <c r="E19" s="20">
         <v>-8.5000000000000006E-2</v>
       </c>
-      <c r="F19" s="21">
+      <c r="F19" s="20">
         <v>-0.28199999999999997</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A20" s="273">
+      <c r="A20" s="277">
         <v>2009</v>
       </c>
-      <c r="B20" s="16" t="s">
+      <c r="B20" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C20" s="26">
+      <c r="C20" s="25">
         <v>81.7</v>
       </c>
-      <c r="D20" s="17">
+      <c r="D20" s="16">
         <v>132669</v>
       </c>
-      <c r="E20" s="18">
+      <c r="E20" s="17">
         <v>-8.7999999999999995E-2</v>
       </c>
-      <c r="F20" s="18">
+      <c r="F20" s="17">
         <v>-0.29299999999999998</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A21" s="266"/>
-      <c r="B21" s="13" t="s">
+      <c r="A21" s="274"/>
+      <c r="B21" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C21" s="25">
+      <c r="C21" s="24">
         <v>82.4</v>
       </c>
-      <c r="D21" s="14">
+      <c r="D21" s="13">
         <v>133898</v>
       </c>
-      <c r="E21" s="15">
+      <c r="E21" s="14">
         <v>8.9999999999999993E-3</v>
       </c>
-      <c r="F21" s="15">
+      <c r="F21" s="14">
         <v>-0.23899999999999999</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A22" s="266"/>
-      <c r="B22" s="8" t="s">
+      <c r="A22" s="274"/>
+      <c r="B22" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C22" s="24">
+      <c r="C22" s="23">
         <v>82.6</v>
       </c>
-      <c r="D22" s="9">
+      <c r="D22" s="8">
         <v>134254</v>
       </c>
-      <c r="E22" s="10">
+      <c r="E22" s="9">
         <v>3.0000000000000001E-3</v>
       </c>
-      <c r="F22" s="10">
+      <c r="F22" s="9">
         <v>-0.156</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A23" s="274"/>
-      <c r="B23" s="19" t="s">
+      <c r="A23" s="278"/>
+      <c r="B23" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C23" s="27">
+      <c r="C23" s="26">
         <v>82.7</v>
       </c>
-      <c r="D23" s="20">
+      <c r="D23" s="19">
         <v>134376</v>
       </c>
-      <c r="E23" s="21">
+      <c r="E23" s="20">
         <v>1E-3</v>
       </c>
-      <c r="F23" s="21">
+      <c r="F23" s="20">
         <v>-7.6999999999999999E-2</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A24" s="269">
+      <c r="A24" s="272">
         <v>2010</v>
       </c>
-      <c r="B24" s="8" t="s">
+      <c r="B24" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C24" s="24">
+      <c r="C24" s="23">
         <v>79</v>
       </c>
-      <c r="D24" s="9">
+      <c r="D24" s="8">
         <v>128422</v>
       </c>
-      <c r="E24" s="10">
+      <c r="E24" s="9">
         <v>-4.3999999999999997E-2</v>
       </c>
-      <c r="F24" s="10">
+      <c r="F24" s="9">
         <v>-3.2000000000000001E-2</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A25" s="270"/>
-      <c r="B25" s="13" t="s">
+      <c r="A25" s="265"/>
+      <c r="B25" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C25" s="25">
+      <c r="C25" s="24">
         <v>78.3</v>
       </c>
-      <c r="D25" s="14">
+      <c r="D25" s="13">
         <v>127299</v>
       </c>
-      <c r="E25" s="15">
+      <c r="E25" s="14">
         <v>-8.9999999999999993E-3</v>
       </c>
-      <c r="F25" s="15">
+      <c r="F25" s="14">
         <v>-4.9000000000000002E-2</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A26" s="270"/>
-      <c r="B26" s="8" t="s">
+      <c r="A26" s="265"/>
+      <c r="B26" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C26" s="24">
+      <c r="C26" s="23">
         <v>77</v>
       </c>
-      <c r="D26" s="9">
+      <c r="D26" s="8">
         <v>125074</v>
       </c>
-      <c r="E26" s="10">
+      <c r="E26" s="9">
         <v>-1.7000000000000001E-2</v>
       </c>
-      <c r="F26" s="10">
+      <c r="F26" s="9">
         <v>-6.8000000000000005E-2</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A27" s="272"/>
-      <c r="B27" s="19" t="s">
+      <c r="A27" s="266"/>
+      <c r="B27" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C27" s="27">
+      <c r="C27" s="26">
         <v>72.5</v>
       </c>
-      <c r="D27" s="20">
+      <c r="D27" s="19">
         <v>117835</v>
       </c>
-      <c r="E27" s="21">
+      <c r="E27" s="20">
         <v>-5.8000000000000003E-2</v>
       </c>
-      <c r="F27" s="21">
+      <c r="F27" s="20">
         <v>-0.123</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A28" s="265">
+      <c r="A28" s="273">
         <v>2011</v>
       </c>
-      <c r="B28" s="8" t="s">
+      <c r="B28" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C28" s="24">
+      <c r="C28" s="23">
         <v>69.3</v>
       </c>
-      <c r="D28" s="9">
+      <c r="D28" s="8">
         <v>112639</v>
       </c>
-      <c r="E28" s="10">
+      <c r="E28" s="9">
         <v>-4.3999999999999997E-2</v>
       </c>
-      <c r="F28" s="10">
+      <c r="F28" s="9">
         <v>-0.123</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A29" s="266"/>
-      <c r="B29" s="13" t="s">
+      <c r="A29" s="274"/>
+      <c r="B29" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C29" s="25">
+      <c r="C29" s="24">
         <v>68.2</v>
       </c>
-      <c r="D29" s="14">
+      <c r="D29" s="13">
         <v>110858</v>
       </c>
-      <c r="E29" s="15">
+      <c r="E29" s="14">
         <v>-1.6E-2</v>
       </c>
-      <c r="F29" s="15">
+      <c r="F29" s="14">
         <v>-0.129</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A30" s="266"/>
-      <c r="B30" s="8" t="s">
+      <c r="A30" s="274"/>
+      <c r="B30" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C30" s="24">
+      <c r="C30" s="23">
         <v>67</v>
       </c>
-      <c r="D30" s="9">
+      <c r="D30" s="8">
         <v>108933</v>
       </c>
-      <c r="E30" s="10">
+      <c r="E30" s="9">
         <v>-1.7000000000000001E-2</v>
       </c>
-      <c r="F30" s="10">
+      <c r="F30" s="9">
         <v>-0.129</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A31" s="266"/>
-      <c r="B31" s="13" t="s">
+      <c r="A31" s="274"/>
+      <c r="B31" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C31" s="25">
+      <c r="C31" s="24">
         <v>65.2</v>
       </c>
-      <c r="D31" s="14">
+      <c r="D31" s="13">
         <v>105870</v>
       </c>
-      <c r="E31" s="15">
+      <c r="E31" s="14">
         <v>-2.8000000000000001E-2</v>
       </c>
-      <c r="F31" s="15">
+      <c r="F31" s="14">
         <v>-0.10199999999999999</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A32" s="269">
+      <c r="A32" s="272">
         <v>2012</v>
       </c>
-      <c r="B32" s="16" t="s">
+      <c r="B32" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C32" s="26">
+      <c r="C32" s="25">
         <v>61</v>
       </c>
-      <c r="D32" s="17">
+      <c r="D32" s="16">
         <v>99094</v>
       </c>
-      <c r="E32" s="18">
+      <c r="E32" s="17">
         <v>-6.4000000000000001E-2</v>
       </c>
-      <c r="F32" s="18">
+      <c r="F32" s="17">
         <v>-0.12</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A33" s="270"/>
-      <c r="B33" s="13" t="s">
+      <c r="A33" s="265"/>
+      <c r="B33" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C33" s="25">
+      <c r="C33" s="24">
         <v>61.1</v>
       </c>
-      <c r="D33" s="14">
+      <c r="D33" s="13">
         <v>99355</v>
       </c>
-      <c r="E33" s="15">
+      <c r="E33" s="14">
         <v>3.0000000000000001E-3</v>
       </c>
-      <c r="F33" s="15">
+      <c r="F33" s="14">
         <v>-0.104</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A34" s="270"/>
-      <c r="B34" s="8" t="s">
+      <c r="A34" s="265"/>
+      <c r="B34" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C34" s="24">
+      <c r="C34" s="23">
         <v>59.5</v>
       </c>
-      <c r="D34" s="9">
+      <c r="D34" s="8">
         <v>96609</v>
       </c>
-      <c r="E34" s="10">
+      <c r="E34" s="9">
         <v>-2.8000000000000001E-2</v>
       </c>
-      <c r="F34" s="10">
+      <c r="F34" s="9">
         <v>-0.113</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A35" s="270"/>
-      <c r="B35" s="19" t="s">
+      <c r="A35" s="265"/>
+      <c r="B35" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C35" s="27">
+      <c r="C35" s="26">
         <v>58</v>
       </c>
-      <c r="D35" s="20">
+      <c r="D35" s="19">
         <v>94301</v>
       </c>
-      <c r="E35" s="21">
+      <c r="E35" s="20">
         <v>-2.4E-2</v>
       </c>
-      <c r="F35" s="21">
+      <c r="F35" s="20">
         <v>-0.109</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A36" s="265">
+      <c r="A36" s="273">
         <v>2013</v>
       </c>
-      <c r="B36" s="8" t="s">
+      <c r="B36" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C36" s="24">
+      <c r="C36" s="23">
         <v>56.7</v>
       </c>
-      <c r="D36" s="9">
+      <c r="D36" s="8">
         <v>92202</v>
       </c>
-      <c r="E36" s="10">
+      <c r="E36" s="9">
         <v>-2.1999999999999999E-2</v>
       </c>
-      <c r="F36" s="10">
+      <c r="F36" s="9">
         <v>-7.0000000000000007E-2</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A37" s="266"/>
-      <c r="B37" s="13" t="s">
+      <c r="A37" s="274"/>
+      <c r="B37" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C37" s="25">
+      <c r="C37" s="24">
         <v>57.8</v>
       </c>
-      <c r="D37" s="14">
+      <c r="D37" s="13">
         <v>93906</v>
       </c>
-      <c r="E37" s="15">
+      <c r="E37" s="14">
         <v>1.7999999999999999E-2</v>
       </c>
-      <c r="F37" s="15">
+      <c r="F37" s="14">
         <v>-5.5E-2</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A38" s="266"/>
-      <c r="B38" s="8" t="s">
+      <c r="A38" s="274"/>
+      <c r="B38" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C38" s="24">
+      <c r="C38" s="23">
         <v>58.9</v>
       </c>
-      <c r="D38" s="9">
+      <c r="D38" s="8">
         <v>95738</v>
       </c>
-      <c r="E38" s="10">
+      <c r="E38" s="9">
         <v>0.02</v>
       </c>
-      <c r="F38" s="10">
+      <c r="F38" s="9">
         <v>-8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A39" s="266"/>
-      <c r="B39" s="13" t="s">
+      <c r="A39" s="274"/>
+      <c r="B39" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C39" s="25">
+      <c r="C39" s="24">
         <v>59.3</v>
       </c>
-      <c r="D39" s="14">
+      <c r="D39" s="13">
         <v>96414</v>
       </c>
-      <c r="E39" s="15">
+      <c r="E39" s="14">
         <v>7.0000000000000001E-3</v>
       </c>
-      <c r="F39" s="15">
+      <c r="F39" s="14">
         <v>2.1999999999999999E-2</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A40" s="269">
+      <c r="A40" s="272">
         <v>2014</v>
       </c>
-      <c r="B40" s="16" t="s">
+      <c r="B40" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C40" s="26">
+      <c r="C40" s="25">
         <v>60.3</v>
       </c>
-      <c r="D40" s="17">
+      <c r="D40" s="16">
         <v>98014</v>
       </c>
-      <c r="E40" s="18">
+      <c r="E40" s="17">
         <v>1.7000000000000001E-2</v>
       </c>
-      <c r="F40" s="18">
+      <c r="F40" s="17">
         <v>6.3E-2</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A41" s="270"/>
-      <c r="B41" s="13" t="s">
+      <c r="A41" s="265"/>
+      <c r="B41" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C41" s="25">
+      <c r="C41" s="24">
         <v>62.3</v>
       </c>
-      <c r="D41" s="14">
+      <c r="D41" s="13">
         <v>101289</v>
       </c>
-      <c r="E41" s="15">
+      <c r="E41" s="14">
         <v>3.3000000000000002E-2</v>
       </c>
-      <c r="F41" s="15">
+      <c r="F41" s="14">
         <v>7.9000000000000001E-2</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A42" s="270"/>
-      <c r="B42" s="8" t="s">
+      <c r="A42" s="265"/>
+      <c r="B42" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C42" s="24">
+      <c r="C42" s="23">
         <v>63.6</v>
       </c>
-      <c r="D42" s="9">
+      <c r="D42" s="8">
         <v>103263</v>
       </c>
-      <c r="E42" s="10">
+      <c r="E42" s="9">
         <v>1.9E-2</v>
       </c>
-      <c r="F42" s="10">
+      <c r="F42" s="9">
         <v>7.9000000000000001E-2</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A43" s="270"/>
-      <c r="B43" s="19" t="s">
+      <c r="A43" s="265"/>
+      <c r="B43" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C43" s="27">
+      <c r="C43" s="26">
         <v>64.5</v>
       </c>
-      <c r="D43" s="20">
+      <c r="D43" s="19">
         <v>104809</v>
       </c>
-      <c r="E43" s="21">
+      <c r="E43" s="20">
         <v>1.4999999999999999E-2</v>
       </c>
-      <c r="F43" s="21">
+      <c r="F43" s="20">
         <v>8.6999999999999994E-2</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A44" s="265">
+      <c r="A44" s="273">
         <v>2015</v>
       </c>
-      <c r="B44" s="8" t="s">
+      <c r="B44" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C44" s="24">
+      <c r="C44" s="23">
         <v>64.599999999999994</v>
       </c>
-      <c r="D44" s="9">
+      <c r="D44" s="8">
         <v>104989</v>
       </c>
-      <c r="E44" s="10">
+      <c r="E44" s="9">
         <v>2E-3</v>
       </c>
-      <c r="F44" s="10">
+      <c r="F44" s="9">
         <v>7.0999999999999994E-2</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A45" s="266"/>
-      <c r="B45" s="13" t="s">
+      <c r="A45" s="274"/>
+      <c r="B45" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C45" s="25">
+      <c r="C45" s="24">
         <v>66.599999999999994</v>
       </c>
-      <c r="D45" s="14">
+      <c r="D45" s="13">
         <v>108206</v>
       </c>
-      <c r="E45" s="15">
+      <c r="E45" s="14">
         <v>3.1E-2</v>
       </c>
-      <c r="F45" s="15">
+      <c r="F45" s="14">
         <v>6.8000000000000005E-2</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A46" s="266"/>
-      <c r="B46" s="8" t="s">
+      <c r="A46" s="274"/>
+      <c r="B46" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C46" s="24">
+      <c r="C46" s="23">
         <v>68.599999999999994</v>
       </c>
-      <c r="D46" s="9">
+      <c r="D46" s="8">
         <v>111401</v>
       </c>
-      <c r="E46" s="10">
+      <c r="E46" s="9">
         <v>0.03</v>
       </c>
-      <c r="F46" s="10">
+      <c r="F46" s="9">
         <v>7.9000000000000001E-2</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A47" s="266"/>
-      <c r="B47" s="13" t="s">
+      <c r="A47" s="274"/>
+      <c r="B47" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C47" s="25">
+      <c r="C47" s="24">
         <v>69.2</v>
       </c>
-      <c r="D47" s="14">
+      <c r="D47" s="13">
         <v>112385</v>
       </c>
-      <c r="E47" s="15">
+      <c r="E47" s="14">
         <v>8.9999999999999993E-3</v>
       </c>
-      <c r="F47" s="15">
+      <c r="F47" s="14">
         <v>7.1999999999999995E-2</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A48" s="269">
+      <c r="A48" s="272">
         <v>2016</v>
       </c>
-      <c r="B48" s="16" t="s">
+      <c r="B48" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C48" s="26">
+      <c r="C48" s="25">
         <v>69.2</v>
       </c>
-      <c r="D48" s="17">
+      <c r="D48" s="16">
         <v>112475</v>
       </c>
-      <c r="E48" s="18">
+      <c r="E48" s="17">
         <v>1E-3</v>
       </c>
-      <c r="F48" s="18">
+      <c r="F48" s="17">
         <v>7.0999999999999994E-2</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A49" s="270"/>
-      <c r="B49" s="13" t="s">
+      <c r="A49" s="265"/>
+      <c r="B49" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C49" s="25">
+      <c r="C49" s="24">
         <v>71.8</v>
       </c>
-      <c r="D49" s="14">
+      <c r="D49" s="13">
         <v>116637</v>
       </c>
-      <c r="E49" s="15">
+      <c r="E49" s="14">
         <v>3.6999999999999998E-2</v>
       </c>
-      <c r="F49" s="15">
+      <c r="F49" s="14">
         <v>7.8E-2</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A50" s="270"/>
-      <c r="B50" s="8" t="s">
+      <c r="A50" s="265"/>
+      <c r="B50" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C50" s="24">
+      <c r="C50" s="23">
         <v>72.599999999999994</v>
       </c>
-      <c r="D50" s="9">
+      <c r="D50" s="8">
         <v>118039</v>
       </c>
-      <c r="E50" s="10">
+      <c r="E50" s="9">
         <v>1.2E-2</v>
       </c>
-      <c r="F50" s="10">
+      <c r="F50" s="9">
         <v>0.06</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A51" s="270"/>
-      <c r="B51" s="19" t="s">
+      <c r="A51" s="265"/>
+      <c r="B51" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C51" s="27">
+      <c r="C51" s="26">
         <v>72.8</v>
       </c>
-      <c r="D51" s="20">
+      <c r="D51" s="19">
         <v>118350</v>
       </c>
-      <c r="E51" s="21">
+      <c r="E51" s="20">
         <v>3.0000000000000001E-3</v>
       </c>
-      <c r="F51" s="21">
+      <c r="F51" s="20">
         <v>5.2999999999999999E-2</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A52" s="265">
+      <c r="A52" s="273">
         <v>2017</v>
       </c>
-      <c r="B52" s="8" t="s">
+      <c r="B52" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C52" s="24">
+      <c r="C52" s="23">
         <v>72.7</v>
       </c>
-      <c r="D52" s="9">
+      <c r="D52" s="8">
         <v>118092</v>
       </c>
-      <c r="E52" s="10">
+      <c r="E52" s="9">
         <v>-2E-3</v>
       </c>
-      <c r="F52" s="10">
+      <c r="F52" s="9">
         <v>0.05</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A53" s="266"/>
-      <c r="B53" s="13" t="s">
+      <c r="A53" s="274"/>
+      <c r="B53" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C53" s="25">
+      <c r="C53" s="24">
         <v>74.099999999999994</v>
       </c>
-      <c r="D53" s="14">
+      <c r="D53" s="13">
         <v>120356</v>
       </c>
-      <c r="E53" s="15">
+      <c r="E53" s="14">
         <v>1.9E-2</v>
       </c>
-      <c r="F53" s="15">
+      <c r="F53" s="14">
         <v>3.2000000000000001E-2</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A54" s="266"/>
-      <c r="B54" s="8" t="s">
+      <c r="A54" s="274"/>
+      <c r="B54" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C54" s="24">
+      <c r="C54" s="23">
         <v>75.099999999999994</v>
       </c>
-      <c r="D54" s="9">
+      <c r="D54" s="8">
         <v>121964</v>
       </c>
-      <c r="E54" s="10">
+      <c r="E54" s="9">
         <v>1.2999999999999999E-2</v>
       </c>
-      <c r="F54" s="10">
+      <c r="F54" s="9">
         <v>3.3000000000000002E-2</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A55" s="266"/>
-      <c r="B55" s="13" t="s">
+      <c r="A55" s="274"/>
+      <c r="B55" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C55" s="25">
+      <c r="C55" s="24">
         <v>75.5</v>
       </c>
-      <c r="D55" s="14">
+      <c r="D55" s="13">
         <v>122649</v>
       </c>
-      <c r="E55" s="15">
+      <c r="E55" s="14">
         <v>6.0000000000000001E-3</v>
       </c>
-      <c r="F55" s="15">
+      <c r="F55" s="14">
         <v>3.5999999999999997E-2</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A56" s="271">
+      <c r="A56" s="264">
         <v>2018</v>
       </c>
-      <c r="B56" s="16" t="s">
+      <c r="B56" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C56" s="26">
+      <c r="C56" s="25">
         <v>75.900000000000006</v>
       </c>
-      <c r="D56" s="17">
+      <c r="D56" s="16">
         <v>123302</v>
       </c>
-      <c r="E56" s="18">
+      <c r="E56" s="17">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="F56" s="18">
+      <c r="F56" s="17">
         <v>4.3999999999999997E-2</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A57" s="270"/>
-      <c r="B57" s="13" t="s">
+      <c r="A57" s="265"/>
+      <c r="B57" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C57" s="25">
+      <c r="C57" s="24">
         <v>76.900000000000006</v>
       </c>
-      <c r="D57" s="14">
+      <c r="D57" s="13">
         <v>125009</v>
       </c>
-      <c r="E57" s="15">
+      <c r="E57" s="14">
         <v>1.4E-2</v>
       </c>
-      <c r="F57" s="15">
+      <c r="F57" s="14">
         <v>3.9E-2</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A58" s="270"/>
-      <c r="B58" s="8" t="s">
+      <c r="A58" s="265"/>
+      <c r="B58" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C58" s="24">
+      <c r="C58" s="23">
         <v>78.400000000000006</v>
       </c>
-      <c r="D58" s="9">
+      <c r="D58" s="8">
         <v>127398</v>
       </c>
-      <c r="E58" s="10">
+      <c r="E58" s="9">
         <v>1.9E-2</v>
       </c>
-      <c r="F58" s="10">
+      <c r="F58" s="9">
         <v>4.4999999999999998E-2</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A59" s="272"/>
-      <c r="B59" s="19" t="s">
+      <c r="A59" s="266"/>
+      <c r="B59" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C59" s="27">
+      <c r="C59" s="26">
         <v>79.7</v>
       </c>
-      <c r="D59" s="20">
+      <c r="D59" s="19">
         <v>129427</v>
       </c>
-      <c r="E59" s="21">
+      <c r="E59" s="20">
         <v>1.6E-2</v>
       </c>
-      <c r="F59" s="21">
+      <c r="F59" s="20">
         <v>5.5E-2</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A60" s="275">
+      <c r="A60" s="267">
         <v>2019</v>
       </c>
-      <c r="B60" s="8" t="s">
+      <c r="B60" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C60" s="24">
+      <c r="C60" s="23">
         <v>78.900000000000006</v>
       </c>
-      <c r="D60" s="9">
+      <c r="D60" s="8">
         <v>128168</v>
       </c>
-      <c r="E60" s="10">
+      <c r="E60" s="9">
         <v>-0.01</v>
       </c>
-      <c r="F60" s="10">
+      <c r="F60" s="9">
         <v>3.9E-2</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A61" s="276"/>
-      <c r="B61" s="13" t="s">
+      <c r="A61" s="268"/>
+      <c r="B61" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C61" s="25">
+      <c r="C61" s="24">
         <v>79.8</v>
       </c>
-      <c r="D61" s="14">
+      <c r="D61" s="13">
         <v>129613</v>
       </c>
-      <c r="E61" s="15">
+      <c r="E61" s="14">
         <v>1.0999999999999999E-2</v>
       </c>
-      <c r="F61" s="15">
+      <c r="F61" s="14">
         <v>3.6999999999999998E-2</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A62" s="276"/>
-      <c r="B62" s="8" t="s">
+      <c r="A62" s="268"/>
+      <c r="B62" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C62" s="24">
+      <c r="C62" s="23">
         <v>81.400000000000006</v>
       </c>
-      <c r="D62" s="9">
+      <c r="D62" s="8">
         <v>132336</v>
       </c>
-      <c r="E62" s="10">
+      <c r="E62" s="9">
         <v>2.1000000000000001E-2</v>
       </c>
-      <c r="F62" s="10">
+      <c r="F62" s="9">
         <v>3.9E-2</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A63" s="276"/>
-      <c r="B63" s="13" t="s">
+      <c r="A63" s="268"/>
+      <c r="B63" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C63" s="25">
+      <c r="C63" s="24">
         <v>81.599999999999994</v>
       </c>
-      <c r="D63" s="14">
+      <c r="D63" s="13">
         <v>132623</v>
       </c>
-      <c r="E63" s="15">
+      <c r="E63" s="14">
         <v>2E-3</v>
       </c>
-      <c r="F63" s="15">
+      <c r="F63" s="14">
         <v>2.5000000000000001E-2</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A64" s="271">
+      <c r="A64" s="264">
         <v>2020</v>
       </c>
-      <c r="B64" s="16" t="s">
+      <c r="B64" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C64" s="26">
+      <c r="C64" s="25">
         <v>82</v>
       </c>
-      <c r="D64" s="17">
+      <c r="D64" s="16">
         <v>133173</v>
       </c>
-      <c r="E64" s="18">
+      <c r="E64" s="17">
         <v>4.0000000000000001E-3</v>
       </c>
-      <c r="F64" s="18">
+      <c r="F64" s="17">
         <v>3.9E-2</v>
       </c>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A65" s="270"/>
-      <c r="B65" s="13" t="s">
+      <c r="A65" s="265"/>
+      <c r="B65" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C65" s="25">
+      <c r="C65" s="24">
         <v>82</v>
       </c>
-      <c r="D65" s="14">
+      <c r="D65" s="13">
         <v>133286</v>
       </c>
-      <c r="E65" s="15">
+      <c r="E65" s="14">
         <v>1E-3</v>
       </c>
-      <c r="F65" s="15">
+      <c r="F65" s="14">
         <v>2.8000000000000001E-2</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A66" s="270"/>
-      <c r="B66" s="8" t="s">
+      <c r="A66" s="265"/>
+      <c r="B66" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C66" s="24">
+      <c r="C66" s="23">
         <v>83.7</v>
       </c>
-      <c r="D66" s="9">
+      <c r="D66" s="8">
         <v>136013</v>
       </c>
-      <c r="E66" s="10">
+      <c r="E66" s="9">
         <v>0.02</v>
       </c>
-      <c r="F66" s="10">
+      <c r="F66" s="9">
         <v>2.8000000000000001E-2</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A67" s="272"/>
-      <c r="B67" s="19" t="s">
+      <c r="A67" s="266"/>
+      <c r="B67" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C67" s="27">
+      <c r="C67" s="26">
         <v>85.9</v>
       </c>
-      <c r="D67" s="20">
+      <c r="D67" s="19">
         <v>139563</v>
       </c>
-      <c r="E67" s="21">
+      <c r="E67" s="20">
         <v>2.5999999999999999E-2</v>
       </c>
-      <c r="F67" s="21">
+      <c r="F67" s="20">
         <v>5.1999999999999998E-2</v>
       </c>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A68" s="265">
+      <c r="A68" s="273">
         <v>2021</v>
       </c>
-      <c r="B68" s="8" t="s">
+      <c r="B68" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C68" s="24">
+      <c r="C68" s="23">
         <v>86.8</v>
       </c>
-      <c r="D68" s="9">
+      <c r="D68" s="8">
         <v>141087</v>
       </c>
-      <c r="E68" s="10">
+      <c r="E68" s="9">
         <v>1.0999999999999999E-2</v>
       </c>
-      <c r="F68" s="10">
+      <c r="F68" s="9">
         <v>5.8999999999999997E-2</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A69" s="266"/>
-      <c r="B69" s="13" t="s">
+      <c r="A69" s="274"/>
+      <c r="B69" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C69" s="25">
+      <c r="C69" s="24">
         <v>89.9</v>
       </c>
-      <c r="D69" s="14">
+      <c r="D69" s="13">
         <v>146044</v>
       </c>
-      <c r="E69" s="15">
+      <c r="E69" s="14">
         <v>3.5000000000000003E-2</v>
       </c>
-      <c r="F69" s="15">
+      <c r="F69" s="14">
         <v>9.6000000000000002E-2</v>
       </c>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A70" s="266"/>
-      <c r="B70" s="8" t="s">
+      <c r="A70" s="274"/>
+      <c r="B70" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C70" s="24">
+      <c r="C70" s="23">
         <v>92.7</v>
       </c>
-      <c r="D70" s="9">
+      <c r="D70" s="8">
         <v>150563</v>
       </c>
-      <c r="E70" s="10">
+      <c r="E70" s="9">
         <v>3.1E-2</v>
       </c>
-      <c r="F70" s="10">
+      <c r="F70" s="9">
         <v>0.107</v>
       </c>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A71" s="266"/>
-      <c r="B71" s="13" t="s">
+      <c r="A71" s="274"/>
+      <c r="B71" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C71" s="25">
+      <c r="C71" s="24">
         <v>92.7</v>
       </c>
-      <c r="D71" s="14">
+      <c r="D71" s="13">
         <v>150539</v>
       </c>
-      <c r="E71" s="15">
+      <c r="E71" s="14">
         <v>0</v>
       </c>
-      <c r="F71" s="15">
+      <c r="F71" s="14">
         <v>7.9000000000000001E-2</v>
       </c>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A72" s="271">
+      <c r="A72" s="264">
         <v>2022</v>
       </c>
-      <c r="B72" s="16" t="s">
+      <c r="B72" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C72" s="26">
+      <c r="C72" s="25">
         <v>95.4</v>
       </c>
-      <c r="D72" s="17">
+      <c r="D72" s="16">
         <v>155086</v>
       </c>
-      <c r="E72" s="18">
+      <c r="E72" s="17">
         <v>0.03</v>
       </c>
-      <c r="F72" s="18">
+      <c r="F72" s="17">
         <v>9.9000000000000005E-2</v>
       </c>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A73" s="270"/>
-      <c r="B73" s="13" t="s">
+      <c r="A73" s="265"/>
+      <c r="B73" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C73" s="25">
+      <c r="C73" s="24">
         <v>98.6</v>
       </c>
-      <c r="D73" s="14">
+      <c r="D73" s="13">
         <v>160214</v>
       </c>
-      <c r="E73" s="15">
+      <c r="E73" s="14">
         <v>3.3000000000000002E-2</v>
       </c>
-      <c r="F73" s="15">
+      <c r="F73" s="14">
         <v>9.7000000000000003E-2</v>
       </c>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A74" s="270"/>
-      <c r="B74" s="8" t="s">
+      <c r="A74" s="265"/>
+      <c r="B74" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C74" s="24">
+      <c r="C74" s="23">
         <v>102.4</v>
       </c>
-      <c r="D74" s="9">
+      <c r="D74" s="8">
         <v>166363</v>
       </c>
-      <c r="E74" s="10">
+      <c r="E74" s="9">
         <v>3.7999999999999999E-2</v>
       </c>
-      <c r="F74" s="10">
+      <c r="F74" s="9">
         <v>0.105</v>
       </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A75" s="272"/>
-      <c r="B75" s="19" t="s">
+      <c r="A75" s="266"/>
+      <c r="B75" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C75" s="27">
+      <c r="C75" s="26">
         <v>102</v>
       </c>
-      <c r="D75" s="20">
+      <c r="D75" s="19">
         <v>165729</v>
       </c>
-      <c r="E75" s="21">
+      <c r="E75" s="20">
         <v>-4.0000000000000001E-3</v>
       </c>
-      <c r="F75" s="21">
+      <c r="F75" s="20">
         <v>0.10100000000000001</v>
       </c>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A76" s="275">
+      <c r="A76" s="267">
         <v>2023</v>
       </c>
-      <c r="B76" s="8" t="s">
+      <c r="B76" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C76" s="24">
+      <c r="C76" s="23">
         <v>100</v>
       </c>
-      <c r="D76" s="9">
+      <c r="D76" s="8">
         <v>162479</v>
       </c>
-      <c r="E76" s="10">
+      <c r="E76" s="9">
         <v>-0.02</v>
       </c>
-      <c r="F76" s="10">
+      <c r="F76" s="9">
         <v>4.8000000000000001E-2</v>
       </c>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A77" s="276"/>
-      <c r="B77" s="13" t="s">
+      <c r="A77" s="268"/>
+      <c r="B77" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C77" s="25">
+      <c r="C77" s="24">
         <v>101.3</v>
       </c>
-      <c r="D77" s="14">
+      <c r="D77" s="13">
         <v>164587</v>
       </c>
-      <c r="E77" s="15">
+      <c r="E77" s="14">
         <v>1.2999999999999999E-2</v>
       </c>
-      <c r="F77" s="15">
+      <c r="F77" s="14">
         <v>2.7E-2</v>
       </c>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A78" s="276"/>
-      <c r="B78" s="8" t="s">
+      <c r="A78" s="268"/>
+      <c r="B78" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C78" s="24">
+      <c r="C78" s="23">
         <v>104.5</v>
       </c>
-      <c r="D78" s="9">
+      <c r="D78" s="8">
         <v>169726</v>
       </c>
-      <c r="E78" s="10">
+      <c r="E78" s="9">
         <v>3.1E-2</v>
       </c>
-      <c r="F78" s="10">
+      <c r="F78" s="9">
         <v>0.02</v>
       </c>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A79" s="276"/>
-      <c r="B79" s="13" t="s">
+      <c r="A79" s="268"/>
+      <c r="B79" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C79" s="25">
+      <c r="C79" s="24">
         <v>103.5</v>
       </c>
-      <c r="D79" s="14">
+      <c r="D79" s="13">
         <v>168157</v>
       </c>
-      <c r="E79" s="15">
+      <c r="E79" s="14">
         <v>-8.9999999999999993E-3</v>
       </c>
-      <c r="F79" s="15">
+      <c r="F79" s="14">
         <v>1.4999999999999999E-2</v>
       </c>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A80" s="277">
+      <c r="A80" s="269">
         <v>2024</v>
       </c>
-      <c r="B80" s="16" t="s">
+      <c r="B80" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C80" s="26">
+      <c r="C80" s="25">
         <v>104.1</v>
       </c>
-      <c r="D80" s="17">
+      <c r="D80" s="16">
         <v>169060</v>
       </c>
-      <c r="E80" s="18">
+      <c r="E80" s="17">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="F80" s="18">
+      <c r="F80" s="17">
         <v>4.1000000000000002E-2</v>
       </c>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A81" s="278"/>
-      <c r="B81" s="13" t="s">
+      <c r="A81" s="270"/>
+      <c r="B81" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C81" s="25">
+      <c r="C81" s="24">
         <v>108</v>
       </c>
-      <c r="D81" s="14">
+      <c r="D81" s="13">
         <v>175418</v>
       </c>
-      <c r="E81" s="15">
+      <c r="E81" s="14">
         <v>3.7999999999999999E-2</v>
       </c>
-      <c r="F81" s="15">
+      <c r="F81" s="14">
         <v>6.6000000000000003E-2</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A82" s="278"/>
-      <c r="B82" s="8" t="s">
+      <c r="A82" s="270"/>
+      <c r="B82" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C82" s="24">
+      <c r="C82" s="23">
         <v>111.1</v>
       </c>
-      <c r="D82" s="9">
+      <c r="D82" s="8">
         <v>180467</v>
       </c>
-      <c r="E82" s="10">
+      <c r="E82" s="9">
         <v>2.9000000000000001E-2</v>
       </c>
-      <c r="F82" s="10">
+      <c r="F82" s="9">
         <v>6.3E-2</v>
       </c>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A83" s="279"/>
-      <c r="B83" s="19" t="s">
+      <c r="A83" s="271"/>
+      <c r="B83" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C83" s="27">
-[...5 lines deleted...]
-      <c r="E83" s="21">
+      <c r="C83" s="26">
+        <v>112.2</v>
+      </c>
+      <c r="D83" s="19">
+        <v>182320</v>
+      </c>
+      <c r="E83" s="20">
+        <v>0.01</v>
+      </c>
+      <c r="F83" s="20">
+        <v>8.4000000000000005E-2</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A84" s="27">
+        <v>2025</v>
+      </c>
+      <c r="B84" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="C84" s="28">
+        <v>113.4</v>
+      </c>
+      <c r="D84" s="29">
+        <v>184322</v>
+      </c>
+      <c r="E84" s="30">
         <v>1.0999999999999999E-2</v>
       </c>
-      <c r="F83" s="21">
-[...20 lines deleted...]
-        <v>9.1999999999999998E-2</v>
+      <c r="F84" s="30">
+        <v>0.09</v>
       </c>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="B85" s="13" t="s">
+      <c r="B85" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C85" s="25">
-[...9 lines deleted...]
-        <v>5.5E-2</v>
+      <c r="C85" s="24">
+        <v>114</v>
+      </c>
+      <c r="D85" s="13">
+        <v>185304</v>
+      </c>
+      <c r="E85" s="14">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="F85" s="14">
+        <v>5.6000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="B86" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C86" s="253">
+        <v>118.9</v>
+      </c>
+      <c r="D86" s="298">
+        <v>193247</v>
+      </c>
+      <c r="E86" s="299">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="F86" s="299">
+        <v>7.0999999999999994E-2</v>
       </c>
     </row>
     <row r="88" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A88" s="6" t="s">
-        <v>290</v>
+        <v>314</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
-    <mergeCell ref="A72:A75"/>
-[...7 lines deleted...]
-    <mergeCell ref="A68:A71"/>
     <mergeCell ref="A44:A47"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A7"/>
     <mergeCell ref="A8:A11"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="A20:A23"/>
     <mergeCell ref="A24:A27"/>
     <mergeCell ref="A28:A31"/>
     <mergeCell ref="A32:A35"/>
     <mergeCell ref="A36:A39"/>
     <mergeCell ref="A40:A43"/>
+    <mergeCell ref="A72:A75"/>
+    <mergeCell ref="A76:A79"/>
+    <mergeCell ref="A80:A83"/>
+    <mergeCell ref="A48:A51"/>
+    <mergeCell ref="A52:A55"/>
+    <mergeCell ref="A56:A59"/>
+    <mergeCell ref="A60:A63"/>
+    <mergeCell ref="A64:A67"/>
+    <mergeCell ref="A68:A71"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="H2" r:id="rId1" display="https://www.finance-ni.gov.uk/publications/ni-house-price-index-statistical-reports" xr:uid="{0D02756F-7CCA-4570-847C-9AD5DA85196B}"/>
+    <hyperlink ref="H2" r:id="rId1" display="https://www.finance-ni.gov.uk/publications/ni-house-price-index-statistical-reports" xr:uid="{57AB09ED-0522-4CCD-9137-0C045F8ADA3D}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5BEE0B03-5D69-4487-B91F-DB6E6C64B787}">
   <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A10" sqref="A10:XFD10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="22.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="4" width="15.5703125" style="1" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="39" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>308</v>
+    <row r="1" spans="1:4" s="38" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A1" s="38" t="s">
+        <v>307</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="47.25" x14ac:dyDescent="0.2">
-      <c r="A3" s="43" t="s">
+      <c r="A3" s="42" t="s">
         <v>9</v>
       </c>
-      <c r="B3" s="44" t="s">
+      <c r="B3" s="43" t="s">
+        <v>305</v>
+      </c>
+      <c r="C3" s="43" t="s">
         <v>306</v>
       </c>
-      <c r="C3" s="44" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="44" t="s">
+      <c r="D3" s="43" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A4" s="35" t="s">
+      <c r="A4" s="34" t="s">
         <v>12</v>
       </c>
-      <c r="B4" s="37">
+      <c r="B4" s="36">
         <v>150836</v>
       </c>
-      <c r="C4" s="37">
+      <c r="C4" s="36">
         <v>149021</v>
       </c>
-      <c r="D4" s="38">
+      <c r="D4" s="37">
         <v>-1.2E-2</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="30" x14ac:dyDescent="0.2">
-      <c r="A5" s="40" t="s">
+      <c r="A5" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="B5" s="41">
+      <c r="B5" s="40">
         <v>200323</v>
       </c>
-      <c r="C5" s="41">
+      <c r="C5" s="40">
         <v>204129</v>
       </c>
-      <c r="D5" s="42">
+      <c r="D5" s="41">
         <v>1.9E-2</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A6" s="35" t="s">
+      <c r="A6" s="34" t="s">
         <v>14</v>
       </c>
-      <c r="B6" s="37">
+      <c r="B6" s="36">
         <v>325641</v>
       </c>
-      <c r="C6" s="37">
+      <c r="C6" s="36">
         <v>326709</v>
       </c>
-      <c r="D6" s="38">
+      <c r="D6" s="37">
         <v>3.0000000000000001E-3</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A7" s="40" t="s">
+      <c r="A7" s="39" t="s">
         <v>15</v>
       </c>
-      <c r="B7" s="41">
+      <c r="B7" s="40">
         <v>162709</v>
       </c>
-      <c r="C7" s="41">
+      <c r="C7" s="40">
         <v>164215</v>
       </c>
-      <c r="D7" s="42">
+      <c r="D7" s="41">
         <v>8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
-      <c r="A8" s="45" t="s">
+      <c r="A8" s="44" t="s">
         <v>16</v>
       </c>
-      <c r="B8" s="46">
+      <c r="B8" s="45">
         <v>219110</v>
       </c>
-      <c r="C8" s="46">
+      <c r="C8" s="45">
         <v>220303</v>
       </c>
-      <c r="D8" s="47">
+      <c r="D8" s="46">
         <v>5.0000000000000001E-3</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A9" s="280" t="s">
+      <c r="A9" s="279" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="281"/>
-[...1 lines deleted...]
-      <c r="D9" s="281"/>
+      <c r="B9" s="280"/>
+      <c r="C9" s="280"/>
+      <c r="D9" s="280"/>
     </row>
     <row r="10" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A10" s="243" t="s">
-        <v>310</v>
+      <c r="A10" s="242" t="s">
+        <v>309</v>
       </c>
     </row>
     <row r="12" spans="1:4" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="C12" s="22"/>
+        <v>289</v>
+      </c>
+      <c r="C12" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A9:D9"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A10" r:id="rId1" xr:uid="{9BA5A751-4B16-4323-AA76-9CDA65200B35}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE6F0EB8-BD50-4674-B89D-417092ECBE34}">
   <dimension ref="A1:D20"/>
   <sheetViews>
-    <sheetView topLeftCell="A7" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="A16" sqref="A16:XFD16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="44" style="1" customWidth="1"/>
-    <col min="2" max="4" width="15.5703125" style="49" customWidth="1"/>
+    <col min="2" max="4" width="15.5703125" style="48" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="47.25" x14ac:dyDescent="0.2">
-      <c r="A3" s="52" t="s">
+      <c r="A3" s="51" t="s">
         <v>18</v>
       </c>
-      <c r="B3" s="44" t="s">
+      <c r="B3" s="43" t="s">
+        <v>305</v>
+      </c>
+      <c r="C3" s="43" t="s">
         <v>306</v>
       </c>
-      <c r="C3" s="44" t="s">
-[...2 lines deleted...]
-      <c r="D3" s="44" t="s">
+      <c r="D3" s="43" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="48" t="s">
+      <c r="A4" s="47" t="s">
         <v>19</v>
       </c>
-      <c r="B4" s="50">
+      <c r="B4" s="49">
         <v>189213</v>
       </c>
-      <c r="C4" s="50">
+      <c r="C4" s="49">
         <v>206334</v>
       </c>
-      <c r="D4" s="51">
+      <c r="D4" s="50">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="56" t="s">
+      <c r="A5" s="55" t="s">
         <v>20</v>
       </c>
-      <c r="B5" s="57">
+      <c r="B5" s="56">
         <v>257455</v>
       </c>
-      <c r="C5" s="57">
+      <c r="C5" s="56">
         <v>252774</v>
       </c>
-      <c r="D5" s="58">
+      <c r="D5" s="57">
         <v>-1.8</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="48" t="s">
+      <c r="A6" s="47" t="s">
         <v>21</v>
       </c>
-      <c r="B6" s="50">
+      <c r="B6" s="49">
         <v>198709</v>
       </c>
-      <c r="C6" s="50">
+      <c r="C6" s="49">
         <v>207133</v>
       </c>
-      <c r="D6" s="51">
+      <c r="D6" s="50">
         <v>4.2</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="56" t="s">
+      <c r="A7" s="55" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="57">
+      <c r="B7" s="56">
         <v>202004</v>
       </c>
-      <c r="C7" s="57">
+      <c r="C7" s="56">
         <v>206754</v>
       </c>
-      <c r="D7" s="58">
+      <c r="D7" s="57">
         <v>2.4</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="48" t="s">
+      <c r="A8" s="47" t="s">
         <v>23</v>
       </c>
-      <c r="B8" s="50">
+      <c r="B8" s="49">
         <v>253137</v>
       </c>
-      <c r="C8" s="50">
+      <c r="C8" s="49">
         <v>252373</v>
       </c>
-      <c r="D8" s="51">
+      <c r="D8" s="50">
         <v>-0.3</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="56" t="s">
+      <c r="A9" s="55" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="57">
+      <c r="B9" s="56">
         <v>188042</v>
       </c>
-      <c r="C9" s="57">
+      <c r="C9" s="56">
         <v>194244</v>
       </c>
-      <c r="D9" s="58">
+      <c r="D9" s="57">
         <v>3.3</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="48" t="s">
+      <c r="A10" s="47" t="s">
         <v>25</v>
       </c>
-      <c r="B10" s="50">
+      <c r="B10" s="49">
         <v>200217</v>
       </c>
-      <c r="C10" s="50">
+      <c r="C10" s="49">
         <v>216589</v>
       </c>
-      <c r="D10" s="51">
+      <c r="D10" s="50">
         <v>8.1999999999999993</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="56" t="s">
+      <c r="A11" s="55" t="s">
         <v>26</v>
       </c>
-      <c r="B11" s="57">
+      <c r="B11" s="56">
         <v>252959</v>
       </c>
-      <c r="C11" s="57">
+      <c r="C11" s="56">
         <v>259371</v>
       </c>
-      <c r="D11" s="58">
+      <c r="D11" s="57">
         <v>2.5</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="48" t="s">
+      <c r="A12" s="47" t="s">
         <v>27</v>
       </c>
-      <c r="B12" s="50">
+      <c r="B12" s="49">
         <v>185281</v>
       </c>
-      <c r="C12" s="50">
+      <c r="C12" s="49">
         <v>201804</v>
       </c>
-      <c r="D12" s="51">
+      <c r="D12" s="50">
         <v>8.9</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="56" t="s">
+      <c r="A13" s="55" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="57">
+      <c r="B13" s="56">
         <v>225797</v>
       </c>
-      <c r="C13" s="57">
+      <c r="C13" s="56">
         <v>212108</v>
       </c>
-      <c r="D13" s="58">
+      <c r="D13" s="57">
         <v>-6.1</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="53" t="s">
+      <c r="A14" s="52" t="s">
         <v>29</v>
       </c>
-      <c r="B14" s="54">
+      <c r="B14" s="53">
         <v>231368</v>
       </c>
-      <c r="C14" s="54">
+      <c r="C14" s="53">
         <v>250554</v>
       </c>
-      <c r="D14" s="55">
+      <c r="D14" s="54">
         <v>8.3000000000000007</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A16" s="243" t="s">
-        <v>310</v>
+      <c r="A16" s="242" t="s">
+        <v>309</v>
       </c>
       <c r="B16" s="1"/>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
     </row>
     <row r="20" spans="1:3" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="6" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="C20" s="22"/>
+        <v>289</v>
+      </c>
+      <c r="C20" s="21"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A16" r:id="rId1" xr:uid="{000215CD-C5BD-470A-952A-FE8BFAE82D6B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{628E0120-7CB7-4C62-B9E9-7FBE9EEEBAE4}">
   <dimension ref="A1:M170"/>
   <sheetViews>
     <sheetView topLeftCell="A175" workbookViewId="0">
-      <pane ySplit="1215" activePane="bottomLeft"/>
+      <pane ySplit="1215" topLeftCell="A150" activePane="bottomLeft"/>
       <selection activeCell="C4" sqref="C4:D176"/>
       <selection pane="bottomLeft" activeCell="F177" sqref="F177"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.140625" style="6" customWidth="1"/>
     <col min="2" max="2" width="7.140625" style="6" customWidth="1"/>
-    <col min="3" max="3" width="17.5703125" style="59" customWidth="1"/>
-    <col min="4" max="4" width="17" style="59" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.5703125" style="58" customWidth="1"/>
+    <col min="4" max="4" width="17" style="58" bestFit="1" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="252" customFormat="1" ht="18" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="D1" s="253"/>
+    <row r="1" spans="1:13" s="251" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="250" t="s">
+        <v>258</v>
+      </c>
+      <c r="C1" s="252"/>
+      <c r="D1" s="252"/>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.2">
       <c r="M2" s="6" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="60"/>
-[...1 lines deleted...]
-      <c r="C3" s="62" t="s">
+      <c r="A3" s="59"/>
+      <c r="B3" s="60"/>
+      <c r="C3" s="61" t="s">
         <v>30</v>
       </c>
-      <c r="D3" s="62" t="s">
+      <c r="D3" s="61" t="s">
         <v>31</v>
       </c>
-      <c r="M3" s="243" t="s">
-        <v>310</v>
+      <c r="M3" s="242" t="s">
+        <v>309</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A4" s="282">
+      <c r="A4" s="284">
         <v>1985</v>
       </c>
-      <c r="B4" s="8" t="s">
+      <c r="B4" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C4" s="254">
+      <c r="C4" s="253">
         <v>98.08</v>
       </c>
-      <c r="D4" s="254">
+      <c r="D4" s="253">
         <v>101.47</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A5" s="283"/>
-      <c r="B5" s="13" t="s">
+      <c r="A5" s="285"/>
+      <c r="B5" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="255">
+      <c r="C5" s="254">
         <v>101.94</v>
       </c>
-      <c r="D5" s="255">
+      <c r="D5" s="254">
         <v>104.41</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A6" s="283"/>
-      <c r="B6" s="8" t="s">
+      <c r="A6" s="285"/>
+      <c r="B6" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C6" s="254">
+      <c r="C6" s="253">
         <v>102.69</v>
       </c>
-      <c r="D6" s="254">
+      <c r="D6" s="253">
         <v>105.15</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A7" s="283"/>
-      <c r="B7" s="13" t="s">
+      <c r="A7" s="285"/>
+      <c r="B7" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C7" s="255">
+      <c r="C7" s="254">
         <v>103.26</v>
       </c>
-      <c r="D7" s="255">
+      <c r="D7" s="254">
         <v>105.5</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A8" s="284">
+      <c r="A8" s="281">
         <v>1986</v>
       </c>
-      <c r="B8" s="16" t="s">
+      <c r="B8" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C8" s="256">
+      <c r="C8" s="255">
         <v>103.39</v>
       </c>
-      <c r="D8" s="256">
+      <c r="D8" s="255">
         <v>105.88</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A9" s="285"/>
-      <c r="B9" s="13" t="s">
+      <c r="A9" s="282"/>
+      <c r="B9" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C9" s="255">
+      <c r="C9" s="254">
         <v>107.06</v>
       </c>
-      <c r="D9" s="255">
+      <c r="D9" s="254">
         <v>107.35</v>
       </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A10" s="285"/>
-      <c r="B10" s="8" t="s">
+      <c r="A10" s="282"/>
+      <c r="B10" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C10" s="254">
+      <c r="C10" s="253">
         <v>107.46</v>
       </c>
-      <c r="D10" s="254">
+      <c r="D10" s="253">
         <v>107.35</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A11" s="286"/>
-      <c r="B11" s="19" t="s">
+      <c r="A11" s="283"/>
+      <c r="B11" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C11" s="257">
+      <c r="C11" s="256">
         <v>109.09</v>
       </c>
-      <c r="D11" s="257">
+      <c r="D11" s="256">
         <v>108.82</v>
       </c>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A12" s="282">
+      <c r="A12" s="284">
         <v>1987</v>
       </c>
-      <c r="B12" s="8" t="s">
+      <c r="B12" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C12" s="254">
+      <c r="C12" s="253">
         <v>110.16</v>
       </c>
-      <c r="D12" s="254">
+      <c r="D12" s="253">
         <v>110.29</v>
       </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A13" s="283"/>
-      <c r="B13" s="13" t="s">
+      <c r="A13" s="285"/>
+      <c r="B13" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C13" s="255">
+      <c r="C13" s="254">
         <v>109.54</v>
       </c>
-      <c r="D13" s="255">
+      <c r="D13" s="254">
         <v>111.76</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A14" s="283"/>
-      <c r="B14" s="8" t="s">
+      <c r="A14" s="285"/>
+      <c r="B14" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C14" s="254">
+      <c r="C14" s="253">
         <v>110.68</v>
       </c>
-      <c r="D14" s="254">
+      <c r="D14" s="253">
         <v>112.5</v>
       </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A15" s="283"/>
-      <c r="B15" s="13" t="s">
+      <c r="A15" s="285"/>
+      <c r="B15" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C15" s="255">
+      <c r="C15" s="254">
         <v>109.58</v>
       </c>
-      <c r="D15" s="255">
+      <c r="D15" s="254">
         <v>113.24</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A16" s="284">
+      <c r="A16" s="281">
         <v>1988</v>
       </c>
-      <c r="B16" s="16" t="s">
+      <c r="B16" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C16" s="256">
+      <c r="C16" s="255">
         <v>112.19</v>
       </c>
-      <c r="D16" s="256">
+      <c r="D16" s="255">
         <v>113.97</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A17" s="285"/>
-      <c r="B17" s="13" t="s">
+      <c r="A17" s="282"/>
+      <c r="B17" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C17" s="255">
+      <c r="C17" s="254">
         <v>116.73</v>
       </c>
-      <c r="D17" s="255">
+      <c r="D17" s="254">
         <v>116.18</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A18" s="285"/>
-      <c r="B18" s="8" t="s">
+      <c r="A18" s="282"/>
+      <c r="B18" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C18" s="254">
+      <c r="C18" s="253">
         <v>118.7</v>
       </c>
-      <c r="D18" s="254">
+      <c r="D18" s="253">
         <v>118.38</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A19" s="286"/>
-      <c r="B19" s="19" t="s">
+      <c r="A19" s="283"/>
+      <c r="B19" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C19" s="257">
+      <c r="C19" s="256">
         <v>115.4</v>
       </c>
-      <c r="D19" s="257">
+      <c r="D19" s="256">
         <v>120.59</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A20" s="282">
+      <c r="A20" s="284">
         <v>1989</v>
       </c>
-      <c r="B20" s="8" t="s">
+      <c r="B20" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C20" s="254">
+      <c r="C20" s="253">
         <v>116.59</v>
       </c>
-      <c r="D20" s="254">
+      <c r="D20" s="253">
         <v>123.3</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A21" s="283"/>
-      <c r="B21" s="13" t="s">
+      <c r="A21" s="285"/>
+      <c r="B21" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C21" s="255">
+      <c r="C21" s="254">
         <v>119.97</v>
       </c>
-      <c r="D21" s="255">
+      <c r="D21" s="254">
         <v>127.27</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A22" s="283"/>
-      <c r="B22" s="8" t="s">
+      <c r="A22" s="285"/>
+      <c r="B22" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C22" s="254">
+      <c r="C22" s="253">
         <v>124.06</v>
       </c>
-      <c r="D22" s="254">
+      <c r="D22" s="253">
         <v>127.9</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A23" s="283"/>
-      <c r="B23" s="13" t="s">
+      <c r="A23" s="285"/>
+      <c r="B23" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C23" s="255">
+      <c r="C23" s="254">
         <v>119.56</v>
       </c>
-      <c r="D23" s="255">
+      <c r="D23" s="254">
         <v>130.44</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A24" s="284">
+      <c r="A24" s="281">
         <v>1990</v>
       </c>
-      <c r="B24" s="16" t="s">
+      <c r="B24" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C24" s="256">
+      <c r="C24" s="255">
         <v>122.8</v>
       </c>
-      <c r="D24" s="256">
+      <c r="D24" s="255">
         <v>132.65</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A25" s="285"/>
-      <c r="B25" s="13" t="s">
+      <c r="A25" s="282"/>
+      <c r="B25" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C25" s="255">
+      <c r="C25" s="254">
         <v>126.78</v>
       </c>
-      <c r="D25" s="255">
+      <c r="D25" s="254">
         <v>138.97</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A26" s="285"/>
-      <c r="B26" s="8" t="s">
+      <c r="A26" s="282"/>
+      <c r="B26" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C26" s="254">
+      <c r="C26" s="253">
         <v>128.44999999999999</v>
       </c>
-      <c r="D26" s="254">
+      <c r="D26" s="253">
         <v>141.25</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A27" s="286"/>
-      <c r="B27" s="19" t="s">
+      <c r="A27" s="283"/>
+      <c r="B27" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C27" s="257">
+      <c r="C27" s="256">
         <v>125.61</v>
       </c>
-      <c r="D27" s="257">
+      <c r="D27" s="256">
         <v>143.44999999999999</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A28" s="282">
+      <c r="A28" s="284">
         <v>1991</v>
       </c>
-      <c r="B28" s="8" t="s">
+      <c r="B28" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C28" s="254">
+      <c r="C28" s="253">
         <v>123.97</v>
       </c>
-      <c r="D28" s="254">
+      <c r="D28" s="253">
         <v>144.29</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A29" s="283"/>
-      <c r="B29" s="13" t="s">
+      <c r="A29" s="285"/>
+      <c r="B29" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C29" s="255">
+      <c r="C29" s="254">
         <v>133.69</v>
       </c>
-      <c r="D29" s="255">
+      <c r="D29" s="254">
         <v>147.31</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A30" s="283"/>
-      <c r="B30" s="8" t="s">
+      <c r="A30" s="285"/>
+      <c r="B30" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C30" s="254">
+      <c r="C30" s="253">
         <v>131.22999999999999</v>
       </c>
-      <c r="D30" s="254">
+      <c r="D30" s="253">
         <v>147.72999999999999</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A31" s="283"/>
-      <c r="B31" s="13" t="s">
+      <c r="A31" s="285"/>
+      <c r="B31" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C31" s="255">
+      <c r="C31" s="254">
         <v>137.03</v>
       </c>
-      <c r="D31" s="255">
+      <c r="D31" s="254">
         <v>149.4</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A32" s="284">
+      <c r="A32" s="281">
         <v>1992</v>
       </c>
-      <c r="B32" s="16" t="s">
+      <c r="B32" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C32" s="256">
+      <c r="C32" s="255">
         <v>134.54</v>
       </c>
-      <c r="D32" s="256">
+      <c r="D32" s="255">
         <v>150.21</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A33" s="285"/>
-      <c r="B33" s="13" t="s">
+      <c r="A33" s="282"/>
+      <c r="B33" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C33" s="255">
+      <c r="C33" s="254">
         <v>139.97999999999999</v>
       </c>
-      <c r="D33" s="255">
+      <c r="D33" s="254">
         <v>153.44999999999999</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A34" s="285"/>
-      <c r="B34" s="8" t="s">
+      <c r="A34" s="282"/>
+      <c r="B34" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C34" s="254">
+      <c r="C34" s="253">
         <v>139.75</v>
       </c>
-      <c r="D34" s="254">
+      <c r="D34" s="253">
         <v>153.34</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A35" s="286"/>
-      <c r="B35" s="19" t="s">
+      <c r="A35" s="283"/>
+      <c r="B35" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C35" s="257">
+      <c r="C35" s="256">
         <v>138.76</v>
       </c>
-      <c r="D35" s="257">
+      <c r="D35" s="256">
         <v>153.96</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A36" s="282">
+      <c r="A36" s="284">
         <v>1993</v>
       </c>
-      <c r="B36" s="8" t="s">
+      <c r="B36" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C36" s="254">
+      <c r="C36" s="253">
         <v>136.72999999999999</v>
       </c>
-      <c r="D36" s="254">
+      <c r="D36" s="253">
         <v>152.94</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A37" s="283"/>
-      <c r="B37" s="13" t="s">
+      <c r="A37" s="285"/>
+      <c r="B37" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C37" s="255">
+      <c r="C37" s="254">
         <v>148.47999999999999</v>
       </c>
-      <c r="D37" s="255">
+      <c r="D37" s="254">
         <v>155.47</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A38" s="283"/>
-      <c r="B38" s="8" t="s">
+      <c r="A38" s="285"/>
+      <c r="B38" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C38" s="254">
+      <c r="C38" s="253">
         <v>149.5</v>
       </c>
-      <c r="D38" s="254">
+      <c r="D38" s="253">
         <v>155.84</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A39" s="283"/>
-      <c r="B39" s="13" t="s">
+      <c r="A39" s="285"/>
+      <c r="B39" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C39" s="255">
+      <c r="C39" s="254">
         <v>151.36000000000001</v>
       </c>
-      <c r="D39" s="255">
+      <c r="D39" s="254">
         <v>156.28</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A40" s="284">
+      <c r="A40" s="281">
         <v>1994</v>
       </c>
-      <c r="B40" s="16" t="s">
+      <c r="B40" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C40" s="256">
+      <c r="C40" s="255">
         <v>153.37</v>
       </c>
-      <c r="D40" s="256">
+      <c r="D40" s="255">
         <v>156.58000000000001</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A41" s="285"/>
-      <c r="B41" s="13" t="s">
+      <c r="A41" s="282"/>
+      <c r="B41" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C41" s="255">
+      <c r="C41" s="254">
         <v>159.77000000000001</v>
       </c>
-      <c r="D41" s="255">
+      <c r="D41" s="254">
         <v>159.41</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A42" s="285"/>
-      <c r="B42" s="8" t="s">
+      <c r="A42" s="282"/>
+      <c r="B42" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C42" s="254">
+      <c r="C42" s="253">
         <v>164.16</v>
       </c>
-      <c r="D42" s="254">
+      <c r="D42" s="253">
         <v>159.55000000000001</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A43" s="286"/>
-      <c r="B43" s="19" t="s">
+      <c r="A43" s="283"/>
+      <c r="B43" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C43" s="257">
+      <c r="C43" s="256">
         <v>161.37</v>
       </c>
-      <c r="D43" s="257">
+      <c r="D43" s="256">
         <v>160.47</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A44" s="282">
+      <c r="A44" s="284">
         <v>1995</v>
       </c>
-      <c r="B44" s="8" t="s">
+      <c r="B44" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C44" s="254">
+      <c r="C44" s="253">
         <v>161.63999999999999</v>
       </c>
-      <c r="D44" s="254">
+      <c r="D44" s="253">
         <v>161.91</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A45" s="283"/>
-      <c r="B45" s="13" t="s">
+      <c r="A45" s="285"/>
+      <c r="B45" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C45" s="255">
+      <c r="C45" s="254">
         <v>176.99</v>
       </c>
-      <c r="D45" s="255">
+      <c r="D45" s="254">
         <v>164.85</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A46" s="283"/>
-      <c r="B46" s="8" t="s">
+      <c r="A46" s="285"/>
+      <c r="B46" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C46" s="254">
+      <c r="C46" s="253">
         <v>181.44</v>
       </c>
-      <c r="D46" s="254">
+      <c r="D46" s="253">
         <v>165.29</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A47" s="283"/>
-      <c r="B47" s="13" t="s">
+      <c r="A47" s="285"/>
+      <c r="B47" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C47" s="255">
+      <c r="C47" s="254">
         <v>181.11</v>
       </c>
-      <c r="D47" s="255">
+      <c r="D47" s="254">
         <v>165.55</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A48" s="284">
+      <c r="A48" s="281">
         <v>1996</v>
       </c>
-      <c r="B48" s="16" t="s">
+      <c r="B48" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C48" s="256">
+      <c r="C48" s="255">
         <v>182.22</v>
       </c>
-      <c r="D48" s="256">
+      <c r="D48" s="255">
         <v>166.39</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A49" s="285"/>
-      <c r="B49" s="13" t="s">
+      <c r="A49" s="282"/>
+      <c r="B49" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C49" s="255">
+      <c r="C49" s="254">
         <v>196.9</v>
       </c>
-      <c r="D49" s="255">
+      <c r="D49" s="254">
         <v>168.56</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A50" s="285"/>
-      <c r="B50" s="8" t="s">
+      <c r="A50" s="282"/>
+      <c r="B50" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C50" s="254">
+      <c r="C50" s="253">
         <v>204.04</v>
       </c>
-      <c r="D50" s="254">
+      <c r="D50" s="253">
         <v>168.85</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A51" s="286"/>
-      <c r="B51" s="19" t="s">
+      <c r="A51" s="283"/>
+      <c r="B51" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C51" s="257">
+      <c r="C51" s="256">
         <v>208.59</v>
       </c>
-      <c r="D51" s="257">
+      <c r="D51" s="256">
         <v>169.63</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A52" s="282">
+      <c r="A52" s="284">
         <v>1997</v>
       </c>
-      <c r="B52" s="8" t="s">
+      <c r="B52" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C52" s="254">
+      <c r="C52" s="253">
         <v>209.6</v>
       </c>
-      <c r="D52" s="254">
+      <c r="D52" s="253">
         <v>171</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A53" s="283"/>
-      <c r="B53" s="13" t="s">
+      <c r="A53" s="285"/>
+      <c r="B53" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C53" s="255">
+      <c r="C53" s="254">
         <v>217.38</v>
       </c>
-      <c r="D53" s="255">
+      <c r="D53" s="254">
         <v>173.04</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A54" s="283"/>
-      <c r="B54" s="8" t="s">
+      <c r="A54" s="285"/>
+      <c r="B54" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C54" s="254">
+      <c r="C54" s="253">
         <v>231.41</v>
       </c>
-      <c r="D54" s="254">
+      <c r="D54" s="253">
         <v>174.74</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A55" s="283"/>
-      <c r="B55" s="13" t="s">
+      <c r="A55" s="285"/>
+      <c r="B55" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C55" s="255">
+      <c r="C55" s="254">
         <v>225.74</v>
       </c>
-      <c r="D55" s="255">
+      <c r="D55" s="254">
         <v>176.13</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A56" s="284">
+      <c r="A56" s="281">
         <v>1998</v>
       </c>
-      <c r="B56" s="16" t="s">
+      <c r="B56" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C56" s="256">
+      <c r="C56" s="255">
         <v>230.06</v>
       </c>
-      <c r="D56" s="256">
+      <c r="D56" s="255">
         <v>176.68</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A57" s="285"/>
-      <c r="B57" s="13" t="s">
+      <c r="A57" s="282"/>
+      <c r="B57" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C57" s="255">
+      <c r="C57" s="254">
         <v>239.79</v>
       </c>
-      <c r="D57" s="255">
+      <c r="D57" s="254">
         <v>179.96</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A58" s="285"/>
-      <c r="B58" s="8" t="s">
+      <c r="A58" s="282"/>
+      <c r="B58" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C58" s="254">
+      <c r="C58" s="253">
         <v>251.35</v>
       </c>
-      <c r="D58" s="254">
+      <c r="D58" s="253">
         <v>180.54</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A59" s="286"/>
-      <c r="B59" s="19" t="s">
+      <c r="A59" s="283"/>
+      <c r="B59" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C59" s="257">
+      <c r="C59" s="256">
         <v>252.13</v>
       </c>
-      <c r="D59" s="257">
+      <c r="D59" s="256">
         <v>181.32</v>
       </c>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A60" s="282">
+      <c r="A60" s="284">
         <v>1999</v>
       </c>
-      <c r="B60" s="8" t="s">
+      <c r="B60" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C60" s="254">
+      <c r="C60" s="253">
         <v>250.35</v>
       </c>
-      <c r="D60" s="254">
+      <c r="D60" s="253">
         <v>180.88</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A61" s="283"/>
-      <c r="B61" s="13" t="s">
+      <c r="A61" s="285"/>
+      <c r="B61" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C61" s="255">
+      <c r="C61" s="254">
         <v>263.86</v>
       </c>
-      <c r="D61" s="255">
+      <c r="D61" s="254">
         <v>182.49</v>
       </c>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A62" s="283"/>
-      <c r="B62" s="8" t="s">
+      <c r="A62" s="285"/>
+      <c r="B62" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C62" s="254">
+      <c r="C62" s="253">
         <v>266.14999999999998</v>
       </c>
-      <c r="D62" s="254">
+      <c r="D62" s="253">
         <v>182.42</v>
       </c>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A63" s="283"/>
-      <c r="B63" s="13" t="s">
+      <c r="A63" s="285"/>
+      <c r="B63" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C63" s="255">
+      <c r="C63" s="254">
         <v>280.99</v>
       </c>
-      <c r="D63" s="255">
+      <c r="D63" s="254">
         <v>184</v>
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A64" s="284">
+      <c r="A64" s="281">
         <v>2000</v>
       </c>
-      <c r="B64" s="16" t="s">
+      <c r="B64" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C64" s="256">
+      <c r="C64" s="255">
         <v>292.56</v>
       </c>
-      <c r="D64" s="256">
+      <c r="D64" s="255">
         <v>184.74</v>
       </c>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A65" s="285"/>
-      <c r="B65" s="13" t="s">
+      <c r="A65" s="282"/>
+      <c r="B65" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C65" s="255">
+      <c r="C65" s="254">
         <v>293.58</v>
       </c>
-      <c r="D65" s="255">
+      <c r="D65" s="254">
         <v>188.19</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A66" s="285"/>
-      <c r="B66" s="8" t="s">
+      <c r="A66" s="282"/>
+      <c r="B66" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C66" s="254">
+      <c r="C66" s="253">
         <v>308.94</v>
       </c>
-      <c r="D66" s="254">
+      <c r="D66" s="253">
         <v>188.49</v>
       </c>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A67" s="286"/>
-      <c r="B67" s="19" t="s">
+      <c r="A67" s="283"/>
+      <c r="B67" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C67" s="257">
+      <c r="C67" s="256">
         <v>332</v>
       </c>
-      <c r="D67" s="257">
+      <c r="D67" s="256">
         <v>189.66</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A68" s="282">
+      <c r="A68" s="284">
         <v>2001</v>
       </c>
-      <c r="B68" s="8" t="s">
+      <c r="B68" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C68" s="254">
+      <c r="C68" s="253">
         <v>310.38</v>
       </c>
-      <c r="D68" s="254">
+      <c r="D68" s="253">
         <v>189.7</v>
       </c>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A69" s="283"/>
-      <c r="B69" s="13" t="s">
+      <c r="A69" s="285"/>
+      <c r="B69" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C69" s="255">
+      <c r="C69" s="254">
         <v>328.04</v>
       </c>
-      <c r="D69" s="255">
+      <c r="D69" s="254">
         <v>191.79</v>
       </c>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A70" s="283"/>
-      <c r="B70" s="8" t="s">
+      <c r="A70" s="285"/>
+      <c r="B70" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C70" s="254">
+      <c r="C70" s="253">
         <v>328.56</v>
       </c>
-      <c r="D70" s="254">
+      <c r="D70" s="253">
         <v>191.87</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A71" s="283"/>
-      <c r="B71" s="13" t="s">
+      <c r="A71" s="285"/>
+      <c r="B71" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C71" s="255">
+      <c r="C71" s="254">
         <v>343.03</v>
       </c>
-      <c r="D71" s="255">
+      <c r="D71" s="254">
         <v>191.64</v>
       </c>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A72" s="284">
+      <c r="A72" s="281">
         <v>2002</v>
       </c>
-      <c r="B72" s="16" t="s">
+      <c r="B72" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C72" s="256">
+      <c r="C72" s="255">
         <v>345.35</v>
       </c>
-      <c r="D72" s="256">
+      <c r="D72" s="255">
         <v>191.76</v>
       </c>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A73" s="285"/>
-      <c r="B73" s="13" t="s">
+      <c r="A73" s="282"/>
+      <c r="B73" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C73" s="255">
+      <c r="C73" s="254">
         <v>354.57</v>
       </c>
-      <c r="D73" s="255">
+      <c r="D73" s="254">
         <v>194.15</v>
       </c>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A74" s="285"/>
-      <c r="B74" s="8" t="s">
+      <c r="A74" s="282"/>
+      <c r="B74" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C74" s="254">
+      <c r="C74" s="253">
         <v>377.23</v>
       </c>
-      <c r="D74" s="254">
+      <c r="D74" s="253">
         <v>194.81</v>
       </c>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A75" s="286"/>
-      <c r="B75" s="19" t="s">
+      <c r="A75" s="283"/>
+      <c r="B75" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C75" s="257">
+      <c r="C75" s="256">
         <v>368.85</v>
       </c>
-      <c r="D75" s="257">
+      <c r="D75" s="256">
         <v>196.54</v>
       </c>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A76" s="288">
+      <c r="A76" s="287">
         <v>2003</v>
       </c>
-      <c r="B76" s="16" t="s">
+      <c r="B76" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C76" s="256">
+      <c r="C76" s="255">
         <v>370.21</v>
       </c>
-      <c r="D76" s="256">
+      <c r="D76" s="255">
         <v>197.64</v>
       </c>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A77" s="283"/>
-      <c r="B77" s="13" t="s">
+      <c r="A77" s="285"/>
+      <c r="B77" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C77" s="255">
+      <c r="C77" s="254">
         <v>383.72</v>
       </c>
-      <c r="D77" s="255">
+      <c r="D77" s="254">
         <v>199.99</v>
       </c>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A78" s="283"/>
-      <c r="B78" s="8" t="s">
+      <c r="A78" s="285"/>
+      <c r="B78" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C78" s="254">
+      <c r="C78" s="253">
         <v>396.76</v>
       </c>
-      <c r="D78" s="254">
+      <c r="D78" s="253">
         <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A79" s="289"/>
-      <c r="B79" s="19" t="s">
+      <c r="A79" s="288"/>
+      <c r="B79" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C79" s="257">
+      <c r="C79" s="256">
         <v>395.33</v>
       </c>
-      <c r="D79" s="257">
+      <c r="D79" s="256">
         <v>201.53</v>
       </c>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A80" s="287">
+      <c r="A80" s="286">
         <v>2004</v>
       </c>
-      <c r="B80" s="8" t="s">
+      <c r="B80" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C80" s="254">
+      <c r="C80" s="253">
         <v>403.89</v>
       </c>
-      <c r="D80" s="254">
+      <c r="D80" s="253">
         <v>202.75</v>
       </c>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A81" s="285"/>
-      <c r="B81" s="13" t="s">
+      <c r="A81" s="282"/>
+      <c r="B81" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C81" s="255">
+      <c r="C81" s="254">
         <v>420.47</v>
       </c>
-      <c r="D81" s="255">
+      <c r="D81" s="254">
         <v>205.51</v>
       </c>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A82" s="285"/>
-      <c r="B82" s="8" t="s">
+      <c r="A82" s="282"/>
+      <c r="B82" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C82" s="254">
+      <c r="C82" s="253">
         <v>437.32</v>
       </c>
-      <c r="D82" s="254">
+      <c r="D82" s="253">
         <v>206.72</v>
       </c>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A83" s="285"/>
-      <c r="B83" s="13" t="s">
+      <c r="A83" s="282"/>
+      <c r="B83" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C83" s="255">
+      <c r="C83" s="254">
         <v>448.19</v>
       </c>
-      <c r="D83" s="255">
+      <c r="D83" s="254">
         <v>208.63</v>
       </c>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A84" s="265">
+      <c r="A84" s="273">
         <v>2005</v>
       </c>
-      <c r="B84" s="8" t="s">
+      <c r="B84" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C84" s="254">
+      <c r="C84" s="253">
         <v>467.91</v>
       </c>
-      <c r="D84" s="254">
+      <c r="D84" s="253">
         <v>209.19</v>
       </c>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A85" s="266"/>
-      <c r="B85" s="13" t="s">
+      <c r="A85" s="274"/>
+      <c r="B85" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C85" s="255">
+      <c r="C85" s="254">
         <v>491.57</v>
       </c>
-      <c r="D85" s="255">
+      <c r="D85" s="254">
         <v>211.68</v>
       </c>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A86" s="266"/>
-      <c r="B86" s="8" t="s">
+      <c r="A86" s="274"/>
+      <c r="B86" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C86" s="254">
+      <c r="C86" s="253">
         <v>520.03</v>
       </c>
-      <c r="D86" s="254">
+      <c r="D86" s="253">
         <v>213.57</v>
       </c>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A87" s="266"/>
-      <c r="B87" s="13" t="s">
+      <c r="A87" s="274"/>
+      <c r="B87" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C87" s="255">
+      <c r="C87" s="254">
         <v>549.37</v>
       </c>
-      <c r="D87" s="255">
+      <c r="D87" s="254">
         <v>213.59</v>
       </c>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A88" s="271">
+      <c r="A88" s="264">
         <v>2006</v>
       </c>
-      <c r="B88" s="16" t="s">
+      <c r="B88" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C88" s="256">
+      <c r="C88" s="255">
         <v>577.57000000000005</v>
       </c>
-      <c r="D88" s="256">
+      <c r="D88" s="255">
         <v>214.18</v>
       </c>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A89" s="270"/>
-      <c r="B89" s="13" t="s">
+      <c r="A89" s="265"/>
+      <c r="B89" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C89" s="255">
+      <c r="C89" s="254">
         <v>614.54</v>
       </c>
-      <c r="D89" s="255">
+      <c r="D89" s="254">
         <v>216</v>
       </c>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A90" s="270"/>
-      <c r="B90" s="8" t="s">
+      <c r="A90" s="265"/>
+      <c r="B90" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C90" s="254">
+      <c r="C90" s="253">
         <v>691</v>
       </c>
-      <c r="D90" s="254">
+      <c r="D90" s="253">
         <v>219.77</v>
       </c>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A91" s="272"/>
-      <c r="B91" s="19" t="s">
+      <c r="A91" s="266"/>
+      <c r="B91" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C91" s="257">
+      <c r="C91" s="256">
         <v>750.91</v>
       </c>
-      <c r="D91" s="257">
+      <c r="D91" s="256">
         <v>223.35</v>
       </c>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A92" s="265">
+      <c r="A92" s="273">
         <v>2007</v>
       </c>
-      <c r="B92" s="8" t="s">
+      <c r="B92" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C92" s="254">
+      <c r="C92" s="253">
         <v>850.58</v>
       </c>
-      <c r="D92" s="254">
+      <c r="D92" s="253">
         <v>223.62</v>
       </c>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A93" s="266"/>
-      <c r="B93" s="13" t="s">
+      <c r="A93" s="274"/>
+      <c r="B93" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C93" s="255">
+      <c r="C93" s="254">
         <v>930.92</v>
       </c>
-      <c r="D93" s="255">
+      <c r="D93" s="254">
         <v>227.53</v>
       </c>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A94" s="266"/>
-      <c r="B94" s="8" t="s">
+      <c r="A94" s="274"/>
+      <c r="B94" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C94" s="254">
+      <c r="C94" s="253">
         <v>954.1</v>
       </c>
-      <c r="D94" s="254">
+      <c r="D94" s="253">
         <v>228.14</v>
       </c>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A95" s="266"/>
-      <c r="B95" s="13" t="s">
+      <c r="A95" s="274"/>
+      <c r="B95" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C95" s="255">
+      <c r="C95" s="254">
         <v>866.45</v>
       </c>
-      <c r="D95" s="255">
+      <c r="D95" s="254">
         <v>229.18</v>
       </c>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A96" s="271">
+      <c r="A96" s="264">
         <v>2008</v>
       </c>
-      <c r="B96" s="16" t="s">
+      <c r="B96" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C96" s="256">
+      <c r="C96" s="255">
         <v>865.98</v>
       </c>
-      <c r="D96" s="256">
+      <c r="D96" s="255">
         <v>234</v>
       </c>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A97" s="270"/>
-      <c r="B97" s="13" t="s">
+      <c r="A97" s="265"/>
+      <c r="B97" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C97" s="255">
+      <c r="C97" s="254">
         <v>850.98</v>
       </c>
-      <c r="D97" s="255">
+      <c r="D97" s="254">
         <v>237.45</v>
       </c>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A98" s="270"/>
-      <c r="B98" s="8" t="s">
+      <c r="A98" s="265"/>
+      <c r="B98" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C98" s="254">
+      <c r="C98" s="253">
         <v>774.02</v>
       </c>
-      <c r="D98" s="254">
+      <c r="D98" s="253">
         <v>239.77</v>
       </c>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A99" s="272"/>
-      <c r="B99" s="19" t="s">
+      <c r="A99" s="266"/>
+      <c r="B99" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C99" s="257">
+      <c r="C99" s="256">
         <v>642.1</v>
       </c>
-      <c r="D99" s="257">
+      <c r="D99" s="256">
         <v>238.8</v>
       </c>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A100" s="265">
+      <c r="A100" s="273">
         <v>2009</v>
       </c>
-      <c r="B100" s="8" t="s">
+      <c r="B100" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C100" s="254">
+      <c r="C100" s="253">
         <v>568.08000000000004</v>
       </c>
-      <c r="D100" s="254">
+      <c r="D100" s="253">
         <v>232.6</v>
       </c>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A101" s="266"/>
-      <c r="B101" s="13" t="s">
+      <c r="A101" s="274"/>
+      <c r="B101" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C101" s="255">
+      <c r="C101" s="254">
         <v>594</v>
       </c>
-      <c r="D101" s="255">
+      <c r="D101" s="254">
         <v>234.44</v>
       </c>
     </row>
     <row r="102" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A102" s="266"/>
-      <c r="B102" s="8" t="s">
+      <c r="A102" s="274"/>
+      <c r="B102" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C102" s="254">
+      <c r="C102" s="253">
         <v>611.9</v>
       </c>
-      <c r="D102" s="254">
+      <c r="D102" s="253">
         <v>235.42</v>
       </c>
     </row>
     <row r="103" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A103" s="266"/>
-      <c r="B103" s="13" t="s">
+      <c r="A103" s="274"/>
+      <c r="B103" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C103" s="255">
+      <c r="C103" s="254">
         <v>607.58000000000004</v>
       </c>
-      <c r="D103" s="255">
+      <c r="D103" s="254">
         <v>239.18</v>
       </c>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A104" s="271">
+      <c r="A104" s="264">
         <v>2010</v>
       </c>
-      <c r="B104" s="16" t="s">
+      <c r="B104" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C104" s="256">
+      <c r="C104" s="255">
         <v>617.99</v>
       </c>
-      <c r="D104" s="256">
+      <c r="D104" s="255">
         <v>241.87</v>
       </c>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A105" s="270"/>
-      <c r="B105" s="13" t="s">
+      <c r="A105" s="265"/>
+      <c r="B105" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C105" s="255">
+      <c r="C105" s="254">
         <v>609.79999999999995</v>
       </c>
-      <c r="D105" s="255">
+      <c r="D105" s="254">
         <v>246.5</v>
       </c>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A106" s="270"/>
-      <c r="B106" s="8" t="s">
+      <c r="A106" s="265"/>
+      <c r="B106" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C106" s="254">
+      <c r="C106" s="253">
         <v>560.71</v>
       </c>
-      <c r="D106" s="254">
+      <c r="D106" s="253">
         <v>247.56</v>
       </c>
     </row>
     <row r="107" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A107" s="272"/>
-      <c r="B107" s="19" t="s">
+      <c r="A107" s="266"/>
+      <c r="B107" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C107" s="257">
+      <c r="C107" s="256">
         <v>566.55999999999995</v>
       </c>
-      <c r="D107" s="257">
+      <c r="D107" s="256">
         <v>250.36</v>
       </c>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A108" s="265">
+      <c r="A108" s="273">
         <v>2011</v>
       </c>
-      <c r="B108" s="8" t="s">
+      <c r="B108" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C108" s="254">
+      <c r="C108" s="253">
         <v>531.51</v>
       </c>
-      <c r="D108" s="254">
+      <c r="D108" s="253">
         <v>254.7</v>
       </c>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A109" s="266"/>
-      <c r="B109" s="13" t="s">
+      <c r="A109" s="274"/>
+      <c r="B109" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C109" s="255">
+      <c r="C109" s="254">
         <v>514.04</v>
       </c>
-      <c r="D109" s="255">
+      <c r="D109" s="254">
         <v>259.11</v>
       </c>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A110" s="266"/>
-      <c r="B110" s="8" t="s">
+      <c r="A110" s="274"/>
+      <c r="B110" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C110" s="254">
+      <c r="C110" s="253">
         <v>516.01</v>
       </c>
-      <c r="D110" s="254">
+      <c r="D110" s="253">
         <v>260.54000000000002</v>
       </c>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A111" s="266"/>
-      <c r="B111" s="13" t="s">
+      <c r="A111" s="274"/>
+      <c r="B111" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C111" s="255">
+      <c r="C111" s="254">
         <v>502.47</v>
       </c>
-      <c r="D111" s="255">
+      <c r="D111" s="254">
         <v>263.19</v>
       </c>
     </row>
     <row r="112" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A112" s="271">
+      <c r="A112" s="264">
         <v>2012</v>
       </c>
-      <c r="B112" s="16" t="s">
+      <c r="B112" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C112" s="256">
+      <c r="C112" s="255">
         <v>481.89</v>
       </c>
-      <c r="D112" s="256">
+      <c r="D112" s="255">
         <v>264.22000000000003</v>
       </c>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A113" s="270"/>
-      <c r="B113" s="13" t="s">
+      <c r="A113" s="265"/>
+      <c r="B113" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C113" s="255">
+      <c r="C113" s="254">
         <v>506.49</v>
       </c>
-      <c r="D113" s="255">
+      <c r="D113" s="254">
         <v>267.16000000000003</v>
       </c>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A114" s="270"/>
-      <c r="B114" s="8" t="s">
+      <c r="A114" s="265"/>
+      <c r="B114" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C114" s="254">
+      <c r="C114" s="253">
         <v>499.49</v>
       </c>
-      <c r="D114" s="254">
+      <c r="D114" s="253">
         <v>268.11</v>
       </c>
     </row>
     <row r="115" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A115" s="272"/>
-      <c r="B115" s="19" t="s">
+      <c r="A115" s="266"/>
+      <c r="B115" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C115" s="257">
+      <c r="C115" s="256">
         <v>496.96</v>
       </c>
-      <c r="D115" s="257">
+      <c r="D115" s="256">
         <v>271.31</v>
       </c>
     </row>
     <row r="116" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A116" s="265">
+      <c r="A116" s="273">
         <v>2013</v>
       </c>
-      <c r="B116" s="8" t="s">
+      <c r="B116" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C116" s="254">
+      <c r="C116" s="253">
         <v>487.09</v>
       </c>
-      <c r="D116" s="254">
+      <c r="D116" s="253">
         <v>272.82</v>
       </c>
     </row>
     <row r="117" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A117" s="266"/>
-      <c r="B117" s="13" t="s">
+      <c r="A117" s="274"/>
+      <c r="B117" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C117" s="255">
+      <c r="C117" s="254">
         <v>467.88</v>
       </c>
-      <c r="D117" s="255">
+      <c r="D117" s="254">
         <v>275.43</v>
       </c>
     </row>
     <row r="118" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A118" s="266"/>
-      <c r="B118" s="8" t="s">
+      <c r="A118" s="274"/>
+      <c r="B118" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C118" s="254">
+      <c r="C118" s="253">
         <v>473.51</v>
       </c>
-      <c r="D118" s="254">
+      <c r="D118" s="253">
         <v>276.68</v>
       </c>
     </row>
     <row r="119" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A119" s="266"/>
-      <c r="B119" s="13" t="s">
+      <c r="A119" s="274"/>
+      <c r="B119" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C119" s="255">
+      <c r="C119" s="254">
         <v>486.69</v>
       </c>
-      <c r="D119" s="255">
+      <c r="D119" s="254">
         <v>278.45</v>
       </c>
     </row>
     <row r="120" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A120" s="271">
+      <c r="A120" s="264">
         <v>2014</v>
       </c>
-      <c r="B120" s="16" t="s">
+      <c r="B120" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C120" s="256">
+      <c r="C120" s="255">
         <v>490.41</v>
       </c>
-      <c r="D120" s="256">
+      <c r="D120" s="255">
         <v>279.99</v>
       </c>
     </row>
     <row r="121" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A121" s="270"/>
-      <c r="B121" s="13" t="s">
+      <c r="A121" s="265"/>
+      <c r="B121" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C121" s="255">
+      <c r="C121" s="254">
         <v>499</v>
       </c>
-      <c r="D121" s="255">
+      <c r="D121" s="254">
         <v>282.31</v>
       </c>
     </row>
     <row r="122" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A122" s="270"/>
-      <c r="B122" s="8" t="s">
+      <c r="A122" s="265"/>
+      <c r="B122" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C122" s="254">
+      <c r="C122" s="253">
         <v>501.86</v>
       </c>
-      <c r="D122" s="254">
+      <c r="D122" s="253">
         <v>283.3</v>
       </c>
     </row>
     <row r="123" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A123" s="272"/>
-      <c r="B123" s="19" t="s">
+      <c r="A123" s="266"/>
+      <c r="B123" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C123" s="257">
+      <c r="C123" s="256">
         <v>518.47</v>
       </c>
-      <c r="D123" s="257">
+      <c r="D123" s="256">
         <v>283.58999999999997</v>
       </c>
     </row>
     <row r="124" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A124" s="265">
+      <c r="A124" s="273">
         <v>2015</v>
       </c>
-      <c r="B124" s="8" t="s">
+      <c r="B124" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C124" s="254">
+      <c r="C124" s="253">
         <v>522.11</v>
       </c>
-      <c r="D124" s="254">
+      <c r="D124" s="253">
         <v>282.45</v>
       </c>
     </row>
     <row r="125" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A125" s="266"/>
-      <c r="B125" s="13" t="s">
+      <c r="A125" s="274"/>
+      <c r="B125" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C125" s="255">
+      <c r="C125" s="254">
         <v>515.4</v>
       </c>
-      <c r="D125" s="255">
+      <c r="D125" s="254">
         <v>284.73</v>
       </c>
     </row>
     <row r="126" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A126" s="266"/>
-      <c r="B126" s="8" t="s">
+      <c r="A126" s="274"/>
+      <c r="B126" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C126" s="254">
+      <c r="C126" s="253">
         <v>542.64</v>
       </c>
-      <c r="D126" s="254">
+      <c r="D126" s="253">
         <v>286.02</v>
       </c>
     </row>
     <row r="127" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A127" s="266"/>
-      <c r="B127" s="13" t="s">
+      <c r="A127" s="274"/>
+      <c r="B127" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C127" s="255">
+      <c r="C127" s="254">
         <v>560.96</v>
       </c>
-      <c r="D127" s="255">
+      <c r="D127" s="254">
         <v>286.72000000000003</v>
       </c>
     </row>
     <row r="128" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A128" s="271">
+      <c r="A128" s="264">
         <v>2016</v>
       </c>
-      <c r="B128" s="16" t="s">
+      <c r="B128" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C128" s="256">
+      <c r="C128" s="255">
         <v>525.49</v>
       </c>
-      <c r="D128" s="256">
+      <c r="D128" s="255">
         <v>286.72000000000003</v>
       </c>
     </row>
     <row r="129" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A129" s="270"/>
-      <c r="B129" s="13" t="s">
+      <c r="A129" s="265"/>
+      <c r="B129" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C129" s="255">
+      <c r="C129" s="254">
         <v>572.58000000000004</v>
       </c>
-      <c r="D129" s="255">
+      <c r="D129" s="254">
         <v>289.22000000000003</v>
       </c>
     </row>
     <row r="130" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A130" s="270"/>
-      <c r="B130" s="8" t="s">
+      <c r="A130" s="265"/>
+      <c r="B130" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C130" s="254">
+      <c r="C130" s="253">
         <v>575.54999999999995</v>
       </c>
-      <c r="D130" s="254">
+      <c r="D130" s="253">
         <v>291.42</v>
       </c>
     </row>
     <row r="131" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A131" s="272"/>
-      <c r="B131" s="19" t="s">
+      <c r="A131" s="266"/>
+      <c r="B131" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C131" s="257">
+      <c r="C131" s="256">
         <v>554.55999999999995</v>
       </c>
-      <c r="D131" s="257">
+      <c r="D131" s="256">
         <v>293.14999999999998</v>
       </c>
     </row>
     <row r="132" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A132" s="265">
+      <c r="A132" s="273">
         <v>2017</v>
       </c>
-      <c r="B132" s="8" t="s">
+      <c r="B132" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C132" s="254">
+      <c r="C132" s="253">
         <v>556.4</v>
       </c>
-      <c r="D132" s="254">
+      <c r="D132" s="253">
         <v>295.27999999999997</v>
       </c>
     </row>
     <row r="133" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A133" s="266"/>
-      <c r="B133" s="13" t="s">
+      <c r="A133" s="274"/>
+      <c r="B133" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C133" s="255">
+      <c r="C133" s="254">
         <v>549.86</v>
       </c>
-      <c r="D133" s="255">
+      <c r="D133" s="254">
         <v>299.47000000000003</v>
       </c>
     </row>
     <row r="134" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A134" s="266"/>
-      <c r="B134" s="8" t="s">
+      <c r="A134" s="274"/>
+      <c r="B134" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C134" s="254">
+      <c r="C134" s="253">
         <v>583.78</v>
       </c>
-      <c r="D134" s="254">
+      <c r="D134" s="253">
         <v>302.39999999999998</v>
       </c>
     </row>
     <row r="135" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A135" s="266"/>
-      <c r="B135" s="13" t="s">
+      <c r="A135" s="274"/>
+      <c r="B135" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C135" s="255">
+      <c r="C135" s="254">
         <v>565.04999999999995</v>
       </c>
-      <c r="D135" s="255">
+      <c r="D135" s="254">
         <v>305.64</v>
       </c>
     </row>
     <row r="136" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A136" s="271">
+      <c r="A136" s="264">
         <v>2018</v>
       </c>
-      <c r="B136" s="16" t="s">
+      <c r="B136" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C136" s="256">
+      <c r="C136" s="255">
         <v>581.5</v>
       </c>
-      <c r="D136" s="256">
+      <c r="D136" s="255">
         <v>306.08999999999997</v>
       </c>
     </row>
     <row r="137" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A137" s="270"/>
-      <c r="B137" s="13" t="s">
+      <c r="A137" s="265"/>
+      <c r="B137" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C137" s="255">
+      <c r="C137" s="254">
         <v>582.64</v>
       </c>
-      <c r="D137" s="255">
+      <c r="D137" s="254">
         <v>308.37</v>
       </c>
     </row>
     <row r="138" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A138" s="270"/>
-      <c r="B138" s="8" t="s">
+      <c r="A138" s="265"/>
+      <c r="B138" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C138" s="254">
+      <c r="C138" s="253">
         <v>582.54999999999995</v>
       </c>
-      <c r="D138" s="254">
+      <c r="D138" s="253">
         <v>312.48</v>
       </c>
     </row>
     <row r="139" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A139" s="272"/>
-      <c r="B139" s="19" t="s">
+      <c r="A139" s="266"/>
+      <c r="B139" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C139" s="257">
+      <c r="C139" s="256">
         <v>591.38</v>
       </c>
-      <c r="D139" s="257">
+      <c r="D139" s="256">
         <v>314.13</v>
       </c>
     </row>
     <row r="140" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A140" s="265">
+      <c r="A140" s="273">
         <v>2019</v>
       </c>
-      <c r="B140" s="8" t="s">
+      <c r="B140" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C140" s="254">
+      <c r="C140" s="253">
         <v>587.38</v>
       </c>
-      <c r="D140" s="254">
+      <c r="D140" s="253">
         <v>313.5</v>
       </c>
     </row>
     <row r="141" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A141" s="266"/>
-      <c r="B141" s="13" t="s">
+      <c r="A141" s="274"/>
+      <c r="B141" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C141" s="255">
+      <c r="C141" s="254">
         <v>584.43710826072004</v>
       </c>
-      <c r="D141" s="255">
+      <c r="D141" s="254">
         <v>318.7</v>
       </c>
     </row>
     <row r="142" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A142" s="266"/>
-      <c r="B142" s="8" t="s">
+      <c r="A142" s="274"/>
+      <c r="B142" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C142" s="254">
+      <c r="C142" s="253">
         <v>620.27</v>
       </c>
-      <c r="D142" s="254">
+      <c r="D142" s="253">
         <v>320.60000000000002</v>
       </c>
     </row>
     <row r="143" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A143" s="266"/>
-      <c r="B143" s="13" t="s">
+      <c r="A143" s="274"/>
+      <c r="B143" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C143" s="255">
+      <c r="C143" s="254">
         <v>638.32000000000005</v>
       </c>
-      <c r="D143" s="255">
+      <c r="D143" s="254">
         <v>321</v>
       </c>
     </row>
     <row r="144" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A144" s="271">
+      <c r="A144" s="264">
         <v>2020</v>
       </c>
-      <c r="B144" s="16" t="s">
+      <c r="B144" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C144" s="256">
+      <c r="C144" s="255">
         <v>632.99199999999996</v>
       </c>
-      <c r="D144" s="256">
+      <c r="D144" s="255">
         <v>321.66517333333297</v>
       </c>
     </row>
     <row r="145" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A145" s="270"/>
-      <c r="B145" s="13" t="s">
+      <c r="A145" s="265"/>
+      <c r="B145" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C145" s="255">
+      <c r="C145" s="254">
         <v>625.97</v>
       </c>
-      <c r="D145" s="255">
+      <c r="D145" s="254">
         <v>322.61</v>
       </c>
     </row>
     <row r="146" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A146" s="270"/>
-      <c r="B146" s="8" t="s">
+      <c r="A146" s="265"/>
+      <c r="B146" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C146" s="254">
+      <c r="C146" s="253">
         <v>645.36</v>
       </c>
-      <c r="D146" s="254">
+      <c r="D146" s="253">
         <v>324.09100000000001</v>
       </c>
     </row>
     <row r="147" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A147" s="272"/>
-      <c r="B147" s="19" t="s">
+      <c r="A147" s="266"/>
+      <c r="B147" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C147" s="257">
+      <c r="C147" s="256">
         <v>660.92139999999995</v>
       </c>
-      <c r="D147" s="257">
+      <c r="D147" s="256">
         <v>324.20115333333302</v>
       </c>
     </row>
     <row r="148" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A148" s="265">
+      <c r="A148" s="273">
         <v>2021</v>
       </c>
-      <c r="B148" s="8" t="s">
+      <c r="B148" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C148" s="254">
+      <c r="C148" s="253">
         <v>678.32118063810799</v>
       </c>
-      <c r="D148" s="254">
+      <c r="D148" s="253">
         <v>326.18583333333299</v>
       </c>
     </row>
     <row r="149" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A149" s="266"/>
-      <c r="B149" s="13" t="s">
+      <c r="A149" s="274"/>
+      <c r="B149" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C149" s="255">
+      <c r="C149" s="254">
         <v>696.09</v>
       </c>
-      <c r="D149" s="255">
+      <c r="D149" s="254">
         <v>333.35</v>
       </c>
     </row>
     <row r="150" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A150" s="266"/>
-      <c r="B150" s="8" t="s">
+      <c r="A150" s="274"/>
+      <c r="B150" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C150" s="254">
+      <c r="C150" s="253">
         <v>712.44</v>
       </c>
-      <c r="D150" s="254">
+      <c r="D150" s="253">
         <v>338.68200000000002</v>
       </c>
     </row>
     <row r="151" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A151" s="266"/>
-      <c r="B151" s="13" t="s">
+      <c r="A151" s="274"/>
+      <c r="B151" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C151" s="255">
+      <c r="C151" s="254">
         <v>716.88</v>
       </c>
-      <c r="D151" s="255">
+      <c r="D151" s="254">
         <v>343.6069</v>
       </c>
     </row>
     <row r="152" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A152" s="271">
+      <c r="A152" s="264">
         <v>2022</v>
       </c>
-      <c r="B152" s="16" t="s">
+      <c r="B152" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C152" s="256">
+      <c r="C152" s="255">
         <v>719.92100000000005</v>
       </c>
-      <c r="D152" s="256">
+      <c r="D152" s="255">
         <v>353.34649999999999</v>
       </c>
     </row>
     <row r="153" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A153" s="270"/>
-      <c r="B153" s="13" t="s">
+      <c r="A153" s="265"/>
+      <c r="B153" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C153" s="255">
+      <c r="C153" s="254">
         <v>733.43790000000001</v>
       </c>
-      <c r="D153" s="255">
+      <c r="D153" s="254">
         <v>371.83347333333302</v>
       </c>
     </row>
     <row r="154" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A154" s="270"/>
-      <c r="B154" s="8" t="s">
+      <c r="A154" s="265"/>
+      <c r="B154" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C154" s="258">
+      <c r="C154" s="257">
         <v>736.55542816532602</v>
       </c>
-      <c r="D154" s="254">
+      <c r="D154" s="253">
         <v>380.76453333333302</v>
       </c>
     </row>
     <row r="155" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A155" s="272"/>
-      <c r="B155" s="19" t="s">
+      <c r="A155" s="266"/>
+      <c r="B155" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C155" s="257">
+      <c r="C155" s="256">
         <v>763.02800000000002</v>
       </c>
-      <c r="D155" s="257">
+      <c r="D155" s="256">
         <v>395.0616</v>
       </c>
     </row>
     <row r="156" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A156" s="265">
+      <c r="A156" s="273">
         <v>2023</v>
       </c>
-      <c r="B156" s="8" t="s">
+      <c r="B156" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="C156" s="254">
+      <c r="C156" s="253">
         <v>752.143835034478</v>
       </c>
-      <c r="D156" s="254">
+      <c r="D156" s="253">
         <v>401.34640000000002</v>
       </c>
     </row>
     <row r="157" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A157" s="266"/>
-      <c r="B157" s="13" t="s">
+      <c r="A157" s="274"/>
+      <c r="B157" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C157" s="255">
+      <c r="C157" s="254">
         <v>756.26</v>
       </c>
-      <c r="D157" s="255">
+      <c r="D157" s="254">
         <v>413.2912</v>
       </c>
     </row>
     <row r="158" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A158" s="266"/>
-      <c r="B158" s="8" t="s">
+      <c r="A158" s="274"/>
+      <c r="B158" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C158" s="254">
+      <c r="C158" s="253">
         <v>777.49</v>
       </c>
-      <c r="D158" s="254">
+      <c r="D158" s="253">
         <v>415.01859999999999</v>
       </c>
     </row>
     <row r="159" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A159" s="266"/>
-      <c r="B159" s="13" t="s">
+      <c r="A159" s="274"/>
+      <c r="B159" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C159" s="255">
+      <c r="C159" s="254">
         <v>776.23</v>
       </c>
-      <c r="D159" s="255">
+      <c r="D159" s="254">
         <v>416.82</v>
       </c>
     </row>
     <row r="160" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A160" s="271">
+      <c r="A160" s="264">
         <v>2024</v>
       </c>
-      <c r="B160" s="16" t="s">
+      <c r="B160" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="C160" s="256">
+      <c r="C160" s="255">
         <v>775.73199999999997</v>
       </c>
-      <c r="D160" s="256">
+      <c r="D160" s="255">
         <v>419.72309999999999</v>
       </c>
     </row>
     <row r="161" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A161" s="270"/>
-      <c r="B161" s="13" t="s">
+      <c r="A161" s="265"/>
+      <c r="B161" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C161" s="255">
+      <c r="C161" s="254">
         <v>796.33</v>
       </c>
-      <c r="D161" s="255">
+      <c r="D161" s="254">
         <v>425.41980000000001</v>
       </c>
     </row>
     <row r="162" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A162" s="270"/>
-      <c r="B162" s="8" t="s">
+      <c r="A162" s="265"/>
+      <c r="B162" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="C162" s="254">
+      <c r="C162" s="253">
         <v>826.25</v>
       </c>
-      <c r="D162" s="254">
+      <c r="D162" s="253">
         <v>428.54</v>
       </c>
     </row>
     <row r="163" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A163" s="272"/>
-      <c r="B163" s="19" t="s">
+      <c r="A163" s="266"/>
+      <c r="B163" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="C163" s="257">
+      <c r="C163" s="256">
         <v>783.98910000000001</v>
       </c>
-      <c r="D163" s="257">
+      <c r="D163" s="256">
         <v>431.37387333333299</v>
       </c>
     </row>
     <row r="164" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A164" s="63">
+      <c r="A164" s="62">
         <v>2025</v>
       </c>
-      <c r="B164" s="28" t="s">
+      <c r="B164" s="27" t="s">
         <v>5</v>
       </c>
-      <c r="C164" s="259">
+      <c r="C164" s="258">
         <v>806.27</v>
       </c>
-      <c r="D164" s="259">
+      <c r="D164" s="258">
         <v>434.42439999999999</v>
       </c>
     </row>
     <row r="165" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="B165" s="260" t="s">
+      <c r="B165" s="259" t="s">
         <v>6</v>
       </c>
-      <c r="C165" s="255">
+      <c r="C165" s="254">
         <v>808.6</v>
       </c>
-      <c r="D165" s="255">
+      <c r="D165" s="254">
         <v>441.2</v>
       </c>
     </row>
     <row r="166" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B166" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="C166" s="254">
+      <c r="C166" s="253">
         <v>814.7</v>
       </c>
-      <c r="D166" s="254">
+      <c r="D166" s="253">
         <v>448.42</v>
       </c>
     </row>
     <row r="170" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A170" s="6" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="40">
-    <mergeCell ref="A56:A59"/>
-[...9 lines deleted...]
-    <mergeCell ref="A64:A67"/>
+    <mergeCell ref="A104:A107"/>
+    <mergeCell ref="A84:A87"/>
+    <mergeCell ref="A88:A91"/>
+    <mergeCell ref="A92:A95"/>
+    <mergeCell ref="A96:A99"/>
+    <mergeCell ref="A100:A103"/>
+    <mergeCell ref="A152:A155"/>
+    <mergeCell ref="A108:A111"/>
+    <mergeCell ref="A112:A115"/>
+    <mergeCell ref="A116:A119"/>
+    <mergeCell ref="A120:A123"/>
+    <mergeCell ref="A124:A127"/>
+    <mergeCell ref="A128:A131"/>
     <mergeCell ref="A60:A63"/>
     <mergeCell ref="A156:A159"/>
     <mergeCell ref="A160:A163"/>
     <mergeCell ref="A4:A7"/>
     <mergeCell ref="A8:A11"/>
     <mergeCell ref="A12:A15"/>
     <mergeCell ref="A16:A19"/>
     <mergeCell ref="A20:A23"/>
     <mergeCell ref="A24:A27"/>
     <mergeCell ref="A28:A31"/>
     <mergeCell ref="A32:A35"/>
     <mergeCell ref="A132:A135"/>
     <mergeCell ref="A136:A139"/>
     <mergeCell ref="A140:A143"/>
     <mergeCell ref="A144:A147"/>
     <mergeCell ref="A148:A151"/>
-    <mergeCell ref="A152:A155"/>
-[...11 lines deleted...]
-    <mergeCell ref="A100:A103"/>
+    <mergeCell ref="A80:A83"/>
+    <mergeCell ref="A72:A75"/>
+    <mergeCell ref="A76:A79"/>
+    <mergeCell ref="A68:A71"/>
+    <mergeCell ref="A64:A67"/>
+    <mergeCell ref="A56:A59"/>
+    <mergeCell ref="A52:A55"/>
+    <mergeCell ref="A36:A39"/>
+    <mergeCell ref="A40:A43"/>
+    <mergeCell ref="A44:A47"/>
+    <mergeCell ref="A48:A51"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="M3" r:id="rId1" xr:uid="{6C93193E-57B8-4B18-8BD2-6FE787529C5D}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF45BBDC-CD2C-403B-BC40-45396475D3BF}">
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="J28" sqref="J28"/>
+      <selection activeCell="I3" sqref="I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8" style="1" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="16" style="49" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="17.28515625" style="49" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="16" style="48" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.28515625" style="48" bestFit="1" customWidth="1"/>
     <col min="4" max="10" width="8.7109375" style="1"/>
     <col min="11" max="11" width="5.7109375" style="1" customWidth="1"/>
     <col min="12" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A1" s="64" t="s">
-        <v>291</v>
+      <c r="A1" s="63" t="s">
+        <v>290</v>
       </c>
       <c r="B1" s="1"/>
-      <c r="C1" s="65"/>
+      <c r="C1" s="64"/>
     </row>
     <row r="2" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2" s="64"/>
-[...2 lines deleted...]
-      <c r="I2" s="71" t="s">
+      <c r="A2" s="63"/>
+      <c r="B2" s="64"/>
+      <c r="C2" s="64"/>
+      <c r="I2" s="70" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A3" s="72" t="s">
+      <c r="A3" s="71" t="s">
         <v>32</v>
       </c>
-      <c r="B3" s="73" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="73" t="s">
+      <c r="B3" s="72" t="s">
+        <v>261</v>
+      </c>
+      <c r="C3" s="72" t="s">
         <v>33</v>
       </c>
-      <c r="I3" s="246" t="s">
-        <v>314</v>
+      <c r="I3" s="245" t="s">
+        <v>313</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A4" s="66" t="s">
+      <c r="A4" s="65" t="s">
         <v>34</v>
       </c>
-      <c r="B4" s="70">
+      <c r="B4" s="69">
         <v>6655</v>
       </c>
-      <c r="C4" s="70">
+      <c r="C4" s="69">
         <v>97900</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A5" s="74" t="s">
+      <c r="A5" s="73" t="s">
         <v>35</v>
       </c>
-      <c r="B5" s="75">
+      <c r="B5" s="74">
         <v>6486</v>
       </c>
-      <c r="C5" s="75">
+      <c r="C5" s="74">
         <v>108000</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A6" s="66" t="s">
+      <c r="A6" s="65" t="s">
         <v>36</v>
       </c>
-      <c r="B6" s="70">
+      <c r="B6" s="69">
         <v>7005</v>
       </c>
-      <c r="C6" s="70">
+      <c r="C6" s="69">
         <v>118000</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A7" s="74" t="s">
+      <c r="A7" s="73" t="s">
         <v>37</v>
       </c>
-      <c r="B7" s="75">
+      <c r="B7" s="74">
         <v>6969</v>
       </c>
-      <c r="C7" s="75">
+      <c r="C7" s="74">
         <v>133900</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A8" s="66" t="s">
+      <c r="A8" s="65" t="s">
         <v>38</v>
       </c>
-      <c r="B8" s="70">
+      <c r="B8" s="69">
         <v>6136</v>
       </c>
-      <c r="C8" s="70">
+      <c r="C8" s="69">
         <v>164700</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A9" s="74" t="s">
+      <c r="A9" s="73" t="s">
         <v>39</v>
       </c>
-      <c r="B9" s="75">
+      <c r="B9" s="74">
         <v>2878</v>
       </c>
-      <c r="C9" s="75">
+      <c r="C9" s="74">
         <v>210700</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A10" s="66" t="s">
+      <c r="A10" s="65" t="s">
         <v>40</v>
       </c>
-      <c r="B10" s="70">
+      <c r="B10" s="69">
         <v>2229</v>
       </c>
-      <c r="C10" s="70">
+      <c r="C10" s="69">
         <v>180900</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A11" s="74" t="s">
+      <c r="A11" s="73" t="s">
         <v>41</v>
       </c>
-      <c r="B11" s="75">
+      <c r="B11" s="74">
         <v>2272</v>
       </c>
-      <c r="C11" s="75">
+      <c r="C11" s="74">
         <v>164700</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A12" s="66" t="s">
+      <c r="A12" s="65" t="s">
         <v>42</v>
       </c>
-      <c r="B12" s="70">
+      <c r="B12" s="69">
         <v>1646</v>
       </c>
-      <c r="C12" s="70">
+      <c r="C12" s="69">
         <v>163900</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A13" s="74" t="s">
+      <c r="A13" s="73" t="s">
         <v>43</v>
       </c>
-      <c r="B13" s="75">
+      <c r="B13" s="74">
         <v>1492</v>
       </c>
-      <c r="C13" s="75">
+      <c r="C13" s="74">
         <v>148600</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A14" s="66" t="s">
+      <c r="A14" s="65" t="s">
         <v>44</v>
       </c>
-      <c r="B14" s="70">
+      <c r="B14" s="69">
         <v>1201</v>
       </c>
-      <c r="C14" s="70">
+      <c r="C14" s="69">
         <v>144100</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A15" s="74" t="s">
+      <c r="A15" s="73" t="s">
         <v>45</v>
       </c>
-      <c r="B15" s="75">
+      <c r="B15" s="74">
         <v>1142</v>
       </c>
-      <c r="C15" s="75">
+      <c r="C15" s="74">
         <v>138100</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A16" s="66" t="s">
+      <c r="A16" s="65" t="s">
         <v>46</v>
       </c>
-      <c r="B16" s="70">
+      <c r="B16" s="69">
         <v>1212</v>
       </c>
-      <c r="C16" s="70">
+      <c r="C16" s="69">
         <v>152100</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A17" s="74" t="s">
+      <c r="A17" s="73" t="s">
         <v>47</v>
       </c>
-      <c r="B17" s="75">
+      <c r="B17" s="74">
         <v>1239</v>
       </c>
-      <c r="C17" s="75">
+      <c r="C17" s="74">
         <v>157400</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A18" s="66" t="s">
+      <c r="A18" s="65" t="s">
         <v>48</v>
       </c>
-      <c r="B18" s="70">
+      <c r="B18" s="69">
         <v>1216</v>
       </c>
-      <c r="C18" s="70">
+      <c r="C18" s="69">
         <v>157700</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A19" s="74" t="s">
+      <c r="A19" s="73" t="s">
         <v>49</v>
       </c>
-      <c r="B19" s="75">
+      <c r="B19" s="74">
         <v>1416</v>
       </c>
-      <c r="C19" s="75">
+      <c r="C19" s="74">
         <v>163900</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A20" s="66" t="s">
+      <c r="A20" s="65" t="s">
         <v>50</v>
       </c>
-      <c r="B20" s="70">
+      <c r="B20" s="69">
         <v>1613</v>
       </c>
-      <c r="C20" s="70">
+      <c r="C20" s="69">
         <v>172400</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A21" s="74" t="s">
+      <c r="A21" s="73" t="s">
         <v>51</v>
       </c>
-      <c r="B21" s="75">
+      <c r="B21" s="74">
         <v>1486</v>
       </c>
-      <c r="C21" s="75">
+      <c r="C21" s="74">
         <v>183400</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A22" s="66" t="s">
+      <c r="A22" s="65" t="s">
         <v>52</v>
       </c>
-      <c r="B22" s="70">
+      <c r="B22" s="69">
         <v>1408</v>
       </c>
-      <c r="C22" s="70">
+      <c r="C22" s="69">
         <v>200900</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A23" s="74" t="s">
+      <c r="A23" s="73" t="s">
         <v>53</v>
       </c>
-      <c r="B23" s="75">
+      <c r="B23" s="74">
         <v>1458</v>
       </c>
-      <c r="C23" s="75">
+      <c r="C23" s="74">
         <v>202700</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A24" s="66" t="s">
+      <c r="A24" s="65" t="s">
         <v>54</v>
       </c>
-      <c r="B24" s="70">
+      <c r="B24" s="69">
         <v>1270</v>
       </c>
-      <c r="C24" s="70">
+      <c r="C24" s="69">
         <v>231700</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A25" s="74" t="s">
+      <c r="A25" s="73" t="s">
         <v>55</v>
       </c>
-      <c r="B25" s="76">
+      <c r="B25" s="75">
         <v>1078</v>
       </c>
-      <c r="C25" s="76">
+      <c r="C25" s="75">
         <v>247300</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A26" s="77" t="s">
+      <c r="A26" s="76" t="s">
         <v>56</v>
       </c>
-      <c r="B26" s="78">
+      <c r="B26" s="77">
         <v>1111</v>
       </c>
-      <c r="C26" s="78">
+      <c r="C26" s="77">
         <v>267900</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="15" x14ac:dyDescent="0.2">
-      <c r="A27" s="263" t="s">
-[...3 lines deleted...]
-      <c r="C27" s="261"/>
+      <c r="A27" s="262" t="s">
+        <v>312</v>
+      </c>
+      <c r="B27" s="260"/>
+      <c r="C27" s="260"/>
     </row>
     <row r="28" spans="1:3" ht="15" x14ac:dyDescent="0.2">
-      <c r="A28" s="264" t="s">
+      <c r="A28" s="263" t="s">
         <v>193</v>
       </c>
-      <c r="B28" s="262">
+      <c r="B28" s="261">
         <v>283</v>
       </c>
-      <c r="C28" s="262">
+      <c r="C28" s="261">
         <v>265100</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="15" x14ac:dyDescent="0.2">
-      <c r="A29" s="264" t="s">
-[...2 lines deleted...]
-      <c r="B29" s="262">
+      <c r="A29" s="263" t="s">
+        <v>281</v>
+      </c>
+      <c r="B29" s="261">
         <v>253</v>
       </c>
-      <c r="C29" s="262">
+      <c r="C29" s="261">
         <v>278300</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A30" s="66"/>
-[...1 lines deleted...]
-      <c r="C30" s="238"/>
+      <c r="A30" s="65"/>
+      <c r="B30" s="237"/>
+      <c r="C30" s="237"/>
     </row>
     <row r="31" spans="1:3" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A31" s="6" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="C31" s="22"/>
+        <v>289</v>
+      </c>
+      <c r="C31" s="21"/>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A32" s="66"/>
-[...1 lines deleted...]
-      <c r="C32" s="238"/>
+      <c r="A32" s="65"/>
+      <c r="B32" s="237"/>
+      <c r="C32" s="237"/>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" s="1" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B33" s="1"/>
-      <c r="C33" s="68"/>
-      <c r="D33" s="68"/>
+      <c r="C33" s="67"/>
+      <c r="D33" s="67"/>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A34" s="67" t="s">
+      <c r="A34" s="66" t="s">
         <v>58</v>
       </c>
       <c r="B34" s="1"/>
-      <c r="C34" s="68"/>
-      <c r="D34" s="68"/>
+      <c r="C34" s="67"/>
+      <c r="D34" s="67"/>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A35" s="69" t="s">
+      <c r="A35" s="68" t="s">
         <v>59</v>
       </c>
       <c r="B35" s="1"/>
-      <c r="C35" s="68"/>
-      <c r="D35" s="68"/>
+      <c r="C35" s="67"/>
+      <c r="D35" s="67"/>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A36" s="69" t="s">
+      <c r="A36" s="68" t="s">
         <v>60</v>
       </c>
       <c r="B36" s="1"/>
-      <c r="D36" s="49"/>
+      <c r="D36" s="48"/>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A37" s="67" t="s">
+      <c r="A37" s="66" t="s">
         <v>61</v>
       </c>
       <c r="B37" s="1"/>
-      <c r="D37" s="49"/>
+      <c r="D37" s="48"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="I3" r:id="rId1" xr:uid="{FDE2C81F-06A0-4F7F-9711-90C0A60B5CB6}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{14FEDD13-AA49-4CEA-869B-75B67EADEFE5}">
   <dimension ref="A1:AP23"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="35.5703125" style="1" customWidth="1"/>
-    <col min="2" max="41" width="9.85546875" style="49" customWidth="1"/>
+    <col min="2" max="41" width="9.85546875" style="48" customWidth="1"/>
     <col min="42" max="42" width="10.5703125" style="1" customWidth="1"/>
     <col min="43" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="32" t="s">
-        <v>263</v>
+      <c r="A1" s="31" t="s">
+        <v>262</v>
       </c>
     </row>
     <row r="3" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="117"/>
-      <c r="B3" s="290">
+      <c r="A3" s="116"/>
+      <c r="B3" s="291">
         <v>2015</v>
       </c>
-      <c r="C3" s="291"/>
+      <c r="C3" s="290"/>
       <c r="D3" s="292"/>
-      <c r="E3" s="293">
+      <c r="E3" s="289">
         <v>2016</v>
       </c>
-      <c r="F3" s="291"/>
-[...2 lines deleted...]
-      <c r="I3" s="290">
+      <c r="F3" s="290"/>
+      <c r="G3" s="290"/>
+      <c r="H3" s="290"/>
+      <c r="I3" s="291">
         <v>2017</v>
       </c>
-      <c r="J3" s="291"/>
-      <c r="K3" s="291"/>
+      <c r="J3" s="290"/>
+      <c r="K3" s="290"/>
       <c r="L3" s="292"/>
-      <c r="M3" s="293">
+      <c r="M3" s="289">
         <v>2018</v>
       </c>
-      <c r="N3" s="291"/>
-[...2 lines deleted...]
-      <c r="Q3" s="290">
+      <c r="N3" s="290"/>
+      <c r="O3" s="290"/>
+      <c r="P3" s="290"/>
+      <c r="Q3" s="291">
         <v>2019</v>
       </c>
-      <c r="R3" s="291"/>
-      <c r="S3" s="291"/>
+      <c r="R3" s="290"/>
+      <c r="S3" s="290"/>
       <c r="T3" s="292"/>
-      <c r="U3" s="293">
+      <c r="U3" s="289">
         <v>2020</v>
       </c>
-      <c r="V3" s="291"/>
-[...2 lines deleted...]
-      <c r="Y3" s="290">
+      <c r="V3" s="290"/>
+      <c r="W3" s="290"/>
+      <c r="X3" s="290"/>
+      <c r="Y3" s="291">
         <v>2021</v>
       </c>
-      <c r="Z3" s="291"/>
-      <c r="AA3" s="291"/>
+      <c r="Z3" s="290"/>
+      <c r="AA3" s="290"/>
       <c r="AB3" s="292"/>
-      <c r="AC3" s="293">
+      <c r="AC3" s="289">
         <v>2022</v>
       </c>
-      <c r="AD3" s="291"/>
-[...2 lines deleted...]
-      <c r="AG3" s="294">
+      <c r="AD3" s="290"/>
+      <c r="AE3" s="290"/>
+      <c r="AF3" s="290"/>
+      <c r="AG3" s="293">
         <v>2023</v>
       </c>
-      <c r="AH3" s="291"/>
-      <c r="AI3" s="291"/>
+      <c r="AH3" s="290"/>
+      <c r="AI3" s="290"/>
       <c r="AJ3" s="292"/>
-      <c r="AK3" s="295">
+      <c r="AK3" s="294">
         <v>2024</v>
       </c>
-      <c r="AL3" s="291"/>
-[...2 lines deleted...]
-      <c r="AO3" s="118">
+      <c r="AL3" s="290"/>
+      <c r="AM3" s="290"/>
+      <c r="AN3" s="290"/>
+      <c r="AO3" s="117">
         <v>2025</v>
       </c>
-      <c r="AP3" s="118"/>
+      <c r="AP3" s="117"/>
     </row>
     <row r="4" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="119" t="s">
+      <c r="A4" s="118" t="s">
         <v>67</v>
       </c>
-      <c r="B4" s="120" t="s">
+      <c r="B4" s="119" t="s">
         <v>68</v>
       </c>
-      <c r="C4" s="121" t="s">
+      <c r="C4" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="D4" s="122" t="s">
+      <c r="D4" s="121" t="s">
         <v>70</v>
       </c>
-      <c r="E4" s="123" t="s">
+      <c r="E4" s="122" t="s">
         <v>71</v>
       </c>
-      <c r="F4" s="124" t="s">
+      <c r="F4" s="123" t="s">
         <v>68</v>
       </c>
-      <c r="G4" s="121" t="s">
+      <c r="G4" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="H4" s="125" t="s">
+      <c r="H4" s="124" t="s">
         <v>70</v>
       </c>
-      <c r="I4" s="123" t="s">
+      <c r="I4" s="122" t="s">
         <v>71</v>
       </c>
-      <c r="J4" s="124" t="s">
+      <c r="J4" s="123" t="s">
         <v>68</v>
       </c>
-      <c r="K4" s="121" t="s">
+      <c r="K4" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="L4" s="122" t="s">
+      <c r="L4" s="121" t="s">
         <v>70</v>
       </c>
-      <c r="M4" s="125" t="s">
+      <c r="M4" s="124" t="s">
         <v>71</v>
       </c>
-      <c r="N4" s="124" t="s">
+      <c r="N4" s="123" t="s">
         <v>68</v>
       </c>
-      <c r="O4" s="124" t="s">
+      <c r="O4" s="123" t="s">
         <v>69</v>
       </c>
-      <c r="P4" s="124" t="s">
+      <c r="P4" s="123" t="s">
         <v>70</v>
       </c>
-      <c r="Q4" s="120" t="s">
+      <c r="Q4" s="119" t="s">
         <v>71</v>
       </c>
-      <c r="R4" s="121" t="s">
+      <c r="R4" s="120" t="s">
         <v>68</v>
       </c>
-      <c r="S4" s="124" t="s">
+      <c r="S4" s="123" t="s">
         <v>69</v>
       </c>
-      <c r="T4" s="121" t="s">
+      <c r="T4" s="120" t="s">
         <v>70</v>
       </c>
-      <c r="U4" s="121" t="s">
+      <c r="U4" s="120" t="s">
         <v>71</v>
       </c>
-      <c r="V4" s="124" t="s">
+      <c r="V4" s="123" t="s">
         <v>68</v>
       </c>
-      <c r="W4" s="121" t="s">
+      <c r="W4" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="X4" s="124" t="s">
+      <c r="X4" s="123" t="s">
         <v>70</v>
       </c>
-      <c r="Y4" s="120" t="s">
+      <c r="Y4" s="119" t="s">
         <v>71</v>
       </c>
-      <c r="Z4" s="121" t="s">
+      <c r="Z4" s="120" t="s">
         <v>68</v>
       </c>
-      <c r="AA4" s="124" t="s">
+      <c r="AA4" s="123" t="s">
         <v>69</v>
       </c>
-      <c r="AB4" s="121" t="s">
+      <c r="AB4" s="120" t="s">
         <v>70</v>
       </c>
-      <c r="AC4" s="124" t="s">
+      <c r="AC4" s="123" t="s">
         <v>71</v>
       </c>
-      <c r="AD4" s="121" t="s">
+      <c r="AD4" s="120" t="s">
         <v>68</v>
       </c>
-      <c r="AE4" s="121" t="s">
+      <c r="AE4" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="AF4" s="124" t="s">
+      <c r="AF4" s="123" t="s">
         <v>70</v>
       </c>
-      <c r="AG4" s="123" t="s">
+      <c r="AG4" s="122" t="s">
         <v>71</v>
       </c>
-      <c r="AH4" s="124" t="s">
+      <c r="AH4" s="123" t="s">
         <v>68</v>
       </c>
-      <c r="AI4" s="121" t="s">
+      <c r="AI4" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="AJ4" s="126" t="s">
+      <c r="AJ4" s="125" t="s">
         <v>70</v>
       </c>
-      <c r="AK4" s="123" t="s">
+      <c r="AK4" s="122" t="s">
         <v>71</v>
       </c>
-      <c r="AL4" s="124" t="s">
+      <c r="AL4" s="123" t="s">
         <v>68</v>
       </c>
-      <c r="AM4" s="121" t="s">
+      <c r="AM4" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="AN4" s="124" t="s">
+      <c r="AN4" s="123" t="s">
         <v>70</v>
       </c>
-      <c r="AO4" s="127" t="s">
+      <c r="AO4" s="126" t="s">
         <v>71</v>
       </c>
-      <c r="AP4" s="124" t="s">
+      <c r="AP4" s="123" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="83" t="s">
+      <c r="A5" s="82" t="s">
         <v>72</v>
       </c>
-      <c r="B5" s="95">
+      <c r="B5" s="94">
         <v>108</v>
       </c>
-      <c r="C5" s="111">
+      <c r="C5" s="110">
         <v>118</v>
       </c>
-      <c r="D5" s="98">
+      <c r="D5" s="97">
         <v>133</v>
       </c>
-      <c r="E5" s="105">
+      <c r="E5" s="104">
         <v>114</v>
       </c>
-      <c r="F5" s="49">
+      <c r="F5" s="48">
         <v>166</v>
       </c>
-      <c r="G5" s="105">
+      <c r="G5" s="104">
         <v>139</v>
       </c>
-      <c r="H5" s="49">
+      <c r="H5" s="48">
         <v>117</v>
       </c>
-      <c r="I5" s="105">
+      <c r="I5" s="104">
         <v>139</v>
       </c>
-      <c r="J5" s="49">
+      <c r="J5" s="48">
         <v>183</v>
       </c>
-      <c r="K5" s="105">
+      <c r="K5" s="104">
         <v>132</v>
       </c>
-      <c r="L5" s="98">
+      <c r="L5" s="97">
         <v>98</v>
       </c>
-      <c r="M5" s="49">
+      <c r="M5" s="48">
         <v>157</v>
       </c>
-      <c r="N5" s="49">
+      <c r="N5" s="48">
         <v>219</v>
       </c>
-      <c r="O5" s="49">
+      <c r="O5" s="48">
         <v>119</v>
       </c>
-      <c r="P5" s="49">
+      <c r="P5" s="48">
         <v>158</v>
       </c>
-      <c r="Q5" s="101">
+      <c r="Q5" s="100">
         <v>117</v>
       </c>
-      <c r="R5" s="109">
+      <c r="R5" s="108">
         <v>86</v>
       </c>
-      <c r="S5" s="49">
+      <c r="S5" s="48">
         <v>145</v>
       </c>
-      <c r="T5" s="105">
+      <c r="T5" s="104">
         <v>116</v>
       </c>
-      <c r="U5" s="105">
+      <c r="U5" s="104">
         <v>131</v>
       </c>
-      <c r="V5" s="49">
+      <c r="V5" s="48">
         <v>105</v>
       </c>
-      <c r="W5" s="105">
+      <c r="W5" s="104">
         <v>141</v>
       </c>
-      <c r="X5" s="49">
+      <c r="X5" s="48">
         <v>149</v>
       </c>
-      <c r="Y5" s="101">
+      <c r="Y5" s="100">
         <v>218</v>
       </c>
-      <c r="Z5" s="105">
+      <c r="Z5" s="104">
         <v>251</v>
       </c>
-      <c r="AA5" s="49">
+      <c r="AA5" s="48">
         <v>189</v>
       </c>
-      <c r="AB5" s="105">
+      <c r="AB5" s="104">
         <v>141</v>
       </c>
-      <c r="AC5" s="49">
+      <c r="AC5" s="48">
         <v>148</v>
       </c>
-      <c r="AD5" s="109">
+      <c r="AD5" s="108">
         <v>107</v>
       </c>
-      <c r="AE5" s="105">
+      <c r="AE5" s="104">
         <v>123</v>
       </c>
-      <c r="AF5" s="49">
+      <c r="AF5" s="48">
         <v>126</v>
       </c>
-      <c r="AG5" s="105">
+      <c r="AG5" s="104">
         <v>106</v>
       </c>
-      <c r="AH5" s="49">
+      <c r="AH5" s="48">
         <v>107</v>
       </c>
-      <c r="AI5" s="105">
+      <c r="AI5" s="104">
         <v>116</v>
       </c>
-      <c r="AJ5" s="98">
+      <c r="AJ5" s="97">
         <v>89</v>
       </c>
-      <c r="AK5" s="105">
+      <c r="AK5" s="104">
         <v>107</v>
       </c>
-      <c r="AL5" s="49">
+      <c r="AL5" s="48">
         <v>143</v>
       </c>
-      <c r="AM5" s="105">
+      <c r="AM5" s="104">
         <v>188</v>
       </c>
-      <c r="AN5" s="49">
+      <c r="AN5" s="48">
         <v>183</v>
       </c>
-      <c r="AO5" s="101">
+      <c r="AO5" s="100">
         <v>192</v>
       </c>
-      <c r="AP5" s="101">
+      <c r="AP5" s="100">
         <v>198</v>
       </c>
     </row>
     <row r="6" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="92" t="s">
+      <c r="A6" s="91" t="s">
         <v>73</v>
       </c>
-      <c r="B6" s="96">
+      <c r="B6" s="95">
         <v>113</v>
       </c>
-      <c r="C6" s="112">
+      <c r="C6" s="111">
         <v>158</v>
       </c>
-      <c r="D6" s="99">
+      <c r="D6" s="98">
         <v>119</v>
       </c>
-      <c r="E6" s="106">
+      <c r="E6" s="105">
         <v>121</v>
       </c>
-      <c r="F6" s="94">
+      <c r="F6" s="93">
         <v>160</v>
       </c>
-      <c r="G6" s="106">
+      <c r="G6" s="105">
         <v>148</v>
       </c>
-      <c r="H6" s="94">
+      <c r="H6" s="93">
         <v>142</v>
       </c>
-      <c r="I6" s="106">
+      <c r="I6" s="105">
         <v>180</v>
       </c>
-      <c r="J6" s="94">
+      <c r="J6" s="93">
         <v>202</v>
       </c>
-      <c r="K6" s="106">
+      <c r="K6" s="105">
         <v>152</v>
       </c>
-      <c r="L6" s="99">
+      <c r="L6" s="98">
         <v>104</v>
       </c>
-      <c r="M6" s="94">
+      <c r="M6" s="93">
         <v>155</v>
       </c>
-      <c r="N6" s="94">
+      <c r="N6" s="93">
         <v>247</v>
       </c>
-      <c r="O6" s="94">
+      <c r="O6" s="93">
         <v>229</v>
       </c>
-      <c r="P6" s="94">
+      <c r="P6" s="93">
         <v>131</v>
       </c>
-      <c r="Q6" s="102">
+      <c r="Q6" s="101">
         <v>216</v>
       </c>
-      <c r="R6" s="106">
+      <c r="R6" s="105">
         <v>148</v>
       </c>
-      <c r="S6" s="94">
+      <c r="S6" s="93">
         <v>134</v>
       </c>
-      <c r="T6" s="106">
+      <c r="T6" s="105">
         <v>126</v>
       </c>
-      <c r="U6" s="106">
+      <c r="U6" s="105">
         <v>159</v>
       </c>
-      <c r="V6" s="94">
+      <c r="V6" s="93">
         <v>67</v>
       </c>
-      <c r="W6" s="106">
+      <c r="W6" s="105">
         <v>128</v>
       </c>
-      <c r="X6" s="94">
+      <c r="X6" s="93">
         <v>127</v>
       </c>
-      <c r="Y6" s="102">
+      <c r="Y6" s="101">
         <v>148</v>
       </c>
-      <c r="Z6" s="106">
+      <c r="Z6" s="105">
         <v>136</v>
       </c>
-      <c r="AA6" s="94">
+      <c r="AA6" s="93">
         <v>100</v>
       </c>
-      <c r="AB6" s="106">
+      <c r="AB6" s="105">
         <v>182</v>
       </c>
-      <c r="AC6" s="94">
+      <c r="AC6" s="93">
         <v>159</v>
       </c>
-      <c r="AD6" s="106">
+      <c r="AD6" s="105">
         <v>179</v>
       </c>
-      <c r="AE6" s="106">
+      <c r="AE6" s="105">
         <v>126</v>
       </c>
-      <c r="AF6" s="94">
+      <c r="AF6" s="93">
         <v>86</v>
       </c>
-      <c r="AG6" s="106">
+      <c r="AG6" s="105">
         <v>66</v>
       </c>
-      <c r="AH6" s="94">
+      <c r="AH6" s="93">
         <v>164</v>
       </c>
-      <c r="AI6" s="106">
+      <c r="AI6" s="105">
         <v>109</v>
       </c>
-      <c r="AJ6" s="99">
+      <c r="AJ6" s="98">
         <v>65</v>
       </c>
-      <c r="AK6" s="106">
+      <c r="AK6" s="105">
         <v>90</v>
       </c>
-      <c r="AL6" s="94">
+      <c r="AL6" s="93">
         <v>111</v>
       </c>
-      <c r="AM6" s="106">
+      <c r="AM6" s="105">
         <v>118</v>
       </c>
-      <c r="AN6" s="94">
+      <c r="AN6" s="93">
         <v>152</v>
       </c>
-      <c r="AO6" s="102">
+      <c r="AO6" s="101">
         <v>143</v>
       </c>
-      <c r="AP6" s="102">
+      <c r="AP6" s="101">
         <v>167</v>
       </c>
     </row>
     <row r="7" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="83" t="s">
+      <c r="A7" s="82" t="s">
         <v>74</v>
       </c>
-      <c r="B7" s="95">
+      <c r="B7" s="94">
         <v>249</v>
       </c>
-      <c r="C7" s="111">
+      <c r="C7" s="110">
         <v>255</v>
       </c>
-      <c r="D7" s="98">
+      <c r="D7" s="97">
         <v>189</v>
       </c>
-      <c r="E7" s="105">
+      <c r="E7" s="104">
         <v>239</v>
       </c>
-      <c r="F7" s="49">
+      <c r="F7" s="48">
         <v>258</v>
       </c>
-      <c r="G7" s="105">
+      <c r="G7" s="104">
         <v>253</v>
       </c>
-      <c r="H7" s="49">
+      <c r="H7" s="48">
         <v>236</v>
       </c>
-      <c r="I7" s="105">
+      <c r="I7" s="104">
         <v>258</v>
       </c>
-      <c r="J7" s="49">
+      <c r="J7" s="48">
         <v>334</v>
       </c>
-      <c r="K7" s="105">
+      <c r="K7" s="104">
         <v>270</v>
       </c>
-      <c r="L7" s="98">
+      <c r="L7" s="97">
         <v>216</v>
       </c>
-      <c r="M7" s="49">
+      <c r="M7" s="48">
         <v>198</v>
       </c>
-      <c r="N7" s="49">
+      <c r="N7" s="48">
         <v>321</v>
       </c>
-      <c r="O7" s="49">
+      <c r="O7" s="48">
         <v>299</v>
       </c>
-      <c r="P7" s="49">
+      <c r="P7" s="48">
         <v>259</v>
       </c>
-      <c r="Q7" s="101">
+      <c r="Q7" s="100">
         <v>245</v>
       </c>
-      <c r="R7" s="105">
+      <c r="R7" s="104">
         <v>343</v>
       </c>
-      <c r="S7" s="49">
+      <c r="S7" s="48">
         <v>260</v>
       </c>
-      <c r="T7" s="105">
+      <c r="T7" s="104">
         <v>265</v>
       </c>
-      <c r="U7" s="105">
+      <c r="U7" s="104">
         <v>206</v>
       </c>
-      <c r="V7" s="49">
+      <c r="V7" s="48">
         <v>178</v>
       </c>
-      <c r="W7" s="105">
+      <c r="W7" s="104">
         <v>211</v>
       </c>
-      <c r="X7" s="49">
+      <c r="X7" s="48">
         <v>156</v>
       </c>
-      <c r="Y7" s="101">
+      <c r="Y7" s="100">
         <v>312</v>
       </c>
-      <c r="Z7" s="105">
+      <c r="Z7" s="104">
         <v>350</v>
       </c>
-      <c r="AA7" s="49">
+      <c r="AA7" s="48">
         <v>401</v>
       </c>
-      <c r="AB7" s="105">
+      <c r="AB7" s="104">
         <v>196</v>
       </c>
-      <c r="AC7" s="49">
+      <c r="AC7" s="48">
         <v>186</v>
       </c>
-      <c r="AD7" s="105">
+      <c r="AD7" s="104">
         <v>268</v>
       </c>
-      <c r="AE7" s="105">
+      <c r="AE7" s="104">
         <v>281</v>
       </c>
-      <c r="AF7" s="49">
+      <c r="AF7" s="48">
         <v>155</v>
       </c>
-      <c r="AG7" s="105">
+      <c r="AG7" s="104">
         <v>178</v>
       </c>
-      <c r="AH7" s="49">
+      <c r="AH7" s="48">
         <v>188</v>
       </c>
-      <c r="AI7" s="105">
+      <c r="AI7" s="104">
         <v>210</v>
       </c>
-      <c r="AJ7" s="98">
+      <c r="AJ7" s="97">
         <v>229</v>
       </c>
-      <c r="AK7" s="105">
+      <c r="AK7" s="104">
         <v>169</v>
       </c>
-      <c r="AL7" s="49">
+      <c r="AL7" s="48">
         <v>304</v>
       </c>
-      <c r="AM7" s="105">
+      <c r="AM7" s="104">
         <v>248</v>
       </c>
-      <c r="AN7" s="49">
+      <c r="AN7" s="48">
         <v>211</v>
       </c>
-      <c r="AO7" s="101">
+      <c r="AO7" s="100">
         <v>280</v>
       </c>
-      <c r="AP7" s="101">
+      <c r="AP7" s="100">
         <v>562</v>
       </c>
     </row>
     <row r="8" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="92" t="s">
+      <c r="A8" s="91" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="96">
+      <c r="B8" s="95">
         <v>43</v>
       </c>
-      <c r="C8" s="112">
+      <c r="C8" s="111">
         <v>70</v>
       </c>
-      <c r="D8" s="99">
+      <c r="D8" s="98">
         <v>85</v>
       </c>
-      <c r="E8" s="106">
+      <c r="E8" s="105">
         <v>77</v>
       </c>
-      <c r="F8" s="94">
+      <c r="F8" s="93">
         <v>106</v>
       </c>
-      <c r="G8" s="106">
+      <c r="G8" s="105">
         <v>60</v>
       </c>
-      <c r="H8" s="94">
+      <c r="H8" s="93">
         <v>120</v>
       </c>
-      <c r="I8" s="106">
+      <c r="I8" s="105">
         <v>91</v>
       </c>
-      <c r="J8" s="94">
+      <c r="J8" s="93">
         <v>174</v>
       </c>
-      <c r="K8" s="106">
+      <c r="K8" s="105">
         <v>48</v>
       </c>
-      <c r="L8" s="99">
+      <c r="L8" s="98">
         <v>80</v>
       </c>
-      <c r="M8" s="94">
+      <c r="M8" s="93">
         <v>120</v>
       </c>
-      <c r="N8" s="94">
+      <c r="N8" s="93">
         <v>177</v>
       </c>
-      <c r="O8" s="94">
+      <c r="O8" s="93">
         <v>153</v>
       </c>
-      <c r="P8" s="94">
+      <c r="P8" s="93">
         <v>160</v>
       </c>
-      <c r="Q8" s="102">
+      <c r="Q8" s="101">
         <v>93</v>
       </c>
-      <c r="R8" s="106">
+      <c r="R8" s="105">
         <v>176</v>
       </c>
-      <c r="S8" s="94">
+      <c r="S8" s="93">
         <v>179</v>
       </c>
-      <c r="T8" s="106">
+      <c r="T8" s="105">
         <v>123</v>
       </c>
-      <c r="U8" s="106">
+      <c r="U8" s="105">
         <v>73</v>
       </c>
-      <c r="V8" s="94">
+      <c r="V8" s="93">
         <v>79</v>
       </c>
-      <c r="W8" s="106">
+      <c r="W8" s="105">
         <v>105</v>
       </c>
-      <c r="X8" s="94">
+      <c r="X8" s="93">
         <v>210</v>
       </c>
-      <c r="Y8" s="102">
+      <c r="Y8" s="101">
         <v>112</v>
       </c>
-      <c r="Z8" s="106">
+      <c r="Z8" s="105">
         <v>97</v>
       </c>
-      <c r="AA8" s="94">
+      <c r="AA8" s="93">
         <v>57</v>
       </c>
-      <c r="AB8" s="106">
+      <c r="AB8" s="105">
         <v>62</v>
       </c>
-      <c r="AC8" s="94">
+      <c r="AC8" s="93">
         <v>98</v>
       </c>
-      <c r="AD8" s="106">
+      <c r="AD8" s="105">
         <v>109</v>
       </c>
-      <c r="AE8" s="106">
+      <c r="AE8" s="105">
         <v>32</v>
       </c>
-      <c r="AF8" s="94">
+      <c r="AF8" s="93">
         <v>70</v>
       </c>
-      <c r="AG8" s="106">
+      <c r="AG8" s="105">
         <v>56</v>
       </c>
-      <c r="AH8" s="94">
+      <c r="AH8" s="93">
         <v>62</v>
       </c>
-      <c r="AI8" s="106">
+      <c r="AI8" s="105">
         <v>27</v>
       </c>
-      <c r="AJ8" s="99">
+      <c r="AJ8" s="98">
         <v>413</v>
       </c>
-      <c r="AK8" s="106">
+      <c r="AK8" s="105">
         <v>295</v>
       </c>
-      <c r="AL8" s="94">
+      <c r="AL8" s="93">
         <v>49</v>
       </c>
-      <c r="AM8" s="106">
+      <c r="AM8" s="105">
         <v>85</v>
       </c>
-      <c r="AN8" s="94">
+      <c r="AN8" s="93">
         <v>98</v>
       </c>
-      <c r="AO8" s="102">
+      <c r="AO8" s="101">
         <v>71</v>
       </c>
-      <c r="AP8" s="102">
+      <c r="AP8" s="101">
         <v>105</v>
       </c>
     </row>
     <row r="9" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="83" t="s">
+      <c r="A9" s="82" t="s">
         <v>75</v>
       </c>
-      <c r="B9" s="95">
+      <c r="B9" s="94">
         <v>134</v>
       </c>
-      <c r="C9" s="111">
+      <c r="C9" s="110">
         <v>143</v>
       </c>
-      <c r="D9" s="98">
+      <c r="D9" s="97">
         <v>101</v>
       </c>
-      <c r="E9" s="105">
+      <c r="E9" s="104">
         <v>134</v>
       </c>
-      <c r="F9" s="49">
+      <c r="F9" s="48">
         <v>164</v>
       </c>
-      <c r="G9" s="105">
+      <c r="G9" s="104">
         <v>181</v>
       </c>
-      <c r="H9" s="49">
+      <c r="H9" s="48">
         <v>138</v>
       </c>
-      <c r="I9" s="105">
+      <c r="I9" s="104">
         <v>117</v>
       </c>
-      <c r="J9" s="49">
+      <c r="J9" s="48">
         <v>150</v>
       </c>
-      <c r="K9" s="105">
+      <c r="K9" s="104">
         <v>104</v>
       </c>
-      <c r="L9" s="98">
+      <c r="L9" s="97">
         <v>84</v>
       </c>
-      <c r="M9" s="49">
+      <c r="M9" s="48">
         <v>145</v>
       </c>
-      <c r="N9" s="49">
+      <c r="N9" s="48">
         <v>154</v>
       </c>
-      <c r="O9" s="49">
+      <c r="O9" s="48">
         <v>146</v>
       </c>
-      <c r="P9" s="49">
+      <c r="P9" s="48">
         <v>152</v>
       </c>
-      <c r="Q9" s="101">
+      <c r="Q9" s="100">
         <v>116</v>
       </c>
-      <c r="R9" s="105">
+      <c r="R9" s="104">
         <v>82</v>
       </c>
-      <c r="S9" s="49">
+      <c r="S9" s="48">
         <v>114</v>
       </c>
-      <c r="T9" s="105">
+      <c r="T9" s="104">
         <v>126</v>
       </c>
-      <c r="U9" s="105">
+      <c r="U9" s="104">
         <v>107</v>
       </c>
-      <c r="V9" s="49">
+      <c r="V9" s="48">
         <v>45</v>
       </c>
-      <c r="W9" s="105">
+      <c r="W9" s="104">
         <v>73</v>
       </c>
-      <c r="X9" s="49">
+      <c r="X9" s="48">
         <v>83</v>
       </c>
-      <c r="Y9" s="101">
+      <c r="Y9" s="100">
         <v>145</v>
       </c>
-      <c r="Z9" s="105">
+      <c r="Z9" s="104">
         <v>153</v>
       </c>
-      <c r="AA9" s="49">
+      <c r="AA9" s="48">
         <v>81</v>
       </c>
-      <c r="AB9" s="105">
+      <c r="AB9" s="104">
         <v>92</v>
       </c>
-      <c r="AC9" s="49">
+      <c r="AC9" s="48">
         <v>127</v>
       </c>
-      <c r="AD9" s="105">
+      <c r="AD9" s="104">
         <v>130</v>
       </c>
-      <c r="AE9" s="105">
+      <c r="AE9" s="104">
         <v>158</v>
       </c>
-      <c r="AF9" s="49">
+      <c r="AF9" s="48">
         <v>68</v>
       </c>
-      <c r="AG9" s="105">
+      <c r="AG9" s="104">
         <v>44</v>
       </c>
-      <c r="AH9" s="49">
+      <c r="AH9" s="48">
         <v>102</v>
       </c>
-      <c r="AI9" s="105">
+      <c r="AI9" s="104">
         <v>110</v>
       </c>
-      <c r="AJ9" s="98">
+      <c r="AJ9" s="97">
         <v>38</v>
       </c>
-      <c r="AK9" s="105">
+      <c r="AK9" s="104">
         <v>74</v>
       </c>
-      <c r="AL9" s="49">
+      <c r="AL9" s="48">
         <v>90</v>
       </c>
-      <c r="AM9" s="105">
+      <c r="AM9" s="104">
         <v>132</v>
       </c>
-      <c r="AN9" s="49">
+      <c r="AN9" s="48">
         <v>93</v>
       </c>
-      <c r="AO9" s="101">
+      <c r="AO9" s="100">
         <v>150</v>
       </c>
-      <c r="AP9" s="101">
+      <c r="AP9" s="100">
         <v>122</v>
       </c>
     </row>
     <row r="10" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="92" t="s">
+      <c r="A10" s="91" t="s">
         <v>76</v>
       </c>
-      <c r="B10" s="96">
+      <c r="B10" s="95">
         <v>35</v>
       </c>
-      <c r="C10" s="112">
+      <c r="C10" s="111">
         <v>80</v>
       </c>
-      <c r="D10" s="99">
+      <c r="D10" s="98">
         <v>27</v>
       </c>
-      <c r="E10" s="106">
+      <c r="E10" s="105">
         <v>73</v>
       </c>
-      <c r="F10" s="94">
+      <c r="F10" s="93">
         <v>58</v>
       </c>
-      <c r="G10" s="106">
+      <c r="G10" s="105">
         <v>80</v>
       </c>
-      <c r="H10" s="94">
+      <c r="H10" s="93">
         <v>111</v>
       </c>
-      <c r="I10" s="106">
+      <c r="I10" s="105">
         <v>67</v>
       </c>
-      <c r="J10" s="94">
+      <c r="J10" s="93">
         <v>116</v>
       </c>
-      <c r="K10" s="106">
+      <c r="K10" s="105">
         <v>108</v>
       </c>
-      <c r="L10" s="99">
+      <c r="L10" s="98">
         <v>98</v>
       </c>
-      <c r="M10" s="94">
+      <c r="M10" s="93">
         <v>176</v>
       </c>
-      <c r="N10" s="94">
+      <c r="N10" s="93">
         <v>91</v>
       </c>
-      <c r="O10" s="94">
+      <c r="O10" s="93">
         <v>100</v>
       </c>
-      <c r="P10" s="94">
+      <c r="P10" s="93">
         <v>70</v>
       </c>
-      <c r="Q10" s="102">
+      <c r="Q10" s="101">
         <v>115</v>
       </c>
-      <c r="R10" s="106">
+      <c r="R10" s="105">
         <v>113</v>
       </c>
-      <c r="S10" s="94">
+      <c r="S10" s="93">
         <v>62</v>
       </c>
-      <c r="T10" s="106">
+      <c r="T10" s="105">
         <v>44</v>
       </c>
-      <c r="U10" s="106">
+      <c r="U10" s="105">
         <v>69</v>
       </c>
-      <c r="V10" s="94">
+      <c r="V10" s="93">
         <v>63</v>
       </c>
-      <c r="W10" s="106">
+      <c r="W10" s="105">
         <v>56</v>
       </c>
-      <c r="X10" s="94">
+      <c r="X10" s="93">
         <v>88</v>
       </c>
-      <c r="Y10" s="102">
+      <c r="Y10" s="101">
         <v>86</v>
       </c>
-      <c r="Z10" s="106">
+      <c r="Z10" s="105">
         <v>91</v>
       </c>
-      <c r="AA10" s="94">
+      <c r="AA10" s="93">
         <v>102</v>
       </c>
-      <c r="AB10" s="106">
+      <c r="AB10" s="105">
         <v>63</v>
       </c>
-      <c r="AC10" s="94">
+      <c r="AC10" s="93">
         <v>129</v>
       </c>
-      <c r="AD10" s="106">
+      <c r="AD10" s="105">
         <v>57</v>
       </c>
-      <c r="AE10" s="106">
+      <c r="AE10" s="105">
         <v>62</v>
       </c>
-      <c r="AF10" s="94">
+      <c r="AF10" s="93">
         <v>30</v>
       </c>
-      <c r="AG10" s="106">
+      <c r="AG10" s="105">
         <v>31</v>
       </c>
-      <c r="AH10" s="94">
+      <c r="AH10" s="93">
         <v>102</v>
       </c>
-      <c r="AI10" s="106">
+      <c r="AI10" s="105">
         <v>46</v>
       </c>
-      <c r="AJ10" s="99">
+      <c r="AJ10" s="98">
         <v>61</v>
       </c>
-      <c r="AK10" s="106">
+      <c r="AK10" s="105">
         <v>50</v>
       </c>
-      <c r="AL10" s="94">
+      <c r="AL10" s="93">
         <v>57</v>
       </c>
-      <c r="AM10" s="106">
+      <c r="AM10" s="105">
         <v>38</v>
       </c>
-      <c r="AN10" s="94">
+      <c r="AN10" s="93">
         <v>51</v>
       </c>
-      <c r="AO10" s="102">
+      <c r="AO10" s="101">
         <v>34</v>
       </c>
-      <c r="AP10" s="102">
+      <c r="AP10" s="101">
         <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="83" t="s">
+      <c r="A11" s="82" t="s">
         <v>77</v>
       </c>
-      <c r="B11" s="95">
+      <c r="B11" s="94">
         <v>110</v>
       </c>
-      <c r="C11" s="111">
+      <c r="C11" s="110">
         <v>86</v>
       </c>
-      <c r="D11" s="98">
+      <c r="D11" s="97">
         <v>62</v>
       </c>
-      <c r="E11" s="105">
+      <c r="E11" s="104">
         <v>91</v>
       </c>
-      <c r="F11" s="49">
+      <c r="F11" s="48">
         <v>97</v>
       </c>
-      <c r="G11" s="105">
+      <c r="G11" s="104">
         <v>107</v>
       </c>
-      <c r="H11" s="49">
+      <c r="H11" s="48">
         <v>107</v>
       </c>
-      <c r="I11" s="105">
+      <c r="I11" s="104">
         <v>88</v>
       </c>
-      <c r="J11" s="49">
+      <c r="J11" s="48">
         <v>133</v>
       </c>
-      <c r="K11" s="105">
+      <c r="K11" s="104">
         <v>83</v>
       </c>
-      <c r="L11" s="98">
+      <c r="L11" s="97">
         <v>75</v>
       </c>
-      <c r="M11" s="49">
+      <c r="M11" s="48">
         <v>108</v>
       </c>
-      <c r="N11" s="49">
+      <c r="N11" s="48">
         <v>143</v>
       </c>
-      <c r="O11" s="49">
+      <c r="O11" s="48">
         <v>112</v>
       </c>
-      <c r="P11" s="49">
+      <c r="P11" s="48">
         <v>97</v>
       </c>
-      <c r="Q11" s="101">
+      <c r="Q11" s="100">
         <v>88</v>
       </c>
-      <c r="R11" s="105">
+      <c r="R11" s="104">
         <v>149</v>
       </c>
-      <c r="S11" s="49">
+      <c r="S11" s="48">
         <v>137</v>
       </c>
-      <c r="T11" s="105">
+      <c r="T11" s="104">
         <v>89</v>
       </c>
-      <c r="U11" s="105">
+      <c r="U11" s="104">
         <v>88</v>
       </c>
-      <c r="V11" s="49">
+      <c r="V11" s="48">
         <v>113</v>
       </c>
-      <c r="W11" s="105">
+      <c r="W11" s="104">
         <v>96</v>
       </c>
-      <c r="X11" s="49">
+      <c r="X11" s="48">
         <v>18</v>
       </c>
-      <c r="Y11" s="101">
+      <c r="Y11" s="100">
         <v>112</v>
       </c>
-      <c r="Z11" s="105">
+      <c r="Z11" s="104">
         <v>161</v>
       </c>
-      <c r="AA11" s="49">
+      <c r="AA11" s="48">
         <v>124</v>
       </c>
-      <c r="AB11" s="105">
+      <c r="AB11" s="104">
         <v>98</v>
       </c>
-      <c r="AC11" s="49">
+      <c r="AC11" s="48">
         <v>110</v>
       </c>
-      <c r="AD11" s="105">
+      <c r="AD11" s="104">
         <v>110</v>
       </c>
-      <c r="AE11" s="105">
+      <c r="AE11" s="104">
         <v>113</v>
       </c>
-      <c r="AF11" s="49">
+      <c r="AF11" s="48">
         <v>109</v>
       </c>
-      <c r="AG11" s="105">
+      <c r="AG11" s="104">
         <v>72</v>
       </c>
-      <c r="AH11" s="49">
+      <c r="AH11" s="48">
         <v>58</v>
       </c>
-      <c r="AI11" s="105">
+      <c r="AI11" s="104">
         <v>70</v>
       </c>
-      <c r="AJ11" s="98">
+      <c r="AJ11" s="97">
         <v>77</v>
       </c>
-      <c r="AK11" s="105">
+      <c r="AK11" s="104">
         <v>117</v>
       </c>
-      <c r="AL11" s="49">
+      <c r="AL11" s="48">
         <v>120</v>
       </c>
-      <c r="AM11" s="105">
+      <c r="AM11" s="104">
         <v>108</v>
       </c>
-      <c r="AN11" s="49">
+      <c r="AN11" s="48">
         <v>67</v>
       </c>
-      <c r="AO11" s="101">
+      <c r="AO11" s="100">
         <v>63</v>
       </c>
-      <c r="AP11" s="101">
+      <c r="AP11" s="100">
         <v>148</v>
       </c>
     </row>
     <row r="12" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="92" t="s">
+      <c r="A12" s="91" t="s">
         <v>78</v>
       </c>
-      <c r="B12" s="96">
+      <c r="B12" s="95">
         <v>159</v>
       </c>
-      <c r="C12" s="112">
+      <c r="C12" s="111">
         <v>182</v>
       </c>
-      <c r="D12" s="99">
+      <c r="D12" s="98">
         <v>161</v>
       </c>
-      <c r="E12" s="106">
+      <c r="E12" s="105">
         <v>132</v>
       </c>
-      <c r="F12" s="94">
+      <c r="F12" s="93">
         <v>269</v>
       </c>
-      <c r="G12" s="106">
+      <c r="G12" s="105">
         <v>201</v>
       </c>
-      <c r="H12" s="94">
+      <c r="H12" s="93">
         <v>201</v>
       </c>
-      <c r="I12" s="106">
+      <c r="I12" s="105">
         <v>241</v>
       </c>
-      <c r="J12" s="94">
+      <c r="J12" s="93">
         <v>278</v>
       </c>
-      <c r="K12" s="106">
+      <c r="K12" s="105">
         <v>153</v>
       </c>
-      <c r="L12" s="99">
+      <c r="L12" s="98">
         <v>139</v>
       </c>
-      <c r="M12" s="94">
+      <c r="M12" s="93">
         <v>183</v>
       </c>
-      <c r="N12" s="94">
+      <c r="N12" s="93">
         <v>233</v>
       </c>
-      <c r="O12" s="94">
+      <c r="O12" s="93">
         <v>278</v>
       </c>
-      <c r="P12" s="94">
+      <c r="P12" s="93">
         <v>196</v>
       </c>
-      <c r="Q12" s="102">
+      <c r="Q12" s="101">
         <v>139</v>
       </c>
-      <c r="R12" s="106">
+      <c r="R12" s="105">
         <v>224</v>
       </c>
-      <c r="S12" s="94">
+      <c r="S12" s="93">
         <v>178</v>
       </c>
-      <c r="T12" s="106">
+      <c r="T12" s="105">
         <v>164</v>
       </c>
-      <c r="U12" s="106">
+      <c r="U12" s="105">
         <v>126</v>
       </c>
-      <c r="V12" s="94">
+      <c r="V12" s="93">
         <v>124</v>
       </c>
-      <c r="W12" s="106">
+      <c r="W12" s="105">
         <v>137</v>
       </c>
-      <c r="X12" s="94">
+      <c r="X12" s="93">
         <v>147</v>
       </c>
-      <c r="Y12" s="102">
+      <c r="Y12" s="101">
         <v>211</v>
       </c>
-      <c r="Z12" s="106">
+      <c r="Z12" s="105">
         <v>221</v>
       </c>
-      <c r="AA12" s="94">
+      <c r="AA12" s="93">
         <v>172</v>
       </c>
-      <c r="AB12" s="106">
+      <c r="AB12" s="105">
         <v>144</v>
       </c>
-      <c r="AC12" s="94">
+      <c r="AC12" s="93">
         <v>173</v>
       </c>
-      <c r="AD12" s="106">
+      <c r="AD12" s="105">
         <v>140</v>
       </c>
-      <c r="AE12" s="106">
+      <c r="AE12" s="105">
         <v>141</v>
       </c>
-      <c r="AF12" s="94">
+      <c r="AF12" s="93">
         <v>90</v>
       </c>
-      <c r="AG12" s="106">
+      <c r="AG12" s="105">
         <v>122</v>
       </c>
-      <c r="AH12" s="94">
+      <c r="AH12" s="93">
         <v>123</v>
       </c>
-      <c r="AI12" s="106">
+      <c r="AI12" s="105">
         <v>129</v>
       </c>
-      <c r="AJ12" s="99">
+      <c r="AJ12" s="98">
         <v>111</v>
       </c>
-      <c r="AK12" s="106">
+      <c r="AK12" s="105">
         <v>153</v>
       </c>
-      <c r="AL12" s="94">
+      <c r="AL12" s="93">
         <v>247</v>
       </c>
-      <c r="AM12" s="106">
+      <c r="AM12" s="105">
         <v>116</v>
       </c>
-      <c r="AN12" s="94">
+      <c r="AN12" s="93">
         <v>161</v>
       </c>
-      <c r="AO12" s="102">
+      <c r="AO12" s="101">
         <v>252</v>
       </c>
-      <c r="AP12" s="102">
+      <c r="AP12" s="101">
         <v>283</v>
       </c>
     </row>
     <row r="13" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="83" t="s">
+      <c r="A13" s="82" t="s">
         <v>79</v>
       </c>
-      <c r="B13" s="95">
+      <c r="B13" s="94">
         <v>88</v>
       </c>
-      <c r="C13" s="111">
+      <c r="C13" s="110">
         <v>89</v>
       </c>
-      <c r="D13" s="98">
+      <c r="D13" s="97">
         <v>114</v>
       </c>
-      <c r="E13" s="105">
+      <c r="E13" s="104">
         <v>81</v>
       </c>
-      <c r="F13" s="49">
+      <c r="F13" s="48">
         <v>129</v>
       </c>
-      <c r="G13" s="105">
+      <c r="G13" s="104">
         <v>109</v>
       </c>
-      <c r="H13" s="49">
+      <c r="H13" s="48">
         <v>95</v>
       </c>
-      <c r="I13" s="105">
+      <c r="I13" s="104">
         <v>97</v>
       </c>
-      <c r="J13" s="49">
+      <c r="J13" s="48">
         <v>126</v>
       </c>
-      <c r="K13" s="105">
+      <c r="K13" s="104">
         <v>104</v>
       </c>
-      <c r="L13" s="98">
+      <c r="L13" s="97">
         <v>103</v>
       </c>
-      <c r="M13" s="49">
+      <c r="M13" s="48">
         <v>163</v>
       </c>
-      <c r="N13" s="49">
+      <c r="N13" s="48">
         <v>156</v>
       </c>
-      <c r="O13" s="49">
+      <c r="O13" s="48">
         <v>154</v>
       </c>
-      <c r="P13" s="49">
+      <c r="P13" s="48">
         <v>118</v>
       </c>
-      <c r="Q13" s="101">
+      <c r="Q13" s="100">
         <v>123</v>
       </c>
-      <c r="R13" s="105">
+      <c r="R13" s="104">
         <v>81</v>
       </c>
-      <c r="S13" s="49">
+      <c r="S13" s="48">
         <v>133</v>
       </c>
-      <c r="T13" s="105">
+      <c r="T13" s="104">
         <v>136</v>
       </c>
-      <c r="U13" s="105">
+      <c r="U13" s="104">
         <v>80</v>
       </c>
-      <c r="V13" s="49">
+      <c r="V13" s="48">
         <v>49</v>
       </c>
-      <c r="W13" s="105">
+      <c r="W13" s="104">
         <v>158</v>
       </c>
-      <c r="X13" s="49">
+      <c r="X13" s="48">
         <v>92</v>
       </c>
-      <c r="Y13" s="101">
+      <c r="Y13" s="100">
         <v>97</v>
       </c>
-      <c r="Z13" s="105">
+      <c r="Z13" s="104">
         <v>119</v>
       </c>
-      <c r="AA13" s="49">
+      <c r="AA13" s="48">
         <v>139</v>
       </c>
-      <c r="AB13" s="105">
+      <c r="AB13" s="104">
         <v>102</v>
       </c>
-      <c r="AC13" s="49">
+      <c r="AC13" s="48">
         <v>144</v>
       </c>
-      <c r="AD13" s="105">
+      <c r="AD13" s="104">
         <v>129</v>
       </c>
-      <c r="AE13" s="105">
+      <c r="AE13" s="104">
         <v>73</v>
       </c>
-      <c r="AF13" s="49">
+      <c r="AF13" s="48">
         <v>73</v>
       </c>
-      <c r="AG13" s="105">
+      <c r="AG13" s="104">
         <v>110</v>
       </c>
-      <c r="AH13" s="49">
+      <c r="AH13" s="48">
         <v>97</v>
       </c>
-      <c r="AI13" s="105">
+      <c r="AI13" s="104">
         <v>104</v>
       </c>
-      <c r="AJ13" s="98">
+      <c r="AJ13" s="97">
         <v>103</v>
       </c>
-      <c r="AK13" s="105">
+      <c r="AK13" s="104">
         <v>103</v>
       </c>
-      <c r="AL13" s="49">
+      <c r="AL13" s="48">
         <v>107</v>
       </c>
-      <c r="AM13" s="105">
+      <c r="AM13" s="104">
         <v>83</v>
       </c>
-      <c r="AN13" s="49">
+      <c r="AN13" s="48">
         <v>61</v>
       </c>
-      <c r="AO13" s="101">
+      <c r="AO13" s="100">
         <v>53</v>
       </c>
-      <c r="AP13" s="101">
+      <c r="AP13" s="100">
         <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="92" t="s">
+      <c r="A14" s="91" t="s">
         <v>28</v>
       </c>
-      <c r="B14" s="96">
+      <c r="B14" s="95">
         <v>211</v>
       </c>
-      <c r="C14" s="112">
+      <c r="C14" s="111">
         <v>245</v>
       </c>
-      <c r="D14" s="99">
+      <c r="D14" s="98">
         <v>158</v>
       </c>
-      <c r="E14" s="106">
+      <c r="E14" s="105">
         <v>192</v>
       </c>
-      <c r="F14" s="94">
+      <c r="F14" s="93">
         <v>218</v>
       </c>
-      <c r="G14" s="106">
+      <c r="G14" s="105">
         <v>151</v>
       </c>
-      <c r="H14" s="94">
+      <c r="H14" s="93">
         <v>131</v>
       </c>
-      <c r="I14" s="106">
+      <c r="I14" s="105">
         <v>245</v>
       </c>
-      <c r="J14" s="94">
+      <c r="J14" s="93">
         <v>200</v>
       </c>
-      <c r="K14" s="106">
+      <c r="K14" s="105">
         <v>160</v>
       </c>
-      <c r="L14" s="99">
+      <c r="L14" s="98">
         <v>184</v>
       </c>
-      <c r="M14" s="94">
+      <c r="M14" s="93">
         <v>179</v>
       </c>
-      <c r="N14" s="94">
+      <c r="N14" s="93">
         <v>290</v>
       </c>
-      <c r="O14" s="94">
+      <c r="O14" s="93">
         <v>203</v>
       </c>
-      <c r="P14" s="94">
+      <c r="P14" s="93">
         <v>165</v>
       </c>
-      <c r="Q14" s="102">
+      <c r="Q14" s="101">
         <v>141</v>
       </c>
-      <c r="R14" s="106">
+      <c r="R14" s="105">
         <v>173</v>
       </c>
-      <c r="S14" s="94">
+      <c r="S14" s="93">
         <v>210</v>
       </c>
-      <c r="T14" s="106">
+      <c r="T14" s="105">
         <v>149</v>
       </c>
-      <c r="U14" s="106">
+      <c r="U14" s="105">
         <v>130</v>
       </c>
-      <c r="V14" s="94">
+      <c r="V14" s="93">
         <v>98</v>
       </c>
-      <c r="W14" s="106">
+      <c r="W14" s="105">
         <v>162</v>
       </c>
-      <c r="X14" s="94">
+      <c r="X14" s="93">
         <v>144</v>
       </c>
-      <c r="Y14" s="102">
+      <c r="Y14" s="101">
         <v>176</v>
       </c>
-      <c r="Z14" s="106">
+      <c r="Z14" s="105">
         <v>195</v>
       </c>
-      <c r="AA14" s="94">
+      <c r="AA14" s="93">
         <v>211</v>
       </c>
-      <c r="AB14" s="106">
+      <c r="AB14" s="105">
         <v>90</v>
       </c>
-      <c r="AC14" s="94">
+      <c r="AC14" s="93">
         <v>228</v>
       </c>
-      <c r="AD14" s="106">
+      <c r="AD14" s="105">
         <v>147</v>
       </c>
-      <c r="AE14" s="106">
+      <c r="AE14" s="105">
         <v>133</v>
       </c>
-      <c r="AF14" s="94">
+      <c r="AF14" s="93">
         <v>92</v>
       </c>
-      <c r="AG14" s="106">
+      <c r="AG14" s="105">
         <v>95</v>
       </c>
-      <c r="AH14" s="94">
+      <c r="AH14" s="93">
         <v>193</v>
       </c>
-      <c r="AI14" s="106">
+      <c r="AI14" s="105">
         <v>126</v>
       </c>
-      <c r="AJ14" s="99">
+      <c r="AJ14" s="98">
         <v>81</v>
       </c>
-      <c r="AK14" s="106">
+      <c r="AK14" s="105">
         <v>89</v>
       </c>
-      <c r="AL14" s="94">
+      <c r="AL14" s="93">
         <v>147</v>
       </c>
-      <c r="AM14" s="106">
+      <c r="AM14" s="105">
         <v>128</v>
       </c>
-      <c r="AN14" s="94">
+      <c r="AN14" s="93">
         <v>148</v>
       </c>
-      <c r="AO14" s="102">
+      <c r="AO14" s="101">
         <v>155</v>
       </c>
-      <c r="AP14" s="102">
+      <c r="AP14" s="101">
         <v>165</v>
       </c>
     </row>
     <row r="15" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="83" t="s">
+      <c r="A15" s="82" t="s">
         <v>80</v>
       </c>
-      <c r="B15" s="95">
+      <c r="B15" s="94">
         <v>176</v>
       </c>
-      <c r="C15" s="111">
+      <c r="C15" s="110">
         <v>179</v>
       </c>
-      <c r="D15" s="98">
+      <c r="D15" s="97">
         <v>131</v>
       </c>
-      <c r="E15" s="105">
+      <c r="E15" s="104">
         <v>153</v>
       </c>
-      <c r="F15" s="49">
+      <c r="F15" s="48">
         <v>190</v>
       </c>
-      <c r="G15" s="105">
+      <c r="G15" s="104">
         <v>238</v>
       </c>
-      <c r="H15" s="49">
+      <c r="H15" s="48">
         <v>144</v>
       </c>
-      <c r="I15" s="105">
+      <c r="I15" s="104">
         <v>180</v>
       </c>
-      <c r="J15" s="49">
+      <c r="J15" s="48">
         <v>239</v>
       </c>
-      <c r="K15" s="105">
+      <c r="K15" s="104">
         <v>211</v>
       </c>
-      <c r="L15" s="98">
+      <c r="L15" s="97">
         <v>134</v>
       </c>
-      <c r="M15" s="49">
+      <c r="M15" s="48">
         <v>172</v>
       </c>
-      <c r="N15" s="49">
+      <c r="N15" s="48">
         <v>247</v>
       </c>
-      <c r="O15" s="49">
+      <c r="O15" s="48">
         <v>175</v>
       </c>
-      <c r="P15" s="49">
+      <c r="P15" s="48">
         <v>147</v>
       </c>
-      <c r="Q15" s="101">
+      <c r="Q15" s="100">
         <v>152</v>
       </c>
-      <c r="R15" s="105">
+      <c r="R15" s="104">
         <v>156</v>
       </c>
-      <c r="S15" s="49">
+      <c r="S15" s="48">
         <v>163</v>
       </c>
-      <c r="T15" s="105">
+      <c r="T15" s="104">
         <v>132</v>
       </c>
-      <c r="U15" s="105">
+      <c r="U15" s="104">
         <v>187</v>
       </c>
-      <c r="V15" s="49">
+      <c r="V15" s="48">
         <v>136</v>
       </c>
-      <c r="W15" s="105">
+      <c r="W15" s="104">
         <v>169</v>
       </c>
-      <c r="X15" s="49">
+      <c r="X15" s="48">
         <v>193</v>
       </c>
-      <c r="Y15" s="101">
+      <c r="Y15" s="100">
         <v>249</v>
       </c>
-      <c r="Z15" s="105">
+      <c r="Z15" s="104">
         <v>220</v>
       </c>
-      <c r="AA15" s="49">
+      <c r="AA15" s="48">
         <v>232</v>
       </c>
-      <c r="AB15" s="105">
+      <c r="AB15" s="104">
         <v>144</v>
       </c>
-      <c r="AC15" s="49">
+      <c r="AC15" s="48">
         <v>286</v>
       </c>
-      <c r="AD15" s="105">
+      <c r="AD15" s="104">
         <v>209</v>
       </c>
-      <c r="AE15" s="105">
+      <c r="AE15" s="104">
         <v>132</v>
       </c>
-      <c r="AF15" s="49">
+      <c r="AF15" s="48">
         <v>104</v>
       </c>
-      <c r="AG15" s="105">
+      <c r="AG15" s="104">
         <v>146</v>
       </c>
-      <c r="AH15" s="49">
+      <c r="AH15" s="48">
         <v>146</v>
       </c>
-      <c r="AI15" s="105">
+      <c r="AI15" s="104">
         <v>133</v>
       </c>
-      <c r="AJ15" s="98">
+      <c r="AJ15" s="97">
         <v>139</v>
       </c>
-      <c r="AK15" s="105">
+      <c r="AK15" s="104">
         <v>114</v>
       </c>
-      <c r="AL15" s="49">
+      <c r="AL15" s="48">
         <v>144</v>
       </c>
-      <c r="AM15" s="105">
+      <c r="AM15" s="104">
         <v>120</v>
       </c>
-      <c r="AN15" s="49">
+      <c r="AN15" s="48">
         <v>178</v>
       </c>
-      <c r="AO15" s="101">
+      <c r="AO15" s="100">
         <v>76</v>
       </c>
-      <c r="AP15" s="101">
+      <c r="AP15" s="100">
         <v>197</v>
       </c>
     </row>
     <row r="16" spans="1:42" ht="15" x14ac:dyDescent="0.25">
-      <c r="A16" s="89" t="s">
+      <c r="A16" s="88" t="s">
         <v>81</v>
       </c>
-      <c r="B16" s="97">
+      <c r="B16" s="96">
         <v>1426</v>
       </c>
-      <c r="C16" s="107">
+      <c r="C16" s="106">
         <v>1605</v>
       </c>
-      <c r="D16" s="100">
+      <c r="D16" s="99">
         <v>1280</v>
       </c>
-      <c r="E16" s="107">
+      <c r="E16" s="106">
         <v>1407</v>
       </c>
-      <c r="F16" s="90">
+      <c r="F16" s="89">
         <v>1815</v>
       </c>
-      <c r="G16" s="107">
+      <c r="G16" s="106">
         <v>1667</v>
       </c>
-      <c r="H16" s="90">
+      <c r="H16" s="89">
         <v>1542</v>
       </c>
-      <c r="I16" s="107">
+      <c r="I16" s="106">
         <v>1703</v>
       </c>
-      <c r="J16" s="90">
+      <c r="J16" s="89">
         <v>2135</v>
       </c>
-      <c r="K16" s="107">
+      <c r="K16" s="106">
         <v>1525</v>
       </c>
-      <c r="L16" s="100">
+      <c r="L16" s="99">
         <v>1315</v>
       </c>
-      <c r="M16" s="90">
+      <c r="M16" s="89">
         <v>1756</v>
       </c>
-      <c r="N16" s="90">
+      <c r="N16" s="89">
         <v>2278</v>
       </c>
-      <c r="O16" s="90">
+      <c r="O16" s="89">
         <v>1968</v>
       </c>
-      <c r="P16" s="90">
+      <c r="P16" s="89">
         <v>1653</v>
       </c>
-      <c r="Q16" s="97">
+      <c r="Q16" s="96">
         <v>1545</v>
       </c>
-      <c r="R16" s="107">
+      <c r="R16" s="106">
         <v>1731</v>
       </c>
-      <c r="S16" s="90">
+      <c r="S16" s="89">
         <v>1715</v>
       </c>
-      <c r="T16" s="107">
+      <c r="T16" s="106">
         <v>1470</v>
       </c>
-      <c r="U16" s="107">
+      <c r="U16" s="106">
         <v>1356</v>
       </c>
-      <c r="V16" s="90">
+      <c r="V16" s="89">
         <v>1057</v>
       </c>
-      <c r="W16" s="107">
+      <c r="W16" s="106">
         <v>1436</v>
       </c>
-      <c r="X16" s="90">
+      <c r="X16" s="89">
         <v>1407</v>
       </c>
-      <c r="Y16" s="97">
+      <c r="Y16" s="96">
         <v>1866</v>
       </c>
-      <c r="Z16" s="107">
+      <c r="Z16" s="106">
         <v>1994</v>
       </c>
-      <c r="AA16" s="90">
+      <c r="AA16" s="89">
         <v>1808</v>
       </c>
-      <c r="AB16" s="107">
+      <c r="AB16" s="106">
         <v>1314</v>
       </c>
-      <c r="AC16" s="90">
+      <c r="AC16" s="89">
         <v>1788</v>
       </c>
-      <c r="AD16" s="107">
+      <c r="AD16" s="106">
         <v>1585</v>
       </c>
-      <c r="AE16" s="107">
+      <c r="AE16" s="106">
         <v>1374</v>
       </c>
-      <c r="AF16" s="91">
+      <c r="AF16" s="90">
         <v>1003</v>
       </c>
-      <c r="AG16" s="108">
+      <c r="AG16" s="107">
         <v>1026</v>
       </c>
-      <c r="AH16" s="90">
+      <c r="AH16" s="89">
         <v>1342</v>
       </c>
-      <c r="AI16" s="107">
+      <c r="AI16" s="106">
         <v>1180</v>
       </c>
-      <c r="AJ16" s="104">
+      <c r="AJ16" s="103">
         <v>1406</v>
       </c>
-      <c r="AK16" s="108">
+      <c r="AK16" s="107">
         <v>1361</v>
       </c>
-      <c r="AL16" s="90">
+      <c r="AL16" s="89">
         <v>1519</v>
       </c>
-      <c r="AM16" s="107">
+      <c r="AM16" s="106">
         <v>1364</v>
       </c>
-      <c r="AN16" s="91">
+      <c r="AN16" s="90">
         <v>1403</v>
       </c>
-      <c r="AO16" s="103">
+      <c r="AO16" s="102">
         <v>1469</v>
       </c>
-      <c r="AP16" s="103">
+      <c r="AP16" s="102">
         <v>2075</v>
       </c>
     </row>
     <row r="17" spans="1:28" x14ac:dyDescent="0.2">
-      <c r="A17" s="113" t="s">
+      <c r="A17" s="112" t="s">
         <v>62</v>
       </c>
-      <c r="B17" s="86"/>
-[...2 lines deleted...]
-      <c r="M17" s="87"/>
+      <c r="B17" s="85"/>
+      <c r="C17" s="85"/>
+      <c r="L17" s="86"/>
+      <c r="M17" s="86"/>
     </row>
     <row r="18" spans="1:28" x14ac:dyDescent="0.2">
-      <c r="A18" s="114"/>
-      <c r="B18" s="88" t="s">
+      <c r="A18" s="113"/>
+      <c r="B18" s="87" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:28" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A19" s="6" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="C19" s="22"/>
+        <v>289</v>
+      </c>
+      <c r="C19" s="21"/>
       <c r="AB19" s="6" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
     </row>
     <row r="20" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A20" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="21" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A21" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A22" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:28" x14ac:dyDescent="0.2">
       <c r="A23" s="1" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
+    <mergeCell ref="B3:D3"/>
+    <mergeCell ref="E3:H3"/>
+    <mergeCell ref="I3:L3"/>
+    <mergeCell ref="M3:P3"/>
+    <mergeCell ref="Q3:T3"/>
     <mergeCell ref="U3:X3"/>
     <mergeCell ref="Y3:AB3"/>
     <mergeCell ref="AC3:AF3"/>
     <mergeCell ref="AG3:AJ3"/>
     <mergeCell ref="AK3:AN3"/>
-    <mergeCell ref="B3:D3"/>
-[...3 lines deleted...]
-    <mergeCell ref="Q3:T3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B18" r:id="rId1" xr:uid="{4F7D807E-0B57-4797-A743-851F3039321E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0C6CB8B3-5135-4410-A4D7-EF01DCE8EA98}">
   <dimension ref="A1:AP23"/>
   <sheetViews>
-    <sheetView topLeftCell="AC1" workbookViewId="0">
-      <selection activeCell="AC1" sqref="A1:XFD1"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A17" sqref="A17:XFD18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="35.5703125" style="1" customWidth="1"/>
     <col min="2" max="41" width="9.85546875" style="1" customWidth="1"/>
     <col min="42" max="42" width="10.85546875" style="1" customWidth="1"/>
     <col min="43" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:42" s="244" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-        <v>304</v>
+    <row r="1" spans="1:42" s="243" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="246"/>
+      <c r="B1" s="246"/>
+      <c r="C1" s="246"/>
+      <c r="D1" s="246"/>
+      <c r="E1" s="247"/>
+      <c r="K1" s="248"/>
+      <c r="AB1" s="249"/>
+      <c r="AC1" s="249" t="s">
+        <v>303</v>
       </c>
     </row>
     <row r="2" spans="1:42" ht="15" x14ac:dyDescent="0.25">
-      <c r="B2" s="79"/>
-[...3 lines deleted...]
-      <c r="K2" s="81"/>
+      <c r="B2" s="78"/>
+      <c r="C2" s="78"/>
+      <c r="D2" s="78"/>
+      <c r="E2" s="79"/>
+      <c r="K2" s="80"/>
     </row>
     <row r="3" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="117"/>
-      <c r="B3" s="290">
+      <c r="A3" s="116"/>
+      <c r="B3" s="291">
         <v>2015</v>
       </c>
-      <c r="C3" s="291"/>
+      <c r="C3" s="290"/>
       <c r="D3" s="292"/>
-      <c r="E3" s="290">
+      <c r="E3" s="291">
         <v>2016</v>
       </c>
-      <c r="F3" s="291"/>
-      <c r="G3" s="291"/>
+      <c r="F3" s="290"/>
+      <c r="G3" s="290"/>
       <c r="H3" s="292"/>
-      <c r="I3" s="293">
+      <c r="I3" s="289">
         <v>2017</v>
       </c>
-      <c r="J3" s="291"/>
-[...2 lines deleted...]
-      <c r="M3" s="290">
+      <c r="J3" s="290"/>
+      <c r="K3" s="290"/>
+      <c r="L3" s="290"/>
+      <c r="M3" s="291">
         <v>2018</v>
       </c>
-      <c r="N3" s="291"/>
-      <c r="O3" s="291"/>
+      <c r="N3" s="290"/>
+      <c r="O3" s="290"/>
       <c r="P3" s="292"/>
-      <c r="Q3" s="293">
+      <c r="Q3" s="289">
         <v>2019</v>
       </c>
-      <c r="R3" s="291"/>
-      <c r="S3" s="291"/>
+      <c r="R3" s="290"/>
+      <c r="S3" s="290"/>
       <c r="T3" s="292"/>
-      <c r="U3" s="293">
+      <c r="U3" s="289">
         <v>2020</v>
       </c>
-      <c r="V3" s="291"/>
-[...2 lines deleted...]
-      <c r="Y3" s="290">
+      <c r="V3" s="290"/>
+      <c r="W3" s="290"/>
+      <c r="X3" s="290"/>
+      <c r="Y3" s="291">
         <v>2021</v>
       </c>
-      <c r="Z3" s="291"/>
-      <c r="AA3" s="291"/>
+      <c r="Z3" s="290"/>
+      <c r="AA3" s="290"/>
       <c r="AB3" s="292"/>
-      <c r="AC3" s="293">
+      <c r="AC3" s="289">
         <v>2022</v>
       </c>
-      <c r="AD3" s="291"/>
-[...2 lines deleted...]
-      <c r="AG3" s="294">
+      <c r="AD3" s="290"/>
+      <c r="AE3" s="290"/>
+      <c r="AF3" s="290"/>
+      <c r="AG3" s="293">
         <v>2023</v>
       </c>
-      <c r="AH3" s="291"/>
-      <c r="AI3" s="291"/>
+      <c r="AH3" s="290"/>
+      <c r="AI3" s="290"/>
       <c r="AJ3" s="292"/>
-      <c r="AK3" s="295">
+      <c r="AK3" s="294">
         <v>2024</v>
       </c>
-      <c r="AL3" s="291"/>
-[...2 lines deleted...]
-      <c r="AO3" s="118">
+      <c r="AL3" s="290"/>
+      <c r="AM3" s="290"/>
+      <c r="AN3" s="290"/>
+      <c r="AO3" s="117">
         <v>2025</v>
       </c>
-      <c r="AP3" s="118"/>
+      <c r="AP3" s="117"/>
     </row>
     <row r="4" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="119" t="s">
+      <c r="A4" s="118" t="s">
         <v>67</v>
       </c>
-      <c r="B4" s="120" t="s">
+      <c r="B4" s="119" t="s">
         <v>68</v>
       </c>
-      <c r="C4" s="121" t="s">
+      <c r="C4" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="D4" s="122" t="s">
+      <c r="D4" s="121" t="s">
         <v>70</v>
       </c>
-      <c r="E4" s="123" t="s">
+      <c r="E4" s="122" t="s">
         <v>71</v>
       </c>
-      <c r="F4" s="121" t="s">
+      <c r="F4" s="120" t="s">
         <v>68</v>
       </c>
-      <c r="G4" s="121" t="s">
+      <c r="G4" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="H4" s="122" t="s">
+      <c r="H4" s="121" t="s">
         <v>70</v>
       </c>
-      <c r="I4" s="125" t="s">
+      <c r="I4" s="124" t="s">
         <v>71</v>
       </c>
-      <c r="J4" s="121" t="s">
+      <c r="J4" s="120" t="s">
         <v>68</v>
       </c>
-      <c r="K4" s="121" t="s">
+      <c r="K4" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="L4" s="125" t="s">
+      <c r="L4" s="124" t="s">
         <v>70</v>
       </c>
-      <c r="M4" s="123" t="s">
+      <c r="M4" s="122" t="s">
         <v>71</v>
       </c>
-      <c r="N4" s="124" t="s">
+      <c r="N4" s="123" t="s">
         <v>68</v>
       </c>
-      <c r="O4" s="121" t="s">
+      <c r="O4" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="P4" s="126" t="s">
+      <c r="P4" s="125" t="s">
         <v>70</v>
       </c>
-      <c r="Q4" s="124" t="s">
+      <c r="Q4" s="123" t="s">
         <v>71</v>
       </c>
-      <c r="R4" s="121" t="s">
+      <c r="R4" s="120" t="s">
         <v>68</v>
       </c>
-      <c r="S4" s="124" t="s">
+      <c r="S4" s="123" t="s">
         <v>69</v>
       </c>
-      <c r="T4" s="121" t="s">
+      <c r="T4" s="120" t="s">
         <v>70</v>
       </c>
-      <c r="U4" s="126" t="s">
+      <c r="U4" s="125" t="s">
         <v>71</v>
       </c>
-      <c r="V4" s="124" t="s">
+      <c r="V4" s="123" t="s">
         <v>68</v>
       </c>
-      <c r="W4" s="121" t="s">
+      <c r="W4" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="X4" s="124" t="s">
+      <c r="X4" s="123" t="s">
         <v>70</v>
       </c>
-      <c r="Y4" s="120" t="s">
+      <c r="Y4" s="119" t="s">
         <v>71</v>
       </c>
-      <c r="Z4" s="121" t="s">
+      <c r="Z4" s="120" t="s">
         <v>68</v>
       </c>
-      <c r="AA4" s="124" t="s">
+      <c r="AA4" s="123" t="s">
         <v>69</v>
       </c>
-      <c r="AB4" s="121" t="s">
+      <c r="AB4" s="120" t="s">
         <v>70</v>
       </c>
-      <c r="AC4" s="121" t="s">
+      <c r="AC4" s="120" t="s">
         <v>71</v>
       </c>
-      <c r="AD4" s="124" t="s">
+      <c r="AD4" s="123" t="s">
         <v>68</v>
       </c>
-      <c r="AE4" s="121" t="s">
+      <c r="AE4" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="AF4" s="124" t="s">
+      <c r="AF4" s="123" t="s">
         <v>70</v>
       </c>
-      <c r="AG4" s="123" t="s">
+      <c r="AG4" s="122" t="s">
         <v>71</v>
       </c>
-      <c r="AH4" s="124" t="s">
+      <c r="AH4" s="123" t="s">
         <v>68</v>
       </c>
-      <c r="AI4" s="121" t="s">
+      <c r="AI4" s="120" t="s">
         <v>69</v>
       </c>
-      <c r="AJ4" s="126" t="s">
+      <c r="AJ4" s="125" t="s">
         <v>70</v>
       </c>
-      <c r="AK4" s="125" t="s">
+      <c r="AK4" s="124" t="s">
         <v>71</v>
       </c>
-      <c r="AL4" s="121" t="s">
+      <c r="AL4" s="120" t="s">
         <v>68</v>
       </c>
-      <c r="AM4" s="124" t="s">
+      <c r="AM4" s="123" t="s">
         <v>69</v>
       </c>
-      <c r="AN4" s="121" t="s">
+      <c r="AN4" s="120" t="s">
         <v>70</v>
       </c>
-      <c r="AO4" s="127" t="s">
+      <c r="AO4" s="126" t="s">
         <v>71</v>
       </c>
-      <c r="AP4" s="121" t="s">
+      <c r="AP4" s="120" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="83" t="s">
+      <c r="A5" s="82" t="s">
         <v>72</v>
       </c>
-      <c r="B5" s="95">
+      <c r="B5" s="94">
         <v>92</v>
       </c>
-      <c r="C5" s="111">
+      <c r="C5" s="110">
         <v>115</v>
       </c>
-      <c r="D5" s="98">
+      <c r="D5" s="97">
         <v>98</v>
       </c>
-      <c r="E5" s="101">
+      <c r="E5" s="100">
         <v>77</v>
       </c>
-      <c r="F5" s="109">
+      <c r="F5" s="108">
         <v>99</v>
       </c>
-      <c r="G5" s="105">
+      <c r="G5" s="104">
         <v>106</v>
       </c>
-      <c r="H5" s="98">
+      <c r="H5" s="97">
         <v>91</v>
       </c>
-      <c r="I5" s="49">
+      <c r="I5" s="48">
         <v>127</v>
       </c>
-      <c r="J5" s="105">
+      <c r="J5" s="104">
         <v>117</v>
       </c>
-      <c r="K5" s="105">
+      <c r="K5" s="104">
         <v>107</v>
       </c>
-      <c r="L5" s="49">
+      <c r="L5" s="48">
         <v>167</v>
       </c>
-      <c r="M5" s="105">
+      <c r="M5" s="104">
         <v>144</v>
       </c>
-      <c r="N5" s="49">
+      <c r="N5" s="48">
         <v>129</v>
       </c>
-      <c r="O5" s="105">
+      <c r="O5" s="104">
         <v>96</v>
       </c>
-      <c r="P5" s="98">
+      <c r="P5" s="97">
         <v>174</v>
       </c>
-      <c r="Q5" s="49">
+      <c r="Q5" s="48">
         <v>169</v>
       </c>
-      <c r="R5" s="105">
+      <c r="R5" s="104">
         <v>130</v>
       </c>
-      <c r="S5" s="49">
+      <c r="S5" s="48">
         <v>145</v>
       </c>
-      <c r="T5" s="105">
+      <c r="T5" s="104">
         <v>161</v>
       </c>
-      <c r="U5" s="110">
+      <c r="U5" s="109">
         <v>98</v>
       </c>
-      <c r="V5" s="49">
+      <c r="V5" s="48">
         <v>60</v>
       </c>
-      <c r="W5" s="105">
+      <c r="W5" s="104">
         <v>123</v>
       </c>
-      <c r="X5" s="49">
+      <c r="X5" s="48">
         <v>150</v>
       </c>
-      <c r="Y5" s="101">
+      <c r="Y5" s="100">
         <v>136</v>
       </c>
-      <c r="Z5" s="105">
+      <c r="Z5" s="104">
         <v>155</v>
       </c>
-      <c r="AA5" s="49">
+      <c r="AA5" s="48">
         <v>152</v>
       </c>
-      <c r="AB5" s="105">
+      <c r="AB5" s="104">
         <v>170</v>
       </c>
-      <c r="AC5" s="105">
+      <c r="AC5" s="104">
         <v>171</v>
       </c>
-      <c r="AD5" s="49">
+      <c r="AD5" s="48">
         <v>179</v>
       </c>
-      <c r="AE5" s="105">
+      <c r="AE5" s="104">
         <v>174</v>
       </c>
-      <c r="AF5" s="49">
+      <c r="AF5" s="48">
         <v>202</v>
       </c>
-      <c r="AG5" s="105">
+      <c r="AG5" s="104">
         <v>155</v>
       </c>
-      <c r="AH5" s="49">
+      <c r="AH5" s="48">
         <v>166</v>
       </c>
-      <c r="AI5" s="109">
+      <c r="AI5" s="108">
         <v>127</v>
       </c>
-      <c r="AJ5" s="98">
+      <c r="AJ5" s="97">
         <v>139</v>
       </c>
-      <c r="AK5" s="49">
+      <c r="AK5" s="48">
         <v>122</v>
       </c>
-      <c r="AL5" s="105">
+      <c r="AL5" s="104">
         <v>158</v>
       </c>
-      <c r="AM5" s="49">
+      <c r="AM5" s="48">
         <v>133</v>
       </c>
-      <c r="AN5" s="105">
+      <c r="AN5" s="104">
         <v>120</v>
       </c>
-      <c r="AO5" s="101">
+      <c r="AO5" s="100">
         <v>113</v>
       </c>
-      <c r="AP5" s="101">
+      <c r="AP5" s="100">
         <v>128</v>
       </c>
     </row>
     <row r="6" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="92" t="s">
+      <c r="A6" s="91" t="s">
         <v>73</v>
       </c>
-      <c r="B6" s="96">
+      <c r="B6" s="95">
         <v>87</v>
       </c>
-      <c r="C6" s="112">
+      <c r="C6" s="111">
         <v>112</v>
       </c>
-      <c r="D6" s="99">
+      <c r="D6" s="98">
         <v>110</v>
       </c>
-      <c r="E6" s="102">
+      <c r="E6" s="101">
         <v>131</v>
       </c>
-      <c r="F6" s="106">
+      <c r="F6" s="105">
         <v>143</v>
       </c>
-      <c r="G6" s="106">
+      <c r="G6" s="105">
         <v>106</v>
       </c>
-      <c r="H6" s="99">
+      <c r="H6" s="98">
         <v>135</v>
       </c>
-      <c r="I6" s="94">
+      <c r="I6" s="93">
         <v>100</v>
       </c>
-      <c r="J6" s="106">
+      <c r="J6" s="105">
         <v>139</v>
       </c>
-      <c r="K6" s="106">
+      <c r="K6" s="105">
         <v>128</v>
       </c>
-      <c r="L6" s="94">
+      <c r="L6" s="93">
         <v>101</v>
       </c>
-      <c r="M6" s="106">
+      <c r="M6" s="105">
         <v>178</v>
       </c>
-      <c r="N6" s="94">
+      <c r="N6" s="93">
         <v>201</v>
       </c>
-      <c r="O6" s="106">
+      <c r="O6" s="105">
         <v>126</v>
       </c>
-      <c r="P6" s="99">
+      <c r="P6" s="98">
         <v>144</v>
       </c>
-      <c r="Q6" s="94">
+      <c r="Q6" s="93">
         <v>134</v>
       </c>
-      <c r="R6" s="106">
+      <c r="R6" s="105">
         <v>136</v>
       </c>
-      <c r="S6" s="94">
+      <c r="S6" s="93">
         <v>162</v>
       </c>
-      <c r="T6" s="106">
+      <c r="T6" s="105">
         <v>177</v>
       </c>
-      <c r="U6" s="99">
+      <c r="U6" s="98">
         <v>192</v>
       </c>
-      <c r="V6" s="94">
+      <c r="V6" s="93">
         <v>80</v>
       </c>
-      <c r="W6" s="106">
+      <c r="W6" s="105">
         <v>146</v>
       </c>
-      <c r="X6" s="94">
+      <c r="X6" s="93">
         <v>230</v>
       </c>
-      <c r="Y6" s="102">
+      <c r="Y6" s="101">
         <v>158</v>
       </c>
-      <c r="Z6" s="106">
+      <c r="Z6" s="105">
         <v>164</v>
       </c>
-      <c r="AA6" s="94">
+      <c r="AA6" s="93">
         <v>114</v>
       </c>
-      <c r="AB6" s="106">
+      <c r="AB6" s="105">
         <v>118</v>
       </c>
-      <c r="AC6" s="106">
+      <c r="AC6" s="105">
         <v>143</v>
       </c>
-      <c r="AD6" s="94">
+      <c r="AD6" s="93">
         <v>132</v>
       </c>
-      <c r="AE6" s="106">
+      <c r="AE6" s="105">
         <v>128</v>
       </c>
-      <c r="AF6" s="94">
+      <c r="AF6" s="93">
         <v>133</v>
       </c>
-      <c r="AG6" s="106">
+      <c r="AG6" s="105">
         <v>84</v>
       </c>
-      <c r="AH6" s="94">
+      <c r="AH6" s="93">
         <v>122</v>
       </c>
-      <c r="AI6" s="106">
+      <c r="AI6" s="105">
         <v>140</v>
       </c>
-      <c r="AJ6" s="99">
+      <c r="AJ6" s="98">
         <v>109</v>
       </c>
-      <c r="AK6" s="94">
+      <c r="AK6" s="93">
         <v>94</v>
       </c>
-      <c r="AL6" s="106">
+      <c r="AL6" s="105">
         <v>91</v>
       </c>
-      <c r="AM6" s="94">
+      <c r="AM6" s="93">
         <v>96</v>
       </c>
-      <c r="AN6" s="106">
+      <c r="AN6" s="105">
         <v>126</v>
       </c>
-      <c r="AO6" s="102">
+      <c r="AO6" s="101">
         <v>97</v>
       </c>
-      <c r="AP6" s="102">
+      <c r="AP6" s="101">
         <v>115</v>
       </c>
     </row>
     <row r="7" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="83" t="s">
+      <c r="A7" s="82" t="s">
         <v>74</v>
       </c>
-      <c r="B7" s="95">
+      <c r="B7" s="94">
         <v>172</v>
       </c>
-      <c r="C7" s="111">
+      <c r="C7" s="110">
         <v>206</v>
       </c>
-      <c r="D7" s="98">
+      <c r="D7" s="97">
         <v>207</v>
       </c>
-      <c r="E7" s="101">
+      <c r="E7" s="100">
         <v>205</v>
       </c>
-      <c r="F7" s="105">
+      <c r="F7" s="104">
         <v>207</v>
       </c>
-      <c r="G7" s="105">
+      <c r="G7" s="104">
         <v>178</v>
       </c>
-      <c r="H7" s="98">
+      <c r="H7" s="97">
         <v>248</v>
       </c>
-      <c r="I7" s="49">
+      <c r="I7" s="48">
         <v>206</v>
       </c>
-      <c r="J7" s="105">
+      <c r="J7" s="104">
         <v>234</v>
       </c>
-      <c r="K7" s="105">
+      <c r="K7" s="104">
         <v>197</v>
       </c>
-      <c r="L7" s="49">
+      <c r="L7" s="48">
         <v>252</v>
       </c>
-      <c r="M7" s="105">
+      <c r="M7" s="104">
         <v>204</v>
       </c>
-      <c r="N7" s="49">
+      <c r="N7" s="48">
         <v>286</v>
       </c>
-      <c r="O7" s="105">
+      <c r="O7" s="104">
         <v>254</v>
       </c>
-      <c r="P7" s="98">
+      <c r="P7" s="97">
         <v>310</v>
       </c>
-      <c r="Q7" s="49">
+      <c r="Q7" s="48">
         <v>228</v>
       </c>
-      <c r="R7" s="105">
+      <c r="R7" s="104">
         <v>261</v>
       </c>
-      <c r="S7" s="49">
+      <c r="S7" s="48">
         <v>262</v>
       </c>
-      <c r="T7" s="105">
+      <c r="T7" s="104">
         <v>289</v>
       </c>
-      <c r="U7" s="98">
+      <c r="U7" s="97">
         <v>255</v>
       </c>
-      <c r="V7" s="49">
+      <c r="V7" s="48">
         <v>114</v>
       </c>
-      <c r="W7" s="105">
+      <c r="W7" s="104">
         <v>215</v>
       </c>
-      <c r="X7" s="49">
+      <c r="X7" s="48">
         <v>223</v>
       </c>
-      <c r="Y7" s="101">
+      <c r="Y7" s="100">
         <v>243</v>
       </c>
-      <c r="Z7" s="105">
+      <c r="Z7" s="104">
         <v>274</v>
       </c>
-      <c r="AA7" s="49">
+      <c r="AA7" s="48">
         <v>286</v>
       </c>
-      <c r="AB7" s="105">
+      <c r="AB7" s="104">
         <v>273</v>
       </c>
-      <c r="AC7" s="105">
+      <c r="AC7" s="104">
         <v>202</v>
       </c>
-      <c r="AD7" s="49">
+      <c r="AD7" s="48">
         <v>269</v>
       </c>
-      <c r="AE7" s="105">
+      <c r="AE7" s="104">
         <v>239</v>
       </c>
-      <c r="AF7" s="49">
+      <c r="AF7" s="48">
         <v>226</v>
       </c>
-      <c r="AG7" s="105">
+      <c r="AG7" s="104">
         <v>160</v>
       </c>
-      <c r="AH7" s="49">
+      <c r="AH7" s="48">
         <v>202</v>
       </c>
-      <c r="AI7" s="105">
+      <c r="AI7" s="104">
         <v>163</v>
       </c>
-      <c r="AJ7" s="98">
+      <c r="AJ7" s="97">
         <v>220</v>
       </c>
-      <c r="AK7" s="49">
+      <c r="AK7" s="48">
         <v>231</v>
       </c>
-      <c r="AL7" s="105">
+      <c r="AL7" s="104">
         <v>215</v>
       </c>
-      <c r="AM7" s="49">
+      <c r="AM7" s="48">
         <v>197</v>
       </c>
-      <c r="AN7" s="105">
+      <c r="AN7" s="104">
         <v>239</v>
       </c>
-      <c r="AO7" s="101">
+      <c r="AO7" s="100">
         <v>182</v>
       </c>
-      <c r="AP7" s="101">
+      <c r="AP7" s="100">
         <v>222</v>
       </c>
     </row>
     <row r="8" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="92" t="s">
+      <c r="A8" s="91" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="96">
+      <c r="B8" s="95">
         <v>90</v>
       </c>
-      <c r="C8" s="112">
+      <c r="C8" s="111">
         <v>67</v>
       </c>
-      <c r="D8" s="99">
+      <c r="D8" s="98">
         <v>89</v>
       </c>
-      <c r="E8" s="102">
+      <c r="E8" s="101">
         <v>75</v>
       </c>
-      <c r="F8" s="106">
+      <c r="F8" s="105">
         <v>65</v>
       </c>
-      <c r="G8" s="106">
+      <c r="G8" s="105">
         <v>83</v>
       </c>
-      <c r="H8" s="99">
+      <c r="H8" s="98">
         <v>109</v>
       </c>
-      <c r="I8" s="94">
+      <c r="I8" s="93">
         <v>62</v>
       </c>
-      <c r="J8" s="106">
+      <c r="J8" s="105">
         <v>72</v>
       </c>
-      <c r="K8" s="106">
+      <c r="K8" s="105">
         <v>83</v>
       </c>
-      <c r="L8" s="94">
+      <c r="L8" s="93">
         <v>98</v>
       </c>
-      <c r="M8" s="106">
+      <c r="M8" s="105">
         <v>87</v>
       </c>
-      <c r="N8" s="94">
+      <c r="N8" s="93">
         <v>98</v>
       </c>
-      <c r="O8" s="106">
+      <c r="O8" s="105">
         <v>65</v>
       </c>
-      <c r="P8" s="99">
+      <c r="P8" s="98">
         <v>138</v>
       </c>
-      <c r="Q8" s="94">
+      <c r="Q8" s="93">
         <v>253</v>
       </c>
-      <c r="R8" s="106">
+      <c r="R8" s="105">
         <v>136</v>
       </c>
-      <c r="S8" s="94">
+      <c r="S8" s="93">
         <v>73</v>
       </c>
-      <c r="T8" s="106">
+      <c r="T8" s="105">
         <v>107</v>
       </c>
-      <c r="U8" s="99">
+      <c r="U8" s="98">
         <v>153</v>
       </c>
-      <c r="V8" s="94">
+      <c r="V8" s="93">
         <v>64</v>
       </c>
-      <c r="W8" s="106">
+      <c r="W8" s="105">
         <v>154</v>
       </c>
-      <c r="X8" s="94">
+      <c r="X8" s="93">
         <v>153</v>
       </c>
-      <c r="Y8" s="102">
+      <c r="Y8" s="101">
         <v>201</v>
       </c>
-      <c r="Z8" s="106">
+      <c r="Z8" s="105">
         <v>181</v>
       </c>
-      <c r="AA8" s="94">
+      <c r="AA8" s="93">
         <v>115</v>
       </c>
-      <c r="AB8" s="106">
+      <c r="AB8" s="105">
         <v>107</v>
       </c>
-      <c r="AC8" s="106">
+      <c r="AC8" s="105">
         <v>108</v>
       </c>
-      <c r="AD8" s="94">
+      <c r="AD8" s="93">
         <v>126</v>
       </c>
-      <c r="AE8" s="106">
+      <c r="AE8" s="105">
         <v>125</v>
       </c>
-      <c r="AF8" s="94">
+      <c r="AF8" s="93">
         <v>124</v>
       </c>
-      <c r="AG8" s="106">
+      <c r="AG8" s="105">
         <v>54</v>
       </c>
-      <c r="AH8" s="94">
+      <c r="AH8" s="93">
         <v>70</v>
       </c>
-      <c r="AI8" s="106">
+      <c r="AI8" s="105">
         <v>60</v>
       </c>
-      <c r="AJ8" s="99">
+      <c r="AJ8" s="98">
         <v>179</v>
       </c>
-      <c r="AK8" s="94">
+      <c r="AK8" s="93">
         <v>35</v>
       </c>
-      <c r="AL8" s="106">
+      <c r="AL8" s="105">
         <v>154</v>
       </c>
-      <c r="AM8" s="94">
+      <c r="AM8" s="93">
         <v>56</v>
       </c>
-      <c r="AN8" s="106">
+      <c r="AN8" s="105">
         <v>41</v>
       </c>
-      <c r="AO8" s="102">
+      <c r="AO8" s="101">
         <v>39</v>
       </c>
-      <c r="AP8" s="102">
+      <c r="AP8" s="101">
         <v>95</v>
       </c>
     </row>
     <row r="9" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="83" t="s">
+      <c r="A9" s="82" t="s">
         <v>75</v>
       </c>
-      <c r="B9" s="95">
+      <c r="B9" s="94">
         <v>109</v>
       </c>
-      <c r="C9" s="111">
+      <c r="C9" s="110">
         <v>117</v>
       </c>
-      <c r="D9" s="98">
+      <c r="D9" s="97">
         <v>145</v>
       </c>
-      <c r="E9" s="101">
+      <c r="E9" s="100">
         <v>138</v>
       </c>
-      <c r="F9" s="105">
+      <c r="F9" s="104">
         <v>127</v>
       </c>
-      <c r="G9" s="105">
+      <c r="G9" s="104">
         <v>116</v>
       </c>
-      <c r="H9" s="98">
+      <c r="H9" s="97">
         <v>137</v>
       </c>
-      <c r="I9" s="49">
+      <c r="I9" s="48">
         <v>103</v>
       </c>
-      <c r="J9" s="105">
+      <c r="J9" s="104">
         <v>154</v>
       </c>
-      <c r="K9" s="105">
+      <c r="K9" s="104">
         <v>116</v>
       </c>
-      <c r="L9" s="49">
+      <c r="L9" s="48">
         <v>169</v>
       </c>
-      <c r="M9" s="105">
+      <c r="M9" s="104">
         <v>109</v>
       </c>
-      <c r="N9" s="49">
+      <c r="N9" s="48">
         <v>158</v>
       </c>
-      <c r="O9" s="105">
+      <c r="O9" s="104">
         <v>141</v>
       </c>
-      <c r="P9" s="98">
+      <c r="P9" s="97">
         <v>154</v>
       </c>
-      <c r="Q9" s="49">
+      <c r="Q9" s="48">
         <v>102</v>
       </c>
-      <c r="R9" s="105">
+      <c r="R9" s="104">
         <v>160</v>
       </c>
-      <c r="S9" s="49">
+      <c r="S9" s="48">
         <v>154</v>
       </c>
-      <c r="T9" s="105">
+      <c r="T9" s="104">
         <v>193</v>
       </c>
-      <c r="U9" s="98">
+      <c r="U9" s="97">
         <v>109</v>
       </c>
-      <c r="V9" s="49">
+      <c r="V9" s="48">
         <v>53</v>
       </c>
-      <c r="W9" s="105">
+      <c r="W9" s="104">
         <v>142</v>
       </c>
-      <c r="X9" s="49">
+      <c r="X9" s="48">
         <v>198</v>
       </c>
-      <c r="Y9" s="101">
+      <c r="Y9" s="100">
         <v>112</v>
       </c>
-      <c r="Z9" s="105">
+      <c r="Z9" s="104">
         <v>130</v>
       </c>
-      <c r="AA9" s="49">
+      <c r="AA9" s="48">
         <v>113</v>
       </c>
-      <c r="AB9" s="105">
+      <c r="AB9" s="104">
         <v>139</v>
       </c>
-      <c r="AC9" s="105">
+      <c r="AC9" s="104">
         <v>89</v>
       </c>
-      <c r="AD9" s="49">
+      <c r="AD9" s="48">
         <v>126</v>
       </c>
-      <c r="AE9" s="105">
+      <c r="AE9" s="104">
         <v>121</v>
       </c>
-      <c r="AF9" s="49">
+      <c r="AF9" s="48">
         <v>116</v>
       </c>
-      <c r="AG9" s="105">
+      <c r="AG9" s="104">
         <v>51</v>
       </c>
-      <c r="AH9" s="49">
+      <c r="AH9" s="48">
         <v>108</v>
       </c>
-      <c r="AI9" s="105">
+      <c r="AI9" s="104">
         <v>75</v>
       </c>
-      <c r="AJ9" s="98">
+      <c r="AJ9" s="97">
         <v>69</v>
       </c>
-      <c r="AK9" s="49">
+      <c r="AK9" s="48">
         <v>81</v>
       </c>
-      <c r="AL9" s="105">
+      <c r="AL9" s="104">
         <v>84</v>
       </c>
-      <c r="AM9" s="49">
+      <c r="AM9" s="48">
         <v>84</v>
       </c>
-      <c r="AN9" s="105">
+      <c r="AN9" s="104">
         <v>123</v>
       </c>
-      <c r="AO9" s="101">
+      <c r="AO9" s="100">
         <v>145</v>
       </c>
-      <c r="AP9" s="101">
+      <c r="AP9" s="100">
         <v>62</v>
       </c>
     </row>
     <row r="10" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="92" t="s">
+      <c r="A10" s="91" t="s">
         <v>76</v>
       </c>
-      <c r="B10" s="96">
+      <c r="B10" s="95">
         <v>72</v>
       </c>
-      <c r="C10" s="112">
+      <c r="C10" s="111">
         <v>63</v>
       </c>
-      <c r="D10" s="99">
+      <c r="D10" s="98">
         <v>46</v>
       </c>
-      <c r="E10" s="102">
+      <c r="E10" s="101">
         <v>81</v>
       </c>
-      <c r="F10" s="106">
+      <c r="F10" s="105">
         <v>82</v>
       </c>
-      <c r="G10" s="106">
+      <c r="G10" s="105">
         <v>44</v>
       </c>
-      <c r="H10" s="99">
+      <c r="H10" s="98">
         <v>70</v>
       </c>
-      <c r="I10" s="94">
+      <c r="I10" s="93">
         <v>75</v>
       </c>
-      <c r="J10" s="106">
+      <c r="J10" s="105">
         <v>65</v>
       </c>
-      <c r="K10" s="106">
+      <c r="K10" s="105">
         <v>94</v>
       </c>
-      <c r="L10" s="94">
+      <c r="L10" s="93">
         <v>118</v>
       </c>
-      <c r="M10" s="106">
+      <c r="M10" s="105">
         <v>89</v>
       </c>
-      <c r="N10" s="94">
+      <c r="N10" s="93">
         <v>89</v>
       </c>
-      <c r="O10" s="106">
+      <c r="O10" s="105">
         <v>95</v>
       </c>
-      <c r="P10" s="99">
+      <c r="P10" s="98">
         <v>100</v>
       </c>
-      <c r="Q10" s="94">
+      <c r="Q10" s="93">
         <v>138</v>
       </c>
-      <c r="R10" s="106">
+      <c r="R10" s="105">
         <v>66</v>
       </c>
-      <c r="S10" s="94">
+      <c r="S10" s="93">
         <v>97</v>
       </c>
-      <c r="T10" s="106">
+      <c r="T10" s="105">
         <v>106</v>
       </c>
-      <c r="U10" s="99">
+      <c r="U10" s="98">
         <v>90</v>
       </c>
-      <c r="V10" s="94">
+      <c r="V10" s="93">
         <v>43</v>
       </c>
-      <c r="W10" s="106">
+      <c r="W10" s="105">
         <v>66</v>
       </c>
-      <c r="X10" s="94">
+      <c r="X10" s="93">
         <v>130</v>
       </c>
-      <c r="Y10" s="102">
+      <c r="Y10" s="101">
         <v>83</v>
       </c>
-      <c r="Z10" s="106">
+      <c r="Z10" s="105">
         <v>93</v>
       </c>
-      <c r="AA10" s="94">
+      <c r="AA10" s="93">
         <v>117</v>
       </c>
-      <c r="AB10" s="106">
+      <c r="AB10" s="105">
         <v>88</v>
       </c>
-      <c r="AC10" s="106">
+      <c r="AC10" s="105">
         <v>61</v>
       </c>
-      <c r="AD10" s="94">
+      <c r="AD10" s="93">
         <v>83</v>
       </c>
-      <c r="AE10" s="106">
+      <c r="AE10" s="105">
         <v>92</v>
       </c>
-      <c r="AF10" s="94">
+      <c r="AF10" s="93">
         <v>100</v>
       </c>
-      <c r="AG10" s="106">
+      <c r="AG10" s="105">
         <v>69</v>
       </c>
-      <c r="AH10" s="94">
+      <c r="AH10" s="93">
         <v>67</v>
       </c>
-      <c r="AI10" s="106">
+      <c r="AI10" s="105">
         <v>61</v>
       </c>
-      <c r="AJ10" s="99">
+      <c r="AJ10" s="98">
         <v>91</v>
       </c>
-      <c r="AK10" s="94">
+      <c r="AK10" s="93">
         <v>60</v>
       </c>
-      <c r="AL10" s="106">
+      <c r="AL10" s="105">
         <v>85</v>
       </c>
-      <c r="AM10" s="94">
+      <c r="AM10" s="93">
         <v>73</v>
       </c>
-      <c r="AN10" s="106">
+      <c r="AN10" s="105">
         <v>96</v>
       </c>
-      <c r="AO10" s="102">
+      <c r="AO10" s="101">
         <v>103</v>
       </c>
-      <c r="AP10" s="102">
+      <c r="AP10" s="101">
         <v>62</v>
       </c>
     </row>
     <row r="11" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="83" t="s">
+      <c r="A11" s="82" t="s">
         <v>77</v>
       </c>
-      <c r="B11" s="95">
+      <c r="B11" s="94">
         <v>78</v>
       </c>
-      <c r="C11" s="111">
+      <c r="C11" s="110">
         <v>68</v>
       </c>
-      <c r="D11" s="98">
+      <c r="D11" s="97">
         <v>79</v>
       </c>
-      <c r="E11" s="101">
+      <c r="E11" s="100">
         <v>70</v>
       </c>
-      <c r="F11" s="105">
+      <c r="F11" s="104">
         <v>57</v>
       </c>
-      <c r="G11" s="105">
+      <c r="G11" s="104">
         <v>69</v>
       </c>
-      <c r="H11" s="98">
+      <c r="H11" s="97">
         <v>77</v>
       </c>
-      <c r="I11" s="49">
+      <c r="I11" s="48">
         <v>64</v>
       </c>
-      <c r="J11" s="105">
+      <c r="J11" s="104">
         <v>73</v>
       </c>
-      <c r="K11" s="105">
+      <c r="K11" s="104">
         <v>93</v>
       </c>
-      <c r="L11" s="49">
+      <c r="L11" s="48">
         <v>106</v>
       </c>
-      <c r="M11" s="105">
+      <c r="M11" s="104">
         <v>84</v>
       </c>
-      <c r="N11" s="49">
+      <c r="N11" s="48">
         <v>93</v>
       </c>
-      <c r="O11" s="105">
+      <c r="O11" s="104">
         <v>110</v>
       </c>
-      <c r="P11" s="98">
+      <c r="P11" s="97">
         <v>90</v>
       </c>
-      <c r="Q11" s="49">
+      <c r="Q11" s="48">
         <v>100</v>
       </c>
-      <c r="R11" s="105">
+      <c r="R11" s="104">
         <v>118</v>
       </c>
-      <c r="S11" s="49">
+      <c r="S11" s="48">
         <v>88</v>
       </c>
-      <c r="T11" s="105">
+      <c r="T11" s="104">
         <v>123</v>
       </c>
-      <c r="U11" s="98">
+      <c r="U11" s="97">
         <v>61</v>
       </c>
-      <c r="V11" s="49">
+      <c r="V11" s="48">
         <v>64</v>
       </c>
-      <c r="W11" s="105">
+      <c r="W11" s="104">
         <v>98</v>
       </c>
-      <c r="X11" s="49">
+      <c r="X11" s="48">
         <v>65</v>
       </c>
-      <c r="Y11" s="101">
+      <c r="Y11" s="100">
         <v>62</v>
       </c>
-      <c r="Z11" s="105">
+      <c r="Z11" s="104">
         <v>74</v>
       </c>
-      <c r="AA11" s="49">
+      <c r="AA11" s="48">
         <v>119</v>
       </c>
-      <c r="AB11" s="105">
+      <c r="AB11" s="104">
         <v>98</v>
       </c>
-      <c r="AC11" s="105">
+      <c r="AC11" s="104">
         <v>39</v>
       </c>
-      <c r="AD11" s="49">
+      <c r="AD11" s="48">
         <v>91</v>
       </c>
-      <c r="AE11" s="105">
+      <c r="AE11" s="104">
         <v>100</v>
       </c>
-      <c r="AF11" s="49">
+      <c r="AF11" s="48">
         <v>112</v>
       </c>
-      <c r="AG11" s="105">
+      <c r="AG11" s="104">
         <v>67</v>
       </c>
-      <c r="AH11" s="49">
+      <c r="AH11" s="48">
         <v>76</v>
       </c>
-      <c r="AI11" s="105">
+      <c r="AI11" s="104">
         <v>76</v>
       </c>
-      <c r="AJ11" s="98">
+      <c r="AJ11" s="97">
         <v>76</v>
       </c>
-      <c r="AK11" s="49">
+      <c r="AK11" s="48">
         <v>72</v>
       </c>
-      <c r="AL11" s="105">
+      <c r="AL11" s="104">
         <v>92</v>
       </c>
-      <c r="AM11" s="49">
+      <c r="AM11" s="48">
         <v>83</v>
       </c>
-      <c r="AN11" s="105">
+      <c r="AN11" s="104">
         <v>122</v>
       </c>
-      <c r="AO11" s="101">
+      <c r="AO11" s="100">
         <v>98</v>
       </c>
-      <c r="AP11" s="101">
+      <c r="AP11" s="100">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="92" t="s">
+      <c r="A12" s="91" t="s">
         <v>78</v>
       </c>
-      <c r="B12" s="96">
+      <c r="B12" s="95">
         <v>184</v>
       </c>
-      <c r="C12" s="112">
+      <c r="C12" s="111">
         <v>150</v>
       </c>
-      <c r="D12" s="99">
+      <c r="D12" s="98">
         <v>159</v>
       </c>
-      <c r="E12" s="102">
+      <c r="E12" s="101">
         <v>190</v>
       </c>
-      <c r="F12" s="106">
+      <c r="F12" s="105">
         <v>164</v>
       </c>
-      <c r="G12" s="106">
+      <c r="G12" s="105">
         <v>148</v>
       </c>
-      <c r="H12" s="99">
+      <c r="H12" s="98">
         <v>220</v>
       </c>
-      <c r="I12" s="94">
+      <c r="I12" s="93">
         <v>147</v>
       </c>
-      <c r="J12" s="106">
+      <c r="J12" s="105">
         <v>171</v>
       </c>
-      <c r="K12" s="106">
+      <c r="K12" s="105">
         <v>165</v>
       </c>
-      <c r="L12" s="94">
+      <c r="L12" s="93">
         <v>209</v>
       </c>
-      <c r="M12" s="106">
+      <c r="M12" s="105">
         <v>140</v>
       </c>
-      <c r="N12" s="94">
+      <c r="N12" s="93">
         <v>204</v>
       </c>
-      <c r="O12" s="106">
+      <c r="O12" s="105">
         <v>189</v>
       </c>
-      <c r="P12" s="99">
+      <c r="P12" s="98">
         <v>178</v>
       </c>
-      <c r="Q12" s="94">
+      <c r="Q12" s="93">
         <v>175</v>
       </c>
-      <c r="R12" s="106">
+      <c r="R12" s="105">
         <v>223</v>
       </c>
-      <c r="S12" s="94">
+      <c r="S12" s="93">
         <v>190</v>
       </c>
-      <c r="T12" s="106">
+      <c r="T12" s="105">
         <v>189</v>
       </c>
-      <c r="U12" s="99">
+      <c r="U12" s="98">
         <v>164</v>
       </c>
-      <c r="V12" s="94">
+      <c r="V12" s="93">
         <v>46</v>
       </c>
-      <c r="W12" s="106">
+      <c r="W12" s="105">
         <v>167</v>
       </c>
-      <c r="X12" s="94">
+      <c r="X12" s="93">
         <v>223</v>
       </c>
-      <c r="Y12" s="102">
+      <c r="Y12" s="101">
         <v>208</v>
       </c>
-      <c r="Z12" s="106">
+      <c r="Z12" s="105">
         <v>218</v>
       </c>
-      <c r="AA12" s="94">
+      <c r="AA12" s="93">
         <v>171</v>
       </c>
-      <c r="AB12" s="106">
+      <c r="AB12" s="105">
         <v>178</v>
       </c>
-      <c r="AC12" s="106">
+      <c r="AC12" s="105">
         <v>155</v>
       </c>
-      <c r="AD12" s="94">
+      <c r="AD12" s="93">
         <v>169</v>
       </c>
-      <c r="AE12" s="106">
+      <c r="AE12" s="105">
         <v>152</v>
       </c>
-      <c r="AF12" s="94">
+      <c r="AF12" s="93">
         <v>203</v>
       </c>
-      <c r="AG12" s="106">
+      <c r="AG12" s="105">
         <v>78</v>
       </c>
-      <c r="AH12" s="94">
+      <c r="AH12" s="93">
         <v>110</v>
       </c>
-      <c r="AI12" s="106">
+      <c r="AI12" s="105">
         <v>140</v>
       </c>
-      <c r="AJ12" s="99">
+      <c r="AJ12" s="98">
         <v>94</v>
       </c>
-      <c r="AK12" s="94">
+      <c r="AK12" s="93">
         <v>100</v>
       </c>
-      <c r="AL12" s="106">
+      <c r="AL12" s="105">
         <v>146</v>
       </c>
-      <c r="AM12" s="94">
+      <c r="AM12" s="93">
         <v>98</v>
       </c>
-      <c r="AN12" s="106">
+      <c r="AN12" s="105">
         <v>193</v>
       </c>
-      <c r="AO12" s="102">
+      <c r="AO12" s="101">
         <v>159</v>
       </c>
-      <c r="AP12" s="102">
+      <c r="AP12" s="101">
         <v>157</v>
       </c>
     </row>
     <row r="13" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="83" t="s">
+      <c r="A13" s="82" t="s">
         <v>79</v>
       </c>
-      <c r="B13" s="95">
+      <c r="B13" s="94">
         <v>98</v>
       </c>
-      <c r="C13" s="111">
+      <c r="C13" s="110">
         <v>91</v>
       </c>
-      <c r="D13" s="98">
+      <c r="D13" s="97">
         <v>71</v>
       </c>
-      <c r="E13" s="101">
+      <c r="E13" s="100">
         <v>77</v>
       </c>
-      <c r="F13" s="105">
+      <c r="F13" s="104">
         <v>62</v>
       </c>
-      <c r="G13" s="105">
+      <c r="G13" s="104">
         <v>106</v>
       </c>
-      <c r="H13" s="98">
+      <c r="H13" s="97">
         <v>87</v>
       </c>
-      <c r="I13" s="49">
+      <c r="I13" s="48">
         <v>85</v>
       </c>
-      <c r="J13" s="105">
+      <c r="J13" s="104">
         <v>69</v>
       </c>
-      <c r="K13" s="105">
+      <c r="K13" s="104">
         <v>69</v>
       </c>
-      <c r="L13" s="49">
+      <c r="L13" s="48">
         <v>94</v>
       </c>
-      <c r="M13" s="105">
+      <c r="M13" s="104">
         <v>108</v>
       </c>
-      <c r="N13" s="49">
+      <c r="N13" s="48">
         <v>68</v>
       </c>
-      <c r="O13" s="105">
+      <c r="O13" s="104">
         <v>123</v>
       </c>
-      <c r="P13" s="98">
+      <c r="P13" s="97">
         <v>179</v>
       </c>
-      <c r="Q13" s="49">
+      <c r="Q13" s="48">
         <v>119</v>
       </c>
-      <c r="R13" s="105">
+      <c r="R13" s="104">
         <v>57</v>
       </c>
-      <c r="S13" s="49">
+      <c r="S13" s="48">
         <v>97</v>
       </c>
-      <c r="T13" s="105">
+      <c r="T13" s="104">
         <v>133</v>
       </c>
-      <c r="U13" s="98">
+      <c r="U13" s="97">
         <v>86</v>
       </c>
-      <c r="V13" s="49">
+      <c r="V13" s="48">
         <v>51</v>
       </c>
-      <c r="W13" s="105">
+      <c r="W13" s="104">
         <v>119</v>
       </c>
-      <c r="X13" s="49">
+      <c r="X13" s="48">
         <v>182</v>
       </c>
-      <c r="Y13" s="101">
+      <c r="Y13" s="100">
         <v>99</v>
       </c>
-      <c r="Z13" s="105">
+      <c r="Z13" s="104">
         <v>121</v>
       </c>
-      <c r="AA13" s="49">
+      <c r="AA13" s="48">
         <v>122</v>
       </c>
-      <c r="AB13" s="105">
+      <c r="AB13" s="104">
         <v>101</v>
       </c>
-      <c r="AC13" s="105">
+      <c r="AC13" s="104">
         <v>120</v>
       </c>
-      <c r="AD13" s="49">
+      <c r="AD13" s="48">
         <v>107</v>
       </c>
-      <c r="AE13" s="105">
+      <c r="AE13" s="104">
         <v>70</v>
       </c>
-      <c r="AF13" s="49">
+      <c r="AF13" s="48">
         <v>115</v>
       </c>
-      <c r="AG13" s="105">
+      <c r="AG13" s="104">
         <v>102</v>
       </c>
-      <c r="AH13" s="49">
+      <c r="AH13" s="48">
         <v>121</v>
       </c>
-      <c r="AI13" s="105">
+      <c r="AI13" s="104">
         <v>68</v>
       </c>
-      <c r="AJ13" s="98">
+      <c r="AJ13" s="97">
         <v>90</v>
       </c>
-      <c r="AK13" s="49">
+      <c r="AK13" s="48">
         <v>68</v>
       </c>
-      <c r="AL13" s="105">
+      <c r="AL13" s="104">
         <v>116</v>
       </c>
-      <c r="AM13" s="49">
+      <c r="AM13" s="48">
         <v>100</v>
       </c>
-      <c r="AN13" s="105">
+      <c r="AN13" s="104">
         <v>128</v>
       </c>
-      <c r="AO13" s="101">
+      <c r="AO13" s="100">
         <v>86</v>
       </c>
-      <c r="AP13" s="101">
+      <c r="AP13" s="100">
         <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="92" t="s">
+      <c r="A14" s="91" t="s">
         <v>28</v>
       </c>
-      <c r="B14" s="96">
+      <c r="B14" s="95">
         <v>136</v>
       </c>
-      <c r="C14" s="112">
+      <c r="C14" s="111">
         <v>129</v>
       </c>
-      <c r="D14" s="99">
+      <c r="D14" s="98">
         <v>176</v>
       </c>
-      <c r="E14" s="102">
+      <c r="E14" s="101">
         <v>142</v>
       </c>
-      <c r="F14" s="106">
+      <c r="F14" s="105">
         <v>163</v>
       </c>
-      <c r="G14" s="106">
+      <c r="G14" s="105">
         <v>169</v>
       </c>
-      <c r="H14" s="99">
+      <c r="H14" s="98">
         <v>181</v>
       </c>
-      <c r="I14" s="94">
+      <c r="I14" s="93">
         <v>151</v>
       </c>
-      <c r="J14" s="106">
+      <c r="J14" s="105">
         <v>154</v>
       </c>
-      <c r="K14" s="106">
+      <c r="K14" s="105">
         <v>140</v>
       </c>
-      <c r="L14" s="94">
+      <c r="L14" s="93">
         <v>183</v>
       </c>
-      <c r="M14" s="106">
+      <c r="M14" s="105">
         <v>174</v>
       </c>
-      <c r="N14" s="94">
+      <c r="N14" s="93">
         <v>183</v>
       </c>
-      <c r="O14" s="106">
+      <c r="O14" s="105">
         <v>164</v>
       </c>
-      <c r="P14" s="99">
+      <c r="P14" s="98">
         <v>229</v>
       </c>
-      <c r="Q14" s="94">
+      <c r="Q14" s="93">
         <v>179</v>
       </c>
-      <c r="R14" s="106">
+      <c r="R14" s="105">
         <v>197</v>
       </c>
-      <c r="S14" s="94">
+      <c r="S14" s="93">
         <v>193</v>
       </c>
-      <c r="T14" s="106">
+      <c r="T14" s="105">
         <v>180</v>
       </c>
-      <c r="U14" s="99">
+      <c r="U14" s="98">
         <v>227</v>
       </c>
-      <c r="V14" s="94">
+      <c r="V14" s="93">
         <v>50</v>
       </c>
-      <c r="W14" s="106">
+      <c r="W14" s="105">
         <v>161</v>
       </c>
-      <c r="X14" s="94">
+      <c r="X14" s="93">
         <v>174</v>
       </c>
-      <c r="Y14" s="102">
+      <c r="Y14" s="101">
         <v>166</v>
       </c>
-      <c r="Z14" s="106">
+      <c r="Z14" s="105">
         <v>140</v>
       </c>
-      <c r="AA14" s="94">
+      <c r="AA14" s="93">
         <v>152</v>
       </c>
-      <c r="AB14" s="106">
+      <c r="AB14" s="105">
         <v>138</v>
       </c>
-      <c r="AC14" s="106">
+      <c r="AC14" s="105">
         <v>124</v>
       </c>
-      <c r="AD14" s="94">
+      <c r="AD14" s="93">
         <v>118</v>
       </c>
-      <c r="AE14" s="106">
+      <c r="AE14" s="105">
         <v>115</v>
       </c>
-      <c r="AF14" s="94">
+      <c r="AF14" s="93">
         <v>155</v>
       </c>
-      <c r="AG14" s="106">
+      <c r="AG14" s="105">
         <v>127</v>
       </c>
-      <c r="AH14" s="94">
+      <c r="AH14" s="93">
         <v>112</v>
       </c>
-      <c r="AI14" s="106">
+      <c r="AI14" s="105">
         <v>125</v>
       </c>
-      <c r="AJ14" s="99">
+      <c r="AJ14" s="98">
         <v>106</v>
       </c>
-      <c r="AK14" s="94">
+      <c r="AK14" s="93">
         <v>103</v>
       </c>
-      <c r="AL14" s="106">
+      <c r="AL14" s="105">
         <v>71</v>
       </c>
-      <c r="AM14" s="94">
+      <c r="AM14" s="93">
         <v>139</v>
       </c>
-      <c r="AN14" s="106">
+      <c r="AN14" s="105">
         <v>101</v>
       </c>
-      <c r="AO14" s="102">
+      <c r="AO14" s="101">
         <v>121</v>
       </c>
-      <c r="AP14" s="102">
+      <c r="AP14" s="101">
         <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="83" t="s">
+      <c r="A15" s="82" t="s">
         <v>80</v>
       </c>
-      <c r="B15" s="95">
+      <c r="B15" s="94">
         <v>109</v>
       </c>
-      <c r="C15" s="111">
+      <c r="C15" s="110">
         <v>105</v>
       </c>
-      <c r="D15" s="98">
+      <c r="D15" s="97">
         <v>121</v>
       </c>
-      <c r="E15" s="101">
+      <c r="E15" s="100">
         <v>115</v>
       </c>
-      <c r="F15" s="105">
+      <c r="F15" s="104">
         <v>184</v>
       </c>
-      <c r="G15" s="105">
+      <c r="G15" s="104">
         <v>158</v>
       </c>
-      <c r="H15" s="98">
+      <c r="H15" s="97">
         <v>124</v>
       </c>
-      <c r="I15" s="49">
+      <c r="I15" s="48">
         <v>125</v>
       </c>
-      <c r="J15" s="105">
+      <c r="J15" s="104">
         <v>150</v>
       </c>
-      <c r="K15" s="105">
+      <c r="K15" s="104">
         <v>151</v>
       </c>
-      <c r="L15" s="49">
+      <c r="L15" s="48">
         <v>184</v>
       </c>
-      <c r="M15" s="105">
+      <c r="M15" s="104">
         <v>145</v>
       </c>
-      <c r="N15" s="49">
+      <c r="N15" s="48">
         <v>180</v>
       </c>
-      <c r="O15" s="105">
+      <c r="O15" s="104">
         <v>163</v>
       </c>
-      <c r="P15" s="98">
+      <c r="P15" s="97">
         <v>210</v>
       </c>
-      <c r="Q15" s="49">
+      <c r="Q15" s="48">
         <v>151</v>
       </c>
-      <c r="R15" s="105">
+      <c r="R15" s="104">
         <v>147</v>
       </c>
-      <c r="S15" s="49">
+      <c r="S15" s="48">
         <v>138</v>
       </c>
-      <c r="T15" s="105">
+      <c r="T15" s="104">
         <v>142</v>
       </c>
-      <c r="U15" s="98">
+      <c r="U15" s="97">
         <v>136</v>
       </c>
-      <c r="V15" s="49">
+      <c r="V15" s="48">
         <v>50</v>
       </c>
-      <c r="W15" s="105">
+      <c r="W15" s="104">
         <v>177</v>
       </c>
-      <c r="X15" s="49">
+      <c r="X15" s="48">
         <v>191</v>
       </c>
-      <c r="Y15" s="101">
+      <c r="Y15" s="100">
         <v>158</v>
       </c>
-      <c r="Z15" s="105">
+      <c r="Z15" s="104">
         <v>180</v>
       </c>
-      <c r="AA15" s="49">
+      <c r="AA15" s="48">
         <v>171</v>
       </c>
-      <c r="AB15" s="105">
+      <c r="AB15" s="104">
         <v>211</v>
       </c>
-      <c r="AC15" s="105">
+      <c r="AC15" s="104">
         <v>165</v>
       </c>
-      <c r="AD15" s="49">
+      <c r="AD15" s="48">
         <v>149</v>
       </c>
-      <c r="AE15" s="105">
+      <c r="AE15" s="104">
         <v>151</v>
       </c>
-      <c r="AF15" s="49">
+      <c r="AF15" s="48">
         <v>181</v>
       </c>
-      <c r="AG15" s="105">
+      <c r="AG15" s="104">
         <v>129</v>
       </c>
-      <c r="AH15" s="49">
+      <c r="AH15" s="48">
         <v>117</v>
       </c>
-      <c r="AI15" s="105">
+      <c r="AI15" s="104">
         <v>111</v>
       </c>
-      <c r="AJ15" s="98">
+      <c r="AJ15" s="97">
         <v>135</v>
       </c>
-      <c r="AK15" s="49">
+      <c r="AK15" s="48">
         <v>120</v>
       </c>
-      <c r="AL15" s="105">
+      <c r="AL15" s="104">
         <v>130</v>
       </c>
-      <c r="AM15" s="49">
+      <c r="AM15" s="48">
         <v>134</v>
       </c>
-      <c r="AN15" s="105">
+      <c r="AN15" s="104">
         <v>141</v>
       </c>
-      <c r="AO15" s="101">
+      <c r="AO15" s="100">
         <v>105</v>
       </c>
-      <c r="AP15" s="101">
+      <c r="AP15" s="100">
         <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="128" t="s">
+      <c r="A16" s="127" t="s">
         <v>81</v>
       </c>
-      <c r="B16" s="97">
+      <c r="B16" s="96">
         <v>1227</v>
       </c>
-      <c r="C16" s="107">
+      <c r="C16" s="106">
         <v>1223</v>
       </c>
-      <c r="D16" s="100">
+      <c r="D16" s="99">
         <v>1301</v>
       </c>
-      <c r="E16" s="97">
+      <c r="E16" s="96">
         <v>1301</v>
       </c>
-      <c r="F16" s="107">
+      <c r="F16" s="106">
         <v>1353</v>
       </c>
-      <c r="G16" s="107">
+      <c r="G16" s="106">
         <v>1283</v>
       </c>
-      <c r="H16" s="100">
+      <c r="H16" s="99">
         <v>1479</v>
       </c>
-      <c r="I16" s="90">
+      <c r="I16" s="89">
         <v>1245</v>
       </c>
-      <c r="J16" s="107">
+      <c r="J16" s="106">
         <v>1398</v>
       </c>
-      <c r="K16" s="107">
+      <c r="K16" s="106">
         <v>1343</v>
       </c>
-      <c r="L16" s="90">
+      <c r="L16" s="89">
         <v>1681</v>
       </c>
-      <c r="M16" s="107">
+      <c r="M16" s="106">
         <v>1462</v>
       </c>
-      <c r="N16" s="90">
+      <c r="N16" s="89">
         <v>1689</v>
       </c>
-      <c r="O16" s="107">
+      <c r="O16" s="106">
         <v>1526</v>
       </c>
-      <c r="P16" s="100">
+      <c r="P16" s="99">
         <v>1906</v>
       </c>
-      <c r="Q16" s="90">
+      <c r="Q16" s="89">
         <v>1748</v>
       </c>
-      <c r="R16" s="107">
+      <c r="R16" s="106">
         <v>1631</v>
       </c>
-      <c r="S16" s="90">
+      <c r="S16" s="89">
         <v>1599</v>
       </c>
-      <c r="T16" s="107">
+      <c r="T16" s="106">
         <v>1800</v>
       </c>
-      <c r="U16" s="100">
+      <c r="U16" s="99">
         <v>1571</v>
       </c>
-      <c r="V16" s="90">
+      <c r="V16" s="89">
         <v>675</v>
       </c>
-      <c r="W16" s="107">
+      <c r="W16" s="106">
         <v>1568</v>
       </c>
-      <c r="X16" s="90">
+      <c r="X16" s="89">
         <v>1919</v>
       </c>
-      <c r="Y16" s="97">
+      <c r="Y16" s="96">
         <v>1626</v>
       </c>
-      <c r="Z16" s="107">
+      <c r="Z16" s="106">
         <v>1730</v>
       </c>
-      <c r="AA16" s="90">
+      <c r="AA16" s="89">
         <v>1632</v>
       </c>
-      <c r="AB16" s="107">
+      <c r="AB16" s="106">
         <v>1621</v>
       </c>
-      <c r="AC16" s="107">
+      <c r="AC16" s="106">
         <v>1377</v>
       </c>
-      <c r="AD16" s="90">
+      <c r="AD16" s="89">
         <v>1549</v>
       </c>
-      <c r="AE16" s="107">
+      <c r="AE16" s="106">
         <v>1467</v>
       </c>
-      <c r="AF16" s="91">
+      <c r="AF16" s="90">
         <v>1667</v>
       </c>
-      <c r="AG16" s="108">
+      <c r="AG16" s="107">
         <v>1076</v>
       </c>
-      <c r="AH16" s="90">
+      <c r="AH16" s="89">
         <v>1271</v>
       </c>
-      <c r="AI16" s="107">
+      <c r="AI16" s="106">
         <v>1146</v>
       </c>
-      <c r="AJ16" s="104">
+      <c r="AJ16" s="103">
         <v>1308</v>
       </c>
-      <c r="AK16" s="91">
+      <c r="AK16" s="90">
         <v>1086</v>
       </c>
-      <c r="AL16" s="107">
+      <c r="AL16" s="106">
         <v>1342</v>
       </c>
-      <c r="AM16" s="90">
+      <c r="AM16" s="89">
         <v>1193</v>
       </c>
-      <c r="AN16" s="108">
+      <c r="AN16" s="107">
         <v>1430</v>
       </c>
-      <c r="AO16" s="103">
+      <c r="AO16" s="102">
         <v>1248</v>
       </c>
-      <c r="AP16" s="103">
+      <c r="AP16" s="102">
         <v>1267</v>
       </c>
     </row>
     <row r="17" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="A17" s="82" t="s">
+      <c r="A17" s="81" t="s">
         <v>62</v>
       </c>
-      <c r="B17" s="82"/>
-[...2 lines deleted...]
-      <c r="N17" s="116"/>
+      <c r="B17" s="81"/>
+      <c r="C17" s="81"/>
+      <c r="L17" s="114"/>
+      <c r="N17" s="115"/>
     </row>
     <row r="18" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="A18" s="36" t="s">
+      <c r="A18" s="35" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A19" s="1" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="AC19" s="1" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
     </row>
     <row r="20" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A20" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="21" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A21" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A22" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:29" x14ac:dyDescent="0.2">
       <c r="A23" s="1" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="Y3:AB3"/>
     <mergeCell ref="AC3:AF3"/>
     <mergeCell ref="AG3:AJ3"/>
     <mergeCell ref="AK3:AN3"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:H3"/>
     <mergeCell ref="I3:L3"/>
     <mergeCell ref="M3:P3"/>
     <mergeCell ref="Q3:T3"/>
     <mergeCell ref="U3:X3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A18" r:id="rId1" xr:uid="{52E7705A-5D7C-4879-9717-9F846E9C28E5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{663C8862-A3ED-4FD9-B65D-BDC9A17EBEF0}">
-  <dimension ref="A1:AP58"/>
+  <dimension ref="A1:AP61"/>
   <sheetViews>
     <sheetView topLeftCell="A26" workbookViewId="0">
-      <pane ySplit="1245" activePane="bottomLeft"/>
+      <pane ySplit="1245" topLeftCell="A40" activePane="bottomLeft"/>
       <selection activeCell="D2" sqref="D2"/>
-      <selection pane="bottomLeft"/>
+      <selection pane="bottomLeft" activeCell="A57" sqref="A57:XFD61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.7109375" style="1"/>
     <col min="2" max="2" width="37" style="1" customWidth="1"/>
     <col min="3" max="3" width="43.28515625" style="1" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="3" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="136"/>
-      <c r="B3" s="140" t="s">
+      <c r="A3" s="135"/>
+      <c r="B3" s="139" t="s">
         <v>122</v>
       </c>
-      <c r="C3" s="141" t="s">
+      <c r="C3" s="140" t="s">
         <v>123</v>
       </c>
-      <c r="D3" s="49"/>
-[...37 lines deleted...]
-      <c r="AP3" s="49"/>
+      <c r="D3" s="48"/>
+      <c r="E3" s="48"/>
+      <c r="F3" s="48"/>
+      <c r="G3" s="48"/>
+      <c r="H3" s="48"/>
+      <c r="I3" s="48"/>
+      <c r="J3" s="48"/>
+      <c r="K3" s="48"/>
+      <c r="L3" s="48"/>
+      <c r="M3" s="48"/>
+      <c r="N3" s="48"/>
+      <c r="O3" s="48"/>
+      <c r="P3" s="48"/>
+      <c r="Q3" s="48"/>
+      <c r="R3" s="48"/>
+      <c r="S3" s="48"/>
+      <c r="T3" s="48"/>
+      <c r="U3" s="48"/>
+      <c r="V3" s="48"/>
+      <c r="W3" s="48"/>
+      <c r="X3" s="48"/>
+      <c r="Y3" s="48"/>
+      <c r="Z3" s="48"/>
+      <c r="AA3" s="48"/>
+      <c r="AB3" s="48"/>
+      <c r="AC3" s="48"/>
+      <c r="AD3" s="48"/>
+      <c r="AE3" s="48"/>
+      <c r="AF3" s="48"/>
+      <c r="AG3" s="48"/>
+      <c r="AH3" s="48"/>
+      <c r="AI3" s="48"/>
+      <c r="AJ3" s="48"/>
+      <c r="AK3" s="48"/>
+      <c r="AL3" s="48"/>
+      <c r="AM3" s="48"/>
+      <c r="AN3" s="48"/>
+      <c r="AO3" s="48"/>
+      <c r="AP3" s="48"/>
     </row>
     <row r="4" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="84" t="s">
+      <c r="A4" s="83" t="s">
         <v>83</v>
       </c>
-      <c r="B4" s="85">
+      <c r="B4" s="84">
         <v>1426</v>
       </c>
-      <c r="C4" s="85">
+      <c r="C4" s="84">
         <v>1227</v>
       </c>
-      <c r="D4" s="49"/>
-[...37 lines deleted...]
-      <c r="AP4" s="49"/>
+      <c r="D4" s="48"/>
+      <c r="E4" s="48"/>
+      <c r="F4" s="48"/>
+      <c r="G4" s="48"/>
+      <c r="H4" s="48"/>
+      <c r="I4" s="48"/>
+      <c r="J4" s="48"/>
+      <c r="K4" s="48"/>
+      <c r="L4" s="48"/>
+      <c r="M4" s="48"/>
+      <c r="N4" s="48"/>
+      <c r="O4" s="48"/>
+      <c r="P4" s="48"/>
+      <c r="Q4" s="48"/>
+      <c r="R4" s="48"/>
+      <c r="S4" s="48"/>
+      <c r="T4" s="48"/>
+      <c r="U4" s="48"/>
+      <c r="V4" s="48"/>
+      <c r="W4" s="48"/>
+      <c r="X4" s="48"/>
+      <c r="Y4" s="48"/>
+      <c r="Z4" s="48"/>
+      <c r="AA4" s="48"/>
+      <c r="AB4" s="48"/>
+      <c r="AC4" s="48"/>
+      <c r="AD4" s="48"/>
+      <c r="AE4" s="48"/>
+      <c r="AF4" s="48"/>
+      <c r="AG4" s="48"/>
+      <c r="AH4" s="48"/>
+      <c r="AI4" s="48"/>
+      <c r="AJ4" s="48"/>
+      <c r="AK4" s="48"/>
+      <c r="AL4" s="48"/>
+      <c r="AM4" s="48"/>
+      <c r="AN4" s="48"/>
+      <c r="AO4" s="48"/>
+      <c r="AP4" s="48"/>
     </row>
     <row r="5" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="131" t="s">
+      <c r="A5" s="130" t="s">
         <v>84</v>
       </c>
-      <c r="B5" s="93">
+      <c r="B5" s="92">
         <v>1605</v>
       </c>
-      <c r="C5" s="93">
+      <c r="C5" s="92">
         <v>1223</v>
       </c>
     </row>
     <row r="6" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="49" t="s">
+      <c r="A6" s="48" t="s">
         <v>85</v>
       </c>
-      <c r="B6" s="85">
+      <c r="B6" s="84">
         <v>1280</v>
       </c>
-      <c r="C6" s="85">
+      <c r="C6" s="84">
         <v>1301</v>
       </c>
     </row>
     <row r="7" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="94" t="s">
+      <c r="A7" s="93" t="s">
         <v>86</v>
       </c>
-      <c r="B7" s="93">
+      <c r="B7" s="92">
         <v>1407</v>
       </c>
-      <c r="C7" s="93">
+      <c r="C7" s="92">
         <v>1301</v>
       </c>
     </row>
     <row r="8" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="134" t="s">
+      <c r="A8" s="133" t="s">
         <v>124</v>
       </c>
-      <c r="B8" s="135">
+      <c r="B8" s="134">
         <v>5718</v>
       </c>
-      <c r="C8" s="135">
+      <c r="C8" s="134">
         <v>5052</v>
       </c>
-      <c r="D8" s="85"/>
-[...30 lines deleted...]
-      <c r="AI8" s="129"/>
+      <c r="D8" s="84"/>
+      <c r="E8" s="84"/>
+      <c r="F8" s="84"/>
+      <c r="G8" s="84"/>
+      <c r="H8" s="84"/>
+      <c r="I8" s="84"/>
+      <c r="J8" s="84"/>
+      <c r="K8" s="84"/>
+      <c r="L8" s="84"/>
+      <c r="M8" s="84"/>
+      <c r="N8" s="84"/>
+      <c r="O8" s="84"/>
+      <c r="P8" s="84"/>
+      <c r="Q8" s="84"/>
+      <c r="R8" s="84"/>
+      <c r="S8" s="84"/>
+      <c r="T8" s="84"/>
+      <c r="U8" s="84"/>
+      <c r="V8" s="84"/>
+      <c r="W8" s="84"/>
+      <c r="X8" s="84"/>
+      <c r="Y8" s="84"/>
+      <c r="Z8" s="128"/>
+      <c r="AA8" s="128"/>
+      <c r="AB8" s="84"/>
+      <c r="AC8" s="84"/>
+      <c r="AD8" s="128"/>
+      <c r="AE8" s="128"/>
+      <c r="AF8" s="84"/>
+      <c r="AG8" s="84"/>
+      <c r="AH8" s="128"/>
+      <c r="AI8" s="128"/>
     </row>
     <row r="9" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="84" t="s">
+      <c r="A9" s="83" t="s">
         <v>87</v>
       </c>
-      <c r="B9" s="85">
+      <c r="B9" s="84">
         <v>1815</v>
       </c>
-      <c r="C9" s="85">
+      <c r="C9" s="84">
         <v>1353</v>
       </c>
-      <c r="D9" s="85"/>
-[...30 lines deleted...]
-      <c r="AI9" s="129"/>
+      <c r="D9" s="84"/>
+      <c r="E9" s="84"/>
+      <c r="F9" s="84"/>
+      <c r="G9" s="84"/>
+      <c r="H9" s="84"/>
+      <c r="I9" s="84"/>
+      <c r="J9" s="84"/>
+      <c r="K9" s="84"/>
+      <c r="L9" s="84"/>
+      <c r="M9" s="84"/>
+      <c r="N9" s="84"/>
+      <c r="O9" s="84"/>
+      <c r="P9" s="84"/>
+      <c r="Q9" s="84"/>
+      <c r="R9" s="84"/>
+      <c r="S9" s="84"/>
+      <c r="T9" s="84"/>
+      <c r="U9" s="84"/>
+      <c r="V9" s="84"/>
+      <c r="W9" s="84"/>
+      <c r="X9" s="84"/>
+      <c r="Y9" s="84"/>
+      <c r="Z9" s="128"/>
+      <c r="AA9" s="128"/>
+      <c r="AB9" s="84"/>
+      <c r="AC9" s="84"/>
+      <c r="AD9" s="128"/>
+      <c r="AE9" s="128"/>
+      <c r="AF9" s="84"/>
+      <c r="AG9" s="84"/>
+      <c r="AH9" s="128"/>
+      <c r="AI9" s="128"/>
     </row>
     <row r="10" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="131" t="s">
+      <c r="A10" s="130" t="s">
         <v>88</v>
       </c>
-      <c r="B10" s="93">
+      <c r="B10" s="92">
         <v>1667</v>
       </c>
-      <c r="C10" s="93">
+      <c r="C10" s="92">
         <v>1283</v>
       </c>
-      <c r="D10" s="85"/>
-[...37 lines deleted...]
-      <c r="AP10" s="129"/>
+      <c r="D10" s="84"/>
+      <c r="E10" s="84"/>
+      <c r="F10" s="84"/>
+      <c r="G10" s="84"/>
+      <c r="H10" s="84"/>
+      <c r="I10" s="84"/>
+      <c r="J10" s="84"/>
+      <c r="K10" s="84"/>
+      <c r="L10" s="84"/>
+      <c r="M10" s="84"/>
+      <c r="N10" s="84"/>
+      <c r="O10" s="84"/>
+      <c r="P10" s="84"/>
+      <c r="Q10" s="84"/>
+      <c r="R10" s="84"/>
+      <c r="S10" s="84"/>
+      <c r="T10" s="84"/>
+      <c r="U10" s="84"/>
+      <c r="V10" s="84"/>
+      <c r="W10" s="84"/>
+      <c r="X10" s="84"/>
+      <c r="Y10" s="84"/>
+      <c r="Z10" s="84"/>
+      <c r="AA10" s="84"/>
+      <c r="AB10" s="84"/>
+      <c r="AC10" s="84"/>
+      <c r="AD10" s="84"/>
+      <c r="AE10" s="84"/>
+      <c r="AF10" s="84"/>
+      <c r="AG10" s="128"/>
+      <c r="AH10" s="128"/>
+      <c r="AI10" s="84"/>
+      <c r="AJ10" s="84"/>
+      <c r="AK10" s="128"/>
+      <c r="AL10" s="128"/>
+      <c r="AM10" s="84"/>
+      <c r="AN10" s="84"/>
+      <c r="AO10" s="128"/>
+      <c r="AP10" s="128"/>
     </row>
     <row r="11" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="49" t="s">
+      <c r="A11" s="48" t="s">
         <v>89</v>
       </c>
-      <c r="B11" s="85">
+      <c r="B11" s="84">
         <v>1542</v>
       </c>
-      <c r="C11" s="85">
+      <c r="C11" s="84">
         <v>1479</v>
       </c>
-      <c r="D11" s="49"/>
-[...37 lines deleted...]
-      <c r="AP11" s="49"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
+      <c r="F11" s="48"/>
+      <c r="G11" s="48"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="48"/>
+      <c r="K11" s="48"/>
+      <c r="L11" s="48"/>
+      <c r="M11" s="48"/>
+      <c r="N11" s="48"/>
+      <c r="O11" s="48"/>
+      <c r="P11" s="48"/>
+      <c r="Q11" s="48"/>
+      <c r="R11" s="48"/>
+      <c r="S11" s="48"/>
+      <c r="T11" s="48"/>
+      <c r="U11" s="48"/>
+      <c r="V11" s="48"/>
+      <c r="W11" s="48"/>
+      <c r="X11" s="48"/>
+      <c r="Y11" s="48"/>
+      <c r="Z11" s="48"/>
+      <c r="AA11" s="48"/>
+      <c r="AB11" s="48"/>
+      <c r="AC11" s="48"/>
+      <c r="AD11" s="48"/>
+      <c r="AE11" s="48"/>
+      <c r="AF11" s="48"/>
+      <c r="AG11" s="48"/>
+      <c r="AH11" s="48"/>
+      <c r="AI11" s="48"/>
+      <c r="AJ11" s="48"/>
+      <c r="AK11" s="48"/>
+      <c r="AL11" s="48"/>
+      <c r="AM11" s="48"/>
+      <c r="AN11" s="48"/>
+      <c r="AO11" s="48"/>
+      <c r="AP11" s="48"/>
     </row>
     <row r="12" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="94" t="s">
+      <c r="A12" s="93" t="s">
         <v>90</v>
       </c>
-      <c r="B12" s="93">
+      <c r="B12" s="92">
         <v>1703</v>
       </c>
-      <c r="C12" s="93">
+      <c r="C12" s="92">
         <v>1245</v>
       </c>
-      <c r="M12" s="49"/>
-[...28 lines deleted...]
-      <c r="AP12" s="49"/>
+      <c r="M12" s="48"/>
+      <c r="N12" s="48"/>
+      <c r="O12" s="48"/>
+      <c r="P12" s="48"/>
+      <c r="Q12" s="48"/>
+      <c r="R12" s="48"/>
+      <c r="S12" s="48"/>
+      <c r="T12" s="48"/>
+      <c r="U12" s="48"/>
+      <c r="V12" s="48"/>
+      <c r="W12" s="48"/>
+      <c r="X12" s="48"/>
+      <c r="Y12" s="48"/>
+      <c r="Z12" s="48"/>
+      <c r="AA12" s="48"/>
+      <c r="AB12" s="48"/>
+      <c r="AC12" s="48"/>
+      <c r="AD12" s="48"/>
+      <c r="AE12" s="48"/>
+      <c r="AF12" s="48"/>
+      <c r="AG12" s="48"/>
+      <c r="AH12" s="48"/>
+      <c r="AI12" s="48"/>
+      <c r="AJ12" s="48"/>
+      <c r="AK12" s="48"/>
+      <c r="AL12" s="48"/>
+      <c r="AM12" s="48"/>
+      <c r="AN12" s="48"/>
+      <c r="AO12" s="48"/>
+      <c r="AP12" s="48"/>
     </row>
     <row r="13" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="134" t="s">
+      <c r="A13" s="133" t="s">
         <v>125</v>
       </c>
-      <c r="B13" s="135">
+      <c r="B13" s="134">
         <v>6727</v>
       </c>
-      <c r="C13" s="135">
+      <c r="C13" s="134">
         <v>5360</v>
       </c>
-      <c r="M13" s="49"/>
-[...28 lines deleted...]
-      <c r="AP13" s="49"/>
+      <c r="M13" s="48"/>
+      <c r="N13" s="48"/>
+      <c r="O13" s="48"/>
+      <c r="P13" s="48"/>
+      <c r="Q13" s="48"/>
+      <c r="R13" s="48"/>
+      <c r="S13" s="48"/>
+      <c r="T13" s="48"/>
+      <c r="U13" s="48"/>
+      <c r="V13" s="48"/>
+      <c r="W13" s="48"/>
+      <c r="X13" s="48"/>
+      <c r="Y13" s="48"/>
+      <c r="Z13" s="48"/>
+      <c r="AA13" s="48"/>
+      <c r="AB13" s="48"/>
+      <c r="AC13" s="48"/>
+      <c r="AD13" s="48"/>
+      <c r="AE13" s="48"/>
+      <c r="AF13" s="48"/>
+      <c r="AG13" s="48"/>
+      <c r="AH13" s="48"/>
+      <c r="AI13" s="48"/>
+      <c r="AJ13" s="48"/>
+      <c r="AK13" s="48"/>
+      <c r="AL13" s="48"/>
+      <c r="AM13" s="48"/>
+      <c r="AN13" s="48"/>
+      <c r="AO13" s="48"/>
+      <c r="AP13" s="48"/>
     </row>
     <row r="14" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="84" t="s">
+      <c r="A14" s="83" t="s">
         <v>91</v>
       </c>
-      <c r="B14" s="85">
+      <c r="B14" s="84">
         <v>2135</v>
       </c>
-      <c r="C14" s="85">
+      <c r="C14" s="84">
         <v>1398</v>
       </c>
     </row>
     <row r="15" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="131" t="s">
+      <c r="A15" s="130" t="s">
         <v>92</v>
       </c>
-      <c r="B15" s="93">
+      <c r="B15" s="92">
         <v>1525</v>
       </c>
-      <c r="C15" s="93">
+      <c r="C15" s="92">
         <v>1343</v>
       </c>
     </row>
     <row r="16" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="49" t="s">
+      <c r="A16" s="48" t="s">
         <v>93</v>
       </c>
-      <c r="B16" s="85">
+      <c r="B16" s="84">
         <v>1315</v>
       </c>
-      <c r="C16" s="85">
+      <c r="C16" s="84">
         <v>1681</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="94" t="s">
+      <c r="A17" s="93" t="s">
         <v>94</v>
       </c>
-      <c r="B17" s="93">
+      <c r="B17" s="92">
         <v>1756</v>
       </c>
-      <c r="C17" s="93">
+      <c r="C17" s="92">
         <v>1462</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="134" t="s">
+      <c r="A18" s="133" t="s">
         <v>126</v>
       </c>
-      <c r="B18" s="135">
+      <c r="B18" s="134">
         <v>6731</v>
       </c>
-      <c r="C18" s="135">
+      <c r="C18" s="134">
         <v>5884</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="84" t="s">
+      <c r="A19" s="83" t="s">
         <v>95</v>
       </c>
-      <c r="B19" s="85">
+      <c r="B19" s="84">
         <v>2278</v>
       </c>
-      <c r="C19" s="85">
+      <c r="C19" s="84">
         <v>1689</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="131" t="s">
+      <c r="A20" s="130" t="s">
         <v>96</v>
       </c>
-      <c r="B20" s="93">
+      <c r="B20" s="92">
         <v>1968</v>
       </c>
-      <c r="C20" s="93">
+      <c r="C20" s="92">
         <v>1526</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="84" t="s">
+      <c r="A21" s="83" t="s">
         <v>97</v>
       </c>
-      <c r="B21" s="85">
+      <c r="B21" s="84">
         <v>1653</v>
       </c>
-      <c r="C21" s="85">
+      <c r="C21" s="84">
         <v>1906</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="131" t="s">
+      <c r="A22" s="130" t="s">
         <v>98</v>
       </c>
-      <c r="B22" s="93">
+      <c r="B22" s="92">
         <v>1545</v>
       </c>
-      <c r="C22" s="93">
+      <c r="C22" s="92">
         <v>1748</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="134" t="s">
+      <c r="A23" s="133" t="s">
         <v>127</v>
       </c>
-      <c r="B23" s="135">
+      <c r="B23" s="134">
         <v>7444</v>
       </c>
-      <c r="C23" s="135">
+      <c r="C23" s="134">
         <v>6869</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="84" t="s">
+      <c r="A24" s="83" t="s">
         <v>99</v>
       </c>
-      <c r="B24" s="85">
+      <c r="B24" s="84">
         <v>1731</v>
       </c>
-      <c r="C24" s="85">
+      <c r="C24" s="84">
         <v>1631</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="131" t="s">
+      <c r="A25" s="130" t="s">
         <v>100</v>
       </c>
-      <c r="B25" s="93">
+      <c r="B25" s="92">
         <v>1715</v>
       </c>
-      <c r="C25" s="93">
+      <c r="C25" s="92">
         <v>1599</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="84" t="s">
+      <c r="A26" s="83" t="s">
         <v>101</v>
       </c>
-      <c r="B26" s="85">
+      <c r="B26" s="84">
         <v>1470</v>
       </c>
-      <c r="C26" s="85">
+      <c r="C26" s="84">
         <v>1800</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="131" t="s">
+      <c r="A27" s="130" t="s">
         <v>102</v>
       </c>
-      <c r="B27" s="93">
+      <c r="B27" s="92">
         <v>1356</v>
       </c>
-      <c r="C27" s="93">
+      <c r="C27" s="92">
         <v>1571</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="132" t="s">
+      <c r="A28" s="131" t="s">
         <v>128</v>
       </c>
-      <c r="B28" s="133">
+      <c r="B28" s="132">
         <v>6272</v>
       </c>
-      <c r="C28" s="133">
+      <c r="C28" s="132">
         <v>6601</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="84" t="s">
+      <c r="A29" s="83" t="s">
         <v>103</v>
       </c>
-      <c r="B29" s="85">
+      <c r="B29" s="84">
         <v>1057</v>
       </c>
-      <c r="C29" s="85">
+      <c r="C29" s="84">
         <v>675</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="131" t="s">
+      <c r="A30" s="130" t="s">
         <v>104</v>
       </c>
-      <c r="B30" s="93">
+      <c r="B30" s="92">
         <v>1436</v>
       </c>
-      <c r="C30" s="93">
+      <c r="C30" s="92">
         <v>1568</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="84" t="s">
+      <c r="A31" s="83" t="s">
         <v>105</v>
       </c>
-      <c r="B31" s="85">
+      <c r="B31" s="84">
         <v>1407</v>
       </c>
-      <c r="C31" s="85">
+      <c r="C31" s="84">
         <v>1919</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="131" t="s">
+      <c r="A32" s="130" t="s">
         <v>106</v>
       </c>
-      <c r="B32" s="93">
+      <c r="B32" s="92">
         <v>1866</v>
       </c>
-      <c r="C32" s="93">
+      <c r="C32" s="92">
         <v>1626</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="134" t="s">
+      <c r="A33" s="133" t="s">
         <v>129</v>
       </c>
-      <c r="B33" s="135">
+      <c r="B33" s="134">
         <v>5766</v>
       </c>
-      <c r="C33" s="135">
+      <c r="C33" s="134">
         <v>5788</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="84" t="s">
+      <c r="A34" s="83" t="s">
         <v>107</v>
       </c>
-      <c r="B34" s="85">
+      <c r="B34" s="84">
         <v>1994</v>
       </c>
-      <c r="C34" s="85">
+      <c r="C34" s="84">
         <v>1730</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="131" t="s">
+      <c r="A35" s="130" t="s">
         <v>108</v>
       </c>
-      <c r="B35" s="93">
+      <c r="B35" s="92">
         <v>1808</v>
       </c>
-      <c r="C35" s="93">
+      <c r="C35" s="92">
         <v>1632</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="84" t="s">
+      <c r="A36" s="83" t="s">
         <v>109</v>
       </c>
-      <c r="B36" s="85">
+      <c r="B36" s="84">
         <v>1314</v>
       </c>
-      <c r="C36" s="85">
+      <c r="C36" s="84">
         <v>1621</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="138" t="s">
+      <c r="A37" s="137" t="s">
         <v>110</v>
       </c>
-      <c r="B37" s="139">
+      <c r="B37" s="138">
         <v>1788</v>
       </c>
-      <c r="C37" s="139">
+      <c r="C37" s="138">
         <v>1377</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="134" t="s">
+      <c r="A38" s="133" t="s">
         <v>130</v>
       </c>
-      <c r="B38" s="135">
+      <c r="B38" s="134">
         <v>6904</v>
       </c>
-      <c r="C38" s="135">
+      <c r="C38" s="134">
         <v>6360</v>
       </c>
     </row>
     <row r="39" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A39" s="84" t="s">
+      <c r="A39" s="83" t="s">
         <v>111</v>
       </c>
-      <c r="B39" s="85">
+      <c r="B39" s="84">
         <v>1585</v>
       </c>
-      <c r="C39" s="85">
+      <c r="C39" s="84">
         <v>1549</v>
       </c>
     </row>
     <row r="40" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="131" t="s">
+      <c r="A40" s="130" t="s">
         <v>112</v>
       </c>
-      <c r="B40" s="93">
+      <c r="B40" s="92">
         <v>1374</v>
       </c>
-      <c r="C40" s="93">
+      <c r="C40" s="92">
         <v>1467</v>
       </c>
     </row>
     <row r="41" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="84" t="s">
+      <c r="A41" s="83" t="s">
         <v>113</v>
       </c>
-      <c r="B41" s="130">
+      <c r="B41" s="129">
         <v>1003</v>
       </c>
-      <c r="C41" s="130">
+      <c r="C41" s="129">
         <v>1667</v>
       </c>
     </row>
     <row r="42" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="94" t="s">
+      <c r="A42" s="93" t="s">
         <v>114</v>
       </c>
-      <c r="B42" s="137">
+      <c r="B42" s="136">
         <v>1026</v>
       </c>
-      <c r="C42" s="137">
+      <c r="C42" s="136">
         <v>1076</v>
       </c>
     </row>
     <row r="43" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="134" t="s">
+      <c r="A43" s="133" t="s">
         <v>131</v>
       </c>
-      <c r="B43" s="135">
+      <c r="B43" s="134">
         <v>4988</v>
       </c>
-      <c r="C43" s="135">
+      <c r="C43" s="134">
         <v>5759</v>
       </c>
     </row>
     <row r="44" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="84" t="s">
+      <c r="A44" s="83" t="s">
         <v>115</v>
       </c>
-      <c r="B44" s="85">
+      <c r="B44" s="84">
         <v>1342</v>
       </c>
-      <c r="C44" s="85">
+      <c r="C44" s="84">
         <v>1271</v>
       </c>
     </row>
     <row r="45" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A45" s="131" t="s">
+      <c r="A45" s="130" t="s">
         <v>116</v>
       </c>
-      <c r="B45" s="93">
+      <c r="B45" s="92">
         <v>1180</v>
       </c>
-      <c r="C45" s="93">
+      <c r="C45" s="92">
         <v>1146</v>
       </c>
     </row>
     <row r="46" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="84" t="s">
+      <c r="A46" s="83" t="s">
         <v>117</v>
       </c>
-      <c r="B46" s="130">
+      <c r="B46" s="129">
         <v>1406</v>
       </c>
-      <c r="C46" s="130">
+      <c r="C46" s="129">
         <v>1308</v>
       </c>
     </row>
     <row r="47" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A47" s="94" t="s">
+      <c r="A47" s="93" t="s">
         <v>118</v>
       </c>
-      <c r="B47" s="137">
+      <c r="B47" s="136">
         <v>1361</v>
       </c>
-      <c r="C47" s="137">
+      <c r="C47" s="136">
         <v>1086</v>
       </c>
     </row>
     <row r="48" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="134" t="s">
+      <c r="A48" s="133" t="s">
         <v>132</v>
       </c>
-      <c r="B48" s="135">
+      <c r="B48" s="134">
         <v>5289</v>
       </c>
-      <c r="C48" s="135">
+      <c r="C48" s="134">
         <v>4811</v>
       </c>
     </row>
-    <row r="49" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="84" t="s">
+    <row r="49" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="83" t="s">
         <v>119</v>
       </c>
-      <c r="B49" s="85">
+      <c r="B49" s="84">
         <v>1519</v>
       </c>
-      <c r="C49" s="85">
+      <c r="C49" s="84">
         <v>1342</v>
       </c>
     </row>
-    <row r="50" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A50" s="131" t="s">
+    <row r="50" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="130" t="s">
         <v>120</v>
       </c>
-      <c r="B50" s="93">
+      <c r="B50" s="92">
         <v>1364</v>
       </c>
-      <c r="C50" s="93">
+      <c r="C50" s="92">
         <v>1193</v>
       </c>
     </row>
-    <row r="51" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="84" t="s">
+    <row r="51" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="83" t="s">
         <v>121</v>
       </c>
-      <c r="B51" s="130">
+      <c r="B51" s="129">
         <v>1403</v>
       </c>
-      <c r="C51" s="130">
+      <c r="C51" s="129">
         <v>1430</v>
       </c>
     </row>
-    <row r="52" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="94" t="s">
+    <row r="52" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="93" t="s">
         <v>11</v>
       </c>
-      <c r="B52" s="137">
+      <c r="B52" s="136">
         <v>1469</v>
       </c>
-      <c r="C52" s="137">
+      <c r="C52" s="136">
         <v>1248</v>
       </c>
     </row>
-    <row r="53" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A53" s="134" t="s">
+    <row r="53" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="133" t="s">
         <v>133</v>
       </c>
-      <c r="B53" s="135">
+      <c r="B53" s="134">
         <v>5755</v>
       </c>
-      <c r="C53" s="135">
+      <c r="C53" s="134">
         <v>5213</v>
       </c>
     </row>
-    <row r="54" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B54" s="85">
+    <row r="54" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="83" t="s">
+        <v>291</v>
+      </c>
+      <c r="B54" s="84">
         <v>2075</v>
       </c>
-      <c r="C54" s="85">
+      <c r="C54" s="84">
         <v>1267</v>
       </c>
     </row>
-    <row r="55" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-        <v>290</v>
+    <row r="55" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="130"/>
+      <c r="B55" s="92"/>
+      <c r="C55" s="92"/>
+    </row>
+    <row r="57" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A57" s="81" t="s">
+        <v>62</v>
+      </c>
+      <c r="B57" s="81"/>
+      <c r="C57" s="81"/>
+      <c r="L57" s="114"/>
+      <c r="N57" s="115"/>
+    </row>
+    <row r="58" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A58" s="35" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A61" s="1" t="s">
+        <v>316</v>
       </c>
     </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="A58" r:id="rId1" xr:uid="{C7082057-A1BA-4F21-B891-C46508463524}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>Contents</vt:lpstr>
       <vt:lpstr>1 LPS HPI</vt:lpstr>
       <vt:lpstr>2 UU HPI Average Prices</vt:lpstr>
       <vt:lpstr>3 UU HPI LGD Prices</vt:lpstr>