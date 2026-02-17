--- v1 (2025-11-27)
+++ v2 (2026-02-17)
@@ -12,100 +12,100 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\NEW Housing Review\Report excel tables\formatted tables\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0B417200-A6C0-4C30-8BC8-1BBEBFA5F162}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{75C85D59-339D-45B6-A643-8F6C315EC2B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="10" activeTab="14" xr2:uid="{1727A038-71B2-43F2-A057-6CE1596D0615}"/>
+    <workbookView xWindow="-15" yWindow="180" windowWidth="13380" windowHeight="15360" firstSheet="14" activeTab="14" xr2:uid="{1727A038-71B2-43F2-A057-6CE1596D0615}"/>
   </bookViews>
   <sheets>
     <sheet name="Contents" sheetId="14" r:id="rId1"/>
     <sheet name="1 NICEI" sheetId="1" r:id="rId2"/>
     <sheet name="2 Construction Output" sheetId="2" r:id="rId3"/>
     <sheet name="3 Housing Output" sheetId="3" r:id="rId4"/>
     <sheet name="4 Employment Rate" sheetId="4" r:id="rId5"/>
     <sheet name="5 Economic Inactivity" sheetId="5" r:id="rId6"/>
     <sheet name="6 Redundancies" sheetId="6" r:id="rId7"/>
     <sheet name="7 UK Inflation Rates" sheetId="7" r:id="rId8"/>
     <sheet name="8 CPI EU27 &amp; Selected Countries" sheetId="8" r:id="rId9"/>
     <sheet name="9 Interst Rate History" sheetId="9" r:id="rId10"/>
     <sheet name="10 Interest Rates 2019-2025" sheetId="10" r:id="rId11"/>
     <sheet name="11 ASDA Income Tracker" sheetId="11" r:id="rId12"/>
     <sheet name="12 Food bank use" sheetId="15" r:id="rId13"/>
     <sheet name="13 Consumer Council Low Income " sheetId="12" r:id="rId14"/>
     <sheet name="14 NI Food Security" sheetId="13" r:id="rId15"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3572" uniqueCount="812">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3578" uniqueCount="815">
   <si>
     <t xml:space="preserve">Source: NISRA </t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>NICEI</t>
   </si>
   <si>
     <t>UK GDP</t>
   </si>
   <si>
     <t>Scotland GDP</t>
   </si>
   <si>
     <t>Ireland GDP</t>
   </si>
   <si>
     <t>Q1 2006</t>
   </si>
   <si>
     <t>Q2 2006</t>
   </si>
   <si>
@@ -306,53 +306,50 @@
   <si>
     <t>Q2 2023</t>
   </si>
   <si>
     <t>Q3 2023</t>
   </si>
   <si>
     <t>Q4 2023</t>
   </si>
   <si>
     <t>Q1 2024</t>
   </si>
   <si>
     <t>Q2 2024</t>
   </si>
   <si>
     <t>Q3 2024</t>
   </si>
   <si>
     <t>Q4 2024</t>
   </si>
   <si>
     <t>Q1 2025</t>
   </si>
   <si>
-    <t>Construction output statistics | Northern Ireland Statistics and Research Agency</t>
-[...1 lines deleted...]
-  <si>
     <t>New Work</t>
   </si>
   <si>
     <t>Jan to Mar 2000</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Apr to Jun 2000</t>
   </si>
   <si>
     <t>Jul to Sep 2000</t>
   </si>
   <si>
     <t>Oct to Dec 2000</t>
   </si>
   <si>
     <t>Jan to Mar 2001</t>
   </si>
   <si>
     <t>Apr to Jun 2001</t>
   </si>
   <si>
     <t>Jul to Sep 2001</t>
@@ -1081,53 +1078,50 @@
     <t>Oct 2024</t>
   </si>
   <si>
     <t>Nov 2024</t>
   </si>
   <si>
     <t>Dec 2024</t>
   </si>
   <si>
     <t>Jan 2025</t>
   </si>
   <si>
     <t>Feb 2025</t>
   </si>
   <si>
     <t>Mar 2025</t>
   </si>
   <si>
     <t>Apr 2025</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>Source : Bank of England (BoE)</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://www.bankofengland.co.uk/boeapps/database/Bank-Rate.asp</t>
   </si>
   <si>
     <t>Date Changed</t>
   </si>
   <si>
     <t>06 Feb 25</t>
   </si>
   <si>
     <t>07 Nov 24</t>
   </si>
   <si>
     <t>01 Aug 24</t>
   </si>
   <si>
     <t>03 Aug 23</t>
   </si>
   <si>
     <t>22 Jun 23</t>
   </si>
   <si>
     <t>11 May 23</t>
   </si>
   <si>
     <t>23 Mar 23</t>
   </si>
@@ -2692,284 +2686,77 @@
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (OOH) which are the costs of housing services associated with owning, maintaining and living in one's own home.</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">   </t>
     </r>
   </si>
   <si>
     <t>Q2 2025</t>
   </si>
   <si>
     <t>Q4 2011+A27:A70</t>
   </si>
   <si>
-    <t>Table 1:  NICEI, Comparison with selected GDP measures Q1 2006 - Q2 2025</t>
-[...4 lines deleted...]
-  <si>
     <t>Jan to Mar 2024</t>
   </si>
   <si>
     <r>
       <t>Jan to Mar 2025 [R]</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>6</t>
     </r>
   </si>
   <si>
     <t>Apr to Jun 2025 [P]6</t>
   </si>
   <si>
     <t>Apr to Jun 2025 (P)</t>
   </si>
   <si>
     <t xml:space="preserve">Jan to Mar 2024 </t>
   </si>
   <si>
-    <t>Last Updated November 2025</t>
-[...199 lines deleted...]
-  <si>
     <t>Jun 2025</t>
   </si>
   <si>
     <t>Jul 2025</t>
   </si>
   <si>
     <t>Aug 2025</t>
   </si>
   <si>
     <t>Sep 2025</t>
   </si>
   <si>
     <t>Table 7: Annual CPIH and CPI inflation rates.  July 2014 - September 2025</t>
   </si>
   <si>
     <t>0.25</t>
   </si>
   <si>
     <t>0.75</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>1.25</t>
@@ -2983,121 +2770,343 @@
   <si>
     <t>3</t>
   </si>
   <si>
     <t>3.5</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>4.25</t>
   </si>
   <si>
     <t>4.5</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>5.25</t>
   </si>
   <si>
     <t>4.75</t>
   </si>
   <si>
-    <t>Table 9: Bank Of England Interest Rate History  Nov 2015 - Nov 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>07 Aug 25</t>
   </si>
   <si>
     <t>08 May 25</t>
   </si>
   <si>
     <t xml:space="preserve">Table 10: BoE Interest Rate Changes: Jan 1975 - August 2025 </t>
   </si>
   <si>
     <t>Table 13:  Northern Ireland Weekly Income after Tax Q1 2021 - Q2 2025 - Lowest Earning Households NI &amp; UK</t>
   </si>
   <si>
     <t>NICEI, Comparison with selected GDP measures Q1 2006 - Q2 2025</t>
   </si>
   <si>
     <t>Output in Northern Ireland: Construction Chained volume measure (Q1 2000 - Q2 2025), seasonally adjusted index numbers</t>
   </si>
   <si>
     <t>Output in Northern Ireland: Housing chained volume measure  (Q1 2000 - Q2 2025), seasonally adjusted index numbers</t>
   </si>
   <si>
     <t>Seasonally adjusted employment rate ( Aged 16 - 64), Jun-Aug 2010 to Jun-Aug 2025  Northern Ireland and UK</t>
   </si>
   <si>
     <t>Seasonally adjusted economic inactivity rates (Aged 16 to 64), Jun-Aug 2010 to Jun-Aug 2025 Northern Ireland and UK</t>
   </si>
   <si>
     <t>Northern Ireland Confirmed and Proposed Redundancies, Annual Totals, Oct 2009 -Sept 2010 to Oct 2024 - Sept 2025</t>
   </si>
   <si>
     <t>Annual CPIH and CPI inflation rates.  July 2014 - Sept 2025</t>
   </si>
   <si>
-    <t>Table 8: UK CPI rate (%) compared with selected international annual inflation rates (%), May 2015 to Sept 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>UK CPI rate (%) compared with selected international annual inflation rates (%), May 2015 to Sept 2025</t>
   </si>
   <si>
     <t>Bank Of England Interest Rate History  Nov 2015 to Nov 2025</t>
   </si>
   <si>
     <t xml:space="preserve">BoE Interest Rate Changes: Jan 2019 - Aug 2025 </t>
   </si>
   <si>
     <t>Q3 2025</t>
   </si>
   <si>
     <t xml:space="preserve">Table 11:  Annual Percentage Change in Regional Gross Income ( Q3 2024 vs Q3 2025)  </t>
   </si>
   <si>
     <t xml:space="preserve">Annual Percentage Change in Regional Gross Income ( Q3 2024 vs Q3 2025) </t>
   </si>
   <si>
     <t>Northern Ireland Weekly Income after Tax Q1 2021 - Q2 2025 - Lowest Earning Households NI &amp; UK</t>
+  </si>
+  <si>
+    <t>https://www.nisra.gov.uk/system/files/statistics/2026-01/NICEI-Tables-Q3-2025.xlsx</t>
+  </si>
+  <si>
+    <t>Last Updated January 2026</t>
+  </si>
+  <si>
+    <t>Table 1:  NICEI, Comparison with selected GDP measures Q1 2006 - Q3 2025</t>
+  </si>
+  <si>
+    <t>Table 2: Output in Northern Ireland: Construction chained volume measure 2023 prices, seasonally adjusted index (Q1 2000 - Q3 2025)</t>
+  </si>
+  <si>
+    <t>Jul to Sep 2025</t>
+  </si>
+  <si>
+    <t>https://www.nisra.gov.uk/system/files/statistics/2025-09/construction-tables-q2-2025.xlsx</t>
+  </si>
+  <si>
+    <t>Table 3: Output in Northern Ireland: Housing chained volume measure 2023 prices, seasonally adjusted index ( Q1 2000 - Q3 2025) numbers</t>
+  </si>
+  <si>
+    <t>Jul to Sep 2025 (P)</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2010</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2011</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2011</t>
+  </si>
+  <si>
+    <t>May-Jul 2011</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2011</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2012</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2012</t>
+  </si>
+  <si>
+    <t>May-Jul 2012</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2012</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2013</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2013</t>
+  </si>
+  <si>
+    <t>May-Jul 2013</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2013</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2014</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2014</t>
+  </si>
+  <si>
+    <t>May-Jul 2014</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2014</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2015</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2015</t>
+  </si>
+  <si>
+    <t>May-Jul 2015</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2015</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2016</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2016</t>
+  </si>
+  <si>
+    <t>May-Jul 2016</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2016</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2017</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2017</t>
+  </si>
+  <si>
+    <t>May-Jul 2017</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2017</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2018</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2018</t>
+  </si>
+  <si>
+    <t>May-Jul 2018</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2018</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2019</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2019</t>
+  </si>
+  <si>
+    <t>May-Jul 2019</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2019</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2020</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2020</t>
+  </si>
+  <si>
+    <t>May-Jul 2020</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2020</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2021</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2021</t>
+  </si>
+  <si>
+    <t>May-Jul 2021</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2021</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2022</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2022</t>
+  </si>
+  <si>
+    <t>May-Jul 2022</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2022</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2023</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2023</t>
+  </si>
+  <si>
+    <t>May-Jul 2023</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2023</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2024</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2024</t>
+  </si>
+  <si>
+    <t>May-Jul 2024</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2024</t>
+  </si>
+  <si>
+    <t>Nov-Jan 2025</t>
+  </si>
+  <si>
+    <t>Feb-Apr 2025</t>
+  </si>
+  <si>
+    <t>May-Jul 2025</t>
+  </si>
+  <si>
+    <t>Aug-Oct 2025</t>
+  </si>
+  <si>
+    <t>Table 4: Seasonally adjusted employment rate ( Aged 16 - 64), Aug-Oct 2010 to Aug-Oct 2025 Northern Ireland and UK</t>
+  </si>
+  <si>
+    <t>Table 5: Seasonally adjusted economic inactivity rates (Aged 16 to 64), Aug-Oct 2010 - Aug-Oct 2025  Northern Ireland and UK</t>
+  </si>
+  <si>
+    <t>Table 6: NI confirmed and proposed redundancies, Annual totals, Dec 2009-Nov 2010 to Dec 2024-Nov 2025</t>
+  </si>
+  <si>
+    <t>https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/consumerpriceinflation/september2025</t>
+  </si>
+  <si>
+    <t>Table 8: UK CPI rate (%) compared with selected international annual inflation rates (%), Nov 2015 to Nov 2025</t>
+  </si>
+  <si>
+    <t>Table 9: Bank Of England Interest Rate History  Nov 2015 - Jan 2026</t>
+  </si>
+  <si>
+    <t>Updated Oct 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="8" formatCode="&quot;£&quot;#,##0.00;[Red]\-&quot;£&quot;#,##0.00"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="[$£-809]#,##0.00"/>
   </numFmts>
-  <fonts count="30" x14ac:knownFonts="1">
+  <fonts count="31" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -3256,50 +3265,56 @@
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -3452,51 +3467,51 @@
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="182">
+  <cellXfs count="193">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -3762,128 +3777,72 @@
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="6" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="10" fontId="6" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
-[...48 lines deleted...]
-    </xf>
     <xf numFmtId="17" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="17" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="15" fillId="6" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="15" fillId="8" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -3897,60 +3856,153 @@
     <xf numFmtId="9" fontId="3" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="16" fontId="3" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="3" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="8" fontId="3" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="18" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="30" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="15" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -4245,32184 +4297,32387 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/boeapps/database/Bank-Rate.asp" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/boeapps/database/Bank-Rate.asp" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bankofengland.co.uk/boeapps/database/Bank-Rate.asp" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asdagroceries.scene7.com/is/content/asdagroceries/Z%20FUTURE/Microsites/Corporate/ASDA%20Income%20Tracker%20April%202025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cms.trussell.org.uk/sites/default/files/2025-05/EYS_factsheet_NI_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consumercouncil.org.uk/research/featured-research/northern-ireland-household-expenditure-tracker" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/statistics/economic-output/ni-composite-economic-index" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/system/files/statistics/2026-01/NICEI-Tables-Q3-2025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/methodologies/consumerpriceinflationincludesall3indicescpihcpiandrpiqmi" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/statistics/economic-output/construction-output-statistics" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/system/files/statistics/2025-09/construction-tables-q2-2025.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/methodologies/consumerpriceinflationincludesall3indicescpihcpiandrpiqmi" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/statistics/economic-output/construction-output-statistics" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/system/files/statistics/2025-09/construction-tables-q2-2025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datavis.nisra.gov.uk/economy-and-labour-market/labour-market-report-october-2025.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datavis.nisra.gov.uk/economy-and-labour-market/labour-market-report-december-2025.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datavis.nisra.gov.uk/economy-and-labour-market/labour-market-report-october-2025.html" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datavis.nisra.gov.uk/economy-and-labour-market/labour-market-report-december-2025.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datavis.nisra.gov.uk/economy-and-labour-market/labour-market-report-october-2025.html" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/consumerpriceinflation/september2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datavis.nisra.gov.uk/economy-and-labour-market/labour-market-report-december-2025.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/consumerpriceinflation/september2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/consumerpriceinflation/november2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88674761-40C6-4AD0-83C0-1C1CD7B74C5E}">
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="108.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="8.7109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="18" x14ac:dyDescent="0.25">
       <c r="B1" s="1" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="11" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>797</v>
+        <v>725</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="11" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>798</v>
+        <v>726</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="11" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>799</v>
+        <v>727</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" s="11" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>800</v>
+        <v>728</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="11" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>801</v>
+        <v>729</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="11" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>802</v>
+        <v>730</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="11" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>803</v>
+        <v>731</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>805</v>
+        <v>732</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="11" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>806</v>
+        <v>733</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="11" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>807</v>
+        <v>734</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="11" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>810</v>
+        <v>737</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="11" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="11" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>811</v>
+        <v>738</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="11" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="17" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A3" location="'1 NICEI'!A1" display="Table 1" xr:uid="{E95471D7-2542-4F51-9552-11E00703E036}"/>
     <hyperlink ref="A4" location="'2 Construction Output'!A1" display="Table 2" xr:uid="{CBC961DF-BA41-4A0C-B113-5F62444254C5}"/>
     <hyperlink ref="A5" location="'3 Housing Output'!A1" display="Table 3" xr:uid="{849161BC-D170-4992-93E6-5D5CD4741A3F}"/>
     <hyperlink ref="A6" location="'4 Employment Rate'!A1" display="Table 4" xr:uid="{FBE78B98-A61C-4AA5-A247-8A08E21CCC10}"/>
     <hyperlink ref="A7" location="'5 Economic Inactivity'!A1" display="Table 5" xr:uid="{75F8B003-0C12-47CE-8E53-470FFC3AD916}"/>
     <hyperlink ref="A8" location="'6 Redundancies'!A1" display="Table 6" xr:uid="{7B5810DC-E040-4BAD-8795-5A31C5AA800E}"/>
     <hyperlink ref="A9" location="'7 UK Inflation Rates'!A1" display="Table 7" xr:uid="{8E02A796-A4E9-4CC6-A1A4-032D3C3ABFDC}"/>
     <hyperlink ref="A10" location="'8 CPI EU27 &amp; Selected Countries'!A1" display="Table 8" xr:uid="{0A99C343-1A00-4BF3-804B-51156F255753}"/>
     <hyperlink ref="A11" location="'9 Interst Rate History'!A1" display="Table 9" xr:uid="{3E612015-3FE7-4E4F-8122-D217CCBF5075}"/>
     <hyperlink ref="A12" location="'10 Interest Rates 2019-2025'!A1" display="Table 10" xr:uid="{EE37678E-6CE0-40BD-B765-B15FAFC5A0CE}"/>
     <hyperlink ref="A13" location="'11 ASDA Income Tracker'!A1" display="Table 11" xr:uid="{63DA77F5-2B0D-4DD1-BF67-0C71B201E7E0}"/>
     <hyperlink ref="A14" location="'12 Food bank use'!A1" display="Table 12" xr:uid="{F65E09C0-7066-497D-9B55-9560C0D6E45F}"/>
     <hyperlink ref="A15" location="'13 Consumer Council Low Income '!A1" display="Table 13" xr:uid="{59F9BBEA-4F84-48B3-AF78-128C6DFA2996}"/>
     <hyperlink ref="A16" location="'14 NI Food Security'!A1" display="Table 14" xr:uid="{F37E0048-2B0B-4002-97DF-8C75929C5020}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B0F002FE-3D16-40D8-ACF4-C1C125329CC2}">
-  <dimension ref="A1:L2529"/>
+  <dimension ref="A1:L2542"/>
   <sheetViews>
     <sheetView topLeftCell="A27" workbookViewId="0">
       <pane ySplit="1245" activePane="bottomLeft"/>
-      <selection activeCell="A27" sqref="A1:A1048576"/>
-      <selection pane="bottomLeft" activeCell="J2" sqref="J2"/>
+      <selection activeCell="B27" sqref="B1:B1048576"/>
+      <selection pane="bottomLeft" activeCell="L3" sqref="L3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="5" customWidth="1"/>
     <col min="3" max="16384" width="8.7109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="1" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>792</v>
+        <v>813</v>
       </c>
       <c r="B1" s="4"/>
     </row>
     <row r="2" spans="1:12" ht="15" x14ac:dyDescent="0.25">
       <c r="J2" s="50" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="L2" s="2" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="15" x14ac:dyDescent="0.25">
+      <c r="A3" s="128" t="s">
         <v>339</v>
       </c>
-    </row>
-[...5 lines deleted...]
-        <v>689</v>
+      <c r="B3" s="129" t="s">
+        <v>687</v>
       </c>
       <c r="E3" s="101"/>
-      <c r="L3" s="83" t="s">
-        <v>340</v>
+      <c r="L3" s="127" t="s">
+        <v>596</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="A4" s="134">
+      <c r="A4" s="130">
         <v>42313</v>
       </c>
-      <c r="B4" s="135" t="s">
-        <v>217</v>
+      <c r="B4" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="134">
+      <c r="A5" s="130">
         <v>42314</v>
       </c>
-      <c r="B5" s="135" t="s">
-        <v>217</v>
+      <c r="B5" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="6" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="A6" s="134">
+      <c r="A6" s="130">
         <v>42317</v>
       </c>
-      <c r="B6" s="135" t="s">
-        <v>217</v>
+      <c r="B6" s="190" t="s">
+        <v>216</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>706</v>
+        <v>740</v>
       </c>
     </row>
     <row r="7" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="A7" s="134">
+      <c r="A7" s="130">
         <v>42318</v>
       </c>
-      <c r="B7" s="135" t="s">
-        <v>217</v>
+      <c r="B7" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="8" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="A8" s="134">
+      <c r="A8" s="130">
         <v>42319</v>
       </c>
-      <c r="B8" s="135" t="s">
-        <v>217</v>
+      <c r="B8" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="A9" s="134">
+      <c r="A9" s="130">
         <v>42320</v>
       </c>
-      <c r="B9" s="135" t="s">
-        <v>217</v>
+      <c r="B9" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="A10" s="134">
+      <c r="A10" s="130">
         <v>42321</v>
       </c>
-      <c r="B10" s="135" t="s">
-        <v>217</v>
+      <c r="B10" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="A11" s="134">
+      <c r="A11" s="130">
         <v>42324</v>
       </c>
-      <c r="B11" s="135" t="s">
-        <v>217</v>
+      <c r="B11" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="A12" s="134">
+      <c r="A12" s="130">
         <v>42325</v>
       </c>
-      <c r="B12" s="135" t="s">
-        <v>217</v>
+      <c r="B12" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="A13" s="134">
+      <c r="A13" s="130">
         <v>42326</v>
       </c>
-      <c r="B13" s="135" t="s">
-        <v>217</v>
+      <c r="B13" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="A14" s="134">
+      <c r="A14" s="130">
         <v>42327</v>
       </c>
-      <c r="B14" s="135" t="s">
-        <v>217</v>
+      <c r="B14" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="A15" s="134">
+      <c r="A15" s="130">
         <v>42328</v>
       </c>
-      <c r="B15" s="135" t="s">
-        <v>217</v>
+      <c r="B15" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-      <c r="A16" s="134">
+      <c r="A16" s="130">
         <v>42331</v>
       </c>
-      <c r="B16" s="135" t="s">
-        <v>217</v>
+      <c r="B16" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="17" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A17" s="134">
+      <c r="A17" s="130">
         <v>42332</v>
       </c>
-      <c r="B17" s="135" t="s">
-        <v>217</v>
+      <c r="B17" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="18" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A18" s="134">
+      <c r="A18" s="130">
         <v>42333</v>
       </c>
-      <c r="B18" s="135" t="s">
-        <v>217</v>
+      <c r="B18" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="19" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A19" s="134">
+      <c r="A19" s="130">
         <v>42334</v>
       </c>
-      <c r="B19" s="135" t="s">
-        <v>217</v>
+      <c r="B19" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="20" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A20" s="134">
+      <c r="A20" s="130">
         <v>42335</v>
       </c>
-      <c r="B20" s="135" t="s">
-        <v>217</v>
+      <c r="B20" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="21" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A21" s="134">
+      <c r="A21" s="130">
         <v>42338</v>
       </c>
-      <c r="B21" s="135" t="s">
-        <v>217</v>
+      <c r="B21" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="22" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A22" s="134">
+      <c r="A22" s="130">
         <v>42339</v>
       </c>
-      <c r="B22" s="135" t="s">
-        <v>217</v>
+      <c r="B22" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="23" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A23" s="134">
+      <c r="A23" s="130">
         <v>42340</v>
       </c>
-      <c r="B23" s="135" t="s">
-        <v>217</v>
+      <c r="B23" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="24" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A24" s="134">
+      <c r="A24" s="130">
         <v>42341</v>
       </c>
-      <c r="B24" s="135" t="s">
-        <v>217</v>
+      <c r="B24" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="25" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A25" s="134">
+      <c r="A25" s="130">
         <v>42342</v>
       </c>
-      <c r="B25" s="135" t="s">
-        <v>217</v>
+      <c r="B25" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="26" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A26" s="134">
+      <c r="A26" s="130">
         <v>42345</v>
       </c>
-      <c r="B26" s="135" t="s">
-        <v>217</v>
+      <c r="B26" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="27" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A27" s="134">
+      <c r="A27" s="130">
         <v>42346</v>
       </c>
-      <c r="B27" s="135" t="s">
-        <v>217</v>
+      <c r="B27" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="28" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A28" s="134">
+      <c r="A28" s="130">
         <v>42347</v>
       </c>
-      <c r="B28" s="135" t="s">
-        <v>217</v>
+      <c r="B28" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="29" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A29" s="134">
+      <c r="A29" s="130">
         <v>42348</v>
       </c>
-      <c r="B29" s="135" t="s">
-        <v>217</v>
+      <c r="B29" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="30" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A30" s="134">
+      <c r="A30" s="130">
         <v>42349</v>
       </c>
-      <c r="B30" s="135" t="s">
-        <v>217</v>
+      <c r="B30" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="31" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A31" s="134">
+      <c r="A31" s="130">
         <v>42352</v>
       </c>
-      <c r="B31" s="135" t="s">
-        <v>217</v>
+      <c r="B31" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="32" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A32" s="134">
+      <c r="A32" s="130">
         <v>42353</v>
       </c>
-      <c r="B32" s="135" t="s">
-        <v>217</v>
+      <c r="B32" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="33" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A33" s="134">
+      <c r="A33" s="130">
         <v>42354</v>
       </c>
-      <c r="B33" s="135" t="s">
-        <v>217</v>
+      <c r="B33" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="34" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A34" s="134">
+      <c r="A34" s="130">
         <v>42355</v>
       </c>
-      <c r="B34" s="135" t="s">
-        <v>217</v>
+      <c r="B34" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="35" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A35" s="134">
+      <c r="A35" s="130">
         <v>42356</v>
       </c>
-      <c r="B35" s="135" t="s">
-        <v>217</v>
+      <c r="B35" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="36" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A36" s="134">
+      <c r="A36" s="130">
         <v>42359</v>
       </c>
-      <c r="B36" s="135" t="s">
-        <v>217</v>
+      <c r="B36" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="37" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A37" s="134">
+      <c r="A37" s="130">
         <v>42360</v>
       </c>
-      <c r="B37" s="135" t="s">
-        <v>217</v>
+      <c r="B37" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="38" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A38" s="134">
+      <c r="A38" s="130">
         <v>42361</v>
       </c>
-      <c r="B38" s="135" t="s">
-        <v>217</v>
+      <c r="B38" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="39" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A39" s="134">
+      <c r="A39" s="130">
         <v>42362</v>
       </c>
-      <c r="B39" s="135" t="s">
-        <v>217</v>
+      <c r="B39" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="40" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A40" s="134">
+      <c r="A40" s="130">
         <v>42367</v>
       </c>
-      <c r="B40" s="135" t="s">
-        <v>217</v>
+      <c r="B40" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="41" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A41" s="134">
+      <c r="A41" s="130">
         <v>42368</v>
       </c>
-      <c r="B41" s="135" t="s">
-        <v>217</v>
+      <c r="B41" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="42" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A42" s="134">
+      <c r="A42" s="130">
         <v>42369</v>
       </c>
-      <c r="B42" s="135" t="s">
-        <v>217</v>
+      <c r="B42" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="43" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A43" s="134">
+      <c r="A43" s="130">
         <v>42373</v>
       </c>
-      <c r="B43" s="135" t="s">
-        <v>217</v>
+      <c r="B43" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="44" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A44" s="134">
+      <c r="A44" s="130">
         <v>42374</v>
       </c>
-      <c r="B44" s="135" t="s">
-        <v>217</v>
+      <c r="B44" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="45" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A45" s="134">
+      <c r="A45" s="130">
         <v>42375</v>
       </c>
-      <c r="B45" s="135" t="s">
-        <v>217</v>
+      <c r="B45" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="46" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A46" s="134">
+      <c r="A46" s="130">
         <v>42376</v>
       </c>
-      <c r="B46" s="135" t="s">
-        <v>217</v>
+      <c r="B46" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="47" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A47" s="134">
+      <c r="A47" s="130">
         <v>42377</v>
       </c>
-      <c r="B47" s="135" t="s">
-        <v>217</v>
+      <c r="B47" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="48" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A48" s="134">
+      <c r="A48" s="130">
         <v>42380</v>
       </c>
-      <c r="B48" s="135" t="s">
-        <v>217</v>
+      <c r="B48" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="49" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A49" s="134">
+      <c r="A49" s="130">
         <v>42381</v>
       </c>
-      <c r="B49" s="135" t="s">
-        <v>217</v>
+      <c r="B49" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="50" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A50" s="134">
+      <c r="A50" s="130">
         <v>42382</v>
       </c>
-      <c r="B50" s="135" t="s">
-        <v>217</v>
+      <c r="B50" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="51" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A51" s="134">
+      <c r="A51" s="130">
         <v>42383</v>
       </c>
-      <c r="B51" s="135" t="s">
-        <v>217</v>
+      <c r="B51" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="52" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A52" s="134">
+      <c r="A52" s="130">
         <v>42384</v>
       </c>
-      <c r="B52" s="135" t="s">
-        <v>217</v>
+      <c r="B52" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="53" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A53" s="134">
+      <c r="A53" s="130">
         <v>42387</v>
       </c>
-      <c r="B53" s="135" t="s">
-        <v>217</v>
+      <c r="B53" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="54" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A54" s="134">
+      <c r="A54" s="130">
         <v>42388</v>
       </c>
-      <c r="B54" s="135" t="s">
-        <v>217</v>
+      <c r="B54" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="55" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A55" s="134">
+      <c r="A55" s="130">
         <v>42389</v>
       </c>
-      <c r="B55" s="135" t="s">
-        <v>217</v>
+      <c r="B55" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="56" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A56" s="134">
+      <c r="A56" s="130">
         <v>42390</v>
       </c>
-      <c r="B56" s="135" t="s">
-        <v>217</v>
+      <c r="B56" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="57" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A57" s="134">
+      <c r="A57" s="130">
         <v>42391</v>
       </c>
-      <c r="B57" s="135" t="s">
-        <v>217</v>
+      <c r="B57" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="58" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A58" s="134">
+      <c r="A58" s="130">
         <v>42394</v>
       </c>
-      <c r="B58" s="135" t="s">
-        <v>217</v>
+      <c r="B58" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="59" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A59" s="134">
+      <c r="A59" s="130">
         <v>42395</v>
       </c>
-      <c r="B59" s="135" t="s">
-        <v>217</v>
+      <c r="B59" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="60" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A60" s="134">
+      <c r="A60" s="130">
         <v>42396</v>
       </c>
-      <c r="B60" s="135" t="s">
-        <v>217</v>
+      <c r="B60" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="61" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A61" s="134">
+      <c r="A61" s="130">
         <v>42397</v>
       </c>
-      <c r="B61" s="135" t="s">
-        <v>217</v>
+      <c r="B61" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="62" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A62" s="134">
+      <c r="A62" s="130">
         <v>42398</v>
       </c>
-      <c r="B62" s="135" t="s">
-        <v>217</v>
+      <c r="B62" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="63" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A63" s="134">
+      <c r="A63" s="130">
         <v>42401</v>
       </c>
-      <c r="B63" s="135" t="s">
-        <v>217</v>
+      <c r="B63" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="64" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A64" s="134">
+      <c r="A64" s="130">
         <v>42402</v>
       </c>
-      <c r="B64" s="135" t="s">
-        <v>217</v>
+      <c r="B64" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="65" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A65" s="134">
+      <c r="A65" s="130">
         <v>42403</v>
       </c>
-      <c r="B65" s="135" t="s">
-        <v>217</v>
+      <c r="B65" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="66" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A66" s="134">
+      <c r="A66" s="130">
         <v>42404</v>
       </c>
-      <c r="B66" s="135" t="s">
-        <v>217</v>
+      <c r="B66" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="67" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A67" s="134">
+      <c r="A67" s="130">
         <v>42405</v>
       </c>
-      <c r="B67" s="135" t="s">
-        <v>217</v>
+      <c r="B67" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="68" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A68" s="134">
+      <c r="A68" s="130">
         <v>42408</v>
       </c>
-      <c r="B68" s="135" t="s">
-        <v>217</v>
+      <c r="B68" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="69" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A69" s="134">
+      <c r="A69" s="130">
         <v>42409</v>
       </c>
-      <c r="B69" s="135" t="s">
-        <v>217</v>
+      <c r="B69" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="70" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A70" s="134">
+      <c r="A70" s="130">
         <v>42410</v>
       </c>
-      <c r="B70" s="135" t="s">
-        <v>217</v>
+      <c r="B70" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="71" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A71" s="134">
+      <c r="A71" s="130">
         <v>42411</v>
       </c>
-      <c r="B71" s="135" t="s">
-        <v>217</v>
+      <c r="B71" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="72" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A72" s="134">
+      <c r="A72" s="130">
         <v>42412</v>
       </c>
-      <c r="B72" s="135" t="s">
-        <v>217</v>
+      <c r="B72" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="73" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A73" s="134">
+      <c r="A73" s="130">
         <v>42415</v>
       </c>
-      <c r="B73" s="135" t="s">
-        <v>217</v>
+      <c r="B73" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="74" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A74" s="134">
+      <c r="A74" s="130">
         <v>42416</v>
       </c>
-      <c r="B74" s="135" t="s">
-        <v>217</v>
+      <c r="B74" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="75" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A75" s="134">
+      <c r="A75" s="130">
         <v>42417</v>
       </c>
-      <c r="B75" s="135" t="s">
-        <v>217</v>
+      <c r="B75" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="76" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A76" s="134">
+      <c r="A76" s="130">
         <v>42418</v>
       </c>
-      <c r="B76" s="135" t="s">
-        <v>217</v>
+      <c r="B76" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="77" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A77" s="134">
+      <c r="A77" s="130">
         <v>42419</v>
       </c>
-      <c r="B77" s="135" t="s">
-        <v>217</v>
+      <c r="B77" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="78" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A78" s="134">
+      <c r="A78" s="130">
         <v>42422</v>
       </c>
-      <c r="B78" s="135" t="s">
-        <v>217</v>
+      <c r="B78" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="79" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A79" s="134">
+      <c r="A79" s="130">
         <v>42423</v>
       </c>
-      <c r="B79" s="135" t="s">
-        <v>217</v>
+      <c r="B79" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="80" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A80" s="134">
+      <c r="A80" s="130">
         <v>42424</v>
       </c>
-      <c r="B80" s="135" t="s">
-        <v>217</v>
+      <c r="B80" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="81" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A81" s="134">
+      <c r="A81" s="130">
         <v>42425</v>
       </c>
-      <c r="B81" s="135" t="s">
-        <v>217</v>
+      <c r="B81" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="82" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A82" s="134">
+      <c r="A82" s="130">
         <v>42426</v>
       </c>
-      <c r="B82" s="135" t="s">
-        <v>217</v>
+      <c r="B82" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="83" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A83" s="134">
+      <c r="A83" s="130">
         <v>42429</v>
       </c>
-      <c r="B83" s="135" t="s">
-        <v>217</v>
+      <c r="B83" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="84" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A84" s="134">
+      <c r="A84" s="130">
         <v>42430</v>
       </c>
-      <c r="B84" s="135" t="s">
-        <v>217</v>
+      <c r="B84" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="85" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A85" s="134">
+      <c r="A85" s="130">
         <v>42431</v>
       </c>
-      <c r="B85" s="135" t="s">
-        <v>217</v>
+      <c r="B85" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="86" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A86" s="134">
+      <c r="A86" s="130">
         <v>42432</v>
       </c>
-      <c r="B86" s="135" t="s">
-        <v>217</v>
+      <c r="B86" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="87" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A87" s="134">
+      <c r="A87" s="130">
         <v>42433</v>
       </c>
-      <c r="B87" s="135" t="s">
-        <v>217</v>
+      <c r="B87" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="88" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A88" s="134">
+      <c r="A88" s="130">
         <v>42436</v>
       </c>
-      <c r="B88" s="135" t="s">
-        <v>217</v>
+      <c r="B88" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="89" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A89" s="134">
+      <c r="A89" s="130">
         <v>42437</v>
       </c>
-      <c r="B89" s="135" t="s">
-        <v>217</v>
+      <c r="B89" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="90" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A90" s="134">
+      <c r="A90" s="130">
         <v>42438</v>
       </c>
-      <c r="B90" s="135" t="s">
-        <v>217</v>
+      <c r="B90" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="91" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A91" s="134">
+      <c r="A91" s="130">
         <v>42439</v>
       </c>
-      <c r="B91" s="135" t="s">
-        <v>217</v>
+      <c r="B91" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="92" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A92" s="134">
+      <c r="A92" s="130">
         <v>42440</v>
       </c>
-      <c r="B92" s="135" t="s">
-        <v>217</v>
+      <c r="B92" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="93" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A93" s="134">
+      <c r="A93" s="130">
         <v>42443</v>
       </c>
-      <c r="B93" s="135" t="s">
-        <v>217</v>
+      <c r="B93" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="94" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A94" s="134">
+      <c r="A94" s="130">
         <v>42444</v>
       </c>
-      <c r="B94" s="135" t="s">
-        <v>217</v>
+      <c r="B94" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="95" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A95" s="134">
+      <c r="A95" s="130">
         <v>42445</v>
       </c>
-      <c r="B95" s="135" t="s">
-        <v>217</v>
+      <c r="B95" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="96" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A96" s="134">
+      <c r="A96" s="130">
         <v>42446</v>
       </c>
-      <c r="B96" s="135" t="s">
-        <v>217</v>
+      <c r="B96" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="97" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A97" s="134">
+      <c r="A97" s="130">
         <v>42447</v>
       </c>
-      <c r="B97" s="135" t="s">
-        <v>217</v>
+      <c r="B97" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="98" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A98" s="134">
+      <c r="A98" s="130">
         <v>42450</v>
       </c>
-      <c r="B98" s="135" t="s">
-        <v>217</v>
+      <c r="B98" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="99" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A99" s="134">
+      <c r="A99" s="130">
         <v>42451</v>
       </c>
-      <c r="B99" s="135" t="s">
-        <v>217</v>
+      <c r="B99" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="100" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A100" s="134">
+      <c r="A100" s="130">
         <v>42452</v>
       </c>
-      <c r="B100" s="135" t="s">
-        <v>217</v>
+      <c r="B100" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="101" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A101" s="134">
+      <c r="A101" s="130">
         <v>42453</v>
       </c>
-      <c r="B101" s="135" t="s">
-        <v>217</v>
+      <c r="B101" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="102" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A102" s="134">
+      <c r="A102" s="130">
         <v>42458</v>
       </c>
-      <c r="B102" s="135" t="s">
-        <v>217</v>
+      <c r="B102" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="103" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A103" s="134">
+      <c r="A103" s="130">
         <v>42459</v>
       </c>
-      <c r="B103" s="135" t="s">
-        <v>217</v>
+      <c r="B103" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="104" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A104" s="134">
+      <c r="A104" s="130">
         <v>42460</v>
       </c>
-      <c r="B104" s="135" t="s">
-        <v>217</v>
+      <c r="B104" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="105" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A105" s="134">
+      <c r="A105" s="130">
         <v>42461</v>
       </c>
-      <c r="B105" s="135" t="s">
-        <v>217</v>
+      <c r="B105" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="106" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A106" s="134">
+      <c r="A106" s="130">
         <v>42464</v>
       </c>
-      <c r="B106" s="135" t="s">
-        <v>217</v>
+      <c r="B106" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="107" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A107" s="134">
+      <c r="A107" s="130">
         <v>42465</v>
       </c>
-      <c r="B107" s="135" t="s">
-        <v>217</v>
+      <c r="B107" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="108" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A108" s="134">
+      <c r="A108" s="130">
         <v>42466</v>
       </c>
-      <c r="B108" s="135" t="s">
-        <v>217</v>
+      <c r="B108" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="109" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A109" s="134">
+      <c r="A109" s="130">
         <v>42467</v>
       </c>
-      <c r="B109" s="135" t="s">
-        <v>217</v>
+      <c r="B109" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="110" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A110" s="134">
+      <c r="A110" s="130">
         <v>42468</v>
       </c>
-      <c r="B110" s="135" t="s">
-        <v>217</v>
+      <c r="B110" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="111" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A111" s="134">
+      <c r="A111" s="130">
         <v>42471</v>
       </c>
-      <c r="B111" s="135" t="s">
-        <v>217</v>
+      <c r="B111" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="112" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A112" s="134">
+      <c r="A112" s="130">
         <v>42472</v>
       </c>
-      <c r="B112" s="135" t="s">
-        <v>217</v>
+      <c r="B112" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="113" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A113" s="134">
+      <c r="A113" s="130">
         <v>42473</v>
       </c>
-      <c r="B113" s="135" t="s">
-        <v>217</v>
+      <c r="B113" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="114" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A114" s="134">
+      <c r="A114" s="130">
         <v>42474</v>
       </c>
-      <c r="B114" s="135" t="s">
-        <v>217</v>
+      <c r="B114" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="115" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A115" s="134">
+      <c r="A115" s="130">
         <v>42475</v>
       </c>
-      <c r="B115" s="135" t="s">
-        <v>217</v>
+      <c r="B115" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="116" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A116" s="134">
+      <c r="A116" s="130">
         <v>42478</v>
       </c>
-      <c r="B116" s="135" t="s">
-        <v>217</v>
+      <c r="B116" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="117" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A117" s="134">
+      <c r="A117" s="130">
         <v>42479</v>
       </c>
-      <c r="B117" s="135" t="s">
-        <v>217</v>
+      <c r="B117" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="118" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A118" s="134">
+      <c r="A118" s="130">
         <v>42480</v>
       </c>
-      <c r="B118" s="135" t="s">
-        <v>217</v>
+      <c r="B118" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="119" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A119" s="134">
+      <c r="A119" s="130">
         <v>42481</v>
       </c>
-      <c r="B119" s="135" t="s">
-        <v>217</v>
+      <c r="B119" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="120" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A120" s="134">
+      <c r="A120" s="130">
         <v>42482</v>
       </c>
-      <c r="B120" s="135" t="s">
-        <v>217</v>
+      <c r="B120" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="121" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A121" s="134">
+      <c r="A121" s="130">
         <v>42485</v>
       </c>
-      <c r="B121" s="135" t="s">
-        <v>217</v>
+      <c r="B121" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="122" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A122" s="134">
+      <c r="A122" s="130">
         <v>42486</v>
       </c>
-      <c r="B122" s="135" t="s">
-        <v>217</v>
+      <c r="B122" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="123" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A123" s="134">
+      <c r="A123" s="130">
         <v>42487</v>
       </c>
-      <c r="B123" s="135" t="s">
-        <v>217</v>
+      <c r="B123" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="124" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A124" s="134">
+      <c r="A124" s="130">
         <v>42488</v>
       </c>
-      <c r="B124" s="135" t="s">
-        <v>217</v>
+      <c r="B124" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="125" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A125" s="134">
+      <c r="A125" s="130">
         <v>42489</v>
       </c>
-      <c r="B125" s="135" t="s">
-        <v>217</v>
+      <c r="B125" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="126" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A126" s="134">
+      <c r="A126" s="130">
         <v>42493</v>
       </c>
-      <c r="B126" s="135" t="s">
-        <v>217</v>
+      <c r="B126" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="127" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A127" s="134">
+      <c r="A127" s="130">
         <v>42494</v>
       </c>
-      <c r="B127" s="135" t="s">
-        <v>217</v>
+      <c r="B127" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="128" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A128" s="134">
+      <c r="A128" s="130">
         <v>42495</v>
       </c>
-      <c r="B128" s="135" t="s">
-        <v>217</v>
+      <c r="B128" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="129" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A129" s="134">
+      <c r="A129" s="130">
         <v>42496</v>
       </c>
-      <c r="B129" s="135" t="s">
-        <v>217</v>
+      <c r="B129" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="130" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A130" s="134">
+      <c r="A130" s="130">
         <v>42499</v>
       </c>
-      <c r="B130" s="135" t="s">
-        <v>217</v>
+      <c r="B130" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="131" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A131" s="134">
+      <c r="A131" s="130">
         <v>42500</v>
       </c>
-      <c r="B131" s="135" t="s">
-        <v>217</v>
+      <c r="B131" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="132" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A132" s="134">
+      <c r="A132" s="130">
         <v>42501</v>
       </c>
-      <c r="B132" s="135" t="s">
-        <v>217</v>
+      <c r="B132" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="133" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A133" s="134">
+      <c r="A133" s="130">
         <v>42502</v>
       </c>
-      <c r="B133" s="135" t="s">
-        <v>217</v>
+      <c r="B133" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="134" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A134" s="134">
+      <c r="A134" s="130">
         <v>42503</v>
       </c>
-      <c r="B134" s="135" t="s">
-        <v>217</v>
+      <c r="B134" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="135" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A135" s="134">
+      <c r="A135" s="130">
         <v>42506</v>
       </c>
-      <c r="B135" s="135" t="s">
-        <v>217</v>
+      <c r="B135" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="136" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A136" s="134">
+      <c r="A136" s="130">
         <v>42507</v>
       </c>
-      <c r="B136" s="135" t="s">
-        <v>217</v>
+      <c r="B136" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="137" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A137" s="134">
+      <c r="A137" s="130">
         <v>42508</v>
       </c>
-      <c r="B137" s="135" t="s">
-        <v>217</v>
+      <c r="B137" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="138" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A138" s="134">
+      <c r="A138" s="130">
         <v>42509</v>
       </c>
-      <c r="B138" s="135" t="s">
-        <v>217</v>
+      <c r="B138" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="139" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A139" s="134">
+      <c r="A139" s="130">
         <v>42510</v>
       </c>
-      <c r="B139" s="135" t="s">
-        <v>217</v>
+      <c r="B139" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="140" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A140" s="134">
+      <c r="A140" s="130">
         <v>42513</v>
       </c>
-      <c r="B140" s="135" t="s">
-        <v>217</v>
+      <c r="B140" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="141" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A141" s="134">
+      <c r="A141" s="130">
         <v>42514</v>
       </c>
-      <c r="B141" s="135" t="s">
-        <v>217</v>
+      <c r="B141" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="142" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A142" s="134">
+      <c r="A142" s="130">
         <v>42515</v>
       </c>
-      <c r="B142" s="135" t="s">
-        <v>217</v>
+      <c r="B142" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="143" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A143" s="134">
+      <c r="A143" s="130">
         <v>42516</v>
       </c>
-      <c r="B143" s="135" t="s">
-        <v>217</v>
+      <c r="B143" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="144" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A144" s="134">
+      <c r="A144" s="130">
         <v>42517</v>
       </c>
-      <c r="B144" s="135" t="s">
-        <v>217</v>
+      <c r="B144" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="145" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A145" s="134">
+      <c r="A145" s="130">
         <v>42521</v>
       </c>
-      <c r="B145" s="135" t="s">
-        <v>217</v>
+      <c r="B145" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="146" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A146" s="134">
+      <c r="A146" s="130">
         <v>42522</v>
       </c>
-      <c r="B146" s="135" t="s">
-        <v>217</v>
+      <c r="B146" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="147" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A147" s="134">
+      <c r="A147" s="130">
         <v>42523</v>
       </c>
-      <c r="B147" s="135" t="s">
-        <v>217</v>
+      <c r="B147" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="148" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A148" s="134">
+      <c r="A148" s="130">
         <v>42524</v>
       </c>
-      <c r="B148" s="135" t="s">
-        <v>217</v>
+      <c r="B148" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="149" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A149" s="134">
+      <c r="A149" s="130">
         <v>42527</v>
       </c>
-      <c r="B149" s="135" t="s">
-        <v>217</v>
+      <c r="B149" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="150" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A150" s="134">
+      <c r="A150" s="130">
         <v>42528</v>
       </c>
-      <c r="B150" s="135" t="s">
-        <v>217</v>
+      <c r="B150" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="151" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A151" s="134">
+      <c r="A151" s="130">
         <v>42529</v>
       </c>
-      <c r="B151" s="135" t="s">
-        <v>217</v>
+      <c r="B151" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="152" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A152" s="134">
+      <c r="A152" s="130">
         <v>42530</v>
       </c>
-      <c r="B152" s="135" t="s">
-        <v>217</v>
+      <c r="B152" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="153" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A153" s="134">
+      <c r="A153" s="130">
         <v>42531</v>
       </c>
-      <c r="B153" s="135" t="s">
-        <v>217</v>
+      <c r="B153" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="154" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A154" s="134">
+      <c r="A154" s="130">
         <v>42534</v>
       </c>
-      <c r="B154" s="135" t="s">
-        <v>217</v>
+      <c r="B154" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="155" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A155" s="134">
+      <c r="A155" s="130">
         <v>42535</v>
       </c>
-      <c r="B155" s="135" t="s">
-        <v>217</v>
+      <c r="B155" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="156" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A156" s="134">
+      <c r="A156" s="130">
         <v>42536</v>
       </c>
-      <c r="B156" s="135" t="s">
-        <v>217</v>
+      <c r="B156" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="157" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A157" s="134">
+      <c r="A157" s="130">
         <v>42537</v>
       </c>
-      <c r="B157" s="135" t="s">
-        <v>217</v>
+      <c r="B157" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="158" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A158" s="134">
+      <c r="A158" s="130">
         <v>42538</v>
       </c>
-      <c r="B158" s="135" t="s">
-        <v>217</v>
+      <c r="B158" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="159" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A159" s="134">
+      <c r="A159" s="130">
         <v>42541</v>
       </c>
-      <c r="B159" s="135" t="s">
-        <v>217</v>
+      <c r="B159" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="160" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A160" s="134">
+      <c r="A160" s="130">
         <v>42542</v>
       </c>
-      <c r="B160" s="135" t="s">
-        <v>217</v>
+      <c r="B160" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="161" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A161" s="134">
+      <c r="A161" s="130">
         <v>42543</v>
       </c>
-      <c r="B161" s="135" t="s">
-        <v>217</v>
+      <c r="B161" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="162" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A162" s="134">
+      <c r="A162" s="130">
         <v>42544</v>
       </c>
-      <c r="B162" s="135" t="s">
-        <v>217</v>
+      <c r="B162" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="163" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A163" s="134">
+      <c r="A163" s="130">
         <v>42545</v>
       </c>
-      <c r="B163" s="135" t="s">
-        <v>217</v>
+      <c r="B163" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="164" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A164" s="134">
+      <c r="A164" s="130">
         <v>42548</v>
       </c>
-      <c r="B164" s="135" t="s">
-        <v>217</v>
+      <c r="B164" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="165" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A165" s="134">
+      <c r="A165" s="130">
         <v>42549</v>
       </c>
-      <c r="B165" s="135" t="s">
-        <v>217</v>
+      <c r="B165" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="166" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A166" s="134">
+      <c r="A166" s="130">
         <v>42550</v>
       </c>
-      <c r="B166" s="135" t="s">
-        <v>217</v>
+      <c r="B166" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="167" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A167" s="134">
+      <c r="A167" s="130">
         <v>42551</v>
       </c>
-      <c r="B167" s="135" t="s">
-        <v>217</v>
+      <c r="B167" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="168" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A168" s="134">
+      <c r="A168" s="130">
         <v>42552</v>
       </c>
-      <c r="B168" s="135" t="s">
-        <v>217</v>
+      <c r="B168" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="169" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A169" s="134">
+      <c r="A169" s="130">
         <v>42555</v>
       </c>
-      <c r="B169" s="135" t="s">
-        <v>217</v>
+      <c r="B169" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="170" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A170" s="134">
+      <c r="A170" s="130">
         <v>42556</v>
       </c>
-      <c r="B170" s="135" t="s">
-        <v>217</v>
+      <c r="B170" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="171" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A171" s="134">
+      <c r="A171" s="130">
         <v>42557</v>
       </c>
-      <c r="B171" s="135" t="s">
-        <v>217</v>
+      <c r="B171" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="172" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A172" s="134">
+      <c r="A172" s="130">
         <v>42558</v>
       </c>
-      <c r="B172" s="135" t="s">
-        <v>217</v>
+      <c r="B172" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="173" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A173" s="134">
+      <c r="A173" s="130">
         <v>42559</v>
       </c>
-      <c r="B173" s="135" t="s">
-        <v>217</v>
+      <c r="B173" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="174" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A174" s="134">
+      <c r="A174" s="130">
         <v>42562</v>
       </c>
-      <c r="B174" s="135" t="s">
-        <v>217</v>
+      <c r="B174" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="175" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A175" s="134">
+      <c r="A175" s="130">
         <v>42563</v>
       </c>
-      <c r="B175" s="135" t="s">
-        <v>217</v>
+      <c r="B175" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="176" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A176" s="134">
+      <c r="A176" s="130">
         <v>42564</v>
       </c>
-      <c r="B176" s="135" t="s">
-        <v>217</v>
+      <c r="B176" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="177" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A177" s="134">
+      <c r="A177" s="130">
         <v>42565</v>
       </c>
-      <c r="B177" s="135" t="s">
-        <v>217</v>
+      <c r="B177" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="178" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A178" s="134">
+      <c r="A178" s="130">
         <v>42566</v>
       </c>
-      <c r="B178" s="135" t="s">
-        <v>217</v>
+      <c r="B178" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="179" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A179" s="134">
+      <c r="A179" s="130">
         <v>42569</v>
       </c>
-      <c r="B179" s="135" t="s">
-        <v>217</v>
+      <c r="B179" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="180" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A180" s="134">
+      <c r="A180" s="130">
         <v>42570</v>
       </c>
-      <c r="B180" s="135" t="s">
-        <v>217</v>
+      <c r="B180" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="181" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A181" s="134">
+      <c r="A181" s="130">
         <v>42571</v>
       </c>
-      <c r="B181" s="135" t="s">
-        <v>217</v>
+      <c r="B181" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="182" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A182" s="134">
+      <c r="A182" s="130">
         <v>42572</v>
       </c>
-      <c r="B182" s="135" t="s">
-        <v>217</v>
+      <c r="B182" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="183" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A183" s="134">
+      <c r="A183" s="130">
         <v>42573</v>
       </c>
-      <c r="B183" s="135" t="s">
-        <v>217</v>
+      <c r="B183" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="184" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A184" s="134">
+      <c r="A184" s="130">
         <v>42576</v>
       </c>
-      <c r="B184" s="135" t="s">
-        <v>217</v>
+      <c r="B184" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="185" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A185" s="134">
+      <c r="A185" s="130">
         <v>42577</v>
       </c>
-      <c r="B185" s="135" t="s">
-        <v>217</v>
+      <c r="B185" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="186" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A186" s="134">
+      <c r="A186" s="130">
         <v>42578</v>
       </c>
-      <c r="B186" s="135" t="s">
-        <v>217</v>
+      <c r="B186" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="187" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A187" s="134">
+      <c r="A187" s="130">
         <v>42579</v>
       </c>
-      <c r="B187" s="135" t="s">
-        <v>217</v>
+      <c r="B187" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="188" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A188" s="134">
+      <c r="A188" s="130">
         <v>42580</v>
       </c>
-      <c r="B188" s="135" t="s">
-        <v>217</v>
+      <c r="B188" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="189" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A189" s="134">
+      <c r="A189" s="130">
         <v>42583</v>
       </c>
-      <c r="B189" s="135" t="s">
-        <v>217</v>
+      <c r="B189" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="190" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A190" s="134">
+      <c r="A190" s="130">
         <v>42584</v>
       </c>
-      <c r="B190" s="135" t="s">
-        <v>217</v>
+      <c r="B190" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="191" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A191" s="134">
+      <c r="A191" s="130">
         <v>42585</v>
       </c>
-      <c r="B191" s="135" t="s">
-        <v>217</v>
+      <c r="B191" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="192" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A192" s="134">
+      <c r="A192" s="130">
         <v>42586</v>
       </c>
-      <c r="B192" s="135" t="s">
-        <v>778</v>
+      <c r="B192" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="193" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A193" s="134">
+      <c r="A193" s="130">
         <v>42587</v>
       </c>
-      <c r="B193" s="135" t="s">
-        <v>778</v>
+      <c r="B193" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="194" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A194" s="134">
+      <c r="A194" s="130">
         <v>42590</v>
       </c>
-      <c r="B194" s="135" t="s">
-        <v>778</v>
+      <c r="B194" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="195" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A195" s="134">
+      <c r="A195" s="130">
         <v>42591</v>
       </c>
-      <c r="B195" s="135" t="s">
-        <v>778</v>
+      <c r="B195" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="196" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A196" s="134">
+      <c r="A196" s="130">
         <v>42592</v>
       </c>
-      <c r="B196" s="135" t="s">
-        <v>778</v>
+      <c r="B196" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="197" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A197" s="134">
+      <c r="A197" s="130">
         <v>42593</v>
       </c>
-      <c r="B197" s="135" t="s">
-        <v>778</v>
+      <c r="B197" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="198" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A198" s="134">
+      <c r="A198" s="130">
         <v>42594</v>
       </c>
-      <c r="B198" s="135" t="s">
-        <v>778</v>
+      <c r="B198" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="199" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A199" s="134">
+      <c r="A199" s="130">
         <v>42597</v>
       </c>
-      <c r="B199" s="135" t="s">
-        <v>778</v>
+      <c r="B199" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="200" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A200" s="134">
+      <c r="A200" s="130">
         <v>42598</v>
       </c>
-      <c r="B200" s="135" t="s">
-        <v>778</v>
+      <c r="B200" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="201" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A201" s="134">
+      <c r="A201" s="130">
         <v>42599</v>
       </c>
-      <c r="B201" s="135" t="s">
-        <v>778</v>
+      <c r="B201" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="202" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A202" s="134">
+      <c r="A202" s="130">
         <v>42600</v>
       </c>
-      <c r="B202" s="135" t="s">
-        <v>778</v>
+      <c r="B202" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="203" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A203" s="134">
+      <c r="A203" s="130">
         <v>42601</v>
       </c>
-      <c r="B203" s="135" t="s">
-        <v>778</v>
+      <c r="B203" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="204" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A204" s="134">
+      <c r="A204" s="130">
         <v>42604</v>
       </c>
-      <c r="B204" s="135" t="s">
-        <v>778</v>
+      <c r="B204" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="205" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A205" s="134">
+      <c r="A205" s="130">
         <v>42605</v>
       </c>
-      <c r="B205" s="135" t="s">
-        <v>778</v>
+      <c r="B205" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="206" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A206" s="134">
+      <c r="A206" s="130">
         <v>42606</v>
       </c>
-      <c r="B206" s="135" t="s">
-        <v>778</v>
+      <c r="B206" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="207" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A207" s="134">
+      <c r="A207" s="130">
         <v>42607</v>
       </c>
-      <c r="B207" s="135" t="s">
-        <v>778</v>
+      <c r="B207" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="208" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A208" s="134">
+      <c r="A208" s="130">
         <v>42608</v>
       </c>
-      <c r="B208" s="135" t="s">
-        <v>778</v>
+      <c r="B208" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="209" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A209" s="134">
+      <c r="A209" s="130">
         <v>42612</v>
       </c>
-      <c r="B209" s="135" t="s">
-        <v>778</v>
+      <c r="B209" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="210" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A210" s="134">
+      <c r="A210" s="130">
         <v>42613</v>
       </c>
-      <c r="B210" s="135" t="s">
-        <v>778</v>
+      <c r="B210" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="211" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A211" s="134">
+      <c r="A211" s="130">
         <v>42614</v>
       </c>
-      <c r="B211" s="135" t="s">
-        <v>778</v>
+      <c r="B211" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="212" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A212" s="134">
+      <c r="A212" s="130">
         <v>42615</v>
       </c>
-      <c r="B212" s="135" t="s">
-        <v>778</v>
+      <c r="B212" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="213" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A213" s="134">
+      <c r="A213" s="130">
         <v>42618</v>
       </c>
-      <c r="B213" s="135" t="s">
-        <v>778</v>
+      <c r="B213" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="214" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A214" s="134">
+      <c r="A214" s="130">
         <v>42619</v>
       </c>
-      <c r="B214" s="135" t="s">
-        <v>778</v>
+      <c r="B214" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="215" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A215" s="134">
+      <c r="A215" s="130">
         <v>42620</v>
       </c>
-      <c r="B215" s="135" t="s">
-        <v>778</v>
+      <c r="B215" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="216" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A216" s="134">
+      <c r="A216" s="130">
         <v>42621</v>
       </c>
-      <c r="B216" s="135" t="s">
-        <v>778</v>
+      <c r="B216" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="217" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A217" s="134">
+      <c r="A217" s="130">
         <v>42622</v>
       </c>
-      <c r="B217" s="135" t="s">
-        <v>778</v>
+      <c r="B217" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="218" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A218" s="134">
+      <c r="A218" s="130">
         <v>42625</v>
       </c>
-      <c r="B218" s="135" t="s">
-        <v>778</v>
+      <c r="B218" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="219" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A219" s="134">
+      <c r="A219" s="130">
         <v>42626</v>
       </c>
-      <c r="B219" s="135" t="s">
-        <v>778</v>
+      <c r="B219" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="220" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A220" s="134">
+      <c r="A220" s="130">
         <v>42627</v>
       </c>
-      <c r="B220" s="135" t="s">
-        <v>778</v>
+      <c r="B220" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="221" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A221" s="134">
+      <c r="A221" s="130">
         <v>42628</v>
       </c>
-      <c r="B221" s="135" t="s">
-        <v>778</v>
+      <c r="B221" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="222" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A222" s="134">
+      <c r="A222" s="130">
         <v>42629</v>
       </c>
-      <c r="B222" s="135" t="s">
-        <v>778</v>
+      <c r="B222" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="223" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A223" s="134">
+      <c r="A223" s="130">
         <v>42632</v>
       </c>
-      <c r="B223" s="135" t="s">
-        <v>778</v>
+      <c r="B223" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="224" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A224" s="134">
+      <c r="A224" s="130">
         <v>42633</v>
       </c>
-      <c r="B224" s="135" t="s">
-        <v>778</v>
+      <c r="B224" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="225" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A225" s="134">
+      <c r="A225" s="130">
         <v>42634</v>
       </c>
-      <c r="B225" s="135" t="s">
-        <v>778</v>
+      <c r="B225" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="226" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A226" s="134">
+      <c r="A226" s="130">
         <v>42635</v>
       </c>
-      <c r="B226" s="135" t="s">
-        <v>778</v>
+      <c r="B226" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="227" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A227" s="134">
+      <c r="A227" s="130">
         <v>42636</v>
       </c>
-      <c r="B227" s="135" t="s">
-        <v>778</v>
+      <c r="B227" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="228" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A228" s="134">
+      <c r="A228" s="130">
         <v>42639</v>
       </c>
-      <c r="B228" s="135" t="s">
-        <v>778</v>
+      <c r="B228" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="229" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A229" s="134">
+      <c r="A229" s="130">
         <v>42640</v>
       </c>
-      <c r="B229" s="135" t="s">
-        <v>778</v>
+      <c r="B229" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="230" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A230" s="134">
+      <c r="A230" s="130">
         <v>42641</v>
       </c>
-      <c r="B230" s="135" t="s">
-        <v>778</v>
+      <c r="B230" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="231" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A231" s="134">
+      <c r="A231" s="130">
         <v>42642</v>
       </c>
-      <c r="B231" s="135" t="s">
-        <v>778</v>
+      <c r="B231" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="232" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A232" s="134">
+      <c r="A232" s="130">
         <v>42643</v>
       </c>
-      <c r="B232" s="135" t="s">
-        <v>778</v>
+      <c r="B232" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="233" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A233" s="134">
+      <c r="A233" s="130">
         <v>42646</v>
       </c>
-      <c r="B233" s="135" t="s">
-        <v>778</v>
+      <c r="B233" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="234" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A234" s="134">
+      <c r="A234" s="130">
         <v>42647</v>
       </c>
-      <c r="B234" s="135" t="s">
-        <v>778</v>
+      <c r="B234" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="235" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A235" s="134">
+      <c r="A235" s="130">
         <v>42648</v>
       </c>
-      <c r="B235" s="135" t="s">
-        <v>778</v>
+      <c r="B235" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="236" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A236" s="134">
+      <c r="A236" s="130">
         <v>42649</v>
       </c>
-      <c r="B236" s="135" t="s">
-        <v>778</v>
+      <c r="B236" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="237" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A237" s="134">
+      <c r="A237" s="130">
         <v>42650</v>
       </c>
-      <c r="B237" s="135" t="s">
-        <v>778</v>
+      <c r="B237" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="238" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A238" s="134">
+      <c r="A238" s="130">
         <v>42653</v>
       </c>
-      <c r="B238" s="135" t="s">
-        <v>778</v>
+      <c r="B238" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="239" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A239" s="134">
+      <c r="A239" s="130">
         <v>42654</v>
       </c>
-      <c r="B239" s="135" t="s">
-        <v>778</v>
+      <c r="B239" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="240" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A240" s="134">
+      <c r="A240" s="130">
         <v>42655</v>
       </c>
-      <c r="B240" s="135" t="s">
-        <v>778</v>
+      <c r="B240" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="241" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A241" s="134">
+      <c r="A241" s="130">
         <v>42656</v>
       </c>
-      <c r="B241" s="135" t="s">
-        <v>778</v>
+      <c r="B241" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="242" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A242" s="134">
+      <c r="A242" s="130">
         <v>42657</v>
       </c>
-      <c r="B242" s="135" t="s">
-        <v>778</v>
+      <c r="B242" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="243" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A243" s="134">
+      <c r="A243" s="130">
         <v>42660</v>
       </c>
-      <c r="B243" s="135" t="s">
-        <v>778</v>
+      <c r="B243" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="244" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A244" s="134">
+      <c r="A244" s="130">
         <v>42661</v>
       </c>
-      <c r="B244" s="135" t="s">
-        <v>778</v>
+      <c r="B244" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="245" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A245" s="134">
+      <c r="A245" s="130">
         <v>42662</v>
       </c>
-      <c r="B245" s="135" t="s">
-        <v>778</v>
+      <c r="B245" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="246" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A246" s="134">
+      <c r="A246" s="130">
         <v>42663</v>
       </c>
-      <c r="B246" s="135" t="s">
-        <v>778</v>
+      <c r="B246" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="247" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A247" s="134">
+      <c r="A247" s="130">
         <v>42664</v>
       </c>
-      <c r="B247" s="135" t="s">
-        <v>778</v>
+      <c r="B247" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="248" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A248" s="134">
+      <c r="A248" s="130">
         <v>42667</v>
       </c>
-      <c r="B248" s="135" t="s">
-        <v>778</v>
+      <c r="B248" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="249" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A249" s="134">
+      <c r="A249" s="130">
         <v>42668</v>
       </c>
-      <c r="B249" s="135" t="s">
-        <v>778</v>
+      <c r="B249" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="250" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A250" s="134">
+      <c r="A250" s="130">
         <v>42669</v>
       </c>
-      <c r="B250" s="135" t="s">
-        <v>778</v>
+      <c r="B250" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="251" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A251" s="134">
+      <c r="A251" s="130">
         <v>42670</v>
       </c>
-      <c r="B251" s="135" t="s">
-        <v>778</v>
+      <c r="B251" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="252" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A252" s="134">
+      <c r="A252" s="130">
         <v>42671</v>
       </c>
-      <c r="B252" s="135" t="s">
-        <v>778</v>
+      <c r="B252" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="253" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A253" s="134">
+      <c r="A253" s="130">
         <v>42674</v>
       </c>
-      <c r="B253" s="135" t="s">
-        <v>778</v>
+      <c r="B253" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="254" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A254" s="134">
+      <c r="A254" s="130">
         <v>42675</v>
       </c>
-      <c r="B254" s="135" t="s">
-        <v>778</v>
+      <c r="B254" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="255" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A255" s="134">
+      <c r="A255" s="130">
         <v>42676</v>
       </c>
-      <c r="B255" s="135" t="s">
-        <v>778</v>
+      <c r="B255" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="256" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A256" s="134">
+      <c r="A256" s="130">
         <v>42677</v>
       </c>
-      <c r="B256" s="135" t="s">
-        <v>778</v>
+      <c r="B256" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="257" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A257" s="134">
+      <c r="A257" s="130">
         <v>42678</v>
       </c>
-      <c r="B257" s="135" t="s">
-        <v>778</v>
+      <c r="B257" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="258" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A258" s="134">
+      <c r="A258" s="130">
         <v>42681</v>
       </c>
-      <c r="B258" s="135" t="s">
-        <v>778</v>
+      <c r="B258" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="259" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A259" s="134">
+      <c r="A259" s="130">
         <v>42682</v>
       </c>
-      <c r="B259" s="135" t="s">
-        <v>778</v>
+      <c r="B259" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="260" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A260" s="134">
+      <c r="A260" s="130">
         <v>42683</v>
       </c>
-      <c r="B260" s="135" t="s">
-        <v>778</v>
+      <c r="B260" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="261" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A261" s="134">
+      <c r="A261" s="130">
         <v>42684</v>
       </c>
-      <c r="B261" s="135" t="s">
-        <v>778</v>
+      <c r="B261" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="262" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A262" s="134">
+      <c r="A262" s="130">
         <v>42685</v>
       </c>
-      <c r="B262" s="135" t="s">
-        <v>778</v>
+      <c r="B262" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="263" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A263" s="134">
+      <c r="A263" s="130">
         <v>42688</v>
       </c>
-      <c r="B263" s="135" t="s">
-        <v>778</v>
+      <c r="B263" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="264" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A264" s="134">
+      <c r="A264" s="130">
         <v>42689</v>
       </c>
-      <c r="B264" s="135" t="s">
-        <v>778</v>
+      <c r="B264" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="265" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A265" s="134">
+      <c r="A265" s="130">
         <v>42690</v>
       </c>
-      <c r="B265" s="135" t="s">
-        <v>778</v>
+      <c r="B265" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="266" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A266" s="134">
+      <c r="A266" s="130">
         <v>42691</v>
       </c>
-      <c r="B266" s="135" t="s">
-        <v>778</v>
+      <c r="B266" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="267" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A267" s="134">
+      <c r="A267" s="130">
         <v>42692</v>
       </c>
-      <c r="B267" s="135" t="s">
-        <v>778</v>
+      <c r="B267" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="268" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A268" s="134">
+      <c r="A268" s="130">
         <v>42695</v>
       </c>
-      <c r="B268" s="135" t="s">
-        <v>778</v>
+      <c r="B268" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="269" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A269" s="134">
+      <c r="A269" s="130">
         <v>42696</v>
       </c>
-      <c r="B269" s="135" t="s">
-        <v>778</v>
+      <c r="B269" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="270" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A270" s="134">
+      <c r="A270" s="130">
         <v>42697</v>
       </c>
-      <c r="B270" s="135" t="s">
-        <v>778</v>
+      <c r="B270" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="271" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A271" s="134">
+      <c r="A271" s="130">
         <v>42698</v>
       </c>
-      <c r="B271" s="135" t="s">
-        <v>778</v>
+      <c r="B271" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="272" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A272" s="134">
+      <c r="A272" s="130">
         <v>42699</v>
       </c>
-      <c r="B272" s="135" t="s">
-        <v>778</v>
+      <c r="B272" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="273" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A273" s="134">
+      <c r="A273" s="130">
         <v>42702</v>
       </c>
-      <c r="B273" s="135" t="s">
-        <v>778</v>
+      <c r="B273" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="274" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A274" s="134">
+      <c r="A274" s="130">
         <v>42703</v>
       </c>
-      <c r="B274" s="135" t="s">
-        <v>778</v>
+      <c r="B274" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="275" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A275" s="134">
+      <c r="A275" s="130">
         <v>42704</v>
       </c>
-      <c r="B275" s="135" t="s">
-        <v>778</v>
+      <c r="B275" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="276" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A276" s="134">
+      <c r="A276" s="130">
         <v>42705</v>
       </c>
-      <c r="B276" s="135" t="s">
-        <v>778</v>
+      <c r="B276" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="277" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A277" s="134">
+      <c r="A277" s="130">
         <v>42706</v>
       </c>
-      <c r="B277" s="135" t="s">
-        <v>778</v>
+      <c r="B277" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="278" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A278" s="134">
+      <c r="A278" s="130">
         <v>42709</v>
       </c>
-      <c r="B278" s="135" t="s">
-        <v>778</v>
+      <c r="B278" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="279" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A279" s="134">
+      <c r="A279" s="130">
         <v>42710</v>
       </c>
-      <c r="B279" s="135" t="s">
-        <v>778</v>
+      <c r="B279" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="280" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A280" s="134">
+      <c r="A280" s="130">
         <v>42711</v>
       </c>
-      <c r="B280" s="135" t="s">
-        <v>778</v>
+      <c r="B280" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="281" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A281" s="134">
+      <c r="A281" s="130">
         <v>42712</v>
       </c>
-      <c r="B281" s="135" t="s">
-        <v>778</v>
+      <c r="B281" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="282" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A282" s="134">
+      <c r="A282" s="130">
         <v>42713</v>
       </c>
-      <c r="B282" s="135" t="s">
-        <v>778</v>
+      <c r="B282" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="283" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A283" s="134">
+      <c r="A283" s="130">
         <v>42716</v>
       </c>
-      <c r="B283" s="135" t="s">
-        <v>778</v>
+      <c r="B283" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="284" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A284" s="134">
+      <c r="A284" s="130">
         <v>42717</v>
       </c>
-      <c r="B284" s="135" t="s">
-        <v>778</v>
+      <c r="B284" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="285" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A285" s="134">
+      <c r="A285" s="130">
         <v>42718</v>
       </c>
-      <c r="B285" s="135" t="s">
-        <v>778</v>
+      <c r="B285" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="286" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A286" s="134">
+      <c r="A286" s="130">
         <v>42719</v>
       </c>
-      <c r="B286" s="135" t="s">
-        <v>778</v>
+      <c r="B286" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="287" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A287" s="134">
+      <c r="A287" s="130">
         <v>42720</v>
       </c>
-      <c r="B287" s="135" t="s">
-        <v>778</v>
+      <c r="B287" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="288" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A288" s="134">
+      <c r="A288" s="130">
         <v>42723</v>
       </c>
-      <c r="B288" s="135" t="s">
-        <v>778</v>
+      <c r="B288" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="289" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A289" s="134">
+      <c r="A289" s="130">
         <v>42724</v>
       </c>
-      <c r="B289" s="135" t="s">
-        <v>778</v>
+      <c r="B289" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="290" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A290" s="134">
+      <c r="A290" s="130">
         <v>42725</v>
       </c>
-      <c r="B290" s="135" t="s">
-        <v>778</v>
+      <c r="B290" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="291" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A291" s="134">
+      <c r="A291" s="130">
         <v>42726</v>
       </c>
-      <c r="B291" s="135" t="s">
-        <v>778</v>
+      <c r="B291" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="292" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A292" s="134">
+      <c r="A292" s="130">
         <v>42727</v>
       </c>
-      <c r="B292" s="135" t="s">
-        <v>778</v>
+      <c r="B292" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="293" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A293" s="134">
+      <c r="A293" s="130">
         <v>42732</v>
       </c>
-      <c r="B293" s="135" t="s">
-        <v>778</v>
+      <c r="B293" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="294" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A294" s="134">
+      <c r="A294" s="130">
         <v>42733</v>
       </c>
-      <c r="B294" s="135" t="s">
-        <v>778</v>
+      <c r="B294" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="295" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A295" s="134">
+      <c r="A295" s="130">
         <v>42734</v>
       </c>
-      <c r="B295" s="135" t="s">
-        <v>778</v>
+      <c r="B295" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="296" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A296" s="134">
+      <c r="A296" s="130">
         <v>42738</v>
       </c>
-      <c r="B296" s="135" t="s">
-        <v>778</v>
+      <c r="B296" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="297" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A297" s="134">
+      <c r="A297" s="130">
         <v>42739</v>
       </c>
-      <c r="B297" s="135" t="s">
-        <v>778</v>
+      <c r="B297" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="298" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A298" s="134">
+      <c r="A298" s="130">
         <v>42740</v>
       </c>
-      <c r="B298" s="135" t="s">
-        <v>778</v>
+      <c r="B298" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="299" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A299" s="134">
+      <c r="A299" s="130">
         <v>42741</v>
       </c>
-      <c r="B299" s="135" t="s">
-        <v>778</v>
+      <c r="B299" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="300" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A300" s="134">
+      <c r="A300" s="130">
         <v>42744</v>
       </c>
-      <c r="B300" s="135" t="s">
-        <v>778</v>
+      <c r="B300" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="301" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A301" s="134">
+      <c r="A301" s="130">
         <v>42745</v>
       </c>
-      <c r="B301" s="135" t="s">
-        <v>778</v>
+      <c r="B301" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="302" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A302" s="134">
+      <c r="A302" s="130">
         <v>42746</v>
       </c>
-      <c r="B302" s="135" t="s">
-        <v>778</v>
+      <c r="B302" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="303" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A303" s="134">
+      <c r="A303" s="130">
         <v>42747</v>
       </c>
-      <c r="B303" s="135" t="s">
-        <v>778</v>
+      <c r="B303" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="304" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A304" s="134">
+      <c r="A304" s="130">
         <v>42748</v>
       </c>
-      <c r="B304" s="135" t="s">
-        <v>778</v>
+      <c r="B304" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="305" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A305" s="134">
+      <c r="A305" s="130">
         <v>42751</v>
       </c>
-      <c r="B305" s="135" t="s">
-        <v>778</v>
+      <c r="B305" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="306" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A306" s="134">
+      <c r="A306" s="130">
         <v>42752</v>
       </c>
-      <c r="B306" s="135" t="s">
-        <v>778</v>
+      <c r="B306" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="307" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A307" s="134">
+      <c r="A307" s="130">
         <v>42753</v>
       </c>
-      <c r="B307" s="135" t="s">
-        <v>778</v>
+      <c r="B307" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="308" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A308" s="134">
+      <c r="A308" s="130">
         <v>42754</v>
       </c>
-      <c r="B308" s="135" t="s">
-        <v>778</v>
+      <c r="B308" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="309" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A309" s="134">
+      <c r="A309" s="130">
         <v>42755</v>
       </c>
-      <c r="B309" s="135" t="s">
-        <v>778</v>
+      <c r="B309" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="310" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A310" s="134">
+      <c r="A310" s="130">
         <v>42758</v>
       </c>
-      <c r="B310" s="135" t="s">
-        <v>778</v>
+      <c r="B310" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="311" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A311" s="134">
+      <c r="A311" s="130">
         <v>42759</v>
       </c>
-      <c r="B311" s="135" t="s">
-        <v>778</v>
+      <c r="B311" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="312" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A312" s="134">
+      <c r="A312" s="130">
         <v>42760</v>
       </c>
-      <c r="B312" s="135" t="s">
-        <v>778</v>
+      <c r="B312" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="313" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A313" s="134">
+      <c r="A313" s="130">
         <v>42761</v>
       </c>
-      <c r="B313" s="135" t="s">
-        <v>778</v>
+      <c r="B313" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="314" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A314" s="134">
+      <c r="A314" s="130">
         <v>42762</v>
       </c>
-      <c r="B314" s="135" t="s">
-        <v>778</v>
+      <c r="B314" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="315" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A315" s="134">
+      <c r="A315" s="130">
         <v>42765</v>
       </c>
-      <c r="B315" s="135" t="s">
-        <v>778</v>
+      <c r="B315" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="316" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A316" s="134">
+      <c r="A316" s="130">
         <v>42766</v>
       </c>
-      <c r="B316" s="135" t="s">
-        <v>778</v>
+      <c r="B316" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="317" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A317" s="134">
+      <c r="A317" s="130">
         <v>42767</v>
       </c>
-      <c r="B317" s="135" t="s">
-        <v>778</v>
+      <c r="B317" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="318" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A318" s="134">
+      <c r="A318" s="130">
         <v>42768</v>
       </c>
-      <c r="B318" s="135" t="s">
-        <v>778</v>
+      <c r="B318" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="319" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A319" s="134">
+      <c r="A319" s="130">
         <v>42769</v>
       </c>
-      <c r="B319" s="135" t="s">
-        <v>778</v>
+      <c r="B319" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="320" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A320" s="134">
+      <c r="A320" s="130">
         <v>42772</v>
       </c>
-      <c r="B320" s="135" t="s">
-        <v>778</v>
+      <c r="B320" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="321" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A321" s="134">
+      <c r="A321" s="130">
         <v>42773</v>
       </c>
-      <c r="B321" s="135" t="s">
-        <v>778</v>
+      <c r="B321" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="322" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A322" s="134">
+      <c r="A322" s="130">
         <v>42774</v>
       </c>
-      <c r="B322" s="135" t="s">
-        <v>778</v>
+      <c r="B322" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="323" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A323" s="134">
+      <c r="A323" s="130">
         <v>42775</v>
       </c>
-      <c r="B323" s="135" t="s">
-        <v>778</v>
+      <c r="B323" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="324" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A324" s="134">
+      <c r="A324" s="130">
         <v>42776</v>
       </c>
-      <c r="B324" s="135" t="s">
-        <v>778</v>
+      <c r="B324" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="325" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A325" s="134">
+      <c r="A325" s="130">
         <v>42779</v>
       </c>
-      <c r="B325" s="135" t="s">
-        <v>778</v>
+      <c r="B325" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="326" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A326" s="134">
+      <c r="A326" s="130">
         <v>42780</v>
       </c>
-      <c r="B326" s="135" t="s">
-        <v>778</v>
+      <c r="B326" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="327" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A327" s="134">
+      <c r="A327" s="130">
         <v>42781</v>
       </c>
-      <c r="B327" s="135" t="s">
-        <v>778</v>
+      <c r="B327" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="328" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A328" s="134">
+      <c r="A328" s="130">
         <v>42782</v>
       </c>
-      <c r="B328" s="135" t="s">
-        <v>778</v>
+      <c r="B328" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="329" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A329" s="134">
+      <c r="A329" s="130">
         <v>42783</v>
       </c>
-      <c r="B329" s="135" t="s">
-        <v>778</v>
+      <c r="B329" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="330" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A330" s="134">
+      <c r="A330" s="130">
         <v>42786</v>
       </c>
-      <c r="B330" s="135" t="s">
-        <v>778</v>
+      <c r="B330" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="331" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A331" s="134">
+      <c r="A331" s="130">
         <v>42787</v>
       </c>
-      <c r="B331" s="135" t="s">
-        <v>778</v>
+      <c r="B331" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="332" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A332" s="134">
+      <c r="A332" s="130">
         <v>42788</v>
       </c>
-      <c r="B332" s="135" t="s">
-        <v>778</v>
+      <c r="B332" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="333" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A333" s="134">
+      <c r="A333" s="130">
         <v>42789</v>
       </c>
-      <c r="B333" s="135" t="s">
-        <v>778</v>
+      <c r="B333" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="334" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A334" s="134">
+      <c r="A334" s="130">
         <v>42790</v>
       </c>
-      <c r="B334" s="135" t="s">
-        <v>778</v>
+      <c r="B334" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="335" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A335" s="134">
+      <c r="A335" s="130">
         <v>42793</v>
       </c>
-      <c r="B335" s="135" t="s">
-        <v>778</v>
+      <c r="B335" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="336" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A336" s="134">
+      <c r="A336" s="130">
         <v>42794</v>
       </c>
-      <c r="B336" s="135" t="s">
-        <v>778</v>
+      <c r="B336" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="337" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A337" s="134">
+      <c r="A337" s="130">
         <v>42795</v>
       </c>
-      <c r="B337" s="135" t="s">
-        <v>778</v>
+      <c r="B337" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="338" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A338" s="134">
+      <c r="A338" s="130">
         <v>42796</v>
       </c>
-      <c r="B338" s="135" t="s">
-        <v>778</v>
+      <c r="B338" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="339" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A339" s="134">
+      <c r="A339" s="130">
         <v>42797</v>
       </c>
-      <c r="B339" s="135" t="s">
-        <v>778</v>
+      <c r="B339" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="340" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A340" s="134">
+      <c r="A340" s="130">
         <v>42800</v>
       </c>
-      <c r="B340" s="135" t="s">
-        <v>778</v>
+      <c r="B340" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="341" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A341" s="134">
+      <c r="A341" s="130">
         <v>42801</v>
       </c>
-      <c r="B341" s="135" t="s">
-        <v>778</v>
+      <c r="B341" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="342" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A342" s="134">
+      <c r="A342" s="130">
         <v>42802</v>
       </c>
-      <c r="B342" s="135" t="s">
-        <v>778</v>
+      <c r="B342" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="343" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A343" s="134">
+      <c r="A343" s="130">
         <v>42803</v>
       </c>
-      <c r="B343" s="135" t="s">
-        <v>778</v>
+      <c r="B343" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="344" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A344" s="134">
+      <c r="A344" s="130">
         <v>42804</v>
       </c>
-      <c r="B344" s="135" t="s">
-        <v>778</v>
+      <c r="B344" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="345" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A345" s="134">
+      <c r="A345" s="130">
         <v>42807</v>
       </c>
-      <c r="B345" s="135" t="s">
-        <v>778</v>
+      <c r="B345" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="346" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A346" s="134">
+      <c r="A346" s="130">
         <v>42808</v>
       </c>
-      <c r="B346" s="135" t="s">
-        <v>778</v>
+      <c r="B346" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="347" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A347" s="134">
+      <c r="A347" s="130">
         <v>42809</v>
       </c>
-      <c r="B347" s="135" t="s">
-        <v>778</v>
+      <c r="B347" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="348" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A348" s="134">
+      <c r="A348" s="130">
         <v>42810</v>
       </c>
-      <c r="B348" s="135" t="s">
-        <v>778</v>
+      <c r="B348" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="349" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A349" s="134">
+      <c r="A349" s="130">
         <v>42811</v>
       </c>
-      <c r="B349" s="135" t="s">
-        <v>778</v>
+      <c r="B349" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="350" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A350" s="134">
+      <c r="A350" s="130">
         <v>42814</v>
       </c>
-      <c r="B350" s="135" t="s">
-        <v>778</v>
+      <c r="B350" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="351" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A351" s="134">
+      <c r="A351" s="130">
         <v>42815</v>
       </c>
-      <c r="B351" s="135" t="s">
-        <v>778</v>
+      <c r="B351" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="352" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A352" s="134">
+      <c r="A352" s="130">
         <v>42816</v>
       </c>
-      <c r="B352" s="135" t="s">
-        <v>778</v>
+      <c r="B352" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="353" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A353" s="134">
+      <c r="A353" s="130">
         <v>42817</v>
       </c>
-      <c r="B353" s="135" t="s">
-        <v>778</v>
+      <c r="B353" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="354" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A354" s="134">
+      <c r="A354" s="130">
         <v>42818</v>
       </c>
-      <c r="B354" s="135" t="s">
-        <v>778</v>
+      <c r="B354" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="355" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A355" s="134">
+      <c r="A355" s="130">
         <v>42821</v>
       </c>
-      <c r="B355" s="135" t="s">
-        <v>778</v>
+      <c r="B355" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="356" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A356" s="134">
+      <c r="A356" s="130">
         <v>42822</v>
       </c>
-      <c r="B356" s="135" t="s">
-        <v>778</v>
+      <c r="B356" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="357" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A357" s="134">
+      <c r="A357" s="130">
         <v>42823</v>
       </c>
-      <c r="B357" s="135" t="s">
-        <v>778</v>
+      <c r="B357" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="358" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A358" s="134">
+      <c r="A358" s="130">
         <v>42824</v>
       </c>
-      <c r="B358" s="135" t="s">
-        <v>778</v>
+      <c r="B358" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="359" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A359" s="134">
+      <c r="A359" s="130">
         <v>42825</v>
       </c>
-      <c r="B359" s="135" t="s">
-        <v>778</v>
+      <c r="B359" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="360" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A360" s="134">
+      <c r="A360" s="130">
         <v>42828</v>
       </c>
-      <c r="B360" s="135" t="s">
-        <v>778</v>
+      <c r="B360" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="361" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A361" s="134">
+      <c r="A361" s="130">
         <v>42829</v>
       </c>
-      <c r="B361" s="135" t="s">
-        <v>778</v>
+      <c r="B361" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="362" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A362" s="134">
+      <c r="A362" s="130">
         <v>42830</v>
       </c>
-      <c r="B362" s="135" t="s">
-        <v>778</v>
+      <c r="B362" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="363" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A363" s="134">
+      <c r="A363" s="130">
         <v>42831</v>
       </c>
-      <c r="B363" s="135" t="s">
-        <v>778</v>
+      <c r="B363" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="364" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A364" s="134">
+      <c r="A364" s="130">
         <v>42832</v>
       </c>
-      <c r="B364" s="135" t="s">
-        <v>778</v>
+      <c r="B364" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="365" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A365" s="134">
+      <c r="A365" s="130">
         <v>42835</v>
       </c>
-      <c r="B365" s="135" t="s">
-        <v>778</v>
+      <c r="B365" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="366" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A366" s="134">
+      <c r="A366" s="130">
         <v>42836</v>
       </c>
-      <c r="B366" s="135" t="s">
-        <v>778</v>
+      <c r="B366" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="367" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A367" s="134">
+      <c r="A367" s="130">
         <v>42837</v>
       </c>
-      <c r="B367" s="135" t="s">
-        <v>778</v>
+      <c r="B367" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="368" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A368" s="134">
+      <c r="A368" s="130">
         <v>42838</v>
       </c>
-      <c r="B368" s="135" t="s">
-        <v>778</v>
+      <c r="B368" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="369" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A369" s="134">
+      <c r="A369" s="130">
         <v>42843</v>
       </c>
-      <c r="B369" s="135" t="s">
-        <v>778</v>
+      <c r="B369" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="370" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A370" s="134">
+      <c r="A370" s="130">
         <v>42844</v>
       </c>
-      <c r="B370" s="135" t="s">
-        <v>778</v>
+      <c r="B370" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="371" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A371" s="134">
+      <c r="A371" s="130">
         <v>42845</v>
       </c>
-      <c r="B371" s="135" t="s">
-        <v>778</v>
+      <c r="B371" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="372" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A372" s="134">
+      <c r="A372" s="130">
         <v>42846</v>
       </c>
-      <c r="B372" s="135" t="s">
-        <v>778</v>
+      <c r="B372" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="373" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A373" s="134">
+      <c r="A373" s="130">
         <v>42849</v>
       </c>
-      <c r="B373" s="135" t="s">
-        <v>778</v>
+      <c r="B373" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="374" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A374" s="134">
+      <c r="A374" s="130">
         <v>42850</v>
       </c>
-      <c r="B374" s="135" t="s">
-        <v>778</v>
+      <c r="B374" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="375" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A375" s="134">
+      <c r="A375" s="130">
         <v>42851</v>
       </c>
-      <c r="B375" s="135" t="s">
-        <v>778</v>
+      <c r="B375" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="376" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A376" s="134">
+      <c r="A376" s="130">
         <v>42852</v>
       </c>
-      <c r="B376" s="135" t="s">
-        <v>778</v>
+      <c r="B376" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="377" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A377" s="134">
+      <c r="A377" s="130">
         <v>42853</v>
       </c>
-      <c r="B377" s="135" t="s">
-        <v>778</v>
+      <c r="B377" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="378" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A378" s="134">
+      <c r="A378" s="130">
         <v>42857</v>
       </c>
-      <c r="B378" s="135" t="s">
-        <v>778</v>
+      <c r="B378" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="379" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A379" s="134">
+      <c r="A379" s="130">
         <v>42858</v>
       </c>
-      <c r="B379" s="135" t="s">
-        <v>778</v>
+      <c r="B379" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="380" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A380" s="134">
+      <c r="A380" s="130">
         <v>42859</v>
       </c>
-      <c r="B380" s="135" t="s">
-        <v>778</v>
+      <c r="B380" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="381" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A381" s="134">
+      <c r="A381" s="130">
         <v>42860</v>
       </c>
-      <c r="B381" s="135" t="s">
-        <v>778</v>
+      <c r="B381" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="382" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A382" s="134">
+      <c r="A382" s="130">
         <v>42863</v>
       </c>
-      <c r="B382" s="135" t="s">
-        <v>778</v>
+      <c r="B382" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="383" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A383" s="134">
+      <c r="A383" s="130">
         <v>42864</v>
       </c>
-      <c r="B383" s="135" t="s">
-        <v>778</v>
+      <c r="B383" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="384" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A384" s="134">
+      <c r="A384" s="130">
         <v>42865</v>
       </c>
-      <c r="B384" s="135" t="s">
-        <v>778</v>
+      <c r="B384" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="385" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A385" s="134">
+      <c r="A385" s="130">
         <v>42866</v>
       </c>
-      <c r="B385" s="135" t="s">
-        <v>778</v>
+      <c r="B385" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="386" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A386" s="134">
+      <c r="A386" s="130">
         <v>42867</v>
       </c>
-      <c r="B386" s="135" t="s">
-        <v>778</v>
+      <c r="B386" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="387" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A387" s="134">
+      <c r="A387" s="130">
         <v>42870</v>
       </c>
-      <c r="B387" s="135" t="s">
-        <v>778</v>
+      <c r="B387" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="388" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A388" s="134">
+      <c r="A388" s="130">
         <v>42871</v>
       </c>
-      <c r="B388" s="135" t="s">
-        <v>778</v>
+      <c r="B388" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="389" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A389" s="134">
+      <c r="A389" s="130">
         <v>42872</v>
       </c>
-      <c r="B389" s="135" t="s">
-        <v>778</v>
+      <c r="B389" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="390" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A390" s="134">
+      <c r="A390" s="130">
         <v>42873</v>
       </c>
-      <c r="B390" s="135" t="s">
-        <v>778</v>
+      <c r="B390" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="391" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A391" s="134">
+      <c r="A391" s="130">
         <v>42874</v>
       </c>
-      <c r="B391" s="135" t="s">
-        <v>778</v>
+      <c r="B391" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="392" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A392" s="134">
+      <c r="A392" s="130">
         <v>42877</v>
       </c>
-      <c r="B392" s="135" t="s">
-        <v>778</v>
+      <c r="B392" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="393" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A393" s="134">
+      <c r="A393" s="130">
         <v>42878</v>
       </c>
-      <c r="B393" s="135" t="s">
-        <v>778</v>
+      <c r="B393" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="394" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A394" s="134">
+      <c r="A394" s="130">
         <v>42879</v>
       </c>
-      <c r="B394" s="135" t="s">
-        <v>778</v>
+      <c r="B394" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="395" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A395" s="134">
+      <c r="A395" s="130">
         <v>42880</v>
       </c>
-      <c r="B395" s="135" t="s">
-        <v>778</v>
+      <c r="B395" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="396" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A396" s="134">
+      <c r="A396" s="130">
         <v>42881</v>
       </c>
-      <c r="B396" s="135" t="s">
-        <v>778</v>
+      <c r="B396" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="397" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A397" s="134">
+      <c r="A397" s="130">
         <v>42885</v>
       </c>
-      <c r="B397" s="135" t="s">
-        <v>778</v>
+      <c r="B397" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="398" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A398" s="134">
+      <c r="A398" s="130">
         <v>42886</v>
       </c>
-      <c r="B398" s="135" t="s">
-        <v>778</v>
+      <c r="B398" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="399" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A399" s="134">
+      <c r="A399" s="130">
         <v>42887</v>
       </c>
-      <c r="B399" s="135" t="s">
-        <v>778</v>
+      <c r="B399" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="400" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A400" s="134">
+      <c r="A400" s="130">
         <v>42888</v>
       </c>
-      <c r="B400" s="135" t="s">
-        <v>778</v>
+      <c r="B400" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="401" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A401" s="134">
+      <c r="A401" s="130">
         <v>42891</v>
       </c>
-      <c r="B401" s="135" t="s">
-        <v>778</v>
+      <c r="B401" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="402" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A402" s="134">
+      <c r="A402" s="130">
         <v>42892</v>
       </c>
-      <c r="B402" s="135" t="s">
-        <v>778</v>
+      <c r="B402" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="403" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A403" s="134">
+      <c r="A403" s="130">
         <v>42893</v>
       </c>
-      <c r="B403" s="135" t="s">
-        <v>778</v>
+      <c r="B403" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="404" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A404" s="134">
+      <c r="A404" s="130">
         <v>42894</v>
       </c>
-      <c r="B404" s="135" t="s">
-        <v>778</v>
+      <c r="B404" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="405" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A405" s="134">
+      <c r="A405" s="130">
         <v>42895</v>
       </c>
-      <c r="B405" s="135" t="s">
-        <v>778</v>
+      <c r="B405" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="406" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A406" s="134">
+      <c r="A406" s="130">
         <v>42898</v>
       </c>
-      <c r="B406" s="135" t="s">
-        <v>778</v>
+      <c r="B406" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="407" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A407" s="134">
+      <c r="A407" s="130">
         <v>42899</v>
       </c>
-      <c r="B407" s="135" t="s">
-        <v>778</v>
+      <c r="B407" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="408" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A408" s="134">
+      <c r="A408" s="130">
         <v>42900</v>
       </c>
-      <c r="B408" s="135" t="s">
-        <v>778</v>
+      <c r="B408" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="409" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A409" s="134">
+      <c r="A409" s="130">
         <v>42901</v>
       </c>
-      <c r="B409" s="135" t="s">
-        <v>778</v>
+      <c r="B409" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="410" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A410" s="134">
+      <c r="A410" s="130">
         <v>42902</v>
       </c>
-      <c r="B410" s="135" t="s">
-        <v>778</v>
+      <c r="B410" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="411" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A411" s="134">
+      <c r="A411" s="130">
         <v>42905</v>
       </c>
-      <c r="B411" s="135" t="s">
-        <v>778</v>
+      <c r="B411" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="412" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A412" s="134">
+      <c r="A412" s="130">
         <v>42906</v>
       </c>
-      <c r="B412" s="135" t="s">
-        <v>778</v>
+      <c r="B412" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="413" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A413" s="134">
+      <c r="A413" s="130">
         <v>42907</v>
       </c>
-      <c r="B413" s="135" t="s">
-        <v>778</v>
+      <c r="B413" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="414" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A414" s="134">
+      <c r="A414" s="130">
         <v>42908</v>
       </c>
-      <c r="B414" s="135" t="s">
-        <v>778</v>
+      <c r="B414" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="415" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A415" s="134">
+      <c r="A415" s="130">
         <v>42909</v>
       </c>
-      <c r="B415" s="135" t="s">
-        <v>778</v>
+      <c r="B415" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="416" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A416" s="134">
+      <c r="A416" s="130">
         <v>42912</v>
       </c>
-      <c r="B416" s="135" t="s">
-        <v>778</v>
+      <c r="B416" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="417" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A417" s="134">
+      <c r="A417" s="130">
         <v>42913</v>
       </c>
-      <c r="B417" s="135" t="s">
-        <v>778</v>
+      <c r="B417" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="418" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A418" s="134">
+      <c r="A418" s="130">
         <v>42914</v>
       </c>
-      <c r="B418" s="135" t="s">
-        <v>778</v>
+      <c r="B418" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="419" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A419" s="134">
+      <c r="A419" s="130">
         <v>42915</v>
       </c>
-      <c r="B419" s="135" t="s">
-        <v>778</v>
+      <c r="B419" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="420" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A420" s="134">
+      <c r="A420" s="130">
         <v>42916</v>
       </c>
-      <c r="B420" s="135" t="s">
-        <v>778</v>
+      <c r="B420" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="421" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A421" s="134">
+      <c r="A421" s="130">
         <v>42919</v>
       </c>
-      <c r="B421" s="135" t="s">
-        <v>778</v>
+      <c r="B421" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="422" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A422" s="134">
+      <c r="A422" s="130">
         <v>42920</v>
       </c>
-      <c r="B422" s="135" t="s">
-        <v>778</v>
+      <c r="B422" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="423" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A423" s="134">
+      <c r="A423" s="130">
         <v>42921</v>
       </c>
-      <c r="B423" s="135" t="s">
-        <v>778</v>
+      <c r="B423" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="424" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A424" s="134">
+      <c r="A424" s="130">
         <v>42922</v>
       </c>
-      <c r="B424" s="135" t="s">
-        <v>778</v>
+      <c r="B424" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="425" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A425" s="134">
+      <c r="A425" s="130">
         <v>42923</v>
       </c>
-      <c r="B425" s="135" t="s">
-        <v>778</v>
+      <c r="B425" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="426" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A426" s="134">
+      <c r="A426" s="130">
         <v>42926</v>
       </c>
-      <c r="B426" s="135" t="s">
-        <v>778</v>
+      <c r="B426" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="427" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A427" s="134">
+      <c r="A427" s="130">
         <v>42927</v>
       </c>
-      <c r="B427" s="135" t="s">
-        <v>778</v>
+      <c r="B427" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="428" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A428" s="134">
+      <c r="A428" s="130">
         <v>42928</v>
       </c>
-      <c r="B428" s="135" t="s">
-        <v>778</v>
+      <c r="B428" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="429" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A429" s="134">
+      <c r="A429" s="130">
         <v>42929</v>
       </c>
-      <c r="B429" s="135" t="s">
-        <v>778</v>
+      <c r="B429" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="430" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A430" s="134">
+      <c r="A430" s="130">
         <v>42930</v>
       </c>
-      <c r="B430" s="135" t="s">
-        <v>778</v>
+      <c r="B430" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="431" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A431" s="134">
+      <c r="A431" s="130">
         <v>42933</v>
       </c>
-      <c r="B431" s="135" t="s">
-        <v>778</v>
+      <c r="B431" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="432" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A432" s="134">
+      <c r="A432" s="130">
         <v>42934</v>
       </c>
-      <c r="B432" s="135" t="s">
-        <v>778</v>
+      <c r="B432" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="433" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A433" s="134">
+      <c r="A433" s="130">
         <v>42935</v>
       </c>
-      <c r="B433" s="135" t="s">
-        <v>778</v>
+      <c r="B433" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="434" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A434" s="134">
+      <c r="A434" s="130">
         <v>42936</v>
       </c>
-      <c r="B434" s="135" t="s">
-        <v>778</v>
+      <c r="B434" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="435" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A435" s="134">
+      <c r="A435" s="130">
         <v>42937</v>
       </c>
-      <c r="B435" s="135" t="s">
-        <v>778</v>
+      <c r="B435" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="436" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A436" s="134">
+      <c r="A436" s="130">
         <v>42940</v>
       </c>
-      <c r="B436" s="135" t="s">
-        <v>778</v>
+      <c r="B436" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="437" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A437" s="134">
+      <c r="A437" s="130">
         <v>42941</v>
       </c>
-      <c r="B437" s="135" t="s">
-        <v>778</v>
+      <c r="B437" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="438" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A438" s="134">
+      <c r="A438" s="130">
         <v>42942</v>
       </c>
-      <c r="B438" s="135" t="s">
-        <v>778</v>
+      <c r="B438" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="439" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A439" s="134">
+      <c r="A439" s="130">
         <v>42943</v>
       </c>
-      <c r="B439" s="135" t="s">
-        <v>778</v>
+      <c r="B439" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="440" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A440" s="134">
+      <c r="A440" s="130">
         <v>42944</v>
       </c>
-      <c r="B440" s="135" t="s">
-        <v>778</v>
+      <c r="B440" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="441" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A441" s="134">
+      <c r="A441" s="130">
         <v>42947</v>
       </c>
-      <c r="B441" s="135" t="s">
-        <v>778</v>
+      <c r="B441" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="442" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A442" s="134">
+      <c r="A442" s="130">
         <v>42948</v>
       </c>
-      <c r="B442" s="135" t="s">
-        <v>778</v>
+      <c r="B442" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="443" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A443" s="134">
+      <c r="A443" s="130">
         <v>42949</v>
       </c>
-      <c r="B443" s="135" t="s">
-        <v>778</v>
+      <c r="B443" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="444" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A444" s="134">
+      <c r="A444" s="130">
         <v>42950</v>
       </c>
-      <c r="B444" s="135" t="s">
-        <v>778</v>
+      <c r="B444" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="445" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A445" s="134">
+      <c r="A445" s="130">
         <v>42951</v>
       </c>
-      <c r="B445" s="135" t="s">
-        <v>778</v>
+      <c r="B445" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="446" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A446" s="134">
+      <c r="A446" s="130">
         <v>42954</v>
       </c>
-      <c r="B446" s="135" t="s">
-        <v>778</v>
+      <c r="B446" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="447" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A447" s="134">
+      <c r="A447" s="130">
         <v>42955</v>
       </c>
-      <c r="B447" s="135" t="s">
-        <v>778</v>
+      <c r="B447" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="448" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A448" s="134">
+      <c r="A448" s="130">
         <v>42956</v>
       </c>
-      <c r="B448" s="135" t="s">
-        <v>778</v>
+      <c r="B448" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="449" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A449" s="134">
+      <c r="A449" s="130">
         <v>42957</v>
       </c>
-      <c r="B449" s="135" t="s">
-        <v>778</v>
+      <c r="B449" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="450" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A450" s="134">
+      <c r="A450" s="130">
         <v>42958</v>
       </c>
-      <c r="B450" s="135" t="s">
-        <v>778</v>
+      <c r="B450" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="451" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A451" s="134">
+      <c r="A451" s="130">
         <v>42961</v>
       </c>
-      <c r="B451" s="135" t="s">
-        <v>778</v>
+      <c r="B451" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="452" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A452" s="134">
+      <c r="A452" s="130">
         <v>42962</v>
       </c>
-      <c r="B452" s="135" t="s">
-        <v>778</v>
+      <c r="B452" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="453" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A453" s="134">
+      <c r="A453" s="130">
         <v>42963</v>
       </c>
-      <c r="B453" s="135" t="s">
-        <v>778</v>
+      <c r="B453" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="454" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A454" s="134">
+      <c r="A454" s="130">
         <v>42964</v>
       </c>
-      <c r="B454" s="135" t="s">
-        <v>778</v>
+      <c r="B454" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="455" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A455" s="134">
+      <c r="A455" s="130">
         <v>42965</v>
       </c>
-      <c r="B455" s="135" t="s">
-        <v>778</v>
+      <c r="B455" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="456" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A456" s="134">
+      <c r="A456" s="130">
         <v>42968</v>
       </c>
-      <c r="B456" s="135" t="s">
-        <v>778</v>
+      <c r="B456" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="457" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A457" s="134">
+      <c r="A457" s="130">
         <v>42969</v>
       </c>
-      <c r="B457" s="135" t="s">
-        <v>778</v>
+      <c r="B457" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="458" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A458" s="134">
+      <c r="A458" s="130">
         <v>42970</v>
       </c>
-      <c r="B458" s="135" t="s">
-        <v>778</v>
+      <c r="B458" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="459" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A459" s="134">
+      <c r="A459" s="130">
         <v>42971</v>
       </c>
-      <c r="B459" s="135" t="s">
-        <v>778</v>
+      <c r="B459" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="460" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A460" s="134">
+      <c r="A460" s="130">
         <v>42972</v>
       </c>
-      <c r="B460" s="135" t="s">
-        <v>778</v>
+      <c r="B460" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="461" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A461" s="134">
+      <c r="A461" s="130">
         <v>42976</v>
       </c>
-      <c r="B461" s="135" t="s">
-        <v>778</v>
+      <c r="B461" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="462" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A462" s="134">
+      <c r="A462" s="130">
         <v>42977</v>
       </c>
-      <c r="B462" s="135" t="s">
-        <v>778</v>
+      <c r="B462" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="463" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A463" s="134">
+      <c r="A463" s="130">
         <v>42978</v>
       </c>
-      <c r="B463" s="135" t="s">
-        <v>778</v>
+      <c r="B463" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="464" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A464" s="134">
+      <c r="A464" s="130">
         <v>42979</v>
       </c>
-      <c r="B464" s="135" t="s">
-        <v>778</v>
+      <c r="B464" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="465" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A465" s="134">
+      <c r="A465" s="130">
         <v>42982</v>
       </c>
-      <c r="B465" s="135" t="s">
-        <v>778</v>
+      <c r="B465" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="466" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A466" s="134">
+      <c r="A466" s="130">
         <v>42983</v>
       </c>
-      <c r="B466" s="135" t="s">
-        <v>778</v>
+      <c r="B466" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="467" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A467" s="134">
+      <c r="A467" s="130">
         <v>42984</v>
       </c>
-      <c r="B467" s="135" t="s">
-        <v>778</v>
+      <c r="B467" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="468" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A468" s="134">
+      <c r="A468" s="130">
         <v>42985</v>
       </c>
-      <c r="B468" s="135" t="s">
-        <v>778</v>
+      <c r="B468" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="469" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A469" s="134">
+      <c r="A469" s="130">
         <v>42986</v>
       </c>
-      <c r="B469" s="135" t="s">
-        <v>778</v>
+      <c r="B469" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="470" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A470" s="134">
+      <c r="A470" s="130">
         <v>42989</v>
       </c>
-      <c r="B470" s="135" t="s">
-        <v>778</v>
+      <c r="B470" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="471" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A471" s="134">
+      <c r="A471" s="130">
         <v>42990</v>
       </c>
-      <c r="B471" s="135" t="s">
-        <v>778</v>
+      <c r="B471" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="472" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A472" s="134">
+      <c r="A472" s="130">
         <v>42991</v>
       </c>
-      <c r="B472" s="135" t="s">
-        <v>778</v>
+      <c r="B472" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="473" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A473" s="134">
+      <c r="A473" s="130">
         <v>42992</v>
       </c>
-      <c r="B473" s="135" t="s">
-        <v>778</v>
+      <c r="B473" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="474" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A474" s="134">
+      <c r="A474" s="130">
         <v>42993</v>
       </c>
-      <c r="B474" s="135" t="s">
-        <v>778</v>
+      <c r="B474" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="475" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A475" s="134">
+      <c r="A475" s="130">
         <v>42996</v>
       </c>
-      <c r="B475" s="135" t="s">
-        <v>778</v>
+      <c r="B475" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="476" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A476" s="134">
+      <c r="A476" s="130">
         <v>42997</v>
       </c>
-      <c r="B476" s="135" t="s">
-        <v>778</v>
+      <c r="B476" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="477" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A477" s="134">
+      <c r="A477" s="130">
         <v>42998</v>
       </c>
-      <c r="B477" s="135" t="s">
-        <v>778</v>
+      <c r="B477" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="478" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A478" s="134">
+      <c r="A478" s="130">
         <v>42999</v>
       </c>
-      <c r="B478" s="135" t="s">
-        <v>778</v>
+      <c r="B478" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="479" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A479" s="134">
+      <c r="A479" s="130">
         <v>43000</v>
       </c>
-      <c r="B479" s="135" t="s">
-        <v>778</v>
+      <c r="B479" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="480" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A480" s="134">
+      <c r="A480" s="130">
         <v>43003</v>
       </c>
-      <c r="B480" s="135" t="s">
-        <v>778</v>
+      <c r="B480" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="481" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A481" s="134">
+      <c r="A481" s="130">
         <v>43004</v>
       </c>
-      <c r="B481" s="135" t="s">
-        <v>778</v>
+      <c r="B481" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="482" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A482" s="134">
+      <c r="A482" s="130">
         <v>43005</v>
       </c>
-      <c r="B482" s="135" t="s">
-        <v>778</v>
+      <c r="B482" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="483" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A483" s="134">
+      <c r="A483" s="130">
         <v>43006</v>
       </c>
-      <c r="B483" s="135" t="s">
-        <v>778</v>
+      <c r="B483" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="484" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A484" s="134">
+      <c r="A484" s="130">
         <v>43007</v>
       </c>
-      <c r="B484" s="135" t="s">
-        <v>778</v>
+      <c r="B484" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="485" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A485" s="134">
+      <c r="A485" s="130">
         <v>43010</v>
       </c>
-      <c r="B485" s="135" t="s">
-        <v>778</v>
+      <c r="B485" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="486" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A486" s="134">
+      <c r="A486" s="130">
         <v>43011</v>
       </c>
-      <c r="B486" s="135" t="s">
-        <v>778</v>
+      <c r="B486" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="487" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A487" s="134">
+      <c r="A487" s="130">
         <v>43012</v>
       </c>
-      <c r="B487" s="135" t="s">
-        <v>778</v>
+      <c r="B487" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="488" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A488" s="134">
+      <c r="A488" s="130">
         <v>43013</v>
       </c>
-      <c r="B488" s="135" t="s">
-        <v>778</v>
+      <c r="B488" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="489" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A489" s="134">
+      <c r="A489" s="130">
         <v>43014</v>
       </c>
-      <c r="B489" s="135" t="s">
-        <v>778</v>
+      <c r="B489" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="490" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A490" s="134">
+      <c r="A490" s="130">
         <v>43017</v>
       </c>
-      <c r="B490" s="135" t="s">
-        <v>778</v>
+      <c r="B490" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="491" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A491" s="134">
+      <c r="A491" s="130">
         <v>43018</v>
       </c>
-      <c r="B491" s="135" t="s">
-        <v>778</v>
+      <c r="B491" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="492" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A492" s="134">
+      <c r="A492" s="130">
         <v>43019</v>
       </c>
-      <c r="B492" s="135" t="s">
-        <v>778</v>
+      <c r="B492" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="493" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A493" s="134">
+      <c r="A493" s="130">
         <v>43020</v>
       </c>
-      <c r="B493" s="135" t="s">
-        <v>778</v>
+      <c r="B493" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="494" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A494" s="134">
+      <c r="A494" s="130">
         <v>43021</v>
       </c>
-      <c r="B494" s="135" t="s">
-        <v>778</v>
+      <c r="B494" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="495" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A495" s="134">
+      <c r="A495" s="130">
         <v>43024</v>
       </c>
-      <c r="B495" s="135" t="s">
-        <v>778</v>
+      <c r="B495" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="496" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A496" s="134">
+      <c r="A496" s="130">
         <v>43025</v>
       </c>
-      <c r="B496" s="135" t="s">
-        <v>778</v>
+      <c r="B496" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="497" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A497" s="134">
+      <c r="A497" s="130">
         <v>43026</v>
       </c>
-      <c r="B497" s="135" t="s">
-        <v>778</v>
+      <c r="B497" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="498" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A498" s="134">
+      <c r="A498" s="130">
         <v>43027</v>
       </c>
-      <c r="B498" s="135" t="s">
-        <v>778</v>
+      <c r="B498" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="499" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A499" s="134">
+      <c r="A499" s="130">
         <v>43028</v>
       </c>
-      <c r="B499" s="135" t="s">
-        <v>778</v>
+      <c r="B499" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="500" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A500" s="134">
+      <c r="A500" s="130">
         <v>43031</v>
       </c>
-      <c r="B500" s="135" t="s">
-        <v>778</v>
+      <c r="B500" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="501" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A501" s="134">
+      <c r="A501" s="130">
         <v>43032</v>
       </c>
-      <c r="B501" s="135" t="s">
-        <v>778</v>
+      <c r="B501" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="502" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A502" s="134">
+      <c r="A502" s="130">
         <v>43033</v>
       </c>
-      <c r="B502" s="135" t="s">
-        <v>778</v>
+      <c r="B502" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="503" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A503" s="134">
+      <c r="A503" s="130">
         <v>43034</v>
       </c>
-      <c r="B503" s="135" t="s">
-        <v>778</v>
+      <c r="B503" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="504" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A504" s="134">
+      <c r="A504" s="130">
         <v>43035</v>
       </c>
-      <c r="B504" s="135" t="s">
-        <v>778</v>
+      <c r="B504" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="505" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A505" s="134">
+      <c r="A505" s="130">
         <v>43038</v>
       </c>
-      <c r="B505" s="135" t="s">
-        <v>778</v>
+      <c r="B505" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="506" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A506" s="134">
+      <c r="A506" s="130">
         <v>43039</v>
       </c>
-      <c r="B506" s="135" t="s">
-        <v>778</v>
+      <c r="B506" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="507" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A507" s="134">
+      <c r="A507" s="130">
         <v>43040</v>
       </c>
-      <c r="B507" s="135" t="s">
-        <v>778</v>
+      <c r="B507" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="508" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A508" s="134">
+      <c r="A508" s="130">
         <v>43041</v>
       </c>
-      <c r="B508" s="135" t="s">
-        <v>217</v>
+      <c r="B508" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="509" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A509" s="134">
+      <c r="A509" s="130">
         <v>43042</v>
       </c>
-      <c r="B509" s="135" t="s">
-        <v>217</v>
+      <c r="B509" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="510" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A510" s="134">
+      <c r="A510" s="130">
         <v>43045</v>
       </c>
-      <c r="B510" s="135" t="s">
-        <v>217</v>
+      <c r="B510" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="511" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A511" s="134">
+      <c r="A511" s="130">
         <v>43046</v>
       </c>
-      <c r="B511" s="135" t="s">
-        <v>217</v>
+      <c r="B511" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="512" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A512" s="134">
+      <c r="A512" s="130">
         <v>43047</v>
       </c>
-      <c r="B512" s="135" t="s">
-        <v>217</v>
+      <c r="B512" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="513" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A513" s="134">
+      <c r="A513" s="130">
         <v>43048</v>
       </c>
-      <c r="B513" s="135" t="s">
-        <v>217</v>
+      <c r="B513" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="514" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A514" s="134">
+      <c r="A514" s="130">
         <v>43049</v>
       </c>
-      <c r="B514" s="135" t="s">
-        <v>217</v>
+      <c r="B514" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="515" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A515" s="134">
+      <c r="A515" s="130">
         <v>43052</v>
       </c>
-      <c r="B515" s="135" t="s">
-        <v>217</v>
+      <c r="B515" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="516" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A516" s="134">
+      <c r="A516" s="130">
         <v>43053</v>
       </c>
-      <c r="B516" s="135" t="s">
-        <v>217</v>
+      <c r="B516" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="517" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A517" s="134">
+      <c r="A517" s="130">
         <v>43054</v>
       </c>
-      <c r="B517" s="135" t="s">
-        <v>217</v>
+      <c r="B517" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="518" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A518" s="134">
+      <c r="A518" s="130">
         <v>43055</v>
       </c>
-      <c r="B518" s="135" t="s">
-        <v>217</v>
+      <c r="B518" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="519" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A519" s="134">
+      <c r="A519" s="130">
         <v>43056</v>
       </c>
-      <c r="B519" s="135" t="s">
-        <v>217</v>
+      <c r="B519" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="520" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A520" s="134">
+      <c r="A520" s="130">
         <v>43059</v>
       </c>
-      <c r="B520" s="135" t="s">
-        <v>217</v>
+      <c r="B520" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="521" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A521" s="134">
+      <c r="A521" s="130">
         <v>43060</v>
       </c>
-      <c r="B521" s="135" t="s">
-        <v>217</v>
+      <c r="B521" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="522" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A522" s="134">
+      <c r="A522" s="130">
         <v>43061</v>
       </c>
-      <c r="B522" s="135" t="s">
-        <v>217</v>
+      <c r="B522" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="523" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A523" s="134">
+      <c r="A523" s="130">
         <v>43062</v>
       </c>
-      <c r="B523" s="135" t="s">
-        <v>217</v>
+      <c r="B523" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="524" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A524" s="134">
+      <c r="A524" s="130">
         <v>43063</v>
       </c>
-      <c r="B524" s="135" t="s">
-        <v>217</v>
+      <c r="B524" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="525" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A525" s="134">
+      <c r="A525" s="130">
         <v>43066</v>
       </c>
-      <c r="B525" s="135" t="s">
-        <v>217</v>
+      <c r="B525" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="526" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A526" s="134">
+      <c r="A526" s="130">
         <v>43067</v>
       </c>
-      <c r="B526" s="135" t="s">
-        <v>217</v>
+      <c r="B526" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="527" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A527" s="134">
+      <c r="A527" s="130">
         <v>43068</v>
       </c>
-      <c r="B527" s="135" t="s">
-        <v>217</v>
+      <c r="B527" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="528" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A528" s="134">
+      <c r="A528" s="130">
         <v>43069</v>
       </c>
-      <c r="B528" s="135" t="s">
-        <v>217</v>
+      <c r="B528" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="529" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A529" s="134">
+      <c r="A529" s="130">
         <v>43070</v>
       </c>
-      <c r="B529" s="135" t="s">
-        <v>217</v>
+      <c r="B529" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="530" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A530" s="134">
+      <c r="A530" s="130">
         <v>43073</v>
       </c>
-      <c r="B530" s="135" t="s">
-        <v>217</v>
+      <c r="B530" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="531" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A531" s="134">
+      <c r="A531" s="130">
         <v>43074</v>
       </c>
-      <c r="B531" s="135" t="s">
-        <v>217</v>
+      <c r="B531" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="532" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A532" s="134">
+      <c r="A532" s="130">
         <v>43075</v>
       </c>
-      <c r="B532" s="135" t="s">
-        <v>217</v>
+      <c r="B532" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="533" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A533" s="134">
+      <c r="A533" s="130">
         <v>43076</v>
       </c>
-      <c r="B533" s="135" t="s">
-        <v>217</v>
+      <c r="B533" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="534" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A534" s="134">
+      <c r="A534" s="130">
         <v>43077</v>
       </c>
-      <c r="B534" s="135" t="s">
-        <v>217</v>
+      <c r="B534" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="535" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A535" s="134">
+      <c r="A535" s="130">
         <v>43080</v>
       </c>
-      <c r="B535" s="135" t="s">
-        <v>217</v>
+      <c r="B535" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="536" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A536" s="134">
+      <c r="A536" s="130">
         <v>43081</v>
       </c>
-      <c r="B536" s="135" t="s">
-        <v>217</v>
+      <c r="B536" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="537" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A537" s="134">
+      <c r="A537" s="130">
         <v>43082</v>
       </c>
-      <c r="B537" s="135" t="s">
-        <v>217</v>
+      <c r="B537" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="538" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A538" s="134">
+      <c r="A538" s="130">
         <v>43083</v>
       </c>
-      <c r="B538" s="135" t="s">
-        <v>217</v>
+      <c r="B538" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="539" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A539" s="134">
+      <c r="A539" s="130">
         <v>43084</v>
       </c>
-      <c r="B539" s="135" t="s">
-        <v>217</v>
+      <c r="B539" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="540" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A540" s="134">
+      <c r="A540" s="130">
         <v>43087</v>
       </c>
-      <c r="B540" s="135" t="s">
-        <v>217</v>
+      <c r="B540" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="541" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A541" s="134">
+      <c r="A541" s="130">
         <v>43088</v>
       </c>
-      <c r="B541" s="135" t="s">
-        <v>217</v>
+      <c r="B541" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="542" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A542" s="134">
+      <c r="A542" s="130">
         <v>43089</v>
       </c>
-      <c r="B542" s="135" t="s">
-        <v>217</v>
+      <c r="B542" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="543" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A543" s="134">
+      <c r="A543" s="130">
         <v>43090</v>
       </c>
-      <c r="B543" s="135" t="s">
-        <v>217</v>
+      <c r="B543" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="544" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A544" s="134">
+      <c r="A544" s="130">
         <v>43091</v>
       </c>
-      <c r="B544" s="135" t="s">
-        <v>217</v>
+      <c r="B544" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="545" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A545" s="134">
+      <c r="A545" s="130">
         <v>43096</v>
       </c>
-      <c r="B545" s="135" t="s">
-        <v>217</v>
+      <c r="B545" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="546" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A546" s="134">
+      <c r="A546" s="130">
         <v>43097</v>
       </c>
-      <c r="B546" s="135" t="s">
-        <v>217</v>
+      <c r="B546" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="547" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A547" s="134">
+      <c r="A547" s="130">
         <v>43098</v>
       </c>
-      <c r="B547" s="135" t="s">
-        <v>217</v>
+      <c r="B547" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="548" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A548" s="134">
+      <c r="A548" s="130">
         <v>43102</v>
       </c>
-      <c r="B548" s="135" t="s">
-        <v>217</v>
+      <c r="B548" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="549" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A549" s="134">
+      <c r="A549" s="130">
         <v>43103</v>
       </c>
-      <c r="B549" s="135" t="s">
-        <v>217</v>
+      <c r="B549" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="550" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A550" s="134">
+      <c r="A550" s="130">
         <v>43104</v>
       </c>
-      <c r="B550" s="135" t="s">
-        <v>217</v>
+      <c r="B550" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="551" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A551" s="134">
+      <c r="A551" s="130">
         <v>43105</v>
       </c>
-      <c r="B551" s="135" t="s">
-        <v>217</v>
+      <c r="B551" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="552" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A552" s="134">
+      <c r="A552" s="130">
         <v>43108</v>
       </c>
-      <c r="B552" s="135" t="s">
-        <v>217</v>
+      <c r="B552" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="553" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A553" s="134">
+      <c r="A553" s="130">
         <v>43109</v>
       </c>
-      <c r="B553" s="135" t="s">
-        <v>217</v>
+      <c r="B553" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="554" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A554" s="134">
+      <c r="A554" s="130">
         <v>43110</v>
       </c>
-      <c r="B554" s="135" t="s">
-        <v>217</v>
+      <c r="B554" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="555" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A555" s="134">
+      <c r="A555" s="130">
         <v>43111</v>
       </c>
-      <c r="B555" s="135" t="s">
-        <v>217</v>
+      <c r="B555" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="556" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A556" s="134">
+      <c r="A556" s="130">
         <v>43112</v>
       </c>
-      <c r="B556" s="135" t="s">
-        <v>217</v>
+      <c r="B556" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="557" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A557" s="134">
+      <c r="A557" s="130">
         <v>43115</v>
       </c>
-      <c r="B557" s="135" t="s">
-        <v>217</v>
+      <c r="B557" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="558" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A558" s="134">
+      <c r="A558" s="130">
         <v>43116</v>
       </c>
-      <c r="B558" s="135" t="s">
-        <v>217</v>
+      <c r="B558" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="559" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A559" s="134">
+      <c r="A559" s="130">
         <v>43117</v>
       </c>
-      <c r="B559" s="135" t="s">
-        <v>217</v>
+      <c r="B559" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="560" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A560" s="134">
+      <c r="A560" s="130">
         <v>43118</v>
       </c>
-      <c r="B560" s="135" t="s">
-        <v>217</v>
+      <c r="B560" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="561" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A561" s="134">
+      <c r="A561" s="130">
         <v>43119</v>
       </c>
-      <c r="B561" s="135" t="s">
-        <v>217</v>
+      <c r="B561" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="562" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A562" s="134">
+      <c r="A562" s="130">
         <v>43122</v>
       </c>
-      <c r="B562" s="135" t="s">
-        <v>217</v>
+      <c r="B562" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="563" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A563" s="134">
+      <c r="A563" s="130">
         <v>43123</v>
       </c>
-      <c r="B563" s="135" t="s">
-        <v>217</v>
+      <c r="B563" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="564" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A564" s="134">
+      <c r="A564" s="130">
         <v>43124</v>
       </c>
-      <c r="B564" s="135" t="s">
-        <v>217</v>
+      <c r="B564" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="565" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A565" s="134">
+      <c r="A565" s="130">
         <v>43125</v>
       </c>
-      <c r="B565" s="135" t="s">
-        <v>217</v>
+      <c r="B565" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="566" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A566" s="134">
+      <c r="A566" s="130">
         <v>43126</v>
       </c>
-      <c r="B566" s="135" t="s">
-        <v>217</v>
+      <c r="B566" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="567" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A567" s="134">
+      <c r="A567" s="130">
         <v>43129</v>
       </c>
-      <c r="B567" s="135" t="s">
-        <v>217</v>
+      <c r="B567" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="568" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A568" s="134">
+      <c r="A568" s="130">
         <v>43130</v>
       </c>
-      <c r="B568" s="135" t="s">
-        <v>217</v>
+      <c r="B568" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="569" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A569" s="134">
+      <c r="A569" s="130">
         <v>43131</v>
       </c>
-      <c r="B569" s="135" t="s">
-        <v>217</v>
+      <c r="B569" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="570" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A570" s="134">
+      <c r="A570" s="130">
         <v>43132</v>
       </c>
-      <c r="B570" s="135" t="s">
-        <v>217</v>
+      <c r="B570" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="571" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A571" s="134">
+      <c r="A571" s="130">
         <v>43133</v>
       </c>
-      <c r="B571" s="135" t="s">
-        <v>217</v>
+      <c r="B571" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="572" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A572" s="134">
+      <c r="A572" s="130">
         <v>43136</v>
       </c>
-      <c r="B572" s="135" t="s">
-        <v>217</v>
+      <c r="B572" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="573" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A573" s="134">
+      <c r="A573" s="130">
         <v>43137</v>
       </c>
-      <c r="B573" s="135" t="s">
-        <v>217</v>
+      <c r="B573" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="574" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A574" s="134">
+      <c r="A574" s="130">
         <v>43138</v>
       </c>
-      <c r="B574" s="135" t="s">
-        <v>217</v>
+      <c r="B574" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="575" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A575" s="134">
+      <c r="A575" s="130">
         <v>43139</v>
       </c>
-      <c r="B575" s="135" t="s">
-        <v>217</v>
+      <c r="B575" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="576" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A576" s="134">
+      <c r="A576" s="130">
         <v>43140</v>
       </c>
-      <c r="B576" s="135" t="s">
-        <v>217</v>
+      <c r="B576" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="577" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A577" s="134">
+      <c r="A577" s="130">
         <v>43143</v>
       </c>
-      <c r="B577" s="135" t="s">
-        <v>217</v>
+      <c r="B577" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="578" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A578" s="134">
+      <c r="A578" s="130">
         <v>43144</v>
       </c>
-      <c r="B578" s="135" t="s">
-        <v>217</v>
+      <c r="B578" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="579" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A579" s="134">
+      <c r="A579" s="130">
         <v>43145</v>
       </c>
-      <c r="B579" s="135" t="s">
-        <v>217</v>
+      <c r="B579" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="580" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A580" s="134">
+      <c r="A580" s="130">
         <v>43146</v>
       </c>
-      <c r="B580" s="135" t="s">
-        <v>217</v>
+      <c r="B580" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="581" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A581" s="134">
+      <c r="A581" s="130">
         <v>43147</v>
       </c>
-      <c r="B581" s="135" t="s">
-        <v>217</v>
+      <c r="B581" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="582" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A582" s="134">
+      <c r="A582" s="130">
         <v>43150</v>
       </c>
-      <c r="B582" s="135" t="s">
-        <v>217</v>
+      <c r="B582" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="583" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A583" s="134">
+      <c r="A583" s="130">
         <v>43151</v>
       </c>
-      <c r="B583" s="135" t="s">
-        <v>217</v>
+      <c r="B583" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="584" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A584" s="134">
+      <c r="A584" s="130">
         <v>43152</v>
       </c>
-      <c r="B584" s="135" t="s">
-        <v>217</v>
+      <c r="B584" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="585" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A585" s="134">
+      <c r="A585" s="130">
         <v>43153</v>
       </c>
-      <c r="B585" s="135" t="s">
-        <v>217</v>
+      <c r="B585" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="586" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A586" s="134">
+      <c r="A586" s="130">
         <v>43154</v>
       </c>
-      <c r="B586" s="135" t="s">
-        <v>217</v>
+      <c r="B586" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="587" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A587" s="134">
+      <c r="A587" s="130">
         <v>43157</v>
       </c>
-      <c r="B587" s="135" t="s">
-        <v>217</v>
+      <c r="B587" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="588" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A588" s="134">
+      <c r="A588" s="130">
         <v>43158</v>
       </c>
-      <c r="B588" s="135" t="s">
-        <v>217</v>
+      <c r="B588" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="589" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A589" s="134">
+      <c r="A589" s="130">
         <v>43159</v>
       </c>
-      <c r="B589" s="135" t="s">
-        <v>217</v>
+      <c r="B589" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="590" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A590" s="134">
+      <c r="A590" s="130">
         <v>43160</v>
       </c>
-      <c r="B590" s="135" t="s">
-        <v>217</v>
+      <c r="B590" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="591" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A591" s="134">
+      <c r="A591" s="130">
         <v>43161</v>
       </c>
-      <c r="B591" s="135" t="s">
-        <v>217</v>
+      <c r="B591" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="592" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A592" s="134">
+      <c r="A592" s="130">
         <v>43164</v>
       </c>
-      <c r="B592" s="135" t="s">
-        <v>217</v>
+      <c r="B592" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="593" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A593" s="134">
+      <c r="A593" s="130">
         <v>43165</v>
       </c>
-      <c r="B593" s="135" t="s">
-        <v>217</v>
+      <c r="B593" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="594" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A594" s="134">
+      <c r="A594" s="130">
         <v>43166</v>
       </c>
-      <c r="B594" s="135" t="s">
-        <v>217</v>
+      <c r="B594" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="595" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A595" s="134">
+      <c r="A595" s="130">
         <v>43167</v>
       </c>
-      <c r="B595" s="135" t="s">
-        <v>217</v>
+      <c r="B595" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="596" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A596" s="134">
+      <c r="A596" s="130">
         <v>43168</v>
       </c>
-      <c r="B596" s="135" t="s">
-        <v>217</v>
+      <c r="B596" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="597" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A597" s="134">
+      <c r="A597" s="130">
         <v>43171</v>
       </c>
-      <c r="B597" s="135" t="s">
-        <v>217</v>
+      <c r="B597" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="598" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A598" s="134">
+      <c r="A598" s="130">
         <v>43172</v>
       </c>
-      <c r="B598" s="135" t="s">
-        <v>217</v>
+      <c r="B598" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="599" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A599" s="134">
+      <c r="A599" s="130">
         <v>43173</v>
       </c>
-      <c r="B599" s="135" t="s">
-        <v>217</v>
+      <c r="B599" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="600" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A600" s="134">
+      <c r="A600" s="130">
         <v>43174</v>
       </c>
-      <c r="B600" s="135" t="s">
-        <v>217</v>
+      <c r="B600" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="601" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A601" s="134">
+      <c r="A601" s="130">
         <v>43175</v>
       </c>
-      <c r="B601" s="135" t="s">
-        <v>217</v>
+      <c r="B601" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="602" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A602" s="134">
+      <c r="A602" s="130">
         <v>43178</v>
       </c>
-      <c r="B602" s="135" t="s">
-        <v>217</v>
+      <c r="B602" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="603" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A603" s="134">
+      <c r="A603" s="130">
         <v>43179</v>
       </c>
-      <c r="B603" s="135" t="s">
-        <v>217</v>
+      <c r="B603" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="604" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A604" s="134">
+      <c r="A604" s="130">
         <v>43180</v>
       </c>
-      <c r="B604" s="135" t="s">
-        <v>217</v>
+      <c r="B604" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="605" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A605" s="134">
+      <c r="A605" s="130">
         <v>43181</v>
       </c>
-      <c r="B605" s="135" t="s">
-        <v>217</v>
+      <c r="B605" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="606" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A606" s="134">
+      <c r="A606" s="130">
         <v>43182</v>
       </c>
-      <c r="B606" s="135" t="s">
-        <v>217</v>
+      <c r="B606" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="607" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A607" s="134">
+      <c r="A607" s="130">
         <v>43185</v>
       </c>
-      <c r="B607" s="135" t="s">
-        <v>217</v>
+      <c r="B607" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="608" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A608" s="134">
+      <c r="A608" s="130">
         <v>43186</v>
       </c>
-      <c r="B608" s="135" t="s">
-        <v>217</v>
+      <c r="B608" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="609" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A609" s="134">
+      <c r="A609" s="130">
         <v>43187</v>
       </c>
-      <c r="B609" s="135" t="s">
-        <v>217</v>
+      <c r="B609" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="610" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A610" s="134">
+      <c r="A610" s="130">
         <v>43188</v>
       </c>
-      <c r="B610" s="135" t="s">
-        <v>217</v>
+      <c r="B610" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="611" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A611" s="134">
+      <c r="A611" s="130">
         <v>43193</v>
       </c>
-      <c r="B611" s="135" t="s">
-        <v>217</v>
+      <c r="B611" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="612" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A612" s="134">
+      <c r="A612" s="130">
         <v>43194</v>
       </c>
-      <c r="B612" s="135" t="s">
-        <v>217</v>
+      <c r="B612" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="613" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A613" s="134">
+      <c r="A613" s="130">
         <v>43195</v>
       </c>
-      <c r="B613" s="135" t="s">
-        <v>217</v>
+      <c r="B613" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="614" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A614" s="134">
+      <c r="A614" s="130">
         <v>43196</v>
       </c>
-      <c r="B614" s="135" t="s">
-        <v>217</v>
+      <c r="B614" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="615" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A615" s="134">
+      <c r="A615" s="130">
         <v>43199</v>
       </c>
-      <c r="B615" s="135" t="s">
-        <v>217</v>
+      <c r="B615" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="616" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A616" s="134">
+      <c r="A616" s="130">
         <v>43200</v>
       </c>
-      <c r="B616" s="135" t="s">
-        <v>217</v>
+      <c r="B616" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="617" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A617" s="134">
+      <c r="A617" s="130">
         <v>43201</v>
       </c>
-      <c r="B617" s="135" t="s">
-        <v>217</v>
+      <c r="B617" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="618" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A618" s="134">
+      <c r="A618" s="130">
         <v>43202</v>
       </c>
-      <c r="B618" s="135" t="s">
-        <v>217</v>
+      <c r="B618" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="619" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A619" s="134">
+      <c r="A619" s="130">
         <v>43203</v>
       </c>
-      <c r="B619" s="135" t="s">
-        <v>217</v>
+      <c r="B619" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="620" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A620" s="134">
+      <c r="A620" s="130">
         <v>43206</v>
       </c>
-      <c r="B620" s="135" t="s">
-        <v>217</v>
+      <c r="B620" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="621" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A621" s="134">
+      <c r="A621" s="130">
         <v>43207</v>
       </c>
-      <c r="B621" s="135" t="s">
-        <v>217</v>
+      <c r="B621" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="622" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A622" s="134">
+      <c r="A622" s="130">
         <v>43208</v>
       </c>
-      <c r="B622" s="135" t="s">
-        <v>217</v>
+      <c r="B622" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="623" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A623" s="134">
+      <c r="A623" s="130">
         <v>43209</v>
       </c>
-      <c r="B623" s="135" t="s">
-        <v>217</v>
+      <c r="B623" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="624" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A624" s="134">
+      <c r="A624" s="130">
         <v>43210</v>
       </c>
-      <c r="B624" s="135" t="s">
-        <v>217</v>
+      <c r="B624" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="625" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A625" s="134">
+      <c r="A625" s="130">
         <v>43213</v>
       </c>
-      <c r="B625" s="135" t="s">
-        <v>217</v>
+      <c r="B625" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="626" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A626" s="134">
+      <c r="A626" s="130">
         <v>43214</v>
       </c>
-      <c r="B626" s="135" t="s">
-        <v>217</v>
+      <c r="B626" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="627" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A627" s="134">
+      <c r="A627" s="130">
         <v>43215</v>
       </c>
-      <c r="B627" s="135" t="s">
-        <v>217</v>
+      <c r="B627" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="628" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A628" s="134">
+      <c r="A628" s="130">
         <v>43216</v>
       </c>
-      <c r="B628" s="135" t="s">
-        <v>217</v>
+      <c r="B628" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="629" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A629" s="134">
+      <c r="A629" s="130">
         <v>43217</v>
       </c>
-      <c r="B629" s="135" t="s">
-        <v>217</v>
+      <c r="B629" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="630" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A630" s="134">
+      <c r="A630" s="130">
         <v>43220</v>
       </c>
-      <c r="B630" s="135" t="s">
-        <v>217</v>
+      <c r="B630" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="631" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A631" s="134">
+      <c r="A631" s="130">
         <v>43221</v>
       </c>
-      <c r="B631" s="135" t="s">
-        <v>217</v>
+      <c r="B631" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="632" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A632" s="134">
+      <c r="A632" s="130">
         <v>43222</v>
       </c>
-      <c r="B632" s="135" t="s">
-        <v>217</v>
+      <c r="B632" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="633" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A633" s="134">
+      <c r="A633" s="130">
         <v>43223</v>
       </c>
-      <c r="B633" s="135" t="s">
-        <v>217</v>
+      <c r="B633" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="634" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A634" s="134">
+      <c r="A634" s="130">
         <v>43224</v>
       </c>
-      <c r="B634" s="135" t="s">
-        <v>217</v>
+      <c r="B634" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="635" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A635" s="134">
+      <c r="A635" s="130">
         <v>43228</v>
       </c>
-      <c r="B635" s="135" t="s">
-        <v>217</v>
+      <c r="B635" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="636" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A636" s="134">
+      <c r="A636" s="130">
         <v>43229</v>
       </c>
-      <c r="B636" s="135" t="s">
-        <v>217</v>
+      <c r="B636" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="637" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A637" s="134">
+      <c r="A637" s="130">
         <v>43230</v>
       </c>
-      <c r="B637" s="135" t="s">
-        <v>217</v>
+      <c r="B637" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="638" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A638" s="134">
+      <c r="A638" s="130">
         <v>43231</v>
       </c>
-      <c r="B638" s="135" t="s">
-        <v>217</v>
+      <c r="B638" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="639" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A639" s="134">
+      <c r="A639" s="130">
         <v>43234</v>
       </c>
-      <c r="B639" s="135" t="s">
-        <v>217</v>
+      <c r="B639" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="640" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A640" s="134">
+      <c r="A640" s="130">
         <v>43235</v>
       </c>
-      <c r="B640" s="135" t="s">
-        <v>217</v>
+      <c r="B640" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="641" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A641" s="134">
+      <c r="A641" s="130">
         <v>43236</v>
       </c>
-      <c r="B641" s="135" t="s">
-        <v>217</v>
+      <c r="B641" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="642" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A642" s="134">
+      <c r="A642" s="130">
         <v>43237</v>
       </c>
-      <c r="B642" s="135" t="s">
-        <v>217</v>
+      <c r="B642" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="643" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A643" s="134">
+      <c r="A643" s="130">
         <v>43238</v>
       </c>
-      <c r="B643" s="135" t="s">
-        <v>217</v>
+      <c r="B643" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="644" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A644" s="134">
+      <c r="A644" s="130">
         <v>43241</v>
       </c>
-      <c r="B644" s="135" t="s">
-        <v>217</v>
+      <c r="B644" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="645" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A645" s="134">
+      <c r="A645" s="130">
         <v>43242</v>
       </c>
-      <c r="B645" s="135" t="s">
-        <v>217</v>
+      <c r="B645" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="646" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A646" s="134">
+      <c r="A646" s="130">
         <v>43243</v>
       </c>
-      <c r="B646" s="135" t="s">
-        <v>217</v>
+      <c r="B646" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="647" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A647" s="134">
+      <c r="A647" s="130">
         <v>43244</v>
       </c>
-      <c r="B647" s="135" t="s">
-        <v>217</v>
+      <c r="B647" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="648" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A648" s="134">
+      <c r="A648" s="130">
         <v>43245</v>
       </c>
-      <c r="B648" s="135" t="s">
-        <v>217</v>
+      <c r="B648" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="649" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A649" s="134">
+      <c r="A649" s="130">
         <v>43249</v>
       </c>
-      <c r="B649" s="135" t="s">
-        <v>217</v>
+      <c r="B649" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="650" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A650" s="134">
+      <c r="A650" s="130">
         <v>43250</v>
       </c>
-      <c r="B650" s="135" t="s">
-        <v>217</v>
+      <c r="B650" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="651" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A651" s="134">
+      <c r="A651" s="130">
         <v>43251</v>
       </c>
-      <c r="B651" s="135" t="s">
-        <v>217</v>
+      <c r="B651" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="652" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A652" s="134">
+      <c r="A652" s="130">
         <v>43252</v>
       </c>
-      <c r="B652" s="135" t="s">
-        <v>217</v>
+      <c r="B652" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="653" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A653" s="134">
+      <c r="A653" s="130">
         <v>43255</v>
       </c>
-      <c r="B653" s="135" t="s">
-        <v>217</v>
+      <c r="B653" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="654" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A654" s="134">
+      <c r="A654" s="130">
         <v>43256</v>
       </c>
-      <c r="B654" s="135" t="s">
-        <v>217</v>
+      <c r="B654" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="655" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A655" s="134">
+      <c r="A655" s="130">
         <v>43257</v>
       </c>
-      <c r="B655" s="135" t="s">
-        <v>217</v>
+      <c r="B655" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="656" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A656" s="134">
+      <c r="A656" s="130">
         <v>43258</v>
       </c>
-      <c r="B656" s="135" t="s">
-        <v>217</v>
+      <c r="B656" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="657" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A657" s="134">
+      <c r="A657" s="130">
         <v>43259</v>
       </c>
-      <c r="B657" s="135" t="s">
-        <v>217</v>
+      <c r="B657" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="658" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A658" s="134">
+      <c r="A658" s="130">
         <v>43262</v>
       </c>
-      <c r="B658" s="135" t="s">
-        <v>217</v>
+      <c r="B658" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="659" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A659" s="134">
+      <c r="A659" s="130">
         <v>43263</v>
       </c>
-      <c r="B659" s="135" t="s">
-        <v>217</v>
+      <c r="B659" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="660" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A660" s="134">
+      <c r="A660" s="130">
         <v>43264</v>
       </c>
-      <c r="B660" s="135" t="s">
-        <v>217</v>
+      <c r="B660" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="661" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A661" s="134">
+      <c r="A661" s="130">
         <v>43265</v>
       </c>
-      <c r="B661" s="135" t="s">
-        <v>217</v>
+      <c r="B661" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="662" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A662" s="134">
+      <c r="A662" s="130">
         <v>43266</v>
       </c>
-      <c r="B662" s="135" t="s">
-        <v>217</v>
+      <c r="B662" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="663" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A663" s="134">
+      <c r="A663" s="130">
         <v>43269</v>
       </c>
-      <c r="B663" s="135" t="s">
-        <v>217</v>
+      <c r="B663" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="664" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A664" s="134">
+      <c r="A664" s="130">
         <v>43270</v>
       </c>
-      <c r="B664" s="135" t="s">
-        <v>217</v>
+      <c r="B664" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="665" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A665" s="134">
+      <c r="A665" s="130">
         <v>43271</v>
       </c>
-      <c r="B665" s="135" t="s">
-        <v>217</v>
+      <c r="B665" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="666" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A666" s="134">
+      <c r="A666" s="130">
         <v>43272</v>
       </c>
-      <c r="B666" s="135" t="s">
-        <v>217</v>
+      <c r="B666" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="667" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A667" s="134">
+      <c r="A667" s="130">
         <v>43273</v>
       </c>
-      <c r="B667" s="135" t="s">
-        <v>217</v>
+      <c r="B667" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="668" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A668" s="134">
+      <c r="A668" s="130">
         <v>43276</v>
       </c>
-      <c r="B668" s="135" t="s">
-        <v>217</v>
+      <c r="B668" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="669" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A669" s="134">
+      <c r="A669" s="130">
         <v>43277</v>
       </c>
-      <c r="B669" s="135" t="s">
-        <v>217</v>
+      <c r="B669" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="670" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A670" s="134">
+      <c r="A670" s="130">
         <v>43278</v>
       </c>
-      <c r="B670" s="135" t="s">
-        <v>217</v>
+      <c r="B670" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="671" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A671" s="134">
+      <c r="A671" s="130">
         <v>43279</v>
       </c>
-      <c r="B671" s="135" t="s">
-        <v>217</v>
+      <c r="B671" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="672" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A672" s="134">
+      <c r="A672" s="130">
         <v>43280</v>
       </c>
-      <c r="B672" s="135" t="s">
-        <v>217</v>
+      <c r="B672" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="673" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A673" s="134">
+      <c r="A673" s="130">
         <v>43283</v>
       </c>
-      <c r="B673" s="135" t="s">
-        <v>217</v>
+      <c r="B673" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="674" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A674" s="134">
+      <c r="A674" s="130">
         <v>43284</v>
       </c>
-      <c r="B674" s="135" t="s">
-        <v>217</v>
+      <c r="B674" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="675" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A675" s="134">
+      <c r="A675" s="130">
         <v>43285</v>
       </c>
-      <c r="B675" s="135" t="s">
-        <v>217</v>
+      <c r="B675" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="676" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A676" s="134">
+      <c r="A676" s="130">
         <v>43286</v>
       </c>
-      <c r="B676" s="135" t="s">
-        <v>217</v>
+      <c r="B676" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="677" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A677" s="134">
+      <c r="A677" s="130">
         <v>43287</v>
       </c>
-      <c r="B677" s="135" t="s">
-        <v>217</v>
+      <c r="B677" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="678" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A678" s="134">
+      <c r="A678" s="130">
         <v>43290</v>
       </c>
-      <c r="B678" s="135" t="s">
-        <v>217</v>
+      <c r="B678" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="679" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A679" s="134">
+      <c r="A679" s="130">
         <v>43291</v>
       </c>
-      <c r="B679" s="135" t="s">
-        <v>217</v>
+      <c r="B679" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="680" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A680" s="134">
+      <c r="A680" s="130">
         <v>43292</v>
       </c>
-      <c r="B680" s="135" t="s">
-        <v>217</v>
+      <c r="B680" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="681" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A681" s="134">
+      <c r="A681" s="130">
         <v>43293</v>
       </c>
-      <c r="B681" s="135" t="s">
-        <v>217</v>
+      <c r="B681" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="682" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A682" s="134">
+      <c r="A682" s="130">
         <v>43294</v>
       </c>
-      <c r="B682" s="135" t="s">
-        <v>217</v>
+      <c r="B682" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="683" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A683" s="134">
+      <c r="A683" s="130">
         <v>43297</v>
       </c>
-      <c r="B683" s="135" t="s">
-        <v>217</v>
+      <c r="B683" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="684" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A684" s="134">
+      <c r="A684" s="130">
         <v>43298</v>
       </c>
-      <c r="B684" s="135" t="s">
-        <v>217</v>
+      <c r="B684" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="685" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A685" s="134">
+      <c r="A685" s="130">
         <v>43299</v>
       </c>
-      <c r="B685" s="135" t="s">
-        <v>217</v>
+      <c r="B685" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="686" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A686" s="134">
+      <c r="A686" s="130">
         <v>43300</v>
       </c>
-      <c r="B686" s="135" t="s">
-        <v>217</v>
+      <c r="B686" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="687" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A687" s="134">
+      <c r="A687" s="130">
         <v>43301</v>
       </c>
-      <c r="B687" s="135" t="s">
-        <v>217</v>
+      <c r="B687" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="688" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A688" s="134">
+      <c r="A688" s="130">
         <v>43304</v>
       </c>
-      <c r="B688" s="135" t="s">
-        <v>217</v>
+      <c r="B688" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="689" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A689" s="134">
+      <c r="A689" s="130">
         <v>43305</v>
       </c>
-      <c r="B689" s="135" t="s">
-        <v>217</v>
+      <c r="B689" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="690" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A690" s="134">
+      <c r="A690" s="130">
         <v>43306</v>
       </c>
-      <c r="B690" s="135" t="s">
-        <v>217</v>
+      <c r="B690" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="691" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A691" s="134">
+      <c r="A691" s="130">
         <v>43307</v>
       </c>
-      <c r="B691" s="135" t="s">
-        <v>217</v>
+      <c r="B691" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="692" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A692" s="134">
+      <c r="A692" s="130">
         <v>43308</v>
       </c>
-      <c r="B692" s="135" t="s">
-        <v>217</v>
+      <c r="B692" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="693" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A693" s="134">
+      <c r="A693" s="130">
         <v>43311</v>
       </c>
-      <c r="B693" s="135" t="s">
-        <v>217</v>
+      <c r="B693" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="694" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A694" s="134">
+      <c r="A694" s="130">
         <v>43312</v>
       </c>
-      <c r="B694" s="135" t="s">
-        <v>217</v>
+      <c r="B694" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="695" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A695" s="134">
+      <c r="A695" s="130">
         <v>43313</v>
       </c>
-      <c r="B695" s="135" t="s">
-        <v>217</v>
+      <c r="B695" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="696" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A696" s="134">
+      <c r="A696" s="130">
         <v>43314</v>
       </c>
-      <c r="B696" s="135" t="s">
-        <v>779</v>
+      <c r="B696" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="697" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A697" s="134">
+      <c r="A697" s="130">
         <v>43315</v>
       </c>
-      <c r="B697" s="135" t="s">
-        <v>779</v>
+      <c r="B697" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="698" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A698" s="134">
+      <c r="A698" s="130">
         <v>43318</v>
       </c>
-      <c r="B698" s="135" t="s">
-        <v>779</v>
+      <c r="B698" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="699" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A699" s="134">
+      <c r="A699" s="130">
         <v>43319</v>
       </c>
-      <c r="B699" s="135" t="s">
-        <v>779</v>
+      <c r="B699" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="700" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A700" s="134">
+      <c r="A700" s="130">
         <v>43320</v>
       </c>
-      <c r="B700" s="135" t="s">
-        <v>779</v>
+      <c r="B700" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="701" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A701" s="134">
+      <c r="A701" s="130">
         <v>43321</v>
       </c>
-      <c r="B701" s="135" t="s">
-        <v>779</v>
+      <c r="B701" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="702" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A702" s="134">
+      <c r="A702" s="130">
         <v>43322</v>
       </c>
-      <c r="B702" s="135" t="s">
-        <v>779</v>
+      <c r="B702" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="703" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A703" s="134">
+      <c r="A703" s="130">
         <v>43325</v>
       </c>
-      <c r="B703" s="135" t="s">
-        <v>779</v>
+      <c r="B703" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="704" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A704" s="134">
+      <c r="A704" s="130">
         <v>43326</v>
       </c>
-      <c r="B704" s="135" t="s">
-        <v>779</v>
+      <c r="B704" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="705" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A705" s="134">
+      <c r="A705" s="130">
         <v>43327</v>
       </c>
-      <c r="B705" s="135" t="s">
-        <v>779</v>
+      <c r="B705" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="706" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A706" s="134">
+      <c r="A706" s="130">
         <v>43328</v>
       </c>
-      <c r="B706" s="135" t="s">
-        <v>779</v>
+      <c r="B706" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="707" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A707" s="134">
+      <c r="A707" s="130">
         <v>43329</v>
       </c>
-      <c r="B707" s="135" t="s">
-        <v>779</v>
+      <c r="B707" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="708" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A708" s="134">
+      <c r="A708" s="130">
         <v>43332</v>
       </c>
-      <c r="B708" s="135" t="s">
-        <v>779</v>
+      <c r="B708" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="709" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A709" s="134">
+      <c r="A709" s="130">
         <v>43333</v>
       </c>
-      <c r="B709" s="135" t="s">
-        <v>779</v>
+      <c r="B709" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="710" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A710" s="134">
+      <c r="A710" s="130">
         <v>43334</v>
       </c>
-      <c r="B710" s="135" t="s">
-        <v>779</v>
+      <c r="B710" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="711" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A711" s="134">
+      <c r="A711" s="130">
         <v>43335</v>
       </c>
-      <c r="B711" s="135" t="s">
-        <v>779</v>
+      <c r="B711" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="712" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A712" s="134">
+      <c r="A712" s="130">
         <v>43336</v>
       </c>
-      <c r="B712" s="135" t="s">
-        <v>779</v>
+      <c r="B712" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="713" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A713" s="134">
+      <c r="A713" s="130">
         <v>43340</v>
       </c>
-      <c r="B713" s="135" t="s">
-        <v>779</v>
+      <c r="B713" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="714" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A714" s="134">
+      <c r="A714" s="130">
         <v>43341</v>
       </c>
-      <c r="B714" s="135" t="s">
-        <v>779</v>
+      <c r="B714" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="715" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A715" s="134">
+      <c r="A715" s="130">
         <v>43342</v>
       </c>
-      <c r="B715" s="135" t="s">
-        <v>779</v>
+      <c r="B715" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="716" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A716" s="134">
+      <c r="A716" s="130">
         <v>43343</v>
       </c>
-      <c r="B716" s="135" t="s">
-        <v>779</v>
+      <c r="B716" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="717" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A717" s="134">
+      <c r="A717" s="130">
         <v>43346</v>
       </c>
-      <c r="B717" s="135" t="s">
-        <v>779</v>
+      <c r="B717" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="718" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A718" s="134">
+      <c r="A718" s="130">
         <v>43347</v>
       </c>
-      <c r="B718" s="135" t="s">
-        <v>779</v>
+      <c r="B718" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="719" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A719" s="134">
+      <c r="A719" s="130">
         <v>43348</v>
       </c>
-      <c r="B719" s="135" t="s">
-        <v>779</v>
+      <c r="B719" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="720" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A720" s="134">
+      <c r="A720" s="130">
         <v>43349</v>
       </c>
-      <c r="B720" s="135" t="s">
-        <v>779</v>
+      <c r="B720" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="721" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A721" s="134">
+      <c r="A721" s="130">
         <v>43350</v>
       </c>
-      <c r="B721" s="135" t="s">
-        <v>779</v>
+      <c r="B721" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="722" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A722" s="134">
+      <c r="A722" s="130">
         <v>43353</v>
       </c>
-      <c r="B722" s="135" t="s">
-        <v>779</v>
+      <c r="B722" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="723" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A723" s="134">
+      <c r="A723" s="130">
         <v>43354</v>
       </c>
-      <c r="B723" s="135" t="s">
-        <v>779</v>
+      <c r="B723" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="724" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A724" s="134">
+      <c r="A724" s="130">
         <v>43355</v>
       </c>
-      <c r="B724" s="135" t="s">
-        <v>779</v>
+      <c r="B724" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="725" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A725" s="134">
+      <c r="A725" s="130">
         <v>43356</v>
       </c>
-      <c r="B725" s="135" t="s">
-        <v>779</v>
+      <c r="B725" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="726" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A726" s="134">
+      <c r="A726" s="130">
         <v>43357</v>
       </c>
-      <c r="B726" s="135" t="s">
-        <v>779</v>
+      <c r="B726" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="727" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A727" s="134">
+      <c r="A727" s="130">
         <v>43360</v>
       </c>
-      <c r="B727" s="135" t="s">
-        <v>779</v>
+      <c r="B727" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="728" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A728" s="134">
+      <c r="A728" s="130">
         <v>43361</v>
       </c>
-      <c r="B728" s="135" t="s">
-        <v>779</v>
+      <c r="B728" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="729" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A729" s="134">
+      <c r="A729" s="130">
         <v>43362</v>
       </c>
-      <c r="B729" s="135" t="s">
-        <v>779</v>
+      <c r="B729" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="730" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A730" s="134">
+      <c r="A730" s="130">
         <v>43363</v>
       </c>
-      <c r="B730" s="135" t="s">
-        <v>779</v>
+      <c r="B730" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="731" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A731" s="134">
+      <c r="A731" s="130">
         <v>43364</v>
       </c>
-      <c r="B731" s="135" t="s">
-        <v>779</v>
+      <c r="B731" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="732" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A732" s="134">
+      <c r="A732" s="130">
         <v>43367</v>
       </c>
-      <c r="B732" s="135" t="s">
-        <v>779</v>
+      <c r="B732" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="733" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A733" s="134">
+      <c r="A733" s="130">
         <v>43368</v>
       </c>
-      <c r="B733" s="135" t="s">
-        <v>779</v>
+      <c r="B733" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="734" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A734" s="134">
+      <c r="A734" s="130">
         <v>43369</v>
       </c>
-      <c r="B734" s="135" t="s">
-        <v>779</v>
+      <c r="B734" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="735" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A735" s="134">
+      <c r="A735" s="130">
         <v>43370</v>
       </c>
-      <c r="B735" s="135" t="s">
-        <v>779</v>
+      <c r="B735" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="736" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A736" s="134">
+      <c r="A736" s="130">
         <v>43371</v>
       </c>
-      <c r="B736" s="135" t="s">
-        <v>779</v>
+      <c r="B736" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="737" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A737" s="134">
+      <c r="A737" s="130">
         <v>43374</v>
       </c>
-      <c r="B737" s="135" t="s">
-        <v>779</v>
+      <c r="B737" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="738" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A738" s="134">
+      <c r="A738" s="130">
         <v>43375</v>
       </c>
-      <c r="B738" s="135" t="s">
-        <v>779</v>
+      <c r="B738" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="739" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A739" s="134">
+      <c r="A739" s="130">
         <v>43376</v>
       </c>
-      <c r="B739" s="135" t="s">
-        <v>779</v>
+      <c r="B739" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="740" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A740" s="134">
+      <c r="A740" s="130">
         <v>43377</v>
       </c>
-      <c r="B740" s="135" t="s">
-        <v>779</v>
+      <c r="B740" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="741" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A741" s="134">
+      <c r="A741" s="130">
         <v>43378</v>
       </c>
-      <c r="B741" s="135" t="s">
-        <v>779</v>
+      <c r="B741" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="742" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A742" s="134">
+      <c r="A742" s="130">
         <v>43381</v>
       </c>
-      <c r="B742" s="135" t="s">
-        <v>779</v>
+      <c r="B742" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="743" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A743" s="134">
+      <c r="A743" s="130">
         <v>43382</v>
       </c>
-      <c r="B743" s="135" t="s">
-        <v>779</v>
+      <c r="B743" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="744" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A744" s="134">
+      <c r="A744" s="130">
         <v>43383</v>
       </c>
-      <c r="B744" s="135" t="s">
-        <v>779</v>
+      <c r="B744" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="745" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A745" s="134">
+      <c r="A745" s="130">
         <v>43384</v>
       </c>
-      <c r="B745" s="135" t="s">
-        <v>779</v>
+      <c r="B745" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="746" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A746" s="134">
+      <c r="A746" s="130">
         <v>43385</v>
       </c>
-      <c r="B746" s="135" t="s">
-        <v>779</v>
+      <c r="B746" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="747" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A747" s="134">
+      <c r="A747" s="130">
         <v>43388</v>
       </c>
-      <c r="B747" s="135" t="s">
-        <v>779</v>
+      <c r="B747" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="748" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A748" s="134">
+      <c r="A748" s="130">
         <v>43389</v>
       </c>
-      <c r="B748" s="135" t="s">
-        <v>779</v>
+      <c r="B748" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="749" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A749" s="134">
+      <c r="A749" s="130">
         <v>43390</v>
       </c>
-      <c r="B749" s="135" t="s">
-        <v>779</v>
+      <c r="B749" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="750" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A750" s="134">
+      <c r="A750" s="130">
         <v>43391</v>
       </c>
-      <c r="B750" s="135" t="s">
-        <v>779</v>
+      <c r="B750" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="751" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A751" s="134">
+      <c r="A751" s="130">
         <v>43392</v>
       </c>
-      <c r="B751" s="135" t="s">
-        <v>779</v>
+      <c r="B751" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="752" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A752" s="134">
+      <c r="A752" s="130">
         <v>43395</v>
       </c>
-      <c r="B752" s="135" t="s">
-        <v>779</v>
+      <c r="B752" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="753" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A753" s="134">
+      <c r="A753" s="130">
         <v>43396</v>
       </c>
-      <c r="B753" s="135" t="s">
-        <v>779</v>
+      <c r="B753" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="754" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A754" s="134">
+      <c r="A754" s="130">
         <v>43397</v>
       </c>
-      <c r="B754" s="135" t="s">
-        <v>779</v>
+      <c r="B754" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="755" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A755" s="134">
+      <c r="A755" s="130">
         <v>43398</v>
       </c>
-      <c r="B755" s="135" t="s">
-        <v>779</v>
+      <c r="B755" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="756" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A756" s="134">
+      <c r="A756" s="130">
         <v>43399</v>
       </c>
-      <c r="B756" s="135" t="s">
-        <v>779</v>
+      <c r="B756" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="757" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A757" s="134">
+      <c r="A757" s="130">
         <v>43402</v>
       </c>
-      <c r="B757" s="135" t="s">
-        <v>779</v>
+      <c r="B757" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="758" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A758" s="134">
+      <c r="A758" s="130">
         <v>43403</v>
       </c>
-      <c r="B758" s="135" t="s">
-        <v>779</v>
+      <c r="B758" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="759" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A759" s="134">
+      <c r="A759" s="130">
         <v>43404</v>
       </c>
-      <c r="B759" s="135" t="s">
-        <v>779</v>
+      <c r="B759" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="760" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A760" s="134">
+      <c r="A760" s="130">
         <v>43405</v>
       </c>
-      <c r="B760" s="135" t="s">
-        <v>779</v>
+      <c r="B760" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="761" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A761" s="134">
+      <c r="A761" s="130">
         <v>43406</v>
       </c>
-      <c r="B761" s="135" t="s">
-        <v>779</v>
+      <c r="B761" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="762" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A762" s="134">
+      <c r="A762" s="130">
         <v>43409</v>
       </c>
-      <c r="B762" s="135" t="s">
-        <v>779</v>
+      <c r="B762" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="763" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A763" s="134">
+      <c r="A763" s="130">
         <v>43410</v>
       </c>
-      <c r="B763" s="135" t="s">
-        <v>779</v>
+      <c r="B763" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="764" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A764" s="134">
+      <c r="A764" s="130">
         <v>43411</v>
       </c>
-      <c r="B764" s="135" t="s">
-        <v>779</v>
+      <c r="B764" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="765" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A765" s="134">
+      <c r="A765" s="130">
         <v>43412</v>
       </c>
-      <c r="B765" s="135" t="s">
-        <v>779</v>
+      <c r="B765" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="766" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A766" s="134">
+      <c r="A766" s="130">
         <v>43413</v>
       </c>
-      <c r="B766" s="135" t="s">
-        <v>779</v>
+      <c r="B766" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="767" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A767" s="134">
+      <c r="A767" s="130">
         <v>43416</v>
       </c>
-      <c r="B767" s="135" t="s">
-        <v>779</v>
+      <c r="B767" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="768" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A768" s="134">
+      <c r="A768" s="130">
         <v>43417</v>
       </c>
-      <c r="B768" s="135" t="s">
-        <v>779</v>
+      <c r="B768" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="769" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A769" s="134">
+      <c r="A769" s="130">
         <v>43418</v>
       </c>
-      <c r="B769" s="135" t="s">
-        <v>779</v>
+      <c r="B769" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="770" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A770" s="134">
+      <c r="A770" s="130">
         <v>43419</v>
       </c>
-      <c r="B770" s="135" t="s">
-        <v>779</v>
+      <c r="B770" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="771" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A771" s="134">
+      <c r="A771" s="130">
         <v>43420</v>
       </c>
-      <c r="B771" s="135" t="s">
-        <v>779</v>
+      <c r="B771" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="772" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A772" s="134">
+      <c r="A772" s="130">
         <v>43423</v>
       </c>
-      <c r="B772" s="135" t="s">
-        <v>779</v>
+      <c r="B772" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="773" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A773" s="134">
+      <c r="A773" s="130">
         <v>43424</v>
       </c>
-      <c r="B773" s="135" t="s">
-        <v>779</v>
+      <c r="B773" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="774" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A774" s="134">
+      <c r="A774" s="130">
         <v>43425</v>
       </c>
-      <c r="B774" s="135" t="s">
-        <v>779</v>
+      <c r="B774" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="775" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A775" s="134">
+      <c r="A775" s="130">
         <v>43426</v>
       </c>
-      <c r="B775" s="135" t="s">
-        <v>779</v>
+      <c r="B775" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="776" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A776" s="134">
+      <c r="A776" s="130">
         <v>43427</v>
       </c>
-      <c r="B776" s="135" t="s">
-        <v>779</v>
+      <c r="B776" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="777" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A777" s="134">
+      <c r="A777" s="130">
         <v>43430</v>
       </c>
-      <c r="B777" s="135" t="s">
-        <v>779</v>
+      <c r="B777" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="778" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A778" s="134">
+      <c r="A778" s="130">
         <v>43431</v>
       </c>
-      <c r="B778" s="135" t="s">
-        <v>779</v>
+      <c r="B778" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="779" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A779" s="134">
+      <c r="A779" s="130">
         <v>43432</v>
       </c>
-      <c r="B779" s="135" t="s">
-        <v>779</v>
+      <c r="B779" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="780" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A780" s="134">
+      <c r="A780" s="130">
         <v>43433</v>
       </c>
-      <c r="B780" s="135" t="s">
-        <v>779</v>
+      <c r="B780" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="781" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A781" s="134">
+      <c r="A781" s="130">
         <v>43434</v>
       </c>
-      <c r="B781" s="135" t="s">
-        <v>779</v>
+      <c r="B781" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="782" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A782" s="134">
+      <c r="A782" s="130">
         <v>43437</v>
       </c>
-      <c r="B782" s="135" t="s">
-        <v>779</v>
+      <c r="B782" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="783" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A783" s="134">
+      <c r="A783" s="130">
         <v>43438</v>
       </c>
-      <c r="B783" s="135" t="s">
-        <v>779</v>
+      <c r="B783" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="784" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A784" s="134">
+      <c r="A784" s="130">
         <v>43439</v>
       </c>
-      <c r="B784" s="135" t="s">
-        <v>779</v>
+      <c r="B784" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="785" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A785" s="134">
+      <c r="A785" s="130">
         <v>43440</v>
       </c>
-      <c r="B785" s="135" t="s">
-        <v>779</v>
+      <c r="B785" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="786" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A786" s="134">
+      <c r="A786" s="130">
         <v>43441</v>
       </c>
-      <c r="B786" s="135" t="s">
-        <v>779</v>
+      <c r="B786" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="787" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A787" s="134">
+      <c r="A787" s="130">
         <v>43444</v>
       </c>
-      <c r="B787" s="135" t="s">
-        <v>779</v>
+      <c r="B787" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="788" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A788" s="134">
+      <c r="A788" s="130">
         <v>43445</v>
       </c>
-      <c r="B788" s="135" t="s">
-        <v>779</v>
+      <c r="B788" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="789" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A789" s="134">
+      <c r="A789" s="130">
         <v>43446</v>
       </c>
-      <c r="B789" s="135" t="s">
-        <v>779</v>
+      <c r="B789" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="790" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A790" s="134">
+      <c r="A790" s="130">
         <v>43447</v>
       </c>
-      <c r="B790" s="135" t="s">
-        <v>779</v>
+      <c r="B790" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="791" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A791" s="134">
+      <c r="A791" s="130">
         <v>43448</v>
       </c>
-      <c r="B791" s="135" t="s">
-        <v>779</v>
+      <c r="B791" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="792" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A792" s="134">
+      <c r="A792" s="130">
         <v>43451</v>
       </c>
-      <c r="B792" s="135" t="s">
-        <v>779</v>
+      <c r="B792" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="793" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A793" s="134">
+      <c r="A793" s="130">
         <v>43452</v>
       </c>
-      <c r="B793" s="135" t="s">
-        <v>779</v>
+      <c r="B793" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="794" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A794" s="134">
+      <c r="A794" s="130">
         <v>43453</v>
       </c>
-      <c r="B794" s="135" t="s">
-        <v>779</v>
+      <c r="B794" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="795" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A795" s="134">
+      <c r="A795" s="130">
         <v>43454</v>
       </c>
-      <c r="B795" s="135" t="s">
-        <v>779</v>
+      <c r="B795" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="796" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A796" s="134">
+      <c r="A796" s="130">
         <v>43455</v>
       </c>
-      <c r="B796" s="135" t="s">
-        <v>779</v>
+      <c r="B796" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="797" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A797" s="134">
+      <c r="A797" s="130">
         <v>43458</v>
       </c>
-      <c r="B797" s="135" t="s">
-        <v>779</v>
+      <c r="B797" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="798" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A798" s="134">
+      <c r="A798" s="130">
         <v>43461</v>
       </c>
-      <c r="B798" s="135" t="s">
-        <v>779</v>
+      <c r="B798" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="799" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A799" s="134">
+      <c r="A799" s="130">
         <v>43462</v>
       </c>
-      <c r="B799" s="135" t="s">
-        <v>779</v>
+      <c r="B799" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="800" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A800" s="134">
+      <c r="A800" s="130">
         <v>43465</v>
       </c>
-      <c r="B800" s="135" t="s">
-        <v>779</v>
+      <c r="B800" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="801" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A801" s="134">
+      <c r="A801" s="130">
         <v>43467</v>
       </c>
-      <c r="B801" s="135" t="s">
-        <v>779</v>
+      <c r="B801" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="802" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A802" s="134">
+      <c r="A802" s="130">
         <v>43468</v>
       </c>
-      <c r="B802" s="135" t="s">
-        <v>779</v>
+      <c r="B802" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="803" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A803" s="134">
+      <c r="A803" s="130">
         <v>43469</v>
       </c>
-      <c r="B803" s="135" t="s">
-        <v>779</v>
+      <c r="B803" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="804" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A804" s="134">
+      <c r="A804" s="130">
         <v>43472</v>
       </c>
-      <c r="B804" s="135" t="s">
-        <v>779</v>
+      <c r="B804" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="805" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A805" s="134">
+      <c r="A805" s="130">
         <v>43473</v>
       </c>
-      <c r="B805" s="135" t="s">
-        <v>779</v>
+      <c r="B805" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="806" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A806" s="134">
+      <c r="A806" s="130">
         <v>43474</v>
       </c>
-      <c r="B806" s="135" t="s">
-        <v>779</v>
+      <c r="B806" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="807" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A807" s="134">
+      <c r="A807" s="130">
         <v>43475</v>
       </c>
-      <c r="B807" s="135" t="s">
-        <v>779</v>
+      <c r="B807" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="808" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A808" s="134">
+      <c r="A808" s="130">
         <v>43476</v>
       </c>
-      <c r="B808" s="135" t="s">
-        <v>779</v>
+      <c r="B808" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="809" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A809" s="134">
+      <c r="A809" s="130">
         <v>43479</v>
       </c>
-      <c r="B809" s="135" t="s">
-        <v>779</v>
+      <c r="B809" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="810" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A810" s="134">
+      <c r="A810" s="130">
         <v>43480</v>
       </c>
-      <c r="B810" s="135" t="s">
-        <v>779</v>
+      <c r="B810" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="811" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A811" s="134">
+      <c r="A811" s="130">
         <v>43481</v>
       </c>
-      <c r="B811" s="135" t="s">
-        <v>779</v>
+      <c r="B811" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="812" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A812" s="134">
+      <c r="A812" s="130">
         <v>43482</v>
       </c>
-      <c r="B812" s="135" t="s">
-        <v>779</v>
+      <c r="B812" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="813" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A813" s="134">
+      <c r="A813" s="130">
         <v>43483</v>
       </c>
-      <c r="B813" s="135" t="s">
-        <v>779</v>
+      <c r="B813" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="814" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A814" s="134">
+      <c r="A814" s="130">
         <v>43486</v>
       </c>
-      <c r="B814" s="135" t="s">
-        <v>779</v>
+      <c r="B814" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="815" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A815" s="134">
+      <c r="A815" s="130">
         <v>43487</v>
       </c>
-      <c r="B815" s="135" t="s">
-        <v>779</v>
+      <c r="B815" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="816" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A816" s="134">
+      <c r="A816" s="130">
         <v>43488</v>
       </c>
-      <c r="B816" s="135" t="s">
-        <v>779</v>
+      <c r="B816" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="817" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A817" s="134">
+      <c r="A817" s="130">
         <v>43489</v>
       </c>
-      <c r="B817" s="135" t="s">
-        <v>779</v>
+      <c r="B817" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="818" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A818" s="134">
+      <c r="A818" s="130">
         <v>43490</v>
       </c>
-      <c r="B818" s="135" t="s">
-        <v>779</v>
+      <c r="B818" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="819" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A819" s="134">
+      <c r="A819" s="130">
         <v>43493</v>
       </c>
-      <c r="B819" s="135" t="s">
-        <v>779</v>
+      <c r="B819" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="820" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A820" s="134">
+      <c r="A820" s="130">
         <v>43494</v>
       </c>
-      <c r="B820" s="135" t="s">
-        <v>779</v>
+      <c r="B820" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="821" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A821" s="134">
+      <c r="A821" s="130">
         <v>43495</v>
       </c>
-      <c r="B821" s="135" t="s">
-        <v>779</v>
+      <c r="B821" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="822" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A822" s="134">
+      <c r="A822" s="130">
         <v>43496</v>
       </c>
-      <c r="B822" s="135" t="s">
-        <v>779</v>
+      <c r="B822" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="823" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A823" s="134">
+      <c r="A823" s="130">
         <v>43497</v>
       </c>
-      <c r="B823" s="135" t="s">
-        <v>779</v>
+      <c r="B823" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="824" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A824" s="134">
+      <c r="A824" s="130">
         <v>43500</v>
       </c>
-      <c r="B824" s="135" t="s">
-        <v>779</v>
+      <c r="B824" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="825" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A825" s="134">
+      <c r="A825" s="130">
         <v>43501</v>
       </c>
-      <c r="B825" s="135" t="s">
-        <v>779</v>
+      <c r="B825" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="826" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A826" s="134">
+      <c r="A826" s="130">
         <v>43502</v>
       </c>
-      <c r="B826" s="135" t="s">
-        <v>779</v>
+      <c r="B826" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="827" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A827" s="134">
+      <c r="A827" s="130">
         <v>43503</v>
       </c>
-      <c r="B827" s="135" t="s">
-        <v>779</v>
+      <c r="B827" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="828" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A828" s="134">
+      <c r="A828" s="130">
         <v>43504</v>
       </c>
-      <c r="B828" s="135" t="s">
-        <v>779</v>
+      <c r="B828" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="829" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A829" s="134">
+      <c r="A829" s="130">
         <v>43507</v>
       </c>
-      <c r="B829" s="135" t="s">
-        <v>779</v>
+      <c r="B829" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="830" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A830" s="134">
+      <c r="A830" s="130">
         <v>43508</v>
       </c>
-      <c r="B830" s="135" t="s">
-        <v>779</v>
+      <c r="B830" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="831" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A831" s="134">
+      <c r="A831" s="130">
         <v>43509</v>
       </c>
-      <c r="B831" s="135" t="s">
-        <v>779</v>
+      <c r="B831" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="832" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A832" s="134">
+      <c r="A832" s="130">
         <v>43510</v>
       </c>
-      <c r="B832" s="135" t="s">
-        <v>779</v>
+      <c r="B832" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="833" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A833" s="134">
+      <c r="A833" s="130">
         <v>43511</v>
       </c>
-      <c r="B833" s="135" t="s">
-        <v>779</v>
+      <c r="B833" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="834" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A834" s="134">
+      <c r="A834" s="130">
         <v>43514</v>
       </c>
-      <c r="B834" s="135" t="s">
-        <v>779</v>
+      <c r="B834" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="835" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A835" s="134">
+      <c r="A835" s="130">
         <v>43515</v>
       </c>
-      <c r="B835" s="135" t="s">
-        <v>779</v>
+      <c r="B835" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="836" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A836" s="134">
+      <c r="A836" s="130">
         <v>43516</v>
       </c>
-      <c r="B836" s="135" t="s">
-        <v>779</v>
+      <c r="B836" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="837" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A837" s="134">
+      <c r="A837" s="130">
         <v>43517</v>
       </c>
-      <c r="B837" s="135" t="s">
-        <v>779</v>
+      <c r="B837" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="838" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A838" s="134">
+      <c r="A838" s="130">
         <v>43518</v>
       </c>
-      <c r="B838" s="135" t="s">
-        <v>779</v>
+      <c r="B838" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="839" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A839" s="134">
+      <c r="A839" s="130">
         <v>43521</v>
       </c>
-      <c r="B839" s="135" t="s">
-        <v>779</v>
+      <c r="B839" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="840" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A840" s="134">
+      <c r="A840" s="130">
         <v>43522</v>
       </c>
-      <c r="B840" s="135" t="s">
-        <v>779</v>
+      <c r="B840" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="841" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A841" s="134">
+      <c r="A841" s="130">
         <v>43523</v>
       </c>
-      <c r="B841" s="135" t="s">
-        <v>779</v>
+      <c r="B841" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="842" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A842" s="134">
+      <c r="A842" s="130">
         <v>43524</v>
       </c>
-      <c r="B842" s="135" t="s">
-        <v>779</v>
+      <c r="B842" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="843" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A843" s="134">
+      <c r="A843" s="130">
         <v>43525</v>
       </c>
-      <c r="B843" s="135" t="s">
-        <v>779</v>
+      <c r="B843" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="844" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A844" s="134">
+      <c r="A844" s="130">
         <v>43528</v>
       </c>
-      <c r="B844" s="135" t="s">
-        <v>779</v>
+      <c r="B844" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="845" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A845" s="134">
+      <c r="A845" s="130">
         <v>43529</v>
       </c>
-      <c r="B845" s="135" t="s">
-        <v>779</v>
+      <c r="B845" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="846" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A846" s="134">
+      <c r="A846" s="130">
         <v>43530</v>
       </c>
-      <c r="B846" s="135" t="s">
-        <v>779</v>
+      <c r="B846" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="847" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A847" s="134">
+      <c r="A847" s="130">
         <v>43531</v>
       </c>
-      <c r="B847" s="135" t="s">
-        <v>779</v>
+      <c r="B847" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="848" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A848" s="134">
+      <c r="A848" s="130">
         <v>43532</v>
       </c>
-      <c r="B848" s="135" t="s">
-        <v>779</v>
+      <c r="B848" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="849" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A849" s="134">
+      <c r="A849" s="130">
         <v>43535</v>
       </c>
-      <c r="B849" s="135" t="s">
-        <v>779</v>
+      <c r="B849" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="850" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A850" s="134">
+      <c r="A850" s="130">
         <v>43536</v>
       </c>
-      <c r="B850" s="135" t="s">
-        <v>779</v>
+      <c r="B850" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="851" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A851" s="134">
+      <c r="A851" s="130">
         <v>43537</v>
       </c>
-      <c r="B851" s="135" t="s">
-        <v>779</v>
+      <c r="B851" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="852" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A852" s="134">
+      <c r="A852" s="130">
         <v>43538</v>
       </c>
-      <c r="B852" s="135" t="s">
-        <v>779</v>
+      <c r="B852" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="853" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A853" s="134">
+      <c r="A853" s="130">
         <v>43539</v>
       </c>
-      <c r="B853" s="135" t="s">
-        <v>779</v>
+      <c r="B853" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="854" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A854" s="134">
+      <c r="A854" s="130">
         <v>43542</v>
       </c>
-      <c r="B854" s="135" t="s">
-        <v>779</v>
+      <c r="B854" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="855" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A855" s="134">
+      <c r="A855" s="130">
         <v>43543</v>
       </c>
-      <c r="B855" s="135" t="s">
-        <v>779</v>
+      <c r="B855" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="856" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A856" s="134">
+      <c r="A856" s="130">
         <v>43544</v>
       </c>
-      <c r="B856" s="135" t="s">
-        <v>779</v>
+      <c r="B856" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="857" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A857" s="134">
+      <c r="A857" s="130">
         <v>43545</v>
       </c>
-      <c r="B857" s="135" t="s">
-        <v>779</v>
+      <c r="B857" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="858" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A858" s="134">
+      <c r="A858" s="130">
         <v>43546</v>
       </c>
-      <c r="B858" s="135" t="s">
-        <v>779</v>
+      <c r="B858" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="859" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A859" s="134">
+      <c r="A859" s="130">
         <v>43549</v>
       </c>
-      <c r="B859" s="135" t="s">
-        <v>779</v>
+      <c r="B859" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="860" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A860" s="134">
+      <c r="A860" s="130">
         <v>43550</v>
       </c>
-      <c r="B860" s="135" t="s">
-        <v>779</v>
+      <c r="B860" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="861" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A861" s="134">
+      <c r="A861" s="130">
         <v>43551</v>
       </c>
-      <c r="B861" s="135" t="s">
-        <v>779</v>
+      <c r="B861" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="862" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A862" s="134">
+      <c r="A862" s="130">
         <v>43552</v>
       </c>
-      <c r="B862" s="135" t="s">
-        <v>779</v>
+      <c r="B862" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="863" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A863" s="134">
+      <c r="A863" s="130">
         <v>43553</v>
       </c>
-      <c r="B863" s="135" t="s">
-        <v>779</v>
+      <c r="B863" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="864" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A864" s="134">
+      <c r="A864" s="130">
         <v>43556</v>
       </c>
-      <c r="B864" s="135" t="s">
-        <v>779</v>
+      <c r="B864" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="865" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A865" s="134">
+      <c r="A865" s="130">
         <v>43557</v>
       </c>
-      <c r="B865" s="135" t="s">
-        <v>779</v>
+      <c r="B865" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="866" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A866" s="134">
+      <c r="A866" s="130">
         <v>43558</v>
       </c>
-      <c r="B866" s="135" t="s">
-        <v>779</v>
+      <c r="B866" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="867" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A867" s="134">
+      <c r="A867" s="130">
         <v>43559</v>
       </c>
-      <c r="B867" s="135" t="s">
-        <v>779</v>
+      <c r="B867" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="868" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A868" s="134">
+      <c r="A868" s="130">
         <v>43560</v>
       </c>
-      <c r="B868" s="135" t="s">
-        <v>779</v>
+      <c r="B868" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="869" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A869" s="134">
+      <c r="A869" s="130">
         <v>43563</v>
       </c>
-      <c r="B869" s="135" t="s">
-        <v>779</v>
+      <c r="B869" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="870" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A870" s="134">
+      <c r="A870" s="130">
         <v>43564</v>
       </c>
-      <c r="B870" s="135" t="s">
-        <v>779</v>
+      <c r="B870" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="871" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A871" s="134">
+      <c r="A871" s="130">
         <v>43565</v>
       </c>
-      <c r="B871" s="135" t="s">
-        <v>779</v>
+      <c r="B871" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="872" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A872" s="134">
+      <c r="A872" s="130">
         <v>43566</v>
       </c>
-      <c r="B872" s="135" t="s">
-        <v>779</v>
+      <c r="B872" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="873" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A873" s="134">
+      <c r="A873" s="130">
         <v>43567</v>
       </c>
-      <c r="B873" s="135" t="s">
-        <v>779</v>
+      <c r="B873" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="874" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A874" s="134">
+      <c r="A874" s="130">
         <v>43570</v>
       </c>
-      <c r="B874" s="135" t="s">
-        <v>779</v>
+      <c r="B874" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="875" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A875" s="134">
+      <c r="A875" s="130">
         <v>43571</v>
       </c>
-      <c r="B875" s="135" t="s">
-        <v>779</v>
+      <c r="B875" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="876" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A876" s="134">
+      <c r="A876" s="130">
         <v>43572</v>
       </c>
-      <c r="B876" s="135" t="s">
-        <v>779</v>
+      <c r="B876" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="877" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A877" s="134">
+      <c r="A877" s="130">
         <v>43573</v>
       </c>
-      <c r="B877" s="135" t="s">
-        <v>779</v>
+      <c r="B877" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="878" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A878" s="134">
+      <c r="A878" s="130">
         <v>43578</v>
       </c>
-      <c r="B878" s="135" t="s">
-        <v>779</v>
+      <c r="B878" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="879" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A879" s="134">
+      <c r="A879" s="130">
         <v>43579</v>
       </c>
-      <c r="B879" s="135" t="s">
-        <v>779</v>
+      <c r="B879" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="880" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A880" s="134">
+      <c r="A880" s="130">
         <v>43580</v>
       </c>
-      <c r="B880" s="135" t="s">
-        <v>779</v>
+      <c r="B880" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="881" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A881" s="134">
+      <c r="A881" s="130">
         <v>43581</v>
       </c>
-      <c r="B881" s="135" t="s">
-        <v>779</v>
+      <c r="B881" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="882" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A882" s="134">
+      <c r="A882" s="130">
         <v>43584</v>
       </c>
-      <c r="B882" s="135" t="s">
-        <v>779</v>
+      <c r="B882" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="883" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A883" s="134">
+      <c r="A883" s="130">
         <v>43585</v>
       </c>
-      <c r="B883" s="135" t="s">
-        <v>779</v>
+      <c r="B883" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="884" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A884" s="134">
+      <c r="A884" s="130">
         <v>43586</v>
       </c>
-      <c r="B884" s="135" t="s">
-        <v>779</v>
+      <c r="B884" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="885" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A885" s="134">
+      <c r="A885" s="130">
         <v>43587</v>
       </c>
-      <c r="B885" s="135" t="s">
-        <v>779</v>
+      <c r="B885" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="886" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A886" s="134">
+      <c r="A886" s="130">
         <v>43588</v>
       </c>
-      <c r="B886" s="135" t="s">
-        <v>779</v>
+      <c r="B886" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="887" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A887" s="134">
+      <c r="A887" s="130">
         <v>43592</v>
       </c>
-      <c r="B887" s="135" t="s">
-        <v>779</v>
+      <c r="B887" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="888" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A888" s="134">
+      <c r="A888" s="130">
         <v>43593</v>
       </c>
-      <c r="B888" s="135" t="s">
-        <v>779</v>
+      <c r="B888" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="889" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A889" s="134">
+      <c r="A889" s="130">
         <v>43594</v>
       </c>
-      <c r="B889" s="135" t="s">
-        <v>779</v>
+      <c r="B889" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="890" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A890" s="134">
+      <c r="A890" s="130">
         <v>43595</v>
       </c>
-      <c r="B890" s="135" t="s">
-        <v>779</v>
+      <c r="B890" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="891" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A891" s="134">
+      <c r="A891" s="130">
         <v>43598</v>
       </c>
-      <c r="B891" s="135" t="s">
-        <v>779</v>
+      <c r="B891" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="892" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A892" s="134">
+      <c r="A892" s="130">
         <v>43599</v>
       </c>
-      <c r="B892" s="135" t="s">
-        <v>779</v>
+      <c r="B892" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="893" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A893" s="134">
+      <c r="A893" s="130">
         <v>43600</v>
       </c>
-      <c r="B893" s="135" t="s">
-        <v>779</v>
+      <c r="B893" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="894" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A894" s="134">
+      <c r="A894" s="130">
         <v>43601</v>
       </c>
-      <c r="B894" s="135" t="s">
-        <v>779</v>
+      <c r="B894" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="895" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A895" s="134">
+      <c r="A895" s="130">
         <v>43602</v>
       </c>
-      <c r="B895" s="135" t="s">
-        <v>779</v>
+      <c r="B895" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="896" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A896" s="134">
+      <c r="A896" s="130">
         <v>43605</v>
       </c>
-      <c r="B896" s="135" t="s">
-        <v>779</v>
+      <c r="B896" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="897" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A897" s="134">
+      <c r="A897" s="130">
         <v>43606</v>
       </c>
-      <c r="B897" s="135" t="s">
-        <v>779</v>
+      <c r="B897" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="898" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A898" s="134">
+      <c r="A898" s="130">
         <v>43607</v>
       </c>
-      <c r="B898" s="135" t="s">
-        <v>779</v>
+      <c r="B898" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="899" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A899" s="134">
+      <c r="A899" s="130">
         <v>43608</v>
       </c>
-      <c r="B899" s="135" t="s">
-        <v>779</v>
+      <c r="B899" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="900" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A900" s="134">
+      <c r="A900" s="130">
         <v>43609</v>
       </c>
-      <c r="B900" s="135" t="s">
-        <v>779</v>
+      <c r="B900" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="901" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A901" s="134">
+      <c r="A901" s="130">
         <v>43613</v>
       </c>
-      <c r="B901" s="135" t="s">
-        <v>779</v>
+      <c r="B901" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="902" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A902" s="134">
+      <c r="A902" s="130">
         <v>43614</v>
       </c>
-      <c r="B902" s="135" t="s">
-        <v>779</v>
+      <c r="B902" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="903" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A903" s="134">
+      <c r="A903" s="130">
         <v>43615</v>
       </c>
-      <c r="B903" s="135" t="s">
-        <v>779</v>
+      <c r="B903" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="904" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A904" s="134">
+      <c r="A904" s="130">
         <v>43616</v>
       </c>
-      <c r="B904" s="135" t="s">
-        <v>779</v>
+      <c r="B904" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="905" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A905" s="134">
+      <c r="A905" s="130">
         <v>43619</v>
       </c>
-      <c r="B905" s="135" t="s">
-        <v>779</v>
+      <c r="B905" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="906" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A906" s="134">
+      <c r="A906" s="130">
         <v>43620</v>
       </c>
-      <c r="B906" s="135" t="s">
-        <v>779</v>
+      <c r="B906" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="907" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A907" s="134">
+      <c r="A907" s="130">
         <v>43621</v>
       </c>
-      <c r="B907" s="135" t="s">
-        <v>779</v>
+      <c r="B907" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="908" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A908" s="134">
+      <c r="A908" s="130">
         <v>43622</v>
       </c>
-      <c r="B908" s="135" t="s">
-        <v>779</v>
+      <c r="B908" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="909" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A909" s="134">
+      <c r="A909" s="130">
         <v>43623</v>
       </c>
-      <c r="B909" s="135" t="s">
-        <v>779</v>
+      <c r="B909" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="910" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A910" s="134">
+      <c r="A910" s="130">
         <v>43626</v>
       </c>
-      <c r="B910" s="135" t="s">
-        <v>779</v>
+      <c r="B910" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="911" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A911" s="134">
+      <c r="A911" s="130">
         <v>43627</v>
       </c>
-      <c r="B911" s="135" t="s">
-        <v>779</v>
+      <c r="B911" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="912" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A912" s="134">
+      <c r="A912" s="130">
         <v>43628</v>
       </c>
-      <c r="B912" s="135" t="s">
-        <v>779</v>
+      <c r="B912" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="913" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A913" s="134">
+      <c r="A913" s="130">
         <v>43629</v>
       </c>
-      <c r="B913" s="135" t="s">
-        <v>779</v>
+      <c r="B913" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="914" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A914" s="134">
+      <c r="A914" s="130">
         <v>43630</v>
       </c>
-      <c r="B914" s="135" t="s">
-        <v>779</v>
+      <c r="B914" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="915" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A915" s="134">
+      <c r="A915" s="130">
         <v>43633</v>
       </c>
-      <c r="B915" s="135" t="s">
-        <v>779</v>
+      <c r="B915" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="916" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A916" s="134">
+      <c r="A916" s="130">
         <v>43634</v>
       </c>
-      <c r="B916" s="135" t="s">
-        <v>779</v>
+      <c r="B916" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="917" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A917" s="134">
+      <c r="A917" s="130">
         <v>43635</v>
       </c>
-      <c r="B917" s="135" t="s">
-        <v>779</v>
+      <c r="B917" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="918" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A918" s="134">
+      <c r="A918" s="130">
         <v>43636</v>
       </c>
-      <c r="B918" s="135" t="s">
-        <v>779</v>
+      <c r="B918" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="919" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A919" s="134">
+      <c r="A919" s="130">
         <v>43637</v>
       </c>
-      <c r="B919" s="135" t="s">
-        <v>779</v>
+      <c r="B919" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="920" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A920" s="134">
+      <c r="A920" s="130">
         <v>43640</v>
       </c>
-      <c r="B920" s="135" t="s">
-        <v>779</v>
+      <c r="B920" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="921" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A921" s="134">
+      <c r="A921" s="130">
         <v>43641</v>
       </c>
-      <c r="B921" s="135" t="s">
-        <v>779</v>
+      <c r="B921" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="922" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A922" s="134">
+      <c r="A922" s="130">
         <v>43642</v>
       </c>
-      <c r="B922" s="135" t="s">
-        <v>779</v>
+      <c r="B922" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="923" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A923" s="134">
+      <c r="A923" s="130">
         <v>43643</v>
       </c>
-      <c r="B923" s="135" t="s">
-        <v>779</v>
+      <c r="B923" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="924" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A924" s="134">
+      <c r="A924" s="130">
         <v>43644</v>
       </c>
-      <c r="B924" s="135" t="s">
-        <v>779</v>
+      <c r="B924" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="925" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A925" s="134">
+      <c r="A925" s="130">
         <v>43647</v>
       </c>
-      <c r="B925" s="135" t="s">
-        <v>779</v>
+      <c r="B925" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="926" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A926" s="134">
+      <c r="A926" s="130">
         <v>43648</v>
       </c>
-      <c r="B926" s="135" t="s">
-        <v>779</v>
+      <c r="B926" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="927" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A927" s="134">
+      <c r="A927" s="130">
         <v>43649</v>
       </c>
-      <c r="B927" s="135" t="s">
-        <v>779</v>
+      <c r="B927" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="928" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A928" s="134">
+      <c r="A928" s="130">
         <v>43650</v>
       </c>
-      <c r="B928" s="135" t="s">
-        <v>779</v>
+      <c r="B928" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="929" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A929" s="134">
+      <c r="A929" s="130">
         <v>43651</v>
       </c>
-      <c r="B929" s="135" t="s">
-        <v>779</v>
+      <c r="B929" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="930" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A930" s="134">
+      <c r="A930" s="130">
         <v>43654</v>
       </c>
-      <c r="B930" s="135" t="s">
-        <v>779</v>
+      <c r="B930" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="931" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A931" s="134">
+      <c r="A931" s="130">
         <v>43655</v>
       </c>
-      <c r="B931" s="135" t="s">
-        <v>779</v>
+      <c r="B931" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="932" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A932" s="134">
+      <c r="A932" s="130">
         <v>43656</v>
       </c>
-      <c r="B932" s="135" t="s">
-        <v>779</v>
+      <c r="B932" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="933" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A933" s="134">
+      <c r="A933" s="130">
         <v>43657</v>
       </c>
-      <c r="B933" s="135" t="s">
-        <v>779</v>
+      <c r="B933" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="934" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A934" s="134">
+      <c r="A934" s="130">
         <v>43658</v>
       </c>
-      <c r="B934" s="135" t="s">
-        <v>779</v>
+      <c r="B934" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="935" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A935" s="134">
+      <c r="A935" s="130">
         <v>43661</v>
       </c>
-      <c r="B935" s="135" t="s">
-        <v>779</v>
+      <c r="B935" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="936" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A936" s="134">
+      <c r="A936" s="130">
         <v>43662</v>
       </c>
-      <c r="B936" s="135" t="s">
-        <v>779</v>
+      <c r="B936" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="937" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A937" s="134">
+      <c r="A937" s="130">
         <v>43663</v>
       </c>
-      <c r="B937" s="135" t="s">
-        <v>779</v>
+      <c r="B937" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="938" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A938" s="134">
+      <c r="A938" s="130">
         <v>43664</v>
       </c>
-      <c r="B938" s="135" t="s">
-        <v>779</v>
+      <c r="B938" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="939" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A939" s="134">
+      <c r="A939" s="130">
         <v>43665</v>
       </c>
-      <c r="B939" s="135" t="s">
-        <v>779</v>
+      <c r="B939" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="940" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A940" s="134">
+      <c r="A940" s="130">
         <v>43668</v>
       </c>
-      <c r="B940" s="135" t="s">
-        <v>779</v>
+      <c r="B940" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="941" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A941" s="134">
+      <c r="A941" s="130">
         <v>43669</v>
       </c>
-      <c r="B941" s="135" t="s">
-        <v>779</v>
+      <c r="B941" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="942" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A942" s="134">
+      <c r="A942" s="130">
         <v>43670</v>
       </c>
-      <c r="B942" s="135" t="s">
-        <v>779</v>
+      <c r="B942" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="943" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A943" s="134">
+      <c r="A943" s="130">
         <v>43671</v>
       </c>
-      <c r="B943" s="135" t="s">
-        <v>779</v>
+      <c r="B943" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="944" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A944" s="134">
+      <c r="A944" s="130">
         <v>43672</v>
       </c>
-      <c r="B944" s="135" t="s">
-        <v>779</v>
+      <c r="B944" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="945" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A945" s="134">
+      <c r="A945" s="130">
         <v>43675</v>
       </c>
-      <c r="B945" s="135" t="s">
-        <v>779</v>
+      <c r="B945" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="946" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A946" s="134">
+      <c r="A946" s="130">
         <v>43676</v>
       </c>
-      <c r="B946" s="135" t="s">
-        <v>779</v>
+      <c r="B946" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="947" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A947" s="134">
+      <c r="A947" s="130">
         <v>43677</v>
       </c>
-      <c r="B947" s="135" t="s">
-        <v>779</v>
+      <c r="B947" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="948" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A948" s="134">
+      <c r="A948" s="130">
         <v>43678</v>
       </c>
-      <c r="B948" s="135" t="s">
-        <v>779</v>
+      <c r="B948" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="949" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A949" s="134">
+      <c r="A949" s="130">
         <v>43679</v>
       </c>
-      <c r="B949" s="135" t="s">
-        <v>779</v>
+      <c r="B949" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="950" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A950" s="134">
+      <c r="A950" s="130">
         <v>43682</v>
       </c>
-      <c r="B950" s="135" t="s">
-        <v>779</v>
+      <c r="B950" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="951" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A951" s="134">
+      <c r="A951" s="130">
         <v>43683</v>
       </c>
-      <c r="B951" s="135" t="s">
-        <v>779</v>
+      <c r="B951" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="952" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A952" s="134">
+      <c r="A952" s="130">
         <v>43684</v>
       </c>
-      <c r="B952" s="135" t="s">
-        <v>779</v>
+      <c r="B952" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="953" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A953" s="134">
+      <c r="A953" s="130">
         <v>43685</v>
       </c>
-      <c r="B953" s="135" t="s">
-        <v>779</v>
+      <c r="B953" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="954" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A954" s="134">
+      <c r="A954" s="130">
         <v>43686</v>
       </c>
-      <c r="B954" s="135" t="s">
-        <v>779</v>
+      <c r="B954" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="955" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A955" s="134">
+      <c r="A955" s="130">
         <v>43689</v>
       </c>
-      <c r="B955" s="135" t="s">
-        <v>779</v>
+      <c r="B955" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="956" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A956" s="134">
+      <c r="A956" s="130">
         <v>43690</v>
       </c>
-      <c r="B956" s="135" t="s">
-        <v>779</v>
+      <c r="B956" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="957" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A957" s="134">
+      <c r="A957" s="130">
         <v>43691</v>
       </c>
-      <c r="B957" s="135" t="s">
-        <v>779</v>
+      <c r="B957" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="958" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A958" s="134">
+      <c r="A958" s="130">
         <v>43692</v>
       </c>
-      <c r="B958" s="135" t="s">
-        <v>779</v>
+      <c r="B958" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="959" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A959" s="134">
+      <c r="A959" s="130">
         <v>43693</v>
       </c>
-      <c r="B959" s="135" t="s">
-        <v>779</v>
+      <c r="B959" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="960" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A960" s="134">
+      <c r="A960" s="130">
         <v>43696</v>
       </c>
-      <c r="B960" s="135" t="s">
-        <v>779</v>
+      <c r="B960" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="961" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A961" s="134">
+      <c r="A961" s="130">
         <v>43697</v>
       </c>
-      <c r="B961" s="135" t="s">
-        <v>779</v>
+      <c r="B961" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="962" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A962" s="134">
+      <c r="A962" s="130">
         <v>43698</v>
       </c>
-      <c r="B962" s="135" t="s">
-        <v>779</v>
+      <c r="B962" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="963" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A963" s="134">
+      <c r="A963" s="130">
         <v>43699</v>
       </c>
-      <c r="B963" s="135" t="s">
-        <v>779</v>
+      <c r="B963" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="964" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A964" s="134">
+      <c r="A964" s="130">
         <v>43700</v>
       </c>
-      <c r="B964" s="135" t="s">
-        <v>779</v>
+      <c r="B964" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="965" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A965" s="134">
+      <c r="A965" s="130">
         <v>43704</v>
       </c>
-      <c r="B965" s="135" t="s">
-        <v>779</v>
+      <c r="B965" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="966" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A966" s="134">
+      <c r="A966" s="130">
         <v>43705</v>
       </c>
-      <c r="B966" s="135" t="s">
-        <v>779</v>
+      <c r="B966" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="967" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A967" s="134">
+      <c r="A967" s="130">
         <v>43706</v>
       </c>
-      <c r="B967" s="135" t="s">
-        <v>779</v>
+      <c r="B967" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="968" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A968" s="134">
+      <c r="A968" s="130">
         <v>43707</v>
       </c>
-      <c r="B968" s="135" t="s">
-        <v>779</v>
+      <c r="B968" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="969" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A969" s="134">
+      <c r="A969" s="130">
         <v>43710</v>
       </c>
-      <c r="B969" s="135" t="s">
-        <v>779</v>
+      <c r="B969" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="970" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A970" s="134">
+      <c r="A970" s="130">
         <v>43711</v>
       </c>
-      <c r="B970" s="135" t="s">
-        <v>779</v>
+      <c r="B970" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="971" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A971" s="134">
+      <c r="A971" s="130">
         <v>43712</v>
       </c>
-      <c r="B971" s="135" t="s">
-        <v>779</v>
+      <c r="B971" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="972" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A972" s="134">
+      <c r="A972" s="130">
         <v>43713</v>
       </c>
-      <c r="B972" s="135" t="s">
-        <v>779</v>
+      <c r="B972" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="973" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A973" s="134">
+      <c r="A973" s="130">
         <v>43714</v>
       </c>
-      <c r="B973" s="135" t="s">
-        <v>779</v>
+      <c r="B973" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="974" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A974" s="134">
+      <c r="A974" s="130">
         <v>43717</v>
       </c>
-      <c r="B974" s="135" t="s">
-        <v>779</v>
+      <c r="B974" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="975" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A975" s="134">
+      <c r="A975" s="130">
         <v>43718</v>
       </c>
-      <c r="B975" s="135" t="s">
-        <v>779</v>
+      <c r="B975" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="976" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A976" s="134">
+      <c r="A976" s="130">
         <v>43719</v>
       </c>
-      <c r="B976" s="135" t="s">
-        <v>779</v>
+      <c r="B976" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="977" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A977" s="134">
+      <c r="A977" s="130">
         <v>43720</v>
       </c>
-      <c r="B977" s="135" t="s">
-        <v>779</v>
+      <c r="B977" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="978" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A978" s="134">
+      <c r="A978" s="130">
         <v>43721</v>
       </c>
-      <c r="B978" s="135" t="s">
-        <v>779</v>
+      <c r="B978" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="979" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A979" s="134">
+      <c r="A979" s="130">
         <v>43724</v>
       </c>
-      <c r="B979" s="135" t="s">
-        <v>779</v>
+      <c r="B979" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="980" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A980" s="134">
+      <c r="A980" s="130">
         <v>43725</v>
       </c>
-      <c r="B980" s="135" t="s">
-        <v>779</v>
+      <c r="B980" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="981" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A981" s="134">
+      <c r="A981" s="130">
         <v>43726</v>
       </c>
-      <c r="B981" s="135" t="s">
-        <v>779</v>
+      <c r="B981" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="982" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A982" s="134">
+      <c r="A982" s="130">
         <v>43727</v>
       </c>
-      <c r="B982" s="135" t="s">
-        <v>779</v>
+      <c r="B982" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="983" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A983" s="134">
+      <c r="A983" s="130">
         <v>43728</v>
       </c>
-      <c r="B983" s="135" t="s">
-        <v>779</v>
+      <c r="B983" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="984" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A984" s="134">
+      <c r="A984" s="130">
         <v>43731</v>
       </c>
-      <c r="B984" s="135" t="s">
-        <v>779</v>
+      <c r="B984" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="985" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A985" s="134">
+      <c r="A985" s="130">
         <v>43732</v>
       </c>
-      <c r="B985" s="135" t="s">
-        <v>779</v>
+      <c r="B985" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="986" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A986" s="134">
+      <c r="A986" s="130">
         <v>43733</v>
       </c>
-      <c r="B986" s="135" t="s">
-        <v>779</v>
+      <c r="B986" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="987" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A987" s="134">
+      <c r="A987" s="130">
         <v>43734</v>
       </c>
-      <c r="B987" s="135" t="s">
-        <v>779</v>
+      <c r="B987" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="988" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A988" s="134">
+      <c r="A988" s="130">
         <v>43735</v>
       </c>
-      <c r="B988" s="135" t="s">
-        <v>779</v>
+      <c r="B988" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="989" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A989" s="134">
+      <c r="A989" s="130">
         <v>43738</v>
       </c>
-      <c r="B989" s="135" t="s">
-        <v>779</v>
+      <c r="B989" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="990" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A990" s="134">
+      <c r="A990" s="130">
         <v>43739</v>
       </c>
-      <c r="B990" s="135" t="s">
-        <v>779</v>
+      <c r="B990" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="991" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A991" s="134">
+      <c r="A991" s="130">
         <v>43740</v>
       </c>
-      <c r="B991" s="135" t="s">
-        <v>779</v>
+      <c r="B991" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="992" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A992" s="134">
+      <c r="A992" s="130">
         <v>43741</v>
       </c>
-      <c r="B992" s="135" t="s">
-        <v>779</v>
+      <c r="B992" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="993" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A993" s="134">
+      <c r="A993" s="130">
         <v>43742</v>
       </c>
-      <c r="B993" s="135" t="s">
-        <v>779</v>
+      <c r="B993" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="994" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A994" s="134">
+      <c r="A994" s="130">
         <v>43745</v>
       </c>
-      <c r="B994" s="135" t="s">
-        <v>779</v>
+      <c r="B994" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="995" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A995" s="134">
+      <c r="A995" s="130">
         <v>43746</v>
       </c>
-      <c r="B995" s="135" t="s">
-        <v>779</v>
+      <c r="B995" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="996" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A996" s="134">
+      <c r="A996" s="130">
         <v>43747</v>
       </c>
-      <c r="B996" s="135" t="s">
-        <v>779</v>
+      <c r="B996" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="997" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A997" s="134">
+      <c r="A997" s="130">
         <v>43748</v>
       </c>
-      <c r="B997" s="135" t="s">
-        <v>779</v>
+      <c r="B997" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="998" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A998" s="134">
+      <c r="A998" s="130">
         <v>43749</v>
       </c>
-      <c r="B998" s="135" t="s">
-        <v>779</v>
+      <c r="B998" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="999" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A999" s="134">
+      <c r="A999" s="130">
         <v>43752</v>
       </c>
-      <c r="B999" s="135" t="s">
-        <v>779</v>
+      <c r="B999" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1000" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1000" s="134">
+      <c r="A1000" s="130">
         <v>43753</v>
       </c>
-      <c r="B1000" s="135" t="s">
-        <v>779</v>
+      <c r="B1000" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1001" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1001" s="134">
+      <c r="A1001" s="130">
         <v>43754</v>
       </c>
-      <c r="B1001" s="135" t="s">
-        <v>779</v>
+      <c r="B1001" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1002" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1002" s="134">
+      <c r="A1002" s="130">
         <v>43755</v>
       </c>
-      <c r="B1002" s="135" t="s">
-        <v>779</v>
+      <c r="B1002" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1003" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1003" s="134">
+      <c r="A1003" s="130">
         <v>43756</v>
       </c>
-      <c r="B1003" s="135" t="s">
-        <v>779</v>
+      <c r="B1003" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1004" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1004" s="134">
+      <c r="A1004" s="130">
         <v>43759</v>
       </c>
-      <c r="B1004" s="135" t="s">
-        <v>779</v>
+      <c r="B1004" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1005" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1005" s="134">
+      <c r="A1005" s="130">
         <v>43760</v>
       </c>
-      <c r="B1005" s="135" t="s">
-        <v>779</v>
+      <c r="B1005" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1006" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1006" s="134">
+      <c r="A1006" s="130">
         <v>43761</v>
       </c>
-      <c r="B1006" s="135" t="s">
-        <v>779</v>
+      <c r="B1006" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1007" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1007" s="134">
+      <c r="A1007" s="130">
         <v>43762</v>
       </c>
-      <c r="B1007" s="135" t="s">
-        <v>779</v>
+      <c r="B1007" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1008" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1008" s="134">
+      <c r="A1008" s="130">
         <v>43763</v>
       </c>
-      <c r="B1008" s="135" t="s">
-        <v>779</v>
+      <c r="B1008" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1009" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1009" s="134">
+      <c r="A1009" s="130">
         <v>43766</v>
       </c>
-      <c r="B1009" s="135" t="s">
-        <v>779</v>
+      <c r="B1009" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1010" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1010" s="134">
+      <c r="A1010" s="130">
         <v>43767</v>
       </c>
-      <c r="B1010" s="135" t="s">
-        <v>779</v>
+      <c r="B1010" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1011" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1011" s="134">
+      <c r="A1011" s="130">
         <v>43768</v>
       </c>
-      <c r="B1011" s="135" t="s">
-        <v>779</v>
+      <c r="B1011" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1012" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1012" s="134">
+      <c r="A1012" s="130">
         <v>43769</v>
       </c>
-      <c r="B1012" s="135" t="s">
-        <v>779</v>
+      <c r="B1012" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1013" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1013" s="134">
+      <c r="A1013" s="130">
         <v>43770</v>
       </c>
-      <c r="B1013" s="135" t="s">
-        <v>779</v>
+      <c r="B1013" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1014" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1014" s="134">
+      <c r="A1014" s="130">
         <v>43773</v>
       </c>
-      <c r="B1014" s="135" t="s">
-        <v>779</v>
+      <c r="B1014" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1015" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1015" s="134">
+      <c r="A1015" s="130">
         <v>43774</v>
       </c>
-      <c r="B1015" s="135" t="s">
-        <v>779</v>
+      <c r="B1015" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1016" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1016" s="134">
+      <c r="A1016" s="130">
         <v>43775</v>
       </c>
-      <c r="B1016" s="135" t="s">
-        <v>779</v>
+      <c r="B1016" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1017" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1017" s="134">
+      <c r="A1017" s="130">
         <v>43776</v>
       </c>
-      <c r="B1017" s="135" t="s">
-        <v>779</v>
+      <c r="B1017" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1018" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1018" s="134">
+      <c r="A1018" s="130">
         <v>43777</v>
       </c>
-      <c r="B1018" s="135" t="s">
-        <v>779</v>
+      <c r="B1018" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1019" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1019" s="134">
+      <c r="A1019" s="130">
         <v>43780</v>
       </c>
-      <c r="B1019" s="135" t="s">
-        <v>779</v>
+      <c r="B1019" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1020" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1020" s="134">
+      <c r="A1020" s="130">
         <v>43781</v>
       </c>
-      <c r="B1020" s="135" t="s">
-        <v>779</v>
+      <c r="B1020" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1021" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1021" s="134">
+      <c r="A1021" s="130">
         <v>43782</v>
       </c>
-      <c r="B1021" s="135" t="s">
-        <v>779</v>
+      <c r="B1021" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1022" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1022" s="134">
+      <c r="A1022" s="130">
         <v>43783</v>
       </c>
-      <c r="B1022" s="135" t="s">
-        <v>779</v>
+      <c r="B1022" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1023" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1023" s="134">
+      <c r="A1023" s="130">
         <v>43784</v>
       </c>
-      <c r="B1023" s="135" t="s">
-        <v>779</v>
+      <c r="B1023" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1024" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1024" s="134">
+      <c r="A1024" s="130">
         <v>43787</v>
       </c>
-      <c r="B1024" s="135" t="s">
-        <v>779</v>
+      <c r="B1024" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1025" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1025" s="134">
+      <c r="A1025" s="130">
         <v>43788</v>
       </c>
-      <c r="B1025" s="135" t="s">
-        <v>779</v>
+      <c r="B1025" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1026" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1026" s="134">
+      <c r="A1026" s="130">
         <v>43789</v>
       </c>
-      <c r="B1026" s="135" t="s">
-        <v>779</v>
+      <c r="B1026" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1027" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1027" s="134">
+      <c r="A1027" s="130">
         <v>43790</v>
       </c>
-      <c r="B1027" s="135" t="s">
-        <v>779</v>
+      <c r="B1027" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1028" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1028" s="134">
+      <c r="A1028" s="130">
         <v>43791</v>
       </c>
-      <c r="B1028" s="135" t="s">
-        <v>779</v>
+      <c r="B1028" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1029" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1029" s="134">
+      <c r="A1029" s="130">
         <v>43794</v>
       </c>
-      <c r="B1029" s="135" t="s">
-        <v>779</v>
+      <c r="B1029" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1030" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1030" s="134">
+      <c r="A1030" s="130">
         <v>43795</v>
       </c>
-      <c r="B1030" s="135" t="s">
-        <v>779</v>
+      <c r="B1030" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1031" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1031" s="134">
+      <c r="A1031" s="130">
         <v>43796</v>
       </c>
-      <c r="B1031" s="135" t="s">
-        <v>779</v>
+      <c r="B1031" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1032" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1032" s="134">
+      <c r="A1032" s="130">
         <v>43797</v>
       </c>
-      <c r="B1032" s="135" t="s">
-        <v>779</v>
+      <c r="B1032" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1033" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1033" s="134">
+      <c r="A1033" s="130">
         <v>43798</v>
       </c>
-      <c r="B1033" s="135" t="s">
-        <v>779</v>
+      <c r="B1033" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1034" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1034" s="134">
+      <c r="A1034" s="130">
         <v>43801</v>
       </c>
-      <c r="B1034" s="135" t="s">
-        <v>779</v>
+      <c r="B1034" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1035" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1035" s="134">
+      <c r="A1035" s="130">
         <v>43802</v>
       </c>
-      <c r="B1035" s="135" t="s">
-        <v>779</v>
+      <c r="B1035" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1036" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1036" s="134">
+      <c r="A1036" s="130">
         <v>43803</v>
       </c>
-      <c r="B1036" s="135" t="s">
-        <v>779</v>
+      <c r="B1036" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1037" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1037" s="134">
+      <c r="A1037" s="130">
         <v>43804</v>
       </c>
-      <c r="B1037" s="135" t="s">
-        <v>779</v>
+      <c r="B1037" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1038" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1038" s="134">
+      <c r="A1038" s="130">
         <v>43805</v>
       </c>
-      <c r="B1038" s="135" t="s">
-        <v>779</v>
+      <c r="B1038" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1039" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1039" s="134">
+      <c r="A1039" s="130">
         <v>43808</v>
       </c>
-      <c r="B1039" s="135" t="s">
-        <v>779</v>
+      <c r="B1039" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1040" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1040" s="134">
+      <c r="A1040" s="130">
         <v>43809</v>
       </c>
-      <c r="B1040" s="135" t="s">
-        <v>779</v>
+      <c r="B1040" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1041" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1041" s="134">
+      <c r="A1041" s="130">
         <v>43810</v>
       </c>
-      <c r="B1041" s="135" t="s">
-        <v>779</v>
+      <c r="B1041" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1042" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1042" s="134">
+      <c r="A1042" s="130">
         <v>43811</v>
       </c>
-      <c r="B1042" s="135" t="s">
-        <v>779</v>
+      <c r="B1042" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1043" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1043" s="134">
+      <c r="A1043" s="130">
         <v>43812</v>
       </c>
-      <c r="B1043" s="135" t="s">
-        <v>779</v>
+      <c r="B1043" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1044" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1044" s="134">
+      <c r="A1044" s="130">
         <v>43815</v>
       </c>
-      <c r="B1044" s="135" t="s">
-        <v>779</v>
+      <c r="B1044" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1045" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1045" s="134">
+      <c r="A1045" s="130">
         <v>43816</v>
       </c>
-      <c r="B1045" s="135" t="s">
-        <v>779</v>
+      <c r="B1045" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1046" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1046" s="134">
+      <c r="A1046" s="130">
         <v>43817</v>
       </c>
-      <c r="B1046" s="135" t="s">
-        <v>779</v>
+      <c r="B1046" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1047" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1047" s="134">
+      <c r="A1047" s="130">
         <v>43818</v>
       </c>
-      <c r="B1047" s="135" t="s">
-        <v>779</v>
+      <c r="B1047" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1048" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1048" s="134">
+      <c r="A1048" s="130">
         <v>43819</v>
       </c>
-      <c r="B1048" s="135" t="s">
-        <v>779</v>
+      <c r="B1048" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1049" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1049" s="134">
+      <c r="A1049" s="130">
         <v>43822</v>
       </c>
-      <c r="B1049" s="135" t="s">
-        <v>779</v>
+      <c r="B1049" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1050" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1050" s="134">
+      <c r="A1050" s="130">
         <v>43823</v>
       </c>
-      <c r="B1050" s="135" t="s">
-        <v>779</v>
+      <c r="B1050" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1051" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1051" s="134">
+      <c r="A1051" s="130">
         <v>43826</v>
       </c>
-      <c r="B1051" s="135" t="s">
-        <v>779</v>
+      <c r="B1051" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1052" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1052" s="134">
+      <c r="A1052" s="130">
         <v>43829</v>
       </c>
-      <c r="B1052" s="135" t="s">
-        <v>779</v>
+      <c r="B1052" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1053" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1053" s="134">
+      <c r="A1053" s="130">
         <v>43830</v>
       </c>
-      <c r="B1053" s="135" t="s">
-        <v>779</v>
+      <c r="B1053" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1054" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1054" s="134">
+      <c r="A1054" s="130">
         <v>43832</v>
       </c>
-      <c r="B1054" s="135" t="s">
-        <v>779</v>
+      <c r="B1054" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1055" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1055" s="134">
+      <c r="A1055" s="130">
         <v>43833</v>
       </c>
-      <c r="B1055" s="135" t="s">
-        <v>779</v>
+      <c r="B1055" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1056" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1056" s="134">
+      <c r="A1056" s="130">
         <v>43836</v>
       </c>
-      <c r="B1056" s="135" t="s">
-        <v>779</v>
+      <c r="B1056" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1057" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1057" s="134">
+      <c r="A1057" s="130">
         <v>43837</v>
       </c>
-      <c r="B1057" s="135" t="s">
-        <v>779</v>
+      <c r="B1057" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1058" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1058" s="134">
+      <c r="A1058" s="130">
         <v>43838</v>
       </c>
-      <c r="B1058" s="135" t="s">
-        <v>779</v>
+      <c r="B1058" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1059" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1059" s="134">
+      <c r="A1059" s="130">
         <v>43839</v>
       </c>
-      <c r="B1059" s="135" t="s">
-        <v>779</v>
+      <c r="B1059" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1060" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1060" s="134">
+      <c r="A1060" s="130">
         <v>43840</v>
       </c>
-      <c r="B1060" s="135" t="s">
-        <v>779</v>
+      <c r="B1060" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1061" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1061" s="134">
+      <c r="A1061" s="130">
         <v>43843</v>
       </c>
-      <c r="B1061" s="135" t="s">
-        <v>779</v>
+      <c r="B1061" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1062" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1062" s="134">
+      <c r="A1062" s="130">
         <v>43844</v>
       </c>
-      <c r="B1062" s="135" t="s">
-        <v>779</v>
+      <c r="B1062" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1063" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1063" s="134">
+      <c r="A1063" s="130">
         <v>43845</v>
       </c>
-      <c r="B1063" s="135" t="s">
-        <v>779</v>
+      <c r="B1063" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1064" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1064" s="134">
+      <c r="A1064" s="130">
         <v>43846</v>
       </c>
-      <c r="B1064" s="135" t="s">
-        <v>779</v>
+      <c r="B1064" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1065" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1065" s="134">
+      <c r="A1065" s="130">
         <v>43847</v>
       </c>
-      <c r="B1065" s="135" t="s">
-        <v>779</v>
+      <c r="B1065" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1066" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1066" s="134">
+      <c r="A1066" s="130">
         <v>43850</v>
       </c>
-      <c r="B1066" s="135" t="s">
-        <v>779</v>
+      <c r="B1066" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1067" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1067" s="134">
+      <c r="A1067" s="130">
         <v>43851</v>
       </c>
-      <c r="B1067" s="135" t="s">
-        <v>779</v>
+      <c r="B1067" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1068" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1068" s="134">
+      <c r="A1068" s="130">
         <v>43852</v>
       </c>
-      <c r="B1068" s="135" t="s">
-        <v>779</v>
+      <c r="B1068" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1069" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1069" s="134">
+      <c r="A1069" s="130">
         <v>43853</v>
       </c>
-      <c r="B1069" s="135" t="s">
-        <v>779</v>
+      <c r="B1069" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1070" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1070" s="134">
+      <c r="A1070" s="130">
         <v>43854</v>
       </c>
-      <c r="B1070" s="135" t="s">
-        <v>779</v>
+      <c r="B1070" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1071" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1071" s="134">
+      <c r="A1071" s="130">
         <v>43857</v>
       </c>
-      <c r="B1071" s="135" t="s">
-        <v>779</v>
+      <c r="B1071" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1072" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1072" s="134">
+      <c r="A1072" s="130">
         <v>43858</v>
       </c>
-      <c r="B1072" s="135" t="s">
-        <v>779</v>
+      <c r="B1072" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1073" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1073" s="134">
+      <c r="A1073" s="130">
         <v>43859</v>
       </c>
-      <c r="B1073" s="135" t="s">
-        <v>779</v>
+      <c r="B1073" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1074" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1074" s="134">
+      <c r="A1074" s="130">
         <v>43860</v>
       </c>
-      <c r="B1074" s="135" t="s">
-        <v>779</v>
+      <c r="B1074" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1075" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1075" s="134">
+      <c r="A1075" s="130">
         <v>43861</v>
       </c>
-      <c r="B1075" s="135" t="s">
-        <v>779</v>
+      <c r="B1075" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1076" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1076" s="134">
+      <c r="A1076" s="130">
         <v>43864</v>
       </c>
-      <c r="B1076" s="135" t="s">
-        <v>779</v>
+      <c r="B1076" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1077" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1077" s="134">
+      <c r="A1077" s="130">
         <v>43865</v>
       </c>
-      <c r="B1077" s="135" t="s">
-        <v>779</v>
+      <c r="B1077" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1078" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1078" s="134">
+      <c r="A1078" s="130">
         <v>43866</v>
       </c>
-      <c r="B1078" s="135" t="s">
-        <v>779</v>
+      <c r="B1078" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1079" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1079" s="134">
+      <c r="A1079" s="130">
         <v>43867</v>
       </c>
-      <c r="B1079" s="135" t="s">
-        <v>779</v>
+      <c r="B1079" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1080" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1080" s="134">
+      <c r="A1080" s="130">
         <v>43868</v>
       </c>
-      <c r="B1080" s="135" t="s">
-        <v>779</v>
+      <c r="B1080" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1081" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1081" s="134">
+      <c r="A1081" s="130">
         <v>43871</v>
       </c>
-      <c r="B1081" s="135" t="s">
-        <v>779</v>
+      <c r="B1081" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1082" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1082" s="134">
+      <c r="A1082" s="130">
         <v>43872</v>
       </c>
-      <c r="B1082" s="135" t="s">
-        <v>779</v>
+      <c r="B1082" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1083" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1083" s="134">
+      <c r="A1083" s="130">
         <v>43873</v>
       </c>
-      <c r="B1083" s="135" t="s">
-        <v>779</v>
+      <c r="B1083" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1084" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1084" s="134">
+      <c r="A1084" s="130">
         <v>43874</v>
       </c>
-      <c r="B1084" s="135" t="s">
-        <v>779</v>
+      <c r="B1084" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1085" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1085" s="134">
+      <c r="A1085" s="130">
         <v>43875</v>
       </c>
-      <c r="B1085" s="135" t="s">
-        <v>779</v>
+      <c r="B1085" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1086" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1086" s="134">
+      <c r="A1086" s="130">
         <v>43878</v>
       </c>
-      <c r="B1086" s="135" t="s">
-        <v>779</v>
+      <c r="B1086" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1087" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1087" s="134">
+      <c r="A1087" s="130">
         <v>43879</v>
       </c>
-      <c r="B1087" s="135" t="s">
-        <v>779</v>
+      <c r="B1087" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1088" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1088" s="134">
+      <c r="A1088" s="130">
         <v>43880</v>
       </c>
-      <c r="B1088" s="135" t="s">
-        <v>779</v>
+      <c r="B1088" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1089" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1089" s="134">
+      <c r="A1089" s="130">
         <v>43881</v>
       </c>
-      <c r="B1089" s="135" t="s">
-        <v>779</v>
+      <c r="B1089" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1090" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1090" s="134">
+      <c r="A1090" s="130">
         <v>43882</v>
       </c>
-      <c r="B1090" s="135" t="s">
-        <v>779</v>
+      <c r="B1090" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1091" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1091" s="134">
+      <c r="A1091" s="130">
         <v>43885</v>
       </c>
-      <c r="B1091" s="135" t="s">
-        <v>779</v>
+      <c r="B1091" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1092" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1092" s="134">
+      <c r="A1092" s="130">
         <v>43886</v>
       </c>
-      <c r="B1092" s="135" t="s">
-        <v>779</v>
+      <c r="B1092" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1093" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1093" s="134">
+      <c r="A1093" s="130">
         <v>43887</v>
       </c>
-      <c r="B1093" s="135" t="s">
-        <v>779</v>
+      <c r="B1093" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1094" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1094" s="134">
+      <c r="A1094" s="130">
         <v>43888</v>
       </c>
-      <c r="B1094" s="135" t="s">
-        <v>779</v>
+      <c r="B1094" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1095" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1095" s="134">
+      <c r="A1095" s="130">
         <v>43889</v>
       </c>
-      <c r="B1095" s="135" t="s">
-        <v>779</v>
+      <c r="B1095" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1096" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1096" s="134">
+      <c r="A1096" s="130">
         <v>43892</v>
       </c>
-      <c r="B1096" s="135" t="s">
-        <v>779</v>
+      <c r="B1096" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1097" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1097" s="134">
+      <c r="A1097" s="130">
         <v>43893</v>
       </c>
-      <c r="B1097" s="135" t="s">
-        <v>779</v>
+      <c r="B1097" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1098" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1098" s="134">
+      <c r="A1098" s="130">
         <v>43894</v>
       </c>
-      <c r="B1098" s="135" t="s">
-        <v>779</v>
+      <c r="B1098" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1099" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1099" s="134">
+      <c r="A1099" s="130">
         <v>43895</v>
       </c>
-      <c r="B1099" s="135" t="s">
-        <v>779</v>
+      <c r="B1099" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1100" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1100" s="134">
+      <c r="A1100" s="130">
         <v>43896</v>
       </c>
-      <c r="B1100" s="135" t="s">
-        <v>779</v>
+      <c r="B1100" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1101" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1101" s="134">
+      <c r="A1101" s="130">
         <v>43899</v>
       </c>
-      <c r="B1101" s="135" t="s">
-        <v>779</v>
+      <c r="B1101" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1102" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1102" s="134">
+      <c r="A1102" s="130">
         <v>43900</v>
       </c>
-      <c r="B1102" s="135" t="s">
-        <v>779</v>
+      <c r="B1102" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1103" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1103" s="134">
+      <c r="A1103" s="130">
         <v>43901</v>
       </c>
-      <c r="B1103" s="135" t="s">
-        <v>778</v>
+      <c r="B1103" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1104" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1104" s="134">
+      <c r="A1104" s="130">
         <v>43902</v>
       </c>
-      <c r="B1104" s="135" t="s">
-        <v>778</v>
+      <c r="B1104" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1105" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1105" s="134">
+      <c r="A1105" s="130">
         <v>43903</v>
       </c>
-      <c r="B1105" s="135" t="s">
-        <v>778</v>
+      <c r="B1105" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1106" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1106" s="134">
+      <c r="A1106" s="130">
         <v>43906</v>
       </c>
-      <c r="B1106" s="135" t="s">
-        <v>778</v>
+      <c r="B1106" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1107" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1107" s="134">
+      <c r="A1107" s="130">
         <v>43907</v>
       </c>
-      <c r="B1107" s="135" t="s">
-        <v>778</v>
+      <c r="B1107" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1108" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1108" s="134">
+      <c r="A1108" s="130">
         <v>43908</v>
       </c>
-      <c r="B1108" s="135" t="s">
-        <v>778</v>
+      <c r="B1108" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1109" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1109" s="134">
+      <c r="A1109" s="130">
         <v>43909</v>
       </c>
-      <c r="B1109" s="135" t="s">
-        <v>214</v>
+      <c r="B1109" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1110" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1110" s="134">
+      <c r="A1110" s="130">
         <v>43910</v>
       </c>
-      <c r="B1110" s="135" t="s">
-        <v>214</v>
+      <c r="B1110" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1111" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1111" s="134">
+      <c r="A1111" s="130">
         <v>43913</v>
       </c>
-      <c r="B1111" s="135" t="s">
-        <v>214</v>
+      <c r="B1111" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1112" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1112" s="134">
+      <c r="A1112" s="130">
         <v>43914</v>
       </c>
-      <c r="B1112" s="135" t="s">
-        <v>214</v>
+      <c r="B1112" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1113" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1113" s="134">
+      <c r="A1113" s="130">
         <v>43915</v>
       </c>
-      <c r="B1113" s="135" t="s">
-        <v>214</v>
+      <c r="B1113" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1114" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1114" s="134">
+      <c r="A1114" s="130">
         <v>43916</v>
       </c>
-      <c r="B1114" s="135" t="s">
-        <v>214</v>
+      <c r="B1114" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1115" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1115" s="134">
+      <c r="A1115" s="130">
         <v>43917</v>
       </c>
-      <c r="B1115" s="135" t="s">
-        <v>214</v>
+      <c r="B1115" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1116" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1116" s="134">
+      <c r="A1116" s="130">
         <v>43920</v>
       </c>
-      <c r="B1116" s="135" t="s">
-        <v>214</v>
+      <c r="B1116" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1117" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1117" s="134">
+      <c r="A1117" s="130">
         <v>43921</v>
       </c>
-      <c r="B1117" s="135" t="s">
-        <v>214</v>
+      <c r="B1117" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1118" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1118" s="134">
+      <c r="A1118" s="130">
         <v>43922</v>
       </c>
-      <c r="B1118" s="135" t="s">
-        <v>214</v>
+      <c r="B1118" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1119" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1119" s="134">
+      <c r="A1119" s="130">
         <v>43923</v>
       </c>
-      <c r="B1119" s="135" t="s">
-        <v>214</v>
+      <c r="B1119" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1120" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1120" s="134">
+      <c r="A1120" s="130">
         <v>43924</v>
       </c>
-      <c r="B1120" s="135" t="s">
-        <v>214</v>
+      <c r="B1120" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1121" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1121" s="134">
+      <c r="A1121" s="130">
         <v>43927</v>
       </c>
-      <c r="B1121" s="135" t="s">
-        <v>214</v>
+      <c r="B1121" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1122" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1122" s="134">
+      <c r="A1122" s="130">
         <v>43928</v>
       </c>
-      <c r="B1122" s="135" t="s">
-        <v>214</v>
+      <c r="B1122" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1123" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1123" s="134">
+      <c r="A1123" s="130">
         <v>43929</v>
       </c>
-      <c r="B1123" s="135" t="s">
-        <v>214</v>
+      <c r="B1123" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1124" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1124" s="134">
+      <c r="A1124" s="130">
         <v>43930</v>
       </c>
-      <c r="B1124" s="135" t="s">
-        <v>214</v>
+      <c r="B1124" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1125" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1125" s="134">
+      <c r="A1125" s="130">
         <v>43935</v>
       </c>
-      <c r="B1125" s="135" t="s">
-        <v>214</v>
+      <c r="B1125" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1126" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1126" s="134">
+      <c r="A1126" s="130">
         <v>43936</v>
       </c>
-      <c r="B1126" s="135" t="s">
-        <v>214</v>
+      <c r="B1126" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1127" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1127" s="134">
+      <c r="A1127" s="130">
         <v>43937</v>
       </c>
-      <c r="B1127" s="135" t="s">
-        <v>214</v>
+      <c r="B1127" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1128" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1128" s="134">
+      <c r="A1128" s="130">
         <v>43938</v>
       </c>
-      <c r="B1128" s="135" t="s">
-        <v>214</v>
+      <c r="B1128" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1129" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1129" s="134">
+      <c r="A1129" s="130">
         <v>43941</v>
       </c>
-      <c r="B1129" s="135" t="s">
-        <v>214</v>
+      <c r="B1129" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1130" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1130" s="134">
+      <c r="A1130" s="130">
         <v>43942</v>
       </c>
-      <c r="B1130" s="135" t="s">
-        <v>214</v>
+      <c r="B1130" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1131" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1131" s="134">
+      <c r="A1131" s="130">
         <v>43943</v>
       </c>
-      <c r="B1131" s="135" t="s">
-        <v>214</v>
+      <c r="B1131" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1132" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1132" s="134">
+      <c r="A1132" s="130">
         <v>43944</v>
       </c>
-      <c r="B1132" s="135" t="s">
-        <v>214</v>
+      <c r="B1132" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1133" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1133" s="134">
+      <c r="A1133" s="130">
         <v>43945</v>
       </c>
-      <c r="B1133" s="135" t="s">
-        <v>214</v>
+      <c r="B1133" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1134" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1134" s="134">
+      <c r="A1134" s="130">
         <v>43948</v>
       </c>
-      <c r="B1134" s="135" t="s">
-        <v>214</v>
+      <c r="B1134" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1135" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1135" s="134">
+      <c r="A1135" s="130">
         <v>43949</v>
       </c>
-      <c r="B1135" s="135" t="s">
-        <v>214</v>
+      <c r="B1135" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1136" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1136" s="134">
+      <c r="A1136" s="130">
         <v>43950</v>
       </c>
-      <c r="B1136" s="135" t="s">
-        <v>214</v>
+      <c r="B1136" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1137" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1137" s="134">
+      <c r="A1137" s="130">
         <v>43951</v>
       </c>
-      <c r="B1137" s="135" t="s">
-        <v>214</v>
+      <c r="B1137" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1138" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1138" s="134">
+      <c r="A1138" s="130">
         <v>43952</v>
       </c>
-      <c r="B1138" s="135" t="s">
-        <v>214</v>
+      <c r="B1138" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1139" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1139" s="134">
+      <c r="A1139" s="130">
         <v>43955</v>
       </c>
-      <c r="B1139" s="135" t="s">
-        <v>214</v>
+      <c r="B1139" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1140" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1140" s="134">
+      <c r="A1140" s="130">
         <v>43956</v>
       </c>
-      <c r="B1140" s="135" t="s">
-        <v>214</v>
+      <c r="B1140" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1141" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1141" s="134">
+      <c r="A1141" s="130">
         <v>43957</v>
       </c>
-      <c r="B1141" s="135" t="s">
-        <v>214</v>
+      <c r="B1141" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1142" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1142" s="134">
+      <c r="A1142" s="130">
         <v>43958</v>
       </c>
-      <c r="B1142" s="135" t="s">
-        <v>214</v>
+      <c r="B1142" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1143" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1143" s="134">
+      <c r="A1143" s="130">
         <v>43962</v>
       </c>
-      <c r="B1143" s="135" t="s">
-        <v>214</v>
+      <c r="B1143" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1144" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1144" s="134">
+      <c r="A1144" s="130">
         <v>43963</v>
       </c>
-      <c r="B1144" s="135" t="s">
-        <v>214</v>
+      <c r="B1144" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1145" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1145" s="134">
+      <c r="A1145" s="130">
         <v>43964</v>
       </c>
-      <c r="B1145" s="135" t="s">
-        <v>214</v>
+      <c r="B1145" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1146" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1146" s="134">
+      <c r="A1146" s="130">
         <v>43965</v>
       </c>
-      <c r="B1146" s="135" t="s">
-        <v>214</v>
+      <c r="B1146" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1147" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1147" s="134">
+      <c r="A1147" s="130">
         <v>43966</v>
       </c>
-      <c r="B1147" s="135" t="s">
-        <v>214</v>
+      <c r="B1147" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1148" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1148" s="134">
+      <c r="A1148" s="130">
         <v>43969</v>
       </c>
-      <c r="B1148" s="135" t="s">
-        <v>214</v>
+      <c r="B1148" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1149" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1149" s="134">
+      <c r="A1149" s="130">
         <v>43970</v>
       </c>
-      <c r="B1149" s="135" t="s">
-        <v>214</v>
+      <c r="B1149" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1150" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1150" s="134">
+      <c r="A1150" s="130">
         <v>43971</v>
       </c>
-      <c r="B1150" s="135" t="s">
-        <v>214</v>
+      <c r="B1150" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1151" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1151" s="134">
+      <c r="A1151" s="130">
         <v>43972</v>
       </c>
-      <c r="B1151" s="135" t="s">
-        <v>214</v>
+      <c r="B1151" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1152" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1152" s="134">
+      <c r="A1152" s="130">
         <v>43973</v>
       </c>
-      <c r="B1152" s="135" t="s">
-        <v>214</v>
+      <c r="B1152" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1153" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1153" s="134">
+      <c r="A1153" s="130">
         <v>43977</v>
       </c>
-      <c r="B1153" s="135" t="s">
-        <v>214</v>
+      <c r="B1153" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1154" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1154" s="134">
+      <c r="A1154" s="130">
         <v>43978</v>
       </c>
-      <c r="B1154" s="135" t="s">
-        <v>214</v>
+      <c r="B1154" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1155" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1155" s="134">
+      <c r="A1155" s="130">
         <v>43979</v>
       </c>
-      <c r="B1155" s="135" t="s">
-        <v>214</v>
+      <c r="B1155" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1156" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1156" s="134">
+      <c r="A1156" s="130">
         <v>43980</v>
       </c>
-      <c r="B1156" s="135" t="s">
-        <v>214</v>
+      <c r="B1156" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1157" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1157" s="134">
+      <c r="A1157" s="130">
         <v>43983</v>
       </c>
-      <c r="B1157" s="135" t="s">
-        <v>214</v>
+      <c r="B1157" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1158" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1158" s="134">
+      <c r="A1158" s="130">
         <v>43984</v>
       </c>
-      <c r="B1158" s="135" t="s">
-        <v>214</v>
+      <c r="B1158" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1159" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1159" s="134">
+      <c r="A1159" s="130">
         <v>43985</v>
       </c>
-      <c r="B1159" s="135" t="s">
-        <v>214</v>
+      <c r="B1159" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1160" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1160" s="134">
+      <c r="A1160" s="130">
         <v>43986</v>
       </c>
-      <c r="B1160" s="135" t="s">
-        <v>214</v>
+      <c r="B1160" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1161" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1161" s="134">
+      <c r="A1161" s="130">
         <v>43987</v>
       </c>
-      <c r="B1161" s="135" t="s">
-        <v>214</v>
+      <c r="B1161" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1162" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1162" s="134">
+      <c r="A1162" s="130">
         <v>43990</v>
       </c>
-      <c r="B1162" s="135" t="s">
-        <v>214</v>
+      <c r="B1162" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1163" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1163" s="134">
+      <c r="A1163" s="130">
         <v>43991</v>
       </c>
-      <c r="B1163" s="135" t="s">
-        <v>214</v>
+      <c r="B1163" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1164" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1164" s="134">
+      <c r="A1164" s="130">
         <v>43992</v>
       </c>
-      <c r="B1164" s="135" t="s">
-        <v>214</v>
+      <c r="B1164" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1165" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1165" s="134">
+      <c r="A1165" s="130">
         <v>43993</v>
       </c>
-      <c r="B1165" s="135" t="s">
-        <v>214</v>
+      <c r="B1165" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1166" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1166" s="134">
+      <c r="A1166" s="130">
         <v>43994</v>
       </c>
-      <c r="B1166" s="135" t="s">
-        <v>214</v>
+      <c r="B1166" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1167" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1167" s="134">
+      <c r="A1167" s="130">
         <v>43997</v>
       </c>
-      <c r="B1167" s="135" t="s">
-        <v>214</v>
+      <c r="B1167" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1168" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1168" s="134">
+      <c r="A1168" s="130">
         <v>43998</v>
       </c>
-      <c r="B1168" s="135" t="s">
-        <v>214</v>
+      <c r="B1168" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1169" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1169" s="134">
+      <c r="A1169" s="130">
         <v>43999</v>
       </c>
-      <c r="B1169" s="135" t="s">
-        <v>214</v>
+      <c r="B1169" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1170" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1170" s="134">
+      <c r="A1170" s="130">
         <v>44000</v>
       </c>
-      <c r="B1170" s="135" t="s">
-        <v>214</v>
+      <c r="B1170" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1171" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1171" s="134">
+      <c r="A1171" s="130">
         <v>44001</v>
       </c>
-      <c r="B1171" s="135" t="s">
-        <v>214</v>
+      <c r="B1171" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1172" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1172" s="134">
+      <c r="A1172" s="130">
         <v>44004</v>
       </c>
-      <c r="B1172" s="135" t="s">
-        <v>214</v>
+      <c r="B1172" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1173" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1173" s="134">
+      <c r="A1173" s="130">
         <v>44005</v>
       </c>
-      <c r="B1173" s="135" t="s">
-        <v>214</v>
+      <c r="B1173" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1174" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1174" s="134">
+      <c r="A1174" s="130">
         <v>44006</v>
       </c>
-      <c r="B1174" s="135" t="s">
-        <v>214</v>
+      <c r="B1174" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1175" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1175" s="134">
+      <c r="A1175" s="130">
         <v>44007</v>
       </c>
-      <c r="B1175" s="135" t="s">
-        <v>214</v>
+      <c r="B1175" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1176" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1176" s="134">
+      <c r="A1176" s="130">
         <v>44008</v>
       </c>
-      <c r="B1176" s="135" t="s">
-        <v>214</v>
+      <c r="B1176" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1177" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1177" s="134">
+      <c r="A1177" s="130">
         <v>44011</v>
       </c>
-      <c r="B1177" s="135" t="s">
-        <v>214</v>
+      <c r="B1177" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1178" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1178" s="134">
+      <c r="A1178" s="130">
         <v>44012</v>
       </c>
-      <c r="B1178" s="135" t="s">
-        <v>214</v>
+      <c r="B1178" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1179" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1179" s="134">
+      <c r="A1179" s="130">
         <v>44013</v>
       </c>
-      <c r="B1179" s="135" t="s">
-        <v>214</v>
+      <c r="B1179" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1180" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1180" s="134">
+      <c r="A1180" s="130">
         <v>44014</v>
       </c>
-      <c r="B1180" s="135" t="s">
-        <v>214</v>
+      <c r="B1180" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1181" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1181" s="134">
+      <c r="A1181" s="130">
         <v>44015</v>
       </c>
-      <c r="B1181" s="135" t="s">
-        <v>214</v>
+      <c r="B1181" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1182" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1182" s="134">
+      <c r="A1182" s="130">
         <v>44018</v>
       </c>
-      <c r="B1182" s="135" t="s">
-        <v>214</v>
+      <c r="B1182" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1183" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1183" s="134">
+      <c r="A1183" s="130">
         <v>44019</v>
       </c>
-      <c r="B1183" s="135" t="s">
-        <v>214</v>
+      <c r="B1183" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1184" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1184" s="134">
+      <c r="A1184" s="130">
         <v>44020</v>
       </c>
-      <c r="B1184" s="135" t="s">
-        <v>214</v>
+      <c r="B1184" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1185" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1185" s="134">
+      <c r="A1185" s="130">
         <v>44021</v>
       </c>
-      <c r="B1185" s="135" t="s">
-        <v>214</v>
+      <c r="B1185" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1186" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1186" s="134">
+      <c r="A1186" s="130">
         <v>44022</v>
       </c>
-      <c r="B1186" s="135" t="s">
-        <v>214</v>
+      <c r="B1186" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1187" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1187" s="134">
+      <c r="A1187" s="130">
         <v>44025</v>
       </c>
-      <c r="B1187" s="135" t="s">
-        <v>214</v>
+      <c r="B1187" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1188" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1188" s="134">
+      <c r="A1188" s="130">
         <v>44026</v>
       </c>
-      <c r="B1188" s="135" t="s">
-        <v>214</v>
+      <c r="B1188" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1189" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1189" s="134">
+      <c r="A1189" s="130">
         <v>44027</v>
       </c>
-      <c r="B1189" s="135" t="s">
-        <v>214</v>
+      <c r="B1189" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1190" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1190" s="134">
+      <c r="A1190" s="130">
         <v>44028</v>
       </c>
-      <c r="B1190" s="135" t="s">
-        <v>214</v>
+      <c r="B1190" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1191" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1191" s="134">
+      <c r="A1191" s="130">
         <v>44029</v>
       </c>
-      <c r="B1191" s="135" t="s">
-        <v>214</v>
+      <c r="B1191" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1192" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1192" s="134">
+      <c r="A1192" s="130">
         <v>44032</v>
       </c>
-      <c r="B1192" s="135" t="s">
-        <v>214</v>
+      <c r="B1192" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1193" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1193" s="134">
+      <c r="A1193" s="130">
         <v>44033</v>
       </c>
-      <c r="B1193" s="135" t="s">
-        <v>214</v>
+      <c r="B1193" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1194" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1194" s="134">
+      <c r="A1194" s="130">
         <v>44034</v>
       </c>
-      <c r="B1194" s="135" t="s">
-        <v>214</v>
+      <c r="B1194" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1195" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1195" s="134">
+      <c r="A1195" s="130">
         <v>44035</v>
       </c>
-      <c r="B1195" s="135" t="s">
-        <v>214</v>
+      <c r="B1195" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1196" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1196" s="134">
+      <c r="A1196" s="130">
         <v>44036</v>
       </c>
-      <c r="B1196" s="135" t="s">
-        <v>214</v>
+      <c r="B1196" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1197" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1197" s="134">
+      <c r="A1197" s="130">
         <v>44039</v>
       </c>
-      <c r="B1197" s="135" t="s">
-        <v>214</v>
+      <c r="B1197" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1198" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1198" s="134">
+      <c r="A1198" s="130">
         <v>44040</v>
       </c>
-      <c r="B1198" s="135" t="s">
-        <v>214</v>
+      <c r="B1198" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1199" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1199" s="134">
+      <c r="A1199" s="130">
         <v>44041</v>
       </c>
-      <c r="B1199" s="135" t="s">
-        <v>214</v>
+      <c r="B1199" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1200" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1200" s="134">
+      <c r="A1200" s="130">
         <v>44042</v>
       </c>
-      <c r="B1200" s="135" t="s">
-        <v>214</v>
+      <c r="B1200" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1201" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1201" s="134">
+      <c r="A1201" s="130">
         <v>44043</v>
       </c>
-      <c r="B1201" s="135" t="s">
-        <v>214</v>
+      <c r="B1201" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1202" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1202" s="134">
+      <c r="A1202" s="130">
         <v>44046</v>
       </c>
-      <c r="B1202" s="135" t="s">
-        <v>214</v>
+      <c r="B1202" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1203" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1203" s="134">
+      <c r="A1203" s="130">
         <v>44047</v>
       </c>
-      <c r="B1203" s="135" t="s">
-        <v>214</v>
+      <c r="B1203" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1204" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1204" s="134">
+      <c r="A1204" s="130">
         <v>44048</v>
       </c>
-      <c r="B1204" s="135" t="s">
-        <v>214</v>
+      <c r="B1204" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1205" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1205" s="134">
+      <c r="A1205" s="130">
         <v>44049</v>
       </c>
-      <c r="B1205" s="135" t="s">
-        <v>214</v>
+      <c r="B1205" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1206" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1206" s="134">
+      <c r="A1206" s="130">
         <v>44050</v>
       </c>
-      <c r="B1206" s="135" t="s">
-        <v>214</v>
+      <c r="B1206" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1207" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1207" s="134">
+      <c r="A1207" s="130">
         <v>44053</v>
       </c>
-      <c r="B1207" s="135" t="s">
-        <v>214</v>
+      <c r="B1207" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1208" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1208" s="134">
+      <c r="A1208" s="130">
         <v>44054</v>
       </c>
-      <c r="B1208" s="135" t="s">
-        <v>214</v>
+      <c r="B1208" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1209" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1209" s="134">
+      <c r="A1209" s="130">
         <v>44055</v>
       </c>
-      <c r="B1209" s="135" t="s">
-        <v>214</v>
+      <c r="B1209" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1210" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1210" s="134">
+      <c r="A1210" s="130">
         <v>44056</v>
       </c>
-      <c r="B1210" s="135" t="s">
-        <v>214</v>
+      <c r="B1210" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1211" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1211" s="134">
+      <c r="A1211" s="130">
         <v>44057</v>
       </c>
-      <c r="B1211" s="135" t="s">
-        <v>214</v>
+      <c r="B1211" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1212" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1212" s="134">
+      <c r="A1212" s="130">
         <v>44060</v>
       </c>
-      <c r="B1212" s="135" t="s">
-        <v>214</v>
+      <c r="B1212" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1213" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1213" s="134">
+      <c r="A1213" s="130">
         <v>44061</v>
       </c>
-      <c r="B1213" s="135" t="s">
-        <v>214</v>
+      <c r="B1213" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1214" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1214" s="134">
+      <c r="A1214" s="130">
         <v>44062</v>
       </c>
-      <c r="B1214" s="135" t="s">
-        <v>214</v>
+      <c r="B1214" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1215" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1215" s="134">
+      <c r="A1215" s="130">
         <v>44063</v>
       </c>
-      <c r="B1215" s="135" t="s">
-        <v>214</v>
+      <c r="B1215" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1216" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1216" s="134">
+      <c r="A1216" s="130">
         <v>44064</v>
       </c>
-      <c r="B1216" s="135" t="s">
-        <v>214</v>
+      <c r="B1216" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1217" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1217" s="134">
+      <c r="A1217" s="130">
         <v>44067</v>
       </c>
-      <c r="B1217" s="135" t="s">
-        <v>214</v>
+      <c r="B1217" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1218" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1218" s="134">
+      <c r="A1218" s="130">
         <v>44068</v>
       </c>
-      <c r="B1218" s="135" t="s">
-        <v>214</v>
+      <c r="B1218" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1219" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1219" s="134">
+      <c r="A1219" s="130">
         <v>44069</v>
       </c>
-      <c r="B1219" s="135" t="s">
-        <v>214</v>
+      <c r="B1219" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1220" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1220" s="134">
+      <c r="A1220" s="130">
         <v>44070</v>
       </c>
-      <c r="B1220" s="135" t="s">
-        <v>214</v>
+      <c r="B1220" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1221" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1221" s="134">
+      <c r="A1221" s="130">
         <v>44071</v>
       </c>
-      <c r="B1221" s="135" t="s">
-        <v>214</v>
+      <c r="B1221" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1222" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1222" s="134">
+      <c r="A1222" s="130">
         <v>44075</v>
       </c>
-      <c r="B1222" s="135" t="s">
-        <v>214</v>
+      <c r="B1222" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1223" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1223" s="134">
+      <c r="A1223" s="130">
         <v>44076</v>
       </c>
-      <c r="B1223" s="135" t="s">
-        <v>214</v>
+      <c r="B1223" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1224" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1224" s="134">
+      <c r="A1224" s="130">
         <v>44077</v>
       </c>
-      <c r="B1224" s="135" t="s">
-        <v>214</v>
+      <c r="B1224" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1225" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1225" s="134">
+      <c r="A1225" s="130">
         <v>44078</v>
       </c>
-      <c r="B1225" s="135" t="s">
-        <v>214</v>
+      <c r="B1225" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1226" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1226" s="134">
+      <c r="A1226" s="130">
         <v>44081</v>
       </c>
-      <c r="B1226" s="135" t="s">
-        <v>214</v>
+      <c r="B1226" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1227" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1227" s="134">
+      <c r="A1227" s="130">
         <v>44082</v>
       </c>
-      <c r="B1227" s="135" t="s">
-        <v>214</v>
+      <c r="B1227" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1228" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1228" s="134">
+      <c r="A1228" s="130">
         <v>44083</v>
       </c>
-      <c r="B1228" s="135" t="s">
-        <v>214</v>
+      <c r="B1228" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1229" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1229" s="134">
+      <c r="A1229" s="130">
         <v>44084</v>
       </c>
-      <c r="B1229" s="135" t="s">
-        <v>214</v>
+      <c r="B1229" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1230" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1230" s="134">
+      <c r="A1230" s="130">
         <v>44085</v>
       </c>
-      <c r="B1230" s="135" t="s">
-        <v>214</v>
+      <c r="B1230" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1231" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1231" s="134">
+      <c r="A1231" s="130">
         <v>44088</v>
       </c>
-      <c r="B1231" s="135" t="s">
-        <v>214</v>
+      <c r="B1231" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1232" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1232" s="134">
+      <c r="A1232" s="130">
         <v>44089</v>
       </c>
-      <c r="B1232" s="135" t="s">
-        <v>214</v>
+      <c r="B1232" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1233" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1233" s="134">
+      <c r="A1233" s="130">
         <v>44090</v>
       </c>
-      <c r="B1233" s="135" t="s">
-        <v>214</v>
+      <c r="B1233" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1234" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1234" s="134">
+      <c r="A1234" s="130">
         <v>44091</v>
       </c>
-      <c r="B1234" s="135" t="s">
-        <v>214</v>
+      <c r="B1234" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1235" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1235" s="134">
+      <c r="A1235" s="130">
         <v>44092</v>
       </c>
-      <c r="B1235" s="135" t="s">
-        <v>214</v>
+      <c r="B1235" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1236" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1236" s="134">
+      <c r="A1236" s="130">
         <v>44095</v>
       </c>
-      <c r="B1236" s="135" t="s">
-        <v>214</v>
+      <c r="B1236" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1237" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1237" s="134">
+      <c r="A1237" s="130">
         <v>44096</v>
       </c>
-      <c r="B1237" s="135" t="s">
-        <v>214</v>
+      <c r="B1237" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1238" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1238" s="134">
+      <c r="A1238" s="130">
         <v>44097</v>
       </c>
-      <c r="B1238" s="135" t="s">
-        <v>214</v>
+      <c r="B1238" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1239" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1239" s="134">
+      <c r="A1239" s="130">
         <v>44098</v>
       </c>
-      <c r="B1239" s="135" t="s">
-        <v>214</v>
+      <c r="B1239" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1240" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1240" s="134">
+      <c r="A1240" s="130">
         <v>44099</v>
       </c>
-      <c r="B1240" s="135" t="s">
-        <v>214</v>
+      <c r="B1240" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1241" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1241" s="134">
+      <c r="A1241" s="130">
         <v>44102</v>
       </c>
-      <c r="B1241" s="135" t="s">
-        <v>214</v>
+      <c r="B1241" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1242" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1242" s="134">
+      <c r="A1242" s="130">
         <v>44103</v>
       </c>
-      <c r="B1242" s="135" t="s">
-        <v>214</v>
+      <c r="B1242" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1243" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1243" s="134">
+      <c r="A1243" s="130">
         <v>44104</v>
       </c>
-      <c r="B1243" s="135" t="s">
-        <v>214</v>
+      <c r="B1243" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1244" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1244" s="134">
+      <c r="A1244" s="130">
         <v>44105</v>
       </c>
-      <c r="B1244" s="135" t="s">
-        <v>214</v>
+      <c r="B1244" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1245" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1245" s="134">
+      <c r="A1245" s="130">
         <v>44106</v>
       </c>
-      <c r="B1245" s="135" t="s">
-        <v>214</v>
+      <c r="B1245" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1246" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1246" s="134">
+      <c r="A1246" s="130">
         <v>44109</v>
       </c>
-      <c r="B1246" s="135" t="s">
-        <v>214</v>
+      <c r="B1246" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1247" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1247" s="134">
+      <c r="A1247" s="130">
         <v>44110</v>
       </c>
-      <c r="B1247" s="135" t="s">
-        <v>214</v>
+      <c r="B1247" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1248" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1248" s="134">
+      <c r="A1248" s="130">
         <v>44111</v>
       </c>
-      <c r="B1248" s="135" t="s">
-        <v>214</v>
+      <c r="B1248" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1249" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1249" s="134">
+      <c r="A1249" s="130">
         <v>44112</v>
       </c>
-      <c r="B1249" s="135" t="s">
-        <v>214</v>
+      <c r="B1249" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1250" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1250" s="134">
+      <c r="A1250" s="130">
         <v>44113</v>
       </c>
-      <c r="B1250" s="135" t="s">
-        <v>214</v>
+      <c r="B1250" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1251" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1251" s="134">
+      <c r="A1251" s="130">
         <v>44116</v>
       </c>
-      <c r="B1251" s="135" t="s">
-        <v>214</v>
+      <c r="B1251" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1252" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1252" s="134">
+      <c r="A1252" s="130">
         <v>44117</v>
       </c>
-      <c r="B1252" s="135" t="s">
-        <v>214</v>
+      <c r="B1252" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1253" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1253" s="134">
+      <c r="A1253" s="130">
         <v>44118</v>
       </c>
-      <c r="B1253" s="135" t="s">
-        <v>214</v>
+      <c r="B1253" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1254" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1254" s="134">
+      <c r="A1254" s="130">
         <v>44119</v>
       </c>
-      <c r="B1254" s="135" t="s">
-        <v>214</v>
+      <c r="B1254" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1255" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1255" s="134">
+      <c r="A1255" s="130">
         <v>44120</v>
       </c>
-      <c r="B1255" s="135" t="s">
-        <v>214</v>
+      <c r="B1255" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1256" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1256" s="134">
+      <c r="A1256" s="130">
         <v>44123</v>
       </c>
-      <c r="B1256" s="135" t="s">
-        <v>214</v>
+      <c r="B1256" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1257" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1257" s="134">
+      <c r="A1257" s="130">
         <v>44124</v>
       </c>
-      <c r="B1257" s="135" t="s">
-        <v>214</v>
+      <c r="B1257" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1258" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1258" s="134">
+      <c r="A1258" s="130">
         <v>44125</v>
       </c>
-      <c r="B1258" s="135" t="s">
-        <v>214</v>
+      <c r="B1258" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1259" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1259" s="134">
+      <c r="A1259" s="130">
         <v>44126</v>
       </c>
-      <c r="B1259" s="135" t="s">
-        <v>214</v>
+      <c r="B1259" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1260" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1260" s="134">
+      <c r="A1260" s="130">
         <v>44127</v>
       </c>
-      <c r="B1260" s="135" t="s">
-        <v>214</v>
+      <c r="B1260" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1261" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1261" s="134">
+      <c r="A1261" s="130">
         <v>44130</v>
       </c>
-      <c r="B1261" s="135" t="s">
-        <v>214</v>
+      <c r="B1261" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1262" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1262" s="134">
+      <c r="A1262" s="130">
         <v>44131</v>
       </c>
-      <c r="B1262" s="135" t="s">
-        <v>214</v>
+      <c r="B1262" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1263" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1263" s="134">
+      <c r="A1263" s="130">
         <v>44132</v>
       </c>
-      <c r="B1263" s="135" t="s">
-        <v>214</v>
+      <c r="B1263" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1264" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1264" s="134">
+      <c r="A1264" s="130">
         <v>44133</v>
       </c>
-      <c r="B1264" s="135" t="s">
-        <v>214</v>
+      <c r="B1264" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1265" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1265" s="134">
+      <c r="A1265" s="130">
         <v>44134</v>
       </c>
-      <c r="B1265" s="135" t="s">
-        <v>214</v>
+      <c r="B1265" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1266" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1266" s="134">
+      <c r="A1266" s="130">
         <v>44137</v>
       </c>
-      <c r="B1266" s="135" t="s">
-        <v>214</v>
+      <c r="B1266" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1267" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1267" s="134">
+      <c r="A1267" s="130">
         <v>44138</v>
       </c>
-      <c r="B1267" s="135" t="s">
-        <v>214</v>
+      <c r="B1267" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1268" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1268" s="134">
+      <c r="A1268" s="130">
         <v>44139</v>
       </c>
-      <c r="B1268" s="135" t="s">
-        <v>214</v>
+      <c r="B1268" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1269" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1269" s="134">
+      <c r="A1269" s="130">
         <v>44140</v>
       </c>
-      <c r="B1269" s="135" t="s">
-        <v>214</v>
+      <c r="B1269" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1270" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1270" s="134">
+      <c r="A1270" s="130">
         <v>44141</v>
       </c>
-      <c r="B1270" s="135" t="s">
-        <v>214</v>
+      <c r="B1270" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1271" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1271" s="134">
+      <c r="A1271" s="130">
         <v>44144</v>
       </c>
-      <c r="B1271" s="135" t="s">
-        <v>214</v>
+      <c r="B1271" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1272" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1272" s="134">
+      <c r="A1272" s="130">
         <v>44145</v>
       </c>
-      <c r="B1272" s="135" t="s">
-        <v>214</v>
+      <c r="B1272" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1273" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1273" s="134">
+      <c r="A1273" s="130">
         <v>44146</v>
       </c>
-      <c r="B1273" s="135" t="s">
-        <v>214</v>
+      <c r="B1273" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1274" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1274" s="134">
+      <c r="A1274" s="130">
         <v>44147</v>
       </c>
-      <c r="B1274" s="135" t="s">
-        <v>214</v>
+      <c r="B1274" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1275" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1275" s="134">
+      <c r="A1275" s="130">
         <v>44148</v>
       </c>
-      <c r="B1275" s="135" t="s">
-        <v>214</v>
+      <c r="B1275" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1276" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1276" s="134">
+      <c r="A1276" s="130">
         <v>44151</v>
       </c>
-      <c r="B1276" s="135" t="s">
-        <v>214</v>
+      <c r="B1276" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1277" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1277" s="134">
+      <c r="A1277" s="130">
         <v>44152</v>
       </c>
-      <c r="B1277" s="135" t="s">
-        <v>214</v>
+      <c r="B1277" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1278" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1278" s="134">
+      <c r="A1278" s="130">
         <v>44153</v>
       </c>
-      <c r="B1278" s="135" t="s">
-        <v>214</v>
+      <c r="B1278" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1279" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1279" s="134">
+      <c r="A1279" s="130">
         <v>44154</v>
       </c>
-      <c r="B1279" s="135" t="s">
-        <v>214</v>
+      <c r="B1279" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1280" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1280" s="134">
+      <c r="A1280" s="130">
         <v>44155</v>
       </c>
-      <c r="B1280" s="135" t="s">
-        <v>214</v>
+      <c r="B1280" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1281" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1281" s="134">
+      <c r="A1281" s="130">
         <v>44158</v>
       </c>
-      <c r="B1281" s="135" t="s">
-        <v>214</v>
+      <c r="B1281" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1282" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1282" s="134">
+      <c r="A1282" s="130">
         <v>44159</v>
       </c>
-      <c r="B1282" s="135" t="s">
-        <v>214</v>
+      <c r="B1282" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1283" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1283" s="134">
+      <c r="A1283" s="130">
         <v>44160</v>
       </c>
-      <c r="B1283" s="135" t="s">
-        <v>214</v>
+      <c r="B1283" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1284" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1284" s="134">
+      <c r="A1284" s="130">
         <v>44161</v>
       </c>
-      <c r="B1284" s="135" t="s">
-        <v>214</v>
+      <c r="B1284" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1285" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1285" s="134">
+      <c r="A1285" s="130">
         <v>44162</v>
       </c>
-      <c r="B1285" s="135" t="s">
-        <v>214</v>
+      <c r="B1285" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1286" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1286" s="134">
+      <c r="A1286" s="130">
         <v>44165</v>
       </c>
-      <c r="B1286" s="135" t="s">
-        <v>214</v>
+      <c r="B1286" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1287" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1287" s="134">
+      <c r="A1287" s="130">
         <v>44166</v>
       </c>
-      <c r="B1287" s="135" t="s">
-        <v>214</v>
+      <c r="B1287" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1288" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1288" s="134">
+      <c r="A1288" s="130">
         <v>44167</v>
       </c>
-      <c r="B1288" s="135" t="s">
-        <v>214</v>
+      <c r="B1288" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1289" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1289" s="134">
+      <c r="A1289" s="130">
         <v>44168</v>
       </c>
-      <c r="B1289" s="135" t="s">
-        <v>214</v>
+      <c r="B1289" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1290" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1290" s="134">
+      <c r="A1290" s="130">
         <v>44169</v>
       </c>
-      <c r="B1290" s="135" t="s">
-        <v>214</v>
+      <c r="B1290" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1291" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1291" s="134">
+      <c r="A1291" s="130">
         <v>44172</v>
       </c>
-      <c r="B1291" s="135" t="s">
-        <v>214</v>
+      <c r="B1291" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1292" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1292" s="134">
+      <c r="A1292" s="130">
         <v>44173</v>
       </c>
-      <c r="B1292" s="135" t="s">
-        <v>214</v>
+      <c r="B1292" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1293" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1293" s="134">
+      <c r="A1293" s="130">
         <v>44174</v>
       </c>
-      <c r="B1293" s="135" t="s">
-        <v>214</v>
+      <c r="B1293" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1294" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1294" s="134">
+      <c r="A1294" s="130">
         <v>44175</v>
       </c>
-      <c r="B1294" s="135" t="s">
-        <v>214</v>
+      <c r="B1294" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1295" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1295" s="134">
+      <c r="A1295" s="130">
         <v>44176</v>
       </c>
-      <c r="B1295" s="135" t="s">
-        <v>214</v>
+      <c r="B1295" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1296" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1296" s="134">
+      <c r="A1296" s="130">
         <v>44179</v>
       </c>
-      <c r="B1296" s="135" t="s">
-        <v>214</v>
+      <c r="B1296" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1297" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1297" s="134">
+      <c r="A1297" s="130">
         <v>44180</v>
       </c>
-      <c r="B1297" s="135" t="s">
-        <v>214</v>
+      <c r="B1297" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1298" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1298" s="134">
+      <c r="A1298" s="130">
         <v>44181</v>
       </c>
-      <c r="B1298" s="135" t="s">
-        <v>214</v>
+      <c r="B1298" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1299" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1299" s="134">
+      <c r="A1299" s="130">
         <v>44182</v>
       </c>
-      <c r="B1299" s="135" t="s">
-        <v>214</v>
+      <c r="B1299" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1300" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1300" s="134">
+      <c r="A1300" s="130">
         <v>44183</v>
       </c>
-      <c r="B1300" s="135" t="s">
-        <v>214</v>
+      <c r="B1300" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1301" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1301" s="134">
+      <c r="A1301" s="130">
         <v>44186</v>
       </c>
-      <c r="B1301" s="135" t="s">
-        <v>214</v>
+      <c r="B1301" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1302" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1302" s="134">
+      <c r="A1302" s="130">
         <v>44187</v>
       </c>
-      <c r="B1302" s="135" t="s">
-        <v>214</v>
+      <c r="B1302" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1303" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1303" s="134">
+      <c r="A1303" s="130">
         <v>44188</v>
       </c>
-      <c r="B1303" s="135" t="s">
-        <v>214</v>
+      <c r="B1303" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1304" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1304" s="134">
+      <c r="A1304" s="130">
         <v>44189</v>
       </c>
-      <c r="B1304" s="135" t="s">
-        <v>214</v>
+      <c r="B1304" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1305" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1305" s="134">
+      <c r="A1305" s="130">
         <v>44194</v>
       </c>
-      <c r="B1305" s="135" t="s">
-        <v>214</v>
+      <c r="B1305" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1306" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1306" s="134">
+      <c r="A1306" s="130">
         <v>44195</v>
       </c>
-      <c r="B1306" s="135" t="s">
-        <v>214</v>
+      <c r="B1306" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1307" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1307" s="134">
+      <c r="A1307" s="130">
         <v>44196</v>
       </c>
-      <c r="B1307" s="135" t="s">
-        <v>214</v>
+      <c r="B1307" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1308" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1308" s="134">
+      <c r="A1308" s="130">
         <v>44200</v>
       </c>
-      <c r="B1308" s="135" t="s">
-        <v>214</v>
+      <c r="B1308" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1309" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1309" s="134">
+      <c r="A1309" s="130">
         <v>44201</v>
       </c>
-      <c r="B1309" s="135" t="s">
-        <v>214</v>
+      <c r="B1309" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1310" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1310" s="134">
+      <c r="A1310" s="130">
         <v>44202</v>
       </c>
-      <c r="B1310" s="135" t="s">
-        <v>214</v>
+      <c r="B1310" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1311" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1311" s="134">
+      <c r="A1311" s="130">
         <v>44203</v>
       </c>
-      <c r="B1311" s="135" t="s">
-        <v>214</v>
+      <c r="B1311" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1312" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1312" s="134">
+      <c r="A1312" s="130">
         <v>44204</v>
       </c>
-      <c r="B1312" s="135" t="s">
-        <v>214</v>
+      <c r="B1312" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1313" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1313" s="134">
+      <c r="A1313" s="130">
         <v>44207</v>
       </c>
-      <c r="B1313" s="135" t="s">
-        <v>214</v>
+      <c r="B1313" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1314" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1314" s="134">
+      <c r="A1314" s="130">
         <v>44208</v>
       </c>
-      <c r="B1314" s="135" t="s">
-        <v>214</v>
+      <c r="B1314" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1315" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1315" s="134">
+      <c r="A1315" s="130">
         <v>44209</v>
       </c>
-      <c r="B1315" s="135" t="s">
-        <v>214</v>
+      <c r="B1315" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1316" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1316" s="134">
+      <c r="A1316" s="130">
         <v>44210</v>
       </c>
-      <c r="B1316" s="135" t="s">
-        <v>214</v>
+      <c r="B1316" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1317" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1317" s="134">
+      <c r="A1317" s="130">
         <v>44211</v>
       </c>
-      <c r="B1317" s="135" t="s">
-        <v>214</v>
+      <c r="B1317" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1318" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1318" s="134">
+      <c r="A1318" s="130">
         <v>44214</v>
       </c>
-      <c r="B1318" s="135" t="s">
-        <v>214</v>
+      <c r="B1318" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1319" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1319" s="134">
+      <c r="A1319" s="130">
         <v>44215</v>
       </c>
-      <c r="B1319" s="135" t="s">
-        <v>214</v>
+      <c r="B1319" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1320" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1320" s="134">
+      <c r="A1320" s="130">
         <v>44216</v>
       </c>
-      <c r="B1320" s="135" t="s">
-        <v>214</v>
+      <c r="B1320" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1321" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1321" s="134">
+      <c r="A1321" s="130">
         <v>44217</v>
       </c>
-      <c r="B1321" s="135" t="s">
-        <v>214</v>
+      <c r="B1321" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1322" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1322" s="134">
+      <c r="A1322" s="130">
         <v>44218</v>
       </c>
-      <c r="B1322" s="135" t="s">
-        <v>214</v>
+      <c r="B1322" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1323" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1323" s="134">
+      <c r="A1323" s="130">
         <v>44221</v>
       </c>
-      <c r="B1323" s="135" t="s">
-        <v>214</v>
+      <c r="B1323" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1324" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1324" s="134">
+      <c r="A1324" s="130">
         <v>44222</v>
       </c>
-      <c r="B1324" s="135" t="s">
-        <v>214</v>
+      <c r="B1324" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1325" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1325" s="134">
+      <c r="A1325" s="130">
         <v>44223</v>
       </c>
-      <c r="B1325" s="135" t="s">
-        <v>214</v>
+      <c r="B1325" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1326" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1326" s="134">
+      <c r="A1326" s="130">
         <v>44224</v>
       </c>
-      <c r="B1326" s="135" t="s">
-        <v>214</v>
+      <c r="B1326" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1327" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1327" s="134">
+      <c r="A1327" s="130">
         <v>44225</v>
       </c>
-      <c r="B1327" s="135" t="s">
-        <v>214</v>
+      <c r="B1327" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1328" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1328" s="134">
+      <c r="A1328" s="130">
         <v>44228</v>
       </c>
-      <c r="B1328" s="135" t="s">
-        <v>214</v>
+      <c r="B1328" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1329" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1329" s="134">
+      <c r="A1329" s="130">
         <v>44229</v>
       </c>
-      <c r="B1329" s="135" t="s">
-        <v>214</v>
+      <c r="B1329" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1330" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1330" s="134">
+      <c r="A1330" s="130">
         <v>44230</v>
       </c>
-      <c r="B1330" s="135" t="s">
-        <v>214</v>
+      <c r="B1330" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1331" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1331" s="134">
+      <c r="A1331" s="130">
         <v>44231</v>
       </c>
-      <c r="B1331" s="135" t="s">
-        <v>214</v>
+      <c r="B1331" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1332" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1332" s="134">
+      <c r="A1332" s="130">
         <v>44232</v>
       </c>
-      <c r="B1332" s="135" t="s">
-        <v>214</v>
+      <c r="B1332" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1333" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1333" s="134">
+      <c r="A1333" s="130">
         <v>44235</v>
       </c>
-      <c r="B1333" s="135" t="s">
-        <v>214</v>
+      <c r="B1333" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1334" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1334" s="134">
+      <c r="A1334" s="130">
         <v>44236</v>
       </c>
-      <c r="B1334" s="135" t="s">
-        <v>214</v>
+      <c r="B1334" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1335" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1335" s="134">
+      <c r="A1335" s="130">
         <v>44237</v>
       </c>
-      <c r="B1335" s="135" t="s">
-        <v>214</v>
+      <c r="B1335" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1336" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1336" s="134">
+      <c r="A1336" s="130">
         <v>44238</v>
       </c>
-      <c r="B1336" s="135" t="s">
-        <v>214</v>
+      <c r="B1336" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1337" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1337" s="134">
+      <c r="A1337" s="130">
         <v>44239</v>
       </c>
-      <c r="B1337" s="135" t="s">
-        <v>214</v>
+      <c r="B1337" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1338" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1338" s="134">
+      <c r="A1338" s="130">
         <v>44242</v>
       </c>
-      <c r="B1338" s="135" t="s">
-        <v>214</v>
+      <c r="B1338" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1339" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1339" s="134">
+      <c r="A1339" s="130">
         <v>44243</v>
       </c>
-      <c r="B1339" s="135" t="s">
-        <v>214</v>
+      <c r="B1339" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1340" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1340" s="134">
+      <c r="A1340" s="130">
         <v>44244</v>
       </c>
-      <c r="B1340" s="135" t="s">
-        <v>214</v>
+      <c r="B1340" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1341" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1341" s="134">
+      <c r="A1341" s="130">
         <v>44245</v>
       </c>
-      <c r="B1341" s="135" t="s">
-        <v>214</v>
+      <c r="B1341" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1342" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1342" s="134">
+      <c r="A1342" s="130">
         <v>44246</v>
       </c>
-      <c r="B1342" s="135" t="s">
-        <v>214</v>
+      <c r="B1342" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1343" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1343" s="134">
+      <c r="A1343" s="130">
         <v>44249</v>
       </c>
-      <c r="B1343" s="135" t="s">
-        <v>214</v>
+      <c r="B1343" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1344" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1344" s="134">
+      <c r="A1344" s="130">
         <v>44250</v>
       </c>
-      <c r="B1344" s="135" t="s">
-        <v>214</v>
+      <c r="B1344" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1345" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1345" s="134">
+      <c r="A1345" s="130">
         <v>44251</v>
       </c>
-      <c r="B1345" s="135" t="s">
-        <v>214</v>
+      <c r="B1345" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1346" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1346" s="134">
+      <c r="A1346" s="130">
         <v>44252</v>
       </c>
-      <c r="B1346" s="135" t="s">
-        <v>214</v>
+      <c r="B1346" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1347" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1347" s="134">
+      <c r="A1347" s="130">
         <v>44253</v>
       </c>
-      <c r="B1347" s="135" t="s">
-        <v>214</v>
+      <c r="B1347" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1348" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1348" s="134">
+      <c r="A1348" s="130">
         <v>44256</v>
       </c>
-      <c r="B1348" s="135" t="s">
-        <v>214</v>
+      <c r="B1348" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1349" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1349" s="134">
+      <c r="A1349" s="130">
         <v>44257</v>
       </c>
-      <c r="B1349" s="135" t="s">
-        <v>214</v>
+      <c r="B1349" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1350" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1350" s="134">
+      <c r="A1350" s="130">
         <v>44258</v>
       </c>
-      <c r="B1350" s="135" t="s">
-        <v>214</v>
+      <c r="B1350" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1351" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1351" s="134">
+      <c r="A1351" s="130">
         <v>44259</v>
       </c>
-      <c r="B1351" s="135" t="s">
-        <v>214</v>
+      <c r="B1351" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1352" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1352" s="134">
+      <c r="A1352" s="130">
         <v>44260</v>
       </c>
-      <c r="B1352" s="135" t="s">
-        <v>214</v>
+      <c r="B1352" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1353" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1353" s="134">
+      <c r="A1353" s="130">
         <v>44263</v>
       </c>
-      <c r="B1353" s="135" t="s">
-        <v>214</v>
+      <c r="B1353" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1354" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1354" s="134">
+      <c r="A1354" s="130">
         <v>44264</v>
       </c>
-      <c r="B1354" s="135" t="s">
-        <v>214</v>
+      <c r="B1354" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1355" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1355" s="134">
+      <c r="A1355" s="130">
         <v>44265</v>
       </c>
-      <c r="B1355" s="135" t="s">
-        <v>214</v>
+      <c r="B1355" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1356" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1356" s="134">
+      <c r="A1356" s="130">
         <v>44266</v>
       </c>
-      <c r="B1356" s="135" t="s">
-        <v>214</v>
+      <c r="B1356" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1357" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1357" s="134">
+      <c r="A1357" s="130">
         <v>44267</v>
       </c>
-      <c r="B1357" s="135" t="s">
-        <v>214</v>
+      <c r="B1357" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1358" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1358" s="134">
+      <c r="A1358" s="130">
         <v>44270</v>
       </c>
-      <c r="B1358" s="135" t="s">
-        <v>214</v>
+      <c r="B1358" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1359" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1359" s="134">
+      <c r="A1359" s="130">
         <v>44271</v>
       </c>
-      <c r="B1359" s="135" t="s">
-        <v>214</v>
+      <c r="B1359" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1360" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1360" s="134">
+      <c r="A1360" s="130">
         <v>44272</v>
       </c>
-      <c r="B1360" s="135" t="s">
-        <v>214</v>
+      <c r="B1360" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1361" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1361" s="134">
+      <c r="A1361" s="130">
         <v>44273</v>
       </c>
-      <c r="B1361" s="135" t="s">
-        <v>214</v>
+      <c r="B1361" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1362" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1362" s="134">
+      <c r="A1362" s="130">
         <v>44274</v>
       </c>
-      <c r="B1362" s="135" t="s">
-        <v>214</v>
+      <c r="B1362" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1363" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1363" s="134">
+      <c r="A1363" s="130">
         <v>44277</v>
       </c>
-      <c r="B1363" s="135" t="s">
-        <v>214</v>
+      <c r="B1363" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1364" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1364" s="134">
+      <c r="A1364" s="130">
         <v>44278</v>
       </c>
-      <c r="B1364" s="135" t="s">
-        <v>214</v>
+      <c r="B1364" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1365" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1365" s="134">
+      <c r="A1365" s="130">
         <v>44279</v>
       </c>
-      <c r="B1365" s="135" t="s">
-        <v>214</v>
+      <c r="B1365" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1366" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1366" s="134">
+      <c r="A1366" s="130">
         <v>44280</v>
       </c>
-      <c r="B1366" s="135" t="s">
-        <v>214</v>
+      <c r="B1366" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1367" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1367" s="134">
+      <c r="A1367" s="130">
         <v>44281</v>
       </c>
-      <c r="B1367" s="135" t="s">
-        <v>214</v>
+      <c r="B1367" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1368" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1368" s="134">
+      <c r="A1368" s="130">
         <v>44284</v>
       </c>
-      <c r="B1368" s="135" t="s">
-        <v>214</v>
+      <c r="B1368" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1369" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1369" s="134">
+      <c r="A1369" s="130">
         <v>44285</v>
       </c>
-      <c r="B1369" s="135" t="s">
-        <v>214</v>
+      <c r="B1369" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1370" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1370" s="134">
+      <c r="A1370" s="130">
         <v>44286</v>
       </c>
-      <c r="B1370" s="135" t="s">
-        <v>214</v>
+      <c r="B1370" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1371" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1371" s="134">
+      <c r="A1371" s="130">
         <v>44287</v>
       </c>
-      <c r="B1371" s="135" t="s">
-        <v>214</v>
+      <c r="B1371" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1372" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1372" s="134">
+      <c r="A1372" s="130">
         <v>44292</v>
       </c>
-      <c r="B1372" s="135" t="s">
-        <v>214</v>
+      <c r="B1372" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1373" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1373" s="134">
+      <c r="A1373" s="130">
         <v>44293</v>
       </c>
-      <c r="B1373" s="135" t="s">
-        <v>214</v>
+      <c r="B1373" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1374" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1374" s="134">
+      <c r="A1374" s="130">
         <v>44294</v>
       </c>
-      <c r="B1374" s="135" t="s">
-        <v>214</v>
+      <c r="B1374" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1375" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1375" s="134">
+      <c r="A1375" s="130">
         <v>44295</v>
       </c>
-      <c r="B1375" s="135" t="s">
-        <v>214</v>
+      <c r="B1375" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1376" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1376" s="134">
+      <c r="A1376" s="130">
         <v>44298</v>
       </c>
-      <c r="B1376" s="135" t="s">
-        <v>214</v>
+      <c r="B1376" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1377" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1377" s="134">
+      <c r="A1377" s="130">
         <v>44299</v>
       </c>
-      <c r="B1377" s="135" t="s">
-        <v>214</v>
+      <c r="B1377" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1378" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1378" s="134">
+      <c r="A1378" s="130">
         <v>44300</v>
       </c>
-      <c r="B1378" s="135" t="s">
-        <v>214</v>
+      <c r="B1378" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1379" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1379" s="134">
+      <c r="A1379" s="130">
         <v>44301</v>
       </c>
-      <c r="B1379" s="135" t="s">
-        <v>214</v>
+      <c r="B1379" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1380" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1380" s="134">
+      <c r="A1380" s="130">
         <v>44302</v>
       </c>
-      <c r="B1380" s="135" t="s">
-        <v>214</v>
+      <c r="B1380" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1381" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1381" s="134">
+      <c r="A1381" s="130">
         <v>44305</v>
       </c>
-      <c r="B1381" s="135" t="s">
-        <v>214</v>
+      <c r="B1381" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1382" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1382" s="134">
+      <c r="A1382" s="130">
         <v>44306</v>
       </c>
-      <c r="B1382" s="135" t="s">
-        <v>214</v>
+      <c r="B1382" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1383" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1383" s="134">
+      <c r="A1383" s="130">
         <v>44307</v>
       </c>
-      <c r="B1383" s="135" t="s">
-        <v>214</v>
+      <c r="B1383" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1384" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1384" s="134">
+      <c r="A1384" s="130">
         <v>44308</v>
       </c>
-      <c r="B1384" s="135" t="s">
-        <v>214</v>
+      <c r="B1384" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1385" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1385" s="134">
+      <c r="A1385" s="130">
         <v>44309</v>
       </c>
-      <c r="B1385" s="135" t="s">
-        <v>214</v>
+      <c r="B1385" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1386" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1386" s="134">
+      <c r="A1386" s="130">
         <v>44312</v>
       </c>
-      <c r="B1386" s="135" t="s">
-        <v>214</v>
+      <c r="B1386" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1387" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1387" s="134">
+      <c r="A1387" s="130">
         <v>44313</v>
       </c>
-      <c r="B1387" s="135" t="s">
-        <v>214</v>
+      <c r="B1387" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1388" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1388" s="134">
+      <c r="A1388" s="130">
         <v>44314</v>
       </c>
-      <c r="B1388" s="135" t="s">
-        <v>214</v>
+      <c r="B1388" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1389" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1389" s="134">
+      <c r="A1389" s="130">
         <v>44315</v>
       </c>
-      <c r="B1389" s="135" t="s">
-        <v>214</v>
+      <c r="B1389" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1390" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1390" s="134">
+      <c r="A1390" s="130">
         <v>44316</v>
       </c>
-      <c r="B1390" s="135" t="s">
-        <v>214</v>
+      <c r="B1390" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1391" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1391" s="134">
+      <c r="A1391" s="130">
         <v>44320</v>
       </c>
-      <c r="B1391" s="135" t="s">
-        <v>214</v>
+      <c r="B1391" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1392" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1392" s="134">
+      <c r="A1392" s="130">
         <v>44321</v>
       </c>
-      <c r="B1392" s="135" t="s">
-        <v>214</v>
+      <c r="B1392" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1393" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1393" s="134">
+      <c r="A1393" s="130">
         <v>44322</v>
       </c>
-      <c r="B1393" s="135" t="s">
-        <v>214</v>
+      <c r="B1393" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1394" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1394" s="134">
+      <c r="A1394" s="130">
         <v>44323</v>
       </c>
-      <c r="B1394" s="135" t="s">
-        <v>214</v>
+      <c r="B1394" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1395" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1395" s="134">
+      <c r="A1395" s="130">
         <v>44326</v>
       </c>
-      <c r="B1395" s="135" t="s">
-        <v>214</v>
+      <c r="B1395" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1396" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1396" s="134">
+      <c r="A1396" s="130">
         <v>44327</v>
       </c>
-      <c r="B1396" s="135" t="s">
-        <v>214</v>
+      <c r="B1396" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1397" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1397" s="134">
+      <c r="A1397" s="130">
         <v>44328</v>
       </c>
-      <c r="B1397" s="135" t="s">
-        <v>214</v>
+      <c r="B1397" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1398" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1398" s="134">
+      <c r="A1398" s="130">
         <v>44329</v>
       </c>
-      <c r="B1398" s="135" t="s">
-        <v>214</v>
+      <c r="B1398" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1399" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1399" s="134">
+      <c r="A1399" s="130">
         <v>44330</v>
       </c>
-      <c r="B1399" s="135" t="s">
-        <v>214</v>
+      <c r="B1399" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1400" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1400" s="134">
+      <c r="A1400" s="130">
         <v>44333</v>
       </c>
-      <c r="B1400" s="135" t="s">
-        <v>214</v>
+      <c r="B1400" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1401" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1401" s="134">
+      <c r="A1401" s="130">
         <v>44334</v>
       </c>
-      <c r="B1401" s="135" t="s">
-        <v>214</v>
+      <c r="B1401" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1402" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1402" s="134">
+      <c r="A1402" s="130">
         <v>44335</v>
       </c>
-      <c r="B1402" s="135" t="s">
-        <v>214</v>
+      <c r="B1402" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1403" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1403" s="134">
+      <c r="A1403" s="130">
         <v>44336</v>
       </c>
-      <c r="B1403" s="135" t="s">
-        <v>214</v>
+      <c r="B1403" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1404" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1404" s="134">
+      <c r="A1404" s="130">
         <v>44337</v>
       </c>
-      <c r="B1404" s="135" t="s">
-        <v>214</v>
+      <c r="B1404" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1405" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1405" s="134">
+      <c r="A1405" s="130">
         <v>44340</v>
       </c>
-      <c r="B1405" s="135" t="s">
-        <v>214</v>
+      <c r="B1405" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1406" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1406" s="134">
+      <c r="A1406" s="130">
         <v>44341</v>
       </c>
-      <c r="B1406" s="135" t="s">
-        <v>214</v>
+      <c r="B1406" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1407" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1407" s="134">
+      <c r="A1407" s="130">
         <v>44342</v>
       </c>
-      <c r="B1407" s="135" t="s">
-        <v>214</v>
+      <c r="B1407" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1408" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1408" s="134">
+      <c r="A1408" s="130">
         <v>44343</v>
       </c>
-      <c r="B1408" s="135" t="s">
-        <v>214</v>
+      <c r="B1408" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1409" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1409" s="134">
+      <c r="A1409" s="130">
         <v>44344</v>
       </c>
-      <c r="B1409" s="135" t="s">
-        <v>214</v>
+      <c r="B1409" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1410" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1410" s="134">
+      <c r="A1410" s="130">
         <v>44348</v>
       </c>
-      <c r="B1410" s="135" t="s">
-        <v>214</v>
+      <c r="B1410" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1411" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1411" s="134">
+      <c r="A1411" s="130">
         <v>44349</v>
       </c>
-      <c r="B1411" s="135" t="s">
-        <v>214</v>
+      <c r="B1411" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1412" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1412" s="134">
+      <c r="A1412" s="130">
         <v>44350</v>
       </c>
-      <c r="B1412" s="135" t="s">
-        <v>214</v>
+      <c r="B1412" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1413" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1413" s="134">
+      <c r="A1413" s="130">
         <v>44351</v>
       </c>
-      <c r="B1413" s="135" t="s">
-        <v>214</v>
+      <c r="B1413" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1414" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1414" s="134">
+      <c r="A1414" s="130">
         <v>44354</v>
       </c>
-      <c r="B1414" s="135" t="s">
-        <v>214</v>
+      <c r="B1414" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1415" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1415" s="134">
+      <c r="A1415" s="130">
         <v>44355</v>
       </c>
-      <c r="B1415" s="135" t="s">
-        <v>214</v>
+      <c r="B1415" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1416" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1416" s="134">
+      <c r="A1416" s="130">
         <v>44356</v>
       </c>
-      <c r="B1416" s="135" t="s">
-        <v>214</v>
+      <c r="B1416" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1417" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1417" s="134">
+      <c r="A1417" s="130">
         <v>44357</v>
       </c>
-      <c r="B1417" s="135" t="s">
-        <v>214</v>
+      <c r="B1417" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1418" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1418" s="134">
+      <c r="A1418" s="130">
         <v>44358</v>
       </c>
-      <c r="B1418" s="135" t="s">
-        <v>214</v>
+      <c r="B1418" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1419" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1419" s="134">
+      <c r="A1419" s="130">
         <v>44361</v>
       </c>
-      <c r="B1419" s="135" t="s">
-        <v>214</v>
+      <c r="B1419" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1420" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1420" s="134">
+      <c r="A1420" s="130">
         <v>44362</v>
       </c>
-      <c r="B1420" s="135" t="s">
-        <v>214</v>
+      <c r="B1420" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1421" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1421" s="134">
+      <c r="A1421" s="130">
         <v>44363</v>
       </c>
-      <c r="B1421" s="135" t="s">
-        <v>214</v>
+      <c r="B1421" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1422" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1422" s="134">
+      <c r="A1422" s="130">
         <v>44364</v>
       </c>
-      <c r="B1422" s="135" t="s">
-        <v>214</v>
+      <c r="B1422" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1423" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1423" s="134">
+      <c r="A1423" s="130">
         <v>44365</v>
       </c>
-      <c r="B1423" s="135" t="s">
-        <v>214</v>
+      <c r="B1423" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1424" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1424" s="134">
+      <c r="A1424" s="130">
         <v>44368</v>
       </c>
-      <c r="B1424" s="135" t="s">
-        <v>214</v>
+      <c r="B1424" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1425" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1425" s="134">
+      <c r="A1425" s="130">
         <v>44369</v>
       </c>
-      <c r="B1425" s="135" t="s">
-        <v>214</v>
+      <c r="B1425" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1426" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1426" s="134">
+      <c r="A1426" s="130">
         <v>44370</v>
       </c>
-      <c r="B1426" s="135" t="s">
-        <v>214</v>
+      <c r="B1426" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1427" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1427" s="134">
+      <c r="A1427" s="130">
         <v>44371</v>
       </c>
-      <c r="B1427" s="135" t="s">
-        <v>214</v>
+      <c r="B1427" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1428" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1428" s="134">
+      <c r="A1428" s="130">
         <v>44372</v>
       </c>
-      <c r="B1428" s="135" t="s">
-        <v>214</v>
+      <c r="B1428" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1429" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1429" s="134">
+      <c r="A1429" s="130">
         <v>44375</v>
       </c>
-      <c r="B1429" s="135" t="s">
-        <v>214</v>
+      <c r="B1429" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1430" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1430" s="134">
+      <c r="A1430" s="130">
         <v>44376</v>
       </c>
-      <c r="B1430" s="135" t="s">
-        <v>214</v>
+      <c r="B1430" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1431" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1431" s="134">
+      <c r="A1431" s="130">
         <v>44377</v>
       </c>
-      <c r="B1431" s="135" t="s">
-        <v>214</v>
+      <c r="B1431" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1432" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1432" s="134">
+      <c r="A1432" s="130">
         <v>44378</v>
       </c>
-      <c r="B1432" s="135" t="s">
-        <v>214</v>
+      <c r="B1432" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1433" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1433" s="134">
+      <c r="A1433" s="130">
         <v>44379</v>
       </c>
-      <c r="B1433" s="135" t="s">
-        <v>214</v>
+      <c r="B1433" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1434" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1434" s="134">
+      <c r="A1434" s="130">
         <v>44382</v>
       </c>
-      <c r="B1434" s="135" t="s">
-        <v>214</v>
+      <c r="B1434" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1435" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1435" s="134">
+      <c r="A1435" s="130">
         <v>44383</v>
       </c>
-      <c r="B1435" s="135" t="s">
-        <v>214</v>
+      <c r="B1435" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1436" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1436" s="134">
+      <c r="A1436" s="130">
         <v>44384</v>
       </c>
-      <c r="B1436" s="135" t="s">
-        <v>214</v>
+      <c r="B1436" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1437" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1437" s="134">
+      <c r="A1437" s="130">
         <v>44385</v>
       </c>
-      <c r="B1437" s="135" t="s">
-        <v>214</v>
+      <c r="B1437" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1438" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1438" s="134">
+      <c r="A1438" s="130">
         <v>44386</v>
       </c>
-      <c r="B1438" s="135" t="s">
-        <v>214</v>
+      <c r="B1438" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1439" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1439" s="134">
+      <c r="A1439" s="130">
         <v>44389</v>
       </c>
-      <c r="B1439" s="135" t="s">
-        <v>214</v>
+      <c r="B1439" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1440" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1440" s="134">
+      <c r="A1440" s="130">
         <v>44390</v>
       </c>
-      <c r="B1440" s="135" t="s">
-        <v>214</v>
+      <c r="B1440" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1441" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1441" s="134">
+      <c r="A1441" s="130">
         <v>44391</v>
       </c>
-      <c r="B1441" s="135" t="s">
-        <v>214</v>
+      <c r="B1441" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1442" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1442" s="134">
+      <c r="A1442" s="130">
         <v>44392</v>
       </c>
-      <c r="B1442" s="135" t="s">
-        <v>214</v>
+      <c r="B1442" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1443" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1443" s="134">
+      <c r="A1443" s="130">
         <v>44393</v>
       </c>
-      <c r="B1443" s="135" t="s">
-        <v>214</v>
+      <c r="B1443" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1444" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1444" s="134">
+      <c r="A1444" s="130">
         <v>44396</v>
       </c>
-      <c r="B1444" s="135" t="s">
-        <v>214</v>
+      <c r="B1444" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1445" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1445" s="134">
+      <c r="A1445" s="130">
         <v>44397</v>
       </c>
-      <c r="B1445" s="135" t="s">
-        <v>214</v>
+      <c r="B1445" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1446" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1446" s="134">
+      <c r="A1446" s="130">
         <v>44398</v>
       </c>
-      <c r="B1446" s="135" t="s">
-        <v>214</v>
+      <c r="B1446" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1447" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1447" s="134">
+      <c r="A1447" s="130">
         <v>44399</v>
       </c>
-      <c r="B1447" s="135" t="s">
-        <v>214</v>
+      <c r="B1447" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1448" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1448" s="134">
+      <c r="A1448" s="130">
         <v>44400</v>
       </c>
-      <c r="B1448" s="135" t="s">
-        <v>214</v>
+      <c r="B1448" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1449" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1449" s="134">
+      <c r="A1449" s="130">
         <v>44403</v>
       </c>
-      <c r="B1449" s="135" t="s">
-        <v>214</v>
+      <c r="B1449" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1450" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1450" s="134">
+      <c r="A1450" s="130">
         <v>44404</v>
       </c>
-      <c r="B1450" s="135" t="s">
-        <v>214</v>
+      <c r="B1450" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1451" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1451" s="134">
+      <c r="A1451" s="130">
         <v>44405</v>
       </c>
-      <c r="B1451" s="135" t="s">
-        <v>214</v>
+      <c r="B1451" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1452" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1452" s="134">
+      <c r="A1452" s="130">
         <v>44406</v>
       </c>
-      <c r="B1452" s="135" t="s">
-        <v>214</v>
+      <c r="B1452" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1453" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1453" s="134">
+      <c r="A1453" s="130">
         <v>44407</v>
       </c>
-      <c r="B1453" s="135" t="s">
-        <v>214</v>
+      <c r="B1453" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1454" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1454" s="134">
+      <c r="A1454" s="130">
         <v>44410</v>
       </c>
-      <c r="B1454" s="135" t="s">
-        <v>214</v>
+      <c r="B1454" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1455" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1455" s="134">
+      <c r="A1455" s="130">
         <v>44411</v>
       </c>
-      <c r="B1455" s="135" t="s">
-        <v>214</v>
+      <c r="B1455" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1456" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1456" s="134">
+      <c r="A1456" s="130">
         <v>44412</v>
       </c>
-      <c r="B1456" s="135" t="s">
-        <v>214</v>
+      <c r="B1456" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1457" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1457" s="134">
+      <c r="A1457" s="130">
         <v>44413</v>
       </c>
-      <c r="B1457" s="135" t="s">
-        <v>214</v>
+      <c r="B1457" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1458" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1458" s="134">
+      <c r="A1458" s="130">
         <v>44414</v>
       </c>
-      <c r="B1458" s="135" t="s">
-        <v>214</v>
+      <c r="B1458" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1459" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1459" s="134">
+      <c r="A1459" s="130">
         <v>44417</v>
       </c>
-      <c r="B1459" s="135" t="s">
-        <v>214</v>
+      <c r="B1459" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1460" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1460" s="134">
+      <c r="A1460" s="130">
         <v>44418</v>
       </c>
-      <c r="B1460" s="135" t="s">
-        <v>214</v>
+      <c r="B1460" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1461" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1461" s="134">
+      <c r="A1461" s="130">
         <v>44419</v>
       </c>
-      <c r="B1461" s="135" t="s">
-        <v>214</v>
+      <c r="B1461" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1462" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1462" s="134">
+      <c r="A1462" s="130">
         <v>44420</v>
       </c>
-      <c r="B1462" s="135" t="s">
-        <v>214</v>
+      <c r="B1462" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1463" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1463" s="134">
+      <c r="A1463" s="130">
         <v>44421</v>
       </c>
-      <c r="B1463" s="135" t="s">
-        <v>214</v>
+      <c r="B1463" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1464" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1464" s="134">
+      <c r="A1464" s="130">
         <v>44424</v>
       </c>
-      <c r="B1464" s="135" t="s">
-        <v>214</v>
+      <c r="B1464" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1465" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1465" s="134">
+      <c r="A1465" s="130">
         <v>44425</v>
       </c>
-      <c r="B1465" s="135" t="s">
-        <v>214</v>
+      <c r="B1465" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1466" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1466" s="134">
+      <c r="A1466" s="130">
         <v>44426</v>
       </c>
-      <c r="B1466" s="135" t="s">
-        <v>214</v>
+      <c r="B1466" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1467" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1467" s="134">
+      <c r="A1467" s="130">
         <v>44427</v>
       </c>
-      <c r="B1467" s="135" t="s">
-        <v>214</v>
+      <c r="B1467" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1468" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1468" s="134">
+      <c r="A1468" s="130">
         <v>44428</v>
       </c>
-      <c r="B1468" s="135" t="s">
-        <v>214</v>
+      <c r="B1468" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1469" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1469" s="134">
+      <c r="A1469" s="130">
         <v>44431</v>
       </c>
-      <c r="B1469" s="135" t="s">
-        <v>214</v>
+      <c r="B1469" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1470" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1470" s="134">
+      <c r="A1470" s="130">
         <v>44432</v>
       </c>
-      <c r="B1470" s="135" t="s">
-        <v>214</v>
+      <c r="B1470" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1471" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1471" s="134">
+      <c r="A1471" s="130">
         <v>44433</v>
       </c>
-      <c r="B1471" s="135" t="s">
-        <v>214</v>
+      <c r="B1471" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1472" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1472" s="134">
+      <c r="A1472" s="130">
         <v>44434</v>
       </c>
-      <c r="B1472" s="135" t="s">
-        <v>214</v>
+      <c r="B1472" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1473" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1473" s="134">
+      <c r="A1473" s="130">
         <v>44435</v>
       </c>
-      <c r="B1473" s="135" t="s">
-        <v>214</v>
+      <c r="B1473" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1474" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1474" s="134">
+      <c r="A1474" s="130">
         <v>44439</v>
       </c>
-      <c r="B1474" s="135" t="s">
-        <v>214</v>
+      <c r="B1474" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1475" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1475" s="134">
+      <c r="A1475" s="130">
         <v>44440</v>
       </c>
-      <c r="B1475" s="135" t="s">
-        <v>214</v>
+      <c r="B1475" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1476" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1476" s="134">
+      <c r="A1476" s="130">
         <v>44441</v>
       </c>
-      <c r="B1476" s="135" t="s">
-        <v>214</v>
+      <c r="B1476" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1477" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1477" s="134">
+      <c r="A1477" s="130">
         <v>44442</v>
       </c>
-      <c r="B1477" s="135" t="s">
-        <v>214</v>
+      <c r="B1477" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1478" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1478" s="134">
+      <c r="A1478" s="130">
         <v>44445</v>
       </c>
-      <c r="B1478" s="135" t="s">
-        <v>214</v>
+      <c r="B1478" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1479" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1479" s="134">
+      <c r="A1479" s="130">
         <v>44446</v>
       </c>
-      <c r="B1479" s="135" t="s">
-        <v>214</v>
+      <c r="B1479" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1480" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1480" s="134">
+      <c r="A1480" s="130">
         <v>44447</v>
       </c>
-      <c r="B1480" s="135" t="s">
-        <v>214</v>
+      <c r="B1480" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1481" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1481" s="134">
+      <c r="A1481" s="130">
         <v>44448</v>
       </c>
-      <c r="B1481" s="135" t="s">
-        <v>214</v>
+      <c r="B1481" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1482" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1482" s="134">
+      <c r="A1482" s="130">
         <v>44449</v>
       </c>
-      <c r="B1482" s="135" t="s">
-        <v>214</v>
+      <c r="B1482" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1483" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1483" s="134">
+      <c r="A1483" s="130">
         <v>44452</v>
       </c>
-      <c r="B1483" s="135" t="s">
-        <v>214</v>
+      <c r="B1483" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1484" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1484" s="134">
+      <c r="A1484" s="130">
         <v>44453</v>
       </c>
-      <c r="B1484" s="135" t="s">
-        <v>214</v>
+      <c r="B1484" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1485" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1485" s="134">
+      <c r="A1485" s="130">
         <v>44454</v>
       </c>
-      <c r="B1485" s="135" t="s">
-        <v>214</v>
+      <c r="B1485" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1486" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1486" s="134">
+      <c r="A1486" s="130">
         <v>44455</v>
       </c>
-      <c r="B1486" s="135" t="s">
-        <v>214</v>
+      <c r="B1486" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1487" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1487" s="134">
+      <c r="A1487" s="130">
         <v>44456</v>
       </c>
-      <c r="B1487" s="135" t="s">
-        <v>214</v>
+      <c r="B1487" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1488" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1488" s="134">
+      <c r="A1488" s="130">
         <v>44459</v>
       </c>
-      <c r="B1488" s="135" t="s">
-        <v>214</v>
+      <c r="B1488" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1489" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1489" s="134">
+      <c r="A1489" s="130">
         <v>44460</v>
       </c>
-      <c r="B1489" s="135" t="s">
-        <v>214</v>
+      <c r="B1489" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1490" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1490" s="134">
+      <c r="A1490" s="130">
         <v>44461</v>
       </c>
-      <c r="B1490" s="135" t="s">
-        <v>214</v>
+      <c r="B1490" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1491" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1491" s="134">
+      <c r="A1491" s="130">
         <v>44462</v>
       </c>
-      <c r="B1491" s="135" t="s">
-        <v>214</v>
+      <c r="B1491" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1492" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1492" s="134">
+      <c r="A1492" s="130">
         <v>44463</v>
       </c>
-      <c r="B1492" s="135" t="s">
-        <v>214</v>
+      <c r="B1492" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1493" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1493" s="134">
+      <c r="A1493" s="130">
         <v>44466</v>
       </c>
-      <c r="B1493" s="135" t="s">
-        <v>214</v>
+      <c r="B1493" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1494" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1494" s="134">
+      <c r="A1494" s="130">
         <v>44467</v>
       </c>
-      <c r="B1494" s="135" t="s">
-        <v>214</v>
+      <c r="B1494" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1495" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1495" s="134">
+      <c r="A1495" s="130">
         <v>44468</v>
       </c>
-      <c r="B1495" s="135" t="s">
-        <v>214</v>
+      <c r="B1495" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1496" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1496" s="134">
+      <c r="A1496" s="130">
         <v>44469</v>
       </c>
-      <c r="B1496" s="135" t="s">
-        <v>214</v>
+      <c r="B1496" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1497" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1497" s="134">
+      <c r="A1497" s="130">
         <v>44470</v>
       </c>
-      <c r="B1497" s="135" t="s">
-        <v>214</v>
+      <c r="B1497" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1498" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1498" s="134">
+      <c r="A1498" s="130">
         <v>44473</v>
       </c>
-      <c r="B1498" s="135" t="s">
-        <v>214</v>
+      <c r="B1498" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1499" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1499" s="134">
+      <c r="A1499" s="130">
         <v>44474</v>
       </c>
-      <c r="B1499" s="135" t="s">
-        <v>214</v>
+      <c r="B1499" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1500" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1500" s="134">
+      <c r="A1500" s="130">
         <v>44475</v>
       </c>
-      <c r="B1500" s="135" t="s">
-        <v>214</v>
+      <c r="B1500" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1501" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1501" s="134">
+      <c r="A1501" s="130">
         <v>44476</v>
       </c>
-      <c r="B1501" s="135" t="s">
-        <v>214</v>
+      <c r="B1501" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1502" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1502" s="134">
+      <c r="A1502" s="130">
         <v>44477</v>
       </c>
-      <c r="B1502" s="135" t="s">
-        <v>214</v>
+      <c r="B1502" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1503" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1503" s="134">
+      <c r="A1503" s="130">
         <v>44480</v>
       </c>
-      <c r="B1503" s="135" t="s">
-        <v>214</v>
+      <c r="B1503" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1504" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1504" s="134">
+      <c r="A1504" s="130">
         <v>44481</v>
       </c>
-      <c r="B1504" s="135" t="s">
-        <v>214</v>
+      <c r="B1504" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1505" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1505" s="134">
+      <c r="A1505" s="130">
         <v>44482</v>
       </c>
-      <c r="B1505" s="135" t="s">
-        <v>214</v>
+      <c r="B1505" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1506" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1506" s="134">
+      <c r="A1506" s="130">
         <v>44483</v>
       </c>
-      <c r="B1506" s="135" t="s">
-        <v>214</v>
+      <c r="B1506" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1507" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1507" s="134">
+      <c r="A1507" s="130">
         <v>44484</v>
       </c>
-      <c r="B1507" s="135" t="s">
-        <v>214</v>
+      <c r="B1507" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1508" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1508" s="134">
+      <c r="A1508" s="130">
         <v>44487</v>
       </c>
-      <c r="B1508" s="135" t="s">
-        <v>214</v>
+      <c r="B1508" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1509" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1509" s="134">
+      <c r="A1509" s="130">
         <v>44488</v>
       </c>
-      <c r="B1509" s="135" t="s">
-        <v>214</v>
+      <c r="B1509" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1510" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1510" s="134">
+      <c r="A1510" s="130">
         <v>44489</v>
       </c>
-      <c r="B1510" s="135" t="s">
-        <v>214</v>
+      <c r="B1510" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1511" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1511" s="134">
+      <c r="A1511" s="130">
         <v>44490</v>
       </c>
-      <c r="B1511" s="135" t="s">
-        <v>214</v>
+      <c r="B1511" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1512" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1512" s="134">
+      <c r="A1512" s="130">
         <v>44491</v>
       </c>
-      <c r="B1512" s="135" t="s">
-        <v>214</v>
+      <c r="B1512" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1513" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1513" s="134">
+      <c r="A1513" s="130">
         <v>44494</v>
       </c>
-      <c r="B1513" s="135" t="s">
-        <v>214</v>
+      <c r="B1513" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1514" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1514" s="134">
+      <c r="A1514" s="130">
         <v>44495</v>
       </c>
-      <c r="B1514" s="135" t="s">
-        <v>214</v>
+      <c r="B1514" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1515" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1515" s="134">
+      <c r="A1515" s="130">
         <v>44496</v>
       </c>
-      <c r="B1515" s="135" t="s">
-        <v>214</v>
+      <c r="B1515" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1516" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1516" s="134">
+      <c r="A1516" s="130">
         <v>44497</v>
       </c>
-      <c r="B1516" s="135" t="s">
-        <v>214</v>
+      <c r="B1516" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1517" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1517" s="134">
+      <c r="A1517" s="130">
         <v>44498</v>
       </c>
-      <c r="B1517" s="135" t="s">
-        <v>214</v>
+      <c r="B1517" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1518" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1518" s="134">
+      <c r="A1518" s="130">
         <v>44501</v>
       </c>
-      <c r="B1518" s="135" t="s">
-        <v>214</v>
+      <c r="B1518" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1519" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1519" s="134">
+      <c r="A1519" s="130">
         <v>44502</v>
       </c>
-      <c r="B1519" s="135" t="s">
-        <v>214</v>
+      <c r="B1519" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1520" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1520" s="134">
+      <c r="A1520" s="130">
         <v>44503</v>
       </c>
-      <c r="B1520" s="135" t="s">
-        <v>214</v>
+      <c r="B1520" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1521" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1521" s="134">
+      <c r="A1521" s="130">
         <v>44504</v>
       </c>
-      <c r="B1521" s="135" t="s">
-        <v>214</v>
+      <c r="B1521" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1522" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1522" s="134">
+      <c r="A1522" s="130">
         <v>44505</v>
       </c>
-      <c r="B1522" s="135" t="s">
-        <v>214</v>
+      <c r="B1522" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1523" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1523" s="134">
+      <c r="A1523" s="130">
         <v>44508</v>
       </c>
-      <c r="B1523" s="135" t="s">
-        <v>214</v>
+      <c r="B1523" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1524" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1524" s="134">
+      <c r="A1524" s="130">
         <v>44509</v>
       </c>
-      <c r="B1524" s="135" t="s">
-        <v>214</v>
+      <c r="B1524" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1525" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1525" s="134">
+      <c r="A1525" s="130">
         <v>44510</v>
       </c>
-      <c r="B1525" s="135" t="s">
-        <v>214</v>
+      <c r="B1525" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1526" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1526" s="134">
+      <c r="A1526" s="130">
         <v>44511</v>
       </c>
-      <c r="B1526" s="135" t="s">
-        <v>214</v>
+      <c r="B1526" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1527" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1527" s="134">
+      <c r="A1527" s="130">
         <v>44512</v>
       </c>
-      <c r="B1527" s="135" t="s">
-        <v>214</v>
+      <c r="B1527" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1528" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1528" s="134">
+      <c r="A1528" s="130">
         <v>44515</v>
       </c>
-      <c r="B1528" s="135" t="s">
-        <v>214</v>
+      <c r="B1528" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1529" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1529" s="134">
+      <c r="A1529" s="130">
         <v>44516</v>
       </c>
-      <c r="B1529" s="135" t="s">
-        <v>214</v>
+      <c r="B1529" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1530" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1530" s="134">
+      <c r="A1530" s="130">
         <v>44517</v>
       </c>
-      <c r="B1530" s="135" t="s">
-        <v>214</v>
+      <c r="B1530" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1531" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1531" s="134">
+      <c r="A1531" s="130">
         <v>44518</v>
       </c>
-      <c r="B1531" s="135" t="s">
-        <v>214</v>
+      <c r="B1531" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1532" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1532" s="134">
+      <c r="A1532" s="130">
         <v>44519</v>
       </c>
-      <c r="B1532" s="135" t="s">
-        <v>214</v>
+      <c r="B1532" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1533" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1533" s="134">
+      <c r="A1533" s="130">
         <v>44522</v>
       </c>
-      <c r="B1533" s="135" t="s">
-        <v>214</v>
+      <c r="B1533" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1534" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1534" s="134">
+      <c r="A1534" s="130">
         <v>44523</v>
       </c>
-      <c r="B1534" s="135" t="s">
-        <v>214</v>
+      <c r="B1534" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1535" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1535" s="134">
+      <c r="A1535" s="130">
         <v>44524</v>
       </c>
-      <c r="B1535" s="135" t="s">
-        <v>214</v>
+      <c r="B1535" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1536" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1536" s="134">
+      <c r="A1536" s="130">
         <v>44525</v>
       </c>
-      <c r="B1536" s="135" t="s">
-        <v>214</v>
+      <c r="B1536" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1537" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1537" s="134">
+      <c r="A1537" s="130">
         <v>44526</v>
       </c>
-      <c r="B1537" s="135" t="s">
-        <v>214</v>
+      <c r="B1537" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1538" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1538" s="134">
+      <c r="A1538" s="130">
         <v>44529</v>
       </c>
-      <c r="B1538" s="135" t="s">
-        <v>214</v>
+      <c r="B1538" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1539" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1539" s="134">
+      <c r="A1539" s="130">
         <v>44530</v>
       </c>
-      <c r="B1539" s="135" t="s">
-        <v>214</v>
+      <c r="B1539" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1540" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1540" s="134">
+      <c r="A1540" s="130">
         <v>44531</v>
       </c>
-      <c r="B1540" s="135" t="s">
-        <v>214</v>
+      <c r="B1540" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1541" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1541" s="134">
+      <c r="A1541" s="130">
         <v>44532</v>
       </c>
-      <c r="B1541" s="135" t="s">
-        <v>214</v>
+      <c r="B1541" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1542" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1542" s="134">
+      <c r="A1542" s="130">
         <v>44533</v>
       </c>
-      <c r="B1542" s="135" t="s">
-        <v>214</v>
+      <c r="B1542" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1543" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1543" s="134">
+      <c r="A1543" s="130">
         <v>44536</v>
       </c>
-      <c r="B1543" s="135" t="s">
-        <v>214</v>
+      <c r="B1543" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1544" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1544" s="134">
+      <c r="A1544" s="130">
         <v>44537</v>
       </c>
-      <c r="B1544" s="135" t="s">
-        <v>214</v>
+      <c r="B1544" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1545" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1545" s="134">
+      <c r="A1545" s="130">
         <v>44538</v>
       </c>
-      <c r="B1545" s="135" t="s">
-        <v>214</v>
+      <c r="B1545" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1546" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1546" s="134">
+      <c r="A1546" s="130">
         <v>44539</v>
       </c>
-      <c r="B1546" s="135" t="s">
-        <v>214</v>
+      <c r="B1546" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1547" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1547" s="134">
+      <c r="A1547" s="130">
         <v>44540</v>
       </c>
-      <c r="B1547" s="135" t="s">
-        <v>214</v>
+      <c r="B1547" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1548" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1548" s="134">
+      <c r="A1548" s="130">
         <v>44543</v>
       </c>
-      <c r="B1548" s="135" t="s">
-        <v>214</v>
+      <c r="B1548" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1549" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1549" s="134">
+      <c r="A1549" s="130">
         <v>44544</v>
       </c>
-      <c r="B1549" s="135" t="s">
-        <v>214</v>
+      <c r="B1549" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1550" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1550" s="134">
+      <c r="A1550" s="130">
         <v>44545</v>
       </c>
-      <c r="B1550" s="135" t="s">
-        <v>214</v>
+      <c r="B1550" s="190" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="1551" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1551" s="134">
+      <c r="A1551" s="130">
         <v>44546</v>
       </c>
-      <c r="B1551" s="135" t="s">
-        <v>778</v>
+      <c r="B1551" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1552" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1552" s="134">
+      <c r="A1552" s="130">
         <v>44547</v>
       </c>
-      <c r="B1552" s="135" t="s">
-        <v>778</v>
+      <c r="B1552" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1553" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1553" s="134">
+      <c r="A1553" s="130">
         <v>44550</v>
       </c>
-      <c r="B1553" s="135" t="s">
-        <v>778</v>
+      <c r="B1553" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1554" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1554" s="134">
+      <c r="A1554" s="130">
         <v>44551</v>
       </c>
-      <c r="B1554" s="135" t="s">
-        <v>778</v>
+      <c r="B1554" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1555" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1555" s="134">
+      <c r="A1555" s="130">
         <v>44552</v>
       </c>
-      <c r="B1555" s="135" t="s">
-        <v>778</v>
+      <c r="B1555" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1556" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1556" s="134">
+      <c r="A1556" s="130">
         <v>44553</v>
       </c>
-      <c r="B1556" s="135" t="s">
-        <v>778</v>
+      <c r="B1556" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1557" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1557" s="134">
+      <c r="A1557" s="130">
         <v>44554</v>
       </c>
-      <c r="B1557" s="135" t="s">
-        <v>778</v>
+      <c r="B1557" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1558" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1558" s="134">
+      <c r="A1558" s="130">
         <v>44559</v>
       </c>
-      <c r="B1558" s="135" t="s">
-        <v>778</v>
+      <c r="B1558" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1559" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1559" s="134">
+      <c r="A1559" s="130">
         <v>44560</v>
       </c>
-      <c r="B1559" s="135" t="s">
-        <v>778</v>
+      <c r="B1559" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1560" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1560" s="134">
+      <c r="A1560" s="130">
         <v>44561</v>
       </c>
-      <c r="B1560" s="135" t="s">
-        <v>778</v>
+      <c r="B1560" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1561" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1561" s="134">
+      <c r="A1561" s="130">
         <v>44565</v>
       </c>
-      <c r="B1561" s="135" t="s">
-        <v>778</v>
+      <c r="B1561" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1562" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1562" s="134">
+      <c r="A1562" s="130">
         <v>44566</v>
       </c>
-      <c r="B1562" s="135" t="s">
-        <v>778</v>
+      <c r="B1562" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1563" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1563" s="134">
+      <c r="A1563" s="130">
         <v>44567</v>
       </c>
-      <c r="B1563" s="135" t="s">
-        <v>778</v>
+      <c r="B1563" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1564" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1564" s="134">
+      <c r="A1564" s="130">
         <v>44568</v>
       </c>
-      <c r="B1564" s="135" t="s">
-        <v>778</v>
+      <c r="B1564" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1565" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1565" s="134">
+      <c r="A1565" s="130">
         <v>44571</v>
       </c>
-      <c r="B1565" s="135" t="s">
-        <v>778</v>
+      <c r="B1565" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1566" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1566" s="134">
+      <c r="A1566" s="130">
         <v>44572</v>
       </c>
-      <c r="B1566" s="135" t="s">
-        <v>778</v>
+      <c r="B1566" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1567" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1567" s="134">
+      <c r="A1567" s="130">
         <v>44573</v>
       </c>
-      <c r="B1567" s="135" t="s">
-        <v>778</v>
+      <c r="B1567" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1568" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1568" s="134">
+      <c r="A1568" s="130">
         <v>44574</v>
       </c>
-      <c r="B1568" s="135" t="s">
-        <v>778</v>
+      <c r="B1568" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1569" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1569" s="134">
+      <c r="A1569" s="130">
         <v>44575</v>
       </c>
-      <c r="B1569" s="135" t="s">
-        <v>778</v>
+      <c r="B1569" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1570" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1570" s="134">
+      <c r="A1570" s="130">
         <v>44578</v>
       </c>
-      <c r="B1570" s="135" t="s">
-        <v>778</v>
+      <c r="B1570" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1571" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1571" s="134">
+      <c r="A1571" s="130">
         <v>44579</v>
       </c>
-      <c r="B1571" s="135" t="s">
-        <v>778</v>
+      <c r="B1571" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1572" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1572" s="134">
+      <c r="A1572" s="130">
         <v>44580</v>
       </c>
-      <c r="B1572" s="135" t="s">
-        <v>778</v>
+      <c r="B1572" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1573" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1573" s="134">
+      <c r="A1573" s="130">
         <v>44581</v>
       </c>
-      <c r="B1573" s="135" t="s">
-        <v>778</v>
+      <c r="B1573" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1574" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1574" s="134">
+      <c r="A1574" s="130">
         <v>44582</v>
       </c>
-      <c r="B1574" s="135" t="s">
-        <v>778</v>
+      <c r="B1574" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1575" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1575" s="134">
+      <c r="A1575" s="130">
         <v>44585</v>
       </c>
-      <c r="B1575" s="135" t="s">
-        <v>778</v>
+      <c r="B1575" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1576" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1576" s="134">
+      <c r="A1576" s="130">
         <v>44586</v>
       </c>
-      <c r="B1576" s="135" t="s">
-        <v>778</v>
+      <c r="B1576" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1577" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1577" s="134">
+      <c r="A1577" s="130">
         <v>44587</v>
       </c>
-      <c r="B1577" s="135" t="s">
-        <v>778</v>
+      <c r="B1577" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1578" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1578" s="134">
+      <c r="A1578" s="130">
         <v>44588</v>
       </c>
-      <c r="B1578" s="135" t="s">
-        <v>778</v>
+      <c r="B1578" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1579" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1579" s="134">
+      <c r="A1579" s="130">
         <v>44589</v>
       </c>
-      <c r="B1579" s="135" t="s">
-        <v>778</v>
+      <c r="B1579" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1580" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1580" s="134">
+      <c r="A1580" s="130">
         <v>44592</v>
       </c>
-      <c r="B1580" s="135" t="s">
-        <v>778</v>
+      <c r="B1580" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1581" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1581" s="134">
+      <c r="A1581" s="130">
         <v>44593</v>
       </c>
-      <c r="B1581" s="135" t="s">
-        <v>778</v>
+      <c r="B1581" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1582" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1582" s="134">
+      <c r="A1582" s="130">
         <v>44594</v>
       </c>
-      <c r="B1582" s="135" t="s">
-        <v>778</v>
+      <c r="B1582" s="190" t="s">
+        <v>707</v>
       </c>
     </row>
     <row r="1583" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1583" s="134">
+      <c r="A1583" s="130">
         <v>44595</v>
       </c>
-      <c r="B1583" s="135" t="s">
-        <v>217</v>
+      <c r="B1583" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1584" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1584" s="134">
+      <c r="A1584" s="130">
         <v>44596</v>
       </c>
-      <c r="B1584" s="135" t="s">
-        <v>217</v>
+      <c r="B1584" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1585" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1585" s="134">
+      <c r="A1585" s="130">
         <v>44599</v>
       </c>
-      <c r="B1585" s="135" t="s">
-        <v>217</v>
+      <c r="B1585" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1586" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1586" s="134">
+      <c r="A1586" s="130">
         <v>44600</v>
       </c>
-      <c r="B1586" s="135" t="s">
-        <v>217</v>
+      <c r="B1586" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1587" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1587" s="134">
+      <c r="A1587" s="130">
         <v>44601</v>
       </c>
-      <c r="B1587" s="135" t="s">
-        <v>217</v>
+      <c r="B1587" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1588" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1588" s="134">
+      <c r="A1588" s="130">
         <v>44602</v>
       </c>
-      <c r="B1588" s="135" t="s">
-        <v>217</v>
+      <c r="B1588" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1589" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1589" s="134">
+      <c r="A1589" s="130">
         <v>44603</v>
       </c>
-      <c r="B1589" s="135" t="s">
-        <v>217</v>
+      <c r="B1589" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1590" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1590" s="134">
+      <c r="A1590" s="130">
         <v>44606</v>
       </c>
-      <c r="B1590" s="135" t="s">
-        <v>217</v>
+      <c r="B1590" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1591" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1591" s="134">
+      <c r="A1591" s="130">
         <v>44607</v>
       </c>
-      <c r="B1591" s="135" t="s">
-        <v>217</v>
+      <c r="B1591" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1592" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1592" s="134">
+      <c r="A1592" s="130">
         <v>44608</v>
       </c>
-      <c r="B1592" s="135" t="s">
-        <v>217</v>
+      <c r="B1592" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1593" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1593" s="134">
+      <c r="A1593" s="130">
         <v>44609</v>
       </c>
-      <c r="B1593" s="135" t="s">
-        <v>217</v>
+      <c r="B1593" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1594" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1594" s="134">
+      <c r="A1594" s="130">
         <v>44610</v>
       </c>
-      <c r="B1594" s="135" t="s">
-        <v>217</v>
+      <c r="B1594" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1595" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1595" s="134">
+      <c r="A1595" s="130">
         <v>44613</v>
       </c>
-      <c r="B1595" s="135" t="s">
-        <v>217</v>
+      <c r="B1595" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1596" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1596" s="134">
+      <c r="A1596" s="130">
         <v>44614</v>
       </c>
-      <c r="B1596" s="135" t="s">
-        <v>217</v>
+      <c r="B1596" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1597" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1597" s="134">
+      <c r="A1597" s="130">
         <v>44615</v>
       </c>
-      <c r="B1597" s="135" t="s">
-        <v>217</v>
+      <c r="B1597" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1598" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1598" s="134">
+      <c r="A1598" s="130">
         <v>44616</v>
       </c>
-      <c r="B1598" s="135" t="s">
-        <v>217</v>
+      <c r="B1598" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1599" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1599" s="134">
+      <c r="A1599" s="130">
         <v>44617</v>
       </c>
-      <c r="B1599" s="135" t="s">
-        <v>217</v>
+      <c r="B1599" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1600" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1600" s="134">
+      <c r="A1600" s="130">
         <v>44620</v>
       </c>
-      <c r="B1600" s="135" t="s">
-        <v>217</v>
+      <c r="B1600" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1601" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1601" s="134">
+      <c r="A1601" s="130">
         <v>44621</v>
       </c>
-      <c r="B1601" s="135" t="s">
-        <v>217</v>
+      <c r="B1601" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1602" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1602" s="134">
+      <c r="A1602" s="130">
         <v>44622</v>
       </c>
-      <c r="B1602" s="135" t="s">
-        <v>217</v>
+      <c r="B1602" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1603" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1603" s="134">
+      <c r="A1603" s="130">
         <v>44623</v>
       </c>
-      <c r="B1603" s="135" t="s">
-        <v>217</v>
+      <c r="B1603" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1604" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1604" s="134">
+      <c r="A1604" s="130">
         <v>44624</v>
       </c>
-      <c r="B1604" s="135" t="s">
-        <v>217</v>
+      <c r="B1604" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1605" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1605" s="134">
+      <c r="A1605" s="130">
         <v>44627</v>
       </c>
-      <c r="B1605" s="135" t="s">
-        <v>217</v>
+      <c r="B1605" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1606" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1606" s="134">
+      <c r="A1606" s="130">
         <v>44628</v>
       </c>
-      <c r="B1606" s="135" t="s">
-        <v>217</v>
+      <c r="B1606" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1607" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1607" s="134">
+      <c r="A1607" s="130">
         <v>44629</v>
       </c>
-      <c r="B1607" s="135" t="s">
-        <v>217</v>
+      <c r="B1607" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1608" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1608" s="134">
+      <c r="A1608" s="130">
         <v>44630</v>
       </c>
-      <c r="B1608" s="135" t="s">
-        <v>217</v>
+      <c r="B1608" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1609" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1609" s="134">
+      <c r="A1609" s="130">
         <v>44631</v>
       </c>
-      <c r="B1609" s="135" t="s">
-        <v>217</v>
+      <c r="B1609" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1610" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1610" s="134">
+      <c r="A1610" s="130">
         <v>44634</v>
       </c>
-      <c r="B1610" s="135" t="s">
-        <v>217</v>
+      <c r="B1610" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1611" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1611" s="134">
+      <c r="A1611" s="130">
         <v>44635</v>
       </c>
-      <c r="B1611" s="135" t="s">
-        <v>217</v>
+      <c r="B1611" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1612" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1612" s="134">
+      <c r="A1612" s="130">
         <v>44636</v>
       </c>
-      <c r="B1612" s="135" t="s">
-        <v>217</v>
+      <c r="B1612" s="190" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="1613" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1613" s="134">
+      <c r="A1613" s="130">
         <v>44637</v>
       </c>
-      <c r="B1613" s="135" t="s">
-        <v>779</v>
+      <c r="B1613" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1614" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1614" s="134">
+      <c r="A1614" s="130">
         <v>44638</v>
       </c>
-      <c r="B1614" s="135" t="s">
-        <v>779</v>
+      <c r="B1614" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1615" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1615" s="134">
+      <c r="A1615" s="130">
         <v>44641</v>
       </c>
-      <c r="B1615" s="135" t="s">
-        <v>779</v>
+      <c r="B1615" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1616" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1616" s="134">
+      <c r="A1616" s="130">
         <v>44642</v>
       </c>
-      <c r="B1616" s="135" t="s">
-        <v>779</v>
+      <c r="B1616" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1617" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1617" s="134">
+      <c r="A1617" s="130">
         <v>44643</v>
       </c>
-      <c r="B1617" s="135" t="s">
-        <v>779</v>
+      <c r="B1617" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1618" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1618" s="134">
+      <c r="A1618" s="130">
         <v>44644</v>
       </c>
-      <c r="B1618" s="135" t="s">
-        <v>779</v>
+      <c r="B1618" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1619" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1619" s="134">
+      <c r="A1619" s="130">
         <v>44645</v>
       </c>
-      <c r="B1619" s="135" t="s">
-        <v>779</v>
+      <c r="B1619" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1620" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1620" s="134">
+      <c r="A1620" s="130">
         <v>44648</v>
       </c>
-      <c r="B1620" s="135" t="s">
-        <v>779</v>
+      <c r="B1620" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1621" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1621" s="134">
+      <c r="A1621" s="130">
         <v>44649</v>
       </c>
-      <c r="B1621" s="135" t="s">
-        <v>779</v>
+      <c r="B1621" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1622" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1622" s="134">
+      <c r="A1622" s="130">
         <v>44650</v>
       </c>
-      <c r="B1622" s="135" t="s">
-        <v>779</v>
+      <c r="B1622" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1623" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1623" s="134">
+      <c r="A1623" s="130">
         <v>44651</v>
       </c>
-      <c r="B1623" s="135" t="s">
-        <v>779</v>
+      <c r="B1623" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1624" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1624" s="134">
+      <c r="A1624" s="130">
         <v>44652</v>
       </c>
-      <c r="B1624" s="135" t="s">
-        <v>779</v>
+      <c r="B1624" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1625" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1625" s="134">
+      <c r="A1625" s="130">
         <v>44655</v>
       </c>
-      <c r="B1625" s="135" t="s">
-        <v>779</v>
+      <c r="B1625" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1626" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1626" s="134">
+      <c r="A1626" s="130">
         <v>44656</v>
       </c>
-      <c r="B1626" s="135" t="s">
-        <v>779</v>
+      <c r="B1626" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1627" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1627" s="134">
+      <c r="A1627" s="130">
         <v>44657</v>
       </c>
-      <c r="B1627" s="135" t="s">
-        <v>779</v>
+      <c r="B1627" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1628" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1628" s="134">
+      <c r="A1628" s="130">
         <v>44658</v>
       </c>
-      <c r="B1628" s="135" t="s">
-        <v>779</v>
+      <c r="B1628" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1629" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1629" s="134">
+      <c r="A1629" s="130">
         <v>44659</v>
       </c>
-      <c r="B1629" s="135" t="s">
-        <v>779</v>
+      <c r="B1629" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1630" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1630" s="134">
+      <c r="A1630" s="130">
         <v>44662</v>
       </c>
-      <c r="B1630" s="135" t="s">
-        <v>779</v>
+      <c r="B1630" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1631" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1631" s="134">
+      <c r="A1631" s="130">
         <v>44663</v>
       </c>
-      <c r="B1631" s="135" t="s">
-        <v>779</v>
+      <c r="B1631" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1632" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1632" s="134">
+      <c r="A1632" s="130">
         <v>44664</v>
       </c>
-      <c r="B1632" s="135" t="s">
-        <v>779</v>
+      <c r="B1632" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1633" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1633" s="134">
+      <c r="A1633" s="130">
         <v>44665</v>
       </c>
-      <c r="B1633" s="135" t="s">
-        <v>779</v>
+      <c r="B1633" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1634" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1634" s="134">
+      <c r="A1634" s="130">
         <v>44670</v>
       </c>
-      <c r="B1634" s="135" t="s">
-        <v>779</v>
+      <c r="B1634" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1635" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1635" s="134">
+      <c r="A1635" s="130">
         <v>44671</v>
       </c>
-      <c r="B1635" s="135" t="s">
-        <v>779</v>
+      <c r="B1635" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1636" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1636" s="134">
+      <c r="A1636" s="130">
         <v>44672</v>
       </c>
-      <c r="B1636" s="135" t="s">
-        <v>779</v>
+      <c r="B1636" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1637" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1637" s="134">
+      <c r="A1637" s="130">
         <v>44673</v>
       </c>
-      <c r="B1637" s="135" t="s">
-        <v>779</v>
+      <c r="B1637" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1638" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1638" s="134">
+      <c r="A1638" s="130">
         <v>44676</v>
       </c>
-      <c r="B1638" s="135" t="s">
-        <v>779</v>
+      <c r="B1638" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1639" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1639" s="134">
+      <c r="A1639" s="130">
         <v>44677</v>
       </c>
-      <c r="B1639" s="135" t="s">
-        <v>779</v>
+      <c r="B1639" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1640" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1640" s="134">
+      <c r="A1640" s="130">
         <v>44678</v>
       </c>
-      <c r="B1640" s="135" t="s">
-        <v>779</v>
+      <c r="B1640" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1641" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1641" s="134">
+      <c r="A1641" s="130">
         <v>44679</v>
       </c>
-      <c r="B1641" s="135" t="s">
-        <v>779</v>
+      <c r="B1641" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1642" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1642" s="134">
+      <c r="A1642" s="130">
         <v>44680</v>
       </c>
-      <c r="B1642" s="135" t="s">
-        <v>779</v>
+      <c r="B1642" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1643" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1643" s="134">
+      <c r="A1643" s="130">
         <v>44684</v>
       </c>
-      <c r="B1643" s="135" t="s">
-        <v>779</v>
+      <c r="B1643" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1644" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1644" s="134">
+      <c r="A1644" s="130">
         <v>44685</v>
       </c>
-      <c r="B1644" s="135" t="s">
-        <v>779</v>
+      <c r="B1644" s="190" t="s">
+        <v>708</v>
       </c>
     </row>
     <row r="1645" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1645" s="134">
+      <c r="A1645" s="130">
         <v>44686</v>
       </c>
-      <c r="B1645" s="135" t="s">
-        <v>780</v>
+      <c r="B1645" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1646" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1646" s="134">
+      <c r="A1646" s="130">
         <v>44687</v>
       </c>
-      <c r="B1646" s="135" t="s">
-        <v>780</v>
+      <c r="B1646" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1647" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1647" s="134">
+      <c r="A1647" s="130">
         <v>44690</v>
       </c>
-      <c r="B1647" s="135" t="s">
-        <v>780</v>
+      <c r="B1647" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1648" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1648" s="134">
+      <c r="A1648" s="130">
         <v>44691</v>
       </c>
-      <c r="B1648" s="135" t="s">
-        <v>780</v>
+      <c r="B1648" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1649" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1649" s="134">
+      <c r="A1649" s="130">
         <v>44692</v>
       </c>
-      <c r="B1649" s="135" t="s">
-        <v>780</v>
+      <c r="B1649" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1650" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1650" s="134">
+      <c r="A1650" s="130">
         <v>44693</v>
       </c>
-      <c r="B1650" s="135" t="s">
-        <v>780</v>
+      <c r="B1650" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1651" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1651" s="134">
+      <c r="A1651" s="130">
         <v>44694</v>
       </c>
-      <c r="B1651" s="135" t="s">
-        <v>780</v>
+      <c r="B1651" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1652" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1652" s="134">
+      <c r="A1652" s="130">
         <v>44697</v>
       </c>
-      <c r="B1652" s="135" t="s">
-        <v>780</v>
+      <c r="B1652" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1653" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1653" s="134">
+      <c r="A1653" s="130">
         <v>44698</v>
       </c>
-      <c r="B1653" s="135" t="s">
-        <v>780</v>
+      <c r="B1653" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1654" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1654" s="134">
+      <c r="A1654" s="130">
         <v>44699</v>
       </c>
-      <c r="B1654" s="135" t="s">
-        <v>780</v>
+      <c r="B1654" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1655" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1655" s="134">
+      <c r="A1655" s="130">
         <v>44700</v>
       </c>
-      <c r="B1655" s="135" t="s">
-        <v>780</v>
+      <c r="B1655" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1656" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1656" s="134">
+      <c r="A1656" s="130">
         <v>44701</v>
       </c>
-      <c r="B1656" s="135" t="s">
-        <v>780</v>
+      <c r="B1656" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1657" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1657" s="134">
+      <c r="A1657" s="130">
         <v>44704</v>
       </c>
-      <c r="B1657" s="135" t="s">
-        <v>780</v>
+      <c r="B1657" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1658" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1658" s="134">
+      <c r="A1658" s="130">
         <v>44705</v>
       </c>
-      <c r="B1658" s="135" t="s">
-        <v>780</v>
+      <c r="B1658" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1659" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1659" s="134">
+      <c r="A1659" s="130">
         <v>44706</v>
       </c>
-      <c r="B1659" s="135" t="s">
-        <v>780</v>
+      <c r="B1659" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1660" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1660" s="134">
+      <c r="A1660" s="130">
         <v>44707</v>
       </c>
-      <c r="B1660" s="135" t="s">
-        <v>780</v>
+      <c r="B1660" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1661" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1661" s="134">
+      <c r="A1661" s="130">
         <v>44708</v>
       </c>
-      <c r="B1661" s="135" t="s">
-        <v>780</v>
+      <c r="B1661" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1662" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1662" s="134">
+      <c r="A1662" s="130">
         <v>44711</v>
       </c>
-      <c r="B1662" s="135" t="s">
-        <v>780</v>
+      <c r="B1662" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1663" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1663" s="134">
+      <c r="A1663" s="130">
         <v>44712</v>
       </c>
-      <c r="B1663" s="135" t="s">
-        <v>780</v>
+      <c r="B1663" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1664" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1664" s="134">
+      <c r="A1664" s="130">
         <v>44713</v>
       </c>
-      <c r="B1664" s="135" t="s">
-        <v>780</v>
+      <c r="B1664" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1665" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1665" s="134">
+      <c r="A1665" s="130">
         <v>44718</v>
       </c>
-      <c r="B1665" s="135" t="s">
-        <v>780</v>
+      <c r="B1665" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1666" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1666" s="134">
+      <c r="A1666" s="130">
         <v>44719</v>
       </c>
-      <c r="B1666" s="135" t="s">
-        <v>780</v>
+      <c r="B1666" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1667" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1667" s="134">
+      <c r="A1667" s="130">
         <v>44720</v>
       </c>
-      <c r="B1667" s="135" t="s">
-        <v>780</v>
+      <c r="B1667" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1668" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1668" s="134">
+      <c r="A1668" s="130">
         <v>44721</v>
       </c>
-      <c r="B1668" s="135" t="s">
-        <v>780</v>
+      <c r="B1668" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1669" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1669" s="134">
+      <c r="A1669" s="130">
         <v>44722</v>
       </c>
-      <c r="B1669" s="135" t="s">
-        <v>780</v>
+      <c r="B1669" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1670" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1670" s="134">
+      <c r="A1670" s="130">
         <v>44725</v>
       </c>
-      <c r="B1670" s="135" t="s">
-        <v>780</v>
+      <c r="B1670" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1671" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1671" s="134">
+      <c r="A1671" s="130">
         <v>44726</v>
       </c>
-      <c r="B1671" s="135" t="s">
-        <v>780</v>
+      <c r="B1671" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1672" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1672" s="134">
+      <c r="A1672" s="130">
         <v>44727</v>
       </c>
-      <c r="B1672" s="135" t="s">
-        <v>780</v>
+      <c r="B1672" s="190" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="1673" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1673" s="134">
+      <c r="A1673" s="130">
         <v>44728</v>
       </c>
-      <c r="B1673" s="135" t="s">
-        <v>781</v>
+      <c r="B1673" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1674" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1674" s="134">
+      <c r="A1674" s="130">
         <v>44729</v>
       </c>
-      <c r="B1674" s="135" t="s">
-        <v>781</v>
+      <c r="B1674" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1675" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1675" s="134">
+      <c r="A1675" s="130">
         <v>44732</v>
       </c>
-      <c r="B1675" s="135" t="s">
-        <v>781</v>
+      <c r="B1675" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1676" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1676" s="134">
+      <c r="A1676" s="130">
         <v>44733</v>
       </c>
-      <c r="B1676" s="135" t="s">
-        <v>781</v>
+      <c r="B1676" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1677" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1677" s="134">
+      <c r="A1677" s="130">
         <v>44734</v>
       </c>
-      <c r="B1677" s="135" t="s">
-        <v>781</v>
+      <c r="B1677" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1678" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1678" s="134">
+      <c r="A1678" s="130">
         <v>44735</v>
       </c>
-      <c r="B1678" s="135" t="s">
-        <v>781</v>
+      <c r="B1678" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1679" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1679" s="134">
+      <c r="A1679" s="130">
         <v>44736</v>
       </c>
-      <c r="B1679" s="135" t="s">
-        <v>781</v>
+      <c r="B1679" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1680" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1680" s="134">
+      <c r="A1680" s="130">
         <v>44739</v>
       </c>
-      <c r="B1680" s="135" t="s">
-        <v>781</v>
+      <c r="B1680" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1681" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1681" s="134">
+      <c r="A1681" s="130">
         <v>44740</v>
       </c>
-      <c r="B1681" s="135" t="s">
-        <v>781</v>
+      <c r="B1681" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1682" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1682" s="134">
+      <c r="A1682" s="130">
         <v>44741</v>
       </c>
-      <c r="B1682" s="135" t="s">
-        <v>781</v>
+      <c r="B1682" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1683" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1683" s="134">
+      <c r="A1683" s="130">
         <v>44742</v>
       </c>
-      <c r="B1683" s="135" t="s">
-        <v>781</v>
+      <c r="B1683" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1684" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1684" s="134">
+      <c r="A1684" s="130">
         <v>44743</v>
       </c>
-      <c r="B1684" s="135" t="s">
-        <v>781</v>
+      <c r="B1684" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1685" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1685" s="134">
+      <c r="A1685" s="130">
         <v>44746</v>
       </c>
-      <c r="B1685" s="135" t="s">
-        <v>781</v>
+      <c r="B1685" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1686" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1686" s="134">
+      <c r="A1686" s="130">
         <v>44747</v>
       </c>
-      <c r="B1686" s="135" t="s">
-        <v>781</v>
+      <c r="B1686" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1687" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1687" s="134">
+      <c r="A1687" s="130">
         <v>44748</v>
       </c>
-      <c r="B1687" s="135" t="s">
-        <v>781</v>
+      <c r="B1687" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1688" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1688" s="134">
+      <c r="A1688" s="130">
         <v>44749</v>
       </c>
-      <c r="B1688" s="135" t="s">
-        <v>781</v>
+      <c r="B1688" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1689" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1689" s="134">
+      <c r="A1689" s="130">
         <v>44750</v>
       </c>
-      <c r="B1689" s="135" t="s">
-        <v>781</v>
+      <c r="B1689" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1690" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1690" s="134">
+      <c r="A1690" s="130">
         <v>44753</v>
       </c>
-      <c r="B1690" s="135" t="s">
-        <v>781</v>
+      <c r="B1690" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1691" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1691" s="134">
+      <c r="A1691" s="130">
         <v>44754</v>
       </c>
-      <c r="B1691" s="135" t="s">
-        <v>781</v>
+      <c r="B1691" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1692" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1692" s="134">
+      <c r="A1692" s="130">
         <v>44755</v>
       </c>
-      <c r="B1692" s="135" t="s">
-        <v>781</v>
+      <c r="B1692" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1693" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1693" s="134">
+      <c r="A1693" s="130">
         <v>44756</v>
       </c>
-      <c r="B1693" s="135" t="s">
-        <v>781</v>
+      <c r="B1693" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1694" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1694" s="134">
+      <c r="A1694" s="130">
         <v>44757</v>
       </c>
-      <c r="B1694" s="135" t="s">
-        <v>781</v>
+      <c r="B1694" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1695" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1695" s="134">
+      <c r="A1695" s="130">
         <v>44760</v>
       </c>
-      <c r="B1695" s="135" t="s">
-        <v>781</v>
+      <c r="B1695" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1696" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1696" s="134">
+      <c r="A1696" s="130">
         <v>44761</v>
       </c>
-      <c r="B1696" s="135" t="s">
-        <v>781</v>
+      <c r="B1696" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1697" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1697" s="134">
+      <c r="A1697" s="130">
         <v>44762</v>
       </c>
-      <c r="B1697" s="135" t="s">
-        <v>781</v>
+      <c r="B1697" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1698" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1698" s="134">
+      <c r="A1698" s="130">
         <v>44763</v>
       </c>
-      <c r="B1698" s="135" t="s">
-        <v>781</v>
+      <c r="B1698" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1699" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1699" s="134">
+      <c r="A1699" s="130">
         <v>44764</v>
       </c>
-      <c r="B1699" s="135" t="s">
-        <v>781</v>
+      <c r="B1699" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1700" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1700" s="134">
+      <c r="A1700" s="130">
         <v>44767</v>
       </c>
-      <c r="B1700" s="135" t="s">
-        <v>781</v>
+      <c r="B1700" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1701" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1701" s="134">
+      <c r="A1701" s="130">
         <v>44768</v>
       </c>
-      <c r="B1701" s="135" t="s">
-        <v>781</v>
+      <c r="B1701" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1702" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1702" s="134">
+      <c r="A1702" s="130">
         <v>44769</v>
       </c>
-      <c r="B1702" s="135" t="s">
-        <v>781</v>
+      <c r="B1702" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1703" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1703" s="134">
+      <c r="A1703" s="130">
         <v>44770</v>
       </c>
-      <c r="B1703" s="135" t="s">
-        <v>781</v>
+      <c r="B1703" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1704" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1704" s="134">
+      <c r="A1704" s="130">
         <v>44771</v>
       </c>
-      <c r="B1704" s="135" t="s">
-        <v>781</v>
+      <c r="B1704" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1705" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1705" s="134">
+      <c r="A1705" s="130">
         <v>44774</v>
       </c>
-      <c r="B1705" s="135" t="s">
-        <v>781</v>
+      <c r="B1705" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1706" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1706" s="134">
+      <c r="A1706" s="130">
         <v>44775</v>
       </c>
-      <c r="B1706" s="135" t="s">
-        <v>781</v>
+      <c r="B1706" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1707" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1707" s="134">
+      <c r="A1707" s="130">
         <v>44776</v>
       </c>
-      <c r="B1707" s="135" t="s">
-        <v>781</v>
+      <c r="B1707" s="190" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="1708" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1708" s="134">
+      <c r="A1708" s="130">
         <v>44777</v>
       </c>
-      <c r="B1708" s="135" t="s">
-        <v>782</v>
+      <c r="B1708" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1709" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1709" s="134">
+      <c r="A1709" s="130">
         <v>44778</v>
       </c>
-      <c r="B1709" s="135" t="s">
-        <v>782</v>
+      <c r="B1709" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1710" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1710" s="134">
+      <c r="A1710" s="130">
         <v>44781</v>
       </c>
-      <c r="B1710" s="135" t="s">
-        <v>782</v>
+      <c r="B1710" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1711" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1711" s="134">
+      <c r="A1711" s="130">
         <v>44782</v>
       </c>
-      <c r="B1711" s="135" t="s">
-        <v>782</v>
+      <c r="B1711" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1712" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1712" s="134">
+      <c r="A1712" s="130">
         <v>44783</v>
       </c>
-      <c r="B1712" s="135" t="s">
-        <v>782</v>
+      <c r="B1712" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1713" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1713" s="134">
+      <c r="A1713" s="130">
         <v>44784</v>
       </c>
-      <c r="B1713" s="135" t="s">
-        <v>782</v>
+      <c r="B1713" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1714" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1714" s="134">
+      <c r="A1714" s="130">
         <v>44785</v>
       </c>
-      <c r="B1714" s="135" t="s">
-        <v>782</v>
+      <c r="B1714" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1715" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1715" s="134">
+      <c r="A1715" s="130">
         <v>44788</v>
       </c>
-      <c r="B1715" s="135" t="s">
-        <v>782</v>
+      <c r="B1715" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1716" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1716" s="134">
+      <c r="A1716" s="130">
         <v>44789</v>
       </c>
-      <c r="B1716" s="135" t="s">
-        <v>782</v>
+      <c r="B1716" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1717" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1717" s="134">
+      <c r="A1717" s="130">
         <v>44790</v>
       </c>
-      <c r="B1717" s="135" t="s">
-        <v>782</v>
+      <c r="B1717" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1718" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1718" s="134">
+      <c r="A1718" s="130">
         <v>44791</v>
       </c>
-      <c r="B1718" s="135" t="s">
-        <v>782</v>
+      <c r="B1718" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1719" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1719" s="134">
+      <c r="A1719" s="130">
         <v>44792</v>
       </c>
-      <c r="B1719" s="135" t="s">
-        <v>782</v>
+      <c r="B1719" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1720" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1720" s="134">
+      <c r="A1720" s="130">
         <v>44795</v>
       </c>
-      <c r="B1720" s="135" t="s">
-        <v>782</v>
+      <c r="B1720" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1721" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1721" s="134">
+      <c r="A1721" s="130">
         <v>44796</v>
       </c>
-      <c r="B1721" s="135" t="s">
-        <v>782</v>
+      <c r="B1721" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1722" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1722" s="134">
+      <c r="A1722" s="130">
         <v>44797</v>
       </c>
-      <c r="B1722" s="135" t="s">
-        <v>782</v>
+      <c r="B1722" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1723" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1723" s="134">
+      <c r="A1723" s="130">
         <v>44798</v>
       </c>
-      <c r="B1723" s="135" t="s">
-        <v>782</v>
+      <c r="B1723" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1724" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1724" s="134">
+      <c r="A1724" s="130">
         <v>44799</v>
       </c>
-      <c r="B1724" s="135" t="s">
-        <v>782</v>
+      <c r="B1724" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1725" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1725" s="134">
+      <c r="A1725" s="130">
         <v>44803</v>
       </c>
-      <c r="B1725" s="135" t="s">
-        <v>782</v>
+      <c r="B1725" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1726" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1726" s="134">
+      <c r="A1726" s="130">
         <v>44804</v>
       </c>
-      <c r="B1726" s="135" t="s">
-        <v>782</v>
+      <c r="B1726" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1727" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1727" s="134">
+      <c r="A1727" s="130">
         <v>44805</v>
       </c>
-      <c r="B1727" s="135" t="s">
-        <v>782</v>
+      <c r="B1727" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1728" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1728" s="134">
+      <c r="A1728" s="130">
         <v>44806</v>
       </c>
-      <c r="B1728" s="135" t="s">
-        <v>782</v>
+      <c r="B1728" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1729" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1729" s="134">
+      <c r="A1729" s="130">
         <v>44809</v>
       </c>
-      <c r="B1729" s="135" t="s">
-        <v>782</v>
+      <c r="B1729" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1730" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1730" s="134">
+      <c r="A1730" s="130">
         <v>44810</v>
       </c>
-      <c r="B1730" s="135" t="s">
-        <v>782</v>
+      <c r="B1730" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1731" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1731" s="134">
+      <c r="A1731" s="130">
         <v>44811</v>
       </c>
-      <c r="B1731" s="135" t="s">
-        <v>782</v>
+      <c r="B1731" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1732" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1732" s="134">
+      <c r="A1732" s="130">
         <v>44812</v>
       </c>
-      <c r="B1732" s="135" t="s">
-        <v>782</v>
+      <c r="B1732" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1733" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1733" s="134">
+      <c r="A1733" s="130">
         <v>44813</v>
       </c>
-      <c r="B1733" s="135" t="s">
-        <v>782</v>
+      <c r="B1733" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1734" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1734" s="134">
+      <c r="A1734" s="130">
         <v>44816</v>
       </c>
-      <c r="B1734" s="135" t="s">
-        <v>782</v>
+      <c r="B1734" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1735" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1735" s="134">
+      <c r="A1735" s="130">
         <v>44817</v>
       </c>
-      <c r="B1735" s="135" t="s">
-        <v>782</v>
+      <c r="B1735" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1736" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1736" s="134">
+      <c r="A1736" s="130">
         <v>44818</v>
       </c>
-      <c r="B1736" s="135" t="s">
-        <v>782</v>
+      <c r="B1736" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1737" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1737" s="134">
+      <c r="A1737" s="130">
         <v>44819</v>
       </c>
-      <c r="B1737" s="135" t="s">
-        <v>782</v>
+      <c r="B1737" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1738" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1738" s="134">
+      <c r="A1738" s="130">
         <v>44820</v>
       </c>
-      <c r="B1738" s="135" t="s">
-        <v>782</v>
+      <c r="B1738" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1739" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1739" s="134">
+      <c r="A1739" s="130">
         <v>44824</v>
       </c>
-      <c r="B1739" s="135" t="s">
-        <v>782</v>
+      <c r="B1739" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1740" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1740" s="134">
+      <c r="A1740" s="130">
         <v>44825</v>
       </c>
-      <c r="B1740" s="135" t="s">
-        <v>782</v>
+      <c r="B1740" s="190" t="s">
+        <v>711</v>
       </c>
     </row>
     <row r="1741" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1741" s="134">
+      <c r="A1741" s="130">
         <v>44826</v>
       </c>
-      <c r="B1741" s="135" t="s">
-        <v>783</v>
+      <c r="B1741" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1742" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1742" s="134">
+      <c r="A1742" s="130">
         <v>44827</v>
       </c>
-      <c r="B1742" s="135" t="s">
-        <v>783</v>
+      <c r="B1742" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1743" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1743" s="134">
+      <c r="A1743" s="130">
         <v>44830</v>
       </c>
-      <c r="B1743" s="135" t="s">
-        <v>783</v>
+      <c r="B1743" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1744" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1744" s="134">
+      <c r="A1744" s="130">
         <v>44831</v>
       </c>
-      <c r="B1744" s="135" t="s">
-        <v>783</v>
+      <c r="B1744" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1745" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1745" s="134">
+      <c r="A1745" s="130">
         <v>44832</v>
       </c>
-      <c r="B1745" s="135" t="s">
-        <v>783</v>
+      <c r="B1745" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1746" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1746" s="134">
+      <c r="A1746" s="130">
         <v>44833</v>
       </c>
-      <c r="B1746" s="135" t="s">
-        <v>783</v>
+      <c r="B1746" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1747" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1747" s="134">
+      <c r="A1747" s="130">
         <v>44834</v>
       </c>
-      <c r="B1747" s="135" t="s">
-        <v>783</v>
+      <c r="B1747" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1748" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1748" s="134">
+      <c r="A1748" s="130">
         <v>44837</v>
       </c>
-      <c r="B1748" s="135" t="s">
-        <v>783</v>
+      <c r="B1748" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1749" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1749" s="134">
+      <c r="A1749" s="130">
         <v>44838</v>
       </c>
-      <c r="B1749" s="135" t="s">
-        <v>783</v>
+      <c r="B1749" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1750" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1750" s="134">
+      <c r="A1750" s="130">
         <v>44839</v>
       </c>
-      <c r="B1750" s="135" t="s">
-        <v>783</v>
+      <c r="B1750" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1751" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1751" s="134">
+      <c r="A1751" s="130">
         <v>44840</v>
       </c>
-      <c r="B1751" s="135" t="s">
-        <v>783</v>
+      <c r="B1751" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1752" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1752" s="134">
+      <c r="A1752" s="130">
         <v>44841</v>
       </c>
-      <c r="B1752" s="135" t="s">
-        <v>783</v>
+      <c r="B1752" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1753" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1753" s="134">
+      <c r="A1753" s="130">
         <v>44844</v>
       </c>
-      <c r="B1753" s="135" t="s">
-        <v>783</v>
+      <c r="B1753" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1754" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1754" s="134">
+      <c r="A1754" s="130">
         <v>44845</v>
       </c>
-      <c r="B1754" s="135" t="s">
-        <v>783</v>
+      <c r="B1754" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1755" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1755" s="134">
+      <c r="A1755" s="130">
         <v>44846</v>
       </c>
-      <c r="B1755" s="135" t="s">
-        <v>783</v>
+      <c r="B1755" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1756" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1756" s="134">
+      <c r="A1756" s="130">
         <v>44847</v>
       </c>
-      <c r="B1756" s="135" t="s">
-        <v>783</v>
+      <c r="B1756" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1757" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1757" s="134">
+      <c r="A1757" s="130">
         <v>44848</v>
       </c>
-      <c r="B1757" s="135" t="s">
-        <v>783</v>
+      <c r="B1757" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1758" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1758" s="134">
+      <c r="A1758" s="130">
         <v>44851</v>
       </c>
-      <c r="B1758" s="135" t="s">
-        <v>783</v>
+      <c r="B1758" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1759" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1759" s="134">
+      <c r="A1759" s="130">
         <v>44852</v>
       </c>
-      <c r="B1759" s="135" t="s">
-        <v>783</v>
+      <c r="B1759" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1760" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1760" s="134">
+      <c r="A1760" s="130">
         <v>44853</v>
       </c>
-      <c r="B1760" s="135" t="s">
-        <v>783</v>
+      <c r="B1760" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1761" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1761" s="134">
+      <c r="A1761" s="130">
         <v>44854</v>
       </c>
-      <c r="B1761" s="135" t="s">
-        <v>783</v>
+      <c r="B1761" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1762" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1762" s="134">
+      <c r="A1762" s="130">
         <v>44855</v>
       </c>
-      <c r="B1762" s="135" t="s">
-        <v>783</v>
+      <c r="B1762" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1763" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1763" s="134">
+      <c r="A1763" s="130">
         <v>44858</v>
       </c>
-      <c r="B1763" s="135" t="s">
-        <v>783</v>
+      <c r="B1763" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1764" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1764" s="134">
+      <c r="A1764" s="130">
         <v>44859</v>
       </c>
-      <c r="B1764" s="135" t="s">
-        <v>783</v>
+      <c r="B1764" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1765" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1765" s="134">
+      <c r="A1765" s="130">
         <v>44860</v>
       </c>
-      <c r="B1765" s="135" t="s">
-        <v>783</v>
+      <c r="B1765" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1766" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1766" s="134">
+      <c r="A1766" s="130">
         <v>44861</v>
       </c>
-      <c r="B1766" s="135" t="s">
-        <v>783</v>
+      <c r="B1766" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1767" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1767" s="134">
+      <c r="A1767" s="130">
         <v>44862</v>
       </c>
-      <c r="B1767" s="135" t="s">
-        <v>783</v>
+      <c r="B1767" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1768" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1768" s="134">
+      <c r="A1768" s="130">
         <v>44865</v>
       </c>
-      <c r="B1768" s="135" t="s">
-        <v>783</v>
+      <c r="B1768" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1769" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1769" s="134">
+      <c r="A1769" s="130">
         <v>44866</v>
       </c>
-      <c r="B1769" s="135" t="s">
-        <v>783</v>
+      <c r="B1769" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1770" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1770" s="134">
+      <c r="A1770" s="130">
         <v>44867</v>
       </c>
-      <c r="B1770" s="135" t="s">
-        <v>783</v>
+      <c r="B1770" s="190" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="1771" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1771" s="134">
+      <c r="A1771" s="130">
         <v>44868</v>
       </c>
-      <c r="B1771" s="135" t="s">
-        <v>784</v>
+      <c r="B1771" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1772" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1772" s="134">
+      <c r="A1772" s="130">
         <v>44869</v>
       </c>
-      <c r="B1772" s="135" t="s">
-        <v>784</v>
+      <c r="B1772" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1773" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1773" s="134">
+      <c r="A1773" s="130">
         <v>44872</v>
       </c>
-      <c r="B1773" s="135" t="s">
-        <v>784</v>
+      <c r="B1773" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1774" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1774" s="134">
+      <c r="A1774" s="130">
         <v>44873</v>
       </c>
-      <c r="B1774" s="135" t="s">
-        <v>784</v>
+      <c r="B1774" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1775" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1775" s="134">
+      <c r="A1775" s="130">
         <v>44874</v>
       </c>
-      <c r="B1775" s="135" t="s">
-        <v>784</v>
+      <c r="B1775" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1776" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1776" s="134">
+      <c r="A1776" s="130">
         <v>44875</v>
       </c>
-      <c r="B1776" s="135" t="s">
-        <v>784</v>
+      <c r="B1776" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1777" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1777" s="134">
+      <c r="A1777" s="130">
         <v>44876</v>
       </c>
-      <c r="B1777" s="135" t="s">
-        <v>784</v>
+      <c r="B1777" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1778" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1778" s="134">
+      <c r="A1778" s="130">
         <v>44879</v>
       </c>
-      <c r="B1778" s="135" t="s">
-        <v>784</v>
+      <c r="B1778" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1779" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1779" s="134">
+      <c r="A1779" s="130">
         <v>44880</v>
       </c>
-      <c r="B1779" s="135" t="s">
-        <v>784</v>
+      <c r="B1779" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1780" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1780" s="134">
+      <c r="A1780" s="130">
         <v>44881</v>
       </c>
-      <c r="B1780" s="135" t="s">
-        <v>784</v>
+      <c r="B1780" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1781" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1781" s="134">
+      <c r="A1781" s="130">
         <v>44882</v>
       </c>
-      <c r="B1781" s="135" t="s">
-        <v>784</v>
+      <c r="B1781" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1782" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1782" s="134">
+      <c r="A1782" s="130">
         <v>44883</v>
       </c>
-      <c r="B1782" s="135" t="s">
-        <v>784</v>
+      <c r="B1782" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1783" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1783" s="134">
+      <c r="A1783" s="130">
         <v>44886</v>
       </c>
-      <c r="B1783" s="135" t="s">
-        <v>784</v>
+      <c r="B1783" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1784" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1784" s="134">
+      <c r="A1784" s="130">
         <v>44887</v>
       </c>
-      <c r="B1784" s="135" t="s">
-        <v>784</v>
+      <c r="B1784" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1785" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1785" s="134">
+      <c r="A1785" s="130">
         <v>44888</v>
       </c>
-      <c r="B1785" s="135" t="s">
-        <v>784</v>
+      <c r="B1785" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1786" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1786" s="134">
+      <c r="A1786" s="130">
         <v>44889</v>
       </c>
-      <c r="B1786" s="135" t="s">
-        <v>784</v>
+      <c r="B1786" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1787" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1787" s="134">
+      <c r="A1787" s="130">
         <v>44890</v>
       </c>
-      <c r="B1787" s="135" t="s">
-        <v>784</v>
+      <c r="B1787" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1788" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1788" s="134">
+      <c r="A1788" s="130">
         <v>44893</v>
       </c>
-      <c r="B1788" s="135" t="s">
-        <v>784</v>
+      <c r="B1788" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1789" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1789" s="134">
+      <c r="A1789" s="130">
         <v>44894</v>
       </c>
-      <c r="B1789" s="135" t="s">
-        <v>784</v>
+      <c r="B1789" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1790" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1790" s="134">
+      <c r="A1790" s="130">
         <v>44895</v>
       </c>
-      <c r="B1790" s="135" t="s">
-        <v>784</v>
+      <c r="B1790" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1791" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1791" s="134">
+      <c r="A1791" s="130">
         <v>44896</v>
       </c>
-      <c r="B1791" s="135" t="s">
-        <v>784</v>
+      <c r="B1791" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1792" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1792" s="134">
+      <c r="A1792" s="130">
         <v>44897</v>
       </c>
-      <c r="B1792" s="135" t="s">
-        <v>784</v>
+      <c r="B1792" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1793" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1793" s="134">
+      <c r="A1793" s="130">
         <v>44900</v>
       </c>
-      <c r="B1793" s="135" t="s">
-        <v>784</v>
+      <c r="B1793" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1794" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1794" s="134">
+      <c r="A1794" s="130">
         <v>44901</v>
       </c>
-      <c r="B1794" s="135" t="s">
-        <v>784</v>
+      <c r="B1794" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1795" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1795" s="134">
+      <c r="A1795" s="130">
         <v>44902</v>
       </c>
-      <c r="B1795" s="135" t="s">
-        <v>784</v>
+      <c r="B1795" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1796" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1796" s="134">
+      <c r="A1796" s="130">
         <v>44903</v>
       </c>
-      <c r="B1796" s="135" t="s">
-        <v>784</v>
+      <c r="B1796" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1797" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1797" s="134">
+      <c r="A1797" s="130">
         <v>44904</v>
       </c>
-      <c r="B1797" s="135" t="s">
-        <v>784</v>
+      <c r="B1797" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1798" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1798" s="134">
+      <c r="A1798" s="130">
         <v>44907</v>
       </c>
-      <c r="B1798" s="135" t="s">
-        <v>784</v>
+      <c r="B1798" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1799" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1799" s="134">
+      <c r="A1799" s="130">
         <v>44908</v>
       </c>
-      <c r="B1799" s="135" t="s">
-        <v>784</v>
+      <c r="B1799" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1800" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1800" s="134">
+      <c r="A1800" s="130">
         <v>44909</v>
       </c>
-      <c r="B1800" s="135" t="s">
-        <v>784</v>
+      <c r="B1800" s="190" t="s">
+        <v>713</v>
       </c>
     </row>
     <row r="1801" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1801" s="134">
+      <c r="A1801" s="130">
         <v>44910</v>
       </c>
-      <c r="B1801" s="135" t="s">
-        <v>785</v>
+      <c r="B1801" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1802" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1802" s="134">
+      <c r="A1802" s="130">
         <v>44911</v>
       </c>
-      <c r="B1802" s="135" t="s">
-        <v>785</v>
+      <c r="B1802" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1803" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1803" s="134">
+      <c r="A1803" s="130">
         <v>44914</v>
       </c>
-      <c r="B1803" s="135" t="s">
-        <v>785</v>
+      <c r="B1803" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1804" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1804" s="134">
+      <c r="A1804" s="130">
         <v>44915</v>
       </c>
-      <c r="B1804" s="135" t="s">
-        <v>785</v>
+      <c r="B1804" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1805" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1805" s="134">
+      <c r="A1805" s="130">
         <v>44916</v>
       </c>
-      <c r="B1805" s="135" t="s">
-        <v>785</v>
+      <c r="B1805" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1806" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1806" s="134">
+      <c r="A1806" s="130">
         <v>44917</v>
       </c>
-      <c r="B1806" s="135" t="s">
-        <v>785</v>
+      <c r="B1806" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1807" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1807" s="134">
+      <c r="A1807" s="130">
         <v>44918</v>
       </c>
-      <c r="B1807" s="135" t="s">
-        <v>785</v>
+      <c r="B1807" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1808" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1808" s="134">
+      <c r="A1808" s="130">
         <v>44923</v>
       </c>
-      <c r="B1808" s="135" t="s">
-        <v>785</v>
+      <c r="B1808" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1809" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1809" s="134">
+      <c r="A1809" s="130">
         <v>44924</v>
       </c>
-      <c r="B1809" s="135" t="s">
-        <v>785</v>
+      <c r="B1809" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1810" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1810" s="134">
+      <c r="A1810" s="130">
         <v>44925</v>
       </c>
-      <c r="B1810" s="135" t="s">
-        <v>785</v>
+      <c r="B1810" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1811" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1811" s="134">
+      <c r="A1811" s="130">
         <v>44929</v>
       </c>
-      <c r="B1811" s="135" t="s">
-        <v>785</v>
+      <c r="B1811" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1812" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1812" s="134">
+      <c r="A1812" s="130">
         <v>44930</v>
       </c>
-      <c r="B1812" s="135" t="s">
-        <v>785</v>
+      <c r="B1812" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1813" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1813" s="134">
+      <c r="A1813" s="130">
         <v>44931</v>
       </c>
-      <c r="B1813" s="135" t="s">
-        <v>785</v>
+      <c r="B1813" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1814" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1814" s="134">
+      <c r="A1814" s="130">
         <v>44932</v>
       </c>
-      <c r="B1814" s="135" t="s">
-        <v>785</v>
+      <c r="B1814" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1815" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1815" s="134">
+      <c r="A1815" s="130">
         <v>44935</v>
       </c>
-      <c r="B1815" s="135" t="s">
-        <v>785</v>
+      <c r="B1815" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1816" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1816" s="134">
+      <c r="A1816" s="130">
         <v>44936</v>
       </c>
-      <c r="B1816" s="135" t="s">
-        <v>785</v>
+      <c r="B1816" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1817" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1817" s="134">
+      <c r="A1817" s="130">
         <v>44937</v>
       </c>
-      <c r="B1817" s="135" t="s">
-        <v>785</v>
+      <c r="B1817" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1818" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1818" s="134">
+      <c r="A1818" s="130">
         <v>44938</v>
       </c>
-      <c r="B1818" s="135" t="s">
-        <v>785</v>
+      <c r="B1818" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1819" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1819" s="134">
+      <c r="A1819" s="130">
         <v>44939</v>
       </c>
-      <c r="B1819" s="135" t="s">
-        <v>785</v>
+      <c r="B1819" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1820" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1820" s="134">
+      <c r="A1820" s="130">
         <v>44942</v>
       </c>
-      <c r="B1820" s="135" t="s">
-        <v>785</v>
+      <c r="B1820" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1821" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1821" s="134">
+      <c r="A1821" s="130">
         <v>44943</v>
       </c>
-      <c r="B1821" s="135" t="s">
-        <v>785</v>
+      <c r="B1821" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1822" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1822" s="134">
+      <c r="A1822" s="130">
         <v>44944</v>
       </c>
-      <c r="B1822" s="135" t="s">
-        <v>785</v>
+      <c r="B1822" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1823" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1823" s="134">
+      <c r="A1823" s="130">
         <v>44945</v>
       </c>
-      <c r="B1823" s="135" t="s">
-        <v>785</v>
+      <c r="B1823" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1824" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1824" s="134">
+      <c r="A1824" s="130">
         <v>44946</v>
       </c>
-      <c r="B1824" s="135" t="s">
-        <v>785</v>
+      <c r="B1824" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1825" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1825" s="134">
+      <c r="A1825" s="130">
         <v>44949</v>
       </c>
-      <c r="B1825" s="135" t="s">
-        <v>785</v>
+      <c r="B1825" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1826" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1826" s="134">
+      <c r="A1826" s="130">
         <v>44950</v>
       </c>
-      <c r="B1826" s="135" t="s">
-        <v>785</v>
+      <c r="B1826" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1827" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1827" s="134">
+      <c r="A1827" s="130">
         <v>44951</v>
       </c>
-      <c r="B1827" s="135" t="s">
-        <v>785</v>
+      <c r="B1827" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1828" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1828" s="134">
+      <c r="A1828" s="130">
         <v>44952</v>
       </c>
-      <c r="B1828" s="135" t="s">
-        <v>785</v>
+      <c r="B1828" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1829" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1829" s="134">
+      <c r="A1829" s="130">
         <v>44953</v>
       </c>
-      <c r="B1829" s="135" t="s">
-        <v>785</v>
+      <c r="B1829" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1830" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1830" s="134">
+      <c r="A1830" s="130">
         <v>44956</v>
       </c>
-      <c r="B1830" s="135" t="s">
-        <v>785</v>
+      <c r="B1830" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1831" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1831" s="134">
+      <c r="A1831" s="130">
         <v>44957</v>
       </c>
-      <c r="B1831" s="135" t="s">
-        <v>785</v>
+      <c r="B1831" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1832" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1832" s="134">
+      <c r="A1832" s="130">
         <v>44958</v>
       </c>
-      <c r="B1832" s="135" t="s">
-        <v>785</v>
+      <c r="B1832" s="190" t="s">
+        <v>714</v>
       </c>
     </row>
     <row r="1833" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1833" s="134">
+      <c r="A1833" s="130">
         <v>44959</v>
       </c>
-      <c r="B1833" s="135" t="s">
-        <v>786</v>
+      <c r="B1833" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1834" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1834" s="134">
+      <c r="A1834" s="130">
         <v>44960</v>
       </c>
-      <c r="B1834" s="135" t="s">
-        <v>786</v>
+      <c r="B1834" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1835" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1835" s="134">
+      <c r="A1835" s="130">
         <v>44963</v>
       </c>
-      <c r="B1835" s="135" t="s">
-        <v>786</v>
+      <c r="B1835" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1836" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1836" s="134">
+      <c r="A1836" s="130">
         <v>44964</v>
       </c>
-      <c r="B1836" s="135" t="s">
-        <v>786</v>
+      <c r="B1836" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1837" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1837" s="134">
+      <c r="A1837" s="130">
         <v>44965</v>
       </c>
-      <c r="B1837" s="135" t="s">
-        <v>786</v>
+      <c r="B1837" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1838" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1838" s="134">
+      <c r="A1838" s="130">
         <v>44966</v>
       </c>
-      <c r="B1838" s="135" t="s">
-        <v>786</v>
+      <c r="B1838" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1839" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1839" s="134">
+      <c r="A1839" s="130">
         <v>44967</v>
       </c>
-      <c r="B1839" s="135" t="s">
-        <v>786</v>
+      <c r="B1839" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1840" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1840" s="134">
+      <c r="A1840" s="130">
         <v>44970</v>
       </c>
-      <c r="B1840" s="135" t="s">
-        <v>786</v>
+      <c r="B1840" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1841" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1841" s="134">
+      <c r="A1841" s="130">
         <v>44971</v>
       </c>
-      <c r="B1841" s="135" t="s">
-        <v>786</v>
+      <c r="B1841" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1842" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1842" s="134">
+      <c r="A1842" s="130">
         <v>44972</v>
       </c>
-      <c r="B1842" s="135" t="s">
-        <v>786</v>
+      <c r="B1842" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1843" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1843" s="134">
+      <c r="A1843" s="130">
         <v>44973</v>
       </c>
-      <c r="B1843" s="135" t="s">
-        <v>786</v>
+      <c r="B1843" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1844" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1844" s="134">
+      <c r="A1844" s="130">
         <v>44974</v>
       </c>
-      <c r="B1844" s="135" t="s">
-        <v>786</v>
+      <c r="B1844" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1845" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1845" s="134">
+      <c r="A1845" s="130">
         <v>44977</v>
       </c>
-      <c r="B1845" s="135" t="s">
-        <v>786</v>
+      <c r="B1845" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1846" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1846" s="134">
+      <c r="A1846" s="130">
         <v>44978</v>
       </c>
-      <c r="B1846" s="135" t="s">
-        <v>786</v>
+      <c r="B1846" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1847" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1847" s="134">
+      <c r="A1847" s="130">
         <v>44979</v>
       </c>
-      <c r="B1847" s="135" t="s">
-        <v>786</v>
+      <c r="B1847" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1848" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1848" s="134">
+      <c r="A1848" s="130">
         <v>44980</v>
       </c>
-      <c r="B1848" s="135" t="s">
-        <v>786</v>
+      <c r="B1848" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1849" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1849" s="134">
+      <c r="A1849" s="130">
         <v>44981</v>
       </c>
-      <c r="B1849" s="135" t="s">
-        <v>786</v>
+      <c r="B1849" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1850" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1850" s="134">
+      <c r="A1850" s="130">
         <v>44984</v>
       </c>
-      <c r="B1850" s="135" t="s">
-        <v>786</v>
+      <c r="B1850" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1851" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1851" s="134">
+      <c r="A1851" s="130">
         <v>44985</v>
       </c>
-      <c r="B1851" s="135" t="s">
-        <v>786</v>
+      <c r="B1851" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1852" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1852" s="134">
+      <c r="A1852" s="130">
         <v>44986</v>
       </c>
-      <c r="B1852" s="135" t="s">
-        <v>786</v>
+      <c r="B1852" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1853" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1853" s="134">
+      <c r="A1853" s="130">
         <v>44987</v>
       </c>
-      <c r="B1853" s="135" t="s">
-        <v>786</v>
+      <c r="B1853" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1854" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1854" s="134">
+      <c r="A1854" s="130">
         <v>44988</v>
       </c>
-      <c r="B1854" s="135" t="s">
-        <v>786</v>
+      <c r="B1854" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1855" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1855" s="134">
+      <c r="A1855" s="130">
         <v>44991</v>
       </c>
-      <c r="B1855" s="135" t="s">
-        <v>786</v>
+      <c r="B1855" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1856" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1856" s="134">
+      <c r="A1856" s="130">
         <v>44992</v>
       </c>
-      <c r="B1856" s="135" t="s">
-        <v>786</v>
+      <c r="B1856" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1857" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1857" s="134">
+      <c r="A1857" s="130">
         <v>44993</v>
       </c>
-      <c r="B1857" s="135" t="s">
-        <v>786</v>
+      <c r="B1857" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1858" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1858" s="134">
+      <c r="A1858" s="130">
         <v>44994</v>
       </c>
-      <c r="B1858" s="135" t="s">
-        <v>786</v>
+      <c r="B1858" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1859" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1859" s="134">
+      <c r="A1859" s="130">
         <v>44995</v>
       </c>
-      <c r="B1859" s="135" t="s">
-        <v>786</v>
+      <c r="B1859" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1860" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1860" s="134">
+      <c r="A1860" s="130">
         <v>44998</v>
       </c>
-      <c r="B1860" s="135" t="s">
-        <v>786</v>
+      <c r="B1860" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1861" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1861" s="134">
+      <c r="A1861" s="130">
         <v>44999</v>
       </c>
-      <c r="B1861" s="135" t="s">
-        <v>786</v>
+      <c r="B1861" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1862" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1862" s="134">
+      <c r="A1862" s="130">
         <v>45000</v>
       </c>
-      <c r="B1862" s="135" t="s">
-        <v>786</v>
+      <c r="B1862" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1863" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1863" s="134">
+      <c r="A1863" s="130">
         <v>45001</v>
       </c>
-      <c r="B1863" s="135" t="s">
-        <v>786</v>
+      <c r="B1863" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1864" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1864" s="134">
+      <c r="A1864" s="130">
         <v>45002</v>
       </c>
-      <c r="B1864" s="135" t="s">
-        <v>786</v>
+      <c r="B1864" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1865" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1865" s="134">
+      <c r="A1865" s="130">
         <v>45005</v>
       </c>
-      <c r="B1865" s="135" t="s">
-        <v>786</v>
+      <c r="B1865" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1866" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1866" s="134">
+      <c r="A1866" s="130">
         <v>45006</v>
       </c>
-      <c r="B1866" s="135" t="s">
-        <v>786</v>
+      <c r="B1866" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1867" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1867" s="134">
+      <c r="A1867" s="130">
         <v>45007</v>
       </c>
-      <c r="B1867" s="135" t="s">
-        <v>786</v>
+      <c r="B1867" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="1868" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1868" s="134">
+      <c r="A1868" s="130">
         <v>45008</v>
       </c>
-      <c r="B1868" s="135" t="s">
-        <v>787</v>
+      <c r="B1868" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1869" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1869" s="134">
+      <c r="A1869" s="130">
         <v>45009</v>
       </c>
-      <c r="B1869" s="135" t="s">
-        <v>787</v>
+      <c r="B1869" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1870" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1870" s="134">
+      <c r="A1870" s="130">
         <v>45012</v>
       </c>
-      <c r="B1870" s="135" t="s">
-        <v>787</v>
+      <c r="B1870" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1871" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1871" s="134">
+      <c r="A1871" s="130">
         <v>45013</v>
       </c>
-      <c r="B1871" s="135" t="s">
-        <v>787</v>
+      <c r="B1871" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1872" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1872" s="134">
+      <c r="A1872" s="130">
         <v>45014</v>
       </c>
-      <c r="B1872" s="135" t="s">
-        <v>787</v>
+      <c r="B1872" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1873" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1873" s="134">
+      <c r="A1873" s="130">
         <v>45015</v>
       </c>
-      <c r="B1873" s="135" t="s">
-        <v>787</v>
+      <c r="B1873" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1874" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1874" s="134">
+      <c r="A1874" s="130">
         <v>45016</v>
       </c>
-      <c r="B1874" s="135" t="s">
-        <v>787</v>
+      <c r="B1874" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1875" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1875" s="134">
+      <c r="A1875" s="130">
         <v>45019</v>
       </c>
-      <c r="B1875" s="135" t="s">
-        <v>787</v>
+      <c r="B1875" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1876" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1876" s="134">
+      <c r="A1876" s="130">
         <v>45020</v>
       </c>
-      <c r="B1876" s="135" t="s">
-        <v>787</v>
+      <c r="B1876" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1877" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1877" s="134">
+      <c r="A1877" s="130">
         <v>45021</v>
       </c>
-      <c r="B1877" s="135" t="s">
-        <v>787</v>
+      <c r="B1877" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1878" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1878" s="134">
+      <c r="A1878" s="130">
         <v>45022</v>
       </c>
-      <c r="B1878" s="135" t="s">
-        <v>787</v>
+      <c r="B1878" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1879" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1879" s="134">
+      <c r="A1879" s="130">
         <v>45027</v>
       </c>
-      <c r="B1879" s="135" t="s">
-        <v>787</v>
+      <c r="B1879" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1880" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1880" s="134">
+      <c r="A1880" s="130">
         <v>45028</v>
       </c>
-      <c r="B1880" s="135" t="s">
-        <v>787</v>
+      <c r="B1880" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1881" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1881" s="134">
+      <c r="A1881" s="130">
         <v>45029</v>
       </c>
-      <c r="B1881" s="135" t="s">
-        <v>787</v>
+      <c r="B1881" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1882" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1882" s="134">
+      <c r="A1882" s="130">
         <v>45030</v>
       </c>
-      <c r="B1882" s="135" t="s">
-        <v>787</v>
+      <c r="B1882" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1883" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1883" s="134">
+      <c r="A1883" s="130">
         <v>45033</v>
       </c>
-      <c r="B1883" s="135" t="s">
-        <v>787</v>
+      <c r="B1883" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1884" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1884" s="134">
+      <c r="A1884" s="130">
         <v>45034</v>
       </c>
-      <c r="B1884" s="135" t="s">
-        <v>787</v>
+      <c r="B1884" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1885" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1885" s="134">
+      <c r="A1885" s="130">
         <v>45035</v>
       </c>
-      <c r="B1885" s="135" t="s">
-        <v>787</v>
+      <c r="B1885" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1886" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1886" s="134">
+      <c r="A1886" s="130">
         <v>45036</v>
       </c>
-      <c r="B1886" s="135" t="s">
-        <v>787</v>
+      <c r="B1886" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1887" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1887" s="134">
+      <c r="A1887" s="130">
         <v>45037</v>
       </c>
-      <c r="B1887" s="135" t="s">
-        <v>787</v>
+      <c r="B1887" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1888" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1888" s="134">
+      <c r="A1888" s="130">
         <v>45040</v>
       </c>
-      <c r="B1888" s="135" t="s">
-        <v>787</v>
+      <c r="B1888" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1889" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1889" s="134">
+      <c r="A1889" s="130">
         <v>45041</v>
       </c>
-      <c r="B1889" s="135" t="s">
-        <v>787</v>
+      <c r="B1889" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1890" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1890" s="134">
+      <c r="A1890" s="130">
         <v>45042</v>
       </c>
-      <c r="B1890" s="135" t="s">
-        <v>787</v>
+      <c r="B1890" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1891" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1891" s="134">
+      <c r="A1891" s="130">
         <v>45043</v>
       </c>
-      <c r="B1891" s="135" t="s">
-        <v>787</v>
+      <c r="B1891" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1892" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1892" s="134">
+      <c r="A1892" s="130">
         <v>45044</v>
       </c>
-      <c r="B1892" s="135" t="s">
-        <v>787</v>
+      <c r="B1892" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1893" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1893" s="134">
+      <c r="A1893" s="130">
         <v>45048</v>
       </c>
-      <c r="B1893" s="135" t="s">
-        <v>787</v>
+      <c r="B1893" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1894" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1894" s="134">
+      <c r="A1894" s="130">
         <v>45049</v>
       </c>
-      <c r="B1894" s="135" t="s">
-        <v>787</v>
+      <c r="B1894" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1895" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1895" s="134">
+      <c r="A1895" s="130">
         <v>45050</v>
       </c>
-      <c r="B1895" s="135" t="s">
-        <v>787</v>
+      <c r="B1895" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1896" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1896" s="134">
+      <c r="A1896" s="130">
         <v>45051</v>
       </c>
-      <c r="B1896" s="135" t="s">
-        <v>787</v>
+      <c r="B1896" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1897" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1897" s="134">
+      <c r="A1897" s="130">
         <v>45055</v>
       </c>
-      <c r="B1897" s="135" t="s">
-        <v>787</v>
+      <c r="B1897" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1898" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1898" s="134">
+      <c r="A1898" s="130">
         <v>45056</v>
       </c>
-      <c r="B1898" s="135" t="s">
-        <v>787</v>
+      <c r="B1898" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="1899" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1899" s="134">
+      <c r="A1899" s="130">
         <v>45057</v>
       </c>
-      <c r="B1899" s="135" t="s">
-        <v>788</v>
+      <c r="B1899" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1900" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1900" s="134">
+      <c r="A1900" s="130">
         <v>45058</v>
       </c>
-      <c r="B1900" s="135" t="s">
-        <v>788</v>
+      <c r="B1900" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1901" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1901" s="134">
+      <c r="A1901" s="130">
         <v>45061</v>
       </c>
-      <c r="B1901" s="135" t="s">
-        <v>788</v>
+      <c r="B1901" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1902" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1902" s="134">
+      <c r="A1902" s="130">
         <v>45062</v>
       </c>
-      <c r="B1902" s="135" t="s">
-        <v>788</v>
+      <c r="B1902" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1903" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1903" s="134">
+      <c r="A1903" s="130">
         <v>45063</v>
       </c>
-      <c r="B1903" s="135" t="s">
-        <v>788</v>
+      <c r="B1903" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1904" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1904" s="134">
+      <c r="A1904" s="130">
         <v>45064</v>
       </c>
-      <c r="B1904" s="135" t="s">
-        <v>788</v>
+      <c r="B1904" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1905" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1905" s="134">
+      <c r="A1905" s="130">
         <v>45065</v>
       </c>
-      <c r="B1905" s="135" t="s">
-        <v>788</v>
+      <c r="B1905" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1906" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1906" s="134">
+      <c r="A1906" s="130">
         <v>45068</v>
       </c>
-      <c r="B1906" s="135" t="s">
-        <v>788</v>
+      <c r="B1906" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1907" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1907" s="134">
+      <c r="A1907" s="130">
         <v>45069</v>
       </c>
-      <c r="B1907" s="135" t="s">
-        <v>788</v>
+      <c r="B1907" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1908" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1908" s="134">
+      <c r="A1908" s="130">
         <v>45070</v>
       </c>
-      <c r="B1908" s="135" t="s">
-        <v>788</v>
+      <c r="B1908" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1909" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1909" s="134">
+      <c r="A1909" s="130">
         <v>45071</v>
       </c>
-      <c r="B1909" s="135" t="s">
-        <v>788</v>
+      <c r="B1909" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1910" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1910" s="134">
+      <c r="A1910" s="130">
         <v>45072</v>
       </c>
-      <c r="B1910" s="135" t="s">
-        <v>788</v>
+      <c r="B1910" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1911" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1911" s="134">
+      <c r="A1911" s="130">
         <v>45076</v>
       </c>
-      <c r="B1911" s="135" t="s">
-        <v>788</v>
+      <c r="B1911" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1912" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1912" s="134">
+      <c r="A1912" s="130">
         <v>45077</v>
       </c>
-      <c r="B1912" s="135" t="s">
-        <v>788</v>
+      <c r="B1912" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1913" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1913" s="134">
+      <c r="A1913" s="130">
         <v>45078</v>
       </c>
-      <c r="B1913" s="135" t="s">
-        <v>788</v>
+      <c r="B1913" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1914" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1914" s="134">
+      <c r="A1914" s="130">
         <v>45079</v>
       </c>
-      <c r="B1914" s="135" t="s">
-        <v>788</v>
+      <c r="B1914" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1915" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1915" s="134">
+      <c r="A1915" s="130">
         <v>45082</v>
       </c>
-      <c r="B1915" s="135" t="s">
-        <v>788</v>
+      <c r="B1915" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1916" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1916" s="134">
+      <c r="A1916" s="130">
         <v>45083</v>
       </c>
-      <c r="B1916" s="135" t="s">
-        <v>788</v>
+      <c r="B1916" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1917" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1917" s="134">
+      <c r="A1917" s="130">
         <v>45084</v>
       </c>
-      <c r="B1917" s="135" t="s">
-        <v>788</v>
+      <c r="B1917" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1918" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1918" s="134">
+      <c r="A1918" s="130">
         <v>45085</v>
       </c>
-      <c r="B1918" s="135" t="s">
-        <v>788</v>
+      <c r="B1918" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1919" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1919" s="134">
+      <c r="A1919" s="130">
         <v>45086</v>
       </c>
-      <c r="B1919" s="135" t="s">
-        <v>788</v>
+      <c r="B1919" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1920" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1920" s="134">
+      <c r="A1920" s="130">
         <v>45089</v>
       </c>
-      <c r="B1920" s="135" t="s">
-        <v>788</v>
+      <c r="B1920" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1921" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1921" s="134">
+      <c r="A1921" s="130">
         <v>45090</v>
       </c>
-      <c r="B1921" s="135" t="s">
-        <v>788</v>
+      <c r="B1921" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1922" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1922" s="134">
+      <c r="A1922" s="130">
         <v>45091</v>
       </c>
-      <c r="B1922" s="135" t="s">
-        <v>788</v>
+      <c r="B1922" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1923" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1923" s="134">
+      <c r="A1923" s="130">
         <v>45092</v>
       </c>
-      <c r="B1923" s="135" t="s">
-        <v>788</v>
+      <c r="B1923" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1924" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1924" s="134">
+      <c r="A1924" s="130">
         <v>45093</v>
       </c>
-      <c r="B1924" s="135" t="s">
-        <v>788</v>
+      <c r="B1924" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1925" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1925" s="134">
+      <c r="A1925" s="130">
         <v>45096</v>
       </c>
-      <c r="B1925" s="135" t="s">
-        <v>788</v>
+      <c r="B1925" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1926" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1926" s="134">
+      <c r="A1926" s="130">
         <v>45097</v>
       </c>
-      <c r="B1926" s="135" t="s">
-        <v>788</v>
+      <c r="B1926" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1927" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1927" s="134">
+      <c r="A1927" s="130">
         <v>45098</v>
       </c>
-      <c r="B1927" s="135" t="s">
-        <v>788</v>
+      <c r="B1927" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="1928" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1928" s="134">
+      <c r="A1928" s="130">
         <v>45099</v>
       </c>
-      <c r="B1928" s="135" t="s">
-        <v>789</v>
+      <c r="B1928" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1929" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1929" s="134">
+      <c r="A1929" s="130">
         <v>45100</v>
       </c>
-      <c r="B1929" s="135" t="s">
-        <v>789</v>
+      <c r="B1929" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1930" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1930" s="134">
+      <c r="A1930" s="130">
         <v>45103</v>
       </c>
-      <c r="B1930" s="135" t="s">
-        <v>789</v>
+      <c r="B1930" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1931" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1931" s="134">
+      <c r="A1931" s="130">
         <v>45104</v>
       </c>
-      <c r="B1931" s="135" t="s">
-        <v>789</v>
+      <c r="B1931" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1932" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1932" s="134">
+      <c r="A1932" s="130">
         <v>45105</v>
       </c>
-      <c r="B1932" s="135" t="s">
-        <v>789</v>
+      <c r="B1932" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1933" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1933" s="134">
+      <c r="A1933" s="130">
         <v>45106</v>
       </c>
-      <c r="B1933" s="135" t="s">
-        <v>789</v>
+      <c r="B1933" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1934" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1934" s="134">
+      <c r="A1934" s="130">
         <v>45107</v>
       </c>
-      <c r="B1934" s="135" t="s">
-        <v>789</v>
+      <c r="B1934" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1935" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1935" s="134">
+      <c r="A1935" s="130">
         <v>45110</v>
       </c>
-      <c r="B1935" s="135" t="s">
-        <v>789</v>
+      <c r="B1935" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1936" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1936" s="134">
+      <c r="A1936" s="130">
         <v>45111</v>
       </c>
-      <c r="B1936" s="135" t="s">
-        <v>789</v>
+      <c r="B1936" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1937" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1937" s="134">
+      <c r="A1937" s="130">
         <v>45112</v>
       </c>
-      <c r="B1937" s="135" t="s">
-        <v>789</v>
+      <c r="B1937" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1938" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1938" s="134">
+      <c r="A1938" s="130">
         <v>45113</v>
       </c>
-      <c r="B1938" s="135" t="s">
-        <v>789</v>
+      <c r="B1938" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1939" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1939" s="134">
+      <c r="A1939" s="130">
         <v>45114</v>
       </c>
-      <c r="B1939" s="135" t="s">
-        <v>789</v>
+      <c r="B1939" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1940" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1940" s="134">
+      <c r="A1940" s="130">
         <v>45117</v>
       </c>
-      <c r="B1940" s="135" t="s">
-        <v>789</v>
+      <c r="B1940" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1941" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1941" s="134">
+      <c r="A1941" s="130">
         <v>45118</v>
       </c>
-      <c r="B1941" s="135" t="s">
-        <v>789</v>
+      <c r="B1941" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1942" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1942" s="134">
+      <c r="A1942" s="130">
         <v>45119</v>
       </c>
-      <c r="B1942" s="135" t="s">
-        <v>789</v>
+      <c r="B1942" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1943" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1943" s="134">
+      <c r="A1943" s="130">
         <v>45120</v>
       </c>
-      <c r="B1943" s="135" t="s">
-        <v>789</v>
+      <c r="B1943" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1944" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1944" s="134">
+      <c r="A1944" s="130">
         <v>45121</v>
       </c>
-      <c r="B1944" s="135" t="s">
-        <v>789</v>
+      <c r="B1944" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1945" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1945" s="134">
+      <c r="A1945" s="130">
         <v>45124</v>
       </c>
-      <c r="B1945" s="135" t="s">
-        <v>789</v>
+      <c r="B1945" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1946" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1946" s="134">
+      <c r="A1946" s="130">
         <v>45125</v>
       </c>
-      <c r="B1946" s="135" t="s">
-        <v>789</v>
+      <c r="B1946" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1947" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1947" s="134">
+      <c r="A1947" s="130">
         <v>45126</v>
       </c>
-      <c r="B1947" s="135" t="s">
-        <v>789</v>
+      <c r="B1947" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1948" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1948" s="134">
+      <c r="A1948" s="130">
         <v>45127</v>
       </c>
-      <c r="B1948" s="135" t="s">
-        <v>789</v>
+      <c r="B1948" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1949" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1949" s="134">
+      <c r="A1949" s="130">
         <v>45128</v>
       </c>
-      <c r="B1949" s="135" t="s">
-        <v>789</v>
+      <c r="B1949" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1950" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1950" s="134">
+      <c r="A1950" s="130">
         <v>45131</v>
       </c>
-      <c r="B1950" s="135" t="s">
-        <v>789</v>
+      <c r="B1950" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1951" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1951" s="134">
+      <c r="A1951" s="130">
         <v>45132</v>
       </c>
-      <c r="B1951" s="135" t="s">
-        <v>789</v>
+      <c r="B1951" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1952" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1952" s="134">
+      <c r="A1952" s="130">
         <v>45133</v>
       </c>
-      <c r="B1952" s="135" t="s">
-        <v>789</v>
+      <c r="B1952" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1953" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1953" s="134">
+      <c r="A1953" s="130">
         <v>45134</v>
       </c>
-      <c r="B1953" s="135" t="s">
-        <v>789</v>
+      <c r="B1953" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1954" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1954" s="134">
+      <c r="A1954" s="130">
         <v>45135</v>
       </c>
-      <c r="B1954" s="135" t="s">
-        <v>789</v>
+      <c r="B1954" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1955" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1955" s="134">
+      <c r="A1955" s="130">
         <v>45138</v>
       </c>
-      <c r="B1955" s="135" t="s">
-        <v>789</v>
+      <c r="B1955" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1956" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1956" s="134">
+      <c r="A1956" s="130">
         <v>45139</v>
       </c>
-      <c r="B1956" s="135" t="s">
-        <v>789</v>
+      <c r="B1956" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1957" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1957" s="134">
+      <c r="A1957" s="130">
         <v>45140</v>
       </c>
-      <c r="B1957" s="135" t="s">
-        <v>789</v>
+      <c r="B1957" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="1958" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1958" s="134">
+      <c r="A1958" s="130">
         <v>45141</v>
       </c>
-      <c r="B1958" s="135" t="s">
-        <v>790</v>
+      <c r="B1958" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1959" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1959" s="134">
+      <c r="A1959" s="130">
         <v>45142</v>
       </c>
-      <c r="B1959" s="135" t="s">
-        <v>790</v>
+      <c r="B1959" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1960" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1960" s="134">
+      <c r="A1960" s="130">
         <v>45145</v>
       </c>
-      <c r="B1960" s="135" t="s">
-        <v>790</v>
+      <c r="B1960" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1961" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1961" s="134">
+      <c r="A1961" s="130">
         <v>45146</v>
       </c>
-      <c r="B1961" s="135" t="s">
-        <v>790</v>
+      <c r="B1961" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1962" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1962" s="134">
+      <c r="A1962" s="130">
         <v>45147</v>
       </c>
-      <c r="B1962" s="135" t="s">
-        <v>790</v>
+      <c r="B1962" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1963" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1963" s="134">
+      <c r="A1963" s="130">
         <v>45148</v>
       </c>
-      <c r="B1963" s="135" t="s">
-        <v>790</v>
+      <c r="B1963" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1964" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1964" s="134">
+      <c r="A1964" s="130">
         <v>45149</v>
       </c>
-      <c r="B1964" s="135" t="s">
-        <v>790</v>
+      <c r="B1964" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1965" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1965" s="134">
+      <c r="A1965" s="130">
         <v>45152</v>
       </c>
-      <c r="B1965" s="135" t="s">
-        <v>790</v>
+      <c r="B1965" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1966" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1966" s="134">
+      <c r="A1966" s="130">
         <v>45153</v>
       </c>
-      <c r="B1966" s="135" t="s">
-        <v>790</v>
+      <c r="B1966" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1967" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1967" s="134">
+      <c r="A1967" s="130">
         <v>45154</v>
       </c>
-      <c r="B1967" s="135" t="s">
-        <v>790</v>
+      <c r="B1967" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1968" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1968" s="134">
+      <c r="A1968" s="130">
         <v>45155</v>
       </c>
-      <c r="B1968" s="135" t="s">
-        <v>790</v>
+      <c r="B1968" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1969" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1969" s="134">
+      <c r="A1969" s="130">
         <v>45156</v>
       </c>
-      <c r="B1969" s="135" t="s">
-        <v>790</v>
+      <c r="B1969" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1970" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1970" s="134">
+      <c r="A1970" s="130">
         <v>45159</v>
       </c>
-      <c r="B1970" s="135" t="s">
-        <v>790</v>
+      <c r="B1970" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1971" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1971" s="134">
+      <c r="A1971" s="130">
         <v>45160</v>
       </c>
-      <c r="B1971" s="135" t="s">
-        <v>790</v>
+      <c r="B1971" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1972" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1972" s="134">
+      <c r="A1972" s="130">
         <v>45161</v>
       </c>
-      <c r="B1972" s="135" t="s">
-        <v>790</v>
+      <c r="B1972" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1973" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1973" s="134">
+      <c r="A1973" s="130">
         <v>45162</v>
       </c>
-      <c r="B1973" s="135" t="s">
-        <v>790</v>
+      <c r="B1973" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1974" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1974" s="134">
+      <c r="A1974" s="130">
         <v>45163</v>
       </c>
-      <c r="B1974" s="135" t="s">
-        <v>790</v>
+      <c r="B1974" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1975" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1975" s="134">
+      <c r="A1975" s="130">
         <v>45167</v>
       </c>
-      <c r="B1975" s="135" t="s">
-        <v>790</v>
+      <c r="B1975" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1976" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1976" s="134">
+      <c r="A1976" s="130">
         <v>45168</v>
       </c>
-      <c r="B1976" s="135" t="s">
-        <v>790</v>
+      <c r="B1976" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1977" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1977" s="134">
+      <c r="A1977" s="130">
         <v>45169</v>
       </c>
-      <c r="B1977" s="135" t="s">
-        <v>790</v>
+      <c r="B1977" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1978" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1978" s="134">
+      <c r="A1978" s="130">
         <v>45170</v>
       </c>
-      <c r="B1978" s="135" t="s">
-        <v>790</v>
+      <c r="B1978" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1979" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1979" s="134">
+      <c r="A1979" s="130">
         <v>45173</v>
       </c>
-      <c r="B1979" s="135" t="s">
-        <v>790</v>
+      <c r="B1979" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1980" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1980" s="134">
+      <c r="A1980" s="130">
         <v>45174</v>
       </c>
-      <c r="B1980" s="135" t="s">
-        <v>790</v>
+      <c r="B1980" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1981" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1981" s="134">
+      <c r="A1981" s="130">
         <v>45175</v>
       </c>
-      <c r="B1981" s="135" t="s">
-        <v>790</v>
+      <c r="B1981" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1982" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1982" s="134">
+      <c r="A1982" s="130">
         <v>45176</v>
       </c>
-      <c r="B1982" s="135" t="s">
-        <v>790</v>
+      <c r="B1982" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1983" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1983" s="134">
+      <c r="A1983" s="130">
         <v>45177</v>
       </c>
-      <c r="B1983" s="135" t="s">
-        <v>790</v>
+      <c r="B1983" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1984" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1984" s="134">
+      <c r="A1984" s="130">
         <v>45180</v>
       </c>
-      <c r="B1984" s="135" t="s">
-        <v>790</v>
+      <c r="B1984" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1985" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1985" s="134">
+      <c r="A1985" s="130">
         <v>45181</v>
       </c>
-      <c r="B1985" s="135" t="s">
-        <v>790</v>
+      <c r="B1985" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1986" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1986" s="134">
+      <c r="A1986" s="130">
         <v>45182</v>
       </c>
-      <c r="B1986" s="135" t="s">
-        <v>790</v>
+      <c r="B1986" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1987" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1987" s="134">
+      <c r="A1987" s="130">
         <v>45183</v>
       </c>
-      <c r="B1987" s="135" t="s">
-        <v>790</v>
+      <c r="B1987" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1988" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1988" s="134">
+      <c r="A1988" s="130">
         <v>45184</v>
       </c>
-      <c r="B1988" s="135" t="s">
-        <v>790</v>
+      <c r="B1988" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1989" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1989" s="134">
+      <c r="A1989" s="130">
         <v>45187</v>
       </c>
-      <c r="B1989" s="135" t="s">
-        <v>790</v>
+      <c r="B1989" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1990" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1990" s="134">
+      <c r="A1990" s="130">
         <v>45188</v>
       </c>
-      <c r="B1990" s="135" t="s">
-        <v>790</v>
+      <c r="B1990" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1991" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1991" s="134">
+      <c r="A1991" s="130">
         <v>45189</v>
       </c>
-      <c r="B1991" s="135" t="s">
-        <v>790</v>
+      <c r="B1991" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1992" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1992" s="134">
+      <c r="A1992" s="130">
         <v>45190</v>
       </c>
-      <c r="B1992" s="135" t="s">
-        <v>790</v>
+      <c r="B1992" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1993" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1993" s="134">
+      <c r="A1993" s="130">
         <v>45191</v>
       </c>
-      <c r="B1993" s="135" t="s">
-        <v>790</v>
+      <c r="B1993" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1994" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1994" s="134">
+      <c r="A1994" s="130">
         <v>45194</v>
       </c>
-      <c r="B1994" s="135" t="s">
-        <v>790</v>
+      <c r="B1994" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1995" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1995" s="134">
+      <c r="A1995" s="130">
         <v>45195</v>
       </c>
-      <c r="B1995" s="135" t="s">
-        <v>790</v>
+      <c r="B1995" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1996" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1996" s="134">
+      <c r="A1996" s="130">
         <v>45196</v>
       </c>
-      <c r="B1996" s="135" t="s">
-        <v>790</v>
+      <c r="B1996" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1997" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1997" s="134">
+      <c r="A1997" s="130">
         <v>45197</v>
       </c>
-      <c r="B1997" s="135" t="s">
-        <v>790</v>
+      <c r="B1997" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1998" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1998" s="134">
+      <c r="A1998" s="130">
         <v>45198</v>
       </c>
-      <c r="B1998" s="135" t="s">
-        <v>790</v>
+      <c r="B1998" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="1999" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1999" s="134">
+      <c r="A1999" s="130">
         <v>45201</v>
       </c>
-      <c r="B1999" s="135" t="s">
-        <v>790</v>
+      <c r="B1999" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2000" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2000" s="134">
+      <c r="A2000" s="130">
         <v>45202</v>
       </c>
-      <c r="B2000" s="135" t="s">
-        <v>790</v>
+      <c r="B2000" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2001" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2001" s="134">
+      <c r="A2001" s="130">
         <v>45203</v>
       </c>
-      <c r="B2001" s="135" t="s">
-        <v>790</v>
+      <c r="B2001" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2002" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2002" s="134">
+      <c r="A2002" s="130">
         <v>45204</v>
       </c>
-      <c r="B2002" s="135" t="s">
-        <v>790</v>
+      <c r="B2002" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2003" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2003" s="134">
+      <c r="A2003" s="130">
         <v>45205</v>
       </c>
-      <c r="B2003" s="135" t="s">
-        <v>790</v>
+      <c r="B2003" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2004" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2004" s="134">
+      <c r="A2004" s="130">
         <v>45208</v>
       </c>
-      <c r="B2004" s="135" t="s">
-        <v>790</v>
+      <c r="B2004" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2005" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2005" s="134">
+      <c r="A2005" s="130">
         <v>45209</v>
       </c>
-      <c r="B2005" s="135" t="s">
-        <v>790</v>
+      <c r="B2005" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2006" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2006" s="134">
+      <c r="A2006" s="130">
         <v>45210</v>
       </c>
-      <c r="B2006" s="135" t="s">
-        <v>790</v>
+      <c r="B2006" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2007" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2007" s="134">
+      <c r="A2007" s="130">
         <v>45211</v>
       </c>
-      <c r="B2007" s="135" t="s">
-        <v>790</v>
+      <c r="B2007" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2008" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2008" s="134">
+      <c r="A2008" s="130">
         <v>45212</v>
       </c>
-      <c r="B2008" s="135" t="s">
-        <v>790</v>
+      <c r="B2008" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2009" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2009" s="134">
+      <c r="A2009" s="130">
         <v>45215</v>
       </c>
-      <c r="B2009" s="135" t="s">
-        <v>790</v>
+      <c r="B2009" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2010" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2010" s="134">
+      <c r="A2010" s="130">
         <v>45216</v>
       </c>
-      <c r="B2010" s="135" t="s">
-        <v>790</v>
+      <c r="B2010" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2011" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2011" s="134">
+      <c r="A2011" s="130">
         <v>45217</v>
       </c>
-      <c r="B2011" s="135" t="s">
-        <v>790</v>
+      <c r="B2011" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2012" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2012" s="134">
+      <c r="A2012" s="130">
         <v>45218</v>
       </c>
-      <c r="B2012" s="135" t="s">
-        <v>790</v>
+      <c r="B2012" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2013" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2013" s="134">
+      <c r="A2013" s="130">
         <v>45219</v>
       </c>
-      <c r="B2013" s="135" t="s">
-        <v>790</v>
+      <c r="B2013" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2014" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2014" s="134">
+      <c r="A2014" s="130">
         <v>45222</v>
       </c>
-      <c r="B2014" s="135" t="s">
-        <v>790</v>
+      <c r="B2014" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2015" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2015" s="134">
+      <c r="A2015" s="130">
         <v>45223</v>
       </c>
-      <c r="B2015" s="135" t="s">
-        <v>790</v>
+      <c r="B2015" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2016" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2016" s="134">
+      <c r="A2016" s="130">
         <v>45224</v>
       </c>
-      <c r="B2016" s="135" t="s">
-        <v>790</v>
+      <c r="B2016" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2017" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2017" s="134">
+      <c r="A2017" s="130">
         <v>45225</v>
       </c>
-      <c r="B2017" s="135" t="s">
-        <v>790</v>
+      <c r="B2017" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2018" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2018" s="134">
+      <c r="A2018" s="130">
         <v>45226</v>
       </c>
-      <c r="B2018" s="135" t="s">
-        <v>790</v>
+      <c r="B2018" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2019" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2019" s="134">
+      <c r="A2019" s="130">
         <v>45229</v>
       </c>
-      <c r="B2019" s="135" t="s">
-        <v>790</v>
+      <c r="B2019" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2020" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2020" s="134">
+      <c r="A2020" s="130">
         <v>45230</v>
       </c>
-      <c r="B2020" s="135" t="s">
-        <v>790</v>
+      <c r="B2020" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2021" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2021" s="134">
+      <c r="A2021" s="130">
         <v>45231</v>
       </c>
-      <c r="B2021" s="135" t="s">
-        <v>790</v>
+      <c r="B2021" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2022" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2022" s="134">
+      <c r="A2022" s="130">
         <v>45232</v>
       </c>
-      <c r="B2022" s="135" t="s">
-        <v>790</v>
+      <c r="B2022" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2023" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2023" s="134">
+      <c r="A2023" s="130">
         <v>45233</v>
       </c>
-      <c r="B2023" s="135" t="s">
-        <v>790</v>
+      <c r="B2023" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2024" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2024" s="134">
+      <c r="A2024" s="130">
         <v>45236</v>
       </c>
-      <c r="B2024" s="135" t="s">
-        <v>790</v>
+      <c r="B2024" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2025" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2025" s="134">
+      <c r="A2025" s="130">
         <v>45237</v>
       </c>
-      <c r="B2025" s="135" t="s">
-        <v>790</v>
+      <c r="B2025" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2026" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2026" s="134">
+      <c r="A2026" s="130">
         <v>45238</v>
       </c>
-      <c r="B2026" s="135" t="s">
-        <v>790</v>
+      <c r="B2026" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2027" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2027" s="134">
+      <c r="A2027" s="130">
         <v>45239</v>
       </c>
-      <c r="B2027" s="135" t="s">
-        <v>790</v>
+      <c r="B2027" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2028" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2028" s="134">
+      <c r="A2028" s="130">
         <v>45240</v>
       </c>
-      <c r="B2028" s="135" t="s">
-        <v>790</v>
+      <c r="B2028" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2029" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2029" s="134">
+      <c r="A2029" s="130">
         <v>45243</v>
       </c>
-      <c r="B2029" s="135" t="s">
-        <v>790</v>
+      <c r="B2029" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2030" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2030" s="134">
+      <c r="A2030" s="130">
         <v>45244</v>
       </c>
-      <c r="B2030" s="135" t="s">
-        <v>790</v>
+      <c r="B2030" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2031" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2031" s="134">
+      <c r="A2031" s="130">
         <v>45245</v>
       </c>
-      <c r="B2031" s="135" t="s">
-        <v>790</v>
+      <c r="B2031" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2032" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2032" s="134">
+      <c r="A2032" s="130">
         <v>45246</v>
       </c>
-      <c r="B2032" s="135" t="s">
-        <v>790</v>
+      <c r="B2032" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2033" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2033" s="134">
+      <c r="A2033" s="130">
         <v>45247</v>
       </c>
-      <c r="B2033" s="135" t="s">
-        <v>790</v>
+      <c r="B2033" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2034" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2034" s="134">
+      <c r="A2034" s="130">
         <v>45250</v>
       </c>
-      <c r="B2034" s="135" t="s">
-        <v>790</v>
+      <c r="B2034" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2035" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2035" s="134">
+      <c r="A2035" s="130">
         <v>45251</v>
       </c>
-      <c r="B2035" s="135" t="s">
-        <v>790</v>
+      <c r="B2035" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2036" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2036" s="134">
+      <c r="A2036" s="130">
         <v>45252</v>
       </c>
-      <c r="B2036" s="135" t="s">
-        <v>790</v>
+      <c r="B2036" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2037" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2037" s="134">
+      <c r="A2037" s="130">
         <v>45253</v>
       </c>
-      <c r="B2037" s="135" t="s">
-        <v>790</v>
+      <c r="B2037" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2038" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2038" s="134">
+      <c r="A2038" s="130">
         <v>45254</v>
       </c>
-      <c r="B2038" s="135" t="s">
-        <v>790</v>
+      <c r="B2038" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2039" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2039" s="134">
+      <c r="A2039" s="130">
         <v>45257</v>
       </c>
-      <c r="B2039" s="135" t="s">
-        <v>790</v>
+      <c r="B2039" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2040" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2040" s="134">
+      <c r="A2040" s="130">
         <v>45258</v>
       </c>
-      <c r="B2040" s="135" t="s">
-        <v>790</v>
+      <c r="B2040" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2041" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2041" s="134">
+      <c r="A2041" s="130">
         <v>45259</v>
       </c>
-      <c r="B2041" s="135" t="s">
-        <v>790</v>
+      <c r="B2041" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2042" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2042" s="134">
+      <c r="A2042" s="130">
         <v>45260</v>
       </c>
-      <c r="B2042" s="135" t="s">
-        <v>790</v>
+      <c r="B2042" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2043" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2043" s="134">
+      <c r="A2043" s="130">
         <v>45261</v>
       </c>
-      <c r="B2043" s="135" t="s">
-        <v>790</v>
+      <c r="B2043" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2044" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2044" s="134">
+      <c r="A2044" s="130">
         <v>45264</v>
       </c>
-      <c r="B2044" s="135" t="s">
-        <v>790</v>
+      <c r="B2044" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2045" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2045" s="134">
+      <c r="A2045" s="130">
         <v>45265</v>
       </c>
-      <c r="B2045" s="135" t="s">
-        <v>790</v>
+      <c r="B2045" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2046" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2046" s="134">
+      <c r="A2046" s="130">
         <v>45266</v>
       </c>
-      <c r="B2046" s="135" t="s">
-        <v>790</v>
+      <c r="B2046" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2047" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2047" s="134">
+      <c r="A2047" s="130">
         <v>45267</v>
       </c>
-      <c r="B2047" s="135" t="s">
-        <v>790</v>
+      <c r="B2047" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2048" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2048" s="134">
+      <c r="A2048" s="130">
         <v>45268</v>
       </c>
-      <c r="B2048" s="135" t="s">
-        <v>790</v>
+      <c r="B2048" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2049" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2049" s="134">
+      <c r="A2049" s="130">
         <v>45271</v>
       </c>
-      <c r="B2049" s="135" t="s">
-        <v>790</v>
+      <c r="B2049" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2050" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2050" s="134">
+      <c r="A2050" s="130">
         <v>45272</v>
       </c>
-      <c r="B2050" s="135" t="s">
-        <v>790</v>
+      <c r="B2050" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2051" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2051" s="134">
+      <c r="A2051" s="130">
         <v>45273</v>
       </c>
-      <c r="B2051" s="135" t="s">
-        <v>790</v>
+      <c r="B2051" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2052" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2052" s="134">
+      <c r="A2052" s="130">
         <v>45274</v>
       </c>
-      <c r="B2052" s="135" t="s">
-        <v>790</v>
+      <c r="B2052" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2053" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2053" s="134">
+      <c r="A2053" s="130">
         <v>45275</v>
       </c>
-      <c r="B2053" s="135" t="s">
-        <v>790</v>
+      <c r="B2053" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2054" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2054" s="134">
+      <c r="A2054" s="130">
         <v>45278</v>
       </c>
-      <c r="B2054" s="135" t="s">
-        <v>790</v>
+      <c r="B2054" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2055" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2055" s="134">
+      <c r="A2055" s="130">
         <v>45279</v>
       </c>
-      <c r="B2055" s="135" t="s">
-        <v>790</v>
+      <c r="B2055" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2056" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2056" s="134">
+      <c r="A2056" s="130">
         <v>45280</v>
       </c>
-      <c r="B2056" s="135" t="s">
-        <v>790</v>
+      <c r="B2056" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2057" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2057" s="134">
+      <c r="A2057" s="130">
         <v>45281</v>
       </c>
-      <c r="B2057" s="135" t="s">
-        <v>790</v>
+      <c r="B2057" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2058" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2058" s="134">
+      <c r="A2058" s="130">
         <v>45282</v>
       </c>
-      <c r="B2058" s="135" t="s">
-        <v>790</v>
+      <c r="B2058" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2059" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2059" s="134">
+      <c r="A2059" s="130">
         <v>45287</v>
       </c>
-      <c r="B2059" s="135" t="s">
-        <v>790</v>
+      <c r="B2059" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2060" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2060" s="134">
+      <c r="A2060" s="130">
         <v>45288</v>
       </c>
-      <c r="B2060" s="135" t="s">
-        <v>790</v>
+      <c r="B2060" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2061" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2061" s="134">
+      <c r="A2061" s="130">
         <v>45289</v>
       </c>
-      <c r="B2061" s="135" t="s">
-        <v>790</v>
+      <c r="B2061" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2062" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2062" s="134">
+      <c r="A2062" s="130">
         <v>45293</v>
       </c>
-      <c r="B2062" s="135" t="s">
-        <v>790</v>
+      <c r="B2062" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2063" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2063" s="134">
+      <c r="A2063" s="130">
         <v>45294</v>
       </c>
-      <c r="B2063" s="135" t="s">
-        <v>790</v>
+      <c r="B2063" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2064" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2064" s="134">
+      <c r="A2064" s="130">
         <v>45295</v>
       </c>
-      <c r="B2064" s="135" t="s">
-        <v>790</v>
+      <c r="B2064" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2065" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2065" s="134">
+      <c r="A2065" s="130">
         <v>45296</v>
       </c>
-      <c r="B2065" s="135" t="s">
-        <v>790</v>
+      <c r="B2065" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2066" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2066" s="134">
+      <c r="A2066" s="130">
         <v>45299</v>
       </c>
-      <c r="B2066" s="135" t="s">
-        <v>790</v>
+      <c r="B2066" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2067" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2067" s="134">
+      <c r="A2067" s="130">
         <v>45300</v>
       </c>
-      <c r="B2067" s="135" t="s">
-        <v>790</v>
+      <c r="B2067" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2068" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2068" s="134">
+      <c r="A2068" s="130">
         <v>45301</v>
       </c>
-      <c r="B2068" s="135" t="s">
-        <v>790</v>
+      <c r="B2068" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2069" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2069" s="134">
+      <c r="A2069" s="130">
         <v>45302</v>
       </c>
-      <c r="B2069" s="135" t="s">
-        <v>790</v>
+      <c r="B2069" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2070" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2070" s="134">
+      <c r="A2070" s="130">
         <v>45303</v>
       </c>
-      <c r="B2070" s="135" t="s">
-        <v>790</v>
+      <c r="B2070" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2071" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2071" s="134">
+      <c r="A2071" s="130">
         <v>45306</v>
       </c>
-      <c r="B2071" s="135" t="s">
-        <v>790</v>
+      <c r="B2071" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2072" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2072" s="134">
+      <c r="A2072" s="130">
         <v>45307</v>
       </c>
-      <c r="B2072" s="135" t="s">
-        <v>790</v>
+      <c r="B2072" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2073" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2073" s="134">
+      <c r="A2073" s="130">
         <v>45308</v>
       </c>
-      <c r="B2073" s="135" t="s">
-        <v>790</v>
+      <c r="B2073" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2074" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2074" s="134">
+      <c r="A2074" s="130">
         <v>45309</v>
       </c>
-      <c r="B2074" s="135" t="s">
-        <v>790</v>
+      <c r="B2074" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2075" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2075" s="134">
+      <c r="A2075" s="130">
         <v>45310</v>
       </c>
-      <c r="B2075" s="135" t="s">
-        <v>790</v>
+      <c r="B2075" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2076" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2076" s="134">
+      <c r="A2076" s="130">
         <v>45313</v>
       </c>
-      <c r="B2076" s="135" t="s">
-        <v>790</v>
+      <c r="B2076" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2077" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2077" s="134">
+      <c r="A2077" s="130">
         <v>45314</v>
       </c>
-      <c r="B2077" s="135" t="s">
-        <v>790</v>
+      <c r="B2077" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2078" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2078" s="134">
+      <c r="A2078" s="130">
         <v>45315</v>
       </c>
-      <c r="B2078" s="135" t="s">
-        <v>790</v>
+      <c r="B2078" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2079" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2079" s="134">
+      <c r="A2079" s="130">
         <v>45316</v>
       </c>
-      <c r="B2079" s="135" t="s">
-        <v>790</v>
+      <c r="B2079" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2080" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2080" s="134">
+      <c r="A2080" s="130">
         <v>45317</v>
       </c>
-      <c r="B2080" s="135" t="s">
-        <v>790</v>
+      <c r="B2080" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2081" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2081" s="134">
+      <c r="A2081" s="130">
         <v>45320</v>
       </c>
-      <c r="B2081" s="135" t="s">
-        <v>790</v>
+      <c r="B2081" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2082" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2082" s="134">
+      <c r="A2082" s="130">
         <v>45321</v>
       </c>
-      <c r="B2082" s="135" t="s">
-        <v>790</v>
+      <c r="B2082" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2083" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2083" s="134">
+      <c r="A2083" s="130">
         <v>45322</v>
       </c>
-      <c r="B2083" s="135" t="s">
-        <v>790</v>
+      <c r="B2083" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2084" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2084" s="134">
+      <c r="A2084" s="130">
         <v>45323</v>
       </c>
-      <c r="B2084" s="135" t="s">
-        <v>790</v>
+      <c r="B2084" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2085" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2085" s="134">
+      <c r="A2085" s="130">
         <v>45324</v>
       </c>
-      <c r="B2085" s="135" t="s">
-        <v>790</v>
+      <c r="B2085" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2086" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2086" s="134">
+      <c r="A2086" s="130">
         <v>45327</v>
       </c>
-      <c r="B2086" s="135" t="s">
-        <v>790</v>
+      <c r="B2086" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2087" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2087" s="134">
+      <c r="A2087" s="130">
         <v>45328</v>
       </c>
-      <c r="B2087" s="135" t="s">
-        <v>790</v>
+      <c r="B2087" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2088" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2088" s="134">
+      <c r="A2088" s="130">
         <v>45329</v>
       </c>
-      <c r="B2088" s="135" t="s">
-        <v>790</v>
+      <c r="B2088" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2089" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2089" s="134">
+      <c r="A2089" s="130">
         <v>45330</v>
       </c>
-      <c r="B2089" s="135" t="s">
-        <v>790</v>
+      <c r="B2089" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2090" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2090" s="134">
+      <c r="A2090" s="130">
         <v>45331</v>
       </c>
-      <c r="B2090" s="135" t="s">
-        <v>790</v>
+      <c r="B2090" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2091" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2091" s="134">
+      <c r="A2091" s="130">
         <v>45334</v>
       </c>
-      <c r="B2091" s="135" t="s">
-        <v>790</v>
+      <c r="B2091" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2092" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2092" s="134">
+      <c r="A2092" s="130">
         <v>45335</v>
       </c>
-      <c r="B2092" s="135" t="s">
-        <v>790</v>
+      <c r="B2092" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2093" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2093" s="134">
+      <c r="A2093" s="130">
         <v>45336</v>
       </c>
-      <c r="B2093" s="135" t="s">
-        <v>790</v>
+      <c r="B2093" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2094" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2094" s="134">
+      <c r="A2094" s="130">
         <v>45337</v>
       </c>
-      <c r="B2094" s="135" t="s">
-        <v>790</v>
+      <c r="B2094" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2095" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2095" s="134">
+      <c r="A2095" s="130">
         <v>45338</v>
       </c>
-      <c r="B2095" s="135" t="s">
-        <v>790</v>
+      <c r="B2095" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2096" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2096" s="134">
+      <c r="A2096" s="130">
         <v>45341</v>
       </c>
-      <c r="B2096" s="135" t="s">
-        <v>790</v>
+      <c r="B2096" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2097" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2097" s="134">
+      <c r="A2097" s="130">
         <v>45342</v>
       </c>
-      <c r="B2097" s="135" t="s">
-        <v>790</v>
+      <c r="B2097" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2098" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2098" s="134">
+      <c r="A2098" s="130">
         <v>45343</v>
       </c>
-      <c r="B2098" s="135" t="s">
-        <v>790</v>
+      <c r="B2098" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2099" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2099" s="134">
+      <c r="A2099" s="130">
         <v>45344</v>
       </c>
-      <c r="B2099" s="135" t="s">
-        <v>790</v>
+      <c r="B2099" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2100" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2100" s="134">
+      <c r="A2100" s="130">
         <v>45345</v>
       </c>
-      <c r="B2100" s="135" t="s">
-        <v>790</v>
+      <c r="B2100" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2101" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2101" s="134">
+      <c r="A2101" s="130">
         <v>45348</v>
       </c>
-      <c r="B2101" s="135" t="s">
-        <v>790</v>
+      <c r="B2101" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2102" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2102" s="134">
+      <c r="A2102" s="130">
         <v>45349</v>
       </c>
-      <c r="B2102" s="135" t="s">
-        <v>790</v>
+      <c r="B2102" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2103" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2103" s="134">
+      <c r="A2103" s="130">
         <v>45350</v>
       </c>
-      <c r="B2103" s="135" t="s">
-        <v>790</v>
+      <c r="B2103" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2104" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2104" s="134">
+      <c r="A2104" s="130">
         <v>45351</v>
       </c>
-      <c r="B2104" s="135" t="s">
-        <v>790</v>
+      <c r="B2104" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2105" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2105" s="134">
+      <c r="A2105" s="130">
         <v>45352</v>
       </c>
-      <c r="B2105" s="135" t="s">
-        <v>790</v>
+      <c r="B2105" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2106" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2106" s="134">
+      <c r="A2106" s="130">
         <v>45355</v>
       </c>
-      <c r="B2106" s="135" t="s">
-        <v>790</v>
+      <c r="B2106" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2107" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2107" s="134">
+      <c r="A2107" s="130">
         <v>45356</v>
       </c>
-      <c r="B2107" s="135" t="s">
-        <v>790</v>
+      <c r="B2107" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2108" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2108" s="134">
+      <c r="A2108" s="130">
         <v>45357</v>
       </c>
-      <c r="B2108" s="135" t="s">
-        <v>790</v>
+      <c r="B2108" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2109" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2109" s="134">
+      <c r="A2109" s="130">
         <v>45358</v>
       </c>
-      <c r="B2109" s="135" t="s">
-        <v>790</v>
+      <c r="B2109" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2110" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2110" s="134">
+      <c r="A2110" s="130">
         <v>45359</v>
       </c>
-      <c r="B2110" s="135" t="s">
-        <v>790</v>
+      <c r="B2110" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2111" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2111" s="134">
+      <c r="A2111" s="130">
         <v>45362</v>
       </c>
-      <c r="B2111" s="135" t="s">
-        <v>790</v>
+      <c r="B2111" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2112" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2112" s="134">
+      <c r="A2112" s="130">
         <v>45363</v>
       </c>
-      <c r="B2112" s="135" t="s">
-        <v>790</v>
+      <c r="B2112" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2113" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2113" s="134">
+      <c r="A2113" s="130">
         <v>45364</v>
       </c>
-      <c r="B2113" s="135" t="s">
-        <v>790</v>
+      <c r="B2113" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2114" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2114" s="134">
+      <c r="A2114" s="130">
         <v>45365</v>
       </c>
-      <c r="B2114" s="135" t="s">
-        <v>790</v>
+      <c r="B2114" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2115" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2115" s="134">
+      <c r="A2115" s="130">
         <v>45366</v>
       </c>
-      <c r="B2115" s="135" t="s">
-        <v>790</v>
+      <c r="B2115" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2116" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2116" s="134">
+      <c r="A2116" s="130">
         <v>45369</v>
       </c>
-      <c r="B2116" s="135" t="s">
-        <v>790</v>
+      <c r="B2116" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2117" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2117" s="134">
+      <c r="A2117" s="130">
         <v>45370</v>
       </c>
-      <c r="B2117" s="135" t="s">
-        <v>790</v>
+      <c r="B2117" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2118" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2118" s="134">
+      <c r="A2118" s="130">
         <v>45371</v>
       </c>
-      <c r="B2118" s="135" t="s">
-        <v>790</v>
+      <c r="B2118" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2119" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2119" s="134">
+      <c r="A2119" s="130">
         <v>45372</v>
       </c>
-      <c r="B2119" s="135" t="s">
-        <v>790</v>
+      <c r="B2119" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2120" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2120" s="134">
+      <c r="A2120" s="130">
         <v>45373</v>
       </c>
-      <c r="B2120" s="135" t="s">
-        <v>790</v>
+      <c r="B2120" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2121" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2121" s="134">
+      <c r="A2121" s="130">
         <v>45376</v>
       </c>
-      <c r="B2121" s="135" t="s">
-        <v>790</v>
+      <c r="B2121" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2122" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2122" s="134">
+      <c r="A2122" s="130">
         <v>45377</v>
       </c>
-      <c r="B2122" s="135" t="s">
-        <v>790</v>
+      <c r="B2122" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2123" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2123" s="134">
+      <c r="A2123" s="130">
         <v>45378</v>
       </c>
-      <c r="B2123" s="135" t="s">
-        <v>790</v>
+      <c r="B2123" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2124" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2124" s="134">
+      <c r="A2124" s="130">
         <v>45379</v>
       </c>
-      <c r="B2124" s="135" t="s">
-        <v>790</v>
+      <c r="B2124" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2125" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2125" s="134">
+      <c r="A2125" s="130">
         <v>45384</v>
       </c>
-      <c r="B2125" s="135" t="s">
-        <v>790</v>
+      <c r="B2125" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2126" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2126" s="134">
+      <c r="A2126" s="130">
         <v>45385</v>
       </c>
-      <c r="B2126" s="135" t="s">
-        <v>790</v>
+      <c r="B2126" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2127" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2127" s="134">
+      <c r="A2127" s="130">
         <v>45386</v>
       </c>
-      <c r="B2127" s="135" t="s">
-        <v>790</v>
+      <c r="B2127" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2128" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2128" s="134">
+      <c r="A2128" s="130">
         <v>45387</v>
       </c>
-      <c r="B2128" s="135" t="s">
-        <v>790</v>
+      <c r="B2128" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2129" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2129" s="134">
+      <c r="A2129" s="130">
         <v>45390</v>
       </c>
-      <c r="B2129" s="135" t="s">
-        <v>790</v>
+      <c r="B2129" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2130" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2130" s="134">
+      <c r="A2130" s="130">
         <v>45391</v>
       </c>
-      <c r="B2130" s="135" t="s">
-        <v>790</v>
+      <c r="B2130" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2131" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2131" s="134">
+      <c r="A2131" s="130">
         <v>45392</v>
       </c>
-      <c r="B2131" s="135" t="s">
-        <v>790</v>
+      <c r="B2131" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2132" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2132" s="134">
+      <c r="A2132" s="130">
         <v>45393</v>
       </c>
-      <c r="B2132" s="135" t="s">
-        <v>790</v>
+      <c r="B2132" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2133" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2133" s="134">
+      <c r="A2133" s="130">
         <v>45394</v>
       </c>
-      <c r="B2133" s="135" t="s">
-        <v>790</v>
+      <c r="B2133" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2134" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2134" s="134">
+      <c r="A2134" s="130">
         <v>45397</v>
       </c>
-      <c r="B2134" s="135" t="s">
-        <v>790</v>
+      <c r="B2134" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2135" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2135" s="134">
+      <c r="A2135" s="130">
         <v>45398</v>
       </c>
-      <c r="B2135" s="135" t="s">
-        <v>790</v>
+      <c r="B2135" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2136" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2136" s="134">
+      <c r="A2136" s="130">
         <v>45399</v>
       </c>
-      <c r="B2136" s="135" t="s">
-        <v>790</v>
+      <c r="B2136" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2137" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2137" s="134">
+      <c r="A2137" s="130">
         <v>45400</v>
       </c>
-      <c r="B2137" s="135" t="s">
-        <v>790</v>
+      <c r="B2137" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2138" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2138" s="134">
+      <c r="A2138" s="130">
         <v>45401</v>
       </c>
-      <c r="B2138" s="135" t="s">
-        <v>790</v>
+      <c r="B2138" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2139" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2139" s="134">
+      <c r="A2139" s="130">
         <v>45404</v>
       </c>
-      <c r="B2139" s="135" t="s">
-        <v>790</v>
+      <c r="B2139" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2140" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2140" s="134">
+      <c r="A2140" s="130">
         <v>45405</v>
       </c>
-      <c r="B2140" s="135" t="s">
-        <v>790</v>
+      <c r="B2140" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2141" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2141" s="134">
+      <c r="A2141" s="130">
         <v>45406</v>
       </c>
-      <c r="B2141" s="135" t="s">
-        <v>790</v>
+      <c r="B2141" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2142" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2142" s="134">
+      <c r="A2142" s="130">
         <v>45407</v>
       </c>
-      <c r="B2142" s="135" t="s">
-        <v>790</v>
+      <c r="B2142" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2143" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2143" s="134">
+      <c r="A2143" s="130">
         <v>45408</v>
       </c>
-      <c r="B2143" s="135" t="s">
-        <v>790</v>
+      <c r="B2143" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2144" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2144" s="134">
+      <c r="A2144" s="130">
         <v>45411</v>
       </c>
-      <c r="B2144" s="135" t="s">
-        <v>790</v>
+      <c r="B2144" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2145" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2145" s="134">
+      <c r="A2145" s="130">
         <v>45412</v>
       </c>
-      <c r="B2145" s="135" t="s">
-        <v>790</v>
+      <c r="B2145" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2146" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2146" s="134">
+      <c r="A2146" s="130">
         <v>45413</v>
       </c>
-      <c r="B2146" s="135" t="s">
-        <v>790</v>
+      <c r="B2146" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2147" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2147" s="134">
+      <c r="A2147" s="130">
         <v>45414</v>
       </c>
-      <c r="B2147" s="135" t="s">
-        <v>790</v>
+      <c r="B2147" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2148" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2148" s="134">
+      <c r="A2148" s="130">
         <v>45415</v>
       </c>
-      <c r="B2148" s="135" t="s">
-        <v>790</v>
+      <c r="B2148" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2149" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2149" s="134">
+      <c r="A2149" s="130">
         <v>45419</v>
       </c>
-      <c r="B2149" s="135" t="s">
-        <v>790</v>
+      <c r="B2149" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2150" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2150" s="134">
+      <c r="A2150" s="130">
         <v>45420</v>
       </c>
-      <c r="B2150" s="135" t="s">
-        <v>790</v>
+      <c r="B2150" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2151" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2151" s="134">
+      <c r="A2151" s="130">
         <v>45421</v>
       </c>
-      <c r="B2151" s="135" t="s">
-        <v>790</v>
+      <c r="B2151" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2152" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2152" s="134">
+      <c r="A2152" s="130">
         <v>45422</v>
       </c>
-      <c r="B2152" s="135" t="s">
-        <v>790</v>
+      <c r="B2152" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2153" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2153" s="134">
+      <c r="A2153" s="130">
         <v>45425</v>
       </c>
-      <c r="B2153" s="135" t="s">
-        <v>790</v>
+      <c r="B2153" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2154" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2154" s="134">
+      <c r="A2154" s="130">
         <v>45426</v>
       </c>
-      <c r="B2154" s="135" t="s">
-        <v>790</v>
+      <c r="B2154" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2155" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2155" s="134">
+      <c r="A2155" s="130">
         <v>45427</v>
       </c>
-      <c r="B2155" s="135" t="s">
-        <v>790</v>
+      <c r="B2155" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2156" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2156" s="134">
+      <c r="A2156" s="130">
         <v>45428</v>
       </c>
-      <c r="B2156" s="135" t="s">
-        <v>790</v>
+      <c r="B2156" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2157" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2157" s="134">
+      <c r="A2157" s="130">
         <v>45429</v>
       </c>
-      <c r="B2157" s="135" t="s">
-        <v>790</v>
+      <c r="B2157" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2158" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2158" s="134">
+      <c r="A2158" s="130">
         <v>45432</v>
       </c>
-      <c r="B2158" s="135" t="s">
-        <v>790</v>
+      <c r="B2158" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2159" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2159" s="134">
+      <c r="A2159" s="130">
         <v>45433</v>
       </c>
-      <c r="B2159" s="135" t="s">
-        <v>790</v>
+      <c r="B2159" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2160" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2160" s="134">
+      <c r="A2160" s="130">
         <v>45434</v>
       </c>
-      <c r="B2160" s="135" t="s">
-        <v>790</v>
+      <c r="B2160" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2161" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2161" s="134">
+      <c r="A2161" s="130">
         <v>45435</v>
       </c>
-      <c r="B2161" s="135" t="s">
-        <v>790</v>
+      <c r="B2161" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2162" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2162" s="134">
+      <c r="A2162" s="130">
         <v>45436</v>
       </c>
-      <c r="B2162" s="135" t="s">
-        <v>790</v>
+      <c r="B2162" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2163" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2163" s="134">
+      <c r="A2163" s="130">
         <v>45440</v>
       </c>
-      <c r="B2163" s="135" t="s">
-        <v>790</v>
+      <c r="B2163" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2164" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2164" s="134">
+      <c r="A2164" s="130">
         <v>45441</v>
       </c>
-      <c r="B2164" s="135" t="s">
-        <v>790</v>
+      <c r="B2164" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2165" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2165" s="134">
+      <c r="A2165" s="130">
         <v>45442</v>
       </c>
-      <c r="B2165" s="135" t="s">
-        <v>790</v>
+      <c r="B2165" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2166" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2166" s="134">
+      <c r="A2166" s="130">
         <v>45443</v>
       </c>
-      <c r="B2166" s="135" t="s">
-        <v>790</v>
+      <c r="B2166" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2167" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2167" s="134">
+      <c r="A2167" s="130">
         <v>45446</v>
       </c>
-      <c r="B2167" s="135" t="s">
-        <v>790</v>
+      <c r="B2167" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2168" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2168" s="134">
+      <c r="A2168" s="130">
         <v>45447</v>
       </c>
-      <c r="B2168" s="135" t="s">
-        <v>790</v>
+      <c r="B2168" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2169" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2169" s="134">
+      <c r="A2169" s="130">
         <v>45448</v>
       </c>
-      <c r="B2169" s="135" t="s">
-        <v>790</v>
+      <c r="B2169" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2170" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2170" s="134">
+      <c r="A2170" s="130">
         <v>45449</v>
       </c>
-      <c r="B2170" s="135" t="s">
-        <v>790</v>
+      <c r="B2170" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2171" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2171" s="134">
+      <c r="A2171" s="130">
         <v>45450</v>
       </c>
-      <c r="B2171" s="135" t="s">
-        <v>790</v>
+      <c r="B2171" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2172" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2172" s="134">
+      <c r="A2172" s="130">
         <v>45453</v>
       </c>
-      <c r="B2172" s="135" t="s">
-        <v>790</v>
+      <c r="B2172" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2173" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2173" s="134">
+      <c r="A2173" s="130">
         <v>45454</v>
       </c>
-      <c r="B2173" s="135" t="s">
-        <v>790</v>
+      <c r="B2173" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2174" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2174" s="134">
+      <c r="A2174" s="130">
         <v>45455</v>
       </c>
-      <c r="B2174" s="135" t="s">
-        <v>790</v>
+      <c r="B2174" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2175" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2175" s="134">
+      <c r="A2175" s="130">
         <v>45456</v>
       </c>
-      <c r="B2175" s="135" t="s">
-        <v>790</v>
+      <c r="B2175" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2176" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2176" s="134">
+      <c r="A2176" s="130">
         <v>45457</v>
       </c>
-      <c r="B2176" s="135" t="s">
-        <v>790</v>
+      <c r="B2176" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2177" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2177" s="134">
+      <c r="A2177" s="130">
         <v>45460</v>
       </c>
-      <c r="B2177" s="135" t="s">
-        <v>790</v>
+      <c r="B2177" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2178" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2178" s="134">
+      <c r="A2178" s="130">
         <v>45461</v>
       </c>
-      <c r="B2178" s="135" t="s">
-        <v>790</v>
+      <c r="B2178" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2179" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2179" s="134">
+      <c r="A2179" s="130">
         <v>45462</v>
       </c>
-      <c r="B2179" s="135" t="s">
-        <v>790</v>
+      <c r="B2179" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2180" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2180" s="134">
+      <c r="A2180" s="130">
         <v>45463</v>
       </c>
-      <c r="B2180" s="135" t="s">
-        <v>790</v>
+      <c r="B2180" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2181" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2181" s="134">
+      <c r="A2181" s="130">
         <v>45464</v>
       </c>
-      <c r="B2181" s="135" t="s">
-        <v>790</v>
+      <c r="B2181" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2182" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2182" s="134">
+      <c r="A2182" s="130">
         <v>45467</v>
       </c>
-      <c r="B2182" s="135" t="s">
-        <v>790</v>
+      <c r="B2182" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2183" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2183" s="134">
+      <c r="A2183" s="130">
         <v>45468</v>
       </c>
-      <c r="B2183" s="135" t="s">
-        <v>790</v>
+      <c r="B2183" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2184" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2184" s="134">
+      <c r="A2184" s="130">
         <v>45469</v>
       </c>
-      <c r="B2184" s="135" t="s">
-        <v>790</v>
+      <c r="B2184" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2185" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2185" s="134">
+      <c r="A2185" s="130">
         <v>45470</v>
       </c>
-      <c r="B2185" s="135" t="s">
-        <v>790</v>
+      <c r="B2185" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2186" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2186" s="134">
+      <c r="A2186" s="130">
         <v>45471</v>
       </c>
-      <c r="B2186" s="135" t="s">
-        <v>790</v>
+      <c r="B2186" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2187" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2187" s="134">
+      <c r="A2187" s="130">
         <v>45474</v>
       </c>
-      <c r="B2187" s="135" t="s">
-        <v>790</v>
+      <c r="B2187" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2188" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2188" s="134">
+      <c r="A2188" s="130">
         <v>45475</v>
       </c>
-      <c r="B2188" s="135" t="s">
-        <v>790</v>
+      <c r="B2188" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2189" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2189" s="134">
+      <c r="A2189" s="130">
         <v>45476</v>
       </c>
-      <c r="B2189" s="135" t="s">
-        <v>790</v>
+      <c r="B2189" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2190" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2190" s="134">
+      <c r="A2190" s="130">
         <v>45477</v>
       </c>
-      <c r="B2190" s="135" t="s">
-        <v>790</v>
+      <c r="B2190" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2191" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2191" s="134">
+      <c r="A2191" s="130">
         <v>45478</v>
       </c>
-      <c r="B2191" s="135" t="s">
-        <v>790</v>
+      <c r="B2191" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2192" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2192" s="134">
+      <c r="A2192" s="130">
         <v>45481</v>
       </c>
-      <c r="B2192" s="135" t="s">
-        <v>790</v>
+      <c r="B2192" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2193" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2193" s="134">
+      <c r="A2193" s="130">
         <v>45482</v>
       </c>
-      <c r="B2193" s="135" t="s">
-        <v>790</v>
+      <c r="B2193" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2194" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2194" s="134">
+      <c r="A2194" s="130">
         <v>45483</v>
       </c>
-      <c r="B2194" s="135" t="s">
-        <v>790</v>
+      <c r="B2194" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2195" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2195" s="134">
+      <c r="A2195" s="130">
         <v>45484</v>
       </c>
-      <c r="B2195" s="135" t="s">
-        <v>790</v>
+      <c r="B2195" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2196" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2196" s="134">
+      <c r="A2196" s="130">
         <v>45485</v>
       </c>
-      <c r="B2196" s="135" t="s">
-        <v>790</v>
+      <c r="B2196" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2197" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2197" s="134">
+      <c r="A2197" s="130">
         <v>45488</v>
       </c>
-      <c r="B2197" s="135" t="s">
-        <v>790</v>
+      <c r="B2197" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2198" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2198" s="134">
+      <c r="A2198" s="130">
         <v>45489</v>
       </c>
-      <c r="B2198" s="135" t="s">
-        <v>790</v>
+      <c r="B2198" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2199" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2199" s="134">
+      <c r="A2199" s="130">
         <v>45490</v>
       </c>
-      <c r="B2199" s="135" t="s">
-        <v>790</v>
+      <c r="B2199" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2200" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2200" s="134">
+      <c r="A2200" s="130">
         <v>45491</v>
       </c>
-      <c r="B2200" s="135" t="s">
-        <v>790</v>
+      <c r="B2200" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2201" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2201" s="134">
+      <c r="A2201" s="130">
         <v>45492</v>
       </c>
-      <c r="B2201" s="135" t="s">
-        <v>790</v>
+      <c r="B2201" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2202" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2202" s="134">
+      <c r="A2202" s="130">
         <v>45495</v>
       </c>
-      <c r="B2202" s="135" t="s">
-        <v>790</v>
+      <c r="B2202" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2203" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2203" s="134">
+      <c r="A2203" s="130">
         <v>45496</v>
       </c>
-      <c r="B2203" s="135" t="s">
-        <v>790</v>
+      <c r="B2203" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2204" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2204" s="134">
+      <c r="A2204" s="130">
         <v>45497</v>
       </c>
-      <c r="B2204" s="135" t="s">
-        <v>790</v>
+      <c r="B2204" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2205" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2205" s="134">
+      <c r="A2205" s="130">
         <v>45498</v>
       </c>
-      <c r="B2205" s="135" t="s">
-        <v>790</v>
+      <c r="B2205" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2206" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2206" s="134">
+      <c r="A2206" s="130">
         <v>45499</v>
       </c>
-      <c r="B2206" s="135" t="s">
-        <v>790</v>
+      <c r="B2206" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2207" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2207" s="134">
+      <c r="A2207" s="130">
         <v>45502</v>
       </c>
-      <c r="B2207" s="135" t="s">
-        <v>790</v>
+      <c r="B2207" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2208" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2208" s="134">
+      <c r="A2208" s="130">
         <v>45503</v>
       </c>
-      <c r="B2208" s="135" t="s">
-        <v>790</v>
+      <c r="B2208" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2209" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2209" s="134">
+      <c r="A2209" s="130">
         <v>45504</v>
       </c>
-      <c r="B2209" s="135" t="s">
-        <v>790</v>
+      <c r="B2209" s="190" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="2210" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2210" s="134">
+      <c r="A2210" s="130">
         <v>45505</v>
       </c>
-      <c r="B2210" s="135" t="s">
-        <v>789</v>
+      <c r="B2210" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2211" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2211" s="134">
+      <c r="A2211" s="130">
         <v>45506</v>
       </c>
-      <c r="B2211" s="135" t="s">
-        <v>789</v>
+      <c r="B2211" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2212" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2212" s="134">
+      <c r="A2212" s="130">
         <v>45509</v>
       </c>
-      <c r="B2212" s="135" t="s">
-        <v>789</v>
+      <c r="B2212" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2213" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2213" s="134">
+      <c r="A2213" s="130">
         <v>45510</v>
       </c>
-      <c r="B2213" s="135" t="s">
-        <v>789</v>
+      <c r="B2213" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2214" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2214" s="134">
+      <c r="A2214" s="130">
         <v>45511</v>
       </c>
-      <c r="B2214" s="135" t="s">
-        <v>789</v>
+      <c r="B2214" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2215" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2215" s="134">
+      <c r="A2215" s="130">
         <v>45512</v>
       </c>
-      <c r="B2215" s="135" t="s">
-        <v>789</v>
+      <c r="B2215" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2216" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2216" s="134">
+      <c r="A2216" s="130">
         <v>45513</v>
       </c>
-      <c r="B2216" s="135" t="s">
-        <v>789</v>
+      <c r="B2216" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2217" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2217" s="134">
+      <c r="A2217" s="130">
         <v>45516</v>
       </c>
-      <c r="B2217" s="135" t="s">
-        <v>789</v>
+      <c r="B2217" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2218" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2218" s="134">
+      <c r="A2218" s="130">
         <v>45517</v>
       </c>
-      <c r="B2218" s="135" t="s">
-        <v>789</v>
+      <c r="B2218" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2219" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2219" s="134">
+      <c r="A2219" s="130">
         <v>45518</v>
       </c>
-      <c r="B2219" s="135" t="s">
-        <v>789</v>
+      <c r="B2219" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2220" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2220" s="134">
+      <c r="A2220" s="130">
         <v>45519</v>
       </c>
-      <c r="B2220" s="135" t="s">
-        <v>789</v>
+      <c r="B2220" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2221" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2221" s="134">
+      <c r="A2221" s="130">
         <v>45520</v>
       </c>
-      <c r="B2221" s="135" t="s">
-        <v>789</v>
+      <c r="B2221" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2222" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2222" s="134">
+      <c r="A2222" s="130">
         <v>45523</v>
       </c>
-      <c r="B2222" s="135" t="s">
-        <v>789</v>
+      <c r="B2222" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2223" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2223" s="134">
+      <c r="A2223" s="130">
         <v>45524</v>
       </c>
-      <c r="B2223" s="135" t="s">
-        <v>789</v>
+      <c r="B2223" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2224" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2224" s="134">
+      <c r="A2224" s="130">
         <v>45525</v>
       </c>
-      <c r="B2224" s="135" t="s">
-        <v>789</v>
+      <c r="B2224" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2225" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2225" s="134">
+      <c r="A2225" s="130">
         <v>45526</v>
       </c>
-      <c r="B2225" s="135" t="s">
-        <v>789</v>
+      <c r="B2225" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2226" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2226" s="134">
+      <c r="A2226" s="130">
         <v>45527</v>
       </c>
-      <c r="B2226" s="135" t="s">
-        <v>789</v>
+      <c r="B2226" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2227" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2227" s="134">
+      <c r="A2227" s="130">
         <v>45531</v>
       </c>
-      <c r="B2227" s="135" t="s">
-        <v>789</v>
+      <c r="B2227" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2228" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2228" s="134">
+      <c r="A2228" s="130">
         <v>45532</v>
       </c>
-      <c r="B2228" s="135" t="s">
-        <v>789</v>
+      <c r="B2228" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2229" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2229" s="134">
+      <c r="A2229" s="130">
         <v>45533</v>
       </c>
-      <c r="B2229" s="135" t="s">
-        <v>789</v>
+      <c r="B2229" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2230" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2230" s="134">
+      <c r="A2230" s="130">
         <v>45534</v>
       </c>
-      <c r="B2230" s="135" t="s">
-        <v>789</v>
+      <c r="B2230" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2231" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2231" s="134">
+      <c r="A2231" s="130">
         <v>45537</v>
       </c>
-      <c r="B2231" s="135" t="s">
-        <v>789</v>
+      <c r="B2231" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2232" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2232" s="134">
+      <c r="A2232" s="130">
         <v>45538</v>
       </c>
-      <c r="B2232" s="135" t="s">
-        <v>789</v>
+      <c r="B2232" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2233" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2233" s="134">
+      <c r="A2233" s="130">
         <v>45539</v>
       </c>
-      <c r="B2233" s="135" t="s">
-        <v>789</v>
+      <c r="B2233" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2234" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2234" s="134">
+      <c r="A2234" s="130">
         <v>45540</v>
       </c>
-      <c r="B2234" s="135" t="s">
-        <v>789</v>
+      <c r="B2234" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2235" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2235" s="134">
+      <c r="A2235" s="130">
         <v>45541</v>
       </c>
-      <c r="B2235" s="135" t="s">
-        <v>789</v>
+      <c r="B2235" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2236" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2236" s="134">
+      <c r="A2236" s="130">
         <v>45544</v>
       </c>
-      <c r="B2236" s="135" t="s">
-        <v>789</v>
+      <c r="B2236" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2237" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2237" s="134">
+      <c r="A2237" s="130">
         <v>45545</v>
       </c>
-      <c r="B2237" s="135" t="s">
-        <v>789</v>
+      <c r="B2237" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2238" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2238" s="134">
+      <c r="A2238" s="130">
         <v>45546</v>
       </c>
-      <c r="B2238" s="135" t="s">
-        <v>789</v>
+      <c r="B2238" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2239" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2239" s="134">
+      <c r="A2239" s="130">
         <v>45547</v>
       </c>
-      <c r="B2239" s="135" t="s">
-        <v>789</v>
+      <c r="B2239" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2240" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2240" s="134">
+      <c r="A2240" s="130">
         <v>45548</v>
       </c>
-      <c r="B2240" s="135" t="s">
-        <v>789</v>
+      <c r="B2240" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2241" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2241" s="134">
+      <c r="A2241" s="130">
         <v>45551</v>
       </c>
-      <c r="B2241" s="135" t="s">
-        <v>789</v>
+      <c r="B2241" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2242" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2242" s="134">
+      <c r="A2242" s="130">
         <v>45552</v>
       </c>
-      <c r="B2242" s="135" t="s">
-        <v>789</v>
+      <c r="B2242" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2243" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2243" s="134">
+      <c r="A2243" s="130">
         <v>45553</v>
       </c>
-      <c r="B2243" s="135" t="s">
-        <v>789</v>
+      <c r="B2243" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2244" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2244" s="134">
+      <c r="A2244" s="130">
         <v>45554</v>
       </c>
-      <c r="B2244" s="135" t="s">
-        <v>789</v>
+      <c r="B2244" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2245" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2245" s="134">
+      <c r="A2245" s="130">
         <v>45555</v>
       </c>
-      <c r="B2245" s="135" t="s">
-        <v>789</v>
+      <c r="B2245" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2246" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2246" s="134">
+      <c r="A2246" s="130">
         <v>45558</v>
       </c>
-      <c r="B2246" s="135" t="s">
-        <v>789</v>
+      <c r="B2246" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2247" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2247" s="134">
+      <c r="A2247" s="130">
         <v>45559</v>
       </c>
-      <c r="B2247" s="135" t="s">
-        <v>789</v>
+      <c r="B2247" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2248" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2248" s="134">
+      <c r="A2248" s="130">
         <v>45560</v>
       </c>
-      <c r="B2248" s="135" t="s">
-        <v>789</v>
+      <c r="B2248" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2249" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2249" s="134">
+      <c r="A2249" s="130">
         <v>45561</v>
       </c>
-      <c r="B2249" s="135" t="s">
-        <v>789</v>
+      <c r="B2249" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2250" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2250" s="134">
+      <c r="A2250" s="130">
         <v>45562</v>
       </c>
-      <c r="B2250" s="135" t="s">
-        <v>789</v>
+      <c r="B2250" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2251" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2251" s="134">
+      <c r="A2251" s="130">
         <v>45565</v>
       </c>
-      <c r="B2251" s="135" t="s">
-        <v>789</v>
+      <c r="B2251" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2252" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2252" s="134">
+      <c r="A2252" s="130">
         <v>45566</v>
       </c>
-      <c r="B2252" s="135" t="s">
-        <v>789</v>
+      <c r="B2252" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2253" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2253" s="134">
+      <c r="A2253" s="130">
         <v>45567</v>
       </c>
-      <c r="B2253" s="135" t="s">
-        <v>789</v>
+      <c r="B2253" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2254" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2254" s="134">
+      <c r="A2254" s="130">
         <v>45568</v>
       </c>
-      <c r="B2254" s="135" t="s">
-        <v>789</v>
+      <c r="B2254" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2255" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2255" s="134">
+      <c r="A2255" s="130">
         <v>45569</v>
       </c>
-      <c r="B2255" s="135" t="s">
-        <v>789</v>
+      <c r="B2255" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2256" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2256" s="134">
+      <c r="A2256" s="130">
         <v>45572</v>
       </c>
-      <c r="B2256" s="135" t="s">
-        <v>789</v>
+      <c r="B2256" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2257" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2257" s="134">
+      <c r="A2257" s="130">
         <v>45573</v>
       </c>
-      <c r="B2257" s="135" t="s">
-        <v>789</v>
+      <c r="B2257" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2258" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2258" s="134">
+      <c r="A2258" s="130">
         <v>45574</v>
       </c>
-      <c r="B2258" s="135" t="s">
-        <v>789</v>
+      <c r="B2258" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2259" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2259" s="134">
+      <c r="A2259" s="130">
         <v>45575</v>
       </c>
-      <c r="B2259" s="135" t="s">
-        <v>789</v>
+      <c r="B2259" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2260" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2260" s="134">
+      <c r="A2260" s="130">
         <v>45576</v>
       </c>
-      <c r="B2260" s="135" t="s">
-        <v>789</v>
+      <c r="B2260" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2261" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2261" s="134">
+      <c r="A2261" s="130">
         <v>45579</v>
       </c>
-      <c r="B2261" s="135" t="s">
-        <v>789</v>
+      <c r="B2261" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2262" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2262" s="134">
+      <c r="A2262" s="130">
         <v>45580</v>
       </c>
-      <c r="B2262" s="135" t="s">
-        <v>789</v>
+      <c r="B2262" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2263" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2263" s="134">
+      <c r="A2263" s="130">
         <v>45581</v>
       </c>
-      <c r="B2263" s="135" t="s">
-        <v>789</v>
+      <c r="B2263" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2264" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2264" s="134">
+      <c r="A2264" s="130">
         <v>45582</v>
       </c>
-      <c r="B2264" s="135" t="s">
-        <v>789</v>
+      <c r="B2264" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2265" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2265" s="134">
+      <c r="A2265" s="130">
         <v>45583</v>
       </c>
-      <c r="B2265" s="135" t="s">
-        <v>789</v>
+      <c r="B2265" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2266" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2266" s="134">
+      <c r="A2266" s="130">
         <v>45586</v>
       </c>
-      <c r="B2266" s="135" t="s">
-        <v>789</v>
+      <c r="B2266" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2267" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2267" s="134">
+      <c r="A2267" s="130">
         <v>45587</v>
       </c>
-      <c r="B2267" s="135" t="s">
-        <v>789</v>
+      <c r="B2267" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2268" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2268" s="134">
+      <c r="A2268" s="130">
         <v>45588</v>
       </c>
-      <c r="B2268" s="135" t="s">
-        <v>789</v>
+      <c r="B2268" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2269" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2269" s="134">
+      <c r="A2269" s="130">
         <v>45589</v>
       </c>
-      <c r="B2269" s="135" t="s">
-        <v>789</v>
+      <c r="B2269" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2270" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2270" s="134">
+      <c r="A2270" s="130">
         <v>45590</v>
       </c>
-      <c r="B2270" s="135" t="s">
-        <v>789</v>
+      <c r="B2270" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2271" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2271" s="134">
+      <c r="A2271" s="130">
         <v>45593</v>
       </c>
-      <c r="B2271" s="135" t="s">
-        <v>789</v>
+      <c r="B2271" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2272" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2272" s="134">
+      <c r="A2272" s="130">
         <v>45594</v>
       </c>
-      <c r="B2272" s="135" t="s">
-        <v>789</v>
+      <c r="B2272" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2273" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2273" s="134">
+      <c r="A2273" s="130">
         <v>45595</v>
       </c>
-      <c r="B2273" s="135" t="s">
-        <v>789</v>
+      <c r="B2273" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2274" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2274" s="134">
+      <c r="A2274" s="130">
         <v>45596</v>
       </c>
-      <c r="B2274" s="135" t="s">
-        <v>789</v>
+      <c r="B2274" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2275" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2275" s="134">
+      <c r="A2275" s="130">
         <v>45597</v>
       </c>
-      <c r="B2275" s="135" t="s">
-        <v>789</v>
+      <c r="B2275" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2276" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2276" s="134">
+      <c r="A2276" s="130">
         <v>45600</v>
       </c>
-      <c r="B2276" s="135" t="s">
-        <v>789</v>
+      <c r="B2276" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2277" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2277" s="134">
+      <c r="A2277" s="130">
         <v>45601</v>
       </c>
-      <c r="B2277" s="135" t="s">
-        <v>789</v>
+      <c r="B2277" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2278" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2278" s="134">
+      <c r="A2278" s="130">
         <v>45602</v>
       </c>
-      <c r="B2278" s="135" t="s">
-        <v>789</v>
+      <c r="B2278" s="190" t="s">
+        <v>718</v>
       </c>
     </row>
     <row r="2279" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2279" s="134">
+      <c r="A2279" s="130">
         <v>45603</v>
       </c>
-      <c r="B2279" s="135" t="s">
-        <v>791</v>
+      <c r="B2279" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2280" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2280" s="134">
+      <c r="A2280" s="130">
         <v>45604</v>
       </c>
-      <c r="B2280" s="135" t="s">
-        <v>791</v>
+      <c r="B2280" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2281" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2281" s="134">
+      <c r="A2281" s="130">
         <v>45607</v>
       </c>
-      <c r="B2281" s="135" t="s">
-        <v>791</v>
+      <c r="B2281" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2282" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2282" s="134">
+      <c r="A2282" s="130">
         <v>45608</v>
       </c>
-      <c r="B2282" s="135" t="s">
-        <v>791</v>
+      <c r="B2282" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2283" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2283" s="134">
+      <c r="A2283" s="130">
         <v>45609</v>
       </c>
-      <c r="B2283" s="135" t="s">
-        <v>791</v>
+      <c r="B2283" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2284" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2284" s="134">
+      <c r="A2284" s="130">
         <v>45610</v>
       </c>
-      <c r="B2284" s="135" t="s">
-        <v>791</v>
+      <c r="B2284" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2285" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2285" s="134">
+      <c r="A2285" s="130">
         <v>45611</v>
       </c>
-      <c r="B2285" s="135" t="s">
-        <v>791</v>
+      <c r="B2285" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2286" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2286" s="134">
+      <c r="A2286" s="130">
         <v>45614</v>
       </c>
-      <c r="B2286" s="135" t="s">
-        <v>791</v>
+      <c r="B2286" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2287" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2287" s="134">
+      <c r="A2287" s="130">
         <v>45615</v>
       </c>
-      <c r="B2287" s="135" t="s">
-        <v>791</v>
+      <c r="B2287" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2288" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2288" s="134">
+      <c r="A2288" s="130">
         <v>45616</v>
       </c>
-      <c r="B2288" s="135" t="s">
-        <v>791</v>
+      <c r="B2288" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2289" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2289" s="134">
+      <c r="A2289" s="130">
         <v>45617</v>
       </c>
-      <c r="B2289" s="135" t="s">
-        <v>791</v>
+      <c r="B2289" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2290" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2290" s="134">
+      <c r="A2290" s="130">
         <v>45618</v>
       </c>
-      <c r="B2290" s="135" t="s">
-        <v>791</v>
+      <c r="B2290" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2291" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2291" s="134">
+      <c r="A2291" s="130">
         <v>45621</v>
       </c>
-      <c r="B2291" s="135" t="s">
-        <v>791</v>
+      <c r="B2291" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2292" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2292" s="134">
+      <c r="A2292" s="130">
         <v>45622</v>
       </c>
-      <c r="B2292" s="135" t="s">
-        <v>791</v>
+      <c r="B2292" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2293" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2293" s="134">
+      <c r="A2293" s="130">
         <v>45623</v>
       </c>
-      <c r="B2293" s="135" t="s">
-        <v>791</v>
+      <c r="B2293" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2294" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2294" s="134">
+      <c r="A2294" s="130">
         <v>45624</v>
       </c>
-      <c r="B2294" s="135" t="s">
-        <v>791</v>
+      <c r="B2294" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2295" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2295" s="134">
+      <c r="A2295" s="130">
         <v>45625</v>
       </c>
-      <c r="B2295" s="135" t="s">
-        <v>791</v>
+      <c r="B2295" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2296" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2296" s="134">
+      <c r="A2296" s="130">
         <v>45628</v>
       </c>
-      <c r="B2296" s="135" t="s">
-        <v>791</v>
+      <c r="B2296" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2297" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2297" s="134">
+      <c r="A2297" s="130">
         <v>45629</v>
       </c>
-      <c r="B2297" s="135" t="s">
-        <v>791</v>
+      <c r="B2297" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2298" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2298" s="134">
+      <c r="A2298" s="130">
         <v>45630</v>
       </c>
-      <c r="B2298" s="135" t="s">
-        <v>791</v>
+      <c r="B2298" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2299" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2299" s="134">
+      <c r="A2299" s="130">
         <v>45631</v>
       </c>
-      <c r="B2299" s="135" t="s">
-        <v>791</v>
+      <c r="B2299" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2300" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2300" s="134">
+      <c r="A2300" s="130">
         <v>45632</v>
       </c>
-      <c r="B2300" s="135" t="s">
-        <v>791</v>
+      <c r="B2300" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2301" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2301" s="134">
+      <c r="A2301" s="130">
         <v>45635</v>
       </c>
-      <c r="B2301" s="135" t="s">
-        <v>791</v>
+      <c r="B2301" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2302" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2302" s="134">
+      <c r="A2302" s="130">
         <v>45636</v>
       </c>
-      <c r="B2302" s="135" t="s">
-        <v>791</v>
+      <c r="B2302" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2303" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2303" s="134">
+      <c r="A2303" s="130">
         <v>45637</v>
       </c>
-      <c r="B2303" s="135" t="s">
-        <v>791</v>
+      <c r="B2303" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2304" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2304" s="134">
+      <c r="A2304" s="130">
         <v>45638</v>
       </c>
-      <c r="B2304" s="135" t="s">
-        <v>791</v>
+      <c r="B2304" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2305" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2305" s="134">
+      <c r="A2305" s="130">
         <v>45639</v>
       </c>
-      <c r="B2305" s="135" t="s">
-        <v>791</v>
+      <c r="B2305" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2306" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2306" s="134">
+      <c r="A2306" s="130">
         <v>45642</v>
       </c>
-      <c r="B2306" s="135" t="s">
-        <v>791</v>
+      <c r="B2306" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2307" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2307" s="134">
+      <c r="A2307" s="130">
         <v>45643</v>
       </c>
-      <c r="B2307" s="135" t="s">
-        <v>791</v>
+      <c r="B2307" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2308" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2308" s="134">
+      <c r="A2308" s="130">
         <v>45644</v>
       </c>
-      <c r="B2308" s="135" t="s">
-        <v>791</v>
+      <c r="B2308" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2309" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2309" s="134">
+      <c r="A2309" s="130">
         <v>45645</v>
       </c>
-      <c r="B2309" s="135" t="s">
-        <v>791</v>
+      <c r="B2309" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2310" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2310" s="134">
+      <c r="A2310" s="130">
         <v>45646</v>
       </c>
-      <c r="B2310" s="135" t="s">
-        <v>791</v>
+      <c r="B2310" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2311" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2311" s="134">
+      <c r="A2311" s="130">
         <v>45649</v>
       </c>
-      <c r="B2311" s="135" t="s">
-        <v>791</v>
+      <c r="B2311" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2312" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2312" s="134">
+      <c r="A2312" s="130">
         <v>45650</v>
       </c>
-      <c r="B2312" s="135" t="s">
-        <v>791</v>
+      <c r="B2312" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2313" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2313" s="134">
+      <c r="A2313" s="130">
         <v>45653</v>
       </c>
-      <c r="B2313" s="135" t="s">
-        <v>791</v>
+      <c r="B2313" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2314" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2314" s="134">
+      <c r="A2314" s="130">
         <v>45656</v>
       </c>
-      <c r="B2314" s="135" t="s">
-        <v>791</v>
+      <c r="B2314" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2315" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2315" s="134">
+      <c r="A2315" s="130">
         <v>45657</v>
       </c>
-      <c r="B2315" s="135" t="s">
-        <v>791</v>
+      <c r="B2315" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2316" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2316" s="134">
+      <c r="A2316" s="130">
         <v>45659</v>
       </c>
-      <c r="B2316" s="135" t="s">
-        <v>791</v>
+      <c r="B2316" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2317" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2317" s="134">
+      <c r="A2317" s="130">
         <v>45660</v>
       </c>
-      <c r="B2317" s="135" t="s">
-        <v>791</v>
+      <c r="B2317" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2318" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2318" s="134">
+      <c r="A2318" s="130">
         <v>45663</v>
       </c>
-      <c r="B2318" s="135" t="s">
-        <v>791</v>
+      <c r="B2318" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2319" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2319" s="134">
+      <c r="A2319" s="130">
         <v>45664</v>
       </c>
-      <c r="B2319" s="135" t="s">
-        <v>791</v>
+      <c r="B2319" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2320" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2320" s="134">
+      <c r="A2320" s="130">
         <v>45665</v>
       </c>
-      <c r="B2320" s="135" t="s">
-        <v>791</v>
+      <c r="B2320" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2321" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2321" s="134">
+      <c r="A2321" s="130">
         <v>45666</v>
       </c>
-      <c r="B2321" s="135" t="s">
-        <v>791</v>
+      <c r="B2321" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2322" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2322" s="134">
+      <c r="A2322" s="130">
         <v>45667</v>
       </c>
-      <c r="B2322" s="135" t="s">
-        <v>791</v>
+      <c r="B2322" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2323" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2323" s="134">
+      <c r="A2323" s="130">
         <v>45670</v>
       </c>
-      <c r="B2323" s="135" t="s">
-        <v>791</v>
+      <c r="B2323" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2324" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2324" s="134">
+      <c r="A2324" s="130">
         <v>45671</v>
       </c>
-      <c r="B2324" s="135" t="s">
-        <v>791</v>
+      <c r="B2324" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2325" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2325" s="134">
+      <c r="A2325" s="130">
         <v>45672</v>
       </c>
-      <c r="B2325" s="135" t="s">
-        <v>791</v>
+      <c r="B2325" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2326" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2326" s="134">
+      <c r="A2326" s="130">
         <v>45673</v>
       </c>
-      <c r="B2326" s="135" t="s">
-        <v>791</v>
+      <c r="B2326" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2327" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2327" s="134">
+      <c r="A2327" s="130">
         <v>45674</v>
       </c>
-      <c r="B2327" s="135" t="s">
-        <v>791</v>
+      <c r="B2327" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2328" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2328" s="134">
+      <c r="A2328" s="130">
         <v>45677</v>
       </c>
-      <c r="B2328" s="135" t="s">
-        <v>791</v>
+      <c r="B2328" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2329" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2329" s="134">
+      <c r="A2329" s="130">
         <v>45678</v>
       </c>
-      <c r="B2329" s="135" t="s">
-        <v>791</v>
+      <c r="B2329" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2330" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2330" s="134">
+      <c r="A2330" s="130">
         <v>45679</v>
       </c>
-      <c r="B2330" s="135" t="s">
-        <v>791</v>
+      <c r="B2330" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2331" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2331" s="134">
+      <c r="A2331" s="130">
         <v>45680</v>
       </c>
-      <c r="B2331" s="135" t="s">
-        <v>791</v>
+      <c r="B2331" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2332" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2332" s="134">
+      <c r="A2332" s="130">
         <v>45681</v>
       </c>
-      <c r="B2332" s="135" t="s">
-        <v>791</v>
+      <c r="B2332" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2333" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2333" s="134">
+      <c r="A2333" s="130">
         <v>45684</v>
       </c>
-      <c r="B2333" s="135" t="s">
-        <v>791</v>
+      <c r="B2333" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2334" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2334" s="134">
+      <c r="A2334" s="130">
         <v>45685</v>
       </c>
-      <c r="B2334" s="135" t="s">
-        <v>791</v>
+      <c r="B2334" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2335" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2335" s="134">
+      <c r="A2335" s="130">
         <v>45686</v>
       </c>
-      <c r="B2335" s="135" t="s">
-        <v>791</v>
+      <c r="B2335" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2336" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2336" s="134">
+      <c r="A2336" s="130">
         <v>45687</v>
       </c>
-      <c r="B2336" s="135" t="s">
-        <v>791</v>
+      <c r="B2336" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2337" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2337" s="134">
+      <c r="A2337" s="130">
         <v>45688</v>
       </c>
-      <c r="B2337" s="135" t="s">
-        <v>791</v>
+      <c r="B2337" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2338" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2338" s="134">
+      <c r="A2338" s="130">
         <v>45691</v>
       </c>
-      <c r="B2338" s="135" t="s">
-        <v>791</v>
+      <c r="B2338" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2339" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2339" s="134">
+      <c r="A2339" s="130">
         <v>45692</v>
       </c>
-      <c r="B2339" s="135" t="s">
-        <v>791</v>
+      <c r="B2339" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2340" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2340" s="134">
+      <c r="A2340" s="130">
         <v>45693</v>
       </c>
-      <c r="B2340" s="135" t="s">
-        <v>791</v>
+      <c r="B2340" s="190" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="2341" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2341" s="134">
+      <c r="A2341" s="130">
         <v>45694</v>
       </c>
-      <c r="B2341" s="135" t="s">
-        <v>788</v>
+      <c r="B2341" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2342" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2342" s="134">
+      <c r="A2342" s="130">
         <v>45695</v>
       </c>
-      <c r="B2342" s="135" t="s">
-        <v>788</v>
+      <c r="B2342" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2343" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2343" s="134">
+      <c r="A2343" s="130">
         <v>45698</v>
       </c>
-      <c r="B2343" s="135" t="s">
-        <v>788</v>
+      <c r="B2343" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2344" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2344" s="134">
+      <c r="A2344" s="130">
         <v>45699</v>
       </c>
-      <c r="B2344" s="135" t="s">
-        <v>788</v>
+      <c r="B2344" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2345" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2345" s="134">
+      <c r="A2345" s="130">
         <v>45700</v>
       </c>
-      <c r="B2345" s="135" t="s">
-        <v>788</v>
+      <c r="B2345" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2346" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2346" s="134">
+      <c r="A2346" s="130">
         <v>45701</v>
       </c>
-      <c r="B2346" s="135" t="s">
-        <v>788</v>
+      <c r="B2346" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2347" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2347" s="134">
+      <c r="A2347" s="130">
         <v>45702</v>
       </c>
-      <c r="B2347" s="135" t="s">
-        <v>788</v>
+      <c r="B2347" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2348" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2348" s="134">
+      <c r="A2348" s="130">
         <v>45705</v>
       </c>
-      <c r="B2348" s="135" t="s">
-        <v>788</v>
+      <c r="B2348" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2349" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2349" s="134">
+      <c r="A2349" s="130">
         <v>45706</v>
       </c>
-      <c r="B2349" s="135" t="s">
-        <v>788</v>
+      <c r="B2349" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2350" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2350" s="134">
+      <c r="A2350" s="130">
         <v>45707</v>
       </c>
-      <c r="B2350" s="135" t="s">
-        <v>788</v>
+      <c r="B2350" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2351" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2351" s="134">
+      <c r="A2351" s="130">
         <v>45708</v>
       </c>
-      <c r="B2351" s="135" t="s">
-        <v>788</v>
+      <c r="B2351" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2352" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2352" s="134">
+      <c r="A2352" s="130">
         <v>45709</v>
       </c>
-      <c r="B2352" s="135" t="s">
-        <v>788</v>
+      <c r="B2352" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2353" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2353" s="134">
+      <c r="A2353" s="130">
         <v>45712</v>
       </c>
-      <c r="B2353" s="135" t="s">
-        <v>788</v>
+      <c r="B2353" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2354" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2354" s="134">
+      <c r="A2354" s="130">
         <v>45713</v>
       </c>
-      <c r="B2354" s="135" t="s">
-        <v>788</v>
+      <c r="B2354" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2355" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2355" s="134">
+      <c r="A2355" s="130">
         <v>45714</v>
       </c>
-      <c r="B2355" s="135" t="s">
-        <v>788</v>
+      <c r="B2355" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2356" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2356" s="134">
+      <c r="A2356" s="130">
         <v>45715</v>
       </c>
-      <c r="B2356" s="135" t="s">
-        <v>788</v>
+      <c r="B2356" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2357" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2357" s="134">
+      <c r="A2357" s="130">
         <v>45716</v>
       </c>
-      <c r="B2357" s="135" t="s">
-        <v>788</v>
+      <c r="B2357" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2358" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2358" s="134">
+      <c r="A2358" s="130">
         <v>45719</v>
       </c>
-      <c r="B2358" s="135" t="s">
-        <v>788</v>
+      <c r="B2358" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2359" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2359" s="134">
+      <c r="A2359" s="130">
         <v>45720</v>
       </c>
-      <c r="B2359" s="135" t="s">
-        <v>788</v>
+      <c r="B2359" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2360" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2360" s="134">
+      <c r="A2360" s="130">
         <v>45721</v>
       </c>
-      <c r="B2360" s="135" t="s">
-        <v>788</v>
+      <c r="B2360" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2361" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2361" s="134">
+      <c r="A2361" s="130">
         <v>45722</v>
       </c>
-      <c r="B2361" s="135" t="s">
-        <v>788</v>
+      <c r="B2361" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2362" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2362" s="134">
+      <c r="A2362" s="130">
         <v>45723</v>
       </c>
-      <c r="B2362" s="135" t="s">
-        <v>788</v>
+      <c r="B2362" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2363" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2363" s="134">
+      <c r="A2363" s="130">
         <v>45726</v>
       </c>
-      <c r="B2363" s="135" t="s">
-        <v>788</v>
+      <c r="B2363" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2364" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2364" s="134">
+      <c r="A2364" s="130">
         <v>45727</v>
       </c>
-      <c r="B2364" s="135" t="s">
-        <v>788</v>
+      <c r="B2364" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2365" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2365" s="134">
+      <c r="A2365" s="130">
         <v>45728</v>
       </c>
-      <c r="B2365" s="135" t="s">
-        <v>788</v>
+      <c r="B2365" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2366" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2366" s="134">
+      <c r="A2366" s="130">
         <v>45729</v>
       </c>
-      <c r="B2366" s="135" t="s">
-        <v>788</v>
+      <c r="B2366" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2367" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2367" s="134">
+      <c r="A2367" s="130">
         <v>45730</v>
       </c>
-      <c r="B2367" s="135" t="s">
-        <v>788</v>
+      <c r="B2367" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2368" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2368" s="134">
+      <c r="A2368" s="130">
         <v>45733</v>
       </c>
-      <c r="B2368" s="135" t="s">
-        <v>788</v>
+      <c r="B2368" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2369" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2369" s="134">
+      <c r="A2369" s="130">
         <v>45734</v>
       </c>
-      <c r="B2369" s="135" t="s">
-        <v>788</v>
+      <c r="B2369" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2370" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2370" s="134">
+      <c r="A2370" s="130">
         <v>45735</v>
       </c>
-      <c r="B2370" s="135" t="s">
-        <v>788</v>
+      <c r="B2370" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2371" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2371" s="134">
+      <c r="A2371" s="130">
         <v>45736</v>
       </c>
-      <c r="B2371" s="135" t="s">
-        <v>788</v>
+      <c r="B2371" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2372" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2372" s="134">
+      <c r="A2372" s="130">
         <v>45737</v>
       </c>
-      <c r="B2372" s="135" t="s">
-        <v>788</v>
+      <c r="B2372" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2373" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2373" s="134">
+      <c r="A2373" s="130">
         <v>45740</v>
       </c>
-      <c r="B2373" s="135" t="s">
-        <v>788</v>
+      <c r="B2373" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2374" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2374" s="134">
+      <c r="A2374" s="130">
         <v>45741</v>
       </c>
-      <c r="B2374" s="135" t="s">
-        <v>788</v>
+      <c r="B2374" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2375" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2375" s="134">
+      <c r="A2375" s="130">
         <v>45742</v>
       </c>
-      <c r="B2375" s="135" t="s">
-        <v>788</v>
+      <c r="B2375" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2376" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2376" s="134">
+      <c r="A2376" s="130">
         <v>45743</v>
       </c>
-      <c r="B2376" s="135" t="s">
-        <v>788</v>
+      <c r="B2376" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2377" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2377" s="134">
+      <c r="A2377" s="130">
         <v>45744</v>
       </c>
-      <c r="B2377" s="135" t="s">
-        <v>788</v>
+      <c r="B2377" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2378" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2378" s="134">
+      <c r="A2378" s="130">
         <v>45747</v>
       </c>
-      <c r="B2378" s="135" t="s">
-        <v>788</v>
+      <c r="B2378" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2379" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2379" s="134">
+      <c r="A2379" s="130">
         <v>45748</v>
       </c>
-      <c r="B2379" s="135" t="s">
-        <v>788</v>
+      <c r="B2379" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2380" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2380" s="134">
+      <c r="A2380" s="130">
         <v>45749</v>
       </c>
-      <c r="B2380" s="135" t="s">
-        <v>788</v>
+      <c r="B2380" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2381" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2381" s="134">
+      <c r="A2381" s="130">
         <v>45750</v>
       </c>
-      <c r="B2381" s="135" t="s">
-        <v>788</v>
+      <c r="B2381" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2382" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2382" s="134">
+      <c r="A2382" s="130">
         <v>45751</v>
       </c>
-      <c r="B2382" s="135" t="s">
-        <v>788</v>
+      <c r="B2382" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2383" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2383" s="134">
+      <c r="A2383" s="130">
         <v>45754</v>
       </c>
-      <c r="B2383" s="135" t="s">
-        <v>788</v>
+      <c r="B2383" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2384" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2384" s="134">
+      <c r="A2384" s="130">
         <v>45755</v>
       </c>
-      <c r="B2384" s="135" t="s">
-        <v>788</v>
+      <c r="B2384" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2385" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2385" s="134">
+      <c r="A2385" s="130">
         <v>45756</v>
       </c>
-      <c r="B2385" s="135" t="s">
-        <v>788</v>
+      <c r="B2385" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2386" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2386" s="134">
+      <c r="A2386" s="130">
         <v>45757</v>
       </c>
-      <c r="B2386" s="135" t="s">
-        <v>788</v>
+      <c r="B2386" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2387" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2387" s="134">
+      <c r="A2387" s="130">
         <v>45758</v>
       </c>
-      <c r="B2387" s="135" t="s">
-        <v>788</v>
+      <c r="B2387" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2388" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2388" s="134">
+      <c r="A2388" s="130">
         <v>45761</v>
       </c>
-      <c r="B2388" s="135" t="s">
-        <v>788</v>
+      <c r="B2388" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2389" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2389" s="134">
+      <c r="A2389" s="130">
         <v>45762</v>
       </c>
-      <c r="B2389" s="135" t="s">
-        <v>788</v>
+      <c r="B2389" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2390" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2390" s="134">
+      <c r="A2390" s="130">
         <v>45763</v>
       </c>
-      <c r="B2390" s="135" t="s">
-        <v>788</v>
+      <c r="B2390" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2391" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2391" s="134">
+      <c r="A2391" s="130">
         <v>45764</v>
       </c>
-      <c r="B2391" s="135" t="s">
-        <v>788</v>
+      <c r="B2391" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2392" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2392" s="134">
+      <c r="A2392" s="130">
         <v>45769</v>
       </c>
-      <c r="B2392" s="135" t="s">
-        <v>788</v>
+      <c r="B2392" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2393" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2393" s="134">
+      <c r="A2393" s="130">
         <v>45770</v>
       </c>
-      <c r="B2393" s="135" t="s">
-        <v>788</v>
+      <c r="B2393" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2394" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2394" s="134">
+      <c r="A2394" s="130">
         <v>45771</v>
       </c>
-      <c r="B2394" s="135" t="s">
-        <v>788</v>
+      <c r="B2394" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2395" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2395" s="134">
+      <c r="A2395" s="130">
         <v>45772</v>
       </c>
-      <c r="B2395" s="135" t="s">
-        <v>788</v>
+      <c r="B2395" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2396" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2396" s="134">
+      <c r="A2396" s="130">
         <v>45775</v>
       </c>
-      <c r="B2396" s="135" t="s">
-        <v>788</v>
+      <c r="B2396" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2397" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2397" s="134">
+      <c r="A2397" s="130">
         <v>45776</v>
       </c>
-      <c r="B2397" s="135" t="s">
-        <v>788</v>
+      <c r="B2397" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2398" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2398" s="134">
+      <c r="A2398" s="130">
         <v>45777</v>
       </c>
-      <c r="B2398" s="135" t="s">
-        <v>788</v>
+      <c r="B2398" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2399" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2399" s="134">
+      <c r="A2399" s="130">
         <v>45778</v>
       </c>
-      <c r="B2399" s="135" t="s">
-        <v>788</v>
+      <c r="B2399" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2400" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2400" s="134">
+      <c r="A2400" s="130">
         <v>45779</v>
       </c>
-      <c r="B2400" s="135" t="s">
-        <v>788</v>
+      <c r="B2400" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2401" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2401" s="134">
+      <c r="A2401" s="130">
         <v>45783</v>
       </c>
-      <c r="B2401" s="135" t="s">
-        <v>788</v>
+      <c r="B2401" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2402" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2402" s="134">
+      <c r="A2402" s="130">
         <v>45784</v>
       </c>
-      <c r="B2402" s="135" t="s">
-        <v>788</v>
+      <c r="B2402" s="190" t="s">
+        <v>717</v>
       </c>
     </row>
     <row r="2403" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2403" s="134">
+      <c r="A2403" s="130">
         <v>45785</v>
       </c>
-      <c r="B2403" s="135" t="s">
-        <v>787</v>
+      <c r="B2403" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2404" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2404" s="134">
+      <c r="A2404" s="130">
         <v>45786</v>
       </c>
-      <c r="B2404" s="135" t="s">
-        <v>787</v>
+      <c r="B2404" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2405" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2405" s="134">
+      <c r="A2405" s="130">
         <v>45789</v>
       </c>
-      <c r="B2405" s="135" t="s">
-        <v>787</v>
+      <c r="B2405" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2406" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2406" s="134">
+      <c r="A2406" s="130">
         <v>45790</v>
       </c>
-      <c r="B2406" s="135" t="s">
-        <v>787</v>
+      <c r="B2406" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2407" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2407" s="134">
+      <c r="A2407" s="130">
         <v>45791</v>
       </c>
-      <c r="B2407" s="135" t="s">
-        <v>787</v>
+      <c r="B2407" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2408" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2408" s="134">
+      <c r="A2408" s="130">
         <v>45792</v>
       </c>
-      <c r="B2408" s="135" t="s">
-        <v>787</v>
+      <c r="B2408" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2409" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2409" s="134">
+      <c r="A2409" s="130">
         <v>45793</v>
       </c>
-      <c r="B2409" s="135" t="s">
-        <v>787</v>
+      <c r="B2409" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2410" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2410" s="134">
+      <c r="A2410" s="130">
         <v>45796</v>
       </c>
-      <c r="B2410" s="135" t="s">
-        <v>787</v>
+      <c r="B2410" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2411" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2411" s="134">
+      <c r="A2411" s="130">
         <v>45797</v>
       </c>
-      <c r="B2411" s="135" t="s">
-        <v>787</v>
+      <c r="B2411" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2412" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2412" s="134">
+      <c r="A2412" s="130">
         <v>45798</v>
       </c>
-      <c r="B2412" s="135" t="s">
-        <v>787</v>
+      <c r="B2412" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2413" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2413" s="134">
+      <c r="A2413" s="130">
         <v>45799</v>
       </c>
-      <c r="B2413" s="135" t="s">
-        <v>787</v>
+      <c r="B2413" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2414" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2414" s="134">
+      <c r="A2414" s="130">
         <v>45800</v>
       </c>
-      <c r="B2414" s="135" t="s">
-        <v>787</v>
+      <c r="B2414" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2415" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2415" s="134">
+      <c r="A2415" s="130">
         <v>45804</v>
       </c>
-      <c r="B2415" s="135" t="s">
-        <v>787</v>
+      <c r="B2415" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2416" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2416" s="134">
+      <c r="A2416" s="130">
         <v>45805</v>
       </c>
-      <c r="B2416" s="135" t="s">
-        <v>787</v>
+      <c r="B2416" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2417" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2417" s="134">
+      <c r="A2417" s="130">
         <v>45806</v>
       </c>
-      <c r="B2417" s="135" t="s">
-        <v>787</v>
+      <c r="B2417" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2418" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2418" s="134">
+      <c r="A2418" s="130">
         <v>45807</v>
       </c>
-      <c r="B2418" s="135" t="s">
-        <v>787</v>
+      <c r="B2418" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2419" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2419" s="134">
+      <c r="A2419" s="130">
         <v>45810</v>
       </c>
-      <c r="B2419" s="135" t="s">
-        <v>787</v>
+      <c r="B2419" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2420" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2420" s="134">
+      <c r="A2420" s="130">
         <v>45811</v>
       </c>
-      <c r="B2420" s="135" t="s">
-        <v>787</v>
+      <c r="B2420" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2421" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2421" s="134">
+      <c r="A2421" s="130">
         <v>45812</v>
       </c>
-      <c r="B2421" s="135" t="s">
-        <v>787</v>
+      <c r="B2421" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2422" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2422" s="134">
+      <c r="A2422" s="130">
         <v>45813</v>
       </c>
-      <c r="B2422" s="135" t="s">
-        <v>787</v>
+      <c r="B2422" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2423" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2423" s="134">
+      <c r="A2423" s="130">
         <v>45814</v>
       </c>
-      <c r="B2423" s="135" t="s">
-        <v>787</v>
+      <c r="B2423" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2424" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2424" s="134">
+      <c r="A2424" s="130">
         <v>45817</v>
       </c>
-      <c r="B2424" s="135" t="s">
-        <v>787</v>
+      <c r="B2424" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2425" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2425" s="134">
+      <c r="A2425" s="130">
         <v>45818</v>
       </c>
-      <c r="B2425" s="135" t="s">
-        <v>787</v>
+      <c r="B2425" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2426" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2426" s="134">
+      <c r="A2426" s="130">
         <v>45819</v>
       </c>
-      <c r="B2426" s="135" t="s">
-        <v>787</v>
+      <c r="B2426" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2427" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2427" s="134">
+      <c r="A2427" s="130">
         <v>45820</v>
       </c>
-      <c r="B2427" s="135" t="s">
-        <v>787</v>
+      <c r="B2427" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2428" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2428" s="134">
+      <c r="A2428" s="130">
         <v>45821</v>
       </c>
-      <c r="B2428" s="135" t="s">
-        <v>787</v>
+      <c r="B2428" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2429" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2429" s="134">
+      <c r="A2429" s="130">
         <v>45824</v>
       </c>
-      <c r="B2429" s="135" t="s">
-        <v>787</v>
+      <c r="B2429" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2430" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2430" s="134">
+      <c r="A2430" s="130">
         <v>45825</v>
       </c>
-      <c r="B2430" s="135" t="s">
-        <v>787</v>
+      <c r="B2430" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2431" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2431" s="134">
+      <c r="A2431" s="130">
         <v>45826</v>
       </c>
-      <c r="B2431" s="135" t="s">
-        <v>787</v>
+      <c r="B2431" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2432" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2432" s="134">
+      <c r="A2432" s="130">
         <v>45827</v>
       </c>
-      <c r="B2432" s="135" t="s">
-        <v>787</v>
+      <c r="B2432" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2433" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2433" s="134">
+      <c r="A2433" s="130">
         <v>45828</v>
       </c>
-      <c r="B2433" s="135" t="s">
-        <v>787</v>
+      <c r="B2433" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2434" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2434" s="134">
+      <c r="A2434" s="130">
         <v>45831</v>
       </c>
-      <c r="B2434" s="135" t="s">
-        <v>787</v>
+      <c r="B2434" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2435" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2435" s="134">
+      <c r="A2435" s="130">
         <v>45832</v>
       </c>
-      <c r="B2435" s="135" t="s">
-        <v>787</v>
+      <c r="B2435" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2436" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2436" s="134">
+      <c r="A2436" s="130">
         <v>45833</v>
       </c>
-      <c r="B2436" s="135" t="s">
-        <v>787</v>
+      <c r="B2436" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2437" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2437" s="134">
+      <c r="A2437" s="130">
         <v>45834</v>
       </c>
-      <c r="B2437" s="135" t="s">
-        <v>787</v>
+      <c r="B2437" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2438" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2438" s="134">
+      <c r="A2438" s="130">
         <v>45835</v>
       </c>
-      <c r="B2438" s="135" t="s">
-        <v>787</v>
+      <c r="B2438" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2439" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2439" s="134">
+      <c r="A2439" s="130">
         <v>45838</v>
       </c>
-      <c r="B2439" s="135" t="s">
-        <v>787</v>
+      <c r="B2439" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2440" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2440" s="134">
+      <c r="A2440" s="130">
         <v>45839</v>
       </c>
-      <c r="B2440" s="135" t="s">
-        <v>787</v>
+      <c r="B2440" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2441" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2441" s="134">
+      <c r="A2441" s="130">
         <v>45840</v>
       </c>
-      <c r="B2441" s="135" t="s">
-        <v>787</v>
+      <c r="B2441" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2442" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2442" s="134">
+      <c r="A2442" s="130">
         <v>45841</v>
       </c>
-      <c r="B2442" s="135" t="s">
-        <v>787</v>
+      <c r="B2442" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2443" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2443" s="134">
+      <c r="A2443" s="130">
         <v>45842</v>
       </c>
-      <c r="B2443" s="135" t="s">
-        <v>787</v>
+      <c r="B2443" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2444" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2444" s="134">
+      <c r="A2444" s="130">
         <v>45845</v>
       </c>
-      <c r="B2444" s="135" t="s">
-        <v>787</v>
+      <c r="B2444" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2445" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2445" s="134">
+      <c r="A2445" s="130">
         <v>45846</v>
       </c>
-      <c r="B2445" s="135" t="s">
-        <v>787</v>
+      <c r="B2445" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2446" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2446" s="134">
+      <c r="A2446" s="130">
         <v>45847</v>
       </c>
-      <c r="B2446" s="135" t="s">
-        <v>787</v>
+      <c r="B2446" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2447" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2447" s="134">
+      <c r="A2447" s="130">
         <v>45848</v>
       </c>
-      <c r="B2447" s="135" t="s">
-        <v>787</v>
+      <c r="B2447" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2448" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2448" s="134">
+      <c r="A2448" s="130">
         <v>45849</v>
       </c>
-      <c r="B2448" s="135" t="s">
-        <v>787</v>
+      <c r="B2448" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2449" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2449" s="134">
+      <c r="A2449" s="130">
         <v>45852</v>
       </c>
-      <c r="B2449" s="135" t="s">
-        <v>787</v>
+      <c r="B2449" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2450" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2450" s="134">
+      <c r="A2450" s="130">
         <v>45853</v>
       </c>
-      <c r="B2450" s="135" t="s">
-        <v>787</v>
+      <c r="B2450" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2451" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2451" s="134">
+      <c r="A2451" s="130">
         <v>45854</v>
       </c>
-      <c r="B2451" s="135" t="s">
-        <v>787</v>
+      <c r="B2451" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2452" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2452" s="134">
+      <c r="A2452" s="130">
         <v>45855</v>
       </c>
-      <c r="B2452" s="135" t="s">
-        <v>787</v>
+      <c r="B2452" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2453" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2453" s="134">
+      <c r="A2453" s="130">
         <v>45856</v>
       </c>
-      <c r="B2453" s="135" t="s">
-        <v>787</v>
+      <c r="B2453" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2454" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2454" s="134">
+      <c r="A2454" s="130">
         <v>45859</v>
       </c>
-      <c r="B2454" s="135" t="s">
-        <v>787</v>
+      <c r="B2454" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2455" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2455" s="134">
+      <c r="A2455" s="130">
         <v>45860</v>
       </c>
-      <c r="B2455" s="135" t="s">
-        <v>787</v>
+      <c r="B2455" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2456" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2456" s="134">
+      <c r="A2456" s="130">
         <v>45861</v>
       </c>
-      <c r="B2456" s="135" t="s">
-        <v>787</v>
+      <c r="B2456" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2457" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2457" s="134">
+      <c r="A2457" s="130">
         <v>45862</v>
       </c>
-      <c r="B2457" s="135" t="s">
-        <v>787</v>
+      <c r="B2457" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2458" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2458" s="134">
+      <c r="A2458" s="130">
         <v>45863</v>
       </c>
-      <c r="B2458" s="135" t="s">
-        <v>787</v>
+      <c r="B2458" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2459" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2459" s="134">
+      <c r="A2459" s="130">
         <v>45866</v>
       </c>
-      <c r="B2459" s="135" t="s">
-        <v>787</v>
+      <c r="B2459" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2460" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2460" s="134">
+      <c r="A2460" s="130">
         <v>45867</v>
       </c>
-      <c r="B2460" s="135" t="s">
-        <v>787</v>
+      <c r="B2460" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2461" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2461" s="134">
+      <c r="A2461" s="130">
         <v>45868</v>
       </c>
-      <c r="B2461" s="135" t="s">
-        <v>787</v>
+      <c r="B2461" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2462" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2462" s="134">
+      <c r="A2462" s="130">
         <v>45869</v>
       </c>
-      <c r="B2462" s="135" t="s">
-        <v>787</v>
+      <c r="B2462" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2463" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2463" s="134">
+      <c r="A2463" s="130">
         <v>45870</v>
       </c>
-      <c r="B2463" s="135" t="s">
-        <v>787</v>
+      <c r="B2463" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2464" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2464" s="134">
+      <c r="A2464" s="130">
         <v>45873</v>
       </c>
-      <c r="B2464" s="135" t="s">
-        <v>787</v>
+      <c r="B2464" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2465" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2465" s="134">
+      <c r="A2465" s="130">
         <v>45874</v>
       </c>
-      <c r="B2465" s="135" t="s">
-        <v>787</v>
+      <c r="B2465" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2466" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2466" s="134">
+      <c r="A2466" s="130">
         <v>45875</v>
       </c>
-      <c r="B2466" s="135" t="s">
-        <v>787</v>
+      <c r="B2466" s="190" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="2467" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2467" s="134">
+      <c r="A2467" s="130">
         <v>45876</v>
       </c>
-      <c r="B2467" s="135" t="s">
-        <v>786</v>
+      <c r="B2467" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2468" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2468" s="134">
+      <c r="A2468" s="130">
         <v>45877</v>
       </c>
-      <c r="B2468" s="135" t="s">
-        <v>786</v>
+      <c r="B2468" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2469" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2469" s="134">
+      <c r="A2469" s="130">
         <v>45880</v>
       </c>
-      <c r="B2469" s="135" t="s">
-        <v>786</v>
+      <c r="B2469" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2470" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2470" s="134">
+      <c r="A2470" s="130">
         <v>45881</v>
       </c>
-      <c r="B2470" s="135" t="s">
-        <v>786</v>
+      <c r="B2470" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2471" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2471" s="134">
+      <c r="A2471" s="130">
         <v>45882</v>
       </c>
-      <c r="B2471" s="135" t="s">
-        <v>786</v>
+      <c r="B2471" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2472" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2472" s="134">
+      <c r="A2472" s="130">
         <v>45883</v>
       </c>
-      <c r="B2472" s="135" t="s">
-        <v>786</v>
+      <c r="B2472" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2473" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2473" s="134">
+      <c r="A2473" s="130">
         <v>45884</v>
       </c>
-      <c r="B2473" s="135" t="s">
-        <v>786</v>
+      <c r="B2473" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2474" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2474" s="134">
+      <c r="A2474" s="130">
         <v>45887</v>
       </c>
-      <c r="B2474" s="135" t="s">
-        <v>786</v>
+      <c r="B2474" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2475" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2475" s="134">
+      <c r="A2475" s="130">
         <v>45888</v>
       </c>
-      <c r="B2475" s="135" t="s">
-        <v>786</v>
+      <c r="B2475" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2476" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2476" s="134">
+      <c r="A2476" s="130">
         <v>45889</v>
       </c>
-      <c r="B2476" s="135" t="s">
-        <v>786</v>
+      <c r="B2476" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2477" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2477" s="134">
+      <c r="A2477" s="130">
         <v>45890</v>
       </c>
-      <c r="B2477" s="135" t="s">
-        <v>786</v>
+      <c r="B2477" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2478" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2478" s="134">
+      <c r="A2478" s="130">
         <v>45891</v>
       </c>
-      <c r="B2478" s="135" t="s">
-        <v>786</v>
+      <c r="B2478" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2479" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2479" s="134">
+      <c r="A2479" s="130">
         <v>45895</v>
       </c>
-      <c r="B2479" s="135" t="s">
-        <v>786</v>
+      <c r="B2479" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2480" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2480" s="134">
+      <c r="A2480" s="130">
         <v>45896</v>
       </c>
-      <c r="B2480" s="135" t="s">
-        <v>786</v>
+      <c r="B2480" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2481" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2481" s="134">
+      <c r="A2481" s="130">
         <v>45897</v>
       </c>
-      <c r="B2481" s="135" t="s">
-        <v>786</v>
+      <c r="B2481" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2482" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2482" s="134">
+      <c r="A2482" s="130">
         <v>45898</v>
       </c>
-      <c r="B2482" s="135" t="s">
-        <v>786</v>
+      <c r="B2482" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2483" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2483" s="134">
+      <c r="A2483" s="130">
         <v>45901</v>
       </c>
-      <c r="B2483" s="135" t="s">
-        <v>786</v>
+      <c r="B2483" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2484" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2484" s="134">
+      <c r="A2484" s="130">
         <v>45902</v>
       </c>
-      <c r="B2484" s="135" t="s">
-        <v>786</v>
+      <c r="B2484" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2485" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2485" s="134">
+      <c r="A2485" s="130">
         <v>45903</v>
       </c>
-      <c r="B2485" s="135" t="s">
-        <v>786</v>
+      <c r="B2485" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2486" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2486" s="134">
+      <c r="A2486" s="130">
         <v>45904</v>
       </c>
-      <c r="B2486" s="135" t="s">
-        <v>786</v>
+      <c r="B2486" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2487" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2487" s="134">
+      <c r="A2487" s="130">
         <v>45905</v>
       </c>
-      <c r="B2487" s="135" t="s">
-        <v>786</v>
+      <c r="B2487" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2488" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2488" s="134">
+      <c r="A2488" s="130">
         <v>45908</v>
       </c>
-      <c r="B2488" s="135" t="s">
-        <v>786</v>
+      <c r="B2488" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2489" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2489" s="134">
+      <c r="A2489" s="130">
         <v>45909</v>
       </c>
-      <c r="B2489" s="135" t="s">
-        <v>786</v>
+      <c r="B2489" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2490" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2490" s="134">
+      <c r="A2490" s="130">
         <v>45910</v>
       </c>
-      <c r="B2490" s="135" t="s">
-        <v>786</v>
+      <c r="B2490" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2491" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2491" s="134">
+      <c r="A2491" s="130">
         <v>45911</v>
       </c>
-      <c r="B2491" s="135" t="s">
-        <v>786</v>
+      <c r="B2491" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2492" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2492" s="134">
+      <c r="A2492" s="130">
         <v>45912</v>
       </c>
-      <c r="B2492" s="135" t="s">
-        <v>786</v>
+      <c r="B2492" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2493" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2493" s="134">
+      <c r="A2493" s="130">
         <v>45915</v>
       </c>
-      <c r="B2493" s="135" t="s">
-        <v>786</v>
+      <c r="B2493" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2494" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2494" s="134">
+      <c r="A2494" s="130">
         <v>45916</v>
       </c>
-      <c r="B2494" s="135" t="s">
-        <v>786</v>
+      <c r="B2494" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2495" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2495" s="134">
+      <c r="A2495" s="130">
         <v>45917</v>
       </c>
-      <c r="B2495" s="135" t="s">
-        <v>786</v>
+      <c r="B2495" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2496" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2496" s="134">
+      <c r="A2496" s="130">
         <v>45918</v>
       </c>
-      <c r="B2496" s="135" t="s">
-        <v>786</v>
+      <c r="B2496" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2497" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2497" s="134">
+      <c r="A2497" s="130">
         <v>45919</v>
       </c>
-      <c r="B2497" s="135" t="s">
-        <v>786</v>
+      <c r="B2497" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2498" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2498" s="134">
+      <c r="A2498" s="130">
         <v>45922</v>
       </c>
-      <c r="B2498" s="135" t="s">
-        <v>786</v>
+      <c r="B2498" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2499" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2499" s="134">
+      <c r="A2499" s="130">
         <v>45923</v>
       </c>
-      <c r="B2499" s="135" t="s">
-        <v>786</v>
+      <c r="B2499" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2500" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2500" s="134">
+      <c r="A2500" s="130">
         <v>45924</v>
       </c>
-      <c r="B2500" s="135" t="s">
-        <v>786</v>
+      <c r="B2500" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2501" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2501" s="134">
+      <c r="A2501" s="130">
         <v>45925</v>
       </c>
-      <c r="B2501" s="135" t="s">
-        <v>786</v>
+      <c r="B2501" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2502" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2502" s="134">
+      <c r="A2502" s="130">
         <v>45926</v>
       </c>
-      <c r="B2502" s="135" t="s">
-        <v>786</v>
+      <c r="B2502" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2503" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2503" s="134">
+      <c r="A2503" s="130">
         <v>45929</v>
       </c>
-      <c r="B2503" s="135" t="s">
-        <v>786</v>
+      <c r="B2503" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2504" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2504" s="134">
+      <c r="A2504" s="130">
         <v>45930</v>
       </c>
-      <c r="B2504" s="135" t="s">
-        <v>786</v>
+      <c r="B2504" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2505" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2505" s="134">
+      <c r="A2505" s="130">
         <v>45931</v>
       </c>
-      <c r="B2505" s="135" t="s">
-        <v>786</v>
+      <c r="B2505" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2506" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2506" s="134">
+      <c r="A2506" s="130">
         <v>45932</v>
       </c>
-      <c r="B2506" s="135" t="s">
-        <v>786</v>
+      <c r="B2506" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2507" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2507" s="134">
+      <c r="A2507" s="130">
         <v>45933</v>
       </c>
-      <c r="B2507" s="135" t="s">
-        <v>786</v>
+      <c r="B2507" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2508" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2508" s="134">
+      <c r="A2508" s="130">
         <v>45936</v>
       </c>
-      <c r="B2508" s="135" t="s">
-        <v>786</v>
+      <c r="B2508" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2509" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2509" s="134">
+      <c r="A2509" s="130">
         <v>45937</v>
       </c>
-      <c r="B2509" s="135" t="s">
-        <v>786</v>
+      <c r="B2509" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2510" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2510" s="134">
+      <c r="A2510" s="130">
         <v>45938</v>
       </c>
-      <c r="B2510" s="135" t="s">
-        <v>786</v>
+      <c r="B2510" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2511" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2511" s="134">
+      <c r="A2511" s="130">
         <v>45939</v>
       </c>
-      <c r="B2511" s="135" t="s">
-        <v>786</v>
+      <c r="B2511" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2512" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2512" s="134">
+      <c r="A2512" s="130">
         <v>45940</v>
       </c>
-      <c r="B2512" s="135" t="s">
-        <v>786</v>
+      <c r="B2512" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2513" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2513" s="134">
+      <c r="A2513" s="130">
         <v>45943</v>
       </c>
-      <c r="B2513" s="135" t="s">
-        <v>786</v>
+      <c r="B2513" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2514" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2514" s="134">
+      <c r="A2514" s="130">
         <v>45944</v>
       </c>
-      <c r="B2514" s="135" t="s">
-        <v>786</v>
+      <c r="B2514" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2515" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2515" s="134">
+      <c r="A2515" s="130">
         <v>45945</v>
       </c>
-      <c r="B2515" s="135" t="s">
-        <v>786</v>
+      <c r="B2515" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2516" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2516" s="134">
+      <c r="A2516" s="130">
         <v>45946</v>
       </c>
-      <c r="B2516" s="135" t="s">
-        <v>786</v>
+      <c r="B2516" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2517" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2517" s="134">
+      <c r="A2517" s="130">
         <v>45947</v>
       </c>
-      <c r="B2517" s="135" t="s">
-        <v>786</v>
+      <c r="B2517" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2518" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2518" s="134">
+      <c r="A2518" s="130">
         <v>45950</v>
       </c>
-      <c r="B2518" s="135" t="s">
-        <v>786</v>
+      <c r="B2518" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2519" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2519" s="134">
+      <c r="A2519" s="130">
         <v>45951</v>
       </c>
-      <c r="B2519" s="135" t="s">
-        <v>786</v>
+      <c r="B2519" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2520" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2520" s="134">
+      <c r="A2520" s="130">
         <v>45952</v>
       </c>
-      <c r="B2520" s="135" t="s">
-        <v>786</v>
+      <c r="B2520" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2521" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2521" s="134">
+      <c r="A2521" s="130">
         <v>45953</v>
       </c>
-      <c r="B2521" s="135" t="s">
-        <v>786</v>
+      <c r="B2521" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2522" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2522" s="134">
+      <c r="A2522" s="130">
         <v>45954</v>
       </c>
-      <c r="B2522" s="135" t="s">
-        <v>786</v>
+      <c r="B2522" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2523" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2523" s="134">
+      <c r="A2523" s="130">
         <v>45957</v>
       </c>
-      <c r="B2523" s="135" t="s">
-        <v>786</v>
+      <c r="B2523" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2524" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2524" s="134">
+      <c r="A2524" s="130">
         <v>45958</v>
       </c>
-      <c r="B2524" s="135" t="s">
-        <v>786</v>
+      <c r="B2524" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2525" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2525" s="134">
+      <c r="A2525" s="130">
         <v>45959</v>
       </c>
-      <c r="B2525" s="135" t="s">
-        <v>786</v>
+      <c r="B2525" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2526" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2526" s="134">
+      <c r="A2526" s="130">
         <v>45960</v>
       </c>
-      <c r="B2526" s="135" t="s">
-        <v>786</v>
+      <c r="B2526" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2527" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2527" s="134">
+      <c r="A2527" s="130">
         <v>45961</v>
       </c>
-      <c r="B2527" s="135" t="s">
-        <v>786</v>
+      <c r="B2527" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2528" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2528" s="134">
+      <c r="A2528" s="130">
         <v>45964</v>
       </c>
-      <c r="B2528" s="135" t="s">
-        <v>786</v>
+      <c r="B2528" s="190" t="s">
+        <v>715</v>
       </c>
     </row>
     <row r="2529" spans="1:2" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2529" s="134">
-[...3 lines deleted...]
-        <v>786</v>
+      <c r="A2529" s="130">
+        <v>45967</v>
+      </c>
+      <c r="B2529" s="190" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="2530" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2530" s="188">
+        <v>45972</v>
+      </c>
+      <c r="B2530" s="189">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2531" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2531" s="188">
+        <v>45978</v>
+      </c>
+      <c r="B2531" s="189">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2532" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2532" s="188">
+        <v>45982</v>
+      </c>
+      <c r="B2532" s="189">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2533" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2533" s="188">
+        <v>45988</v>
+      </c>
+      <c r="B2533" s="189">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2534" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2534" s="188">
+        <v>45993</v>
+      </c>
+      <c r="B2534" s="189">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2535" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2535" s="188">
+        <v>45999</v>
+      </c>
+      <c r="B2535" s="189">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2536" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2536" s="188">
+        <v>46003</v>
+      </c>
+      <c r="B2536" s="189">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2537" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2537" s="188">
+        <v>46008</v>
+      </c>
+      <c r="B2537" s="189">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2538" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2538" s="188">
+        <v>46013</v>
+      </c>
+      <c r="B2538" s="189">
+        <v>3.75</v>
+      </c>
+    </row>
+    <row r="2539" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2539" s="188">
+        <v>46020</v>
+      </c>
+      <c r="B2539" s="189">
+        <v>3.75</v>
+      </c>
+    </row>
+    <row r="2540" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2540" s="188">
+        <v>46024</v>
+      </c>
+      <c r="B2540" s="189">
+        <v>3.75</v>
+      </c>
+    </row>
+    <row r="2541" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2541" s="188">
+        <v>46028</v>
+      </c>
+      <c r="B2541" s="189">
+        <v>3.75</v>
+      </c>
+    </row>
+    <row r="2542" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2542" s="188">
+        <v>46034</v>
+      </c>
+      <c r="B2542" s="189">
+        <v>3.75</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="J2" location="Contents!A1" display="Contents" xr:uid="{D3767AE6-F8C5-4054-868B-796BC8535CD2}"/>
-    <hyperlink ref="L3" r:id="rId1" xr:uid="{CA2383F2-A52A-4436-9E90-216D58FB4A58}"/>
+    <hyperlink ref="L3" r:id="rId1" display="https://www.bankofengland.co.uk/boeapps/database/Bank-Rate.asp" xr:uid="{22730A74-34FB-4C77-9112-4AB9C719BC51}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71F07BDB-F8C2-4B6C-8353-A46C785AD64F}">
-  <dimension ref="A1:G260"/>
+  <dimension ref="A1:G261"/>
   <sheetViews>
     <sheetView topLeftCell="A6" workbookViewId="0">
       <pane ySplit="1245" activePane="bottomLeft"/>
       <selection activeCell="G3" sqref="G3"/>
-      <selection pane="bottomLeft" activeCell="E3" sqref="E3"/>
+      <selection pane="bottomLeft" activeCell="G3" sqref="G3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="24.5703125" style="2" customWidth="1"/>
     <col min="2" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="53" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>795</v>
+        <v>723</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.2">
       <c r="G2" s="2" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="105" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B3" s="106" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="E3" s="50" t="s">
-        <v>694</v>
-[...9 lines deleted...]
-      <c r="B4" s="97">
+        <v>692</v>
+      </c>
+      <c r="G3" s="127" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A4" s="192">
+        <v>46374</v>
+      </c>
+      <c r="B4" s="191">
+        <v>3.75</v>
+      </c>
+      <c r="E4" s="50"/>
+      <c r="G4" s="27"/>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A5" s="2" t="s">
+        <v>721</v>
+      </c>
+      <c r="B5" s="97">
         <v>4</v>
       </c>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B5" s="96">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A6" s="65" t="s">
+        <v>722</v>
+      </c>
+      <c r="B6" s="96">
         <v>4.25</v>
       </c>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A6" s="2" t="s">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A7" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="B7" s="97">
+        <v>4.5</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="65" t="s">
+        <v>341</v>
+      </c>
+      <c r="B8" s="96">
+        <v>4.75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A9" s="2" t="s">
         <v>342</v>
       </c>
-      <c r="B6" s="97">
+      <c r="B9" s="97">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A10" s="65" t="s">
+        <v>343</v>
+      </c>
+      <c r="B10" s="96">
+        <v>5.25</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A11" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="B11" s="97">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A12" s="65" t="s">
+        <v>345</v>
+      </c>
+      <c r="B12" s="96">
         <v>4.5</v>
       </c>
-      <c r="G6" s="2" t="s">
-[...7 lines deleted...]
-      <c r="B7" s="96">
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A13" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="B13" s="97">
+        <v>4.25</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A14" s="65" t="s">
+        <v>347</v>
+      </c>
+      <c r="B14" s="96">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A15" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="B15" s="97">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A16" s="65" t="s">
+        <v>349</v>
+      </c>
+      <c r="B16" s="96">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A17" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="B17" s="97">
+        <v>2.25</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A18" s="65" t="s">
+        <v>351</v>
+      </c>
+      <c r="B18" s="96">
+        <v>1.75</v>
+      </c>
+      <c r="E18" s="101"/>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A19" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="B19" s="97">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A20" s="65" t="s">
+        <v>353</v>
+      </c>
+      <c r="B20" s="96">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A21" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="B21" s="97">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A22" s="65" t="s">
+        <v>355</v>
+      </c>
+      <c r="B22" s="96">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A23" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="B23" s="97">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A24" s="65" t="s">
+        <v>357</v>
+      </c>
+      <c r="B24" s="96">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A25" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="B25" s="97">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A26" s="65" t="s">
+        <v>359</v>
+      </c>
+      <c r="B26" s="96">
+        <v>0.75</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A27" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="B27" s="97">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A28" s="65" t="s">
+        <v>361</v>
+      </c>
+      <c r="B28" s="96">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A29" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="B29" s="97">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A30" s="72" t="s">
+        <v>363</v>
+      </c>
+      <c r="B30" s="104">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A31" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="B31" s="97">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A32" s="65" t="s">
+        <v>365</v>
+      </c>
+      <c r="B32" s="96">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A33" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="B33" s="97">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A34" s="65" t="s">
+        <v>367</v>
+      </c>
+      <c r="B34" s="96">
+        <v>4.5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A35" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="B35" s="97">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A36" s="65" t="s">
+        <v>369</v>
+      </c>
+      <c r="B36" s="96">
+        <v>5.25</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A37" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="B37" s="97">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A38" s="65" t="s">
+        <v>371</v>
+      </c>
+      <c r="B38" s="96">
+        <v>5.75</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A39" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="B39" s="97">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A40" s="65" t="s">
+        <v>373</v>
+      </c>
+      <c r="B40" s="96">
+        <v>5.25</v>
+      </c>
+    </row>
+    <row r="41" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A41" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="B41" s="97">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A42" s="65" t="s">
+        <v>375</v>
+      </c>
+      <c r="B42" s="96">
         <v>4.75</v>
       </c>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B8" s="97">
+    <row r="43" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A43" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="B43" s="97">
+        <v>4.5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A44" s="65" t="s">
+        <v>377</v>
+      </c>
+      <c r="B44" s="96">
+        <v>4.75</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A45" s="2" t="s">
+        <v>378</v>
+      </c>
+      <c r="B45" s="97">
+        <v>4.5</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A46" s="65" t="s">
+        <v>379</v>
+      </c>
+      <c r="B46" s="96">
+        <v>4.25</v>
+      </c>
+    </row>
+    <row r="47" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A47" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="B47" s="97">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="48" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A48" s="65" t="s">
+        <v>381</v>
+      </c>
+      <c r="B48" s="96">
+        <v>3.75</v>
+      </c>
+    </row>
+    <row r="49" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A49" s="2" t="s">
+        <v>382</v>
+      </c>
+      <c r="B49" s="97">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="50" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A50" s="65" t="s">
+        <v>383</v>
+      </c>
+      <c r="B50" s="96">
+        <v>3.75</v>
+      </c>
+    </row>
+    <row r="51" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A51" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="B51" s="97">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="52" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A52" s="65" t="s">
+        <v>385</v>
+      </c>
+      <c r="B52" s="96">
+        <v>4.5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A53" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="B53" s="97">
+        <v>4.75</v>
+      </c>
+    </row>
+    <row r="54" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A54" s="65" t="s">
+        <v>387</v>
+      </c>
+      <c r="B54" s="96">
         <v>5</v>
       </c>
     </row>
-    <row r="9" spans="1:7" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B9" s="96">
+    <row r="55" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A55" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="B55" s="97">
         <v>5.25</v>
       </c>
     </row>
-    <row r="10" spans="1:7" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B10" s="97">
+    <row r="56" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A56" s="65" t="s">
+        <v>389</v>
+      </c>
+      <c r="B56" s="96">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="57" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A57" s="68" t="s">
+        <v>390</v>
+      </c>
+      <c r="B57" s="107">
+        <v>5.75</v>
+      </c>
+    </row>
+    <row r="58" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A58" s="65" t="s">
+        <v>391</v>
+      </c>
+      <c r="B58" s="96">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="59" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A59" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="B59" s="97">
+        <v>5.75</v>
+      </c>
+    </row>
+    <row r="60" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A60" s="65" t="s">
+        <v>393</v>
+      </c>
+      <c r="B60" s="96">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="61" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A61" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="B61" s="97">
+        <v>5.25</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A62" s="65" t="s">
+        <v>395</v>
+      </c>
+      <c r="B62" s="96">
         <v>5</v>
       </c>
     </row>
-    <row r="11" spans="1:7" x14ac:dyDescent="0.2">
-[...188 lines deleted...]
-      <c r="B34" s="97">
+    <row r="63" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A63" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="B63" s="97">
+        <v>5.25</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A64" s="65" t="s">
+        <v>397</v>
+      </c>
+      <c r="B64" s="96">
+        <v>5.5</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A65" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="B65" s="97">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="66" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A66" s="65" t="s">
+        <v>399</v>
+      </c>
+      <c r="B66" s="96">
+        <v>6.25</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A67" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="B67" s="97">
+        <v>6.75</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A68" s="65" t="s">
+        <v>401</v>
+      </c>
+      <c r="B68" s="96">
+        <v>7.25</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A69" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="B69" s="97">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A70" s="65" t="s">
+        <v>403</v>
+      </c>
+      <c r="B70" s="96">
+        <v>7.25</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A71" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="B71" s="97">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A72" s="65" t="s">
+        <v>405</v>
+      </c>
+      <c r="B72" s="96">
+        <v>6.75</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A73" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="B73" s="97">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A74" s="65" t="s">
+        <v>407</v>
+      </c>
+      <c r="B74" s="96">
+        <v>6.25</v>
+      </c>
+    </row>
+    <row r="75" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A75" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="B75" s="97">
+        <v>5.94</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A76" s="65" t="s">
+        <v>409</v>
+      </c>
+      <c r="B76" s="96">
+        <v>5.69</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A77" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="B77" s="97">
+        <v>5.94</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A78" s="65" t="s">
+        <v>411</v>
+      </c>
+      <c r="B78" s="96">
+        <v>6.13</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A79" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="B79" s="97">
+        <v>6.38</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A80" s="65" t="s">
+        <v>413</v>
+      </c>
+      <c r="B80" s="96">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="81" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A81" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="B81" s="97">
+        <v>6.13</v>
+      </c>
+    </row>
+    <row r="82" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A82" s="65" t="s">
+        <v>415</v>
+      </c>
+      <c r="B82" s="96">
+        <v>5.63</v>
+      </c>
+    </row>
+    <row r="83" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A83" s="68" t="s">
+        <v>416</v>
+      </c>
+      <c r="B83" s="107">
+        <v>5.13</v>
+      </c>
+    </row>
+    <row r="84" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A84" s="65" t="s">
+        <v>417</v>
+      </c>
+      <c r="B84" s="96">
+        <v>5.38</v>
+      </c>
+    </row>
+    <row r="85" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A85" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="B85" s="97">
+        <v>5.88</v>
+      </c>
+    </row>
+    <row r="86" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A86" s="65" t="s">
+        <v>419</v>
+      </c>
+      <c r="B86" s="96">
+        <v>6.88</v>
+      </c>
+    </row>
+    <row r="87" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A87" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="B87" s="97">
+        <v>7.88</v>
+      </c>
+    </row>
+    <row r="88" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A88" s="65" t="s">
+        <v>421</v>
+      </c>
+      <c r="B88" s="96">
+        <v>8.8800000000000008</v>
+      </c>
+    </row>
+    <row r="89" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A89" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="B89" s="97">
+        <v>9.8800000000000008</v>
+      </c>
+    </row>
+    <row r="90" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A90" s="65" t="s">
+        <v>423</v>
+      </c>
+      <c r="B90" s="96">
+        <v>10.38</v>
+      </c>
+    </row>
+    <row r="91" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A91" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="B91" s="97">
+        <v>10.88</v>
+      </c>
+    </row>
+    <row r="92" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A92" s="65" t="s">
+        <v>425</v>
+      </c>
+      <c r="B92" s="96">
+        <v>11.38</v>
+      </c>
+    </row>
+    <row r="93" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A93" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="B93" s="97">
+        <v>11.88</v>
+      </c>
+    </row>
+    <row r="94" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A94" s="65" t="s">
+        <v>427</v>
+      </c>
+      <c r="B94" s="96">
+        <v>12.38</v>
+      </c>
+    </row>
+    <row r="95" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A95" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="B95" s="97">
+        <v>12.88</v>
+      </c>
+    </row>
+    <row r="96" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A96" s="65" t="s">
+        <v>429</v>
+      </c>
+      <c r="B96" s="96">
+        <v>13.38</v>
+      </c>
+    </row>
+    <row r="97" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A97" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="B97" s="97">
+        <v>13.88</v>
+      </c>
+    </row>
+    <row r="98" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A98" s="65" t="s">
+        <v>431</v>
+      </c>
+      <c r="B98" s="96">
+        <v>14.88</v>
+      </c>
+    </row>
+    <row r="99" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A99" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="B99" s="97">
+        <v>13.75</v>
+      </c>
+    </row>
+    <row r="100" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A100" s="65" t="s">
+        <v>433</v>
+      </c>
+      <c r="B100" s="96">
+        <v>13.88</v>
+      </c>
+    </row>
+    <row r="101" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A101" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="B101" s="97">
+        <v>13.84</v>
+      </c>
+    </row>
+    <row r="102" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A102" s="65" t="s">
+        <v>435</v>
+      </c>
+      <c r="B102" s="96">
+        <v>13.75</v>
+      </c>
+    </row>
+    <row r="103" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A103" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="B103" s="97">
+        <v>12.88</v>
+      </c>
+    </row>
+    <row r="104" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A104" s="65" t="s">
+        <v>437</v>
+      </c>
+      <c r="B104" s="96">
+        <v>11.88</v>
+      </c>
+    </row>
+    <row r="105" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A105" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="B105" s="97">
+        <v>10.88</v>
+      </c>
+    </row>
+    <row r="106" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A106" s="65" t="s">
+        <v>439</v>
+      </c>
+      <c r="B106" s="96">
+        <v>10.38</v>
+      </c>
+    </row>
+    <row r="107" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A107" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="B107" s="97">
+        <v>9.8800000000000008</v>
+      </c>
+    </row>
+    <row r="108" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A108" s="65" t="s">
+        <v>441</v>
+      </c>
+      <c r="B108" s="96">
+        <v>8.8800000000000008</v>
+      </c>
+    </row>
+    <row r="109" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A109" s="68" t="s">
+        <v>442</v>
+      </c>
+      <c r="B109" s="107">
+        <v>8.3800000000000008</v>
+      </c>
+    </row>
+    <row r="110" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A110" s="65" t="s">
+        <v>443</v>
+      </c>
+      <c r="B110" s="96">
+        <v>7.88</v>
+      </c>
+    </row>
+    <row r="111" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A111" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="B111" s="97">
+        <v>7.38</v>
+      </c>
+    </row>
+    <row r="112" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A112" s="65" t="s">
+        <v>445</v>
+      </c>
+      <c r="B112" s="96">
+        <v>7.88</v>
+      </c>
+    </row>
+    <row r="113" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A113" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="B113" s="97">
+        <v>8.3800000000000008</v>
+      </c>
+    </row>
+    <row r="114" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A114" s="65" t="s">
+        <v>447</v>
+      </c>
+      <c r="B114" s="96">
+        <v>8.8800000000000008</v>
+      </c>
+    </row>
+    <row r="115" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A115" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="B115" s="97">
+        <v>8.3800000000000008</v>
+      </c>
+    </row>
+    <row r="116" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A116" s="65" t="s">
+        <v>449</v>
+      </c>
+      <c r="B116" s="96">
+        <v>8.8800000000000008</v>
+      </c>
+    </row>
+    <row r="117" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A117" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="B117" s="97">
+        <v>9.3800000000000008</v>
+      </c>
+    </row>
+    <row r="118" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A118" s="65" t="s">
+        <v>451</v>
+      </c>
+      <c r="B118" s="96">
+        <v>9.8800000000000008</v>
+      </c>
+    </row>
+    <row r="119" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A119" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="B119" s="97">
+        <v>8.8800000000000008</v>
+      </c>
+    </row>
+    <row r="120" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A120" s="65" t="s">
+        <v>453</v>
+      </c>
+      <c r="B120" s="96">
+        <v>9.3800000000000008</v>
+      </c>
+    </row>
+    <row r="121" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A121" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="B121" s="97">
+        <v>9.8800000000000008</v>
+      </c>
+    </row>
+    <row r="122" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A122" s="65" t="s">
+        <v>455</v>
+      </c>
+      <c r="B122" s="96">
+        <v>10.38</v>
+      </c>
+    </row>
+    <row r="123" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A123" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="B123" s="97">
+        <v>10.88</v>
+      </c>
+    </row>
+    <row r="124" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A124" s="65" t="s">
+        <v>457</v>
+      </c>
+      <c r="B124" s="96">
+        <v>9.8800000000000008</v>
+      </c>
+    </row>
+    <row r="125" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A125" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="B125" s="97">
+        <v>10.38</v>
+      </c>
+    </row>
+    <row r="126" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A126" s="65" t="s">
+        <v>459</v>
+      </c>
+      <c r="B126" s="96">
+        <v>10.88</v>
+      </c>
+    </row>
+    <row r="127" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A127" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="B127" s="97">
+        <v>11.38</v>
+      </c>
+    </row>
+    <row r="128" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A128" s="65" t="s">
+        <v>461</v>
+      </c>
+      <c r="B128" s="96">
+        <v>12.38</v>
+      </c>
+    </row>
+    <row r="129" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A129" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="B129" s="97">
+        <v>11.38</v>
+      </c>
+    </row>
+    <row r="130" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A130" s="65" t="s">
+        <v>463</v>
+      </c>
+      <c r="B130" s="96">
+        <v>11.88</v>
+      </c>
+    </row>
+    <row r="131" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A131" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="B131" s="97">
+        <v>12.38</v>
+      </c>
+    </row>
+    <row r="132" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A132" s="65" t="s">
+        <v>465</v>
+      </c>
+      <c r="B132" s="96">
+        <v>12.88</v>
+      </c>
+    </row>
+    <row r="133" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A133" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="B133" s="97">
+        <v>13.38</v>
+      </c>
+    </row>
+    <row r="134" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A134" s="65" t="s">
+        <v>467</v>
+      </c>
+      <c r="B134" s="96">
+        <v>13.88</v>
+      </c>
+    </row>
+    <row r="135" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A135" s="2" t="s">
+        <v>468</v>
+      </c>
+      <c r="B135" s="97">
+        <v>11.88</v>
+      </c>
+    </row>
+    <row r="136" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A136" s="108" t="s">
+        <v>469</v>
+      </c>
+      <c r="B136" s="109">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="137" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A137" s="2" t="s">
+        <v>470</v>
+      </c>
+      <c r="B137" s="97">
+        <v>9.75</v>
+      </c>
+    </row>
+    <row r="138" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A138" s="65" t="s">
+        <v>471</v>
+      </c>
+      <c r="B138" s="96">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="139" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A139" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="B139" s="97">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="140" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A140" s="65" t="s">
+        <v>473</v>
+      </c>
+      <c r="B140" s="96">
+        <v>10.75</v>
+      </c>
+    </row>
+    <row r="141" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A141" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="B141" s="97">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="142" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A142" s="65" t="s">
+        <v>475</v>
+      </c>
+      <c r="B142" s="96">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="143" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A143" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="B143" s="97">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="144" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A144" s="65" t="s">
+        <v>477</v>
+      </c>
+      <c r="B144" s="96">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="145" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A145" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="B145" s="97">
+        <v>8.8800000000000008</v>
+      </c>
+    </row>
+    <row r="146" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A146" s="65" t="s">
+        <v>479</v>
+      </c>
+      <c r="B146" s="96">
+        <v>9.06</v>
+      </c>
+    </row>
+    <row r="147" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A147" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B147" s="97">
+        <v>8.56</v>
+      </c>
+    </row>
+    <row r="148" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A148" s="65" t="s">
+        <v>481</v>
+      </c>
+      <c r="B148" s="96">
+        <v>8.81</v>
+      </c>
+    </row>
+    <row r="149" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A149" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="B149" s="97">
+        <v>9.06</v>
+      </c>
+    </row>
+    <row r="150" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A150" s="65" t="s">
+        <v>483</v>
+      </c>
+      <c r="B150" s="96">
+        <v>9.56</v>
+      </c>
+    </row>
+    <row r="151" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A151" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="B151" s="97">
+        <v>9.44</v>
+      </c>
+    </row>
+    <row r="152" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A152" s="65" t="s">
+        <v>485</v>
+      </c>
+      <c r="B152" s="96">
+        <v>9.56</v>
+      </c>
+    </row>
+    <row r="153" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A153" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="B153" s="97">
+        <v>9.81</v>
+      </c>
+    </row>
+    <row r="154" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A154" s="65" t="s">
+        <v>487</v>
+      </c>
+      <c r="B154" s="96">
+        <v>10.06</v>
+      </c>
+    </row>
+    <row r="155" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A155" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B155" s="97">
+        <v>10.31</v>
+      </c>
+    </row>
+    <row r="156" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A156" s="65" t="s">
+        <v>489</v>
+      </c>
+      <c r="B156" s="96">
+        <v>10.56</v>
+      </c>
+    </row>
+    <row r="157" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A157" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B157" s="97">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="158" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A158" s="65" t="s">
+        <v>491</v>
+      </c>
+      <c r="B158" s="96">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="159" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A159" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="B159" s="97">
+        <v>9.1300000000000008</v>
+      </c>
+    </row>
+    <row r="160" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A160" s="65" t="s">
+        <v>493</v>
+      </c>
+      <c r="B160" s="96">
+        <v>9.3800000000000008</v>
+      </c>
+    </row>
+    <row r="161" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A161" s="2" t="s">
+        <v>494</v>
+      </c>
+      <c r="B161" s="97">
+        <v>9.6300000000000008</v>
+      </c>
+    </row>
+    <row r="162" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A162" s="65" t="s">
+        <v>495</v>
+      </c>
+      <c r="B162" s="96">
+        <v>10.130000000000001</v>
+      </c>
+    </row>
+    <row r="163" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A163" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="B163" s="97">
+        <v>10.25</v>
+      </c>
+    </row>
+    <row r="164" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A164" s="108" t="s">
+        <v>497</v>
+      </c>
+      <c r="B164" s="109">
+        <v>10.38</v>
+      </c>
+    </row>
+    <row r="165" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A165" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="B165" s="97">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="166" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A166" s="65" t="s">
+        <v>499</v>
+      </c>
+      <c r="B166" s="96">
+        <v>10.63</v>
+      </c>
+    </row>
+    <row r="167" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A167" s="2" t="s">
+        <v>500</v>
+      </c>
+      <c r="B167" s="97">
+        <v>10.88</v>
+      </c>
+    </row>
+    <row r="168" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A168" s="65" t="s">
+        <v>501</v>
+      </c>
+      <c r="B168" s="96">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="169" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A169" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="B169" s="97">
+        <v>11.13</v>
+      </c>
+    </row>
+    <row r="170" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A170" s="65" t="s">
+        <v>503</v>
+      </c>
+      <c r="B170" s="96">
+        <v>11.25</v>
+      </c>
+    </row>
+    <row r="171" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A171" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="B171" s="97">
+        <v>11.38</v>
+      </c>
+    </row>
+    <row r="172" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A172" s="65" t="s">
+        <v>505</v>
+      </c>
+      <c r="B172" s="96">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="173" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A173" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="B173" s="97">
+        <v>11.56</v>
+      </c>
+    </row>
+    <row r="174" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A174" s="65" t="s">
+        <v>507</v>
+      </c>
+      <c r="B174" s="96">
+        <v>11.63</v>
+      </c>
+    </row>
+    <row r="175" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A175" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="B175" s="97">
+        <v>11.75</v>
+      </c>
+    </row>
+    <row r="176" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A176" s="65" t="s">
+        <v>509</v>
+      </c>
+      <c r="B176" s="96">
+        <v>11.81</v>
+      </c>
+    </row>
+    <row r="177" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A177" s="2" t="s">
+        <v>510</v>
+      </c>
+      <c r="B177" s="97">
+        <v>11.94</v>
+      </c>
+    </row>
+    <row r="178" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A178" s="65" t="s">
+        <v>511</v>
+      </c>
+      <c r="B178" s="96">
+        <v>12.06</v>
+      </c>
+    </row>
+    <row r="179" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A179" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="B179" s="97">
+        <v>12.13</v>
+      </c>
+    </row>
+    <row r="180" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A180" s="65" t="s">
+        <v>513</v>
+      </c>
+      <c r="B180" s="96">
+        <v>12.25</v>
+      </c>
+    </row>
+    <row r="181" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A181" s="2" t="s">
+        <v>514</v>
+      </c>
+      <c r="B181" s="97">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="182" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A182" s="65" t="s">
+        <v>515</v>
+      </c>
+      <c r="B182" s="96">
+        <v>12.63</v>
+      </c>
+    </row>
+    <row r="183" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A183" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="B183" s="97">
+        <v>13.13</v>
+      </c>
+    </row>
+    <row r="184" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A184" s="65" t="s">
+        <v>517</v>
+      </c>
+      <c r="B184" s="96">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="185" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A185" s="2" t="s">
+        <v>518</v>
+      </c>
+      <c r="B185" s="97">
+        <v>13.13</v>
+      </c>
+    </row>
+    <row r="186" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A186" s="65" t="s">
+        <v>519</v>
+      </c>
+      <c r="B186" s="96">
+        <v>13.25</v>
+      </c>
+    </row>
+    <row r="187" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A187" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="B187" s="97">
+        <v>13.63</v>
+      </c>
+    </row>
+    <row r="188" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A188" s="65" t="s">
+        <v>521</v>
+      </c>
+      <c r="B188" s="96">
+        <v>13.81</v>
+      </c>
+    </row>
+    <row r="189" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A189" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="B189" s="97">
+        <v>13.88</v>
+      </c>
+    </row>
+    <row r="190" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A190" s="65" t="s">
+        <v>523</v>
+      </c>
+      <c r="B190" s="96">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="191" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A191" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="B191" s="97">
+        <v>14.13</v>
+      </c>
+    </row>
+    <row r="192" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A192" s="65" t="s">
+        <v>525</v>
+      </c>
+      <c r="B192" s="96">
+        <v>14.25</v>
+      </c>
+    </row>
+    <row r="193" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A193" s="68" t="s">
+        <v>526</v>
+      </c>
+      <c r="B193" s="107">
+        <v>14.31</v>
+      </c>
+    </row>
+    <row r="194" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A194" s="65" t="s">
+        <v>527</v>
+      </c>
+      <c r="B194" s="65">
+        <v>14.38</v>
+      </c>
+    </row>
+    <row r="195" spans="1:2" ht="15" x14ac:dyDescent="0.25">
+      <c r="A195" s="27" t="s">
+        <v>528</v>
+      </c>
+      <c r="B195" s="2">
+        <v>14.56</v>
+      </c>
+    </row>
+    <row r="196" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A196" s="65" t="s">
+        <v>529</v>
+      </c>
+      <c r="B196" s="65">
+        <v>14.63</v>
+      </c>
+    </row>
+    <row r="197" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A197" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="B197" s="2">
+        <v>15.06</v>
+      </c>
+    </row>
+    <row r="198" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A198" s="65" t="s">
+        <v>531</v>
+      </c>
+      <c r="B198" s="65">
+        <v>15.13</v>
+      </c>
+    </row>
+    <row r="199" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A199" s="2" t="s">
+        <v>532</v>
+      </c>
+      <c r="B199" s="2">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="200" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A200" s="65" t="s">
+        <v>533</v>
+      </c>
+      <c r="B200" s="65">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="201" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A201" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="B201" s="2">
+        <v>12.69</v>
+      </c>
+    </row>
+    <row r="202" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A202" s="65" t="s">
+        <v>535</v>
+      </c>
+      <c r="B202" s="65">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="203" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A203" s="2" t="s">
+        <v>536</v>
+      </c>
+      <c r="B203" s="2">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="204" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A204" s="65" t="s">
+        <v>537</v>
+      </c>
+      <c r="B204" s="65">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="205" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A205" s="2" t="s">
+        <v>538</v>
+      </c>
+      <c r="B205" s="2">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="206" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A206" s="65" t="s">
+        <v>539</v>
+      </c>
+      <c r="B206" s="65">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="207" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A207" s="2" t="s">
+        <v>540</v>
+      </c>
+      <c r="B207" s="2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="208" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A208" s="65" t="s">
+        <v>541</v>
+      </c>
+      <c r="B208" s="65">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="209" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A209" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="B209" s="2">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="210" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A210" s="65" t="s">
+        <v>543</v>
+      </c>
+      <c r="B210" s="65">
+        <v>12.5</v>
+      </c>
+    </row>
+    <row r="211" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A211" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="B211" s="2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="212" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A212" s="65" t="s">
+        <v>545</v>
+      </c>
+      <c r="B212" s="65">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="213" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A213" s="2" t="s">
+        <v>546</v>
+      </c>
+      <c r="B213" s="2">
+        <v>8.75</v>
+      </c>
+    </row>
+    <row r="214" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A214" s="65" t="s">
+        <v>547</v>
+      </c>
+      <c r="B214" s="65">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="215" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A215" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="B215" s="2">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="216" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A216" s="65" t="s">
+        <v>549</v>
+      </c>
+      <c r="B216" s="65">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="217" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A217" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="B217" s="2">
         <v>5</v>
       </c>
     </row>
-    <row r="35" spans="1:2" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-      <c r="B36" s="97">
+    <row r="218" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A218" s="65" t="s">
+        <v>551</v>
+      </c>
+      <c r="B218" s="65">
         <v>5.5</v>
       </c>
     </row>
-    <row r="37" spans="1:2" x14ac:dyDescent="0.2">
-[...163 lines deleted...]
-      <c r="B57" s="96">
+    <row r="219" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A219" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="B219" s="2">
         <v>6</v>
       </c>
     </row>
-    <row r="58" spans="1:2" x14ac:dyDescent="0.2">
-[...83 lines deleted...]
-      <c r="B68" s="97">
+    <row r="220" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A220" s="65" t="s">
+        <v>553</v>
+      </c>
+      <c r="B220" s="65">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="221" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A221" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="B221" s="2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="222" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A222" s="65" t="s">
+        <v>555</v>
+      </c>
+      <c r="B222" s="65">
         <v>7.5</v>
       </c>
     </row>
-    <row r="69" spans="1:2" x14ac:dyDescent="0.2">
-[...531 lines deleted...]
-      <c r="B135" s="109">
+    <row r="223" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A223" s="2" t="s">
+        <v>556</v>
+      </c>
+      <c r="B223" s="2">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="224" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A224" s="65" t="s">
+        <v>557</v>
+      </c>
+      <c r="B224" s="65">
+        <v>8.25</v>
+      </c>
+    </row>
+    <row r="225" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A225" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="B225" s="2">
+        <v>8.75</v>
+      </c>
+    </row>
+    <row r="226" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A226" s="65" t="s">
+        <v>559</v>
+      </c>
+      <c r="B226" s="65">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="227" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A227" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="B227" s="2">
+        <v>9.25</v>
+      </c>
+    </row>
+    <row r="228" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A228" s="65" t="s">
+        <v>561</v>
+      </c>
+      <c r="B228" s="65">
         <v>9.5</v>
       </c>
     </row>
-    <row r="136" spans="1:2" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B136" s="97">
+    <row r="229" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A229" s="2" t="s">
+        <v>562</v>
+      </c>
+      <c r="B229" s="2">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="230" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A230" s="65" t="s">
+        <v>563</v>
+      </c>
+      <c r="B230" s="65">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="231" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A231" s="2" t="s">
+        <v>564</v>
+      </c>
+      <c r="B231" s="2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="232" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A232" s="65" t="s">
+        <v>565</v>
+      </c>
+      <c r="B232" s="65">
+        <v>12.25</v>
+      </c>
+    </row>
+    <row r="233" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A233" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="B233" s="2">
+        <v>13.25</v>
+      </c>
+    </row>
+    <row r="234" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A234" s="65" t="s">
+        <v>567</v>
+      </c>
+      <c r="B234" s="65">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="235" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A235" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="B235" s="2">
+        <v>14.25</v>
+      </c>
+    </row>
+    <row r="236" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A236" s="65" t="s">
+        <v>569</v>
+      </c>
+      <c r="B236" s="65">
+        <v>14.5</v>
+      </c>
+    </row>
+    <row r="237" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A237" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="B237" s="2">
+        <v>14.75</v>
+      </c>
+    </row>
+    <row r="238" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A238" s="65" t="s">
+        <v>571</v>
+      </c>
+      <c r="B238" s="65">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="239" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A239" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="B239" s="2">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="240" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A240" s="65" t="s">
+        <v>573</v>
+      </c>
+      <c r="B240" s="65">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="241" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A241" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="B241" s="2">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="242" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A242" s="65" t="s">
+        <v>575</v>
+      </c>
+      <c r="B242" s="65">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="243" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A243" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="B243" s="2">
+        <v>9.25</v>
+      </c>
+    </row>
+    <row r="244" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A244" s="65" t="s">
+        <v>577</v>
+      </c>
+      <c r="B244" s="65">
+        <v>9.5</v>
+      </c>
+    </row>
+    <row r="245" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A245" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="B245" s="2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="246" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A246" s="65" t="s">
+        <v>579</v>
+      </c>
+      <c r="B246" s="65">
+        <v>10.5</v>
+      </c>
+    </row>
+    <row r="247" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A247" s="2" t="s">
+        <v>580</v>
+      </c>
+      <c r="B247" s="2">
+        <v>10.75</v>
+      </c>
+    </row>
+    <row r="248" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A248" s="65" t="s">
+        <v>581</v>
+      </c>
+      <c r="B248" s="65">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="249" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A249" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="B249" s="2">
+        <v>11.25</v>
+      </c>
+    </row>
+    <row r="250" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A250" s="65" t="s">
+        <v>583</v>
+      </c>
+      <c r="B250" s="65">
+        <v>11.5</v>
+      </c>
+    </row>
+    <row r="251" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A251" s="2" t="s">
+        <v>584</v>
+      </c>
+      <c r="B251" s="2">
+        <v>11.75</v>
+      </c>
+    </row>
+    <row r="252" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A252" s="65" t="s">
+        <v>585</v>
+      </c>
+      <c r="B252" s="65">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="253" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A253" s="2" t="s">
+        <v>586</v>
+      </c>
+      <c r="B253" s="2">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="254" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A254" s="65" t="s">
+        <v>587</v>
+      </c>
+      <c r="B254" s="65">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="255" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A255" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="B255" s="2">
         <v>9.75</v>
       </c>
     </row>
-    <row r="137" spans="1:2" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B137" s="96">
+    <row r="256" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A256" s="65" t="s">
+        <v>589</v>
+      </c>
+      <c r="B256" s="65">
         <v>10</v>
       </c>
     </row>
-    <row r="138" spans="1:2" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B138" s="97">
+    <row r="257" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A257" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="B257" s="2">
+        <v>10.25</v>
+      </c>
+    </row>
+    <row r="258" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A258" s="65" t="s">
+        <v>591</v>
+      </c>
+      <c r="B258" s="65">
         <v>10.5</v>
       </c>
     </row>
-    <row r="139" spans="1:2" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B139" s="96">
+    <row r="259" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A259" s="2" t="s">
+        <v>592</v>
+      </c>
+      <c r="B259" s="2">
         <v>10.75</v>
       </c>
     </row>
-    <row r="140" spans="1:2" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B140" s="97">
+    <row r="260" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A260" s="65" t="s">
+        <v>593</v>
+      </c>
+      <c r="B260" s="65">
         <v>11</v>
       </c>
     </row>
-    <row r="141" spans="1:2" x14ac:dyDescent="0.2">
-[...936 lines deleted...]
-      <c r="A258" s="2" t="s">
+    <row r="261" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A261" s="2" t="s">
         <v>594</v>
       </c>
-      <c r="B258" s="2">
-[...15 lines deleted...]
-      <c r="B260" s="2">
+      <c r="B261" s="2">
         <v>11.25</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" location="Contents!A1" display="Contents" xr:uid="{71E645F5-71E4-49AF-AFA5-CD5367F84D41}"/>
-    <hyperlink ref="G3" r:id="rId1" xr:uid="{434965F2-40D5-4A86-BA18-0EDE0DDDF19F}"/>
+    <hyperlink ref="G3" r:id="rId1" display="https://www.bankofengland.co.uk/boeapps/database/Bank-Rate.asp" xr:uid="{736546E0-3153-4850-B06A-FBA9635E4186}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2FBCB37-F9BA-4F0B-A0F2-9B2699A73601}">
   <dimension ref="A1:O5"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="M2" sqref="M2"/>
+    <sheetView topLeftCell="E1" workbookViewId="0">
+      <selection activeCell="O2" sqref="O2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>809</v>
+        <v>736</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
     </row>
     <row r="2" spans="1:15" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="M2" s="50" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="O2" s="83" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="3" spans="1:15" s="133" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A3" s="134"/>
+      <c r="B3" s="135" t="s">
+        <v>599</v>
+      </c>
+      <c r="C3" s="135" t="s">
         <v>600</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B3" s="157" t="s">
+      <c r="D3" s="135" t="s">
         <v>601</v>
       </c>
-      <c r="C3" s="157" t="s">
+      <c r="E3" s="135" t="s">
         <v>602</v>
       </c>
-      <c r="D3" s="157" t="s">
+      <c r="F3" s="135" t="s">
         <v>603</v>
       </c>
-      <c r="E3" s="157" t="s">
+      <c r="G3" s="135" t="s">
         <v>604</v>
       </c>
-      <c r="F3" s="157" t="s">
+      <c r="H3" s="135" t="s">
         <v>605</v>
       </c>
-      <c r="G3" s="157" t="s">
+      <c r="I3" s="135" t="s">
         <v>606</v>
       </c>
-      <c r="H3" s="157" t="s">
+      <c r="J3" s="135" t="s">
         <v>607</v>
       </c>
-      <c r="I3" s="157" t="s">
+      <c r="K3" s="135" t="s">
         <v>608</v>
       </c>
-      <c r="J3" s="157" t="s">
+      <c r="L3" s="135" t="s">
         <v>609</v>
       </c>
-      <c r="K3" s="157" t="s">
+      <c r="M3" s="135" t="s">
         <v>610</v>
       </c>
-      <c r="L3" s="157" t="s">
-[...10 lines deleted...]
-      <c r="A4" s="158" t="s">
+      <c r="N3" s="135" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" s="133" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A4" s="136" t="s">
         <v>78</v>
       </c>
-      <c r="B4" s="159">
+      <c r="B4" s="137">
         <v>5.1852844719705526E-2</v>
       </c>
-      <c r="C4" s="159">
+      <c r="C4" s="137">
         <v>4.6966267609526602E-2</v>
       </c>
-      <c r="D4" s="159">
+      <c r="D4" s="137">
         <v>6.2509743072375779E-2</v>
       </c>
-      <c r="E4" s="159">
+      <c r="E4" s="137">
         <v>5.0902847372390259E-2</v>
       </c>
-      <c r="F4" s="159">
+      <c r="F4" s="137">
         <v>5.1799180124262545E-2</v>
       </c>
-      <c r="G4" s="159">
+      <c r="G4" s="137">
         <v>4.5606702424666912E-2</v>
       </c>
-      <c r="H4" s="159">
+      <c r="H4" s="137">
         <v>6.2259850380379733E-2</v>
       </c>
-      <c r="I4" s="159">
+      <c r="I4" s="137">
         <v>5.4156363188287537E-2</v>
       </c>
-      <c r="J4" s="159">
+      <c r="J4" s="137">
         <v>4.9193315671310245E-2</v>
       </c>
-      <c r="K4" s="159">
+      <c r="K4" s="137">
         <v>5.0046237554481898E-2</v>
       </c>
-      <c r="L4" s="159">
+      <c r="L4" s="137">
         <v>4.5212384059576838E-2</v>
       </c>
-      <c r="M4" s="159">
+      <c r="M4" s="137">
         <v>6.066193739447967E-2</v>
       </c>
-      <c r="N4" s="159">
+      <c r="N4" s="137">
         <v>5.5284360143766254E-2</v>
       </c>
     </row>
-    <row r="5" spans="1:15" s="155" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B5" s="161">
+    <row r="5" spans="1:15" s="133" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="138" t="s">
+        <v>735</v>
+      </c>
+      <c r="B5" s="139">
         <v>3.6774328884766172E-2</v>
       </c>
-      <c r="C5" s="161">
+      <c r="C5" s="139">
         <v>3.283894455981673E-2</v>
       </c>
-      <c r="D5" s="161">
+      <c r="D5" s="139">
         <v>3.5879374827632038E-2</v>
       </c>
-      <c r="E5" s="161">
+      <c r="E5" s="139">
         <v>2.8025976676971265E-2</v>
       </c>
-      <c r="F5" s="161">
+      <c r="F5" s="139">
         <v>3.8114623878218401E-2</v>
       </c>
-      <c r="G5" s="161">
+      <c r="G5" s="139">
         <v>2.6484056244549414E-2</v>
       </c>
-      <c r="H5" s="161">
+      <c r="H5" s="139">
         <v>3.2676053123575022E-2</v>
       </c>
-      <c r="I5" s="161">
+      <c r="I5" s="139">
         <v>4.0397960673043576E-2</v>
       </c>
-      <c r="J5" s="161">
+      <c r="J5" s="139">
         <v>3.7231075543885161E-2</v>
       </c>
-      <c r="K5" s="161">
+      <c r="K5" s="139">
         <v>3.6787235605429958E-2</v>
       </c>
-      <c r="L5" s="161">
+      <c r="L5" s="139">
         <v>4.6610074710200289E-2</v>
       </c>
-      <c r="M5" s="161">
+      <c r="M5" s="139">
         <v>4.1893885313885049E-2</v>
       </c>
-      <c r="N5" s="161">
+      <c r="N5" s="139">
         <v>3.6718668897081308E-2</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="O2" r:id="rId1" xr:uid="{CD49D530-98F0-4FBD-BCC3-E4FDA1B4C63B}"/>
     <hyperlink ref="M2" location="Contents!A1" display="Contents" xr:uid="{A1239653-E619-41AA-94D8-5378DF9BA35F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3527ABD-923F-4591-A791-CEA6533EF7DC}">
   <dimension ref="A1:G10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E3" sqref="E3"/>
+      <selection activeCell="G3" sqref="G3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="25.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="19.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.7109375" style="2" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.2">
       <c r="G2" s="2" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="162" t="s">
+      <c r="A3" s="140" t="s">
+        <v>641</v>
+      </c>
+      <c r="B3" s="141" t="s">
+        <v>642</v>
+      </c>
+      <c r="C3" s="141" t="s">
         <v>643</v>
       </c>
-      <c r="B3" s="163" t="s">
+      <c r="E3" s="50" t="s">
+        <v>692</v>
+      </c>
+      <c r="G3" s="110" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A4" s="142" t="s">
         <v>644</v>
       </c>
-      <c r="C3" s="163" t="s">
+      <c r="B4" s="143">
+        <v>0.12</v>
+      </c>
+      <c r="C4" s="143">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A5" s="144" t="s">
         <v>645</v>
       </c>
-      <c r="E3" s="50" t="s">
-[...7 lines deleted...]
-      <c r="A4" s="164" t="s">
+      <c r="B5" s="145">
+        <v>0.18</v>
+      </c>
+      <c r="C5" s="145">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A6" s="142" t="s">
         <v>646</v>
       </c>
-      <c r="B4" s="165">
+      <c r="B6" s="143">
         <v>0.12</v>
       </c>
-      <c r="C4" s="165">
-[...4 lines deleted...]
-      <c r="A5" s="166" t="s">
+      <c r="C6" s="143">
+        <v>7.0000000000000007E-2</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A7" s="146" t="s">
         <v>647</v>
       </c>
-      <c r="B5" s="167">
-[...2 lines deleted...]
-      <c r="C5" s="167">
+      <c r="B7" s="145">
+        <v>0.1</v>
+      </c>
+      <c r="C7" s="145">
         <v>0.09</v>
       </c>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A6" s="164" t="s">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A8" s="142" t="s">
         <v>648</v>
       </c>
-      <c r="B6" s="165">
-[...7 lines deleted...]
-      <c r="A7" s="168" t="s">
+      <c r="B8" s="143">
+        <v>0.31</v>
+      </c>
+      <c r="C8" s="143">
+        <v>0.26</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A9" s="146" t="s">
         <v>649</v>
       </c>
-      <c r="B7" s="167">
-[...7 lines deleted...]
-      <c r="A8" s="164" t="s">
+      <c r="B9" s="145">
+        <v>0.15</v>
+      </c>
+      <c r="C9" s="145">
+        <v>0.26</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A10" s="142" t="s">
         <v>650</v>
       </c>
-      <c r="B8" s="165">
-[...21 lines deleted...]
-      <c r="B10" s="165">
+      <c r="B10" s="143">
         <v>0.03</v>
       </c>
-      <c r="C10" s="165">
+      <c r="C10" s="143">
         <v>0.18</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G3" r:id="rId1" xr:uid="{B53C8DC1-0320-44C6-BDBE-E0885880A95F}"/>
     <hyperlink ref="E3" location="Contents!A1" display="Contents" xr:uid="{8EC18658-D3DF-4FBE-B21D-E2E172F98E02}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{51850041-1D35-4F30-BF40-7A659F03319A}">
-  <dimension ref="A1:G21"/>
+  <dimension ref="A1:G24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E3" sqref="E3"/>
+      <selection activeCell="B37" sqref="B37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.28515625" style="2" customWidth="1"/>
     <col min="2" max="2" width="15.85546875" style="5" customWidth="1"/>
     <col min="3" max="3" width="17.5703125" style="5" customWidth="1"/>
     <col min="4" max="5" width="9.140625" style="2"/>
     <col min="6" max="6" width="5.5703125" style="2" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>796</v>
+        <v>724</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
     </row>
     <row r="3" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="169"/>
-[...4 lines deleted...]
-        <v>186</v>
+      <c r="A3" s="147"/>
+      <c r="B3" s="148" t="s">
+        <v>599</v>
+      </c>
+      <c r="C3" s="148" t="s">
+        <v>185</v>
       </c>
       <c r="E3" s="50" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A4" s="164" t="s">
+      <c r="A4" s="142" t="s">
         <v>64</v>
       </c>
-      <c r="B4" s="171">
+      <c r="B4" s="149">
         <v>249.61522495692168</v>
       </c>
-      <c r="C4" s="171">
+      <c r="C4" s="149">
         <v>228.14194337348565</v>
       </c>
       <c r="G4" s="83" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A5" s="168" t="s">
+      <c r="A5" s="146" t="s">
         <v>65</v>
       </c>
-      <c r="B5" s="172">
+      <c r="B5" s="150">
         <v>250.99483712005767</v>
       </c>
-      <c r="C5" s="172">
+      <c r="C5" s="150">
         <v>229.15051695216357</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A6" s="164" t="s">
+      <c r="A6" s="142" t="s">
         <v>66</v>
       </c>
-      <c r="B6" s="171">
+      <c r="B6" s="149">
         <v>251.88732278152921</v>
       </c>
-      <c r="C6" s="171">
+      <c r="C6" s="149">
         <v>229.51844115090492</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A7" s="168" t="s">
+      <c r="A7" s="146" t="s">
         <v>67</v>
       </c>
-      <c r="B7" s="172">
+      <c r="B7" s="150">
         <v>252.24402759147674</v>
       </c>
-      <c r="C7" s="172">
+      <c r="C7" s="150">
         <v>229.82739606269641</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A8" s="164" t="s">
+      <c r="A8" s="142" t="s">
         <v>68</v>
       </c>
-      <c r="B8" s="171">
+      <c r="B8" s="149">
         <v>252.18205191608146</v>
       </c>
-      <c r="C8" s="171">
+      <c r="C8" s="149">
         <v>229.53668073851574</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A9" s="168" t="s">
+      <c r="A9" s="146" t="s">
         <v>69</v>
       </c>
-      <c r="B9" s="172">
+      <c r="B9" s="150">
         <v>253.80177738228744</v>
       </c>
-      <c r="C9" s="172">
+      <c r="C9" s="150">
         <v>231.02931743153354</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A10" s="164" t="s">
+      <c r="A10" s="142" t="s">
         <v>70</v>
       </c>
-      <c r="B10" s="171">
+      <c r="B10" s="149">
         <v>258.61285690652028</v>
       </c>
-      <c r="C10" s="171">
+      <c r="C10" s="149">
         <v>233.9866127969527</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A11" s="168" t="s">
+      <c r="A11" s="146" t="s">
         <v>71</v>
       </c>
-      <c r="B11" s="172">
+      <c r="B11" s="150">
         <v>264.23159025814164</v>
       </c>
-      <c r="C11" s="172">
+      <c r="C11" s="150">
         <v>237.35119239226833</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A12" s="164" t="s">
+      <c r="A12" s="142" t="s">
         <v>72</v>
       </c>
-      <c r="B12" s="171">
+      <c r="B12" s="149">
         <v>271.37350722499673</v>
       </c>
-      <c r="C12" s="171">
+      <c r="C12" s="149">
         <v>240.248426869648</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A13" s="168" t="s">
+      <c r="A13" s="146" t="s">
         <v>73</v>
       </c>
-      <c r="B13" s="172">
+      <c r="B13" s="150">
         <v>276.4058794840156</v>
       </c>
-      <c r="C13" s="172">
+      <c r="C13" s="150">
         <v>253.45832240598352</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A14" s="164" t="s">
+      <c r="A14" s="142" t="s">
         <v>74</v>
       </c>
-      <c r="B14" s="171">
+      <c r="B14" s="149">
         <v>278.01681156252221</v>
       </c>
-      <c r="C14" s="171">
+      <c r="C14" s="149">
         <v>257.83828122725811</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A15" s="168" t="s">
+      <c r="A15" s="146" t="s">
         <v>75</v>
       </c>
-      <c r="B15" s="172">
+      <c r="B15" s="150">
         <v>279.63659151216376</v>
       </c>
-      <c r="C15" s="172">
+      <c r="C15" s="150">
         <v>263.46194673364573</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A16" s="164" t="s">
+      <c r="A16" s="142" t="s">
         <v>76</v>
       </c>
-      <c r="B16" s="171">
+      <c r="B16" s="149">
         <v>280.95396327036593</v>
       </c>
-      <c r="C16" s="171">
+      <c r="C16" s="149">
         <v>268.626073365992</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A17" s="168" t="s">
+      <c r="A17" s="146" t="s">
         <v>77</v>
       </c>
-      <c r="B17" s="172">
+      <c r="B17" s="150">
         <v>283.41440421923323</v>
       </c>
-      <c r="C17" s="172">
+      <c r="C17" s="150">
         <v>279.38466036793699</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A18" s="164" t="s">
+      <c r="A18" s="142" t="s">
         <v>78</v>
       </c>
-      <c r="B18" s="171">
+      <c r="B18" s="149">
         <v>284.90340558047069</v>
       </c>
-      <c r="C18" s="171">
+      <c r="C18" s="149">
         <v>281.22088810699773</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A19" s="168" t="s">
+      <c r="A19" s="146" t="s">
         <v>79</v>
       </c>
-      <c r="B19" s="172">
+      <c r="B19" s="150">
         <v>287.33621672275149</v>
       </c>
-      <c r="C19" s="172">
+      <c r="C19" s="150">
         <v>284.22621351359896</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A20" s="164" t="s">
+      <c r="A20" s="142" t="s">
         <v>80</v>
       </c>
-      <c r="B20" s="171">
+      <c r="B20" s="149">
         <v>289.49743301591275</v>
       </c>
-      <c r="C20" s="171">
+      <c r="C20" s="149">
         <v>287.54612502096683</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A21" s="168" t="s">
-[...2 lines deleted...]
-      <c r="B21" s="173">
+      <c r="A21" s="146" t="s">
+        <v>695</v>
+      </c>
+      <c r="B21" s="151">
         <v>289.45</v>
       </c>
-      <c r="C21" s="173">
+      <c r="C21" s="151">
         <v>291.57</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A24" s="2" t="s">
+        <v>814</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G4" r:id="rId1" xr:uid="{3DD8F595-1FE3-46A6-8BEA-3C74B5FFA889}"/>
     <hyperlink ref="E3" location="Contents!A1" display="Contents" xr:uid="{4829024E-2A93-4A8B-80F3-7B664DA58D50}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B9386C99-ACD6-4905-8F76-9320A1A94358}">
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="G14" sqref="G14"/>
+      <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="27.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="21.5703125" style="2" customWidth="1"/>
     <col min="3" max="3" width="21" style="2" customWidth="1"/>
     <col min="4" max="4" width="5.5703125" style="2" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="2"/>
     <col min="6" max="6" width="5.5703125" style="2" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A2" s="83"/>
     </row>
     <row r="3" spans="1:7" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="174"/>
+      <c r="A3" s="152"/>
       <c r="B3" s="175" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="C3" s="176"/>
       <c r="E3" s="50" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="15" x14ac:dyDescent="0.25">
-      <c r="A4" s="177" t="s">
+      <c r="A4" s="154" t="s">
+        <v>616</v>
+      </c>
+      <c r="B4" s="155" t="s">
+        <v>201</v>
+      </c>
+      <c r="C4" s="153" t="s">
+        <v>202</v>
+      </c>
+      <c r="G4" s="83" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="156" t="s">
+        <v>617</v>
+      </c>
+      <c r="B5" s="143">
+        <v>0.79</v>
+      </c>
+      <c r="C5" s="143">
+        <v>0.85</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="157" t="s">
         <v>618</v>
       </c>
-      <c r="B4" s="178" t="s">
-[...10 lines deleted...]
-      <c r="A5" s="180" t="s">
+      <c r="B6" s="145">
+        <v>0.76</v>
+      </c>
+      <c r="C6" s="145">
+        <v>0.72</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="156" t="s">
         <v>619</v>
       </c>
-      <c r="B5" s="165">
-[...7 lines deleted...]
-      <c r="A6" s="181" t="s">
+      <c r="B7" s="143">
+        <v>0.96</v>
+      </c>
+      <c r="C7" s="143">
+        <v>0.97</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="157" t="s">
         <v>620</v>
       </c>
-      <c r="B6" s="167">
-[...21 lines deleted...]
-      <c r="B8" s="167">
+      <c r="B8" s="145">
         <v>0.91</v>
       </c>
-      <c r="C8" s="167">
+      <c r="C8" s="145">
         <v>0.91</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B3:C3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="E3" location="Contents!A1" display="Contents" xr:uid="{F3CA971B-512F-4294-B4FF-A272FC83A006}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9815BA9F-C286-4A07-8AB3-CFE771AECB21}">
-  <dimension ref="A1:I83"/>
+  <dimension ref="A1:I85"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1215" activePane="bottomLeft"/>
-      <selection pane="bottomLeft" activeCell="G3" sqref="G3"/>
+      <selection sqref="A1:XFD1"/>
+      <selection pane="bottomLeft" activeCell="H95" sqref="H95"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="2"/>
     <col min="2" max="5" width="14.140625" style="5" customWidth="1"/>
     <col min="6" max="6" width="17" style="2" customWidth="1"/>
     <col min="7" max="7" width="9.140625" style="2"/>
     <col min="8" max="8" width="12.28515625" style="2" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>699</v>
+        <v>741</v>
       </c>
       <c r="B1" s="4"/>
       <c r="I1" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="I2" s="9"/>
     </row>
     <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="118" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="119" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="119" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="119" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="119" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="50" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="I3" s="50" t="s">
-        <v>700</v>
+        <v>739</v>
       </c>
     </row>
     <row r="4" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="120" t="s">
         <v>6</v>
       </c>
-      <c r="B4" s="121">
-[...9 lines deleted...]
-        <v>42.7</v>
+      <c r="B4" s="184">
+        <v>97.1</v>
+      </c>
+      <c r="C4" s="121">
+        <v>81.099999999999994</v>
+      </c>
+      <c r="D4" s="121">
+        <v>84.5</v>
+      </c>
+      <c r="E4" s="121">
+        <v>43.8</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="123" t="s">
+      <c r="A5" s="122" t="s">
         <v>7</v>
       </c>
-      <c r="B5" s="127">
-[...9 lines deleted...]
-        <v>43</v>
+      <c r="B5" s="185">
+        <v>97.6</v>
+      </c>
+      <c r="C5" s="123">
+        <v>81.400000000000006</v>
+      </c>
+      <c r="D5" s="123">
+        <v>84.8</v>
+      </c>
+      <c r="E5" s="123">
+        <v>44.1</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A6" s="120" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="121">
-[...9 lines deleted...]
-        <v>43.3</v>
+      <c r="B6" s="184">
+        <v>98.9</v>
+      </c>
+      <c r="C6" s="121">
+        <v>81.5</v>
+      </c>
+      <c r="D6" s="121">
+        <v>84.6</v>
+      </c>
+      <c r="E6" s="121">
+        <v>44.5</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A7" s="123" t="s">
-[...12 lines deleted...]
-        <v>43.9</v>
+      <c r="A7" s="122" t="s">
+        <v>633</v>
+      </c>
+      <c r="B7" s="185">
+        <v>99</v>
+      </c>
+      <c r="C7" s="123">
+        <v>81.8</v>
+      </c>
+      <c r="D7" s="123">
+        <v>85.3</v>
+      </c>
+      <c r="E7" s="123">
+        <v>45.1</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="120" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="121">
-[...9 lines deleted...]
-        <v>45.9</v>
+      <c r="B8" s="184">
+        <v>99.3</v>
+      </c>
+      <c r="C8" s="121">
+        <v>82.7</v>
+      </c>
+      <c r="D8" s="121">
+        <v>85.5</v>
+      </c>
+      <c r="E8" s="121">
+        <v>47.1</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A9" s="123" t="s">
+      <c r="A9" s="122" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="127">
-[...9 lines deleted...]
-        <v>45.6</v>
+      <c r="B9" s="185">
+        <v>100.1</v>
+      </c>
+      <c r="C9" s="123">
+        <v>83.5</v>
+      </c>
+      <c r="D9" s="123">
+        <v>85.3</v>
+      </c>
+      <c r="E9" s="123">
+        <v>46.8</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="120" t="s">
         <v>11</v>
       </c>
-      <c r="B10" s="121">
-[...2 lines deleted...]
-      <c r="C10" s="122">
+      <c r="B10" s="184">
+        <v>100.2</v>
+      </c>
+      <c r="C10" s="121">
+        <v>84.2</v>
+      </c>
+      <c r="D10" s="121">
+        <v>85.4</v>
+      </c>
+      <c r="E10" s="121">
+        <v>45.5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A11" s="122" t="s">
+        <v>12</v>
+      </c>
+      <c r="B11" s="185">
+        <v>100</v>
+      </c>
+      <c r="C11" s="123">
         <v>85</v>
       </c>
-      <c r="D10" s="122">
-[...20 lines deleted...]
-        <v>46.1</v>
+      <c r="D11" s="123">
+        <v>86.1</v>
+      </c>
+      <c r="E11" s="123">
+        <v>47.3</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="120" t="s">
         <v>13</v>
       </c>
-      <c r="B12" s="121">
-[...9 lines deleted...]
-        <v>44.7</v>
+      <c r="B12" s="184">
+        <v>99.4</v>
+      </c>
+      <c r="C12" s="121">
+        <v>85.3</v>
+      </c>
+      <c r="D12" s="121">
+        <v>87.5</v>
+      </c>
+      <c r="E12" s="121">
+        <v>45.9</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A13" s="123" t="s">
+      <c r="A13" s="122" t="s">
         <v>14</v>
       </c>
-      <c r="B13" s="127">
-[...9 lines deleted...]
-        <v>43.8</v>
+      <c r="B13" s="185">
+        <v>99.4</v>
+      </c>
+      <c r="C13" s="123">
+        <v>84.8</v>
+      </c>
+      <c r="D13" s="123">
+        <v>88</v>
+      </c>
+      <c r="E13" s="123">
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="120" t="s">
         <v>15</v>
       </c>
-      <c r="B14" s="121">
-[...9 lines deleted...]
-        <v>43.9</v>
+      <c r="B14" s="184">
+        <v>97.2</v>
+      </c>
+      <c r="C14" s="121">
+        <v>83.4</v>
+      </c>
+      <c r="D14" s="121">
+        <v>87</v>
+      </c>
+      <c r="E14" s="121">
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A15" s="123" t="s">
+      <c r="A15" s="122" t="s">
         <v>16</v>
       </c>
-      <c r="B15" s="121">
-[...9 lines deleted...]
-        <v>41.7</v>
+      <c r="B15" s="185">
+        <v>95.9</v>
+      </c>
+      <c r="C15" s="123">
+        <v>81.7</v>
+      </c>
+      <c r="D15" s="123">
+        <v>85.5</v>
+      </c>
+      <c r="E15" s="123">
+        <v>42.8</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="120" t="s">
         <v>17</v>
       </c>
-      <c r="B16" s="121">
-[...9 lines deleted...]
-        <v>41.7</v>
+      <c r="B16" s="184">
+        <v>94.1</v>
+      </c>
+      <c r="C16" s="121">
+        <v>80</v>
+      </c>
+      <c r="D16" s="121">
+        <v>85</v>
+      </c>
+      <c r="E16" s="121">
+        <v>42.8</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A17" s="123" t="s">
+      <c r="A17" s="122" t="s">
         <v>18</v>
       </c>
-      <c r="B17" s="121">
-[...9 lines deleted...]
-        <v>41.9</v>
+      <c r="B17" s="185">
+        <v>93.4</v>
+      </c>
+      <c r="C17" s="123">
+        <v>79.8</v>
+      </c>
+      <c r="D17" s="123">
+        <v>84.5</v>
+      </c>
+      <c r="E17" s="123">
+        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A18" s="120" t="s">
         <v>19</v>
       </c>
-      <c r="B18" s="121">
-[...9 lines deleted...]
-        <v>41.6</v>
+      <c r="B18" s="184">
+        <v>93.6</v>
+      </c>
+      <c r="C18" s="121">
+        <v>79.900000000000006</v>
+      </c>
+      <c r="D18" s="121">
+        <v>85.1</v>
+      </c>
+      <c r="E18" s="121">
+        <v>42.7</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A19" s="123" t="s">
+      <c r="A19" s="122" t="s">
         <v>20</v>
       </c>
-      <c r="B19" s="121">
-[...9 lines deleted...]
-        <v>40.799999999999997</v>
+      <c r="B19" s="185">
+        <v>94.2</v>
+      </c>
+      <c r="C19" s="123">
+        <v>80.099999999999994</v>
+      </c>
+      <c r="D19" s="123">
+        <v>85.2</v>
+      </c>
+      <c r="E19" s="123">
+        <v>41.8</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="120" t="s">
         <v>21</v>
       </c>
-      <c r="B20" s="121">
-[...9 lines deleted...]
-        <v>41.6</v>
+      <c r="B20" s="184">
+        <v>94</v>
+      </c>
+      <c r="C20" s="121">
+        <v>80.8</v>
+      </c>
+      <c r="D20" s="121">
+        <v>85.6</v>
+      </c>
+      <c r="E20" s="121">
+        <v>42.7</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A21" s="123" t="s">
+      <c r="A21" s="122" t="s">
         <v>22</v>
       </c>
-      <c r="B21" s="121">
-[...9 lines deleted...]
-        <v>42.2</v>
+      <c r="B21" s="185">
+        <v>93.4</v>
+      </c>
+      <c r="C21" s="123">
+        <v>81.7</v>
+      </c>
+      <c r="D21" s="123">
+        <v>86.5</v>
+      </c>
+      <c r="E21" s="123">
+        <v>43.3</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="120" t="s">
         <v>23</v>
       </c>
-      <c r="B22" s="121">
-[...9 lines deleted...]
-        <v>42.5</v>
+      <c r="B22" s="184">
+        <v>90.6</v>
+      </c>
+      <c r="C22" s="121">
+        <v>82.2</v>
+      </c>
+      <c r="D22" s="121">
+        <v>87.1</v>
+      </c>
+      <c r="E22" s="121">
+        <v>43.6</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A23" s="123" t="s">
+      <c r="A23" s="122" t="s">
         <v>24</v>
       </c>
-      <c r="B23" s="121">
-[...9 lines deleted...]
-        <v>42.1</v>
+      <c r="B23" s="185">
+        <v>90.5</v>
+      </c>
+      <c r="C23" s="123">
+        <v>82.3</v>
+      </c>
+      <c r="D23" s="123">
+        <v>86.6</v>
+      </c>
+      <c r="E23" s="123">
+        <v>43.2</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A24" s="120" t="s">
         <v>25</v>
       </c>
-      <c r="B24" s="121">
-[...5 lines deleted...]
-      <c r="D24" s="122">
+      <c r="B24" s="184">
+        <v>90.6</v>
+      </c>
+      <c r="C24" s="121">
+        <v>82.4</v>
+      </c>
+      <c r="D24" s="121">
+        <v>87.4</v>
+      </c>
+      <c r="E24" s="121">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="122" t="s">
+        <v>26</v>
+      </c>
+      <c r="B25" s="185">
+        <v>90.9</v>
+      </c>
+      <c r="C25" s="123">
+        <v>82.3</v>
+      </c>
+      <c r="D25" s="123">
         <v>87.9</v>
       </c>
-      <c r="E24" s="122">
-[...17 lines deleted...]
-        <v>43.3</v>
+      <c r="E25" s="123">
+        <v>44.4</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A26" s="120" t="s">
         <v>27</v>
       </c>
-      <c r="B26" s="121">
-[...9 lines deleted...]
-        <v>42.7</v>
+      <c r="B26" s="184">
+        <v>91.4</v>
+      </c>
+      <c r="C26" s="121">
+        <v>82.5</v>
+      </c>
+      <c r="D26" s="121">
+        <v>88.3</v>
+      </c>
+      <c r="E26" s="121">
+        <v>43.8</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A27" s="123" t="s">
-[...12 lines deleted...]
-        <v>42</v>
+      <c r="A27" s="122" t="s">
+        <v>696</v>
+      </c>
+      <c r="B27" s="185">
+        <v>91.2</v>
+      </c>
+      <c r="C27" s="123">
+        <v>82.6</v>
+      </c>
+      <c r="D27" s="123">
+        <v>88.9</v>
+      </c>
+      <c r="E27" s="123">
+        <v>43.2</v>
       </c>
     </row>
     <row r="28" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A28" s="120" t="s">
         <v>28</v>
       </c>
-      <c r="B28" s="121">
-[...9 lines deleted...]
-        <v>42</v>
+      <c r="B28" s="184">
+        <v>91.4</v>
+      </c>
+      <c r="C28" s="121">
+        <v>83.3</v>
+      </c>
+      <c r="D28" s="121">
+        <v>89.7</v>
+      </c>
+      <c r="E28" s="121">
+        <v>43.1</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A29" s="123" t="s">
+      <c r="A29" s="122" t="s">
         <v>29</v>
       </c>
-      <c r="B29" s="121">
-[...9 lines deleted...]
-        <v>43.5</v>
+      <c r="B29" s="185">
+        <v>89.5</v>
+      </c>
+      <c r="C29" s="123">
+        <v>83.3</v>
+      </c>
+      <c r="D29" s="123">
+        <v>89.4</v>
+      </c>
+      <c r="E29" s="123">
+        <v>44.7</v>
       </c>
     </row>
     <row r="30" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A30" s="120" t="s">
         <v>30</v>
       </c>
-      <c r="B30" s="121">
-[...9 lines deleted...]
-        <v>42.5</v>
+      <c r="B30" s="184">
+        <v>89.2</v>
+      </c>
+      <c r="C30" s="121">
+        <v>84.2</v>
+      </c>
+      <c r="D30" s="121">
+        <v>89.6</v>
+      </c>
+      <c r="E30" s="121">
+        <v>43.6</v>
       </c>
     </row>
     <row r="31" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A31" s="123" t="s">
+      <c r="A31" s="122" t="s">
         <v>31</v>
       </c>
-      <c r="B31" s="121">
-[...9 lines deleted...]
-        <v>42.2</v>
+      <c r="B31" s="185">
+        <v>89.1</v>
+      </c>
+      <c r="C31" s="123">
+        <v>84</v>
+      </c>
+      <c r="D31" s="123">
+        <v>90.4</v>
+      </c>
+      <c r="E31" s="123">
+        <v>43.3</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="120" t="s">
         <v>32</v>
       </c>
-      <c r="B32" s="121">
-[...9 lines deleted...]
-        <v>42.2</v>
+      <c r="B32" s="184">
+        <v>89.3</v>
+      </c>
+      <c r="C32" s="121">
+        <v>84.3</v>
+      </c>
+      <c r="D32" s="121">
+        <v>90.3</v>
+      </c>
+      <c r="E32" s="121">
+        <v>43.3</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A33" s="123" t="s">
+      <c r="A33" s="122" t="s">
         <v>33</v>
       </c>
-      <c r="B33" s="121">
-[...9 lines deleted...]
-        <v>43.2</v>
+      <c r="B33" s="185">
+        <v>88.7</v>
+      </c>
+      <c r="C33" s="123">
+        <v>84.8</v>
+      </c>
+      <c r="D33" s="123">
+        <v>91.1</v>
+      </c>
+      <c r="E33" s="123">
+        <v>44.3</v>
       </c>
     </row>
     <row r="34" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A34" s="120" t="s">
         <v>34</v>
       </c>
-      <c r="B34" s="121">
+      <c r="B34" s="184">
+        <v>90.5</v>
+      </c>
+      <c r="C34" s="121">
+        <v>85.5</v>
+      </c>
+      <c r="D34" s="121">
         <v>91.4</v>
       </c>
-      <c r="C34" s="122">
-[...5 lines deleted...]
-      <c r="E34" s="122">
+      <c r="E34" s="121">
+        <v>46.1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A35" s="122" t="s">
+        <v>35</v>
+      </c>
+      <c r="B35" s="185">
+        <v>89.7</v>
+      </c>
+      <c r="C35" s="123">
+        <v>86</v>
+      </c>
+      <c r="D35" s="123">
+        <v>92</v>
+      </c>
+      <c r="E35" s="123">
         <v>44.9</v>
-      </c>
-[...15 lines deleted...]
-        <v>43.7</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A36" s="120" t="s">
         <v>36</v>
       </c>
-      <c r="B36" s="121">
-[...9 lines deleted...]
-        <v>46.2</v>
+      <c r="B36" s="184">
+        <v>89.7</v>
+      </c>
+      <c r="C36" s="121">
+        <v>86.7</v>
+      </c>
+      <c r="D36" s="121">
+        <v>92.9</v>
+      </c>
+      <c r="E36" s="121">
+        <v>47.4</v>
       </c>
     </row>
     <row r="37" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A37" s="123" t="s">
+      <c r="A37" s="122" t="s">
         <v>37</v>
       </c>
-      <c r="B37" s="121">
-[...9 lines deleted...]
-        <v>47.7</v>
+      <c r="B37" s="185">
+        <v>90</v>
+      </c>
+      <c r="C37" s="123">
+        <v>87.5</v>
+      </c>
+      <c r="D37" s="123">
+        <v>93.9</v>
+      </c>
+      <c r="E37" s="123">
+        <v>48.9</v>
       </c>
     </row>
     <row r="38" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A38" s="120" t="s">
         <v>38</v>
       </c>
-      <c r="B38" s="121">
-[...9 lines deleted...]
-        <v>48.4</v>
+      <c r="B38" s="184">
+        <v>90</v>
+      </c>
+      <c r="C38" s="121">
+        <v>88.3</v>
+      </c>
+      <c r="D38" s="121">
+        <v>95</v>
+      </c>
+      <c r="E38" s="121">
+        <v>49.7</v>
       </c>
     </row>
     <row r="39" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A39" s="123" t="s">
+      <c r="A39" s="122" t="s">
         <v>39</v>
       </c>
-      <c r="B39" s="121">
-[...9 lines deleted...]
-        <v>48.2</v>
+      <c r="B39" s="185">
+        <v>90.4</v>
+      </c>
+      <c r="C39" s="123">
+        <v>88.8</v>
+      </c>
+      <c r="D39" s="123">
+        <v>95.4</v>
+      </c>
+      <c r="E39" s="123">
+        <v>49.4</v>
       </c>
     </row>
     <row r="40" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A40" s="120" t="s">
         <v>40</v>
       </c>
-      <c r="B40" s="121">
-[...9 lines deleted...]
-        <v>59.2</v>
+      <c r="B40" s="184">
+        <v>91.1</v>
+      </c>
+      <c r="C40" s="121">
+        <v>89.1</v>
+      </c>
+      <c r="D40" s="121">
+        <v>95.6</v>
+      </c>
+      <c r="E40" s="121">
+        <v>60.8</v>
       </c>
     </row>
     <row r="41" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A41" s="123" t="s">
+      <c r="A41" s="122" t="s">
         <v>41</v>
       </c>
-      <c r="B41" s="121">
-[...9 lines deleted...]
-        <v>58</v>
+      <c r="B41" s="185">
+        <v>91.5</v>
+      </c>
+      <c r="C41" s="123">
+        <v>89.5</v>
+      </c>
+      <c r="D41" s="123">
+        <v>95.5</v>
+      </c>
+      <c r="E41" s="123">
+        <v>59.6</v>
       </c>
     </row>
     <row r="42" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A42" s="120" t="s">
         <v>42</v>
       </c>
-      <c r="B42" s="121">
-[...9 lines deleted...]
-        <v>60</v>
+      <c r="B42" s="184">
+        <v>91.3</v>
+      </c>
+      <c r="C42" s="121">
+        <v>89.9</v>
+      </c>
+      <c r="D42" s="121">
+        <v>95.3</v>
+      </c>
+      <c r="E42" s="121">
+        <v>61.5</v>
       </c>
     </row>
     <row r="43" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A43" s="123" t="s">
+      <c r="A43" s="122" t="s">
         <v>43</v>
       </c>
-      <c r="B43" s="121">
-[...2 lines deleted...]
-      <c r="C43" s="124">
+      <c r="B43" s="185">
         <v>91.5</v>
       </c>
-      <c r="D43" s="124">
-[...3 lines deleted...]
-        <v>60.6</v>
+      <c r="C43" s="123">
+        <v>90.4</v>
+      </c>
+      <c r="D43" s="123">
+        <v>95.4</v>
+      </c>
+      <c r="E43" s="123">
+        <v>62.1</v>
       </c>
     </row>
     <row r="44" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A44" s="120" t="s">
         <v>44</v>
       </c>
-      <c r="B44" s="121">
-[...9 lines deleted...]
-        <v>58.4</v>
+      <c r="B44" s="184">
+        <v>91.9</v>
+      </c>
+      <c r="C44" s="121">
+        <v>90.9</v>
+      </c>
+      <c r="D44" s="121">
+        <v>95.8</v>
+      </c>
+      <c r="E44" s="121">
+        <v>60.1</v>
       </c>
     </row>
     <row r="45" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A45" s="123" t="s">
+      <c r="A45" s="122" t="s">
         <v>45</v>
       </c>
-      <c r="B45" s="121">
-[...9 lines deleted...]
-        <v>58.1</v>
+      <c r="B45" s="185">
+        <v>92.8</v>
+      </c>
+      <c r="C45" s="123">
+        <v>91.5</v>
+      </c>
+      <c r="D45" s="123">
+        <v>95.5</v>
+      </c>
+      <c r="E45" s="123">
+        <v>59.7</v>
       </c>
     </row>
     <row r="46" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A46" s="120" t="s">
         <v>46</v>
       </c>
-      <c r="B46" s="121">
-[...9 lines deleted...]
-        <v>58.5</v>
+      <c r="B46" s="184">
+        <v>92.2</v>
+      </c>
+      <c r="C46" s="121">
+        <v>91.9</v>
+      </c>
+      <c r="D46" s="121">
+        <v>96.1</v>
+      </c>
+      <c r="E46" s="121">
+        <v>60</v>
       </c>
     </row>
     <row r="47" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A47" s="123" t="s">
+      <c r="A47" s="122" t="s">
         <v>47</v>
       </c>
-      <c r="B47" s="121">
-[...9 lines deleted...]
-        <v>63.9</v>
+      <c r="B47" s="185">
+        <v>94</v>
+      </c>
+      <c r="C47" s="123">
+        <v>92.5</v>
+      </c>
+      <c r="D47" s="123">
+        <v>95.8</v>
+      </c>
+      <c r="E47" s="123">
+        <v>65.599999999999994</v>
       </c>
     </row>
     <row r="48" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A48" s="120" t="s">
         <v>48</v>
       </c>
-      <c r="B48" s="121">
-[...9 lines deleted...]
-        <v>63.4</v>
+      <c r="B48" s="184">
+        <v>94.3</v>
+      </c>
+      <c r="C48" s="121">
+        <v>93.4</v>
+      </c>
+      <c r="D48" s="121">
+        <v>97.3</v>
+      </c>
+      <c r="E48" s="121">
+        <v>65.2</v>
       </c>
     </row>
     <row r="49" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A49" s="123" t="s">
+      <c r="A49" s="122" t="s">
         <v>49</v>
       </c>
-      <c r="B49" s="121">
-[...9 lines deleted...]
-        <v>63.7</v>
+      <c r="B49" s="185">
+        <v>92.7</v>
+      </c>
+      <c r="C49" s="123">
+        <v>94.2</v>
+      </c>
+      <c r="D49" s="123">
+        <v>98</v>
+      </c>
+      <c r="E49" s="123">
+        <v>65.400000000000006</v>
       </c>
     </row>
     <row r="50" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A50" s="120" t="s">
         <v>50</v>
       </c>
-      <c r="B50" s="121">
-[...9 lines deleted...]
-        <v>67.2</v>
+      <c r="B50" s="184">
+        <v>92.2</v>
+      </c>
+      <c r="C50" s="121">
+        <v>94.8</v>
+      </c>
+      <c r="D50" s="121">
+        <v>98.3</v>
+      </c>
+      <c r="E50" s="121">
+        <v>69</v>
       </c>
     </row>
     <row r="51" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A51" s="123" t="s">
+      <c r="A51" s="122" t="s">
         <v>51</v>
       </c>
-      <c r="B51" s="121">
-[...9 lines deleted...]
-        <v>69.599999999999994</v>
+      <c r="B51" s="185">
+        <v>92.6</v>
+      </c>
+      <c r="C51" s="123">
+        <v>95.5</v>
+      </c>
+      <c r="D51" s="123">
+        <v>98.5</v>
+      </c>
+      <c r="E51" s="123">
+        <v>71.400000000000006</v>
       </c>
     </row>
     <row r="52" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A52" s="120" t="s">
         <v>52</v>
       </c>
-      <c r="B52" s="121">
-[...9 lines deleted...]
-        <v>70.7</v>
+      <c r="B52" s="182">
+        <v>93.2</v>
+      </c>
+      <c r="C52" s="121">
+        <v>95.6</v>
+      </c>
+      <c r="D52" s="121">
+        <v>98.1</v>
+      </c>
+      <c r="E52" s="121">
+        <v>72.599999999999994</v>
       </c>
     </row>
     <row r="53" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A53" s="123" t="s">
+      <c r="A53" s="122" t="s">
         <v>53</v>
       </c>
-      <c r="B53" s="121">
-[...9 lines deleted...]
-        <v>70.5</v>
+      <c r="B53" s="183">
+        <v>93.9</v>
+      </c>
+      <c r="C53" s="123">
+        <v>95.8</v>
+      </c>
+      <c r="D53" s="123">
+        <v>98.2</v>
+      </c>
+      <c r="E53" s="123">
+        <v>72.400000000000006</v>
       </c>
     </row>
     <row r="54" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A54" s="120" t="s">
         <v>54</v>
       </c>
-      <c r="B54" s="121">
-[...9 lines deleted...]
-        <v>71.5</v>
+      <c r="B54" s="182">
+        <v>94.3</v>
+      </c>
+      <c r="C54" s="121">
+        <v>96.1</v>
+      </c>
+      <c r="D54" s="121">
+        <v>98</v>
+      </c>
+      <c r="E54" s="121">
+        <v>73.400000000000006</v>
       </c>
     </row>
     <row r="55" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A55" s="123" t="s">
+      <c r="A55" s="122" t="s">
         <v>55</v>
       </c>
-      <c r="B55" s="121">
-[...9 lines deleted...]
-        <v>72</v>
+      <c r="B55" s="183">
+        <v>93.9</v>
+      </c>
+      <c r="C55" s="123">
+        <v>96.2</v>
+      </c>
+      <c r="D55" s="123">
+        <v>97.9</v>
+      </c>
+      <c r="E55" s="123">
+        <v>73.900000000000006</v>
       </c>
     </row>
     <row r="56" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A56" s="120" t="s">
         <v>56</v>
       </c>
-      <c r="B56" s="121">
-[...9 lines deleted...]
-        <v>72.599999999999994</v>
+      <c r="B56" s="182">
+        <v>94.6</v>
+      </c>
+      <c r="C56" s="121">
+        <v>96.7</v>
+      </c>
+      <c r="D56" s="121">
+        <v>97.9</v>
+      </c>
+      <c r="E56" s="121">
+        <v>74.599999999999994</v>
       </c>
     </row>
     <row r="57" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A57" s="123" t="s">
+      <c r="A57" s="122" t="s">
         <v>57</v>
       </c>
-      <c r="B57" s="121">
-[...9 lines deleted...]
-        <v>73.900000000000006</v>
+      <c r="B57" s="183">
+        <v>94.6</v>
+      </c>
+      <c r="C57" s="123">
+        <v>96.9</v>
+      </c>
+      <c r="D57" s="123">
+        <v>98.8</v>
+      </c>
+      <c r="E57" s="123">
+        <v>75.900000000000006</v>
       </c>
     </row>
     <row r="58" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A58" s="120" t="s">
         <v>58</v>
       </c>
-      <c r="B58" s="121">
-[...9 lines deleted...]
-        <v>75.5</v>
+      <c r="B58" s="182">
+        <v>94.5</v>
+      </c>
+      <c r="C58" s="121">
+        <v>97.5</v>
+      </c>
+      <c r="D58" s="121">
+        <v>99.3</v>
+      </c>
+      <c r="E58" s="121">
+        <v>77.5</v>
       </c>
     </row>
     <row r="59" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A59" s="123" t="s">
+      <c r="A59" s="122" t="s">
         <v>59</v>
       </c>
-      <c r="B59" s="121">
-[...9 lines deleted...]
-        <v>76.599999999999994</v>
+      <c r="B59" s="183">
+        <v>94.4</v>
+      </c>
+      <c r="C59" s="123">
+        <v>97.5</v>
+      </c>
+      <c r="D59" s="123">
+        <v>99.5</v>
+      </c>
+      <c r="E59" s="123">
+        <v>78.599999999999994</v>
       </c>
     </row>
     <row r="60" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A60" s="120" t="s">
         <v>60</v>
       </c>
-      <c r="B60" s="121">
-[...9 lines deleted...]
-        <v>79.099999999999994</v>
+      <c r="B60" s="182">
+        <v>91.6</v>
+      </c>
+      <c r="C60" s="121">
+        <v>94.8</v>
+      </c>
+      <c r="D60" s="121">
+        <v>95.5</v>
+      </c>
+      <c r="E60" s="121">
+        <v>81.2</v>
       </c>
     </row>
     <row r="61" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A61" s="123" t="s">
+      <c r="A61" s="122" t="s">
         <v>61</v>
       </c>
-      <c r="B61" s="121">
-[...5 lines deleted...]
-      <c r="D61" s="124">
+      <c r="B61" s="183">
+        <v>78.2</v>
+      </c>
+      <c r="C61" s="123">
         <v>75.900000000000006</v>
       </c>
-      <c r="E61" s="124">
-        <v>75.7</v>
+      <c r="D61" s="123">
+        <v>75.5</v>
+      </c>
+      <c r="E61" s="123">
+        <v>77.7</v>
       </c>
     </row>
     <row r="62" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A62" s="120" t="s">
         <v>62</v>
       </c>
-      <c r="B62" s="121">
-[...8 lines deleted...]
-      <c r="E62" s="122">
+      <c r="B62" s="182">
+        <v>93.6</v>
+      </c>
+      <c r="C62" s="121">
+        <v>88.8</v>
+      </c>
+      <c r="D62" s="121">
+        <v>87.4</v>
+      </c>
+      <c r="E62" s="121">
+        <v>86.7</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A63" s="122" t="s">
+        <v>63</v>
+      </c>
+      <c r="B63" s="183">
+        <v>93.2</v>
+      </c>
+      <c r="C63" s="123">
+        <v>90</v>
+      </c>
+      <c r="D63" s="123">
+        <v>89.4</v>
+      </c>
+      <c r="E63" s="123">
         <v>84.5</v>
-      </c>
-[...15 lines deleted...]
-        <v>82.3</v>
       </c>
     </row>
     <row r="64" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A64" s="120" t="s">
         <v>64</v>
       </c>
-      <c r="B64" s="121">
+      <c r="B64" s="182">
+        <v>91.7</v>
+      </c>
+      <c r="C64" s="121">
+        <v>89</v>
+      </c>
+      <c r="D64" s="121">
+        <v>89.2</v>
+      </c>
+      <c r="E64" s="121">
         <v>92.8</v>
       </c>
-      <c r="C64" s="122">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="65" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A65" s="123" t="s">
+      <c r="A65" s="122" t="s">
         <v>65</v>
       </c>
-      <c r="B65" s="121">
-[...9 lines deleted...]
-        <v>92.8</v>
+      <c r="B65" s="183">
+        <v>96.6</v>
+      </c>
+      <c r="C65" s="123">
+        <v>95.3</v>
+      </c>
+      <c r="D65" s="123">
+        <v>95.1</v>
+      </c>
+      <c r="E65" s="123">
+        <v>95.3</v>
       </c>
     </row>
     <row r="66" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A66" s="120" t="s">
         <v>66</v>
       </c>
-      <c r="B66" s="121">
-[...9 lines deleted...]
-        <v>95.5</v>
+      <c r="B66" s="182">
+        <v>98.2</v>
+      </c>
+      <c r="C66" s="121">
+        <v>96.9</v>
+      </c>
+      <c r="D66" s="121">
+        <v>96.5</v>
+      </c>
+      <c r="E66" s="121">
+        <v>97.9</v>
       </c>
     </row>
     <row r="67" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A67" s="123" t="s">
+      <c r="A67" s="122" t="s">
         <v>67</v>
       </c>
-      <c r="B67" s="121">
-[...5 lines deleted...]
-      <c r="D67" s="124">
+      <c r="B67" s="183">
         <v>98.6</v>
       </c>
-      <c r="E67" s="124">
-        <v>93.8</v>
+      <c r="C67" s="123">
+        <v>98.2</v>
+      </c>
+      <c r="D67" s="123">
+        <v>98.1</v>
+      </c>
+      <c r="E67" s="123">
+        <v>96.2</v>
       </c>
     </row>
     <row r="68" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A68" s="120" t="s">
         <v>68</v>
       </c>
-      <c r="B68" s="121">
+      <c r="B68" s="182">
+        <v>98.4</v>
+      </c>
+      <c r="C68" s="121">
+        <v>99.2</v>
+      </c>
+      <c r="D68" s="121">
+        <v>99.3</v>
+      </c>
+      <c r="E68" s="121">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A69" s="122" t="s">
+        <v>69</v>
+      </c>
+      <c r="B69" s="183">
+        <v>98.1</v>
+      </c>
+      <c r="C69" s="123">
         <v>99.8</v>
       </c>
-      <c r="C68" s="122">
-[...23 lines deleted...]
-        <v>100</v>
+      <c r="D69" s="123">
+        <v>99.4</v>
+      </c>
+      <c r="E69" s="123">
+        <v>102.7</v>
       </c>
     </row>
     <row r="70" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A70" s="120" t="s">
         <v>70</v>
       </c>
-      <c r="B70" s="121">
-[...2 lines deleted...]
-      <c r="C70" s="122">
+      <c r="B70" s="182">
+        <v>98.1</v>
+      </c>
+      <c r="C70" s="121">
+        <v>99.9</v>
+      </c>
+      <c r="D70" s="121">
+        <v>99.3</v>
+      </c>
+      <c r="E70" s="121">
+        <v>104.8</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A71" s="122" t="s">
+        <v>71</v>
+      </c>
+      <c r="B71" s="183">
+        <v>99.2</v>
+      </c>
+      <c r="C71" s="123">
         <v>100.1</v>
       </c>
-      <c r="D70" s="122">
-[...20 lines deleted...]
-        <v>100.5</v>
+      <c r="D71" s="123">
+        <v>99.9</v>
+      </c>
+      <c r="E71" s="123">
+        <v>103.2</v>
       </c>
     </row>
     <row r="72" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A72" s="120" t="s">
         <v>72</v>
       </c>
-      <c r="B72" s="121">
-[...2 lines deleted...]
-      <c r="C72" s="122">
+      <c r="B72" s="182">
         <v>100.4</v>
       </c>
-      <c r="D72" s="122">
-[...3 lines deleted...]
-        <v>98.9</v>
+      <c r="C72" s="121">
+        <v>100.2</v>
+      </c>
+      <c r="D72" s="121">
+        <v>100.1</v>
+      </c>
+      <c r="E72" s="121">
+        <v>101.3</v>
       </c>
     </row>
     <row r="73" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A73" s="123" t="s">
+      <c r="A73" s="122" t="s">
         <v>73</v>
       </c>
-      <c r="B73" s="121">
-[...9 lines deleted...]
-        <v>99.4</v>
+      <c r="B73" s="183">
+        <v>99.6</v>
+      </c>
+      <c r="C73" s="123">
+        <v>100.2</v>
+      </c>
+      <c r="D73" s="123">
+        <v>100.1</v>
+      </c>
+      <c r="E73" s="123">
+        <v>102</v>
       </c>
     </row>
     <row r="74" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A74" s="120" t="s">
         <v>74</v>
       </c>
-      <c r="B74" s="121">
-[...9 lines deleted...]
-        <v>96.9</v>
+      <c r="B74" s="182">
+        <v>100.2</v>
+      </c>
+      <c r="C74" s="121">
+        <v>100</v>
+      </c>
+      <c r="D74" s="121">
+        <v>100.1</v>
+      </c>
+      <c r="E74" s="121">
+        <v>100</v>
       </c>
     </row>
     <row r="75" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A75" s="123" t="s">
+      <c r="A75" s="122" t="s">
         <v>75</v>
       </c>
-      <c r="B75" s="121">
-[...9 lines deleted...]
-        <v>94.4</v>
+      <c r="B75" s="183">
+        <v>99.7</v>
+      </c>
+      <c r="C75" s="123">
+        <v>99.6</v>
+      </c>
+      <c r="D75" s="123">
+        <v>99.7</v>
+      </c>
+      <c r="E75" s="123">
+        <v>96.8</v>
       </c>
     </row>
     <row r="76" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A76" s="120" t="s">
         <v>76</v>
       </c>
-      <c r="B76" s="121">
-[...2 lines deleted...]
-      <c r="C76" s="122">
+      <c r="B76" s="182">
+        <v>101.8</v>
+      </c>
+      <c r="C76" s="121">
+        <v>100.5</v>
+      </c>
+      <c r="D76" s="121">
+        <v>100.6</v>
+      </c>
+      <c r="E76" s="121">
+        <v>98.4</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A77" s="122" t="s">
+        <v>77</v>
+      </c>
+      <c r="B77" s="183">
+        <v>101.6</v>
+      </c>
+      <c r="C77" s="123">
         <v>101.1</v>
       </c>
-      <c r="D76" s="122">
-[...20 lines deleted...]
-        <v>96.5</v>
+      <c r="D77" s="123">
+        <v>100.9</v>
+      </c>
+      <c r="E77" s="123">
+        <v>98.8</v>
       </c>
     </row>
     <row r="78" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A78" s="120" t="s">
         <v>78</v>
       </c>
-      <c r="B78" s="121">
-[...2 lines deleted...]
-      <c r="C78" s="122">
+      <c r="B78" s="182">
+        <v>102.7</v>
+      </c>
+      <c r="C78" s="121">
+        <v>101.3</v>
+      </c>
+      <c r="D78" s="121">
+        <v>101.3</v>
+      </c>
+      <c r="E78" s="121">
+        <v>104.9</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A79" s="122" t="s">
+        <v>79</v>
+      </c>
+      <c r="B79" s="183">
+        <v>103.3</v>
+      </c>
+      <c r="C79" s="123">
         <v>101.6</v>
       </c>
-      <c r="D78" s="122">
-[...2 lines deleted...]
-      <c r="E78" s="122">
+      <c r="D79" s="123">
         <v>101.3</v>
       </c>
-    </row>
-[...14 lines deleted...]
-        <v>105.7</v>
+      <c r="E79" s="123">
+        <v>108.4</v>
       </c>
     </row>
     <row r="80" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A80" s="120" t="s">
         <v>80</v>
       </c>
-      <c r="B80" s="121">
-[...9 lines deleted...]
-        <v>113.7</v>
+      <c r="B80" s="182">
+        <v>102.8</v>
+      </c>
+      <c r="C80" s="121">
+        <v>102.3</v>
+      </c>
+      <c r="D80" s="121">
+        <v>101.8</v>
+      </c>
+      <c r="E80" s="121">
+        <v>116.4</v>
       </c>
     </row>
     <row r="81" spans="1:5" ht="15" x14ac:dyDescent="0.2">
-      <c r="A81" s="125" t="s">
-[...8 lines deleted...]
-      <c r="D81" s="126">
+      <c r="A81" s="180" t="s">
+        <v>695</v>
+      </c>
+      <c r="B81" s="183">
+        <v>104.7</v>
+      </c>
+      <c r="C81" s="181">
         <v>102.5</v>
       </c>
-      <c r="E81" s="126">
-[...12 lines deleted...]
-        <v>706</v>
+      <c r="D81" s="181">
+        <v>102</v>
+      </c>
+      <c r="E81" s="181">
+        <v>116.7</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A82" s="120" t="s">
+        <v>735</v>
+      </c>
+      <c r="B82" s="182">
+        <v>105.7</v>
+      </c>
+      <c r="C82" s="124">
+        <v>102.6</v>
+      </c>
+      <c r="D82" s="124">
+        <v>102.2</v>
+      </c>
+      <c r="E82" s="124">
+        <v>116.3</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" ht="15" x14ac:dyDescent="0.2">
+      <c r="A83" s="177"/>
+      <c r="B83" s="178"/>
+      <c r="C83" s="179"/>
+      <c r="D83" s="179"/>
+      <c r="E83" s="179"/>
+    </row>
+    <row r="84" spans="1:5" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A84" s="9"/>
+      <c r="B84" s="6"/>
+      <c r="C84" s="6"/>
+      <c r="D84" s="6"/>
+      <c r="E84" s="6"/>
+    </row>
+    <row r="85" spans="1:5" ht="15" x14ac:dyDescent="0.25">
+      <c r="A85" s="10" t="s">
+        <v>740</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G3" location="Contents!A1" display="Contents" xr:uid="{83D514D1-D57E-48F5-A928-16622956F4CF}"/>
-    <hyperlink ref="I3" r:id="rId1" location="toc-2" xr:uid="{3AD1F007-AD31-453D-B429-84A8645DA522}"/>
+    <hyperlink ref="I3" r:id="rId1" xr:uid="{678E8B01-8594-447F-80DE-AAAA535B17F2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{61EE1C1D-9177-4FE5-947B-C1B124DD1505}">
-  <dimension ref="A1:M119"/>
+  <dimension ref="A1:M120"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1620" activePane="bottomLeft"/>
-      <selection pane="bottomLeft" activeCell="I3" sqref="I3"/>
+      <pane ySplit="1620" topLeftCell="A96"/>
+      <selection activeCell="K4" sqref="K4"/>
+      <selection pane="bottomLeft" activeCell="F114" sqref="F114"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="24" style="2" customWidth="1"/>
     <col min="2" max="7" width="13.7109375" style="5" customWidth="1"/>
     <col min="8" max="8" width="5.5703125" style="2" customWidth="1"/>
     <col min="9" max="9" width="9.140625" style="2"/>
     <col min="10" max="10" width="5.5703125" style="2" customWidth="1"/>
     <col min="11" max="12" width="9.140625" style="2" customWidth="1"/>
     <col min="13" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="12" t="s">
-        <v>707</v>
+        <v>742</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A2" s="12"/>
     </row>
     <row r="3" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="138" t="s">
-[...6 lines deleted...]
-      <c r="D3" s="142" t="s">
+      <c r="A3" s="160" t="s">
+        <v>179</v>
+      </c>
+      <c r="B3" s="162" t="s">
+        <v>81</v>
+      </c>
+      <c r="C3" s="163"/>
+      <c r="D3" s="164" t="s">
+        <v>636</v>
+      </c>
+      <c r="E3" s="165"/>
+      <c r="F3" s="164" t="s">
+        <v>637</v>
+      </c>
+      <c r="G3" s="162"/>
+      <c r="I3" s="50" t="s">
+        <v>692</v>
+      </c>
+      <c r="K3" s="14" t="s">
         <v>638</v>
       </c>
-      <c r="E3" s="143"/>
-[...9 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="139"/>
+      <c r="A4" s="161"/>
       <c r="B4" s="92" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="C4" s="93" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="D4" s="92" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="E4" s="93" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="F4" s="92" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="G4" s="93" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>669</v>
+      </c>
+      <c r="K4" s="50" t="s">
+        <v>744</v>
       </c>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A5" s="111" t="s">
+        <v>82</v>
+      </c>
+      <c r="B5" s="40">
+        <v>149.5</v>
+      </c>
+      <c r="C5" s="26" t="s">
         <v>83</v>
       </c>
-      <c r="B5" s="40">
-[...4 lines deleted...]
-      </c>
       <c r="D5" s="45">
-        <v>60.6</v>
+        <v>54.3</v>
       </c>
       <c r="E5" s="26" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F5" s="40">
-        <v>121.8</v>
+        <v>116.7</v>
       </c>
       <c r="G5" s="18" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A6" s="112" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B6" s="41">
-        <v>163.9</v>
+        <v>163</v>
       </c>
       <c r="C6" s="32">
-        <v>0.09</v>
+        <v>9.0999999999999998E-2</v>
       </c>
       <c r="D6" s="46">
-        <v>58.2</v>
+        <v>52.2</v>
       </c>
       <c r="E6" s="33">
         <v>-3.9E-2</v>
       </c>
       <c r="F6" s="41">
-        <v>126.9</v>
+        <v>121.6</v>
       </c>
       <c r="G6" s="32">
         <v>4.2000000000000003E-2</v>
       </c>
       <c r="L6" s="101"/>
     </row>
     <row r="7" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A7" s="111" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B7" s="40">
-        <v>151.1</v>
+        <v>150.19999999999999</v>
       </c>
       <c r="C7" s="30">
         <v>-7.8E-2</v>
       </c>
       <c r="D7" s="45">
-        <v>57.5</v>
+        <v>51.4</v>
       </c>
       <c r="E7" s="31">
-        <v>-1.2999999999999999E-2</v>
+        <v>-1.4E-2</v>
       </c>
       <c r="F7" s="40">
-        <v>118.3</v>
+        <v>113.4</v>
       </c>
       <c r="G7" s="30">
-        <v>-6.7000000000000004E-2</v>
+        <v>-6.8000000000000005E-2</v>
       </c>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A8" s="112" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B8" s="41">
-        <v>145.4</v>
+        <v>144.5</v>
       </c>
       <c r="C8" s="32">
         <v>-3.7999999999999999E-2</v>
       </c>
       <c r="D8" s="46">
-        <v>62.1</v>
+        <v>55.5</v>
       </c>
       <c r="E8" s="33">
-        <v>0.08</v>
+        <v>7.9000000000000001E-2</v>
       </c>
       <c r="F8" s="41">
-        <v>114.8</v>
+        <v>110</v>
       </c>
       <c r="G8" s="32">
-        <v>-0.03</v>
+        <v>-2.9000000000000001E-2</v>
       </c>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A9" s="113" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B9" s="42">
-        <v>173.7</v>
+        <v>172.7</v>
       </c>
       <c r="C9" s="34">
         <v>0.19500000000000001</v>
       </c>
       <c r="D9" s="47">
-        <v>73.400000000000006</v>
+        <v>65.7</v>
       </c>
       <c r="E9" s="35">
-        <v>0.182</v>
+        <v>0.183</v>
       </c>
       <c r="F9" s="42">
-        <v>141.9</v>
+        <v>136</v>
       </c>
       <c r="G9" s="34">
         <v>0.23599999999999999</v>
       </c>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A10" s="112" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B10" s="41">
-        <v>165.5</v>
+        <v>163.6</v>
       </c>
       <c r="C10" s="32">
-        <v>-4.7E-2</v>
+        <v>-5.2999999999999999E-2</v>
       </c>
       <c r="D10" s="46">
-        <v>62.8</v>
+        <v>56.2</v>
       </c>
       <c r="E10" s="33">
-        <v>-0.14399999999999999</v>
+        <v>-0.14499999999999999</v>
       </c>
       <c r="F10" s="41">
-        <v>129.4</v>
+        <v>123.4</v>
       </c>
       <c r="G10" s="32">
-        <v>-8.7999999999999995E-2</v>
+        <v>-9.2999999999999999E-2</v>
       </c>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A11" s="111" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B11" s="40">
-        <v>157.6</v>
+        <v>156.6</v>
       </c>
       <c r="C11" s="30">
-        <v>-4.8000000000000001E-2</v>
+        <v>-4.2999999999999997E-2</v>
       </c>
       <c r="D11" s="45">
-        <v>70.8</v>
+        <v>63.5</v>
       </c>
       <c r="E11" s="31">
-        <v>0.128</v>
+        <v>0.13</v>
       </c>
       <c r="F11" s="40">
-        <v>127</v>
+        <v>121.7</v>
       </c>
       <c r="G11" s="30">
-        <v>-1.9E-2</v>
+        <v>-1.4E-2</v>
       </c>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A12" s="114" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B12" s="43">
-        <v>161.9</v>
+        <v>160.80000000000001</v>
       </c>
       <c r="C12" s="36">
         <v>2.7E-2</v>
       </c>
       <c r="D12" s="48">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="E12" s="37">
         <v>-5.3999999999999999E-2</v>
       </c>
       <c r="F12" s="43">
-        <v>127.3</v>
+        <v>121.9</v>
       </c>
       <c r="G12" s="36">
         <v>2E-3</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A13" s="113" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B13" s="42">
-        <v>146.19999999999999</v>
+        <v>145</v>
       </c>
       <c r="C13" s="34">
-        <v>-9.7000000000000003E-2</v>
+        <v>-9.8000000000000004E-2</v>
       </c>
       <c r="D13" s="47">
-        <v>68.7</v>
+        <v>61.6</v>
       </c>
       <c r="E13" s="35">
-        <v>2.5000000000000001E-2</v>
+        <v>2.5999999999999999E-2</v>
       </c>
       <c r="F13" s="42">
-        <v>121.9</v>
+        <v>116.7</v>
       </c>
       <c r="G13" s="34">
-        <v>-4.2000000000000003E-2</v>
+        <v>-4.2999999999999997E-2</v>
       </c>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A14" s="112" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B14" s="41">
-        <v>149.4</v>
+        <v>148.19999999999999</v>
       </c>
       <c r="C14" s="32">
         <v>2.1999999999999999E-2</v>
       </c>
       <c r="D14" s="46">
-        <v>75</v>
+        <v>67.2</v>
       </c>
       <c r="E14" s="33">
-        <v>9.2999999999999999E-2</v>
+        <v>9.0999999999999998E-2</v>
       </c>
       <c r="F14" s="41">
-        <v>122.8</v>
+        <v>117.5</v>
       </c>
       <c r="G14" s="32">
         <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A15" s="111" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B15" s="40">
-        <v>146.69999999999999</v>
+        <v>145.5</v>
       </c>
       <c r="C15" s="30">
         <v>-1.7999999999999999E-2</v>
       </c>
       <c r="D15" s="45">
-        <v>72.5</v>
+        <v>64.900000000000006</v>
       </c>
       <c r="E15" s="31">
         <v>-3.4000000000000002E-2</v>
       </c>
       <c r="F15" s="40">
-        <v>120.3</v>
+        <v>115.1</v>
       </c>
       <c r="G15" s="30">
         <v>-0.02</v>
       </c>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A16" s="114" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B16" s="43">
-        <v>144</v>
+        <v>142.80000000000001</v>
       </c>
       <c r="C16" s="36">
-        <v>-1.7999999999999999E-2</v>
+        <v>-1.9E-2</v>
       </c>
       <c r="D16" s="48">
-        <v>70.3</v>
+        <v>62.9</v>
       </c>
       <c r="E16" s="37">
         <v>-3.1E-2</v>
       </c>
       <c r="F16" s="43">
-        <v>116.6</v>
+        <v>111.5</v>
       </c>
       <c r="G16" s="36">
         <v>-3.1E-2</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A17" s="111" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B17" s="40">
-        <v>138.19999999999999</v>
+        <v>137.1</v>
       </c>
       <c r="C17" s="30">
         <v>-0.04</v>
       </c>
       <c r="D17" s="45">
-        <v>74.7</v>
+        <v>67</v>
       </c>
       <c r="E17" s="31">
-        <v>6.3E-2</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="F17" s="40">
-        <v>118.8</v>
+        <v>113.6</v>
       </c>
       <c r="G17" s="30">
         <v>1.9E-2</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A18" s="112" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B18" s="41">
-        <v>152.1</v>
+        <v>150.80000000000001</v>
       </c>
       <c r="C18" s="32">
         <v>0.1</v>
       </c>
       <c r="D18" s="46">
-        <v>73</v>
+        <v>65.400000000000006</v>
       </c>
       <c r="E18" s="33">
-        <v>-2.3E-2</v>
+        <v>-2.4E-2</v>
       </c>
       <c r="F18" s="41">
-        <v>124</v>
+        <v>118.5</v>
       </c>
       <c r="G18" s="32">
-        <v>4.3999999999999997E-2</v>
+        <v>4.2999999999999997E-2</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A19" s="111" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B19" s="40">
-        <v>157.1</v>
+        <v>155.80000000000001</v>
       </c>
       <c r="C19" s="30">
-        <v>3.3000000000000002E-2</v>
+        <v>3.4000000000000002E-2</v>
       </c>
       <c r="D19" s="45">
-        <v>76.2</v>
+        <v>68.3</v>
       </c>
       <c r="E19" s="31">
         <v>4.3999999999999997E-2</v>
       </c>
       <c r="F19" s="40">
-        <v>128.30000000000001</v>
+        <v>122.7</v>
       </c>
       <c r="G19" s="30">
         <v>3.5000000000000003E-2</v>
       </c>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A20" s="112" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B20" s="41">
-        <v>159.80000000000001</v>
+        <v>158.4</v>
       </c>
       <c r="C20" s="32">
         <v>1.7000000000000001E-2</v>
       </c>
       <c r="D20" s="46">
-        <v>73.7</v>
+        <v>66</v>
       </c>
       <c r="E20" s="33">
-        <v>-3.3000000000000002E-2</v>
+        <v>-3.4000000000000002E-2</v>
       </c>
       <c r="F20" s="41">
-        <v>128.19999999999999</v>
+        <v>122.6</v>
       </c>
       <c r="G20" s="32">
         <v>-1E-3</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A21" s="113" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B21" s="42">
-        <v>149.19999999999999</v>
+        <v>148.4</v>
       </c>
       <c r="C21" s="34">
-        <v>-6.6000000000000003E-2</v>
+        <v>-6.3E-2</v>
       </c>
       <c r="D21" s="47">
-        <v>70.3</v>
+        <v>62.9</v>
       </c>
       <c r="E21" s="35">
-        <v>-4.5999999999999999E-2</v>
+        <v>-4.7E-2</v>
       </c>
       <c r="F21" s="42">
-        <v>124.5</v>
+        <v>119.4</v>
       </c>
       <c r="G21" s="34">
-        <v>-2.9000000000000001E-2</v>
+        <v>-2.5999999999999999E-2</v>
       </c>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A22" s="112" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B22" s="41">
-        <v>161.69999999999999</v>
+        <v>160.30000000000001</v>
       </c>
       <c r="C22" s="32">
-        <v>8.4000000000000005E-2</v>
+        <v>0.08</v>
       </c>
       <c r="D22" s="46">
-        <v>69.3</v>
+        <v>62</v>
       </c>
       <c r="E22" s="33">
         <v>-1.4E-2</v>
       </c>
       <c r="F22" s="41">
-        <v>129.1</v>
+        <v>123.4</v>
       </c>
       <c r="G22" s="32">
-        <v>3.5999999999999997E-2</v>
+        <v>3.3000000000000002E-2</v>
       </c>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A23" s="111" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B23" s="40">
-        <v>151.1</v>
+        <v>150.30000000000001</v>
       </c>
       <c r="C23" s="30">
-        <v>-6.6000000000000003E-2</v>
+        <v>-6.2E-2</v>
       </c>
       <c r="D23" s="45">
-        <v>68</v>
+        <v>60.9</v>
       </c>
       <c r="E23" s="31">
         <v>-1.7999999999999999E-2</v>
       </c>
       <c r="F23" s="40">
-        <v>121.5</v>
+        <v>116.5</v>
       </c>
       <c r="G23" s="30">
-        <v>-5.8000000000000003E-2</v>
+        <v>-5.6000000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A24" s="114" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B24" s="43">
-        <v>153.9</v>
+        <v>152.5</v>
       </c>
       <c r="C24" s="36">
-        <v>1.9E-2</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="D24" s="48">
-        <v>70.3</v>
+        <v>63</v>
       </c>
       <c r="E24" s="37">
         <v>3.4000000000000002E-2</v>
       </c>
       <c r="F24" s="43">
-        <v>123.3</v>
+        <v>117.8</v>
       </c>
       <c r="G24" s="36">
-        <v>1.4999999999999999E-2</v>
+        <v>1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A25" s="113" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B25" s="42">
-        <v>153.80000000000001</v>
+        <v>152.9</v>
       </c>
       <c r="C25" s="34">
-        <v>-1E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="D25" s="47">
-        <v>67.8</v>
+        <v>60.7</v>
       </c>
       <c r="E25" s="35">
         <v>-3.5999999999999997E-2</v>
       </c>
       <c r="F25" s="42">
-        <v>126.7</v>
+        <v>121.4</v>
       </c>
       <c r="G25" s="34">
-        <v>2.7E-2</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A26" s="112" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B26" s="41">
-        <v>157.30000000000001</v>
+        <v>155.9</v>
       </c>
       <c r="C26" s="32">
-        <v>2.3E-2</v>
+        <v>0.02</v>
       </c>
       <c r="D26" s="46">
-        <v>72.5</v>
+        <v>65</v>
       </c>
       <c r="E26" s="33">
         <v>7.0000000000000007E-2</v>
       </c>
       <c r="F26" s="41">
-        <v>127.1</v>
+        <v>121.5</v>
       </c>
       <c r="G26" s="32">
-        <v>4.0000000000000001E-3</v>
+        <v>1E-3</v>
       </c>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A27" s="111" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B27" s="40">
-        <v>163</v>
+        <v>161.6</v>
       </c>
       <c r="C27" s="30">
         <v>3.5999999999999997E-2</v>
       </c>
       <c r="D27" s="45">
-        <v>71.900000000000006</v>
+        <v>64.400000000000006</v>
       </c>
       <c r="E27" s="31">
         <v>-8.9999999999999993E-3</v>
       </c>
       <c r="F27" s="40">
-        <v>130.5</v>
+        <v>124.8</v>
       </c>
       <c r="G27" s="30">
         <v>2.7E-2</v>
       </c>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A28" s="114" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B28" s="43">
-        <v>154.19999999999999</v>
+        <v>153.19999999999999</v>
       </c>
       <c r="C28" s="36">
-        <v>-5.3999999999999999E-2</v>
+        <v>-5.1999999999999998E-2</v>
       </c>
       <c r="D28" s="48">
-        <v>72.400000000000006</v>
+        <v>64.900000000000006</v>
       </c>
       <c r="E28" s="37">
         <v>7.0000000000000001E-3</v>
       </c>
       <c r="F28" s="43">
-        <v>124.3</v>
+        <v>119.1</v>
       </c>
       <c r="G28" s="36">
-        <v>-4.8000000000000001E-2</v>
+        <v>-4.5999999999999999E-2</v>
       </c>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A29" s="111" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B29" s="40">
-        <v>161.1</v>
+        <v>160.1</v>
       </c>
       <c r="C29" s="30">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="D29" s="45">
-        <v>73.3</v>
+        <v>65.7</v>
       </c>
       <c r="E29" s="31">
-        <v>1.2999999999999999E-2</v>
+        <v>1.4E-2</v>
       </c>
       <c r="F29" s="40">
-        <v>133.5</v>
+        <v>127.9</v>
       </c>
       <c r="G29" s="30">
         <v>7.3999999999999996E-2</v>
       </c>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A30" s="112" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B30" s="41">
-        <v>165.3</v>
+        <v>164.2</v>
       </c>
       <c r="C30" s="32">
-        <v>2.5999999999999999E-2</v>
+        <v>2.5000000000000001E-2</v>
       </c>
       <c r="D30" s="46">
-        <v>67.400000000000006</v>
+        <v>60.4</v>
       </c>
       <c r="E30" s="33">
-        <v>-0.08</v>
+        <v>-8.1000000000000003E-2</v>
       </c>
       <c r="F30" s="41">
-        <v>130.80000000000001</v>
+        <v>125.2</v>
       </c>
       <c r="G30" s="32">
         <v>-2.1000000000000001E-2</v>
       </c>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A31" s="111" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B31" s="40">
-        <v>178.7</v>
+        <v>177.5</v>
       </c>
       <c r="C31" s="30">
         <v>8.1000000000000003E-2</v>
       </c>
       <c r="D31" s="45">
-        <v>66.400000000000006</v>
+        <v>59.5</v>
       </c>
       <c r="E31" s="31">
         <v>-1.4999999999999999E-2</v>
       </c>
       <c r="F31" s="40">
-        <v>139.1</v>
+        <v>133.19999999999999</v>
       </c>
       <c r="G31" s="30">
         <v>6.4000000000000001E-2</v>
       </c>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A32" s="112" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B32" s="41">
-        <v>179.6</v>
+        <v>178.3</v>
       </c>
       <c r="C32" s="32">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="D32" s="46">
-        <v>68.900000000000006</v>
+        <v>61.7</v>
       </c>
       <c r="E32" s="33">
-        <v>3.5999999999999997E-2</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="F32" s="41">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G32" s="32">
         <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A33" s="113" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B33" s="42">
-        <v>175.3</v>
+        <v>174</v>
       </c>
       <c r="C33" s="34">
         <v>-2.4E-2</v>
       </c>
       <c r="D33" s="47">
-        <v>69.3</v>
+        <v>62</v>
       </c>
       <c r="E33" s="35">
-        <v>7.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="F33" s="42">
-        <v>138.80000000000001</v>
+        <v>132.9</v>
       </c>
       <c r="G33" s="34">
         <v>-8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A34" s="112" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B34" s="41">
-        <v>175.7</v>
+        <v>174.5</v>
       </c>
       <c r="C34" s="32">
-        <v>2E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="D34" s="46">
-        <v>72.8</v>
+        <v>65.3</v>
       </c>
       <c r="E34" s="33">
-        <v>0.05</v>
+        <v>5.1999999999999998E-2</v>
       </c>
       <c r="F34" s="41">
-        <v>139.69999999999999</v>
+        <v>133.80000000000001</v>
       </c>
       <c r="G34" s="32">
-        <v>6.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A35" s="111" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B35" s="40">
-        <v>167.3</v>
+        <v>166.1</v>
       </c>
       <c r="C35" s="30">
-        <v>-4.8000000000000001E-2</v>
+        <v>-4.9000000000000002E-2</v>
       </c>
       <c r="D35" s="45">
-        <v>74.599999999999994</v>
+        <v>66.8</v>
       </c>
       <c r="E35" s="31">
-        <v>2.4E-2</v>
+        <v>2.3E-2</v>
       </c>
       <c r="F35" s="40">
-        <v>134.69999999999999</v>
+        <v>128.9</v>
       </c>
       <c r="G35" s="30">
         <v>-3.5999999999999997E-2</v>
       </c>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A36" s="114" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B36" s="43">
-        <v>158.80000000000001</v>
+        <v>157.69999999999999</v>
       </c>
       <c r="C36" s="36">
-        <v>-5.0999999999999997E-2</v>
+        <v>-0.05</v>
       </c>
       <c r="D36" s="48">
-        <v>76.3</v>
+        <v>68.3</v>
       </c>
       <c r="E36" s="37">
-        <v>2.3E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
       <c r="F36" s="43">
-        <v>130.19999999999999</v>
+        <v>124.6</v>
       </c>
       <c r="G36" s="36">
-        <v>-3.3000000000000002E-2</v>
+        <v>-3.4000000000000002E-2</v>
       </c>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A37" s="111" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B37" s="40">
-        <v>156.19999999999999</v>
+        <v>155.5</v>
       </c>
       <c r="C37" s="30">
-        <v>-1.6E-2</v>
+        <v>-1.4E-2</v>
       </c>
       <c r="D37" s="45">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="E37" s="31">
-        <v>-4.0000000000000001E-3</v>
+        <v>-3.0000000000000001E-3</v>
       </c>
       <c r="F37" s="40">
-        <v>128.5</v>
+        <v>123.3</v>
       </c>
       <c r="G37" s="30">
-        <v>-1.2999999999999999E-2</v>
+        <v>-1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A38" s="112" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B38" s="41">
-        <v>161.9</v>
+        <v>160.69999999999999</v>
       </c>
       <c r="C38" s="32">
-        <v>3.5999999999999997E-2</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="D38" s="46">
-        <v>69.599999999999994</v>
+        <v>62.4</v>
       </c>
       <c r="E38" s="33">
-        <v>-8.4000000000000005E-2</v>
+        <v>-8.3000000000000004E-2</v>
       </c>
       <c r="F38" s="41">
-        <v>129.6</v>
+        <v>124</v>
       </c>
       <c r="G38" s="32">
-        <v>8.9999999999999993E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A39" s="111" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B39" s="40">
-        <v>147.6</v>
+        <v>146.5</v>
       </c>
       <c r="C39" s="30">
         <v>-8.7999999999999995E-2</v>
       </c>
       <c r="D39" s="45">
-        <v>75.8</v>
+        <v>67.900000000000006</v>
       </c>
       <c r="E39" s="31">
-        <v>0.09</v>
+        <v>8.6999999999999994E-2</v>
       </c>
       <c r="F39" s="40">
-        <v>122.2</v>
+        <v>117</v>
       </c>
       <c r="G39" s="30">
         <v>-5.7000000000000002E-2</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A40" s="112" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B40" s="41">
-        <v>143.19999999999999</v>
+        <v>142.1</v>
       </c>
       <c r="C40" s="32">
         <v>-0.03</v>
       </c>
       <c r="D40" s="46">
-        <v>74.7</v>
+        <v>66.8</v>
       </c>
       <c r="E40" s="33">
         <v>-1.4999999999999999E-2</v>
       </c>
       <c r="F40" s="41">
-        <v>119.4</v>
+        <v>114.2</v>
       </c>
       <c r="G40" s="32">
         <v>-2.4E-2</v>
       </c>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A41" s="113" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B41" s="42">
-        <v>139.69999999999999</v>
+        <v>138.69999999999999</v>
       </c>
       <c r="C41" s="34">
         <v>-2.4E-2</v>
       </c>
       <c r="D41" s="47">
-        <v>73</v>
+        <v>65.400000000000006</v>
       </c>
       <c r="E41" s="35">
         <v>-2.1999999999999999E-2</v>
       </c>
       <c r="F41" s="42">
-        <v>116.6</v>
+        <v>111.6</v>
       </c>
       <c r="G41" s="34">
         <v>-2.3E-2</v>
       </c>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A42" s="112" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B42" s="41">
-        <v>133.5</v>
+        <v>132.6</v>
       </c>
       <c r="C42" s="32">
         <v>-4.3999999999999997E-2</v>
       </c>
       <c r="D42" s="46">
-        <v>79.400000000000006</v>
+        <v>71.2</v>
       </c>
       <c r="E42" s="33">
-        <v>8.7999999999999995E-2</v>
+        <v>8.8999999999999996E-2</v>
       </c>
       <c r="F42" s="41">
-        <v>114.2</v>
+        <v>109.3</v>
       </c>
       <c r="G42" s="32">
         <v>-0.02</v>
       </c>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A43" s="111" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B43" s="40">
-        <v>135.4</v>
+        <v>134.4</v>
       </c>
       <c r="C43" s="30">
         <v>1.4E-2</v>
       </c>
       <c r="D43" s="45">
-        <v>72.8</v>
+        <v>65.2</v>
       </c>
       <c r="E43" s="31">
-        <v>-8.4000000000000005E-2</v>
+        <v>-8.5000000000000006E-2</v>
       </c>
       <c r="F43" s="40">
-        <v>113.2</v>
+        <v>108.4</v>
       </c>
       <c r="G43" s="30">
         <v>-8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A44" s="114" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B44" s="43">
-        <v>134.69999999999999</v>
+        <v>133.80000000000001</v>
       </c>
       <c r="C44" s="36">
-        <v>-5.0000000000000001E-3</v>
+        <v>-4.0000000000000001E-3</v>
       </c>
       <c r="D44" s="48">
-        <v>67.3</v>
+        <v>60.3</v>
       </c>
       <c r="E44" s="37">
         <v>-7.4999999999999997E-2</v>
       </c>
       <c r="F44" s="43">
-        <v>111.3</v>
+        <v>106.6</v>
       </c>
       <c r="G44" s="36">
         <v>-1.6E-2</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A45" s="111" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B45" s="40">
-        <v>125.1</v>
+        <v>124.2</v>
       </c>
       <c r="C45" s="30">
         <v>-7.1999999999999995E-2</v>
       </c>
       <c r="D45" s="45">
-        <v>70.900000000000006</v>
+        <v>63.5</v>
       </c>
       <c r="E45" s="31">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="F45" s="40">
-        <v>106.3</v>
+        <v>101.8</v>
       </c>
       <c r="G45" s="30">
         <v>-4.4999999999999998E-2</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A46" s="112" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B46" s="41">
-        <v>119.9</v>
+        <v>119.2</v>
       </c>
       <c r="C46" s="32">
         <v>-4.1000000000000002E-2</v>
       </c>
       <c r="D46" s="46">
-        <v>69.400000000000006</v>
+        <v>62.3</v>
       </c>
       <c r="E46" s="33">
-        <v>-0.02</v>
+        <v>-1.9E-2</v>
       </c>
       <c r="F46" s="41">
-        <v>102</v>
+        <v>97.7</v>
       </c>
       <c r="G46" s="32">
         <v>-0.04</v>
       </c>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A47" s="111" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B47" s="40">
-        <v>120.3</v>
+        <v>119.5</v>
       </c>
       <c r="C47" s="30">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="D47" s="45">
-        <v>70.7</v>
+        <v>63.3</v>
       </c>
       <c r="E47" s="31">
-        <v>1.7999999999999999E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="F47" s="40">
-        <v>102.6</v>
+        <v>98.3</v>
       </c>
       <c r="G47" s="30">
         <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A48" s="112" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B48" s="41">
-        <v>108.7</v>
+        <v>108</v>
       </c>
       <c r="C48" s="32">
         <v>-9.6000000000000002E-2</v>
       </c>
       <c r="D48" s="46">
-        <v>74.5</v>
+        <v>66.7</v>
       </c>
       <c r="E48" s="33">
         <v>5.3999999999999999E-2</v>
       </c>
       <c r="F48" s="41">
-        <v>96.8</v>
+        <v>92.7</v>
       </c>
       <c r="G48" s="32">
         <v>-5.7000000000000002E-2</v>
       </c>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A49" s="113" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B49" s="42">
-        <v>105.8</v>
+        <v>104.9</v>
       </c>
       <c r="C49" s="34">
-        <v>-2.7E-2</v>
+        <v>-2.9000000000000001E-2</v>
       </c>
       <c r="D49" s="47">
-        <v>69.2</v>
+        <v>62</v>
       </c>
       <c r="E49" s="35">
         <v>-7.0999999999999994E-2</v>
       </c>
       <c r="F49" s="42">
-        <v>93.4</v>
+        <v>89.3</v>
       </c>
       <c r="G49" s="34">
-        <v>-3.5000000000000003E-2</v>
+        <v>-3.5999999999999997E-2</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A50" s="112" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B50" s="41">
-        <v>93.6</v>
+        <v>93</v>
       </c>
       <c r="C50" s="32">
-        <v>-0.11600000000000001</v>
+        <v>-0.113</v>
       </c>
       <c r="D50" s="46">
-        <v>74.3</v>
+        <v>66.599999999999994</v>
       </c>
       <c r="E50" s="33">
         <v>7.3999999999999996E-2</v>
       </c>
       <c r="F50" s="41">
-        <v>86.6</v>
+        <v>83</v>
       </c>
       <c r="G50" s="32">
-        <v>-7.2999999999999995E-2</v>
+        <v>-7.0999999999999994E-2</v>
       </c>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A51" s="111" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B51" s="40">
-        <v>95.3</v>
+        <v>94.7</v>
       </c>
       <c r="C51" s="30">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="D51" s="45">
-        <v>76.5</v>
+        <v>68.5</v>
       </c>
       <c r="E51" s="31">
-        <v>0.03</v>
+        <v>2.9000000000000001E-2</v>
       </c>
       <c r="F51" s="40">
-        <v>88.5</v>
+        <v>84.8</v>
       </c>
       <c r="G51" s="30">
-        <v>2.1999999999999999E-2</v>
+        <v>2.1000000000000001E-2</v>
       </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A52" s="114" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B52" s="43">
-        <v>96.5</v>
+        <v>95.8</v>
       </c>
       <c r="C52" s="36">
         <v>1.2E-2</v>
       </c>
       <c r="D52" s="48">
-        <v>76.3</v>
+        <v>68.3</v>
       </c>
       <c r="E52" s="37">
         <v>-3.0000000000000001E-3</v>
       </c>
       <c r="F52" s="43">
-        <v>89.5</v>
+        <v>85.7</v>
       </c>
       <c r="G52" s="36">
         <v>1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A53" s="111" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B53" s="40">
-        <v>106.7</v>
+        <v>105.9</v>
       </c>
       <c r="C53" s="30">
-        <v>0.106</v>
+        <v>0.105</v>
       </c>
       <c r="D53" s="45">
-        <v>72.3</v>
+        <v>64.8</v>
       </c>
       <c r="E53" s="31">
-        <v>-5.1999999999999998E-2</v>
+        <v>-5.0999999999999997E-2</v>
       </c>
       <c r="F53" s="40">
-        <v>95.3</v>
+        <v>91.2</v>
       </c>
       <c r="G53" s="30">
         <v>6.4000000000000001E-2</v>
       </c>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A54" s="112" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B54" s="41">
-        <v>92.7</v>
+        <v>92</v>
       </c>
       <c r="C54" s="32">
         <v>-0.13100000000000001</v>
       </c>
       <c r="D54" s="46">
-        <v>69.400000000000006</v>
+        <v>62.1</v>
       </c>
       <c r="E54" s="33">
         <v>-4.1000000000000002E-2</v>
       </c>
       <c r="F54" s="41">
-        <v>84.2</v>
+        <v>80.7</v>
       </c>
       <c r="G54" s="32">
-        <v>-0.11600000000000001</v>
+        <v>-0.115</v>
       </c>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A55" s="111" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B55" s="40">
-        <v>88.1</v>
+        <v>87.5</v>
       </c>
       <c r="C55" s="30">
         <v>-4.9000000000000002E-2</v>
       </c>
       <c r="D55" s="45">
-        <v>69</v>
+        <v>61.8</v>
       </c>
       <c r="E55" s="31">
         <v>-5.0000000000000001E-3</v>
       </c>
       <c r="F55" s="40">
-        <v>81.2</v>
+        <v>77.7</v>
       </c>
       <c r="G55" s="30">
         <v>-3.5999999999999997E-2</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A56" s="114" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B56" s="43">
-        <v>86.7</v>
+        <v>86.2</v>
       </c>
       <c r="C56" s="36">
         <v>-1.4999999999999999E-2</v>
       </c>
       <c r="D56" s="48">
-        <v>71.3</v>
+        <v>63.9</v>
       </c>
       <c r="E56" s="37">
         <v>3.4000000000000002E-2</v>
       </c>
       <c r="F56" s="43">
-        <v>81.3</v>
+        <v>77.900000000000006</v>
       </c>
       <c r="G56" s="36">
-        <v>1E-3</v>
+        <v>2E-3</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A57" s="111" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B57" s="40">
-        <v>75.8</v>
+        <v>75.3</v>
       </c>
       <c r="C57" s="30">
-        <v>-0.126</v>
+        <v>-0.127</v>
       </c>
       <c r="D57" s="45">
-        <v>88.1</v>
+        <v>79</v>
       </c>
       <c r="E57" s="31">
         <v>0.23599999999999999</v>
       </c>
       <c r="F57" s="40">
-        <v>81.3</v>
+        <v>77.900000000000006</v>
       </c>
       <c r="G57" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A58" s="112" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B58" s="41">
-        <v>69.5</v>
+        <v>69</v>
       </c>
       <c r="C58" s="32">
-        <v>-8.2000000000000003E-2</v>
+        <v>-8.3000000000000004E-2</v>
       </c>
       <c r="D58" s="46">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="E58" s="33">
-        <v>-2.4E-2</v>
+        <v>-2.5000000000000001E-2</v>
       </c>
       <c r="F58" s="41">
-        <v>75.099999999999994</v>
+        <v>71.8</v>
       </c>
       <c r="G58" s="32">
         <v>-7.6999999999999999E-2</v>
       </c>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A59" s="111" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B59" s="40">
-        <v>71.5</v>
+        <v>71</v>
       </c>
       <c r="C59" s="30">
         <v>2.8000000000000001E-2</v>
       </c>
       <c r="D59" s="45">
-        <v>88.5</v>
+        <v>79.2</v>
       </c>
       <c r="E59" s="31">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="F59" s="40">
-        <v>77.3</v>
+        <v>73.900000000000006</v>
       </c>
       <c r="G59" s="30">
         <v>2.9000000000000001E-2</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A60" s="114" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B60" s="43">
-        <v>67.7</v>
+        <v>67.2</v>
       </c>
       <c r="C60" s="36">
-        <v>-5.2999999999999999E-2</v>
+        <v>-5.3999999999999999E-2</v>
       </c>
       <c r="D60" s="48">
-        <v>84.6</v>
+        <v>75.7</v>
       </c>
       <c r="E60" s="37">
         <v>-4.3999999999999997E-2</v>
       </c>
       <c r="F60" s="43">
-        <v>73.5</v>
+        <v>70.3</v>
       </c>
       <c r="G60" s="36">
         <v>-4.9000000000000002E-2</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A61" s="111" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B61" s="40">
-        <v>68.5</v>
+        <v>68</v>
       </c>
       <c r="C61" s="30">
         <v>1.2999999999999999E-2</v>
       </c>
       <c r="D61" s="45">
-        <v>87.9</v>
+        <v>78.8</v>
       </c>
       <c r="E61" s="31">
-        <v>3.9E-2</v>
+        <v>0.04</v>
       </c>
       <c r="F61" s="40">
-        <v>76.8</v>
+        <v>73.5</v>
       </c>
       <c r="G61" s="30">
-        <v>4.4999999999999998E-2</v>
+        <v>4.5999999999999999E-2</v>
       </c>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A62" s="112" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B62" s="41">
-        <v>71.5</v>
+        <v>71</v>
       </c>
       <c r="C62" s="32">
         <v>4.2999999999999997E-2</v>
       </c>
       <c r="D62" s="46">
-        <v>87.1</v>
+        <v>78</v>
       </c>
       <c r="E62" s="33">
         <v>-8.9999999999999993E-3</v>
       </c>
       <c r="F62" s="41">
-        <v>76.7</v>
+        <v>73.400000000000006</v>
       </c>
       <c r="G62" s="32">
         <v>-1E-3</v>
       </c>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A63" s="111" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B63" s="40">
-        <v>74.5</v>
+        <v>74.2</v>
       </c>
       <c r="C63" s="30">
-        <v>4.2999999999999997E-2</v>
+        <v>4.4999999999999998E-2</v>
       </c>
       <c r="D63" s="45">
-        <v>85.8</v>
+        <v>76.8</v>
       </c>
       <c r="E63" s="31">
         <v>-1.4999999999999999E-2</v>
       </c>
       <c r="F63" s="40">
-        <v>78.3</v>
+        <v>75</v>
       </c>
       <c r="G63" s="30">
-        <v>2.1000000000000001E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A64" s="114" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B64" s="43">
-        <v>79.2</v>
+        <v>78.599999999999994</v>
       </c>
       <c r="C64" s="36">
-        <v>6.2E-2</v>
+        <v>0.06</v>
       </c>
       <c r="D64" s="48">
-        <v>89.4</v>
+        <v>80.099999999999994</v>
       </c>
       <c r="E64" s="37">
         <v>4.2000000000000003E-2</v>
       </c>
       <c r="F64" s="43">
-        <v>82.3</v>
+        <v>78.8</v>
       </c>
       <c r="G64" s="36">
-        <v>5.0999999999999997E-2</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A65" s="111" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B65" s="40">
-        <v>89.4</v>
+        <v>88.7</v>
       </c>
       <c r="C65" s="30">
         <v>0.129</v>
       </c>
       <c r="D65" s="45">
-        <v>89.6</v>
+        <v>80.2</v>
       </c>
       <c r="E65" s="31">
         <v>2E-3</v>
       </c>
       <c r="F65" s="40">
-        <v>90.8</v>
+        <v>86.9</v>
       </c>
       <c r="G65" s="30">
-        <v>0.104</v>
+        <v>0.10299999999999999</v>
       </c>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A66" s="112" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B66" s="41">
-        <v>91.5</v>
+        <v>90.9</v>
       </c>
       <c r="C66" s="32">
         <v>2.4E-2</v>
       </c>
       <c r="D66" s="46">
-        <v>89.7</v>
+        <v>80.3</v>
       </c>
       <c r="E66" s="33">
         <v>1E-3</v>
       </c>
       <c r="F66" s="41">
-        <v>90.5</v>
+        <v>86.6</v>
       </c>
       <c r="G66" s="32">
         <v>-4.0000000000000001E-3</v>
       </c>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A67" s="111" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B67" s="40">
-        <v>87.6</v>
+        <v>87</v>
       </c>
       <c r="C67" s="30">
         <v>-4.2999999999999997E-2</v>
       </c>
       <c r="D67" s="45">
-        <v>86.5</v>
+        <v>77.400000000000006</v>
       </c>
       <c r="E67" s="31">
         <v>-3.5999999999999997E-2</v>
       </c>
       <c r="F67" s="40">
-        <v>87</v>
+        <v>83.3</v>
       </c>
       <c r="G67" s="30">
         <v>-3.7999999999999999E-2</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A68" s="112" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B68" s="41">
-        <v>93.9</v>
+        <v>93.4</v>
       </c>
       <c r="C68" s="32">
-        <v>7.1999999999999995E-2</v>
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="D68" s="46">
-        <v>83.9</v>
+        <v>75.099999999999994</v>
       </c>
       <c r="E68" s="33">
         <v>-0.03</v>
       </c>
       <c r="F68" s="41">
-        <v>89.7</v>
+        <v>86</v>
       </c>
       <c r="G68" s="32">
-        <v>3.1E-2</v>
+        <v>3.2000000000000001E-2</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A69" s="113" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B69" s="42">
-        <v>87.4</v>
+        <v>86.9</v>
       </c>
       <c r="C69" s="34">
-        <v>-6.9000000000000006E-2</v>
+        <v>-7.0000000000000007E-2</v>
       </c>
       <c r="D69" s="47">
-        <v>96.1</v>
+        <v>86</v>
       </c>
       <c r="E69" s="35">
-        <v>0.14499999999999999</v>
+        <v>0.14599999999999999</v>
       </c>
       <c r="F69" s="42">
-        <v>91.9</v>
+        <v>88.1</v>
       </c>
       <c r="G69" s="34">
         <v>2.4E-2</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A70" s="112" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B70" s="41">
-        <v>96.3</v>
+        <v>95.5</v>
       </c>
       <c r="C70" s="32">
-        <v>0.10199999999999999</v>
+        <v>9.9000000000000005E-2</v>
       </c>
       <c r="D70" s="46">
-        <v>95</v>
+        <v>85.1</v>
       </c>
       <c r="E70" s="33">
         <v>-1.0999999999999999E-2</v>
       </c>
       <c r="F70" s="41">
-        <v>95.4</v>
+        <v>91.3</v>
       </c>
       <c r="G70" s="32">
-        <v>3.7999999999999999E-2</v>
+        <v>3.5999999999999997E-2</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A71" s="111" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B71" s="40">
-        <v>94.6</v>
+        <v>93.9</v>
       </c>
       <c r="C71" s="30">
         <v>-1.7000000000000001E-2</v>
       </c>
       <c r="D71" s="45">
-        <v>91.3</v>
+        <v>81.8</v>
       </c>
       <c r="E71" s="31">
         <v>-0.04</v>
       </c>
       <c r="F71" s="40">
-        <v>93.5</v>
+        <v>89.5</v>
       </c>
       <c r="G71" s="30">
-        <v>-0.02</v>
+        <v>-1.9E-2</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A72" s="114" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B72" s="43">
-        <v>106</v>
+        <v>105.2</v>
       </c>
       <c r="C72" s="36">
-        <v>0.121</v>
+        <v>0.12</v>
       </c>
       <c r="D72" s="48">
-        <v>91.4</v>
+        <v>81.8</v>
       </c>
       <c r="E72" s="37">
-        <v>2E-3</v>
+        <v>1E-3</v>
       </c>
       <c r="F72" s="43">
-        <v>100.1</v>
+        <v>95.7</v>
       </c>
       <c r="G72" s="36">
         <v>7.0000000000000007E-2</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A73" s="111" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B73" s="40">
-        <v>101.9</v>
+        <v>101.1</v>
       </c>
       <c r="C73" s="30">
         <v>-3.9E-2</v>
       </c>
       <c r="D73" s="45">
-        <v>93.6</v>
+        <v>83.7</v>
       </c>
       <c r="E73" s="31">
-        <v>2.3E-2</v>
+        <v>2.4E-2</v>
       </c>
       <c r="F73" s="40">
-        <v>100</v>
+        <v>95.7</v>
       </c>
       <c r="G73" s="30">
-        <v>-1E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A74" s="112" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B74" s="41">
-        <v>106</v>
+        <v>105.4</v>
       </c>
       <c r="C74" s="32">
-        <v>0.04</v>
+        <v>4.2999999999999997E-2</v>
       </c>
       <c r="D74" s="46">
-        <v>95</v>
+        <v>85.2</v>
       </c>
       <c r="E74" s="33">
-        <v>1.6E-2</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="F74" s="41">
-        <v>101.7</v>
+        <v>97.4</v>
       </c>
       <c r="G74" s="32">
-        <v>1.6E-2</v>
+        <v>1.7999999999999999E-2</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A75" s="111" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B75" s="40">
-        <v>101.1</v>
+        <v>100.6</v>
       </c>
       <c r="C75" s="30">
         <v>-4.5999999999999999E-2</v>
       </c>
       <c r="D75" s="45">
-        <v>98.7</v>
+        <v>88.4</v>
       </c>
       <c r="E75" s="31">
-        <v>3.9E-2</v>
+        <v>3.7999999999999999E-2</v>
       </c>
       <c r="F75" s="40">
-        <v>100.5</v>
+        <v>96.3</v>
       </c>
       <c r="G75" s="30">
         <v>-1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A76" s="112" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B76" s="41">
-        <v>102.1</v>
+        <v>101.2</v>
       </c>
       <c r="C76" s="32">
-        <v>0.01</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="D76" s="46">
-        <v>99.3</v>
+        <v>88.8</v>
       </c>
       <c r="E76" s="33">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="F76" s="41">
-        <v>100.5</v>
+        <v>96.1</v>
       </c>
       <c r="G76" s="32">
-        <v>-1E-3</v>
+        <v>-3.0000000000000001E-3</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A77" s="113" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B77" s="42">
-        <v>94.5</v>
+        <v>93.8</v>
       </c>
       <c r="C77" s="34">
-        <v>-7.3999999999999996E-2</v>
+        <v>-7.2999999999999995E-2</v>
       </c>
       <c r="D77" s="47">
-        <v>89.3</v>
+        <v>80</v>
       </c>
       <c r="E77" s="35">
-        <v>-0.1</v>
+        <v>-9.9000000000000005E-2</v>
       </c>
       <c r="F77" s="42">
-        <v>93.5</v>
+        <v>89.5</v>
       </c>
       <c r="G77" s="34">
-        <v>-7.0000000000000007E-2</v>
+        <v>-6.9000000000000006E-2</v>
       </c>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A78" s="112" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B78" s="41">
-        <v>94.4</v>
+        <v>93.6</v>
       </c>
       <c r="C78" s="32">
         <v>-2E-3</v>
       </c>
       <c r="D78" s="46">
-        <v>104.4</v>
+        <v>93.6</v>
       </c>
       <c r="E78" s="33">
-        <v>0.16800000000000001</v>
+        <v>0.17</v>
       </c>
       <c r="F78" s="41">
-        <v>97.4</v>
+        <v>93.1</v>
       </c>
       <c r="G78" s="32">
-        <v>4.2000000000000003E-2</v>
+        <v>4.1000000000000002E-2</v>
       </c>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A79" s="111" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B79" s="40">
-        <v>101.3</v>
+        <v>100.7</v>
       </c>
       <c r="C79" s="30">
-        <v>7.2999999999999995E-2</v>
+        <v>7.5999999999999998E-2</v>
       </c>
       <c r="D79" s="45">
-        <v>104.7</v>
+        <v>93.8</v>
       </c>
       <c r="E79" s="31">
-        <v>3.0000000000000001E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="F79" s="40">
-        <v>102.8</v>
+        <v>98.5</v>
       </c>
       <c r="G79" s="30">
-        <v>5.6000000000000001E-2</v>
+        <v>5.8000000000000003E-2</v>
       </c>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A80" s="114" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B80" s="43">
-        <v>100.7</v>
+        <v>99.9</v>
       </c>
       <c r="C80" s="36">
-        <v>-5.0000000000000001E-3</v>
+        <v>-8.0000000000000002E-3</v>
       </c>
       <c r="D80" s="48">
-        <v>93.3</v>
+        <v>83.5</v>
       </c>
       <c r="E80" s="37">
-        <v>-0.109</v>
+        <v>-0.11</v>
       </c>
       <c r="F80" s="43">
-        <v>97.8</v>
+        <v>93.6</v>
       </c>
       <c r="G80" s="36">
-        <v>-4.9000000000000002E-2</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A81" s="111" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B81" s="40">
-        <v>100.6</v>
+        <v>99.9</v>
       </c>
       <c r="C81" s="30">
-        <v>-2E-3</v>
+        <v>0</v>
       </c>
       <c r="D81" s="45">
-        <v>97.1</v>
+        <v>86.9</v>
       </c>
       <c r="E81" s="31">
         <v>4.1000000000000002E-2</v>
       </c>
       <c r="F81" s="40">
-        <v>99.9</v>
+        <v>95.6</v>
       </c>
       <c r="G81" s="30">
-        <v>2.1000000000000001E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A82" s="112" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B82" s="41">
-        <v>98.6</v>
+        <v>97.7</v>
       </c>
       <c r="C82" s="32">
-        <v>-0.02</v>
+        <v>-2.1999999999999999E-2</v>
       </c>
       <c r="D82" s="46">
-        <v>93</v>
+        <v>83.4</v>
       </c>
       <c r="E82" s="33">
-        <v>-4.2000000000000003E-2</v>
+        <v>-0.04</v>
       </c>
       <c r="F82" s="41">
-        <v>96.2</v>
+        <v>92</v>
       </c>
       <c r="G82" s="32">
-        <v>-3.6999999999999998E-2</v>
+        <v>-3.7999999999999999E-2</v>
       </c>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A83" s="111" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B83" s="40">
-        <v>98.8</v>
+        <v>98.1</v>
       </c>
       <c r="C83" s="30">
-        <v>2E-3</v>
+        <v>4.0000000000000001E-3</v>
       </c>
       <c r="D83" s="45">
-        <v>99.6</v>
+        <v>89.2</v>
       </c>
       <c r="E83" s="31">
-        <v>7.0999999999999994E-2</v>
+        <v>6.9000000000000006E-2</v>
       </c>
       <c r="F83" s="40">
-        <v>99.2</v>
+        <v>95</v>
       </c>
       <c r="G83" s="30">
-        <v>3.1E-2</v>
+        <v>3.3000000000000002E-2</v>
       </c>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A84" s="112" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B84" s="41">
-        <v>102.6</v>
+        <v>101.9</v>
       </c>
       <c r="C84" s="32">
         <v>3.9E-2</v>
       </c>
       <c r="D84" s="46">
-        <v>92.1</v>
+        <v>82.3</v>
       </c>
       <c r="E84" s="33">
-        <v>-7.5999999999999998E-2</v>
+        <v>-7.6999999999999999E-2</v>
       </c>
       <c r="F84" s="41">
-        <v>98.9</v>
+        <v>94.7</v>
       </c>
       <c r="G84" s="32">
         <v>-3.0000000000000001E-3</v>
       </c>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A85" s="113" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B85" s="42">
-        <v>104.6</v>
+        <v>103.9</v>
       </c>
       <c r="C85" s="34">
         <v>1.9E-2</v>
       </c>
       <c r="D85" s="47">
-        <v>84.7</v>
+        <v>75.8</v>
       </c>
       <c r="E85" s="35">
         <v>-0.08</v>
       </c>
       <c r="F85" s="42">
-        <v>98</v>
+        <v>93.9</v>
       </c>
       <c r="G85" s="34">
         <v>-8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A86" s="112" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B86" s="41">
-        <v>68.3</v>
+        <v>67.7</v>
       </c>
       <c r="C86" s="32">
-        <v>-0.34699999999999998</v>
+        <v>-0.34799999999999998</v>
       </c>
       <c r="D86" s="46">
-        <v>65.8</v>
+        <v>59.1</v>
       </c>
       <c r="E86" s="33">
-        <v>-0.223</v>
+        <v>-0.221</v>
       </c>
       <c r="F86" s="41">
-        <v>67.099999999999994</v>
+        <v>64.2</v>
       </c>
       <c r="G86" s="32">
-        <v>-0.315</v>
+        <v>-0.316</v>
       </c>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A87" s="111" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B87" s="40">
-        <v>95.5</v>
+        <v>94.9</v>
       </c>
       <c r="C87" s="30">
-        <v>0.39900000000000002</v>
+        <v>0.40200000000000002</v>
       </c>
       <c r="D87" s="45">
-        <v>91.8</v>
+        <v>82.3</v>
       </c>
       <c r="E87" s="31">
-        <v>0.39700000000000002</v>
+        <v>0.39300000000000002</v>
       </c>
       <c r="F87" s="40">
-        <v>94.2</v>
+        <v>90.2</v>
       </c>
       <c r="G87" s="30">
-        <v>0.40300000000000002</v>
+        <v>0.40500000000000003</v>
       </c>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A88" s="114" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B88" s="43">
-        <v>111.7</v>
+        <v>111</v>
       </c>
       <c r="C88" s="36">
         <v>0.16900000000000001</v>
       </c>
       <c r="D88" s="48">
-        <v>104.1</v>
+        <v>93</v>
       </c>
       <c r="E88" s="37">
-        <v>0.13400000000000001</v>
+        <v>0.13</v>
       </c>
       <c r="F88" s="43">
-        <v>109.4</v>
+        <v>104.7</v>
       </c>
       <c r="G88" s="36">
         <v>0.161</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A89" s="113" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B89" s="42">
-        <v>102.8</v>
+        <v>102</v>
       </c>
       <c r="C89" s="34">
-        <v>-0.08</v>
+        <v>-8.1000000000000003E-2</v>
       </c>
       <c r="D89" s="47">
-        <v>102.5</v>
+        <v>91.6</v>
       </c>
       <c r="E89" s="35">
-        <v>-1.6E-2</v>
+        <v>-1.4E-2</v>
       </c>
       <c r="F89" s="42">
-        <v>103</v>
+        <v>98.6</v>
       </c>
       <c r="G89" s="34">
-        <v>-5.8000000000000003E-2</v>
+        <v>-5.8999999999999997E-2</v>
       </c>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A90" s="112" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B90" s="41">
-        <v>105.7</v>
+        <v>105</v>
       </c>
       <c r="C90" s="32">
-        <v>2.8000000000000001E-2</v>
+        <v>2.9000000000000001E-2</v>
       </c>
       <c r="D90" s="46">
-        <v>99.8</v>
+        <v>89.1</v>
       </c>
       <c r="E90" s="33">
-        <v>-2.5999999999999999E-2</v>
+        <v>-2.7E-2</v>
       </c>
       <c r="F90" s="41">
-        <v>103.3</v>
+        <v>98.7</v>
       </c>
       <c r="G90" s="32">
-        <v>3.0000000000000001E-3</v>
+        <v>1E-3</v>
       </c>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A91" s="111" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B91" s="40">
-        <v>102</v>
+        <v>101.3</v>
       </c>
       <c r="C91" s="30">
         <v>-3.5000000000000003E-2</v>
       </c>
       <c r="D91" s="45">
-        <v>97.4</v>
+        <v>86.6</v>
       </c>
       <c r="E91" s="31">
-        <v>-2.4E-2</v>
+        <v>-2.9000000000000001E-2</v>
       </c>
       <c r="F91" s="40">
-        <v>100.1</v>
+        <v>95.6</v>
       </c>
       <c r="G91" s="30">
         <v>-3.1E-2</v>
       </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A92" s="114" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B92" s="43">
-        <v>105.2</v>
+        <v>104.5</v>
       </c>
       <c r="C92" s="36">
-        <v>3.2000000000000001E-2</v>
+        <v>3.1E-2</v>
       </c>
       <c r="D92" s="48">
-        <v>101.7</v>
+        <v>89.8</v>
       </c>
       <c r="E92" s="37">
-        <v>4.4999999999999998E-2</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="F92" s="43">
-        <v>104.4</v>
+        <v>99.5</v>
       </c>
       <c r="G92" s="36">
-        <v>4.2999999999999997E-2</v>
+        <v>4.1000000000000002E-2</v>
       </c>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A93" s="111" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B93" s="40">
-        <v>98.3</v>
+        <v>97.5</v>
       </c>
       <c r="C93" s="30">
         <v>-6.6000000000000003E-2</v>
       </c>
       <c r="D93" s="45">
-        <v>98.8</v>
+        <v>85.6</v>
       </c>
       <c r="E93" s="31">
-        <v>-2.9000000000000001E-2</v>
+        <v>-4.5999999999999999E-2</v>
       </c>
       <c r="F93" s="40">
-        <v>98.8</v>
+        <v>93.6</v>
       </c>
       <c r="G93" s="30">
-        <v>-5.3999999999999999E-2</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A94" s="112" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B94" s="41">
-        <v>98.2</v>
+        <v>97.3</v>
       </c>
       <c r="C94" s="32">
-        <v>-1E-3</v>
+        <v>-2E-3</v>
       </c>
       <c r="D94" s="46">
-        <v>97.5</v>
+        <v>84.5</v>
       </c>
       <c r="E94" s="33">
         <v>-1.2999999999999999E-2</v>
       </c>
       <c r="F94" s="41">
-        <v>97.6</v>
+        <v>92.2</v>
       </c>
       <c r="G94" s="32">
-        <v>-1.2E-2</v>
+        <v>-1.4999999999999999E-2</v>
       </c>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A95" s="111" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B95" s="40">
-        <v>97.2</v>
+        <v>96.3</v>
       </c>
       <c r="C95" s="30">
-        <v>-0.01</v>
+        <v>-1.0999999999999999E-2</v>
       </c>
       <c r="D95" s="45">
-        <v>98.6</v>
+        <v>85.2</v>
       </c>
       <c r="E95" s="31">
-        <v>1.0999999999999999E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="F95" s="40">
-        <v>97.3</v>
+        <v>91.8</v>
       </c>
       <c r="G95" s="30">
         <v>-4.0000000000000001E-3</v>
       </c>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A96" s="112" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B96" s="41">
-        <v>106.3</v>
+        <v>105.7</v>
       </c>
       <c r="C96" s="32">
-        <v>9.4E-2</v>
+        <v>9.7000000000000003E-2</v>
       </c>
       <c r="D96" s="46">
-        <v>105.2</v>
+        <v>90.2</v>
       </c>
       <c r="E96" s="33">
-        <v>6.7000000000000004E-2</v>
+        <v>0.06</v>
       </c>
       <c r="F96" s="41">
-        <v>106.3</v>
+        <v>100.5</v>
       </c>
       <c r="G96" s="32">
-        <v>9.2999999999999999E-2</v>
+        <v>9.5000000000000001E-2</v>
       </c>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A97" s="113" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B97" s="42">
-        <v>101.3</v>
+        <v>100.5</v>
       </c>
       <c r="C97" s="34">
-        <v>-4.7E-2</v>
+        <v>-4.9000000000000002E-2</v>
       </c>
       <c r="D97" s="47">
-        <v>125.2</v>
+        <v>106.4</v>
       </c>
       <c r="E97" s="35">
-        <v>0.19</v>
+        <v>0.17899999999999999</v>
       </c>
       <c r="F97" s="42">
-        <v>109.8</v>
+        <v>103.2</v>
       </c>
       <c r="G97" s="34">
-        <v>3.3000000000000002E-2</v>
+        <v>2.7E-2</v>
       </c>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A98" s="112" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B98" s="41">
-        <v>100</v>
+        <v>99.4</v>
       </c>
       <c r="C98" s="32">
-        <v>-1.2999999999999999E-2</v>
+        <v>-1.0999999999999999E-2</v>
       </c>
       <c r="D98" s="46">
-        <v>114.9</v>
+        <v>98.2</v>
       </c>
       <c r="E98" s="33">
-        <v>-8.3000000000000004E-2</v>
+        <v>-7.6999999999999999E-2</v>
       </c>
       <c r="F98" s="41">
-        <v>104.7</v>
+        <v>98.4</v>
       </c>
       <c r="G98" s="32">
         <v>-4.7E-2</v>
       </c>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A99" s="111" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B99" s="40">
-        <v>103.5</v>
+        <v>102.6</v>
       </c>
       <c r="C99" s="30">
-        <v>3.5000000000000003E-2</v>
+        <v>3.2000000000000001E-2</v>
       </c>
       <c r="D99" s="45">
-        <v>114.3</v>
+        <v>97.1</v>
       </c>
       <c r="E99" s="31">
-        <v>-5.0000000000000001E-3</v>
+        <v>-1.0999999999999999E-2</v>
       </c>
       <c r="F99" s="40">
-        <v>106.7</v>
+        <v>100.1</v>
       </c>
       <c r="G99" s="30">
-        <v>0.02</v>
+        <v>1.7999999999999999E-2</v>
       </c>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A100" s="114" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B100" s="43">
-        <v>98.2</v>
+        <v>97.5</v>
       </c>
       <c r="C100" s="36">
-        <v>-5.0999999999999997E-2</v>
+        <v>-4.9000000000000002E-2</v>
       </c>
       <c r="D100" s="48">
-        <v>116.3</v>
+        <v>98.5</v>
       </c>
       <c r="E100" s="37">
-        <v>1.7000000000000001E-2</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="F100" s="43">
-        <v>104.5</v>
+        <v>98.3</v>
       </c>
       <c r="G100" s="36">
-        <v>-2.1000000000000001E-2</v>
+        <v>-1.9E-2</v>
       </c>
     </row>
     <row r="101" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="111" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="B101" s="40">
-        <v>102.1</v>
+        <v>101.1</v>
       </c>
       <c r="C101" s="30">
-        <v>3.9E-2</v>
+        <v>3.5999999999999997E-2</v>
       </c>
       <c r="D101" s="45">
-        <v>124.9</v>
+        <v>105.7</v>
       </c>
       <c r="E101" s="31">
-        <v>7.3999999999999996E-2</v>
+        <v>7.2999999999999995E-2</v>
       </c>
       <c r="F101" s="40">
-        <v>110.3</v>
+        <v>103.5</v>
       </c>
       <c r="G101" s="30">
-        <v>5.6000000000000001E-2</v>
+        <v>5.3999999999999999E-2</v>
       </c>
     </row>
     <row r="102" spans="1:7" ht="16.5" x14ac:dyDescent="0.2">
       <c r="A102" s="112" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="B102" s="41">
-        <v>101.9</v>
+        <v>100.9</v>
       </c>
       <c r="C102" s="32">
         <v>-1E-3</v>
       </c>
       <c r="D102" s="46">
-        <v>134.4</v>
+        <v>114.4</v>
       </c>
       <c r="E102" s="33">
-        <v>7.5999999999999998E-2</v>
+        <v>8.2000000000000003E-2</v>
       </c>
       <c r="F102" s="41">
-        <v>112.4</v>
+        <v>105</v>
       </c>
       <c r="G102" s="32">
-        <v>1.9E-2</v>
+        <v>1.4999999999999999E-2</v>
       </c>
     </row>
     <row r="103" spans="1:7" ht="16.5" x14ac:dyDescent="0.2">
       <c r="A103" s="111" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="B103" s="40">
-        <v>106.8</v>
+        <v>105.8</v>
       </c>
       <c r="C103" s="30">
-        <v>4.8000000000000001E-2</v>
+        <v>4.9000000000000002E-2</v>
       </c>
       <c r="D103" s="45">
-        <v>146</v>
+        <v>121.8</v>
       </c>
       <c r="E103" s="31">
-        <v>8.5999999999999993E-2</v>
+        <v>6.5000000000000002E-2</v>
       </c>
       <c r="F103" s="40">
-        <v>119.6</v>
+        <v>111.3</v>
       </c>
       <c r="G103" s="30">
-        <v>6.5000000000000002E-2</v>
+        <v>5.8999999999999997E-2</v>
       </c>
     </row>
     <row r="104" spans="1:7" ht="16.5" x14ac:dyDescent="0.2">
       <c r="A104" s="114" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="B104" s="43">
-        <v>107.3</v>
+        <v>106.4</v>
       </c>
       <c r="C104" s="36">
-        <v>4.0000000000000001E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="D104" s="48">
-        <v>143.80000000000001</v>
+        <v>118.2</v>
       </c>
       <c r="E104" s="37">
-        <v>-1.4999999999999999E-2</v>
+        <v>-0.03</v>
       </c>
       <c r="F104" s="43">
-        <v>119.5</v>
+        <v>110.9</v>
       </c>
       <c r="G104" s="36">
-        <v>-1E-3</v>
+        <v>-3.0000000000000001E-3</v>
       </c>
     </row>
     <row r="105" spans="1:7" ht="16.5" x14ac:dyDescent="0.2">
       <c r="A105" s="115" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="B105" s="44">
-        <v>103.3</v>
+        <v>98.3</v>
       </c>
       <c r="C105" s="38">
+        <v>-7.5999999999999998E-2</v>
+      </c>
+      <c r="D105" s="49">
+        <v>113.7</v>
+      </c>
+      <c r="E105" s="39">
         <v>-3.7999999999999999E-2</v>
       </c>
-      <c r="D105" s="49">
-[...4 lines deleted...]
-      </c>
       <c r="F105" s="44">
-        <v>116.2</v>
+        <v>104.8</v>
       </c>
       <c r="G105" s="38">
-        <v>-2.7E-2</v>
+        <v>-5.5E-2</v>
       </c>
     </row>
     <row r="106" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="112" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="B106" s="41">
-        <v>109.7</v>
+        <v>105.5</v>
       </c>
       <c r="C106" s="32">
-        <v>6.3E-2</v>
+        <v>7.2999999999999995E-2</v>
       </c>
       <c r="D106" s="41">
-        <v>143.4</v>
+        <v>110.6</v>
       </c>
       <c r="E106" s="32">
-        <v>2.5999999999999999E-2</v>
+        <v>-2.7E-2</v>
       </c>
       <c r="F106" s="41">
-        <v>120.6</v>
+        <v>106.6</v>
       </c>
       <c r="G106" s="32">
-        <v>3.7999999999999999E-2</v>
-[...9 lines deleted...]
-      <c r="G107" s="30"/>
+        <v>1.7000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="111" t="s">
+        <v>743</v>
+      </c>
+      <c r="B107" s="40">
+        <v>109.8</v>
+      </c>
+      <c r="C107" s="30">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="D107" s="40">
+        <v>111.5</v>
+      </c>
+      <c r="E107" s="30">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="F107" s="40">
+        <v>110.2</v>
+      </c>
+      <c r="G107" s="30">
+        <v>3.4000000000000002E-2</v>
+      </c>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A108" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A108" s="14"/>
       <c r="B108" s="40"/>
       <c r="C108" s="30"/>
       <c r="D108" s="40"/>
       <c r="E108" s="30"/>
       <c r="F108" s="40"/>
       <c r="G108" s="30"/>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A109" s="14"/>
+      <c r="A109" s="14" t="s">
+        <v>740</v>
+      </c>
       <c r="B109" s="40"/>
       <c r="C109" s="30"/>
       <c r="D109" s="40"/>
       <c r="E109" s="30"/>
       <c r="F109" s="40"/>
       <c r="G109" s="30"/>
     </row>
-    <row r="110" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="B111" s="17"/>
+    <row r="110" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A110" s="14"/>
+      <c r="B110" s="40"/>
+      <c r="C110" s="30"/>
+      <c r="D110" s="40"/>
+      <c r="E110" s="30"/>
+      <c r="F110" s="40"/>
+      <c r="G110" s="30"/>
+    </row>
+    <row r="111" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A111" s="13" t="s">
+        <v>639</v>
+      </c>
+      <c r="B111" s="13"/>
       <c r="C111" s="16"/>
       <c r="D111" s="17"/>
       <c r="E111" s="16"/>
       <c r="F111" s="17"/>
       <c r="G111" s="16"/>
     </row>
     <row r="112" spans="1:7" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A112" s="2" t="s">
-        <v>664</v>
+      <c r="A112" s="28" t="s">
+        <v>659</v>
       </c>
       <c r="B112" s="17"/>
       <c r="C112" s="16"/>
       <c r="D112" s="17"/>
       <c r="E112" s="16"/>
       <c r="F112" s="17"/>
       <c r="G112" s="16"/>
     </row>
     <row r="113" spans="1:13" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A113" s="28" t="s">
-        <v>665</v>
+      <c r="A113" s="2" t="s">
+        <v>662</v>
       </c>
       <c r="B113" s="17"/>
       <c r="C113" s="16"/>
       <c r="D113" s="17"/>
       <c r="E113" s="16"/>
       <c r="F113" s="17"/>
       <c r="G113" s="16"/>
     </row>
     <row r="114" spans="1:13" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A114" s="29" t="s">
-        <v>662</v>
+      <c r="A114" s="28" t="s">
+        <v>663</v>
       </c>
       <c r="B114" s="17"/>
       <c r="C114" s="16"/>
       <c r="D114" s="17"/>
       <c r="E114" s="16"/>
       <c r="F114" s="17"/>
       <c r="G114" s="16"/>
     </row>
-    <row r="115" spans="1:13" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-    <row r="116" spans="1:13" ht="16.5" x14ac:dyDescent="0.2">
+    <row r="115" spans="1:13" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A115" s="29" t="s">
+        <v>660</v>
+      </c>
+      <c r="B115" s="17"/>
+      <c r="C115" s="16"/>
+      <c r="D115" s="17"/>
+      <c r="E115" s="16"/>
+      <c r="F115" s="17"/>
+      <c r="G115" s="16"/>
+    </row>
+    <row r="116" spans="1:13" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="A116" s="2" t="s">
-        <v>660</v>
-[...21 lines deleted...]
-        <v>695</v>
+        <v>661</v>
+      </c>
+      <c r="B116" s="22"/>
+      <c r="C116" s="21"/>
+      <c r="D116" s="22"/>
+      <c r="E116" s="21"/>
+      <c r="F116" s="22"/>
+      <c r="G116" s="21"/>
+    </row>
+    <row r="117" spans="1:13" ht="16.5" x14ac:dyDescent="0.2">
+      <c r="A117" s="2" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="A118" s="50"/>
+    </row>
+    <row r="119" spans="1:13" ht="107.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="158" t="s">
+        <v>694</v>
+      </c>
+      <c r="B119" s="159"/>
+      <c r="C119" s="159"/>
+      <c r="D119" s="159"/>
+      <c r="E119" s="159"/>
+      <c r="F119" s="159"/>
+      <c r="G119" s="159"/>
+      <c r="H119" s="159"/>
+      <c r="I119" s="159"/>
+      <c r="J119" s="159"/>
+      <c r="K119" s="159"/>
+      <c r="L119" s="159"/>
+      <c r="M119" s="159"/>
+    </row>
+    <row r="120" spans="1:13" ht="15" x14ac:dyDescent="0.2">
+      <c r="A120" s="116" t="s">
+        <v>693</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="A118:M118"/>
+    <mergeCell ref="A119:M119"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="F3:G3"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="K4" r:id="rId1" location=":~:text=Latest%20results%20-%20published%2027%20March%202025%20In,both%20Infrastructure%20%28-4.7%25%29%20and%20Other%20Work%20%28-1.4%25%29%20subsector." xr:uid="{8AF774FF-5AA8-4D5D-B43C-F09082F0926A}"/>
     <hyperlink ref="I3" location="Contents!A1" display="Contents" xr:uid="{768CB2A3-E04B-4C48-92A4-3278924C4626}"/>
-    <hyperlink ref="A119" r:id="rId2" display="https://www.ons.gov.uk/economy/inflationandpriceindices/methodologies/consumerpriceinflationincludesall3indicescpihcpiandrpiqmi" xr:uid="{DEFF2823-AB5E-4B7C-A8F1-B4649999594E}"/>
+    <hyperlink ref="A120" r:id="rId1" display="https://www.ons.gov.uk/economy/inflationandpriceindices/methodologies/consumerpriceinflationincludesall3indicescpihcpiandrpiqmi" xr:uid="{DEFF2823-AB5E-4B7C-A8F1-B4649999594E}"/>
+    <hyperlink ref="K4" r:id="rId2" xr:uid="{2C0EDF20-E8A3-4E0B-B2B6-1E31074E7427}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B22FC467-C16C-4339-865C-DAC38C377FB1}">
-  <dimension ref="A1:M115"/>
+  <dimension ref="A1:M116"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1620"/>
-      <selection pane="bottomLeft"/>
+      <pane ySplit="1620" topLeftCell="A101" activePane="bottomLeft"/>
+      <selection activeCell="M4" sqref="M4"/>
+      <selection pane="bottomLeft" activeCell="I127" sqref="I127"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="18.28515625" style="2" customWidth="1"/>
     <col min="2" max="2" width="12.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="13.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="13.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="7.140625" style="5" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="13.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="5" style="2" customWidth="1"/>
     <col min="11" max="11" width="8.7109375" style="2"/>
     <col min="12" max="12" width="5.140625" style="2" customWidth="1"/>
     <col min="13" max="16384" width="8.7109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="53" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="12" t="s">
-        <v>708</v>
+        <v>745</v>
       </c>
       <c r="B1" s="51"/>
       <c r="C1" s="51"/>
       <c r="D1" s="51"/>
       <c r="E1" s="51"/>
       <c r="F1" s="51"/>
       <c r="G1" s="51"/>
       <c r="H1" s="51"/>
       <c r="I1" s="52"/>
     </row>
     <row r="2" spans="1:13" s="3" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A2" s="55"/>
       <c r="B2" s="56"/>
       <c r="C2" s="56"/>
       <c r="D2" s="56"/>
       <c r="E2" s="56"/>
       <c r="F2" s="56"/>
       <c r="G2" s="56"/>
       <c r="H2" s="57"/>
       <c r="I2" s="58"/>
       <c r="M2" s="14" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
     </row>
     <row r="3" spans="1:13" s="3" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="144" t="s">
+      <c r="A3" s="166" t="s">
+        <v>179</v>
+      </c>
+      <c r="B3" s="170" t="s">
         <v>180</v>
       </c>
-      <c r="B3" s="148" t="s">
-[...3 lines deleted...]
-      <c r="D3" s="146" t="s">
+      <c r="C3" s="171"/>
+      <c r="D3" s="168" t="s">
+        <v>667</v>
+      </c>
+      <c r="E3" s="169"/>
+      <c r="F3" s="170" t="s">
+        <v>668</v>
+      </c>
+      <c r="G3" s="171"/>
+      <c r="H3" s="168" t="s">
+        <v>637</v>
+      </c>
+      <c r="I3" s="168"/>
+      <c r="K3" s="50" t="s">
+        <v>692</v>
+      </c>
+      <c r="M3" s="27"/>
+    </row>
+    <row r="4" spans="1:13" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="167"/>
+      <c r="B4" s="90" t="s">
+        <v>664</v>
+      </c>
+      <c r="C4" s="91" t="s">
+        <v>654</v>
+      </c>
+      <c r="D4" s="92" t="s">
+        <v>665</v>
+      </c>
+      <c r="E4" s="92" t="s">
         <v>669</v>
       </c>
-      <c r="E3" s="147"/>
-[...17 lines deleted...]
-      <c r="B4" s="90" t="s">
+      <c r="F4" s="90" t="s">
+        <v>664</v>
+      </c>
+      <c r="G4" s="91" t="s">
+        <v>669</v>
+      </c>
+      <c r="H4" s="92" t="s">
         <v>666</v>
       </c>
-      <c r="C4" s="91" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I4" s="92" t="s">
-        <v>671</v>
+        <v>669</v>
+      </c>
+      <c r="M4" s="50" t="s">
+        <v>744</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A5" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="B5" s="45">
+        <v>163.9</v>
+      </c>
+      <c r="C5" s="26" t="s">
         <v>83</v>
       </c>
-      <c r="B5" s="45">
-[...4 lines deleted...]
-      </c>
       <c r="D5" s="40">
-        <v>50.4</v>
+        <v>48.8</v>
       </c>
       <c r="E5" s="18" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F5" s="45">
-        <v>134.69999999999999</v>
+        <v>125.6</v>
       </c>
       <c r="G5" s="26" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="H5" s="40">
-        <v>121.8</v>
+        <v>116.7</v>
       </c>
       <c r="I5" s="20" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A6" s="23" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B6" s="46">
-        <v>183.9</v>
+        <v>180.1</v>
       </c>
       <c r="C6" s="33">
-        <v>9.7000000000000003E-2</v>
+        <v>9.9000000000000005E-2</v>
       </c>
       <c r="D6" s="41">
-        <v>48.7</v>
+        <v>47.1</v>
       </c>
       <c r="E6" s="32">
-        <v>-3.3000000000000002E-2</v>
+        <v>-3.4000000000000002E-2</v>
       </c>
       <c r="F6" s="46">
-        <v>129.9</v>
+        <v>121.2</v>
       </c>
       <c r="G6" s="33">
         <v>-3.5999999999999997E-2</v>
       </c>
       <c r="H6" s="41">
-        <v>126.9</v>
+        <v>121.6</v>
       </c>
       <c r="I6" s="32">
         <v>4.2000000000000003E-2</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A7" s="14" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B7" s="45">
-        <v>155</v>
+        <v>151.5</v>
       </c>
       <c r="C7" s="31">
-        <v>-0.157</v>
+        <v>-0.159</v>
       </c>
       <c r="D7" s="40">
-        <v>40.1</v>
+        <v>38.9</v>
       </c>
       <c r="E7" s="30">
-        <v>-0.17599999999999999</v>
+        <v>-0.17499999999999999</v>
       </c>
       <c r="F7" s="45">
-        <v>139.5</v>
+        <v>130</v>
       </c>
       <c r="G7" s="31">
-        <v>7.3999999999999996E-2</v>
+        <v>7.2999999999999995E-2</v>
       </c>
       <c r="H7" s="40">
-        <v>118.3</v>
+        <v>113.4</v>
       </c>
       <c r="I7" s="30">
-        <v>-6.7000000000000004E-2</v>
+        <v>-6.8000000000000005E-2</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A8" s="23" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B8" s="46">
-        <v>157.9</v>
+        <v>154.5</v>
       </c>
       <c r="C8" s="33">
-        <v>1.7999999999999999E-2</v>
+        <v>0.02</v>
       </c>
       <c r="D8" s="41">
-        <v>36.299999999999997</v>
+        <v>35.1</v>
       </c>
       <c r="E8" s="32">
-        <v>-9.5000000000000001E-2</v>
+        <v>-9.6000000000000002E-2</v>
       </c>
       <c r="F8" s="46">
-        <v>132.80000000000001</v>
+        <v>123.8</v>
       </c>
       <c r="G8" s="33">
         <v>-4.8000000000000001E-2</v>
       </c>
       <c r="H8" s="41">
-        <v>114.8</v>
+        <v>110</v>
       </c>
       <c r="I8" s="32">
-        <v>-0.03</v>
+        <v>-2.9000000000000001E-2</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A9" s="24" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B9" s="47">
-        <v>184.9</v>
+        <v>180.9</v>
       </c>
       <c r="C9" s="35">
-        <v>0.17199999999999999</v>
+        <v>0.17100000000000001</v>
       </c>
       <c r="D9" s="42">
-        <v>46.2</v>
+        <v>44.8</v>
       </c>
       <c r="E9" s="34">
         <v>0.27300000000000002</v>
       </c>
       <c r="F9" s="47">
-        <v>174.4</v>
+        <v>162.5</v>
       </c>
       <c r="G9" s="35">
         <v>0.313</v>
       </c>
       <c r="H9" s="42">
-        <v>141.9</v>
+        <v>136</v>
       </c>
       <c r="I9" s="34">
         <v>0.23599999999999999</v>
       </c>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A10" s="23" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B10" s="46">
-        <v>177.2</v>
+        <v>173.2</v>
       </c>
       <c r="C10" s="33">
-        <v>-4.2000000000000003E-2</v>
+        <v>-4.2999999999999997E-2</v>
       </c>
       <c r="D10" s="41">
-        <v>30.8</v>
+        <v>29.8</v>
       </c>
       <c r="E10" s="32">
-        <v>-0.33400000000000002</v>
+        <v>-0.33500000000000002</v>
       </c>
       <c r="F10" s="46">
-        <v>155.30000000000001</v>
+        <v>143.5</v>
       </c>
       <c r="G10" s="33">
-        <v>-0.11</v>
+        <v>-0.11700000000000001</v>
       </c>
       <c r="H10" s="41">
-        <v>129.4</v>
+        <v>123.4</v>
       </c>
       <c r="I10" s="32">
-        <v>-8.7999999999999995E-2</v>
+        <v>-9.2999999999999999E-2</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A11" s="14" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B11" s="45">
-        <v>171.5</v>
+        <v>167.6</v>
       </c>
       <c r="C11" s="31">
-        <v>-3.3000000000000002E-2</v>
+        <v>-3.2000000000000001E-2</v>
       </c>
       <c r="D11" s="40">
-        <v>35.200000000000003</v>
+        <v>34.200000000000003</v>
       </c>
       <c r="E11" s="30">
-        <v>0.14499999999999999</v>
+        <v>0.14799999999999999</v>
       </c>
       <c r="F11" s="45">
-        <v>151.80000000000001</v>
+        <v>141.5</v>
       </c>
       <c r="G11" s="31">
-        <v>-2.1999999999999999E-2</v>
+        <v>-1.4E-2</v>
       </c>
       <c r="H11" s="40">
-        <v>127</v>
+        <v>121.7</v>
       </c>
       <c r="I11" s="30">
-        <v>-1.9E-2</v>
+        <v>-1.4E-2</v>
       </c>
       <c r="K11" s="101"/>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A12" s="25" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B12" s="48">
-        <v>168.1</v>
+        <v>164.3</v>
       </c>
       <c r="C12" s="37">
-        <v>-0.02</v>
+        <v>-1.9E-2</v>
       </c>
       <c r="D12" s="43">
-        <v>47.2</v>
+        <v>45.7</v>
       </c>
       <c r="E12" s="36">
         <v>0.33900000000000002</v>
       </c>
       <c r="F12" s="48">
-        <v>147.5</v>
+        <v>137.4</v>
       </c>
       <c r="G12" s="37">
-        <v>-2.8000000000000001E-2</v>
+        <v>-2.9000000000000001E-2</v>
       </c>
       <c r="H12" s="43">
-        <v>127.3</v>
+        <v>121.9</v>
       </c>
       <c r="I12" s="36">
         <v>2E-3</v>
       </c>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A13" s="14" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B13" s="45">
-        <v>169.1</v>
+        <v>165.4</v>
       </c>
       <c r="C13" s="31">
-        <v>6.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="D13" s="40">
-        <v>41.4</v>
+        <v>40.1</v>
       </c>
       <c r="E13" s="30">
-        <v>-0.122</v>
+        <v>-0.123</v>
       </c>
       <c r="F13" s="45">
-        <v>140.9</v>
+        <v>130.9</v>
       </c>
       <c r="G13" s="31">
-        <v>-4.4999999999999998E-2</v>
+        <v>-4.7E-2</v>
       </c>
       <c r="H13" s="40">
-        <v>121.9</v>
+        <v>116.7</v>
       </c>
       <c r="I13" s="30">
-        <v>-4.2000000000000003E-2</v>
+        <v>-4.2999999999999997E-2</v>
       </c>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A14" s="23" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B14" s="46">
-        <v>164.9</v>
+        <v>161.30000000000001</v>
       </c>
       <c r="C14" s="33">
         <v>-2.5000000000000001E-2</v>
       </c>
       <c r="D14" s="41">
-        <v>45.8</v>
+        <v>44.4</v>
       </c>
       <c r="E14" s="32">
         <v>0.106</v>
       </c>
       <c r="F14" s="46">
-        <v>137</v>
+        <v>127.3</v>
       </c>
       <c r="G14" s="33">
         <v>-2.8000000000000001E-2</v>
       </c>
       <c r="H14" s="41">
-        <v>122.8</v>
+        <v>117.5</v>
       </c>
       <c r="I14" s="32">
         <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A15" s="14" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B15" s="45">
-        <v>166.7</v>
+        <v>163</v>
       </c>
       <c r="C15" s="31">
-        <v>1.0999999999999999E-2</v>
+        <v>0.01</v>
       </c>
       <c r="D15" s="40">
-        <v>53.8</v>
+        <v>52.1</v>
       </c>
       <c r="E15" s="30">
         <v>0.17399999999999999</v>
       </c>
       <c r="F15" s="45">
-        <v>124.5</v>
+        <v>115.6</v>
       </c>
       <c r="G15" s="31">
-        <v>-9.0999999999999998E-2</v>
+        <v>-9.1999999999999998E-2</v>
       </c>
       <c r="H15" s="40">
-        <v>120.3</v>
+        <v>115.1</v>
       </c>
       <c r="I15" s="30">
         <v>-0.02</v>
       </c>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A16" s="23" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B16" s="46">
-        <v>167.6</v>
+        <v>163.9</v>
       </c>
       <c r="C16" s="33">
-        <v>6.0000000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="D16" s="41">
-        <v>53.7</v>
+        <v>52</v>
       </c>
       <c r="E16" s="32">
-        <v>-2E-3</v>
+        <v>-1E-3</v>
       </c>
       <c r="F16" s="46">
-        <v>115.9</v>
+        <v>107.7</v>
       </c>
       <c r="G16" s="33">
         <v>-6.9000000000000006E-2</v>
       </c>
       <c r="H16" s="41">
-        <v>116.6</v>
+        <v>111.5</v>
       </c>
       <c r="I16" s="32">
         <v>-3.1E-2</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A17" s="24" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B17" s="47">
-        <v>166.6</v>
+        <v>162.80000000000001</v>
       </c>
       <c r="C17" s="35">
         <v>-6.0000000000000001E-3</v>
       </c>
       <c r="D17" s="42">
-        <v>55.7</v>
+        <v>54</v>
       </c>
       <c r="E17" s="34">
-        <v>3.9E-2</v>
+        <v>3.6999999999999998E-2</v>
       </c>
       <c r="F17" s="47">
-        <v>124.5</v>
+        <v>115.6</v>
       </c>
       <c r="G17" s="35">
         <v>7.3999999999999996E-2</v>
       </c>
       <c r="H17" s="42">
-        <v>118.8</v>
+        <v>113.6</v>
       </c>
       <c r="I17" s="34">
         <v>1.9E-2</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A18" s="23" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B18" s="46">
-        <v>178.1</v>
+        <v>174.2</v>
       </c>
       <c r="C18" s="33">
-        <v>6.9000000000000006E-2</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="D18" s="41">
-        <v>59</v>
+        <v>57.2</v>
       </c>
       <c r="E18" s="32">
-        <v>5.8999999999999997E-2</v>
+        <v>0.06</v>
       </c>
       <c r="F18" s="46">
-        <v>119</v>
+        <v>110.4</v>
       </c>
       <c r="G18" s="33">
-        <v>-4.3999999999999997E-2</v>
+        <v>-4.4999999999999998E-2</v>
       </c>
       <c r="H18" s="41">
-        <v>124</v>
+        <v>118.5</v>
       </c>
       <c r="I18" s="32">
-        <v>4.3999999999999997E-2</v>
+        <v>4.2999999999999997E-2</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="14" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B19" s="45">
-        <v>190.2</v>
+        <v>186.1</v>
       </c>
       <c r="C19" s="31">
         <v>6.8000000000000005E-2</v>
       </c>
       <c r="D19" s="40">
-        <v>55.8</v>
+        <v>54.1</v>
       </c>
       <c r="E19" s="30">
-        <v>-5.3999999999999999E-2</v>
+        <v>-5.2999999999999999E-2</v>
       </c>
       <c r="F19" s="45">
-        <v>123.8</v>
+        <v>114.9</v>
       </c>
       <c r="G19" s="31">
         <v>4.1000000000000002E-2</v>
       </c>
       <c r="H19" s="40">
-        <v>128.30000000000001</v>
+        <v>122.7</v>
       </c>
       <c r="I19" s="30">
         <v>3.5000000000000003E-2</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A20" s="25" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B20" s="48">
-        <v>186.1</v>
+        <v>182.1</v>
       </c>
       <c r="C20" s="37">
-        <v>-2.1999999999999999E-2</v>
+        <v>-2.1000000000000001E-2</v>
       </c>
       <c r="D20" s="43">
-        <v>53</v>
+        <v>51.4</v>
       </c>
       <c r="E20" s="36">
         <v>-5.0999999999999997E-2</v>
       </c>
       <c r="F20" s="48">
-        <v>130.5</v>
+        <v>121.1</v>
       </c>
       <c r="G20" s="37">
         <v>5.3999999999999999E-2</v>
       </c>
       <c r="H20" s="43">
-        <v>128.19999999999999</v>
+        <v>122.6</v>
       </c>
       <c r="I20" s="36">
         <v>-1E-3</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A21" s="14" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B21" s="45">
-        <v>183.8</v>
+        <v>179.8</v>
       </c>
       <c r="C21" s="31">
-        <v>-1.2E-2</v>
+        <v>-1.2999999999999999E-2</v>
       </c>
       <c r="D21" s="40">
-        <v>54.7</v>
+        <v>52.9</v>
       </c>
       <c r="E21" s="30">
-        <v>3.3000000000000002E-2</v>
+        <v>2.9000000000000001E-2</v>
       </c>
       <c r="F21" s="45">
-        <v>125.3</v>
+        <v>117.1</v>
       </c>
       <c r="G21" s="31">
-        <v>-0.04</v>
+        <v>-3.3000000000000002E-2</v>
       </c>
       <c r="H21" s="40">
-        <v>124.5</v>
+        <v>119.4</v>
       </c>
       <c r="I21" s="30">
-        <v>-2.9000000000000001E-2</v>
+        <v>-2.5999999999999999E-2</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A22" s="23" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B22" s="46">
-        <v>182.6</v>
+        <v>178.6</v>
       </c>
       <c r="C22" s="33">
         <v>-7.0000000000000001E-3</v>
       </c>
       <c r="D22" s="41">
-        <v>53.3</v>
+        <v>51.6</v>
       </c>
       <c r="E22" s="32">
-        <v>-2.5999999999999999E-2</v>
+        <v>-2.5000000000000001E-2</v>
       </c>
       <c r="F22" s="46">
-        <v>131.69999999999999</v>
+        <v>122.2</v>
       </c>
       <c r="G22" s="33">
-        <v>5.0999999999999997E-2</v>
+        <v>4.2999999999999997E-2</v>
       </c>
       <c r="H22" s="41">
-        <v>129.1</v>
+        <v>123.4</v>
       </c>
       <c r="I22" s="32">
-        <v>3.5999999999999997E-2</v>
+        <v>3.3000000000000002E-2</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A23" s="14" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B23" s="45">
-        <v>184.1</v>
+        <v>180</v>
       </c>
       <c r="C23" s="31">
         <v>8.0000000000000002E-3</v>
       </c>
       <c r="D23" s="40">
-        <v>49</v>
+        <v>47.5</v>
       </c>
       <c r="E23" s="30">
-        <v>-8.1000000000000003E-2</v>
+        <v>-7.8E-2</v>
       </c>
       <c r="F23" s="45">
-        <v>117.3</v>
+        <v>109.6</v>
       </c>
       <c r="G23" s="31">
-        <v>-0.109</v>
+        <v>-0.10299999999999999</v>
       </c>
       <c r="H23" s="40">
-        <v>121.5</v>
+        <v>116.5</v>
       </c>
       <c r="I23" s="30">
-        <v>-5.8000000000000003E-2</v>
+        <v>-5.6000000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A24" s="23" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B24" s="46">
-        <v>182</v>
+        <v>177.9</v>
       </c>
       <c r="C24" s="33">
         <v>-1.0999999999999999E-2</v>
       </c>
       <c r="D24" s="41">
-        <v>55.5</v>
+        <v>53.8</v>
       </c>
       <c r="E24" s="32">
         <v>0.13300000000000001</v>
       </c>
       <c r="F24" s="46">
-        <v>120</v>
+        <v>111.2</v>
       </c>
       <c r="G24" s="33">
-        <v>2.3E-2</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="H24" s="41">
-        <v>123.3</v>
+        <v>117.8</v>
       </c>
       <c r="I24" s="32">
-        <v>1.4999999999999999E-2</v>
+        <v>1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A25" s="24" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B25" s="47">
-        <v>185.1</v>
+        <v>181.2</v>
       </c>
       <c r="C25" s="35">
-        <v>1.7000000000000001E-2</v>
+        <v>1.7999999999999999E-2</v>
       </c>
       <c r="D25" s="42">
-        <v>69.5</v>
+        <v>67.3</v>
       </c>
       <c r="E25" s="34">
-        <v>0.252</v>
+        <v>0.251</v>
       </c>
       <c r="F25" s="47">
-        <v>119.1</v>
+        <v>111</v>
       </c>
       <c r="G25" s="35">
-        <v>-8.0000000000000002E-3</v>
+        <v>-2E-3</v>
       </c>
       <c r="H25" s="42">
-        <v>126.7</v>
+        <v>121.4</v>
       </c>
       <c r="I25" s="34">
-        <v>2.7E-2</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A26" s="23" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B26" s="46">
-        <v>199.2</v>
+        <v>195</v>
       </c>
       <c r="C26" s="33">
         <v>7.5999999999999998E-2</v>
       </c>
       <c r="D26" s="41">
-        <v>54.5</v>
+        <v>52.9</v>
       </c>
       <c r="E26" s="32">
-        <v>-0.216</v>
+        <v>-0.215</v>
       </c>
       <c r="F26" s="46">
-        <v>111.9</v>
+        <v>103.6</v>
       </c>
       <c r="G26" s="33">
-        <v>-0.06</v>
+        <v>-6.7000000000000004E-2</v>
       </c>
       <c r="H26" s="41">
-        <v>127.1</v>
+        <v>121.5</v>
       </c>
       <c r="I26" s="32">
-        <v>4.0000000000000001E-3</v>
+        <v>1E-3</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A27" s="14" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B27" s="45">
-        <v>202.8</v>
+        <v>198.6</v>
       </c>
       <c r="C27" s="31">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="D27" s="40">
-        <v>65.8</v>
+        <v>63.8</v>
       </c>
       <c r="E27" s="30">
         <v>0.20699999999999999</v>
       </c>
       <c r="F27" s="45">
-        <v>113.7</v>
+        <v>105.3</v>
       </c>
       <c r="G27" s="31">
         <v>1.7000000000000001E-2</v>
       </c>
       <c r="H27" s="40">
-        <v>130.5</v>
+        <v>124.8</v>
       </c>
       <c r="I27" s="30">
         <v>2.7E-2</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A28" s="25" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B28" s="48">
-        <v>185.5</v>
+        <v>181.5</v>
       </c>
       <c r="C28" s="37">
-        <v>-8.5000000000000006E-2</v>
+        <v>-8.5999999999999993E-2</v>
       </c>
       <c r="D28" s="43">
-        <v>61.1</v>
+        <v>59.2</v>
       </c>
       <c r="E28" s="36">
         <v>-7.1999999999999995E-2</v>
       </c>
       <c r="F28" s="48">
-        <v>115.6</v>
+        <v>107.7</v>
       </c>
       <c r="G28" s="37">
-        <v>1.7000000000000001E-2</v>
+        <v>2.3E-2</v>
       </c>
       <c r="H28" s="43">
-        <v>124.3</v>
+        <v>119.1</v>
       </c>
       <c r="I28" s="36">
-        <v>-4.8000000000000001E-2</v>
+        <v>-4.5999999999999999E-2</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A29" s="14" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B29" s="45">
-        <v>209.6</v>
+        <v>205.1</v>
       </c>
       <c r="C29" s="31">
         <v>0.13</v>
       </c>
       <c r="D29" s="40">
-        <v>59.5</v>
+        <v>57.5</v>
       </c>
       <c r="E29" s="30">
-        <v>-2.7E-2</v>
+        <v>-2.9000000000000001E-2</v>
       </c>
       <c r="F29" s="45">
-        <v>122.2</v>
+        <v>113.8</v>
       </c>
       <c r="G29" s="31">
-        <v>5.7000000000000002E-2</v>
+        <v>5.6000000000000001E-2</v>
       </c>
       <c r="H29" s="40">
-        <v>133.5</v>
+        <v>127.9</v>
       </c>
       <c r="I29" s="30">
         <v>7.3999999999999996E-2</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A30" s="23" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B30" s="46">
-        <v>197.8</v>
+        <v>193.4</v>
       </c>
       <c r="C30" s="33">
-        <v>-5.6000000000000001E-2</v>
+        <v>-5.7000000000000002E-2</v>
       </c>
       <c r="D30" s="41">
-        <v>63.8</v>
+        <v>61.8</v>
       </c>
       <c r="E30" s="32">
-        <v>7.2999999999999995E-2</v>
+        <v>7.4999999999999997E-2</v>
       </c>
       <c r="F30" s="46">
-        <v>115.5</v>
+        <v>107.6</v>
       </c>
       <c r="G30" s="33">
         <v>-5.5E-2</v>
       </c>
       <c r="H30" s="41">
-        <v>130.80000000000001</v>
+        <v>125.2</v>
       </c>
       <c r="I30" s="32">
         <v>-2.1000000000000001E-2</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A31" s="14" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B31" s="45">
-        <v>200.3</v>
+        <v>195.8</v>
       </c>
       <c r="C31" s="31">
-        <v>1.2999999999999999E-2</v>
+        <v>1.2E-2</v>
       </c>
       <c r="D31" s="40">
-        <v>78.099999999999994</v>
+        <v>75.7</v>
       </c>
       <c r="E31" s="30">
-        <v>0.22500000000000001</v>
+        <v>0.22600000000000001</v>
       </c>
       <c r="F31" s="45">
-        <v>130</v>
+        <v>121.1</v>
       </c>
       <c r="G31" s="31">
-        <v>0.126</v>
+        <v>0.125</v>
       </c>
       <c r="H31" s="40">
-        <v>139.1</v>
+        <v>133.19999999999999</v>
       </c>
       <c r="I31" s="30">
         <v>6.4000000000000001E-2</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A32" s="23" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B32" s="46">
-        <v>209.7</v>
+        <v>204.9</v>
       </c>
       <c r="C32" s="33">
         <v>4.7E-2</v>
       </c>
       <c r="D32" s="41">
-        <v>61.8</v>
+        <v>59.9</v>
       </c>
       <c r="E32" s="32">
-        <v>-0.20899999999999999</v>
+        <v>-0.20799999999999999</v>
       </c>
       <c r="F32" s="46">
-        <v>134</v>
+        <v>124.8</v>
       </c>
       <c r="G32" s="33">
         <v>3.1E-2</v>
       </c>
       <c r="H32" s="41">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="I32" s="32">
         <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A33" s="24" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B33" s="47">
-        <v>209.3</v>
+        <v>204.7</v>
       </c>
       <c r="C33" s="35">
-        <v>-2E-3</v>
+        <v>-1E-3</v>
       </c>
       <c r="D33" s="42">
-        <v>74.099999999999994</v>
+        <v>71.7</v>
       </c>
       <c r="E33" s="34">
-        <v>0.19800000000000001</v>
+        <v>0.19600000000000001</v>
       </c>
       <c r="F33" s="47">
-        <v>125</v>
+        <v>116.4</v>
       </c>
       <c r="G33" s="35">
         <v>-6.7000000000000004E-2</v>
       </c>
       <c r="H33" s="42">
-        <v>138.80000000000001</v>
+        <v>132.9</v>
       </c>
       <c r="I33" s="34">
         <v>-8.0000000000000002E-3</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A34" s="23" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B34" s="46">
-        <v>200.3</v>
+        <v>196</v>
       </c>
       <c r="C34" s="33">
-        <v>-4.2999999999999997E-2</v>
+        <v>-4.2000000000000003E-2</v>
       </c>
       <c r="D34" s="41">
-        <v>81</v>
+        <v>78.5</v>
       </c>
       <c r="E34" s="32">
-        <v>9.4E-2</v>
+        <v>9.5000000000000001E-2</v>
       </c>
       <c r="F34" s="46">
-        <v>123.9</v>
+        <v>115.4</v>
       </c>
       <c r="G34" s="33">
         <v>-8.9999999999999993E-3</v>
       </c>
       <c r="H34" s="41">
-        <v>139.69999999999999</v>
+        <v>133.80000000000001</v>
       </c>
       <c r="I34" s="32">
-        <v>6.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="14" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B35" s="45">
-        <v>184.4</v>
+        <v>180.4</v>
       </c>
       <c r="C35" s="31">
-        <v>-7.9000000000000001E-2</v>
+        <v>-0.08</v>
       </c>
       <c r="D35" s="40">
-        <v>81.7</v>
+        <v>79.2</v>
       </c>
       <c r="E35" s="30">
         <v>8.9999999999999993E-3</v>
       </c>
       <c r="F35" s="45">
-        <v>130.1</v>
+        <v>121.1</v>
       </c>
       <c r="G35" s="31">
-        <v>0.05</v>
+        <v>4.9000000000000002E-2</v>
       </c>
       <c r="H35" s="40">
-        <v>134.69999999999999</v>
+        <v>128.9</v>
       </c>
       <c r="I35" s="30">
         <v>-3.5999999999999997E-2</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A36" s="25" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B36" s="48">
-        <v>173</v>
+        <v>169.4</v>
       </c>
       <c r="C36" s="37">
-        <v>-6.2E-2</v>
+        <v>-6.0999999999999999E-2</v>
       </c>
       <c r="D36" s="43">
-        <v>85.4</v>
+        <v>82.8</v>
       </c>
       <c r="E36" s="36">
         <v>4.4999999999999998E-2</v>
       </c>
       <c r="F36" s="48">
-        <v>123.9</v>
+        <v>115.2</v>
       </c>
       <c r="G36" s="37">
-        <v>-4.8000000000000001E-2</v>
+        <v>-4.9000000000000002E-2</v>
       </c>
       <c r="H36" s="43">
-        <v>130.19999999999999</v>
+        <v>124.6</v>
       </c>
       <c r="I36" s="36">
-        <v>-3.3000000000000002E-2</v>
+        <v>-3.4000000000000002E-2</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A37" s="14" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B37" s="45">
-        <v>165</v>
+        <v>161.5</v>
       </c>
       <c r="C37" s="31">
-        <v>-4.5999999999999999E-2</v>
+        <v>-4.7E-2</v>
       </c>
       <c r="D37" s="40">
-        <v>95.1</v>
+        <v>92.1</v>
       </c>
       <c r="E37" s="30">
-        <v>0.114</v>
+        <v>0.113</v>
       </c>
       <c r="F37" s="45">
-        <v>121.1</v>
+        <v>113.3</v>
       </c>
       <c r="G37" s="31">
-        <v>-2.3E-2</v>
+        <v>-1.6E-2</v>
       </c>
       <c r="H37" s="40">
-        <v>128.5</v>
+        <v>123.3</v>
       </c>
       <c r="I37" s="30">
-        <v>-1.2999999999999999E-2</v>
+        <v>-1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="23" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B38" s="46">
-        <v>160.6</v>
+        <v>157.1</v>
       </c>
       <c r="C38" s="33">
         <v>-2.7E-2</v>
       </c>
       <c r="D38" s="41">
-        <v>91.2</v>
+        <v>88.2</v>
       </c>
       <c r="E38" s="32">
         <v>-4.2000000000000003E-2</v>
       </c>
       <c r="F38" s="46">
-        <v>124.6</v>
+        <v>115.8</v>
       </c>
       <c r="G38" s="33">
-        <v>2.9000000000000001E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
       <c r="H38" s="41">
-        <v>129.6</v>
+        <v>124</v>
       </c>
       <c r="I38" s="32">
-        <v>8.9999999999999993E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39" s="14" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B39" s="45">
-        <v>138.9</v>
+        <v>135.80000000000001</v>
       </c>
       <c r="C39" s="31">
         <v>-0.13500000000000001</v>
       </c>
       <c r="D39" s="40">
-        <v>94</v>
+        <v>91.1</v>
       </c>
       <c r="E39" s="30">
-        <v>3.1E-2</v>
+        <v>3.3000000000000002E-2</v>
       </c>
       <c r="F39" s="45">
-        <v>128.19999999999999</v>
+        <v>119.2</v>
       </c>
       <c r="G39" s="31">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="H39" s="40">
-        <v>122.2</v>
+        <v>117</v>
       </c>
       <c r="I39" s="30">
         <v>-5.7000000000000002E-2</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40" s="23" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B40" s="46">
-        <v>133.4</v>
+        <v>130.5</v>
       </c>
       <c r="C40" s="33">
         <v>-3.9E-2</v>
       </c>
       <c r="D40" s="41">
-        <v>102.1</v>
+        <v>98.8</v>
       </c>
       <c r="E40" s="32">
-        <v>8.5999999999999993E-2</v>
+        <v>8.5000000000000006E-2</v>
       </c>
       <c r="F40" s="46">
-        <v>117.9</v>
+        <v>109.5</v>
       </c>
       <c r="G40" s="33">
-        <v>-0.08</v>
+        <v>-8.1000000000000003E-2</v>
       </c>
       <c r="H40" s="41">
-        <v>119.4</v>
+        <v>114.2</v>
       </c>
       <c r="I40" s="32">
         <v>-2.4E-2</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A41" s="24" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B41" s="47">
-        <v>131.9</v>
+        <v>129.1</v>
       </c>
       <c r="C41" s="35">
-        <v>-1.2E-2</v>
+        <v>-0.01</v>
       </c>
       <c r="D41" s="42">
-        <v>102.6</v>
+        <v>99.1</v>
       </c>
       <c r="E41" s="34">
-        <v>5.0000000000000001E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="F41" s="47">
-        <v>113.9</v>
+        <v>106</v>
       </c>
       <c r="G41" s="35">
-        <v>-3.3000000000000002E-2</v>
+        <v>-3.2000000000000001E-2</v>
       </c>
       <c r="H41" s="42">
-        <v>116.6</v>
+        <v>111.6</v>
       </c>
       <c r="I41" s="34">
         <v>-2.3E-2</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A42" s="23" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B42" s="46">
-        <v>134.19999999999999</v>
+        <v>131.1</v>
       </c>
       <c r="C42" s="33">
-        <v>1.7999999999999999E-2</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="D42" s="41">
-        <v>105.4</v>
+        <v>102.1</v>
       </c>
       <c r="E42" s="32">
-        <v>2.8000000000000001E-2</v>
+        <v>0.03</v>
       </c>
       <c r="F42" s="46">
-        <v>98.9</v>
+        <v>92</v>
       </c>
       <c r="G42" s="33">
         <v>-0.13200000000000001</v>
       </c>
       <c r="H42" s="41">
-        <v>114.2</v>
+        <v>109.3</v>
       </c>
       <c r="I42" s="32">
         <v>-0.02</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A43" s="14" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B43" s="45">
-        <v>143.9</v>
+        <v>140.80000000000001</v>
       </c>
       <c r="C43" s="31">
-        <v>7.2999999999999995E-2</v>
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="D43" s="40">
-        <v>98.1</v>
+        <v>95.1</v>
       </c>
       <c r="E43" s="30">
         <v>-6.9000000000000006E-2</v>
       </c>
       <c r="F43" s="45">
-        <v>98.6</v>
+        <v>91.8</v>
       </c>
       <c r="G43" s="31">
         <v>-3.0000000000000001E-3</v>
       </c>
       <c r="H43" s="40">
-        <v>113.2</v>
+        <v>108.4</v>
       </c>
       <c r="I43" s="30">
         <v>-8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A44" s="25" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B44" s="48">
-        <v>136.69999999999999</v>
+        <v>133.6</v>
       </c>
       <c r="C44" s="37">
-        <v>-0.05</v>
+        <v>-5.0999999999999997E-2</v>
       </c>
       <c r="D44" s="43">
-        <v>95.8</v>
+        <v>93</v>
       </c>
       <c r="E44" s="36">
-        <v>-2.3E-2</v>
+        <v>-2.1999999999999999E-2</v>
       </c>
       <c r="F44" s="48">
-        <v>99.4</v>
+        <v>92.6</v>
       </c>
       <c r="G44" s="37">
         <v>8.9999999999999993E-3</v>
       </c>
       <c r="H44" s="43">
-        <v>111.3</v>
+        <v>106.6</v>
       </c>
       <c r="I44" s="36">
         <v>-1.6E-2</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A45" s="14" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B45" s="45">
-        <v>134</v>
+        <v>131.19999999999999</v>
       </c>
       <c r="C45" s="31">
-        <v>-1.9E-2</v>
+        <v>-1.7999999999999999E-2</v>
       </c>
       <c r="D45" s="40">
-        <v>89.6</v>
+        <v>86.6</v>
       </c>
       <c r="E45" s="30">
-        <v>-6.5000000000000002E-2</v>
+        <v>-6.8000000000000005E-2</v>
       </c>
       <c r="F45" s="45">
-        <v>95</v>
+        <v>88.6</v>
       </c>
       <c r="G45" s="31">
         <v>-4.3999999999999997E-2</v>
       </c>
       <c r="H45" s="40">
-        <v>106.3</v>
+        <v>101.8</v>
       </c>
       <c r="I45" s="30">
         <v>-4.4999999999999998E-2</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A46" s="23" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B46" s="46">
-        <v>131.1</v>
+        <v>128.1</v>
       </c>
       <c r="C46" s="33">
-        <v>-2.1999999999999999E-2</v>
+        <v>-2.3E-2</v>
       </c>
       <c r="D46" s="41">
-        <v>79.2</v>
+        <v>76.8</v>
       </c>
       <c r="E46" s="32">
-        <v>-0.11600000000000001</v>
+        <v>-0.113</v>
       </c>
       <c r="F46" s="46">
-        <v>93.4</v>
+        <v>87.1</v>
       </c>
       <c r="G46" s="33">
-        <v>-1.7000000000000001E-2</v>
+        <v>-1.6E-2</v>
       </c>
       <c r="H46" s="41">
-        <v>102</v>
+        <v>97.7</v>
       </c>
       <c r="I46" s="32">
         <v>-0.04</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A47" s="14" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B47" s="45">
-        <v>126.7</v>
+        <v>123.8</v>
       </c>
       <c r="C47" s="31">
-        <v>-3.4000000000000002E-2</v>
+        <v>-3.3000000000000002E-2</v>
       </c>
       <c r="D47" s="40">
-        <v>87.2</v>
+        <v>84.5</v>
       </c>
       <c r="E47" s="30">
-        <v>0.10100000000000001</v>
+        <v>0.1</v>
       </c>
       <c r="F47" s="45">
-        <v>92.5</v>
+        <v>86.3</v>
       </c>
       <c r="G47" s="31">
         <v>-8.9999999999999993E-3</v>
       </c>
       <c r="H47" s="40">
-        <v>102.6</v>
+        <v>98.3</v>
       </c>
       <c r="I47" s="30">
         <v>6.0000000000000001E-3</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A48" s="23" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B48" s="46">
-        <v>117.3</v>
+        <v>114.6</v>
       </c>
       <c r="C48" s="33">
-        <v>-7.3999999999999996E-2</v>
+        <v>-7.4999999999999997E-2</v>
       </c>
       <c r="D48" s="41">
-        <v>70.3</v>
+        <v>68.2</v>
       </c>
       <c r="E48" s="32">
-        <v>-0.19400000000000001</v>
+        <v>-0.193</v>
       </c>
       <c r="F48" s="46">
-        <v>93.3</v>
+        <v>86.9</v>
       </c>
       <c r="G48" s="33">
-        <v>8.0000000000000002E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="H48" s="41">
-        <v>96.8</v>
+        <v>92.7</v>
       </c>
       <c r="I48" s="32">
         <v>-5.7000000000000002E-2</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A49" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B49" s="47">
-        <v>101.9</v>
+        <v>99.9</v>
       </c>
       <c r="C49" s="35">
-        <v>-0.13200000000000001</v>
+        <v>-0.128</v>
       </c>
       <c r="D49" s="42">
-        <v>70.400000000000006</v>
+        <v>67.900000000000006</v>
       </c>
       <c r="E49" s="34">
-        <v>1E-3</v>
+        <v>-4.0000000000000001E-3</v>
       </c>
       <c r="F49" s="47">
-        <v>102.9</v>
+        <v>95.4</v>
       </c>
       <c r="G49" s="35">
-        <v>0.10299999999999999</v>
+        <v>9.8000000000000004E-2</v>
       </c>
       <c r="H49" s="42">
-        <v>93.4</v>
+        <v>89.3</v>
       </c>
       <c r="I49" s="34">
-        <v>-3.5000000000000003E-2</v>
+        <v>-3.5999999999999997E-2</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A50" s="23" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B50" s="46">
-        <v>100.2</v>
+        <v>98</v>
       </c>
       <c r="C50" s="33">
-        <v>-1.6E-2</v>
+        <v>-1.9E-2</v>
       </c>
       <c r="D50" s="41">
-        <v>73.2</v>
+        <v>71.099999999999994</v>
       </c>
       <c r="E50" s="32">
-        <v>4.1000000000000002E-2</v>
+        <v>4.7E-2</v>
       </c>
       <c r="F50" s="46">
-        <v>85.8</v>
+        <v>80</v>
       </c>
       <c r="G50" s="33">
-        <v>-0.16600000000000001</v>
+        <v>-0.16200000000000001</v>
       </c>
       <c r="H50" s="41">
-        <v>86.6</v>
+        <v>83</v>
       </c>
       <c r="I50" s="32">
-        <v>-7.2999999999999995E-2</v>
+        <v>-7.0999999999999994E-2</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A51" s="14" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B51" s="45">
-        <v>94.5</v>
+        <v>92.4</v>
       </c>
       <c r="C51" s="31">
         <v>-5.7000000000000002E-2</v>
       </c>
       <c r="D51" s="40">
-        <v>83</v>
+        <v>80.5</v>
       </c>
       <c r="E51" s="30">
-        <v>0.13300000000000001</v>
+        <v>0.13200000000000001</v>
       </c>
       <c r="F51" s="45">
-        <v>87.4</v>
+        <v>81.5</v>
       </c>
       <c r="G51" s="31">
         <v>1.9E-2</v>
       </c>
       <c r="H51" s="40">
-        <v>88.5</v>
+        <v>84.8</v>
       </c>
       <c r="I51" s="30">
-        <v>2.1999999999999999E-2</v>
+        <v>2.1000000000000001E-2</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A52" s="25" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B52" s="48">
-        <v>96.1</v>
+        <v>93.8</v>
       </c>
       <c r="C52" s="37">
-        <v>1.7000000000000001E-2</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="D52" s="43">
-        <v>82.1</v>
+        <v>79.7</v>
       </c>
       <c r="E52" s="36">
-        <v>-0.01</v>
+        <v>-8.9999999999999993E-3</v>
       </c>
       <c r="F52" s="48">
-        <v>85.6</v>
+        <v>79.8</v>
       </c>
       <c r="G52" s="37">
         <v>-2.1000000000000001E-2</v>
       </c>
       <c r="H52" s="43">
-        <v>89.5</v>
+        <v>85.7</v>
       </c>
       <c r="I52" s="36">
         <v>1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A53" s="24" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B53" s="47">
-        <v>90.8</v>
+        <v>89</v>
       </c>
       <c r="C53" s="35">
-        <v>-5.5E-2</v>
+        <v>-5.0999999999999997E-2</v>
       </c>
       <c r="D53" s="42">
-        <v>104.6</v>
+        <v>101</v>
       </c>
       <c r="E53" s="34">
-        <v>0.27300000000000002</v>
+        <v>0.26700000000000002</v>
       </c>
       <c r="F53" s="47">
-        <v>93.1</v>
+        <v>86.7</v>
       </c>
       <c r="G53" s="35">
-        <v>8.6999999999999994E-2</v>
+        <v>8.5999999999999993E-2</v>
       </c>
       <c r="H53" s="42">
-        <v>95.3</v>
+        <v>91.2</v>
       </c>
       <c r="I53" s="34">
         <v>6.4000000000000001E-2</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A54" s="23" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B54" s="46">
-        <v>82.8</v>
+        <v>80.900000000000006</v>
       </c>
       <c r="C54" s="33">
-        <v>-8.7999999999999995E-2</v>
+        <v>-9.0999999999999998E-2</v>
       </c>
       <c r="D54" s="41">
-        <v>81.7</v>
+        <v>79.2</v>
       </c>
       <c r="E54" s="32">
-        <v>-0.219</v>
+        <v>-0.216</v>
       </c>
       <c r="F54" s="46">
-        <v>89.3</v>
+        <v>83.1</v>
       </c>
       <c r="G54" s="33">
-        <v>-4.1000000000000002E-2</v>
+        <v>-0.04</v>
       </c>
       <c r="H54" s="41">
-        <v>84.2</v>
+        <v>80.7</v>
       </c>
       <c r="I54" s="32">
-        <v>-0.11600000000000001</v>
+        <v>-0.115</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A55" s="14" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B55" s="45">
-        <v>83.5</v>
+        <v>81.7</v>
       </c>
       <c r="C55" s="31">
         <v>8.9999999999999993E-3</v>
       </c>
       <c r="D55" s="40">
-        <v>80.599999999999994</v>
+        <v>78.099999999999994</v>
       </c>
       <c r="E55" s="30">
-        <v>-1.2999999999999999E-2</v>
+        <v>-1.4E-2</v>
       </c>
       <c r="F55" s="45">
-        <v>79.900000000000006</v>
+        <v>74.400000000000006</v>
       </c>
       <c r="G55" s="31">
         <v>-0.105</v>
       </c>
       <c r="H55" s="40">
-        <v>81.2</v>
+        <v>77.7</v>
       </c>
       <c r="I55" s="30">
         <v>-3.5999999999999997E-2</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A56" s="25" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B56" s="48">
-        <v>84.1</v>
+        <v>82.2</v>
       </c>
       <c r="C56" s="37">
-        <v>6.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="D56" s="43">
-        <v>78.900000000000006</v>
+        <v>76.5</v>
       </c>
       <c r="E56" s="36">
-        <v>-2.1999999999999999E-2</v>
+        <v>-2.1000000000000001E-2</v>
       </c>
       <c r="F56" s="48">
-        <v>77.400000000000006</v>
+        <v>72.099999999999994</v>
       </c>
       <c r="G56" s="37">
         <v>-3.2000000000000001E-2</v>
       </c>
       <c r="H56" s="43">
-        <v>81.3</v>
+        <v>77.900000000000006</v>
       </c>
       <c r="I56" s="36">
-        <v>1E-3</v>
+        <v>2E-3</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A57" s="14" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B57" s="45">
-        <v>87</v>
+        <v>85.2</v>
       </c>
       <c r="C57" s="31">
-        <v>3.5000000000000003E-2</v>
+        <v>3.5999999999999997E-2</v>
       </c>
       <c r="D57" s="40">
-        <v>79</v>
+        <v>76.2</v>
       </c>
       <c r="E57" s="30">
-        <v>1E-3</v>
+        <v>-4.0000000000000001E-3</v>
       </c>
       <c r="F57" s="45">
-        <v>78.2</v>
+        <v>72.900000000000006</v>
       </c>
       <c r="G57" s="31">
-        <v>1.2E-2</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="H57" s="40">
-        <v>81.3</v>
+        <v>77.900000000000006</v>
       </c>
       <c r="I57" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A58" s="23" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B58" s="46">
-        <v>83</v>
+        <v>81.099999999999994</v>
       </c>
       <c r="C58" s="33">
-        <v>-4.5999999999999999E-2</v>
+        <v>-4.8000000000000001E-2</v>
       </c>
       <c r="D58" s="41">
-        <v>68.900000000000006</v>
+        <v>66.8</v>
       </c>
       <c r="E58" s="32">
-        <v>-0.127</v>
+        <v>-0.123</v>
       </c>
       <c r="F58" s="46">
-        <v>73.900000000000006</v>
+        <v>68.7</v>
       </c>
       <c r="G58" s="33">
-        <v>-5.6000000000000001E-2</v>
+        <v>-5.7000000000000002E-2</v>
       </c>
       <c r="H58" s="41">
-        <v>75.099999999999994</v>
+        <v>71.8</v>
       </c>
       <c r="I58" s="32">
         <v>-7.6999999999999999E-2</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A59" s="14" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B59" s="45">
-        <v>82.1</v>
+        <v>80.3</v>
       </c>
       <c r="C59" s="31">
-        <v>-1.0999999999999999E-2</v>
+        <v>-0.01</v>
       </c>
       <c r="D59" s="40">
-        <v>70.599999999999994</v>
+        <v>68.5</v>
       </c>
       <c r="E59" s="30">
         <v>2.5000000000000001E-2</v>
       </c>
       <c r="F59" s="45">
-        <v>78.7</v>
+        <v>73.3</v>
       </c>
       <c r="G59" s="31">
         <v>6.6000000000000003E-2</v>
       </c>
       <c r="H59" s="40">
-        <v>77.3</v>
+        <v>73.900000000000006</v>
       </c>
       <c r="I59" s="30">
         <v>2.9000000000000001E-2</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A60" s="23" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B60" s="46">
-        <v>74.900000000000006</v>
+        <v>73.3</v>
       </c>
       <c r="C60" s="33">
-        <v>-8.7999999999999995E-2</v>
+        <v>-8.6999999999999994E-2</v>
       </c>
       <c r="D60" s="41">
-        <v>73.5</v>
+        <v>71.2</v>
       </c>
       <c r="E60" s="32">
         <v>0.04</v>
       </c>
       <c r="F60" s="46">
-        <v>69</v>
+        <v>64.2</v>
       </c>
       <c r="G60" s="33">
-        <v>-0.123</v>
+        <v>-0.124</v>
       </c>
       <c r="H60" s="41">
-        <v>73.5</v>
+        <v>70.3</v>
       </c>
       <c r="I60" s="32">
         <v>-4.9000000000000002E-2</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A61" s="24" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B61" s="47">
-        <v>79.2</v>
+        <v>77.5</v>
       </c>
       <c r="C61" s="35">
-        <v>5.7000000000000002E-2</v>
+        <v>5.8000000000000003E-2</v>
       </c>
       <c r="D61" s="42">
-        <v>70.7</v>
+        <v>68.3</v>
       </c>
       <c r="E61" s="34">
-        <v>-3.6999999999999998E-2</v>
+        <v>-4.1000000000000002E-2</v>
       </c>
       <c r="F61" s="47">
-        <v>79.599999999999994</v>
+        <v>74.099999999999994</v>
       </c>
       <c r="G61" s="35">
         <v>0.154</v>
       </c>
       <c r="H61" s="42">
-        <v>76.8</v>
+        <v>73.5</v>
       </c>
       <c r="I61" s="34">
-        <v>4.4999999999999998E-2</v>
+        <v>4.5999999999999999E-2</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A62" s="23" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B62" s="46">
-        <v>80.400000000000006</v>
+        <v>78.7</v>
       </c>
       <c r="C62" s="33">
-        <v>1.6E-2</v>
+        <v>1.4999999999999999E-2</v>
       </c>
       <c r="D62" s="41">
-        <v>68.400000000000006</v>
+        <v>66.3</v>
       </c>
       <c r="E62" s="32">
-        <v>-3.3000000000000002E-2</v>
+        <v>-2.9000000000000001E-2</v>
       </c>
       <c r="F62" s="46">
-        <v>80.7</v>
+        <v>75.099999999999994</v>
       </c>
       <c r="G62" s="33">
-        <v>1.4E-2</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="H62" s="41">
-        <v>76.7</v>
+        <v>73.400000000000006</v>
       </c>
       <c r="I62" s="32">
         <v>-1E-3</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A63" s="14" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B63" s="45">
-        <v>80.400000000000006</v>
+        <v>78.599999999999994</v>
       </c>
       <c r="C63" s="31">
         <v>-1E-3</v>
       </c>
       <c r="D63" s="40">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="E63" s="30">
         <v>-0.05</v>
       </c>
       <c r="F63" s="45">
-        <v>88.2</v>
+        <v>82.3</v>
       </c>
       <c r="G63" s="31">
-        <v>9.1999999999999998E-2</v>
+        <v>9.6000000000000002E-2</v>
       </c>
       <c r="H63" s="40">
-        <v>78.3</v>
+        <v>75</v>
       </c>
       <c r="I63" s="30">
-        <v>2.1000000000000001E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A64" s="25" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B64" s="48">
-        <v>86.7</v>
+        <v>84.8</v>
       </c>
       <c r="C64" s="37">
         <v>7.9000000000000001E-2</v>
       </c>
       <c r="D64" s="43">
-        <v>66.099999999999994</v>
+        <v>64</v>
       </c>
       <c r="E64" s="36">
-        <v>1.7000000000000001E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="F64" s="48">
-        <v>87.6</v>
+        <v>81.5</v>
       </c>
       <c r="G64" s="37">
-        <v>-6.0000000000000001E-3</v>
+        <v>-0.01</v>
       </c>
       <c r="H64" s="43">
-        <v>82.3</v>
+        <v>78.8</v>
       </c>
       <c r="I64" s="36">
-        <v>5.0999999999999997E-2</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A65" s="14" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B65" s="45">
-        <v>86.2</v>
+        <v>84.3</v>
       </c>
       <c r="C65" s="31">
         <v>-6.0000000000000001E-3</v>
       </c>
       <c r="D65" s="40">
-        <v>76.7</v>
+        <v>74.2</v>
       </c>
       <c r="E65" s="30">
-        <v>0.161</v>
+        <v>0.159</v>
       </c>
       <c r="F65" s="45">
-        <v>106.8</v>
+        <v>99.3</v>
       </c>
       <c r="G65" s="31">
-        <v>0.219</v>
+        <v>0.218</v>
       </c>
       <c r="H65" s="40">
-        <v>90.8</v>
+        <v>86.9</v>
       </c>
       <c r="I65" s="30">
-        <v>0.104</v>
+        <v>0.10299999999999999</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A66" s="23" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B66" s="46">
-        <v>94.2</v>
+        <v>92</v>
       </c>
       <c r="C66" s="33">
-        <v>9.2999999999999999E-2</v>
+        <v>9.1999999999999998E-2</v>
       </c>
       <c r="D66" s="41">
-        <v>69.400000000000006</v>
+        <v>67.3</v>
       </c>
       <c r="E66" s="32">
-        <v>-9.6000000000000002E-2</v>
+        <v>-9.2999999999999999E-2</v>
       </c>
       <c r="F66" s="46">
-        <v>104.1</v>
+        <v>96.8</v>
       </c>
       <c r="G66" s="33">
         <v>-2.5000000000000001E-2</v>
       </c>
       <c r="H66" s="41">
-        <v>90.5</v>
+        <v>86.6</v>
       </c>
       <c r="I66" s="32">
         <v>-4.0000000000000001E-3</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A67" s="14" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B67" s="45">
-        <v>93.3</v>
+        <v>91.2</v>
       </c>
       <c r="C67" s="31">
         <v>-8.9999999999999993E-3</v>
       </c>
       <c r="D67" s="40">
-        <v>66.5</v>
+        <v>64.5</v>
       </c>
       <c r="E67" s="30">
         <v>-4.1000000000000002E-2</v>
       </c>
       <c r="F67" s="45">
-        <v>99</v>
+        <v>92.1</v>
       </c>
       <c r="G67" s="31">
         <v>-4.9000000000000002E-2</v>
       </c>
       <c r="H67" s="40">
-        <v>87</v>
+        <v>83.3</v>
       </c>
       <c r="I67" s="30">
         <v>-3.7999999999999999E-2</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A68" s="23" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B68" s="46">
-        <v>95.8</v>
+        <v>93.7</v>
       </c>
       <c r="C68" s="33">
-        <v>2.7E-2</v>
+        <v>2.8000000000000001E-2</v>
       </c>
       <c r="D68" s="41">
-        <v>69.099999999999994</v>
+        <v>66.900000000000006</v>
       </c>
       <c r="E68" s="32">
-        <v>3.9E-2</v>
+        <v>3.5999999999999997E-2</v>
       </c>
       <c r="F68" s="46">
-        <v>96.6</v>
+        <v>90.1</v>
       </c>
       <c r="G68" s="33">
-        <v>-2.4E-2</v>
+        <v>-2.1000000000000001E-2</v>
       </c>
       <c r="H68" s="41">
-        <v>89.7</v>
+        <v>86</v>
       </c>
       <c r="I68" s="32">
-        <v>3.1E-2</v>
+        <v>3.2000000000000001E-2</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A69" s="24" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B69" s="47">
-        <v>97.6</v>
+        <v>95.5</v>
       </c>
       <c r="C69" s="35">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="D69" s="42">
-        <v>76.5</v>
+        <v>74</v>
       </c>
       <c r="E69" s="34">
         <v>0.106</v>
       </c>
       <c r="F69" s="47">
-        <v>100.4</v>
+        <v>93.7</v>
       </c>
       <c r="G69" s="35">
-        <v>0.04</v>
+        <v>3.9E-2</v>
       </c>
       <c r="H69" s="42">
-        <v>91.9</v>
+        <v>88.1</v>
       </c>
       <c r="I69" s="34">
         <v>2.4E-2</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A70" s="23" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B70" s="46">
-        <v>100.2</v>
+        <v>98</v>
       </c>
       <c r="C70" s="33">
         <v>2.7E-2</v>
       </c>
       <c r="D70" s="41">
-        <v>83.2</v>
+        <v>80.599999999999994</v>
       </c>
       <c r="E70" s="32">
-        <v>8.7999999999999995E-2</v>
+        <v>8.8999999999999996E-2</v>
       </c>
       <c r="F70" s="46">
-        <v>100.7</v>
+        <v>93.6</v>
       </c>
       <c r="G70" s="33">
-        <v>3.0000000000000001E-3</v>
+        <v>-1E-3</v>
       </c>
       <c r="H70" s="41">
-        <v>95.4</v>
+        <v>91.3</v>
       </c>
       <c r="I70" s="32">
-        <v>3.7999999999999999E-2</v>
+        <v>3.5999999999999997E-2</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A71" s="14" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B71" s="45">
-        <v>99.1</v>
+        <v>96.9</v>
       </c>
       <c r="C71" s="31">
-        <v>-1.2E-2</v>
+        <v>-1.0999999999999999E-2</v>
       </c>
       <c r="D71" s="40">
-        <v>80</v>
+        <v>77.599999999999994</v>
       </c>
       <c r="E71" s="30">
-        <v>-3.7999999999999999E-2</v>
+        <v>-3.6999999999999998E-2</v>
       </c>
       <c r="F71" s="45">
-        <v>100.1</v>
+        <v>93</v>
       </c>
       <c r="G71" s="31">
         <v>-6.0000000000000001E-3</v>
       </c>
       <c r="H71" s="40">
-        <v>93.5</v>
+        <v>89.5</v>
       </c>
       <c r="I71" s="30">
-        <v>-0.02</v>
+        <v>-1.9E-2</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A72" s="25" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B72" s="48">
-        <v>102.8</v>
+        <v>100.4</v>
       </c>
       <c r="C72" s="37">
-        <v>3.6999999999999998E-2</v>
+        <v>3.5999999999999997E-2</v>
       </c>
       <c r="D72" s="43">
-        <v>83.6</v>
+        <v>80.900000000000006</v>
       </c>
       <c r="E72" s="36">
-        <v>4.4999999999999998E-2</v>
+        <v>4.2999999999999997E-2</v>
       </c>
       <c r="F72" s="48">
-        <v>106.6</v>
+        <v>99</v>
       </c>
       <c r="G72" s="37">
-        <v>6.5000000000000002E-2</v>
+        <v>6.4000000000000001E-2</v>
       </c>
       <c r="H72" s="43">
-        <v>100.1</v>
+        <v>95.7</v>
       </c>
       <c r="I72" s="36">
         <v>7.0000000000000007E-2</v>
       </c>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A73" s="14" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B73" s="45">
-        <v>110.3</v>
+        <v>107.9</v>
       </c>
       <c r="C73" s="31">
-        <v>7.2999999999999995E-2</v>
+        <v>7.3999999999999996E-2</v>
       </c>
       <c r="D73" s="40">
-        <v>75.2</v>
+        <v>72.7</v>
       </c>
       <c r="E73" s="30">
         <v>-0.10100000000000001</v>
       </c>
       <c r="F73" s="45">
-        <v>112.5</v>
+        <v>104.5</v>
       </c>
       <c r="G73" s="31">
         <v>5.5E-2</v>
       </c>
       <c r="H73" s="40">
-        <v>100</v>
+        <v>95.7</v>
       </c>
       <c r="I73" s="30">
-        <v>-1E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A74" s="23" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B74" s="46">
-        <v>112.4</v>
+        <v>109.9</v>
       </c>
       <c r="C74" s="33">
         <v>1.9E-2</v>
       </c>
       <c r="D74" s="41">
-        <v>75.8</v>
+        <v>73.599999999999994</v>
       </c>
       <c r="E74" s="32">
-        <v>8.9999999999999993E-3</v>
+        <v>1.2E-2</v>
       </c>
       <c r="F74" s="46">
-        <v>112.6</v>
+        <v>105.2</v>
       </c>
       <c r="G74" s="33">
-        <v>1E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="H74" s="41">
-        <v>101.7</v>
+        <v>97.4</v>
       </c>
       <c r="I74" s="32">
-        <v>1.6E-2</v>
+        <v>1.7999999999999999E-2</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A75" s="14" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B75" s="45">
-        <v>112.4</v>
+        <v>109.9</v>
       </c>
       <c r="C75" s="31">
         <v>0</v>
       </c>
       <c r="D75" s="40">
-        <v>77.400000000000006</v>
+        <v>75.099999999999994</v>
       </c>
       <c r="E75" s="30">
         <v>0.02</v>
       </c>
       <c r="F75" s="45">
-        <v>108.4</v>
+        <v>101.1</v>
       </c>
       <c r="G75" s="31">
         <v>-3.7999999999999999E-2</v>
       </c>
       <c r="H75" s="40">
-        <v>100.5</v>
+        <v>96.3</v>
       </c>
       <c r="I75" s="30">
         <v>-1.0999999999999999E-2</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A76" s="23" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B76" s="46">
-        <v>110.4</v>
+        <v>107.9</v>
       </c>
       <c r="C76" s="33">
-        <v>-1.7999999999999999E-2</v>
+        <v>-1.9E-2</v>
       </c>
       <c r="D76" s="41">
-        <v>69.5</v>
+        <v>67.2</v>
       </c>
       <c r="E76" s="32">
-        <v>-0.10100000000000001</v>
+        <v>-0.106</v>
       </c>
       <c r="F76" s="46">
-        <v>111.6</v>
+        <v>103.6</v>
       </c>
       <c r="G76" s="33">
-        <v>2.9000000000000001E-2</v>
+        <v>2.5000000000000001E-2</v>
       </c>
       <c r="H76" s="41">
-        <v>100.5</v>
+        <v>96.1</v>
       </c>
       <c r="I76" s="32">
-        <v>-1E-3</v>
+        <v>-3.0000000000000001E-3</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A77" s="24" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B77" s="47">
-        <v>106.5</v>
+        <v>104.3</v>
       </c>
       <c r="C77" s="35">
-        <v>-3.5000000000000003E-2</v>
+        <v>-3.3000000000000002E-2</v>
       </c>
       <c r="D77" s="42">
-        <v>67.7</v>
+        <v>65.5</v>
       </c>
       <c r="E77" s="34">
-        <v>-2.5999999999999999E-2</v>
+        <v>-2.5000000000000001E-2</v>
       </c>
       <c r="F77" s="47">
-        <v>104.4</v>
+        <v>97</v>
       </c>
       <c r="G77" s="35">
         <v>-6.4000000000000001E-2</v>
       </c>
       <c r="H77" s="42">
-        <v>93.5</v>
+        <v>89.5</v>
       </c>
       <c r="I77" s="34">
-        <v>-7.0000000000000007E-2</v>
+        <v>-6.9000000000000006E-2</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A78" s="23" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B78" s="46">
-        <v>115.8</v>
+        <v>113.4</v>
       </c>
       <c r="C78" s="33">
-        <v>8.7999999999999995E-2</v>
+        <v>8.6999999999999994E-2</v>
       </c>
       <c r="D78" s="41">
-        <v>70.5</v>
+        <v>68.599999999999994</v>
       </c>
       <c r="E78" s="32">
+        <v>4.7E-2</v>
+      </c>
+      <c r="F78" s="46">
+        <v>95.6</v>
+      </c>
+      <c r="G78" s="33">
+        <v>-1.4999999999999999E-2</v>
+      </c>
+      <c r="H78" s="41">
+        <v>93.1</v>
+      </c>
+      <c r="I78" s="32">
         <v>4.1000000000000002E-2</v>
-      </c>
-[...10 lines deleted...]
-        <v>4.2000000000000003E-2</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A79" s="14" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B79" s="45">
-        <v>124.7</v>
+        <v>122</v>
       </c>
       <c r="C79" s="31">
-        <v>7.6999999999999999E-2</v>
+        <v>7.5999999999999998E-2</v>
       </c>
       <c r="D79" s="40">
-        <v>76</v>
+        <v>73.8</v>
       </c>
       <c r="E79" s="30">
-        <v>7.6999999999999999E-2</v>
+        <v>7.5999999999999998E-2</v>
       </c>
       <c r="F79" s="45">
-        <v>103.5</v>
+        <v>96.5</v>
       </c>
       <c r="G79" s="31">
-        <v>6.0000000000000001E-3</v>
+        <v>0.01</v>
       </c>
       <c r="H79" s="40">
-        <v>102.8</v>
+        <v>98.5</v>
       </c>
       <c r="I79" s="30">
-        <v>5.6000000000000001E-2</v>
+        <v>5.8000000000000003E-2</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A80" s="25" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B80" s="48">
-        <v>105.7</v>
+        <v>103.3</v>
       </c>
       <c r="C80" s="37">
-        <v>-0.152</v>
+        <v>-0.153</v>
       </c>
       <c r="D80" s="43">
-        <v>87.4</v>
+        <v>84.2</v>
       </c>
       <c r="E80" s="36">
-        <v>0.151</v>
+        <v>0.14199999999999999</v>
       </c>
       <c r="F80" s="48">
-        <v>94.7</v>
+        <v>88</v>
       </c>
       <c r="G80" s="37">
-        <v>-8.5000000000000006E-2</v>
+        <v>-8.8999999999999996E-2</v>
       </c>
       <c r="H80" s="43">
-        <v>97.8</v>
+        <v>93.6</v>
       </c>
       <c r="I80" s="36">
-        <v>-4.9000000000000002E-2</v>
+        <v>-0.05</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A81" s="14" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B81" s="45">
-        <v>116.2</v>
+        <v>113.7</v>
       </c>
       <c r="C81" s="31">
-        <v>9.8000000000000004E-2</v>
+        <v>0.10100000000000001</v>
       </c>
       <c r="D81" s="40">
-        <v>87.7</v>
+        <v>84.8</v>
       </c>
       <c r="E81" s="30">
-        <v>3.0000000000000001E-3</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="F81" s="45">
-        <v>97.4</v>
+        <v>90.7</v>
       </c>
       <c r="G81" s="31">
-        <v>2.8000000000000001E-2</v>
+        <v>3.1E-2</v>
       </c>
       <c r="H81" s="40">
-        <v>99.9</v>
+        <v>95.6</v>
       </c>
       <c r="I81" s="30">
-        <v>2.1000000000000001E-2</v>
+        <v>2.1999999999999999E-2</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A82" s="23" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B82" s="46">
-        <v>106.6</v>
+        <v>104.2</v>
       </c>
       <c r="C82" s="33">
-        <v>-8.2000000000000003E-2</v>
+        <v>-8.4000000000000005E-2</v>
       </c>
       <c r="D82" s="41">
-        <v>89.3</v>
+        <v>86.9</v>
       </c>
       <c r="E82" s="32">
-        <v>1.9E-2</v>
+        <v>2.4E-2</v>
       </c>
       <c r="F82" s="46">
-        <v>94.3</v>
+        <v>87.5</v>
       </c>
       <c r="G82" s="33">
-        <v>-3.2000000000000001E-2</v>
+        <v>-3.5000000000000003E-2</v>
       </c>
       <c r="H82" s="41">
-        <v>96.2</v>
+        <v>92</v>
       </c>
       <c r="I82" s="32">
-        <v>-3.6999999999999998E-2</v>
+        <v>-3.7999999999999999E-2</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A83" s="14" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B83" s="45">
-        <v>102.4</v>
+        <v>100.1</v>
       </c>
       <c r="C83" s="31">
+        <v>-0.04</v>
+      </c>
+      <c r="D83" s="40">
+        <v>103.2</v>
+      </c>
+      <c r="E83" s="30">
+        <v>0.188</v>
+      </c>
+      <c r="F83" s="45">
+        <v>84</v>
+      </c>
+      <c r="G83" s="31">
         <v>-3.9E-2</v>
       </c>
-      <c r="D83" s="40">
-[...10 lines deleted...]
-      </c>
       <c r="H83" s="40">
-        <v>99.2</v>
+        <v>95</v>
       </c>
       <c r="I83" s="30">
-        <v>3.1E-2</v>
+        <v>3.3000000000000002E-2</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A84" s="23" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B84" s="46">
-        <v>99.8</v>
+        <v>97.5</v>
       </c>
       <c r="C84" s="33">
-        <v>-2.5000000000000001E-2</v>
+        <v>-2.5999999999999999E-2</v>
       </c>
       <c r="D84" s="41">
-        <v>87.7</v>
+        <v>84.3</v>
       </c>
       <c r="E84" s="32">
-        <v>-0.17499999999999999</v>
+        <v>-0.183</v>
       </c>
       <c r="F84" s="46">
-        <v>102.5</v>
+        <v>95.6</v>
       </c>
       <c r="G84" s="33">
         <v>0.13700000000000001</v>
       </c>
       <c r="H84" s="41">
-        <v>98.9</v>
+        <v>94.7</v>
       </c>
       <c r="I84" s="32">
         <v>-3.0000000000000001E-3</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A85" s="24" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B85" s="47">
-        <v>108.8</v>
+        <v>106.5</v>
       </c>
       <c r="C85" s="35">
-        <v>9.0999999999999998E-2</v>
+        <v>9.2999999999999999E-2</v>
       </c>
       <c r="D85" s="42">
-        <v>91.1</v>
+        <v>88.3</v>
       </c>
       <c r="E85" s="34">
-        <v>3.7999999999999999E-2</v>
+        <v>4.7E-2</v>
       </c>
       <c r="F85" s="47">
-        <v>96.2</v>
+        <v>89.6</v>
       </c>
       <c r="G85" s="35">
         <v>-6.2E-2</v>
       </c>
       <c r="H85" s="42">
-        <v>98</v>
+        <v>93.9</v>
       </c>
       <c r="I85" s="34">
         <v>-8.9999999999999993E-3</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A86" s="23" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B86" s="46">
-        <v>66</v>
+        <v>64.5</v>
       </c>
       <c r="C86" s="33">
         <v>-0.39400000000000002</v>
       </c>
       <c r="D86" s="41">
-        <v>70.099999999999994</v>
+        <v>68.400000000000006</v>
       </c>
       <c r="E86" s="32">
-        <v>-0.23100000000000001</v>
+        <v>-0.22500000000000001</v>
       </c>
       <c r="F86" s="46">
-        <v>68.5</v>
+        <v>63.6</v>
       </c>
       <c r="G86" s="33">
-        <v>-0.28699999999999998</v>
+        <v>-0.28999999999999998</v>
       </c>
       <c r="H86" s="41">
-        <v>67.099999999999994</v>
+        <v>64.2</v>
       </c>
       <c r="I86" s="32">
-        <v>-0.315</v>
+        <v>-0.316</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A87" s="14" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B87" s="45">
-        <v>93.9</v>
+        <v>91.8</v>
       </c>
       <c r="C87" s="31">
         <v>0.42199999999999999</v>
       </c>
       <c r="D87" s="40">
-        <v>84.8</v>
+        <v>82.3</v>
       </c>
       <c r="E87" s="30">
-        <v>0.21099999999999999</v>
+        <v>0.20300000000000001</v>
       </c>
       <c r="F87" s="45">
-        <v>100.8</v>
+        <v>93.9</v>
       </c>
       <c r="G87" s="31">
-        <v>0.47</v>
+        <v>0.47499999999999998</v>
       </c>
       <c r="H87" s="40">
-        <v>94.2</v>
+        <v>90.2</v>
       </c>
       <c r="I87" s="30">
-        <v>0.40300000000000002</v>
+        <v>0.40500000000000003</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A88" s="25" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B88" s="48">
-        <v>115.3</v>
+        <v>112.7</v>
       </c>
       <c r="C88" s="37">
-        <v>0.22900000000000001</v>
+        <v>0.22800000000000001</v>
       </c>
       <c r="D88" s="43">
-        <v>104.2</v>
+        <v>100</v>
       </c>
       <c r="E88" s="36">
-        <v>0.22900000000000001</v>
+        <v>0.215</v>
       </c>
       <c r="F88" s="48">
-        <v>104.1</v>
+        <v>96.9</v>
       </c>
       <c r="G88" s="37">
         <v>3.3000000000000002E-2</v>
       </c>
       <c r="H88" s="43">
-        <v>109.4</v>
+        <v>104.7</v>
       </c>
       <c r="I88" s="36">
         <v>0.161</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A89" s="14" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B89" s="45">
-        <v>110.1</v>
+        <v>107.8</v>
       </c>
       <c r="C89" s="31">
-        <v>-4.4999999999999998E-2</v>
+        <v>-4.2999999999999997E-2</v>
       </c>
       <c r="D89" s="40">
-        <v>100.9</v>
+        <v>97.9</v>
       </c>
       <c r="E89" s="30">
-        <v>-3.2000000000000001E-2</v>
+        <v>-2.1000000000000001E-2</v>
       </c>
       <c r="F89" s="45">
-        <v>100</v>
+        <v>93.1</v>
       </c>
       <c r="G89" s="31">
         <v>-3.9E-2</v>
       </c>
       <c r="H89" s="40">
-        <v>103</v>
+        <v>98.6</v>
       </c>
       <c r="I89" s="30">
-        <v>-5.8000000000000003E-2</v>
+        <v>-5.8999999999999997E-2</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A90" s="23" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B90" s="46">
-        <v>106.1</v>
+        <v>103.9</v>
       </c>
       <c r="C90" s="33">
-        <v>-3.6999999999999998E-2</v>
+        <v>-3.5999999999999997E-2</v>
       </c>
       <c r="D90" s="41">
-        <v>112.2</v>
+        <v>108.9</v>
       </c>
       <c r="E90" s="32">
-        <v>0.112</v>
+        <v>0.111</v>
       </c>
       <c r="F90" s="46">
-        <v>96.9</v>
+        <v>90</v>
       </c>
       <c r="G90" s="33">
-        <v>-3.1E-2</v>
+        <v>-3.4000000000000002E-2</v>
       </c>
       <c r="H90" s="41">
-        <v>103.3</v>
+        <v>98.7</v>
       </c>
       <c r="I90" s="32">
-        <v>3.0000000000000001E-3</v>
+        <v>1E-3</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A91" s="14" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="B91" s="45">
-        <v>108.5</v>
+        <v>106.2</v>
       </c>
       <c r="C91" s="31">
         <v>2.3E-2</v>
       </c>
       <c r="D91" s="40">
-        <v>95.1</v>
+        <v>91.7</v>
       </c>
       <c r="E91" s="30">
-        <v>-0.153</v>
+        <v>-0.158</v>
       </c>
       <c r="F91" s="45">
-        <v>95.1</v>
+        <v>88.1</v>
       </c>
       <c r="G91" s="31">
-        <v>-1.9E-2</v>
+        <v>-0.02</v>
       </c>
       <c r="H91" s="40">
-        <v>100.1</v>
+        <v>95.6</v>
       </c>
       <c r="I91" s="30">
         <v>-3.1E-2</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A92" s="23" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="B92" s="46">
-        <v>105.5</v>
+        <v>103.2</v>
       </c>
       <c r="C92" s="33">
-        <v>-2.7E-2</v>
+        <v>-2.8000000000000001E-2</v>
       </c>
       <c r="D92" s="41">
-        <v>103.9</v>
+        <v>98.6</v>
       </c>
       <c r="E92" s="32">
-        <v>9.1999999999999998E-2</v>
+        <v>7.4999999999999997E-2</v>
       </c>
       <c r="F92" s="46">
-        <v>100</v>
+        <v>92.4</v>
       </c>
       <c r="G92" s="33">
-        <v>5.0999999999999997E-2</v>
+        <v>4.9000000000000002E-2</v>
       </c>
       <c r="H92" s="41">
-        <v>104.4</v>
+        <v>99.5</v>
       </c>
       <c r="I92" s="32">
-        <v>4.2999999999999997E-2</v>
+        <v>4.1000000000000002E-2</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A93" s="24" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B93" s="47">
-        <v>100.5</v>
+        <v>98.3</v>
       </c>
       <c r="C93" s="35">
         <v>-4.8000000000000001E-2</v>
       </c>
       <c r="D93" s="42">
-        <v>96.8</v>
+        <v>92.9</v>
       </c>
       <c r="E93" s="34">
-        <v>-6.8000000000000005E-2</v>
+        <v>-5.8000000000000003E-2</v>
       </c>
       <c r="F93" s="47">
-        <v>100.4</v>
+        <v>92</v>
       </c>
       <c r="G93" s="35">
-        <v>4.0000000000000001E-3</v>
+        <v>-5.0000000000000001E-3</v>
       </c>
       <c r="H93" s="42">
-        <v>98.8</v>
+        <v>93.6</v>
       </c>
       <c r="I93" s="34">
-        <v>-5.3999999999999999E-2</v>
+        <v>-0.06</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A94" s="23" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="B94" s="46">
-        <v>101.4</v>
+        <v>99.1</v>
       </c>
       <c r="C94" s="33">
         <v>8.0000000000000002E-3</v>
       </c>
       <c r="D94" s="41">
-        <v>97.5</v>
+        <v>93.5</v>
       </c>
       <c r="E94" s="32">
-        <v>8.0000000000000002E-3</v>
+        <v>6.0000000000000001E-3</v>
       </c>
       <c r="F94" s="46">
-        <v>97.9</v>
+        <v>89.2</v>
       </c>
       <c r="G94" s="33">
-        <v>-2.4E-2</v>
+        <v>-0.03</v>
       </c>
       <c r="H94" s="41">
-        <v>97.6</v>
+        <v>92.2</v>
       </c>
       <c r="I94" s="32">
-        <v>-1.2E-2</v>
+        <v>-1.4999999999999999E-2</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A95" s="14" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="B95" s="45">
-        <v>90.8</v>
+        <v>88.5</v>
       </c>
       <c r="C95" s="31">
-        <v>-0.104</v>
+        <v>-0.107</v>
       </c>
       <c r="D95" s="40">
-        <v>99.8</v>
+        <v>94.6</v>
       </c>
       <c r="E95" s="30">
-        <v>2.3E-2</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="F95" s="45">
-        <v>99.5</v>
+        <v>90.6</v>
       </c>
       <c r="G95" s="31">
         <v>1.6E-2</v>
       </c>
       <c r="H95" s="40">
-        <v>97.3</v>
+        <v>91.8</v>
       </c>
       <c r="I95" s="30">
         <v>-4.0000000000000001E-3</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A96" s="25" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B96" s="48">
-        <v>107.1</v>
+        <v>104.3</v>
       </c>
       <c r="C96" s="37">
         <v>0.17899999999999999</v>
       </c>
       <c r="D96" s="43">
-        <v>106.4</v>
+        <v>100</v>
       </c>
       <c r="E96" s="36">
-        <v>6.7000000000000004E-2</v>
+        <v>5.7000000000000002E-2</v>
       </c>
       <c r="F96" s="48">
-        <v>102.3</v>
+        <v>93.3</v>
       </c>
       <c r="G96" s="37">
-        <v>2.8000000000000001E-2</v>
+        <v>2.9000000000000001E-2</v>
       </c>
       <c r="H96" s="43">
-        <v>106.3</v>
+        <v>100.5</v>
       </c>
       <c r="I96" s="36">
-        <v>9.2999999999999999E-2</v>
+        <v>9.5000000000000001E-2</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A97" s="14" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B97" s="45">
-        <v>110.9</v>
+        <v>108.4</v>
       </c>
       <c r="C97" s="31">
-        <v>3.5000000000000003E-2</v>
+        <v>3.9E-2</v>
       </c>
       <c r="D97" s="40">
-        <v>106.9</v>
+        <v>102.3</v>
       </c>
       <c r="E97" s="30">
-        <v>5.0000000000000001E-3</v>
+        <v>2.4E-2</v>
       </c>
       <c r="F97" s="45">
-        <v>112.4</v>
+        <v>101.6</v>
       </c>
       <c r="G97" s="31">
-        <v>9.9000000000000005E-2</v>
+        <v>8.8999999999999996E-2</v>
       </c>
       <c r="H97" s="40">
-        <v>109.8</v>
+        <v>103.2</v>
       </c>
       <c r="I97" s="30">
-        <v>3.3000000000000002E-2</v>
+        <v>2.7E-2</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A98" s="23" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B98" s="46">
-        <v>107.7</v>
+        <v>105.2</v>
       </c>
       <c r="C98" s="33">
         <v>-2.9000000000000001E-2</v>
       </c>
       <c r="D98" s="41">
-        <v>102.6</v>
+        <v>98</v>
       </c>
       <c r="E98" s="32">
-        <v>-0.04</v>
+        <v>-4.2999999999999997E-2</v>
       </c>
       <c r="F98" s="46">
-        <v>107.2</v>
+        <v>97.1</v>
       </c>
       <c r="G98" s="33">
-        <v>-4.5999999999999999E-2</v>
+        <v>-4.4999999999999998E-2</v>
       </c>
       <c r="H98" s="41">
-        <v>104.7</v>
+        <v>98.4</v>
       </c>
       <c r="I98" s="32">
         <v>-4.7E-2</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A99" s="14" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B99" s="45">
-        <v>102.4</v>
+        <v>99.6</v>
       </c>
       <c r="C99" s="31">
-        <v>-4.9000000000000002E-2</v>
+        <v>-5.2999999999999999E-2</v>
       </c>
       <c r="D99" s="40">
-        <v>106.9</v>
+        <v>100.4</v>
       </c>
       <c r="E99" s="30">
-        <v>4.2000000000000003E-2</v>
+        <v>2.4E-2</v>
       </c>
       <c r="F99" s="45">
-        <v>108.7</v>
+        <v>97.9</v>
       </c>
       <c r="G99" s="31">
-        <v>1.4E-2</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="H99" s="40">
-        <v>106.7</v>
+        <v>100.1</v>
       </c>
       <c r="I99" s="30">
-        <v>0.02</v>
+        <v>1.7999999999999999E-2</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A100" s="23" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B100" s="46">
-        <v>89.1</v>
+        <v>86.6</v>
       </c>
       <c r="C100" s="33">
         <v>-0.13100000000000001</v>
       </c>
       <c r="D100" s="41">
-        <v>106.5</v>
+        <v>99.4</v>
       </c>
       <c r="E100" s="32">
-        <v>-4.0000000000000001E-3</v>
+        <v>-8.9999999999999993E-3</v>
       </c>
       <c r="F100" s="46">
-        <v>114</v>
+        <v>103.4</v>
       </c>
       <c r="G100" s="33">
-        <v>4.9000000000000002E-2</v>
+        <v>5.5E-2</v>
       </c>
       <c r="H100" s="41">
-        <v>104.5</v>
+        <v>98.3</v>
       </c>
       <c r="I100" s="32">
-        <v>-2.1000000000000001E-2</v>
+        <v>-1.9E-2</v>
       </c>
     </row>
     <row r="101" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="24" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="B101" s="47">
-        <v>102.6</v>
+        <v>100.2</v>
       </c>
       <c r="C101" s="35">
-        <v>0.153</v>
+        <v>0.158</v>
       </c>
       <c r="D101" s="42">
-        <v>117</v>
+        <v>111.9</v>
       </c>
       <c r="E101" s="34">
-        <v>9.9000000000000005E-2</v>
+        <v>0.126</v>
       </c>
       <c r="F101" s="47">
-        <v>113.4</v>
+        <v>102.4</v>
       </c>
       <c r="G101" s="35">
-        <v>-5.0000000000000001E-3</v>
+        <v>-0.01</v>
       </c>
       <c r="H101" s="42">
-        <v>110.3</v>
+        <v>103.5</v>
       </c>
       <c r="I101" s="34">
-        <v>5.6000000000000001E-2</v>
+        <v>5.3999999999999999E-2</v>
       </c>
     </row>
     <row r="102" spans="1:9" ht="16.5" x14ac:dyDescent="0.2">
       <c r="A102" s="23" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="B102" s="46">
-        <v>98.7</v>
+        <v>96.4</v>
       </c>
       <c r="C102" s="33">
         <v>-3.9E-2</v>
       </c>
       <c r="D102" s="41">
-        <v>117.7</v>
+        <v>111.9</v>
       </c>
       <c r="E102" s="32">
-        <v>5.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="F102" s="46">
-        <v>124.5</v>
+        <v>111.7</v>
       </c>
       <c r="G102" s="33">
-        <v>9.8000000000000004E-2</v>
+        <v>9.0999999999999998E-2</v>
       </c>
       <c r="H102" s="41">
-        <v>112.4</v>
+        <v>105</v>
       </c>
       <c r="I102" s="32">
-        <v>1.9E-2</v>
+        <v>1.4999999999999999E-2</v>
       </c>
     </row>
     <row r="103" spans="1:9" ht="16.5" x14ac:dyDescent="0.2">
       <c r="A103" s="14" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="B103" s="45">
-        <v>111.1</v>
+        <v>107.5</v>
       </c>
       <c r="C103" s="31">
-        <v>0.126</v>
+        <v>0.11600000000000001</v>
       </c>
       <c r="D103" s="40">
-        <v>117.4</v>
+        <v>108.2</v>
       </c>
       <c r="E103" s="30">
-        <v>-2E-3</v>
+        <v>-3.3000000000000002E-2</v>
       </c>
       <c r="F103" s="45">
-        <v>127.2</v>
+        <v>113.6</v>
       </c>
       <c r="G103" s="31">
-        <v>2.1000000000000001E-2</v>
+        <v>1.7000000000000001E-2</v>
       </c>
       <c r="H103" s="40">
-        <v>119.6</v>
+        <v>111.3</v>
       </c>
       <c r="I103" s="30">
-        <v>6.5000000000000002E-2</v>
+        <v>5.8999999999999997E-2</v>
       </c>
     </row>
     <row r="104" spans="1:9" ht="16.5" x14ac:dyDescent="0.2">
       <c r="A104" s="25" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="B104" s="48">
-        <v>116.8</v>
+        <v>113.7</v>
       </c>
       <c r="C104" s="37">
-        <v>5.1999999999999998E-2</v>
+        <v>5.7000000000000002E-2</v>
       </c>
       <c r="D104" s="43">
-        <v>114</v>
+        <v>104.9</v>
       </c>
       <c r="E104" s="36">
-        <v>-2.9000000000000001E-2</v>
+        <v>-0.03</v>
       </c>
       <c r="F104" s="48">
-        <v>123.7</v>
+        <v>109.6</v>
       </c>
       <c r="G104" s="37">
-        <v>-2.8000000000000001E-2</v>
+        <v>-3.5000000000000003E-2</v>
       </c>
       <c r="H104" s="43">
-        <v>119.5</v>
+        <v>110.9</v>
       </c>
       <c r="I104" s="36">
-        <v>-1E-3</v>
+        <v>-3.0000000000000001E-3</v>
       </c>
     </row>
     <row r="105" spans="1:9" ht="16.5" x14ac:dyDescent="0.2">
       <c r="A105" s="59" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="B105" s="62">
-        <v>107.3</v>
+        <v>103.9</v>
       </c>
       <c r="C105" s="63">
-        <v>-8.1000000000000003E-2</v>
+        <v>-8.5999999999999993E-2</v>
       </c>
       <c r="D105" s="60">
-        <v>113.9</v>
+        <v>98.6</v>
       </c>
       <c r="E105" s="61">
-        <v>-1E-3</v>
+        <v>-0.06</v>
       </c>
       <c r="F105" s="62">
-        <v>127.6</v>
+        <v>112.9</v>
       </c>
       <c r="G105" s="63">
-        <v>3.2000000000000001E-2</v>
+        <v>0.03</v>
       </c>
       <c r="H105" s="60">
-        <v>116.2</v>
+        <v>104.8</v>
       </c>
       <c r="I105" s="61">
-        <v>-2.7E-2</v>
+        <v>-5.5E-2</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A106" s="65" t="s">
-        <v>704</v>
-[...23 lines deleted...]
-        <v>3.7999999999999999E-2</v>
+        <v>700</v>
+      </c>
+      <c r="B106" s="125">
+        <v>121.5</v>
+      </c>
+      <c r="C106" s="126">
+        <v>0.17</v>
+      </c>
+      <c r="D106" s="125">
+        <v>99.6</v>
+      </c>
+      <c r="E106" s="126">
+        <v>0.01</v>
+      </c>
+      <c r="F106" s="125">
+        <v>103.5</v>
+      </c>
+      <c r="G106" s="126">
+        <v>-8.4000000000000005E-2</v>
+      </c>
+      <c r="H106" s="95">
+        <v>106.6</v>
+      </c>
+      <c r="I106" s="186">
+        <v>1.7000000000000001E-2</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="B107" s="18"/>
-[...6 lines deleted...]
-      <c r="I107" s="2"/>
+      <c r="A107" s="14" t="s">
+        <v>746</v>
+      </c>
+      <c r="B107" s="18">
+        <v>125.3</v>
+      </c>
+      <c r="C107" s="19">
+        <v>3.1E-2</v>
+      </c>
+      <c r="D107" s="18">
+        <v>106.1</v>
+      </c>
+      <c r="E107" s="19">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="F107" s="18">
+        <v>96.5</v>
+      </c>
+      <c r="G107" s="19">
+        <v>-6.7000000000000004E-2</v>
+      </c>
+      <c r="H107" s="5">
+        <v>110.2</v>
+      </c>
+      <c r="I107" s="187">
+        <v>3.4000000000000002E-2</v>
+      </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A108" s="15" t="s">
-[...7 lines deleted...]
-      <c r="G108" s="20"/>
+      <c r="B108" s="18"/>
+      <c r="C108" s="19"/>
+      <c r="D108" s="18"/>
+      <c r="E108" s="19"/>
+      <c r="F108" s="18"/>
+      <c r="G108" s="19"/>
       <c r="H108" s="2"/>
       <c r="I108" s="2"/>
     </row>
-    <row r="109" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="G109" s="16"/>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A109" s="15" t="s">
+        <v>740</v>
+      </c>
+      <c r="B109" s="20"/>
+      <c r="C109" s="20"/>
+      <c r="D109" s="20"/>
+      <c r="E109" s="20"/>
+      <c r="F109" s="20"/>
+      <c r="G109" s="20"/>
       <c r="H109" s="2"/>
       <c r="I109" s="2"/>
     </row>
-    <row r="110" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B110" s="17"/>
+    <row r="110" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A110" s="13" t="s">
+        <v>639</v>
+      </c>
+      <c r="B110" s="13"/>
       <c r="C110" s="16"/>
       <c r="D110" s="17"/>
       <c r="E110" s="16"/>
       <c r="F110" s="17"/>
       <c r="G110" s="16"/>
       <c r="H110" s="2"/>
       <c r="I110" s="2"/>
     </row>
     <row r="111" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A111" s="2" t="s">
-        <v>672</v>
+      <c r="A111" s="28" t="s">
+        <v>659</v>
       </c>
       <c r="B111" s="17"/>
       <c r="C111" s="16"/>
       <c r="D111" s="17"/>
       <c r="E111" s="16"/>
       <c r="F111" s="17"/>
       <c r="G111" s="16"/>
       <c r="H111" s="2"/>
       <c r="I111" s="2"/>
     </row>
     <row r="112" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A112" s="28" t="s">
-        <v>673</v>
+      <c r="A112" s="2" t="s">
+        <v>670</v>
       </c>
       <c r="B112" s="17"/>
       <c r="C112" s="16"/>
       <c r="D112" s="17"/>
       <c r="E112" s="16"/>
       <c r="F112" s="17"/>
       <c r="G112" s="16"/>
       <c r="H112" s="2"/>
       <c r="I112" s="2"/>
     </row>
     <row r="113" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A113" s="29" t="s">
-        <v>662</v>
+      <c r="A113" s="28" t="s">
+        <v>671</v>
       </c>
       <c r="B113" s="17"/>
       <c r="C113" s="16"/>
       <c r="D113" s="17"/>
       <c r="E113" s="16"/>
       <c r="F113" s="17"/>
       <c r="G113" s="16"/>
       <c r="H113" s="2"/>
       <c r="I113" s="2"/>
     </row>
-    <row r="114" spans="1:9" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-    <row r="115" spans="1:9" ht="16.5" x14ac:dyDescent="0.2">
+    <row r="114" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A114" s="29" t="s">
+        <v>660</v>
+      </c>
+      <c r="B114" s="17"/>
+      <c r="C114" s="16"/>
+      <c r="D114" s="17"/>
+      <c r="E114" s="16"/>
+      <c r="F114" s="17"/>
+      <c r="G114" s="16"/>
+      <c r="H114" s="2"/>
+      <c r="I114" s="2"/>
+    </row>
+    <row r="115" spans="1:9" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.2">
       <c r="A115" s="2" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-      <c r="I115" s="2"/>
+        <v>661</v>
+      </c>
+      <c r="B115" s="22"/>
+      <c r="C115" s="21"/>
+      <c r="D115" s="22"/>
+      <c r="E115" s="21"/>
+      <c r="F115" s="22"/>
+      <c r="G115" s="21"/>
+    </row>
+    <row r="116" spans="1:9" ht="16.5" x14ac:dyDescent="0.2">
+      <c r="A116" s="2" t="s">
+        <v>658</v>
+      </c>
+      <c r="H116" s="2"/>
+      <c r="I116" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="H3:I3"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="B3:C3"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="M3" r:id="rId1" location=":~:text=Latest%20results%20-%20published%2027%20March%202025%20In,both%20Infrastructure%20%28-4.7%25%29%20and%20Other%20Work%20%28-1.4%25%29%20subsector." xr:uid="{07DA12F7-92A3-483F-880E-123B0F60B3A4}"/>
     <hyperlink ref="K3" location="Contents!A1" display="Contents" xr:uid="{60AFB9F4-D4C9-4087-A368-17A2F4B72C06}"/>
+    <hyperlink ref="M4" r:id="rId1" xr:uid="{FDA46709-B1C6-4E1B-BFC5-E07108152091}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5949CC7E-D118-4B47-B6BC-C61EA8A18730}">
   <dimension ref="A1:G67"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="1185" activePane="bottomLeft"/>
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="E3" sqref="E3"/>
+      <pane ySplit="1185" topLeftCell="A45"/>
+      <selection activeCell="G3" sqref="G3"/>
+      <selection pane="bottomLeft" activeCell="G69" sqref="G69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="18.5703125" style="2" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>770</v>
+        <v>808</v>
       </c>
     </row>
     <row r="2" spans="1:7" s="3" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A2" s="67"/>
       <c r="B2" s="67"/>
       <c r="C2" s="67"/>
       <c r="G2" s="3" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="88" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B3" s="89" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="C3" s="89" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="E3" s="50" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>692</v>
+      </c>
+      <c r="G3" s="127" t="s">
+        <v>183</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A4" s="70" t="s">
-        <v>709</v>
+        <v>747</v>
       </c>
       <c r="B4" s="71">
-        <v>66.400000000000006</v>
+        <v>65.7</v>
       </c>
       <c r="C4" s="71">
-        <v>70.599999999999994</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A5" s="65" t="s">
-        <v>710</v>
+        <v>748</v>
       </c>
       <c r="B5" s="66">
-        <v>65.2</v>
+        <v>66</v>
       </c>
       <c r="C5" s="66">
-        <v>70.3</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
-        <v>711</v>
+        <v>749</v>
       </c>
       <c r="B6" s="64">
-        <v>66.599999999999994</v>
+        <v>67.2</v>
       </c>
       <c r="C6" s="64">
-        <v>70.599999999999994</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A7" s="72" t="s">
-        <v>712</v>
+        <v>750</v>
       </c>
       <c r="B7" s="73">
-        <v>67.900000000000006</v>
+        <v>67.099999999999994</v>
       </c>
       <c r="C7" s="73">
-        <v>70.5</v>
+        <v>70.2</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A8" s="2" t="s">
-        <v>713</v>
+        <v>751</v>
       </c>
       <c r="B8" s="64">
-        <v>67.3</v>
+        <v>67.7</v>
       </c>
       <c r="C8" s="64">
-        <v>70.2</v>
+        <v>70.099999999999994</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A9" s="65" t="s">
-        <v>714</v>
+        <v>752</v>
       </c>
       <c r="B9" s="66">
-        <v>67.8</v>
+        <v>68.099999999999994</v>
       </c>
       <c r="C9" s="66">
-        <v>70.099999999999994</v>
+        <v>70.2</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A10" s="2" t="s">
-        <v>715</v>
+        <v>753</v>
       </c>
       <c r="B10" s="64">
-        <v>67.7</v>
+        <v>67.099999999999994</v>
       </c>
       <c r="C10" s="64">
-        <v>70.3</v>
+        <v>70.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A11" s="72" t="s">
-        <v>716</v>
+        <v>754</v>
       </c>
       <c r="B11" s="73">
-        <v>67.5</v>
+        <v>66.8</v>
       </c>
       <c r="C11" s="73">
-        <v>70.7</v>
+        <v>71.099999999999994</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A12" s="2" t="s">
-        <v>717</v>
+        <v>755</v>
       </c>
       <c r="B12" s="64">
-        <v>66.7</v>
+        <v>67.3</v>
       </c>
       <c r="C12" s="64">
-        <v>71.2</v>
+        <v>71.099999999999994</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A13" s="65" t="s">
-        <v>718</v>
+        <v>756</v>
       </c>
       <c r="B13" s="66">
-        <v>67.2</v>
+        <v>66.400000000000006</v>
       </c>
       <c r="C13" s="66">
-        <v>71.3</v>
+        <v>71.400000000000006</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A14" s="2" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B14" s="64">
-        <v>66.099999999999994</v>
+        <v>67.099999999999994</v>
       </c>
       <c r="C14" s="64">
         <v>71.2</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A15" s="72" t="s">
-        <v>720</v>
+        <v>758</v>
       </c>
       <c r="B15" s="73">
-        <v>66.599999999999994</v>
+        <v>67.5</v>
       </c>
       <c r="C15" s="73">
-        <v>71.2</v>
+        <v>71.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A16" s="2" t="s">
-        <v>721</v>
+        <v>759</v>
       </c>
       <c r="B16" s="64">
-        <v>66.599999999999994</v>
+        <v>66.8</v>
       </c>
       <c r="C16" s="64">
-        <v>71.5</v>
+        <v>71.900000000000006</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="65" t="s">
-        <v>722</v>
+        <v>760</v>
       </c>
       <c r="B17" s="66">
-        <v>67.400000000000006</v>
+        <v>67.599999999999994</v>
       </c>
       <c r="C17" s="66">
-        <v>72</v>
+        <v>72.099999999999994</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="2" t="s">
-        <v>723</v>
+        <v>761</v>
       </c>
       <c r="B18" s="64">
-        <v>67.5</v>
+        <v>67.900000000000006</v>
       </c>
       <c r="C18" s="64">
-        <v>72.400000000000006</v>
+        <v>72.7</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" s="72" t="s">
-        <v>724</v>
+        <v>762</v>
       </c>
       <c r="B19" s="73">
-        <v>68.099999999999994</v>
+        <v>67.900000000000006</v>
       </c>
       <c r="C19" s="73">
-        <v>72.900000000000006</v>
+        <v>72.8</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="2" t="s">
-        <v>725</v>
+        <v>763</v>
       </c>
       <c r="B20" s="64">
-        <v>68.2</v>
+        <v>68.099999999999994</v>
       </c>
       <c r="C20" s="64">
         <v>73</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="65" t="s">
-        <v>726</v>
+        <v>764</v>
       </c>
       <c r="B21" s="66">
-        <v>67.8</v>
+        <v>67.599999999999994</v>
       </c>
       <c r="C21" s="66">
-        <v>73</v>
+        <v>73.3</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="2" t="s">
-        <v>727</v>
+        <v>765</v>
       </c>
       <c r="B22" s="64">
-        <v>68.400000000000006</v>
+        <v>68.3</v>
       </c>
       <c r="C22" s="64">
         <v>73.400000000000006</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A23" s="72" t="s">
-        <v>728</v>
+        <v>766</v>
       </c>
       <c r="B23" s="73">
-        <v>67.7</v>
+        <v>67.900000000000006</v>
       </c>
       <c r="C23" s="73">
-        <v>73.3</v>
+        <v>73.5</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="2" t="s">
-        <v>729</v>
+        <v>767</v>
       </c>
       <c r="B24" s="64">
-        <v>67.900000000000006</v>
+        <v>68.5</v>
       </c>
       <c r="C24" s="64">
-        <v>73.5</v>
+        <v>73.900000000000006</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="65" t="s">
-        <v>730</v>
+        <v>768</v>
       </c>
       <c r="B25" s="66">
         <v>68.8</v>
       </c>
       <c r="C25" s="66">
         <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="2" t="s">
-        <v>731</v>
+        <v>769</v>
       </c>
       <c r="B26" s="64">
-        <v>68.8</v>
+        <v>69.8</v>
       </c>
       <c r="C26" s="64">
         <v>74.099999999999994</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" s="65" t="s">
-        <v>732</v>
+        <v>770</v>
       </c>
       <c r="B27" s="66">
-        <v>69</v>
+        <v>69.7</v>
       </c>
       <c r="C27" s="66">
-        <v>74.3</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A28" s="70" t="s">
-        <v>733</v>
+        <v>771</v>
       </c>
       <c r="B28" s="71">
-        <v>70.099999999999994</v>
+        <v>69.7</v>
       </c>
       <c r="C28" s="71">
         <v>74.400000000000006</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A29" s="65" t="s">
-        <v>734</v>
+        <v>772</v>
       </c>
       <c r="B29" s="66">
-        <v>69.2</v>
+        <v>69.099999999999994</v>
       </c>
       <c r="C29" s="66">
-        <v>74.400000000000006</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A30" s="2" t="s">
-        <v>735</v>
+        <v>773</v>
       </c>
       <c r="B30" s="64">
-        <v>68.7</v>
+        <v>68.8</v>
       </c>
       <c r="C30" s="64">
-        <v>74.599999999999994</v>
+        <v>74.7</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A31" s="72" t="s">
-        <v>736</v>
+        <v>774</v>
       </c>
       <c r="B31" s="73">
-        <v>68.8</v>
+        <v>68.3</v>
       </c>
       <c r="C31" s="73">
-        <v>74.8</v>
+        <v>75.2</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" s="2" t="s">
-        <v>737</v>
+        <v>775</v>
       </c>
       <c r="B32" s="64">
         <v>68.400000000000006</v>
       </c>
       <c r="C32" s="64">
-        <v>75.099999999999994</v>
+        <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A33" s="65" t="s">
-        <v>738</v>
+        <v>776</v>
       </c>
       <c r="B33" s="66">
-        <v>69</v>
+        <v>69.5</v>
       </c>
       <c r="C33" s="66">
         <v>75.2</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A34" s="2" t="s">
-        <v>739</v>
+        <v>777</v>
       </c>
       <c r="B34" s="64">
-        <v>69.400000000000006</v>
+        <v>69.8</v>
       </c>
       <c r="C34" s="64">
-        <v>75.3</v>
+        <v>75.5</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A35" s="72" t="s">
-        <v>740</v>
+        <v>778</v>
       </c>
       <c r="B35" s="73">
         <v>70</v>
       </c>
       <c r="C35" s="73">
-        <v>75.5</v>
+        <v>75.400000000000006</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="2" t="s">
-        <v>741</v>
+        <v>779</v>
       </c>
       <c r="B36" s="64">
-        <v>69.8</v>
+        <v>69.5</v>
       </c>
       <c r="C36" s="64">
-        <v>75.400000000000006</v>
+        <v>75.599999999999994</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A37" s="65" t="s">
-        <v>742</v>
+        <v>780</v>
       </c>
       <c r="B37" s="66">
-        <v>69.8</v>
+        <v>70.900000000000006</v>
       </c>
       <c r="C37" s="66">
-        <v>75.599999999999994</v>
+        <v>76</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A38" s="2" t="s">
-        <v>743</v>
+        <v>781</v>
       </c>
       <c r="B38" s="64">
-        <v>71.2</v>
+        <v>71.5</v>
       </c>
       <c r="C38" s="64">
         <v>76</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A39" s="72" t="s">
-        <v>744</v>
+        <v>782</v>
       </c>
       <c r="B39" s="73">
-        <v>71.900000000000006</v>
+        <v>72.099999999999994</v>
       </c>
       <c r="C39" s="73">
         <v>76</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A40" s="2" t="s">
-        <v>745</v>
+        <v>783</v>
       </c>
       <c r="B40" s="64">
-        <v>71.3</v>
+        <v>72.400000000000006</v>
       </c>
       <c r="C40" s="64">
-        <v>75.900000000000006</v>
+        <v>76</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A41" s="65" t="s">
-        <v>746</v>
+        <v>784</v>
       </c>
       <c r="B41" s="66">
-        <v>72.7</v>
+        <v>72.3</v>
       </c>
       <c r="C41" s="66">
-        <v>76.2</v>
+        <v>76.400000000000006</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A42" s="2" t="s">
-        <v>747</v>
+        <v>785</v>
       </c>
       <c r="B42" s="64">
-        <v>72.400000000000006</v>
+        <v>70.2</v>
       </c>
       <c r="C42" s="64">
-        <v>76.5</v>
+        <v>75.7</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A43" s="72" t="s">
-        <v>748</v>
+        <v>786</v>
       </c>
       <c r="B43" s="73">
-        <v>70.2</v>
+        <v>69.5</v>
       </c>
       <c r="C43" s="73">
-        <v>75.5</v>
+        <v>75.3</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A44" s="2" t="s">
-        <v>749</v>
+        <v>787</v>
       </c>
       <c r="B44" s="64">
-        <v>69.5</v>
+        <v>69.7</v>
       </c>
       <c r="C44" s="64">
-        <v>75</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A45" s="65" t="s">
-        <v>750</v>
+        <v>788</v>
       </c>
       <c r="B45" s="66">
-        <v>69</v>
+        <v>68.5</v>
       </c>
       <c r="C45" s="66">
-        <v>74.5</v>
+        <v>74.3</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A46" s="2" t="s">
-        <v>751</v>
+        <v>789</v>
       </c>
       <c r="B46" s="64">
-        <v>68.599999999999994</v>
+        <v>69.2</v>
       </c>
       <c r="C46" s="64">
-        <v>74.5</v>
+        <v>74.400000000000006</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A47" s="72" t="s">
-        <v>752</v>
+        <v>790</v>
       </c>
       <c r="B47" s="73">
-        <v>68.599999999999994</v>
+        <v>69.5</v>
       </c>
       <c r="C47" s="73">
-        <v>74.5</v>
+        <v>74.8</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A48" s="2" t="s">
-        <v>753</v>
+        <v>791</v>
       </c>
       <c r="B48" s="64">
-        <v>69.2</v>
+        <v>68.400000000000006</v>
       </c>
       <c r="C48" s="64">
-        <v>74.900000000000006</v>
+        <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A49" s="65" t="s">
-        <v>754</v>
+        <v>792</v>
       </c>
       <c r="B49" s="66">
-        <v>68.2</v>
+        <v>69</v>
       </c>
       <c r="C49" s="66">
         <v>75</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A50" s="2" t="s">
-        <v>755</v>
+        <v>793</v>
       </c>
       <c r="B50" s="64">
-        <v>69.400000000000006</v>
+        <v>70</v>
       </c>
       <c r="C50" s="64">
-        <v>75</v>
+        <v>75.2</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A51" s="72" t="s">
-        <v>756</v>
+        <v>794</v>
       </c>
       <c r="B51" s="73">
-        <v>70.099999999999994</v>
+        <v>69.900000000000006</v>
       </c>
       <c r="C51" s="73">
-        <v>75.400000000000006</v>
+        <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A52" s="2" t="s">
-        <v>757</v>
+        <v>795</v>
       </c>
       <c r="B52" s="64">
-        <v>70.099999999999994</v>
+        <v>71.3</v>
       </c>
       <c r="C52" s="64">
         <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A53" s="65" t="s">
-        <v>758</v>
+        <v>796</v>
       </c>
       <c r="B53" s="66">
-        <v>71.3</v>
+        <v>71.8</v>
       </c>
       <c r="C53" s="66">
-        <v>75</v>
+        <v>75.2</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A54" s="2" t="s">
-        <v>759</v>
+        <v>797</v>
       </c>
       <c r="B54" s="64">
-        <v>71.900000000000006</v>
+        <v>72</v>
       </c>
       <c r="C54" s="64">
-        <v>75.2</v>
+        <v>75.5</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A55" s="72" t="s">
-        <v>760</v>
+        <v>798</v>
       </c>
       <c r="B55" s="73">
-        <v>71.900000000000006</v>
+        <v>71.3</v>
       </c>
       <c r="C55" s="73">
-        <v>75.400000000000006</v>
+        <v>74.900000000000006</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A56" s="2" t="s">
-        <v>761</v>
+        <v>799</v>
       </c>
       <c r="B56" s="64">
-        <v>72.099999999999994</v>
+        <v>72.7</v>
       </c>
       <c r="C56" s="64">
-        <v>74.7</v>
+        <v>74.900000000000006</v>
       </c>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A57" s="65" t="s">
-        <v>762</v>
+        <v>800</v>
       </c>
       <c r="B57" s="66">
-        <v>72.400000000000006</v>
+        <v>72.7</v>
       </c>
       <c r="C57" s="66">
-        <v>74.900000000000006</v>
+        <v>74.7</v>
       </c>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A58" s="2" t="s">
-        <v>763</v>
+        <v>801</v>
       </c>
       <c r="B58" s="64">
-        <v>72.8</v>
+        <v>72.7</v>
       </c>
       <c r="C58" s="64">
-        <v>74.599999999999994</v>
+        <v>74.400000000000006</v>
       </c>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A59" s="72" t="s">
-        <v>764</v>
+        <v>802</v>
       </c>
       <c r="B59" s="73">
         <v>72.7</v>
       </c>
       <c r="C59" s="73">
-        <v>74.400000000000006</v>
+        <v>74.7</v>
       </c>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A60" s="2" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B60" s="64">
-        <v>72.3</v>
+        <v>72.2</v>
       </c>
       <c r="C60" s="64">
-        <v>75</v>
+        <v>74.900000000000006</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A61" s="65" t="s">
-        <v>766</v>
+        <v>804</v>
       </c>
       <c r="B61" s="66">
-        <v>72.599999999999994</v>
+        <v>72.2</v>
       </c>
       <c r="C61" s="66">
-        <v>74.900000000000006</v>
+        <v>75</v>
       </c>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A62" s="2" t="s">
-        <v>767</v>
+        <v>805</v>
       </c>
       <c r="B62" s="64">
-        <v>71.3</v>
+        <v>71.7</v>
       </c>
       <c r="C62" s="64">
         <v>75.099999999999994</v>
       </c>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A63" s="72" t="s">
-        <v>768</v>
+        <v>806</v>
       </c>
       <c r="B63" s="73">
-        <v>72.099999999999994</v>
+        <v>71.8</v>
       </c>
       <c r="C63" s="73">
         <v>75.2</v>
       </c>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A64" s="68" t="s">
-        <v>769</v>
+        <v>807</v>
       </c>
       <c r="B64" s="69">
-        <v>71.2</v>
+        <v>70.7</v>
       </c>
       <c r="C64" s="69">
-        <v>75.099999999999994</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:2" x14ac:dyDescent="0.2">
+        <v>74.900000000000006</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="B65" s="5"/>
+      <c r="C65" s="5"/>
+    </row>
+    <row r="66" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B66" s="3"/>
     </row>
-    <row r="67" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A67" s="2" t="s">
-        <v>706</v>
+        <v>740</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" location="Contents!A1" display="Contents" xr:uid="{E8B898A9-F56F-452E-9304-2E137074FF3B}"/>
-    <hyperlink ref="G3" r:id="rId1" location="lfs-employment" display="https://datavis.nisra.gov.uk/economy-and-labour-market/labour-market-report-october-2025.html - lfs-employment" xr:uid="{B105930A-4186-4CD2-9D56-C7A7180C4EAB}"/>
+    <hyperlink ref="G3" r:id="rId1" display="https://datavis.nisra.gov.uk/economy-and-labour-market/labour-market-report-december-2025.html" xr:uid="{81FC4B8E-1A6D-4E0A-A8B1-F980A1DD3033}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{67933170-DF11-4B28-BF10-54AAB0065D79}">
   <dimension ref="A1:G67"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1215" activePane="bottomLeft"/>
+      <pane ySplit="1215" topLeftCell="A39" activePane="bottomLeft"/>
       <selection sqref="A1:XFD1"/>
-      <selection pane="bottomLeft" activeCell="E3" sqref="E3"/>
+      <selection pane="bottomLeft" activeCell="G3" sqref="G3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="18.5703125" style="2" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="74" t="s">
-        <v>771</v>
+        <v>809</v>
       </c>
     </row>
     <row r="2" spans="1:7" x14ac:dyDescent="0.2">
       <c r="G2" s="3" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="86" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B3" s="87" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="C3" s="87" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="E3" s="50" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>692</v>
+      </c>
+      <c r="G3" s="127" t="s">
+        <v>183</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
-        <v>709</v>
+        <v>747</v>
       </c>
       <c r="B4" s="64">
-        <v>28.6</v>
+        <v>28.8</v>
       </c>
       <c r="C4" s="64">
         <v>23.3</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A5" s="65" t="s">
-        <v>710</v>
+        <v>748</v>
       </c>
       <c r="B5" s="66">
-        <v>29.1</v>
+        <v>28.2</v>
       </c>
       <c r="C5" s="66">
-        <v>23.5</v>
+        <v>23.3</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
-        <v>711</v>
+        <v>749</v>
       </c>
       <c r="B6" s="64">
-        <v>28.1</v>
+        <v>27.5</v>
       </c>
       <c r="C6" s="64">
-        <v>23.3</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A7" s="65" t="s">
-        <v>712</v>
+        <v>750</v>
       </c>
       <c r="B7" s="66">
-        <v>26.8</v>
+        <v>27.4</v>
       </c>
       <c r="C7" s="66">
-        <v>23.4</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A8" s="70" t="s">
-        <v>713</v>
+        <v>751</v>
       </c>
       <c r="B8" s="71">
-        <v>27</v>
+        <v>27.2</v>
       </c>
       <c r="C8" s="71">
-        <v>23.4</v>
+        <v>23.3</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A9" s="65" t="s">
-        <v>714</v>
+        <v>752</v>
       </c>
       <c r="B9" s="66">
         <v>27.2</v>
       </c>
       <c r="C9" s="66">
         <v>23.2</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A10" s="2" t="s">
-        <v>715</v>
+        <v>753</v>
       </c>
       <c r="B10" s="64">
-        <v>27.4</v>
+        <v>27.7</v>
       </c>
       <c r="C10" s="64">
-        <v>23.2</v>
+        <v>23.1</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A11" s="72" t="s">
-        <v>716</v>
+        <v>754</v>
       </c>
       <c r="B11" s="73">
-        <v>27.4</v>
+        <v>27</v>
       </c>
       <c r="C11" s="73">
-        <v>23</v>
+        <v>22.6</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A12" s="2" t="s">
-        <v>717</v>
+        <v>755</v>
       </c>
       <c r="B12" s="64">
-        <v>27.2</v>
+        <v>26.9</v>
       </c>
       <c r="C12" s="64">
-        <v>22.6</v>
+        <v>22.7</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A13" s="65" t="s">
-        <v>718</v>
+        <v>756</v>
       </c>
       <c r="B13" s="66">
-        <v>27</v>
+        <v>27.5</v>
       </c>
       <c r="C13" s="66">
-        <v>22.5</v>
+        <v>22.4</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A14" s="2" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="B14" s="64">
-        <v>27.9</v>
+        <v>27.2</v>
       </c>
       <c r="C14" s="64">
-        <v>22.5</v>
+        <v>22.6</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A15" s="65" t="s">
-        <v>720</v>
+        <v>758</v>
       </c>
       <c r="B15" s="66">
-        <v>27.7</v>
+        <v>27.4</v>
       </c>
       <c r="C15" s="66">
-        <v>22.7</v>
+        <v>22.4</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A16" s="70" t="s">
-        <v>721</v>
+        <v>759</v>
       </c>
       <c r="B16" s="71">
-        <v>27.9</v>
+        <v>27.5</v>
       </c>
       <c r="C16" s="71">
-        <v>22.4</v>
+        <v>22.3</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="65" t="s">
-        <v>722</v>
+        <v>760</v>
       </c>
       <c r="B17" s="66">
-        <v>27.1</v>
+        <v>26.9</v>
       </c>
       <c r="C17" s="66">
-        <v>22.3</v>
+        <v>22.2</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="2" t="s">
-        <v>723</v>
+        <v>761</v>
       </c>
       <c r="B18" s="64">
-        <v>26.8</v>
+        <v>27</v>
       </c>
       <c r="C18" s="64">
-        <v>22.2</v>
+        <v>22.1</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" s="72" t="s">
-        <v>724</v>
+        <v>762</v>
       </c>
       <c r="B19" s="73">
-        <v>26.9</v>
+        <v>27.1</v>
       </c>
       <c r="C19" s="73">
-        <v>22</v>
+        <v>22.3</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="2" t="s">
-        <v>725</v>
+        <v>763</v>
       </c>
       <c r="B20" s="64">
         <v>27.1</v>
       </c>
       <c r="C20" s="64">
-        <v>22.2</v>
+        <v>22.3</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="65" t="s">
-        <v>726</v>
+        <v>764</v>
       </c>
       <c r="B21" s="66">
-        <v>27.8</v>
+        <v>28</v>
       </c>
       <c r="C21" s="66">
-        <v>22.4</v>
+        <v>22.2</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="2" t="s">
-        <v>727</v>
+        <v>765</v>
       </c>
       <c r="B22" s="64">
-        <v>27</v>
+        <v>27.2</v>
       </c>
       <c r="C22" s="64">
-        <v>22.1</v>
+        <v>22.2</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A23" s="65" t="s">
-        <v>728</v>
+        <v>766</v>
       </c>
       <c r="B23" s="66">
-        <v>27.7</v>
+        <v>27.5</v>
       </c>
       <c r="C23" s="66">
         <v>22.2</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="70" t="s">
-        <v>729</v>
+        <v>767</v>
       </c>
       <c r="B24" s="71">
-        <v>27.6</v>
+        <v>26.9</v>
       </c>
       <c r="C24" s="71">
-        <v>22.2</v>
+        <v>21.9</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="65" t="s">
-        <v>730</v>
+        <v>768</v>
       </c>
       <c r="B25" s="66">
         <v>26.6</v>
       </c>
       <c r="C25" s="66">
         <v>21.9</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="2" t="s">
-        <v>731</v>
+        <v>769</v>
       </c>
       <c r="B26" s="64">
-        <v>26.4</v>
+        <v>25.9</v>
       </c>
       <c r="C26" s="64">
-        <v>21.8</v>
+        <v>21.9</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" s="72" t="s">
-        <v>732</v>
+        <v>770</v>
       </c>
       <c r="B27" s="73">
-        <v>26.7</v>
+        <v>26.3</v>
       </c>
       <c r="C27" s="73">
-        <v>21.7</v>
+        <v>21.6</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A28" s="2" t="s">
-        <v>733</v>
+        <v>771</v>
       </c>
       <c r="B28" s="64">
-        <v>25.7</v>
+        <v>25.9</v>
       </c>
       <c r="C28" s="64">
-        <v>21.6</v>
+        <v>21.7</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A29" s="65" t="s">
-        <v>734</v>
+        <v>772</v>
       </c>
       <c r="B29" s="66">
-        <v>26.4</v>
+        <v>26.5</v>
       </c>
       <c r="C29" s="66">
-        <v>21.8</v>
+        <v>21.7</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A30" s="2" t="s">
-        <v>735</v>
+        <v>773</v>
       </c>
       <c r="B30" s="64">
-        <v>27.4</v>
+        <v>27.2</v>
       </c>
       <c r="C30" s="64">
-        <v>21.7</v>
+        <v>21.6</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A31" s="65" t="s">
-        <v>736</v>
+        <v>774</v>
       </c>
       <c r="B31" s="66">
-        <v>27.4</v>
+        <v>27.9</v>
       </c>
       <c r="C31" s="66">
-        <v>21.6</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" s="70" t="s">
-        <v>737</v>
+        <v>775</v>
       </c>
       <c r="B32" s="71">
-        <v>28.2</v>
+        <v>28.7</v>
       </c>
       <c r="C32" s="71">
-        <v>21.5</v>
+        <v>21.6</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A33" s="65" t="s">
-        <v>738</v>
+        <v>776</v>
       </c>
       <c r="B33" s="66">
         <v>28</v>
       </c>
       <c r="C33" s="66">
         <v>21.3</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A34" s="2" t="s">
-        <v>739</v>
+        <v>777</v>
       </c>
       <c r="B34" s="64">
-        <v>28.1</v>
+        <v>27.7</v>
       </c>
       <c r="C34" s="64">
-        <v>21.3</v>
+        <v>21.1</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A35" s="72" t="s">
-        <v>740</v>
+        <v>778</v>
       </c>
       <c r="B35" s="73">
-        <v>27.4</v>
+        <v>27.1</v>
       </c>
       <c r="C35" s="73">
-        <v>21.1</v>
+        <v>21.4</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="2" t="s">
-        <v>741</v>
+        <v>779</v>
       </c>
       <c r="B36" s="64">
-        <v>27.2</v>
+        <v>27.8</v>
       </c>
       <c r="C36" s="64">
-        <v>21.3</v>
+        <v>21.1</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A37" s="65" t="s">
-        <v>742</v>
+        <v>780</v>
       </c>
       <c r="B37" s="66">
-        <v>27.5</v>
+        <v>26.4</v>
       </c>
       <c r="C37" s="66">
-        <v>21.1</v>
+        <v>20.9</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A38" s="2" t="s">
-        <v>743</v>
+        <v>781</v>
       </c>
       <c r="B38" s="64">
-        <v>26.6</v>
+        <v>26.2</v>
       </c>
       <c r="C38" s="64">
-        <v>20.8</v>
+        <v>20.9</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A39" s="65" t="s">
-        <v>744</v>
+        <v>782</v>
       </c>
       <c r="B39" s="66">
         <v>25.8</v>
       </c>
       <c r="C39" s="66">
-        <v>20.9</v>
+        <v>20.8</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A40" s="70" t="s">
-        <v>745</v>
+        <v>783</v>
       </c>
       <c r="B40" s="71">
-        <v>26.5</v>
+        <v>25.8</v>
       </c>
       <c r="C40" s="71">
         <v>20.9</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A41" s="65" t="s">
-        <v>746</v>
+        <v>784</v>
       </c>
       <c r="B41" s="66">
-        <v>25.6</v>
+        <v>25.9</v>
       </c>
       <c r="C41" s="66">
-        <v>20.7</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A42" s="2" t="s">
-        <v>747</v>
+        <v>785</v>
       </c>
       <c r="B42" s="64">
-        <v>25.8</v>
+        <v>27.9</v>
       </c>
       <c r="C42" s="64">
-        <v>20.3</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A43" s="72" t="s">
-        <v>748</v>
+        <v>786</v>
       </c>
       <c r="B43" s="73">
-        <v>27.7</v>
+        <v>27.9</v>
       </c>
       <c r="C43" s="73">
         <v>21.2</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A44" s="2" t="s">
-        <v>749</v>
+        <v>787</v>
       </c>
       <c r="B44" s="64">
-        <v>27.7</v>
+        <v>27.2</v>
       </c>
       <c r="C44" s="64">
-        <v>21.3</v>
+        <v>21.4</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A45" s="65" t="s">
-        <v>750</v>
+        <v>788</v>
       </c>
       <c r="B45" s="66">
-        <v>28.4</v>
+        <v>28.5</v>
       </c>
       <c r="C45" s="66">
-        <v>21.3</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A46" s="2" t="s">
-        <v>751</v>
+        <v>789</v>
       </c>
       <c r="B46" s="64">
-        <v>28.6</v>
+        <v>28.3</v>
       </c>
       <c r="C46" s="64">
-        <v>21.5</v>
+        <v>21.7</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A47" s="65" t="s">
-        <v>752</v>
+        <v>790</v>
       </c>
       <c r="B47" s="66">
-        <v>28.4</v>
+        <v>27.3</v>
       </c>
       <c r="C47" s="66">
-        <v>21.7</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A48" s="70" t="s">
-        <v>753</v>
+        <v>791</v>
       </c>
       <c r="B48" s="71">
-        <v>27.6</v>
+        <v>28.7</v>
       </c>
       <c r="C48" s="71">
-        <v>21.4</v>
+        <v>21.6</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A49" s="65" t="s">
-        <v>754</v>
+        <v>792</v>
       </c>
       <c r="B49" s="66">
-        <v>29.2</v>
+        <v>28.7</v>
       </c>
       <c r="C49" s="66">
         <v>21.7</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A50" s="2" t="s">
-        <v>755</v>
+        <v>793</v>
       </c>
       <c r="B50" s="64">
-        <v>28.4</v>
+        <v>28.1</v>
       </c>
       <c r="C50" s="64">
         <v>21.8</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A51" s="72" t="s">
-        <v>756</v>
+        <v>794</v>
       </c>
       <c r="B51" s="73">
-        <v>28.1</v>
+        <v>27.9</v>
       </c>
       <c r="C51" s="73">
-        <v>21.6</v>
+        <v>22.2</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A52" s="2" t="s">
-        <v>757</v>
+        <v>795</v>
       </c>
       <c r="B52" s="64">
-        <v>27.6</v>
+        <v>26.6</v>
       </c>
       <c r="C52" s="64">
-        <v>22.1</v>
+        <v>21.9</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A53" s="65" t="s">
-        <v>758</v>
+        <v>796</v>
       </c>
       <c r="B53" s="66">
-        <v>26.7</v>
+        <v>26.6</v>
       </c>
       <c r="C53" s="66">
-        <v>21.9</v>
+        <v>21.7</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A54" s="2" t="s">
-        <v>759</v>
+        <v>797</v>
       </c>
       <c r="B54" s="64">
-        <v>26.4</v>
+        <v>26.3</v>
       </c>
       <c r="C54" s="64">
-        <v>21.7</v>
+        <v>21.4</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A55" s="65" t="s">
-        <v>760</v>
+        <v>798</v>
       </c>
       <c r="B55" s="66">
-        <v>26.5</v>
+        <v>26.9</v>
       </c>
       <c r="C55" s="66">
-        <v>21.3</v>
+        <v>21.6</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A56" s="70" t="s">
-        <v>761</v>
+        <v>799</v>
       </c>
       <c r="B56" s="71">
-        <v>26.3</v>
+        <v>25.9</v>
       </c>
       <c r="C56" s="71">
         <v>21.9</v>
       </c>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A57" s="65" t="s">
-        <v>762</v>
+        <v>800</v>
       </c>
       <c r="B57" s="66">
-        <v>25.8</v>
+        <v>25.6</v>
       </c>
       <c r="C57" s="66">
-        <v>22</v>
+        <v>22.1</v>
       </c>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A58" s="2" t="s">
-        <v>763</v>
+        <v>801</v>
       </c>
       <c r="B58" s="64">
-        <v>25.6</v>
+        <v>25.7</v>
       </c>
       <c r="C58" s="64">
-        <v>22.1</v>
+        <v>22.2</v>
       </c>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A59" s="72" t="s">
-        <v>764</v>
+        <v>802</v>
       </c>
       <c r="B59" s="73">
-        <v>26</v>
+        <v>25.9</v>
       </c>
       <c r="C59" s="73">
-        <v>22.1</v>
+        <v>21.9</v>
       </c>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A60" s="2" t="s">
-        <v>765</v>
+        <v>803</v>
       </c>
       <c r="B60" s="64">
-        <v>26.5</v>
+        <v>26.6</v>
       </c>
       <c r="C60" s="64">
-        <v>21.8</v>
+        <v>21.7</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A61" s="65" t="s">
-        <v>766</v>
+        <v>804</v>
       </c>
       <c r="B61" s="66">
-        <v>26.2</v>
+        <v>26.6</v>
       </c>
       <c r="C61" s="66">
-        <v>21.6</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A62" s="2" t="s">
-        <v>767</v>
+        <v>805</v>
       </c>
       <c r="B62" s="64">
-        <v>27.5</v>
+        <v>26.9</v>
       </c>
       <c r="C62" s="64">
-        <v>21.4</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A63" s="72" t="s">
-        <v>768</v>
+        <v>806</v>
       </c>
       <c r="B63" s="73">
-        <v>26.3</v>
+        <v>26.5</v>
       </c>
       <c r="C63" s="73">
-        <v>21</v>
+        <v>21.1</v>
       </c>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A64" s="68" t="s">
-        <v>769</v>
+        <v>807</v>
       </c>
       <c r="B64" s="69">
-        <v>26.9</v>
+        <v>27.5</v>
       </c>
       <c r="C64" s="69">
         <v>21</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.2">
       <c r="B66" s="3"/>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A67" s="2" t="s">
-        <v>706</v>
+        <v>740</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" location="Contents!A1" display="Contents" xr:uid="{CB130418-225D-4C04-839F-FDEE569EA572}"/>
-    <hyperlink ref="G3" r:id="rId1" location="lfs-employment" display="https://datavis.nisra.gov.uk/economy-and-labour-market/labour-market-report-october-2025.html - lfs-employment" xr:uid="{BB985D0A-C716-4A31-BDCA-CFE4676D6FD6}"/>
+    <hyperlink ref="G3" r:id="rId1" display="https://datavis.nisra.gov.uk/economy-and-labour-market/labour-market-report-december-2025.html" xr:uid="{90C8C3AA-615E-47D9-BA25-C9788232255A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B3EE1832-EFFC-48F2-802B-B6AFFE793108}">
   <dimension ref="A1:G22"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="E3" sqref="E3"/>
+      <selection activeCell="H34" sqref="H34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="15.5703125" style="2" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="1" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>772</v>
+        <v>810</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="78" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="79" t="s">
+        <v>186</v>
+      </c>
+      <c r="C3" s="79" t="s">
         <v>187</v>
       </c>
-      <c r="C3" s="79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" s="50" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="G3" s="3" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="70" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B4" s="80">
-        <v>3070</v>
+        <v>3220</v>
       </c>
       <c r="C4" s="80">
-        <v>2650</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>2250</v>
+      </c>
+      <c r="G4" s="127" t="s">
+        <v>183</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A5" s="65" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B5" s="76">
-        <v>2180</v>
+        <v>1730</v>
       </c>
       <c r="C5" s="76">
-        <v>1760</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B6" s="75">
-        <v>4290</v>
+        <v>4590</v>
       </c>
       <c r="C6" s="75">
-        <v>2290</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A7" s="65" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B7" s="76">
-        <v>2400</v>
+        <v>2360</v>
       </c>
       <c r="C7" s="76">
-        <v>3260</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A8" s="2" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B8" s="75">
-        <v>3200</v>
+        <v>4260</v>
       </c>
       <c r="C8" s="75">
-        <v>2030</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A9" s="65" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B9" s="76">
-        <v>3610</v>
+        <v>3630</v>
       </c>
       <c r="C9" s="76">
-        <v>1870</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A10" s="2" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B10" s="75">
-        <v>5500</v>
+        <v>4330</v>
       </c>
       <c r="C10" s="75">
-        <v>3490</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A11" s="65" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B11" s="76">
-        <v>2360</v>
+        <v>2760</v>
       </c>
       <c r="C11" s="76">
-        <v>1930</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A12" s="2" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B12" s="75">
-        <v>3790</v>
+        <v>3930</v>
       </c>
       <c r="C12" s="75">
-        <v>2900</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A13" s="65" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B13" s="76">
-        <v>4680</v>
+        <v>4000</v>
       </c>
       <c r="C13" s="76">
-        <v>3130</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A14" s="2" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B14" s="75">
-        <v>8860</v>
+        <v>10720</v>
       </c>
       <c r="C14" s="75">
-        <v>2900</v>
+        <v>4730</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A15" s="65" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B15" s="76">
-        <v>4310</v>
+        <v>2280</v>
       </c>
       <c r="C15" s="76">
-        <v>4730</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A16" s="2" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B16" s="75">
-        <v>1410</v>
+        <v>1490</v>
       </c>
       <c r="C16" s="75">
-        <v>1100</v>
+        <v>850</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="65" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B17" s="76">
-        <v>3970</v>
+        <v>4310</v>
       </c>
       <c r="C17" s="76">
-        <v>1810</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B18" s="75">
-        <v>3000</v>
+        <v>2960</v>
       </c>
       <c r="C18" s="75">
-        <v>2310</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" s="72" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B19" s="77">
-        <v>2910</v>
+        <v>2700</v>
       </c>
       <c r="C19" s="77">
-        <v>2350</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="2" t="s">
-        <v>706</v>
+        <v>740</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" location="Contents!A1" display="Contents" xr:uid="{E42815F0-971A-4D4A-8A7B-69E567DFF6F2}"/>
-    <hyperlink ref="G4" r:id="rId1" location="lfs-employment" display="https://datavis.nisra.gov.uk/economy-and-labour-market/labour-market-report-october-2025.html - lfs-employment" xr:uid="{3276313E-5D99-4840-B919-9407295EFEE6}"/>
+    <hyperlink ref="G4" r:id="rId1" display="https://datavis.nisra.gov.uk/economy-and-labour-market/labour-market-report-december-2025.html" xr:uid="{AEEC3C0D-E6F7-4192-9870-18F3DBA17373}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6BD73EB9-7265-4F14-BA59-E4EAA615CFB8}">
-  <dimension ref="A1:H145"/>
+  <dimension ref="A1:H148"/>
   <sheetViews>
     <sheetView topLeftCell="A26" workbookViewId="0">
-      <pane ySplit="1245" activePane="bottomLeft"/>
+      <pane ySplit="1245" topLeftCell="A9" activePane="bottomLeft"/>
       <selection activeCell="H3" sqref="H3"/>
-      <selection pane="bottomLeft" activeCell="F3" sqref="F3"/>
+      <selection pane="bottomLeft" activeCell="H3" sqref="H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.140625" style="2" customWidth="1"/>
     <col min="2" max="4" width="10.5703125" style="2" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="53" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="81" t="s">
-        <v>777</v>
+        <v>706</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A2" s="8"/>
       <c r="H2" s="8" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A3" s="84" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B3" s="85" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="C3" s="85" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="D3" s="85" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="F3" s="50" t="s">
-        <v>694</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>692</v>
+      </c>
+      <c r="H3" s="127" t="s">
+        <v>811</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="98">
         <v>41821</v>
       </c>
       <c r="B4" s="54">
         <v>1.6</v>
       </c>
       <c r="C4" s="54">
         <v>1.6</v>
       </c>
       <c r="D4" s="54">
         <v>1.5</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="94">
         <v>41852</v>
       </c>
       <c r="B5" s="66">
         <v>1.5</v>
       </c>
       <c r="C5" s="66">
         <v>1.5</v>
@@ -38191,2817 +38446,2883 @@
         <v>3.7</v>
       </c>
       <c r="C131" s="95">
         <v>2.8</v>
       </c>
       <c r="D131" s="95">
         <v>7.5</v>
       </c>
     </row>
     <row r="132" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A132" s="82">
         <v>45717</v>
       </c>
       <c r="B132" s="5">
         <v>3.4</v>
       </c>
       <c r="C132" s="5">
         <v>2.6</v>
       </c>
       <c r="D132" s="5">
         <v>7.2</v>
       </c>
     </row>
     <row r="133" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A133" s="99" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="B133" s="100">
         <v>4.0999999999999996</v>
       </c>
       <c r="C133" s="100">
         <v>3.5</v>
       </c>
       <c r="D133" s="100">
         <v>6.9</v>
       </c>
     </row>
     <row r="134" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A134" s="82" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="B134" s="5">
         <v>4</v>
       </c>
       <c r="C134" s="5">
         <v>3.4</v>
       </c>
       <c r="D134" s="5">
         <v>6.7</v>
       </c>
     </row>
     <row r="135" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A135" s="94" t="s">
-        <v>773</v>
+        <v>702</v>
       </c>
       <c r="B135" s="95">
         <v>4.0999999999999996</v>
       </c>
       <c r="C135" s="95">
         <v>3.6</v>
       </c>
       <c r="D135" s="95">
         <v>6.4</v>
       </c>
     </row>
     <row r="136" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A136" s="82" t="s">
-        <v>774</v>
+        <v>703</v>
       </c>
       <c r="B136" s="5">
         <v>4.2</v>
       </c>
       <c r="C136" s="5">
         <v>3.8</v>
       </c>
       <c r="D136" s="5">
         <v>5.5</v>
       </c>
     </row>
     <row r="137" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A137" s="94" t="s">
-        <v>775</v>
+        <v>704</v>
       </c>
       <c r="B137" s="95">
         <v>4.0999999999999996</v>
       </c>
       <c r="C137" s="95">
         <v>3.8</v>
       </c>
       <c r="D137" s="95">
         <v>5.3</v>
       </c>
     </row>
     <row r="138" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A138" s="82" t="s">
-        <v>776</v>
+        <v>705</v>
       </c>
       <c r="B138" s="5">
         <v>4.0999999999999996</v>
       </c>
       <c r="C138" s="5">
         <v>3.8</v>
       </c>
       <c r="D138" s="5">
         <v>5.2</v>
       </c>
     </row>
     <row r="139" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A139" s="82"/>
-[...2 lines deleted...]
-      <c r="D139" s="5"/>
+      <c r="A139" s="94">
+        <v>45931</v>
+      </c>
+      <c r="B139" s="95">
+        <v>3.8</v>
+      </c>
+      <c r="C139" s="95">
+        <v>3.6</v>
+      </c>
+      <c r="D139" s="95">
+        <v>4.8</v>
+      </c>
     </row>
     <row r="140" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A140" s="82" t="s">
-[...12 lines deleted...]
-      <c r="A143" s="8" t="s">
+      <c r="A140" s="82">
+        <v>45962</v>
+      </c>
+      <c r="B140" s="5">
+        <v>3.5</v>
+      </c>
+      <c r="C140" s="5">
+        <v>3.2</v>
+      </c>
+      <c r="D140" s="5">
+        <v>4.5</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A141" s="82"/>
+      <c r="B141" s="5"/>
+      <c r="C141" s="5"/>
+      <c r="D141" s="5"/>
+    </row>
+    <row r="142" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A142" s="82"/>
+      <c r="B142" s="5"/>
+      <c r="C142" s="5"/>
+      <c r="D142" s="5"/>
+    </row>
+    <row r="144" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A144" s="82" t="s">
+        <v>740</v>
+      </c>
+      <c r="B144" s="5"/>
+      <c r="C144" s="5"/>
+      <c r="D144" s="5"/>
+    </row>
+    <row r="145" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A145" s="2" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="146" spans="1:1" ht="16.5" x14ac:dyDescent="0.2">
+      <c r="A146" s="8" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="147" spans="1:1" ht="16.5" x14ac:dyDescent="0.2">
+      <c r="A147" s="8" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="148" spans="1:1" ht="16.5" x14ac:dyDescent="0.2">
+      <c r="A148" s="8" t="s">
         <v>682</v>
-      </c>
-[...8 lines deleted...]
-        <v>684</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F3" location="Contents!A1" display="Contents" xr:uid="{45F8DF7B-A240-4F93-8286-7DDA49D8ED21}"/>
-    <hyperlink ref="H3" r:id="rId1" display="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/consumerpriceinflation/september2025" xr:uid="{91862326-3EBA-4503-8DAE-6336614D370C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E72EE2F5-A277-4FEB-AD7D-F164DC9704F1}">
-  <dimension ref="A1:M142"/>
+  <dimension ref="A1:M144"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1215" topLeftCell="A105"/>
-      <selection activeCell="H3" sqref="H3"/>
-      <selection pane="bottomLeft" activeCell="L116" sqref="L116"/>
+      <selection activeCell="J3" sqref="J3"/>
+      <selection pane="bottomLeft" activeCell="J132" sqref="J132"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.42578125" style="2" customWidth="1"/>
     <col min="2" max="6" width="10.5703125" style="5" customWidth="1"/>
     <col min="7" max="9" width="8.7109375" style="2"/>
     <col min="10" max="10" width="12.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="23" style="2" customWidth="1"/>
     <col min="12" max="16384" width="8.7109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" s="1" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
     </row>
     <row r="2" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>685</v>
-[...3 lines deleted...]
-      </c>
+        <v>683</v>
+      </c>
+      <c r="K2" s="127"/>
     </row>
     <row r="3" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="86" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B3" s="87" t="s">
+        <v>207</v>
+      </c>
+      <c r="C3" s="87" t="s">
         <v>208</v>
       </c>
-      <c r="C3" s="87" t="s">
+      <c r="D3" s="87" t="s">
         <v>209</v>
       </c>
-      <c r="D3" s="87" t="s">
+      <c r="E3" s="87" t="s">
         <v>210</v>
       </c>
-      <c r="E3" s="87" t="s">
+      <c r="F3" s="87" t="s">
         <v>211</v>
       </c>
-      <c r="F3" s="87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H3" s="50" t="s">
-        <v>694</v>
+        <v>692</v>
+      </c>
+      <c r="J3" s="127" t="s">
+        <v>204</v>
       </c>
       <c r="K3" s="117"/>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A4" s="70" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B4" s="54" t="s">
+        <v>213</v>
+      </c>
+      <c r="C4" s="54" t="s">
         <v>214</v>
       </c>
-      <c r="C4" s="54" t="s">
+      <c r="D4" s="54" t="s">
         <v>215</v>
       </c>
-      <c r="D4" s="54" t="s">
+      <c r="E4" s="54" t="s">
         <v>216</v>
       </c>
-      <c r="E4" s="54" t="s">
+      <c r="F4" s="54" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="H4" s="101"/>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A5" s="102" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B5" s="103">
         <v>0</v>
       </c>
       <c r="C5" s="103">
         <v>0.3</v>
       </c>
       <c r="D5" s="103">
         <v>1.1000000000000001</v>
       </c>
       <c r="E5" s="103">
         <v>0.4</v>
       </c>
       <c r="F5" s="103">
         <v>-0.8</v>
       </c>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B6" s="64">
         <v>0.1</v>
       </c>
       <c r="C6" s="64">
         <v>0.2</v>
       </c>
       <c r="D6" s="64">
         <v>1.3</v>
       </c>
       <c r="E6" s="64">
         <v>0.4</v>
       </c>
       <c r="F6" s="64">
         <v>-0.7</v>
       </c>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A7" s="65" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B7" s="66">
         <v>0</v>
       </c>
       <c r="C7" s="66">
         <v>0.1</v>
       </c>
       <c r="D7" s="66">
         <v>1.1000000000000001</v>
       </c>
       <c r="E7" s="66">
         <v>0.3</v>
       </c>
       <c r="F7" s="66">
         <v>-0.7</v>
       </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A8" s="2" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B8" s="64">
         <v>-0.1</v>
       </c>
       <c r="C8" s="64">
         <v>0.1</v>
       </c>
       <c r="D8" s="64">
         <v>0.8</v>
       </c>
       <c r="E8" s="64">
         <v>0.1</v>
       </c>
       <c r="F8" s="64">
         <v>-1</v>
       </c>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A9" s="65" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B9" s="66">
         <v>-0.1</v>
       </c>
       <c r="C9" s="66">
         <v>0.2</v>
       </c>
       <c r="D9" s="66">
         <v>1.2</v>
       </c>
       <c r="E9" s="66">
         <v>0.3</v>
       </c>
       <c r="F9" s="66">
         <v>-0.8</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A10" s="2" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B10" s="64">
         <v>0.1</v>
       </c>
       <c r="C10" s="64">
         <v>0.1</v>
       </c>
       <c r="D10" s="64">
         <v>0.2</v>
       </c>
       <c r="E10" s="64">
         <v>0.1</v>
       </c>
       <c r="F10" s="64">
         <v>-0.3</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A11" s="72" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B11" s="73">
         <v>0.2</v>
       </c>
       <c r="C11" s="73">
         <v>0.3</v>
       </c>
       <c r="D11" s="73">
         <v>0.2</v>
       </c>
       <c r="E11" s="73">
         <v>0.2</v>
       </c>
       <c r="F11" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A12" s="2" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B12" s="64">
         <v>0.3</v>
       </c>
       <c r="C12" s="64">
         <v>0.3</v>
       </c>
       <c r="D12" s="64">
         <v>0.4</v>
       </c>
       <c r="E12" s="64">
         <v>0.3</v>
       </c>
       <c r="F12" s="64">
         <v>0.8</v>
       </c>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A13" s="65" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B13" s="66">
         <v>0.3</v>
       </c>
       <c r="C13" s="66">
         <v>-0.1</v>
       </c>
       <c r="D13" s="66">
         <v>-0.1</v>
       </c>
       <c r="E13" s="66">
         <v>-0.2</v>
       </c>
       <c r="F13" s="66">
         <v>0.3</v>
       </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A14" s="2" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B14" s="64">
         <v>0.5</v>
       </c>
       <c r="C14" s="64">
         <v>-0.1</v>
       </c>
       <c r="D14" s="64">
         <v>0.1</v>
       </c>
       <c r="E14" s="64">
         <v>-0.1</v>
       </c>
       <c r="F14" s="64">
         <v>0.1</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A15" s="65" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B15" s="66">
         <v>0.3</v>
       </c>
       <c r="C15" s="66">
         <v>-0.1</v>
       </c>
       <c r="D15" s="66">
         <v>-0.3</v>
       </c>
       <c r="E15" s="66">
         <v>-0.3</v>
       </c>
       <c r="F15" s="66">
         <v>0.5</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A16" s="2" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B16" s="64">
         <v>0.3</v>
       </c>
       <c r="C16" s="64">
         <v>0.1</v>
       </c>
       <c r="D16" s="64">
         <v>-0.1</v>
       </c>
       <c r="E16" s="64">
         <v>-0.2</v>
       </c>
       <c r="F16" s="64">
         <v>0.3</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A17" s="65" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B17" s="66">
         <v>0.5</v>
       </c>
       <c r="C17" s="66">
         <v>0.3</v>
       </c>
       <c r="D17" s="66">
         <v>0.1</v>
       </c>
       <c r="E17" s="66">
         <v>0</v>
       </c>
       <c r="F17" s="66">
         <v>0.2</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A18" s="2" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B18" s="64">
         <v>0.6</v>
       </c>
       <c r="C18" s="64">
         <v>0.4</v>
       </c>
       <c r="D18" s="64">
         <v>0.3</v>
       </c>
       <c r="E18" s="64">
         <v>0.1</v>
       </c>
       <c r="F18" s="64">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" s="65" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B19" s="66">
         <v>0.6</v>
       </c>
       <c r="C19" s="66">
         <v>0.4</v>
       </c>
       <c r="D19" s="66">
         <v>0.3</v>
       </c>
       <c r="E19" s="66">
         <v>0.2</v>
       </c>
       <c r="F19" s="66">
         <v>0.3</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A20" s="2" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B20" s="64">
         <v>1</v>
       </c>
       <c r="C20" s="64">
         <v>0.5</v>
       </c>
       <c r="D20" s="64">
         <v>0.6</v>
       </c>
       <c r="E20" s="64">
         <v>0.3</v>
       </c>
       <c r="F20" s="64">
         <v>0.8</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A21" s="65" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B21" s="66">
         <v>0.9</v>
       </c>
       <c r="C21" s="66">
         <v>0.5</v>
       </c>
       <c r="D21" s="66">
         <v>0.7</v>
       </c>
       <c r="E21" s="66">
         <v>0.5</v>
       </c>
       <c r="F21" s="66">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A22" s="2" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B22" s="64">
         <v>1.2</v>
       </c>
       <c r="C22" s="64">
         <v>0.7</v>
       </c>
       <c r="D22" s="64">
         <v>0.8</v>
       </c>
       <c r="E22" s="64">
         <v>0.6</v>
       </c>
       <c r="F22" s="64">
         <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A23" s="65" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B23" s="66">
         <v>1.6</v>
       </c>
       <c r="C23" s="66">
         <v>0.8</v>
       </c>
       <c r="D23" s="66">
         <v>1.6</v>
       </c>
       <c r="E23" s="66">
         <v>1.1000000000000001</v>
       </c>
       <c r="F23" s="66">
         <v>1.6</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A24" s="70" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B24" s="71">
         <v>1.8</v>
       </c>
       <c r="C24" s="71">
         <v>1.6</v>
       </c>
       <c r="D24" s="71">
         <v>1.7</v>
       </c>
       <c r="E24" s="71">
         <v>1.7</v>
       </c>
       <c r="F24" s="71">
         <v>2.1</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A25" s="65" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B25" s="66">
         <v>2.2999999999999998</v>
       </c>
       <c r="C25" s="66">
         <v>1.4</v>
       </c>
       <c r="D25" s="66">
         <v>2.1</v>
       </c>
       <c r="E25" s="66">
         <v>1.9</v>
       </c>
       <c r="F25" s="66">
         <v>2.5</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A26" s="2" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B26" s="64">
         <v>2.2999999999999998</v>
       </c>
       <c r="C26" s="64">
         <v>1.4</v>
       </c>
       <c r="D26" s="64">
         <v>1.5</v>
       </c>
       <c r="E26" s="64">
         <v>1.5</v>
       </c>
       <c r="F26" s="64">
         <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A27" s="65" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B27" s="66">
         <v>2.7</v>
       </c>
       <c r="C27" s="66">
         <v>1.4</v>
       </c>
       <c r="D27" s="66">
         <v>2</v>
       </c>
       <c r="E27" s="66">
         <v>1.8</v>
       </c>
       <c r="F27" s="66">
         <v>1.8</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A28" s="2" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B28" s="64">
         <v>2.9</v>
       </c>
       <c r="C28" s="64">
         <v>0.9</v>
       </c>
       <c r="D28" s="64">
         <v>1.3</v>
       </c>
       <c r="E28" s="64">
         <v>1.4</v>
       </c>
       <c r="F28" s="64">
         <v>1.4</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A29" s="65" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B29" s="66">
         <v>2.6</v>
       </c>
       <c r="C29" s="66">
         <v>0.8</v>
       </c>
       <c r="D29" s="66">
         <v>1.7</v>
       </c>
       <c r="E29" s="66">
         <v>1.3</v>
       </c>
       <c r="F29" s="66">
         <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A30" s="2" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="B30" s="64">
         <v>2.6</v>
       </c>
       <c r="C30" s="64">
         <v>0.8</v>
       </c>
       <c r="D30" s="64">
         <v>1.7</v>
       </c>
       <c r="E30" s="64">
         <v>1.4</v>
       </c>
       <c r="F30" s="64">
         <v>1.3</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A31" s="65" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="B31" s="66">
         <v>2.9</v>
       </c>
       <c r="C31" s="66">
         <v>1</v>
       </c>
       <c r="D31" s="66">
         <v>1.9</v>
       </c>
       <c r="E31" s="66">
         <v>1.6</v>
       </c>
       <c r="F31" s="66">
         <v>1.5</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A32" s="2" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B32" s="64">
         <v>3</v>
       </c>
       <c r="C32" s="64">
         <v>1.1000000000000001</v>
       </c>
       <c r="D32" s="64">
         <v>1.9</v>
       </c>
       <c r="E32" s="64">
         <v>1.6</v>
       </c>
       <c r="F32" s="64">
         <v>1.9</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A33" s="65" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="B33" s="66">
         <v>3</v>
       </c>
       <c r="C33" s="66">
         <v>1.2</v>
       </c>
       <c r="D33" s="66">
         <v>1.5</v>
       </c>
       <c r="E33" s="66">
         <v>1.5</v>
       </c>
       <c r="F33" s="66">
         <v>1.7</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A34" s="2" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="B34" s="64">
         <v>3.1</v>
       </c>
       <c r="C34" s="64">
         <v>1.2</v>
       </c>
       <c r="D34" s="64">
         <v>1.7</v>
       </c>
       <c r="E34" s="64">
         <v>1.6</v>
       </c>
       <c r="F34" s="64">
         <v>1.9</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A35" s="72" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B35" s="73">
         <v>3</v>
       </c>
       <c r="C35" s="73">
         <v>1.2</v>
       </c>
       <c r="D35" s="73">
         <v>1.5</v>
       </c>
       <c r="E35" s="73">
         <v>1.4</v>
       </c>
       <c r="F35" s="73">
         <v>1.8</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A36" s="2" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="B36" s="64">
         <v>3</v>
       </c>
       <c r="C36" s="64">
         <v>1.5</v>
       </c>
       <c r="D36" s="64">
         <v>1.5</v>
       </c>
       <c r="E36" s="64">
         <v>1.4</v>
       </c>
       <c r="F36" s="64">
         <v>1.7</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A37" s="65" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="B37" s="66">
         <v>2.7</v>
       </c>
       <c r="C37" s="66">
         <v>1.3</v>
       </c>
       <c r="D37" s="66">
         <v>1.2</v>
       </c>
       <c r="E37" s="66">
         <v>1.2</v>
       </c>
       <c r="F37" s="66">
         <v>1.9</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A38" s="2" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="B38" s="64">
         <v>2.5</v>
       </c>
       <c r="C38" s="64">
         <v>1.7</v>
       </c>
       <c r="D38" s="64">
         <v>1.7</v>
       </c>
       <c r="E38" s="64">
         <v>1.4</v>
       </c>
       <c r="F38" s="64">
         <v>2.1</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A39" s="65" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="B39" s="66">
         <v>2.4</v>
       </c>
       <c r="C39" s="66">
         <v>1.8</v>
       </c>
       <c r="D39" s="66">
         <v>1.3</v>
       </c>
       <c r="E39" s="66">
         <v>1.3</v>
       </c>
       <c r="F39" s="66">
         <v>2.2000000000000002</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A40" s="2" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B40" s="64">
         <v>2.4</v>
       </c>
       <c r="C40" s="64">
         <v>2.2999999999999998</v>
       </c>
       <c r="D40" s="64">
         <v>2.5</v>
       </c>
       <c r="E40" s="64">
         <v>2</v>
       </c>
       <c r="F40" s="64">
         <v>2.6</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A41" s="65" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B41" s="66">
         <v>2.4</v>
       </c>
       <c r="C41" s="66">
         <v>2.2999999999999998</v>
       </c>
       <c r="D41" s="66">
         <v>2.1</v>
       </c>
       <c r="E41" s="66">
         <v>2</v>
       </c>
       <c r="F41" s="66">
         <v>2.7</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A42" s="2" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B42" s="64">
         <v>2.5</v>
       </c>
       <c r="C42" s="64">
         <v>2.6</v>
       </c>
       <c r="D42" s="64">
         <v>2.2000000000000002</v>
       </c>
       <c r="E42" s="64">
         <v>2.2000000000000002</v>
       </c>
       <c r="F42" s="64">
         <v>2.8</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A43" s="65" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="B43" s="66">
         <v>2.7</v>
       </c>
       <c r="C43" s="66">
         <v>2.6</v>
       </c>
       <c r="D43" s="66">
         <v>2.1</v>
       </c>
       <c r="E43" s="66">
         <v>2.1</v>
       </c>
       <c r="F43" s="66">
         <v>2.5</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A44" s="2" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="B44" s="64">
         <v>2.4</v>
       </c>
       <c r="C44" s="64">
         <v>2.5</v>
       </c>
       <c r="D44" s="64">
         <v>2.2000000000000002</v>
       </c>
       <c r="E44" s="64">
         <v>2.1</v>
       </c>
       <c r="F44" s="64">
         <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A45" s="65" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B45" s="66">
         <v>2.4</v>
       </c>
       <c r="C45" s="66">
         <v>2.5</v>
       </c>
       <c r="D45" s="66">
         <v>2.6</v>
       </c>
       <c r="E45" s="66">
         <v>2.2999999999999998</v>
       </c>
       <c r="F45" s="66">
         <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A46" s="2" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B46" s="64">
         <v>2.2999999999999998</v>
       </c>
       <c r="C46" s="64">
         <v>2.2000000000000002</v>
       </c>
       <c r="D46" s="64">
         <v>2.2000000000000002</v>
       </c>
       <c r="E46" s="64">
         <v>1.9</v>
       </c>
       <c r="F46" s="64">
         <v>1.8</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A47" s="65" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B47" s="66">
         <v>2.1</v>
       </c>
       <c r="C47" s="66">
         <v>1.9</v>
       </c>
       <c r="D47" s="66">
         <v>1.7</v>
       </c>
       <c r="E47" s="66">
         <v>1.6</v>
       </c>
       <c r="F47" s="66">
         <v>1.5</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A48" s="70" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B48" s="71">
         <v>1.8</v>
       </c>
       <c r="C48" s="71">
         <v>1.4</v>
       </c>
       <c r="D48" s="71">
         <v>1.7</v>
       </c>
       <c r="E48" s="71">
         <v>1.4</v>
       </c>
       <c r="F48" s="71">
         <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A49" s="65" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B49" s="66">
         <v>1.9</v>
       </c>
       <c r="C49" s="66">
         <v>1.6</v>
       </c>
       <c r="D49" s="66">
         <v>1.7</v>
       </c>
       <c r="E49" s="66">
         <v>1.6</v>
       </c>
       <c r="F49" s="66">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A50" s="2" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B50" s="64">
         <v>1.9</v>
       </c>
       <c r="C50" s="64">
         <v>1.3</v>
       </c>
       <c r="D50" s="64">
         <v>1.4</v>
       </c>
       <c r="E50" s="64">
         <v>1.6</v>
       </c>
       <c r="F50" s="64">
         <v>1.4</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A51" s="65" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B51" s="66">
         <v>2.1</v>
       </c>
       <c r="C51" s="66">
         <v>1.5</v>
       </c>
       <c r="D51" s="66">
         <v>2.1</v>
       </c>
       <c r="E51" s="66">
         <v>1.9</v>
       </c>
       <c r="F51" s="66">
         <v>1.6</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A52" s="2" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="B52" s="64">
         <v>2</v>
       </c>
       <c r="C52" s="64">
         <v>1.1000000000000001</v>
       </c>
       <c r="D52" s="64">
         <v>1.3</v>
       </c>
       <c r="E52" s="64">
         <v>1.5</v>
       </c>
       <c r="F52" s="64">
         <v>1.3</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A53" s="65" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="B53" s="66">
         <v>2</v>
       </c>
       <c r="C53" s="66">
         <v>1.4</v>
       </c>
       <c r="D53" s="66">
         <v>1.5</v>
       </c>
       <c r="E53" s="66">
         <v>1.5</v>
       </c>
       <c r="F53" s="66">
         <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A54" s="2" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="B54" s="64">
         <v>2.1</v>
       </c>
       <c r="C54" s="64">
         <v>1.3</v>
       </c>
       <c r="D54" s="64">
         <v>1.1000000000000001</v>
       </c>
       <c r="E54" s="64">
         <v>1.3</v>
       </c>
       <c r="F54" s="64">
         <v>1.4</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A55" s="65" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B55" s="66">
         <v>1.7</v>
       </c>
       <c r="C55" s="66">
         <v>1.3</v>
       </c>
       <c r="D55" s="66">
         <v>1</v>
       </c>
       <c r="E55" s="66">
         <v>1.3</v>
       </c>
       <c r="F55" s="66">
         <v>1.3</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A56" s="2" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="B56" s="64">
         <v>1.7</v>
       </c>
       <c r="C56" s="64">
         <v>1.1000000000000001</v>
       </c>
       <c r="D56" s="64">
         <v>0.9</v>
       </c>
       <c r="E56" s="64">
         <v>1.1000000000000001</v>
       </c>
       <c r="F56" s="64">
         <v>1.2</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A57" s="65" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="B57" s="66">
         <v>1.5</v>
       </c>
       <c r="C57" s="66">
         <v>0.9</v>
       </c>
       <c r="D57" s="66">
         <v>0.9</v>
       </c>
       <c r="E57" s="66">
         <v>1</v>
       </c>
       <c r="F57" s="66">
         <v>1.3</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A58" s="2" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="B58" s="64">
         <v>1.5</v>
       </c>
       <c r="C58" s="64">
         <v>1.2</v>
       </c>
       <c r="D58" s="64">
         <v>1.2</v>
       </c>
       <c r="E58" s="64">
         <v>1.3</v>
       </c>
       <c r="F58" s="64">
         <v>1.7</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A59" s="72" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B59" s="73">
         <v>1.3</v>
       </c>
       <c r="C59" s="73">
         <v>1.6</v>
       </c>
       <c r="D59" s="73">
         <v>1.5</v>
       </c>
       <c r="E59" s="73">
         <v>1.6</v>
       </c>
       <c r="F59" s="73">
         <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A60" s="2" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B60" s="64">
         <v>1.8</v>
       </c>
       <c r="C60" s="64">
         <v>1.7</v>
       </c>
       <c r="D60" s="64">
         <v>1.6</v>
       </c>
       <c r="E60" s="64">
         <v>1.7</v>
       </c>
       <c r="F60" s="64">
         <v>2.2000000000000002</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A61" s="65" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="B61" s="66">
         <v>1.7</v>
       </c>
       <c r="C61" s="66">
         <v>1.6</v>
       </c>
       <c r="D61" s="66">
         <v>1.7</v>
       </c>
       <c r="E61" s="66">
         <v>1.6</v>
       </c>
       <c r="F61" s="66">
         <v>2.1</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A62" s="2" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="B62" s="64">
         <v>1.5</v>
       </c>
       <c r="C62" s="64">
         <v>0.8</v>
       </c>
       <c r="D62" s="64">
         <v>1.3</v>
       </c>
       <c r="E62" s="64">
         <v>1.1000000000000001</v>
       </c>
       <c r="F62" s="64">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A63" s="65" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="B63" s="66">
         <v>0.8</v>
       </c>
       <c r="C63" s="66">
         <v>0.4</v>
       </c>
       <c r="D63" s="66">
         <v>0.8</v>
       </c>
       <c r="E63" s="66">
         <v>0.6</v>
       </c>
       <c r="F63" s="66">
         <v>-0.5</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A64" s="2" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="B64" s="64">
         <v>0.5</v>
       </c>
       <c r="C64" s="64">
         <v>0.4</v>
       </c>
       <c r="D64" s="64">
         <v>0.5</v>
       </c>
       <c r="E64" s="64">
         <v>0.5</v>
       </c>
       <c r="F64" s="64">
         <v>-0.7</v>
       </c>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A65" s="65" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B65" s="66">
         <v>0.6</v>
       </c>
       <c r="C65" s="66">
         <v>0.2</v>
       </c>
       <c r="D65" s="66">
         <v>0.8</v>
       </c>
       <c r="E65" s="66">
         <v>0.7</v>
       </c>
       <c r="F65" s="66">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A66" s="2" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="B66" s="64">
         <v>1</v>
       </c>
       <c r="C66" s="64">
         <v>0.9</v>
       </c>
       <c r="D66" s="64">
         <v>0</v>
       </c>
       <c r="E66" s="64">
         <v>0.8</v>
       </c>
       <c r="F66" s="64">
         <v>0.5</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A67" s="65" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B67" s="66">
         <v>0.2</v>
       </c>
       <c r="C67" s="66">
         <v>0.2</v>
       </c>
       <c r="D67" s="66">
         <v>-0.1</v>
       </c>
       <c r="E67" s="66">
         <v>0.4</v>
       </c>
       <c r="F67" s="66">
         <v>0.9</v>
       </c>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A68" s="2" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="B68" s="64">
         <v>0.5</v>
       </c>
       <c r="C68" s="64">
         <v>0</v>
       </c>
       <c r="D68" s="64">
         <v>-0.4</v>
       </c>
       <c r="E68" s="64">
         <v>0.2</v>
       </c>
       <c r="F68" s="64">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A69" s="65" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B69" s="66">
         <v>0.7</v>
       </c>
       <c r="C69" s="66">
         <v>0.1</v>
       </c>
       <c r="D69" s="66">
         <v>-0.5</v>
       </c>
       <c r="E69" s="66">
         <v>0.2</v>
       </c>
       <c r="F69" s="66">
         <v>0.8</v>
       </c>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A70" s="2" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="B70" s="64">
         <v>0.3</v>
       </c>
       <c r="C70" s="64">
         <v>0.2</v>
       </c>
       <c r="D70" s="64">
         <v>-0.7</v>
       </c>
       <c r="E70" s="64">
         <v>0.2</v>
       </c>
       <c r="F70" s="64">
         <v>0.9</v>
       </c>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A71" s="65" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="B71" s="66">
         <v>0.6</v>
       </c>
       <c r="C71" s="66">
         <v>0</v>
       </c>
       <c r="D71" s="66">
         <v>-0.7</v>
       </c>
       <c r="E71" s="66">
         <v>0.2</v>
       </c>
       <c r="F71" s="66">
         <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A72" s="70" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="B72" s="71">
         <v>0.7</v>
       </c>
       <c r="C72" s="71">
         <v>0.8</v>
       </c>
       <c r="D72" s="71">
         <v>1.6</v>
       </c>
       <c r="E72" s="71">
         <v>1.2</v>
       </c>
       <c r="F72" s="71">
         <v>1.2</v>
       </c>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A73" s="65" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B73" s="66">
         <v>0.4</v>
       </c>
       <c r="C73" s="66">
         <v>0.8</v>
       </c>
       <c r="D73" s="66">
         <v>1.6</v>
       </c>
       <c r="E73" s="66">
         <v>1.3</v>
       </c>
       <c r="F73" s="66">
         <v>1.6</v>
       </c>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A74" s="2" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B74" s="64">
         <v>0.7</v>
       </c>
       <c r="C74" s="64">
         <v>1.4</v>
       </c>
       <c r="D74" s="64">
         <v>2</v>
       </c>
       <c r="E74" s="64">
         <v>1.7</v>
       </c>
       <c r="F74" s="64">
         <v>2.8</v>
       </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A75" s="65" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="B75" s="66">
         <v>1.5</v>
       </c>
       <c r="C75" s="66">
         <v>1.6</v>
       </c>
       <c r="D75" s="66">
         <v>2.1</v>
       </c>
       <c r="E75" s="66">
         <v>2</v>
       </c>
       <c r="F75" s="66">
         <v>4.8</v>
       </c>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A76" s="2" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B76" s="64">
         <v>2.1</v>
       </c>
       <c r="C76" s="64">
         <v>1.8</v>
       </c>
       <c r="D76" s="64">
         <v>2.4</v>
       </c>
       <c r="E76" s="64">
         <v>2.2999999999999998</v>
       </c>
       <c r="F76" s="64">
         <v>5.9</v>
       </c>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A77" s="65" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B77" s="66">
         <v>2.5</v>
       </c>
       <c r="C77" s="66">
         <v>1.9</v>
       </c>
       <c r="D77" s="66">
         <v>2.1</v>
       </c>
       <c r="E77" s="66">
         <v>2.2000000000000002</v>
       </c>
       <c r="F77" s="66">
         <v>6.3</v>
       </c>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A78" s="2" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B78" s="64">
         <v>2</v>
       </c>
       <c r="C78" s="64">
         <v>1.5</v>
       </c>
       <c r="D78" s="64">
         <v>3.1</v>
       </c>
       <c r="E78" s="64">
         <v>2.5</v>
       </c>
       <c r="F78" s="64">
         <v>6.2</v>
       </c>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A79" s="65" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B79" s="66">
         <v>3.2</v>
       </c>
       <c r="C79" s="66">
         <v>2.4</v>
       </c>
       <c r="D79" s="66">
         <v>3.4</v>
       </c>
       <c r="E79" s="66">
         <v>3.2</v>
       </c>
       <c r="F79" s="66">
         <v>6.1</v>
       </c>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A80" s="2" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B80" s="64">
         <v>3.1</v>
       </c>
       <c r="C80" s="64">
         <v>2.7</v>
       </c>
       <c r="D80" s="64">
         <v>4.0999999999999996</v>
       </c>
       <c r="E80" s="64">
         <v>3.6</v>
       </c>
       <c r="F80" s="64">
         <v>6.1</v>
       </c>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A81" s="65" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="B81" s="66">
         <v>4.2</v>
       </c>
       <c r="C81" s="66">
         <v>3.2</v>
       </c>
       <c r="D81" s="66">
         <v>4.5999999999999996</v>
       </c>
       <c r="E81" s="66">
         <v>4.4000000000000004</v>
       </c>
       <c r="F81" s="66">
         <v>7.1</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A82" s="2" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="B82" s="64">
         <v>5.0999999999999996</v>
       </c>
       <c r="C82" s="64">
         <v>3.4</v>
       </c>
       <c r="D82" s="64">
         <v>6</v>
       </c>
       <c r="E82" s="64">
         <v>5.2</v>
       </c>
       <c r="F82" s="64">
         <v>7.8</v>
       </c>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A83" s="72" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="B83" s="73">
         <v>5.4</v>
       </c>
       <c r="C83" s="73">
         <v>3.4</v>
       </c>
       <c r="D83" s="73">
         <v>5.7</v>
       </c>
       <c r="E83" s="73">
         <v>5.3</v>
       </c>
       <c r="F83" s="73">
         <v>8</v>
       </c>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A84" s="2" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="B84" s="64">
         <v>5.5</v>
       </c>
       <c r="C84" s="64">
         <v>3.3</v>
       </c>
       <c r="D84" s="64">
         <v>5.0999999999999996</v>
       </c>
       <c r="E84" s="64">
         <v>5.6</v>
       </c>
       <c r="F84" s="64">
         <v>8.5</v>
       </c>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A85" s="65" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B85" s="66">
         <v>6.2</v>
       </c>
       <c r="C85" s="66">
         <v>4.2</v>
       </c>
       <c r="D85" s="66">
         <v>5.5</v>
       </c>
       <c r="E85" s="66">
         <v>6.2</v>
       </c>
       <c r="F85" s="66">
         <v>8.9</v>
       </c>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A86" s="2" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B86" s="64">
         <v>7</v>
       </c>
       <c r="C86" s="64">
         <v>5.0999999999999996</v>
       </c>
       <c r="D86" s="64">
         <v>7.6</v>
       </c>
       <c r="E86" s="64">
         <v>7.8</v>
       </c>
       <c r="F86" s="64">
         <v>9.8000000000000007</v>
       </c>
     </row>
     <row r="87" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A87" s="65" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B87" s="66">
         <v>9</v>
       </c>
       <c r="C87" s="66">
         <v>5.4</v>
       </c>
       <c r="D87" s="66">
         <v>7.8</v>
       </c>
       <c r="E87" s="66">
         <v>8.1</v>
       </c>
       <c r="F87" s="66">
         <v>9.3000000000000007</v>
       </c>
     </row>
     <row r="88" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A88" s="2" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="B88" s="64">
         <v>9.1</v>
       </c>
       <c r="C88" s="64">
         <v>5.8</v>
       </c>
       <c r="D88" s="64">
         <v>8.6999999999999993</v>
       </c>
       <c r="E88" s="64">
         <v>8.8000000000000007</v>
       </c>
       <c r="F88" s="64">
         <v>9.6</v>
       </c>
     </row>
     <row r="89" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A89" s="65" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B89" s="66">
         <v>9.4</v>
       </c>
       <c r="C89" s="66">
         <v>6.5</v>
       </c>
       <c r="D89" s="66">
         <v>8.1999999999999993</v>
       </c>
       <c r="E89" s="66">
         <v>9.6</v>
       </c>
       <c r="F89" s="66">
         <v>10.1</v>
       </c>
     </row>
     <row r="90" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A90" s="2" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B90" s="64">
         <v>10.1</v>
       </c>
       <c r="C90" s="64">
         <v>6.8</v>
       </c>
       <c r="D90" s="64">
         <v>8.5</v>
       </c>
       <c r="E90" s="64">
         <v>9.8000000000000007</v>
       </c>
       <c r="F90" s="64">
         <v>9.3000000000000007</v>
       </c>
     </row>
     <row r="91" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A91" s="65" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B91" s="66">
         <v>9.9</v>
       </c>
       <c r="C91" s="66">
         <v>6.6</v>
       </c>
       <c r="D91" s="66">
         <v>8.8000000000000007</v>
       </c>
       <c r="E91" s="66">
         <v>10.1</v>
       </c>
       <c r="F91" s="66">
         <v>8.8000000000000007</v>
       </c>
     </row>
     <row r="92" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A92" s="2" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="B92" s="64">
         <v>10.1</v>
       </c>
       <c r="C92" s="64">
         <v>6.2</v>
       </c>
       <c r="D92" s="64">
         <v>10.9</v>
       </c>
       <c r="E92" s="64">
         <v>10.9</v>
       </c>
       <c r="F92" s="64">
         <v>8.6999999999999993</v>
       </c>
     </row>
     <row r="93" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A93" s="65" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="B93" s="66">
         <v>11.1</v>
       </c>
       <c r="C93" s="66">
         <v>7.1</v>
       </c>
       <c r="D93" s="66">
         <v>11.6</v>
       </c>
       <c r="E93" s="66">
         <v>11.5</v>
       </c>
       <c r="F93" s="66">
         <v>8</v>
       </c>
     </row>
     <row r="94" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A94" s="2" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="B94" s="64">
         <v>10.7</v>
       </c>
       <c r="C94" s="64">
         <v>7.1</v>
       </c>
       <c r="D94" s="64">
         <v>11.3</v>
       </c>
       <c r="E94" s="64">
         <v>11.1</v>
       </c>
       <c r="F94" s="64">
         <v>7.1</v>
       </c>
     </row>
     <row r="95" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A95" s="65" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="B95" s="66">
         <v>10.5</v>
       </c>
       <c r="C95" s="66">
         <v>6.7</v>
       </c>
       <c r="D95" s="66">
         <v>9.6</v>
       </c>
       <c r="E95" s="66">
         <v>10.4</v>
       </c>
       <c r="F95" s="66">
         <v>6.1</v>
       </c>
     </row>
     <row r="96" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A96" s="70" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B96" s="71">
         <v>10.1</v>
       </c>
       <c r="C96" s="71">
         <v>7</v>
       </c>
       <c r="D96" s="71">
         <v>9.1999999999999993</v>
       </c>
       <c r="E96" s="71">
         <v>10</v>
       </c>
       <c r="F96" s="71">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A97" s="65" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="B97" s="66">
         <v>10.4</v>
       </c>
       <c r="C97" s="66">
         <v>7.3</v>
       </c>
       <c r="D97" s="66">
         <v>9.3000000000000007</v>
       </c>
       <c r="E97" s="66">
         <v>9.9</v>
       </c>
       <c r="F97" s="66">
         <v>5.3</v>
       </c>
     </row>
     <row r="98" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A98" s="2" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="B98" s="64">
         <v>10.1</v>
       </c>
       <c r="C98" s="64">
         <v>6.7</v>
       </c>
       <c r="D98" s="64">
         <v>7.8</v>
       </c>
       <c r="E98" s="64">
         <v>8.3000000000000007</v>
       </c>
       <c r="F98" s="64">
         <v>3.9</v>
       </c>
     </row>
     <row r="99" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A99" s="65" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="B99" s="66">
         <v>8.6999999999999993</v>
       </c>
       <c r="C99" s="66">
         <v>6.9</v>
       </c>
       <c r="D99" s="66">
         <v>7.6</v>
       </c>
       <c r="E99" s="66">
         <v>8.1</v>
       </c>
       <c r="F99" s="66">
         <v>3.8</v>
       </c>
     </row>
     <row r="100" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A100" s="2" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="B100" s="64">
         <v>8.6999999999999993</v>
       </c>
       <c r="C100" s="64">
         <v>6</v>
       </c>
       <c r="D100" s="64">
         <v>6.3</v>
       </c>
       <c r="E100" s="64">
         <v>7.1</v>
       </c>
       <c r="F100" s="64">
         <v>2.7</v>
       </c>
     </row>
     <row r="101" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A101" s="65" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="B101" s="66">
         <v>7.9</v>
       </c>
       <c r="C101" s="66">
         <v>5.3</v>
       </c>
       <c r="D101" s="66">
         <v>6.8</v>
       </c>
       <c r="E101" s="66">
         <v>6.4</v>
       </c>
       <c r="F101" s="66">
         <v>1.4</v>
       </c>
     </row>
     <row r="102" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A102" s="2" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="B102" s="64">
         <v>6.8</v>
       </c>
       <c r="C102" s="64">
         <v>5.0999999999999996</v>
       </c>
       <c r="D102" s="64">
         <v>6.5</v>
       </c>
       <c r="E102" s="64">
         <v>6.1</v>
       </c>
       <c r="F102" s="64">
         <v>1.7</v>
       </c>
     </row>
     <row r="103" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A103" s="65" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="B103" s="66">
         <v>6.7</v>
       </c>
       <c r="C103" s="66">
         <v>5.7</v>
       </c>
       <c r="D103" s="66">
         <v>6.4</v>
       </c>
       <c r="E103" s="66">
         <v>5.9</v>
       </c>
       <c r="F103" s="66">
         <v>2.5</v>
       </c>
     </row>
     <row r="104" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A104" s="2" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="B104" s="64">
         <v>6.7</v>
       </c>
       <c r="C104" s="64">
         <v>5.7</v>
       </c>
       <c r="D104" s="64">
         <v>4.3</v>
       </c>
       <c r="E104" s="64">
         <v>4.9000000000000004</v>
       </c>
       <c r="F104" s="64">
         <v>2.6</v>
       </c>
     </row>
     <row r="105" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A105" s="65" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="B105" s="66">
         <v>4.5999999999999996</v>
       </c>
       <c r="C105" s="66">
         <v>4.5</v>
       </c>
       <c r="D105" s="66">
         <v>3</v>
       </c>
       <c r="E105" s="66">
         <v>3.6</v>
       </c>
       <c r="F105" s="66">
         <v>2.1</v>
       </c>
     </row>
     <row r="106" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A106" s="2" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="B106" s="64">
         <v>3.9</v>
       </c>
       <c r="C106" s="64">
         <v>3.9</v>
       </c>
       <c r="D106" s="64">
         <v>2.2999999999999998</v>
       </c>
       <c r="E106" s="64">
         <v>3.1</v>
       </c>
       <c r="F106" s="64">
         <v>2.1</v>
       </c>
     </row>
     <row r="107" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A107" s="72" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="B107" s="73">
         <v>4</v>
       </c>
       <c r="C107" s="73">
         <v>4.0999999999999996</v>
       </c>
       <c r="D107" s="73">
         <v>3.8</v>
       </c>
       <c r="E107" s="73">
         <v>3.4</v>
       </c>
       <c r="F107" s="73">
         <v>2.5</v>
       </c>
     </row>
     <row r="108" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A108" s="2" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="B108" s="64">
         <v>4</v>
       </c>
       <c r="C108" s="64">
         <v>3.4</v>
       </c>
       <c r="D108" s="64">
         <v>3.1</v>
       </c>
       <c r="E108" s="64">
         <v>3.1</v>
       </c>
       <c r="F108" s="64">
         <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="109" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A109" s="65" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="B109" s="66">
         <v>3.4</v>
       </c>
       <c r="C109" s="66">
         <v>3.2</v>
       </c>
       <c r="D109" s="66">
         <v>2.7</v>
       </c>
       <c r="E109" s="66">
         <v>2.8</v>
       </c>
       <c r="F109" s="66">
         <v>2.2000000000000002</v>
       </c>
     </row>
     <row r="110" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A110" s="2" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="B110" s="64">
         <v>3.2</v>
       </c>
       <c r="C110" s="64">
         <v>2.4</v>
       </c>
       <c r="D110" s="64">
         <v>2.2999999999999998</v>
       </c>
       <c r="E110" s="64">
         <v>2.6</v>
       </c>
       <c r="F110" s="64">
         <v>2.4</v>
       </c>
     </row>
     <row r="111" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A111" s="65" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B111" s="66">
         <v>2.2999999999999998</v>
       </c>
       <c r="C111" s="66">
         <v>2.4</v>
       </c>
       <c r="D111" s="66">
         <v>2.4</v>
       </c>
       <c r="E111" s="66">
         <v>2.6</v>
       </c>
       <c r="F111" s="66">
         <v>2</v>
       </c>
     </row>
     <row r="112" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A112" s="2" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="B112" s="64">
         <v>2</v>
       </c>
       <c r="C112" s="64">
         <v>2.6</v>
       </c>
       <c r="D112" s="64">
         <v>2.8</v>
       </c>
       <c r="E112" s="64">
         <v>2.7</v>
       </c>
       <c r="F112" s="64">
         <v>2</v>
       </c>
     </row>
     <row r="113" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A113" s="65" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="B113" s="66">
         <v>2</v>
       </c>
       <c r="C113" s="66">
         <v>2.5</v>
       </c>
       <c r="D113" s="66">
         <v>2.5</v>
       </c>
       <c r="E113" s="66">
         <v>2.6</v>
       </c>
       <c r="F113" s="66">
         <v>1.8</v>
       </c>
     </row>
     <row r="114" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A114" s="2" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="B114" s="64">
         <v>2.2000000000000002</v>
       </c>
       <c r="C114" s="64">
         <v>2.7</v>
       </c>
       <c r="D114" s="64">
         <v>2.6</v>
       </c>
       <c r="E114" s="64">
         <v>2.8</v>
       </c>
       <c r="F114" s="64">
         <v>1.7</v>
       </c>
     </row>
     <row r="115" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A115" s="65" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B115" s="66">
         <v>2.2000000000000002</v>
       </c>
       <c r="C115" s="66">
         <v>2.2000000000000002</v>
       </c>
       <c r="D115" s="66">
         <v>2</v>
       </c>
       <c r="E115" s="66">
         <v>2.4</v>
       </c>
       <c r="F115" s="66">
         <v>1.3</v>
       </c>
     </row>
     <row r="116" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A116" s="2" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="B116" s="64">
         <v>1.7</v>
       </c>
       <c r="C116" s="64">
         <v>1.4</v>
       </c>
       <c r="D116" s="64">
         <v>1.8</v>
       </c>
       <c r="E116" s="64">
         <v>2.1</v>
       </c>
       <c r="F116" s="64">
         <v>1.6</v>
       </c>
     </row>
     <row r="117" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A117" s="65" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="B117" s="66">
         <v>2.2999999999999998</v>
       </c>
       <c r="C117" s="66">
         <v>1.6</v>
       </c>
       <c r="D117" s="66">
         <v>2.4</v>
       </c>
       <c r="E117" s="66">
         <v>2.2999999999999998</v>
       </c>
       <c r="F117" s="66">
         <v>1.9</v>
       </c>
     </row>
     <row r="118" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A118" s="2" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="B118" s="64">
         <v>2.6</v>
       </c>
       <c r="C118" s="64">
         <v>1.7</v>
       </c>
       <c r="D118" s="64">
         <v>2.4</v>
       </c>
       <c r="E118" s="64">
         <v>2.5</v>
       </c>
       <c r="F118" s="64">
         <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="119" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A119" s="65" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="B119" s="66">
         <v>2.5</v>
       </c>
       <c r="C119" s="66">
         <v>1.8</v>
       </c>
       <c r="D119" s="66">
         <v>2.8</v>
       </c>
       <c r="E119" s="66">
         <v>2.7</v>
       </c>
       <c r="F119" s="66">
         <v>2.6</v>
       </c>
     </row>
     <row r="120" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A120" s="70" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="B120" s="71">
         <v>3</v>
       </c>
       <c r="C120" s="71">
         <v>1.8</v>
       </c>
       <c r="D120" s="71">
         <v>2.8</v>
       </c>
       <c r="E120" s="71">
         <v>2.8</v>
       </c>
       <c r="F120" s="54" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="121" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A121" s="65" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="B121" s="66">
         <v>2.8</v>
       </c>
       <c r="C121" s="66">
         <v>0.9</v>
       </c>
       <c r="D121" s="66">
         <v>2.6</v>
       </c>
       <c r="E121" s="66">
         <v>2.7</v>
       </c>
       <c r="F121" s="95" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="122" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A122" s="2" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="B122" s="64">
         <v>2.6</v>
       </c>
       <c r="C122" s="64">
         <v>0.9</v>
       </c>
       <c r="D122" s="64">
         <v>2.2999999999999998</v>
       </c>
       <c r="E122" s="64">
         <v>2.5</v>
       </c>
       <c r="F122" s="5" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="123" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A123" s="65" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="B123" s="66">
         <v>3.5</v>
       </c>
       <c r="C123" s="66">
         <v>0.9</v>
       </c>
       <c r="D123" s="66">
         <v>2.2000000000000002</v>
       </c>
       <c r="E123" s="66">
         <v>2.4</v>
       </c>
       <c r="F123" s="95" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="124" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A124" s="68" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="B124" s="69">
         <v>3.4</v>
       </c>
       <c r="C124" s="69">
         <v>0.6</v>
       </c>
       <c r="D124" s="69">
         <v>2.1</v>
       </c>
       <c r="E124" s="56">
         <v>2.2000000000000002</v>
       </c>
       <c r="F124" s="56" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="125" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A125" s="153">
+      <c r="A125" s="131">
         <v>45809</v>
       </c>
       <c r="B125" s="66">
         <v>3.6</v>
       </c>
       <c r="C125" s="66">
         <v>0.9</v>
       </c>
       <c r="D125" s="66">
         <v>2</v>
       </c>
       <c r="E125" s="95">
         <v>2.2999999999999998</v>
       </c>
       <c r="F125" s="95"/>
     </row>
     <row r="126" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A126" s="154">
+      <c r="A126" s="132">
         <v>45839</v>
       </c>
       <c r="B126" s="64">
         <v>3.8</v>
       </c>
       <c r="C126" s="64">
         <v>0.9</v>
       </c>
       <c r="D126" s="64">
         <v>1.8</v>
       </c>
       <c r="E126" s="5">
         <v>2.4</v>
       </c>
     </row>
     <row r="127" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A127" s="153">
+      <c r="A127" s="131">
         <v>45870</v>
       </c>
       <c r="B127" s="66">
         <v>3.8</v>
       </c>
       <c r="C127" s="66">
         <v>0.8</v>
       </c>
       <c r="D127" s="66">
         <v>2.1</v>
       </c>
       <c r="E127" s="95">
         <v>2.4</v>
       </c>
       <c r="F127" s="95"/>
     </row>
     <row r="128" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A128" s="154">
+      <c r="A128" s="132">
         <v>45901</v>
       </c>
       <c r="B128" s="64">
         <v>3.8</v>
       </c>
       <c r="C128" s="64">
         <v>1.1000000000000001</v>
       </c>
       <c r="D128" s="64">
         <v>2.4</v>
       </c>
       <c r="E128" s="5">
         <v>2.6</v>
       </c>
     </row>
     <row r="129" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="B129" s="64"/>
-[...1 lines deleted...]
-      <c r="D129" s="64"/>
+      <c r="A129" s="65" t="s">
+        <v>330</v>
+      </c>
+      <c r="B129" s="66">
+        <v>3.6</v>
+      </c>
+      <c r="C129" s="66">
+        <v>0.8</v>
+      </c>
+      <c r="D129" s="66">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="E129" s="95">
+        <v>2.5</v>
+      </c>
+      <c r="F129" s="95"/>
     </row>
     <row r="130" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="B130" s="64"/>
-[...1 lines deleted...]
-      <c r="D130" s="64"/>
+      <c r="A130" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="B130" s="64">
+        <v>3.2</v>
+      </c>
+      <c r="C130" s="64">
+        <v>0.8</v>
+      </c>
+      <c r="D130" s="64">
+        <v>2.6</v>
+      </c>
     </row>
     <row r="131" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A131" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B131" s="64"/>
       <c r="C131" s="64"/>
       <c r="D131" s="64"/>
     </row>
     <row r="132" spans="1:13" x14ac:dyDescent="0.2">
       <c r="B132" s="64"/>
       <c r="C132" s="64"/>
       <c r="D132" s="64"/>
     </row>
     <row r="133" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A133" s="2" t="s">
+        <v>740</v>
+      </c>
       <c r="B133" s="64"/>
       <c r="C133" s="64"/>
       <c r="D133" s="64"/>
     </row>
     <row r="134" spans="1:13" x14ac:dyDescent="0.2">
       <c r="B134" s="64"/>
       <c r="C134" s="64"/>
       <c r="D134" s="64"/>
     </row>
     <row r="135" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A135" s="2" t="s">
-[...38 lines deleted...]
-      <c r="A138" s="2" t="s">
+      <c r="B135" s="64"/>
+      <c r="C135" s="64"/>
+      <c r="D135" s="64"/>
+    </row>
+    <row r="136" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="B136" s="64"/>
+      <c r="C136" s="64"/>
+      <c r="D136" s="64"/>
+    </row>
+    <row r="137" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A137" s="2" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="172" t="s">
         <v>686</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="E142" s="2"/>
+      <c r="B138" s="173"/>
+      <c r="C138" s="173"/>
+      <c r="D138" s="173"/>
+      <c r="E138" s="173"/>
+      <c r="F138" s="173"/>
+      <c r="G138" s="173"/>
+      <c r="H138" s="173"/>
+      <c r="I138" s="173"/>
+      <c r="J138" s="173"/>
+      <c r="K138" s="173"/>
+      <c r="L138" s="173"/>
+      <c r="M138" s="173"/>
+    </row>
+    <row r="139" spans="1:13" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="174" t="s">
+        <v>685</v>
+      </c>
+      <c r="B139" s="173"/>
+      <c r="C139" s="173"/>
+      <c r="D139" s="173"/>
+      <c r="E139" s="173"/>
+      <c r="F139" s="173"/>
+      <c r="G139" s="173"/>
+      <c r="H139" s="173"/>
+      <c r="I139" s="173"/>
+      <c r="J139" s="173"/>
+      <c r="K139" s="173"/>
+      <c r="L139" s="173"/>
+      <c r="M139" s="173"/>
+    </row>
+    <row r="140" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A140" s="2" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="E144" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="A136:M136"/>
-    <mergeCell ref="A137:M137"/>
+    <mergeCell ref="A138:M138"/>
+    <mergeCell ref="A139:M139"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H3" location="Contents!A1" display="Contents" xr:uid="{10306867-D2AD-4CB0-9288-6AF69110F036}"/>
-    <hyperlink ref="K2" r:id="rId1" display="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/consumerpriceinflation/september2025" xr:uid="{9FDE50CA-0E97-47A0-BB40-00A84BB64F68}"/>
+    <hyperlink ref="J3" r:id="rId1" location="consumer-price-inflation-rates" display="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/consumerpriceinflation/november2025 - consumer-price-inflation-rates" xr:uid="{4A4DA767-1197-46B9-9054-488D124056DB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="15" baseType="lpstr">
       <vt:lpstr>Contents</vt:lpstr>
       <vt:lpstr>1 NICEI</vt:lpstr>
       <vt:lpstr>2 Construction Output</vt:lpstr>