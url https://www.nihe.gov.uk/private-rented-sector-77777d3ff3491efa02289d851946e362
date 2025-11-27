--- v0 (2025-10-18)
+++ v1 (2025-11-27)
@@ -1,102 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\NEW Housing Review\Report excel tables\formatted tables\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{99F0AB7B-C0D8-43FA-A409-8484A440DB20}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CA32F06B-DAC7-41DA-AC06-7D6B8F9E38EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="12945" yWindow="0" windowWidth="15855" windowHeight="14430" xr2:uid="{8164C211-46A1-454A-83D5-CE2B4458CEB0}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="6" activeTab="9" xr2:uid="{8164C211-46A1-454A-83D5-CE2B4458CEB0}"/>
   </bookViews>
   <sheets>
     <sheet name="Contents" sheetId="9" r:id="rId1"/>
     <sheet name="1 ONS Average Rents UK Regions" sheetId="1" r:id="rId2"/>
     <sheet name="2ONS Rent Inflation UK Regions " sheetId="2" r:id="rId3"/>
     <sheet name="3 ONS PRS Affordability" sheetId="3" r:id="rId4"/>
-    <sheet name="4 UU Annual Rental Transactions" sheetId="4" r:id="rId5"/>
-[...3 lines deleted...]
-    <sheet name="8 UU Rent to Income Ratio" sheetId="8" r:id="rId9"/>
+    <sheet name="3a PRS MedianAffordability2024 " sheetId="10" r:id="rId5"/>
+    <sheet name="4 UU Annual Rental Transactions" sheetId="4" r:id="rId6"/>
+    <sheet name="5 UU Average Rents by Council" sheetId="5" r:id="rId7"/>
+    <sheet name="6UU Properties Let by HouseType" sheetId="6" r:id="rId8"/>
+    <sheet name="7 UU Rental Index" sheetId="7" r:id="rId9"/>
+    <sheet name="8 UU Rent to Income Ratio" sheetId="8" r:id="rId10"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="161">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="215" uniqueCount="187">
   <si>
     <t/>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>1. Northern Ireland private rents data are currently available up to March 2025. To produce UK rents statistics up to May 2025, Northern Ireland's index for the latest two months has been estimated using the monthly average of Northern Ireland's latest two-month inflation rate.
 2. UK PIPR estimates for April 2025 and May 2025 will be revised in line with PIPR's two-month revision policy.
 3. Northern Ireland rents data are for advertised new lets. 
 4. Because of data collection limitations, Scotland rents data (underlying the PIPR's stock measure) are mainly for advertised new lets, which were not subject to Scotland's in-tenancy price-increase cap (September 2022 to March 2024) or temporary changes to the Rent Adjudication system (April 2024 to March 2025), as described in the [Cost of Living (Tenant Protection) Scotland Bill](https://www.parliament.scot/bills-and-laws/bills/cost-of-living-tenant-protection-scotland-bill) and the [Scottish Government's Cost of living: rent and eviction page](https://www.gov.scot/publications/cost-of-living-rent-and-eviction/pages/rent-adjudiction/), respectively.</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>UK</t>
   </si>
   <si>
     <t>England</t>
   </si>
   <si>
     <t>Wales</t>
   </si>
   <si>
@@ -464,75 +463,50 @@
     <t>Table 1</t>
   </si>
   <si>
     <t>Table 2</t>
   </si>
   <si>
     <t>Table 3</t>
   </si>
   <si>
     <t>Table 4</t>
   </si>
   <si>
     <t>Table 5</t>
   </si>
   <si>
     <t>Table 6</t>
   </si>
   <si>
     <t>Table 7</t>
   </si>
   <si>
     <t>Table 8</t>
   </si>
   <si>
     <t>Source: Price Index of Private Rents - PIRP (ONS)</t>
-  </si>
-[...23 lines deleted...]
-    <t>Table 2: Private rents annual inflation (%), across the UK and UK Regions, January 2016 to May 2025</t>
   </si>
   <si>
     <t>Source: Price Index of Private Rents (PIPR) from the Office for National Statistics</t>
   </si>
   <si>
     <t>Table 3: ONS Ratios of low, median and high rents to their equivalent rental income quartile, by country, financial year 2022</t>
   </si>
   <si>
     <r>
       <t>Source: ONS</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>1. Data Sources used by ONS - Family Resources Survey from the Department for Work and Pensions, Private Rental Market Statistics from the Office for National Statistics, Rent Officer Wales from the Welsh Government, and the Northern Ireland Housing Executive</t>
   </si>
@@ -604,61 +578,167 @@
   </si>
   <si>
     <t>Table 6: UU Rental Index Properties let by House Type H2 2024</t>
   </si>
   <si>
     <t xml:space="preserve"> UU Rental Index Properties let by House Type H2 2024</t>
   </si>
   <si>
     <t>Table 8: UU Rental Index Affordability H2 2024 - Rent to Income Ratio</t>
   </si>
   <si>
     <t>Table 7: UU Rental Index - Rental Index Vs House Price Index</t>
   </si>
   <si>
     <t>UU Rental Index Affordability H2 2024 - Rent to Income Ratio</t>
   </si>
   <si>
     <t>UU Rental Index - Rental Index Vs House Price Index</t>
   </si>
   <si>
     <t xml:space="preserve">Source: The Housing Executive - Private rented sector and rents research (nihe.gov.uk) </t>
   </si>
   <si>
     <t xml:space="preserve">Analysis of rental affordability utilises meidal gross earnings data from the Annual Survey of Hours and Earnings (ASHE), which is available at </t>
   </si>
+  <si>
+    <t>Private rent and house prices, UK - Office for National Statistics</t>
+  </si>
+  <si>
+    <t>1. Northern Ireland private rents data are for advertised new lets.</t>
+  </si>
+  <si>
+    <t>Unit</t>
+  </si>
+  <si>
+    <t>Affordability ratio, %</t>
+  </si>
+  <si>
+    <t>2016</t>
+  </si>
+  <si>
+    <t>39.4</t>
+  </si>
+  <si>
+    <t>31.5</t>
+  </si>
+  <si>
+    <t>25.6</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>2017</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>Private rental affordability, England, Wales and Northern Ireland - Office for National Statistics</t>
+  </si>
+  <si>
+    <t>Table 3a: Percentage of median private renting household income equivalent to average rent, by country, financial year ending (FYE) 2016 to FYE 2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Source: </t>
+  </si>
+  <si>
+    <t>England %</t>
+  </si>
+  <si>
+    <t>Wales %</t>
+  </si>
+  <si>
+    <t>Northern Ireland %</t>
+  </si>
+  <si>
+    <t>Affordability threshold %</t>
+  </si>
+  <si>
+    <t>Statistics are based ratio of median PRS household income to average regional rent only.</t>
+  </si>
+  <si>
+    <t>Data added October 2025</t>
+  </si>
+  <si>
+    <t>Figures last updated October 2025</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Table 1: ONS Average Rent Per Month (£pm) by UK and UK Regions January 2015 - August 2025  </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="14"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>1,2,3,4</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve"> ONS Average Rent Per Month (£pm) by UK and UK Regions January 2015 - Aug 2025</t>
+  </si>
+  <si>
+    <t>Table 2: Private rents annual inflation (%), across the UK and UK Regions, January 2016 to Aug 2025</t>
+  </si>
+  <si>
+    <t>Private rents annual inflation (%), across the UK and UK Regions, January 2016 to Aug 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="6" formatCode="&quot;£&quot;#,##0;[Red]\-&quot;£&quot;#,##0"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -734,50 +814,65 @@
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF4C4C4E"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -809,51 +904,51 @@
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="111">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -867,56 +962,50 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="164" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -1042,94 +1131,124 @@
     </xf>
     <xf numFmtId="164" fontId="18" fillId="4" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="18" fillId="4" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="164" fontId="5" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{1CCE486D-7C7C-4E8D-A524-B8F1CC32FE24}"/>
     <cellStyle name="Normal_Sheet1" xfId="3" xr:uid="{948E7F3A-27C6-443D-B74B-F2C2921C7D41}"/>
     <cellStyle name="Normal_Sheet3_1" xfId="4" xr:uid="{564FDD68-23DB-431B-B0E4-BD7925D0D2FB}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1403,164 +1522,168 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1719433/4260_AHSS_PrivateRentalReport_H2-2024_AC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/publications/employee-earnings-ni-2023" TargetMode="External"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/previousreleases" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/september2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/previousreleases" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/september2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/privaterentalaffordabilityengland/2022" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1719433/4260_AHSS_PrivateRentalReport_H2-2024_AC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/privaterentalaffordabilityengland/2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1719433/4260_AHSS_PrivateRentalReport_H2-2024_AC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1719433/4260_AHSS_PrivateRentalReport_H2-2024_AC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1719433/4260_AHSS_PrivateRentalReport_H2-2024_AC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1719433/4260_AHSS_PrivateRentalReport_H2-2024_AC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/publications/employee-earnings-ni-2023" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1719433/4260_AHSS_PrivateRentalReport_H2-2024_AC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB44F40A-0ED3-4008-BECB-028BC267055E}">
   <dimension ref="A1:B22"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B15" sqref="B15"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="101.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="18" x14ac:dyDescent="0.25">
       <c r="B1" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>138</v>
+        <v>184</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>139</v>
+        <v>186</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="3"/>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="3"/>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="3"/>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="3"/>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="3"/>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="3"/>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="5"/>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.2">
@@ -1571,103 +1694,234 @@
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A20" s="3"/>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A21" s="3"/>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A22" s="3"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" location="'1 ONS Average Rents UK Regions'!A1" display="Table 1" xr:uid="{045FA035-985A-41A7-84C5-DCEFD87F779C}"/>
     <hyperlink ref="A4" location="'2ONS Rent Inflation UK Regions '!A1" display="Table 2" xr:uid="{BB80A294-41AF-428B-8280-CBF7C3E304A9}"/>
     <hyperlink ref="A5" location="'3 ONS PRS Affordability'!A1" display="Table 3" xr:uid="{B64D6A4F-E934-4DE0-AC8F-5AD8846608AE}"/>
     <hyperlink ref="A6" location="'4 UU Annual Rental Transactions'!A1" display="Table 4" xr:uid="{40C04D73-D8C5-4641-831B-8F49ABEE4551}"/>
     <hyperlink ref="A7" location="'5 UU Average Rents by Council'!A1" display="Table 5" xr:uid="{E54FA0A6-0DE7-4AC3-8EF7-62FBC7714CB4}"/>
     <hyperlink ref="A8" location="'UU Properties Let by HouseType'!A1" display="Table 6" xr:uid="{CD8EC505-B272-430D-ACE2-9ACEB1B9498F}"/>
     <hyperlink ref="A9" location="'7 UU Rental Index'!A1" display="Table 7" xr:uid="{A15B20F0-71E1-487E-B2E6-30FFFC0E43E9}"/>
     <hyperlink ref="A10" location="'8 UU Rent to Income Ratio'!A1" display="Table 8" xr:uid="{C784C7DE-713C-42FF-B67F-F3F293C09196}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5B16E4C1-5CE8-4226-818C-839555CF22BF}">
+  <dimension ref="A1:F14"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C14" sqref="C14"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="10.5703125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19.5703125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="21.140625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="25.28515625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="26.42578125" style="1" customWidth="1"/>
+    <col min="7" max="16384" width="8.7109375" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="F2" s="89" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="85" t="s">
+        <v>116</v>
+      </c>
+      <c r="B3" s="86" t="s">
+        <v>117</v>
+      </c>
+      <c r="C3" s="86" t="s">
+        <v>118</v>
+      </c>
+      <c r="D3" s="86" t="s">
+        <v>119</v>
+      </c>
+      <c r="E3" s="86" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="A4" s="48" t="s">
+        <v>121</v>
+      </c>
+      <c r="B4" s="84">
+        <v>0.376</v>
+      </c>
+      <c r="C4" s="84">
+        <v>0.33</v>
+      </c>
+      <c r="D4" s="84">
+        <v>0.29099999999999998</v>
+      </c>
+      <c r="E4" s="84">
+        <v>0.43099999999999999</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="87" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" s="88">
+        <v>0.377</v>
+      </c>
+      <c r="C5" s="88">
+        <v>0.35599999999999998</v>
+      </c>
+      <c r="D5" s="88">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="E5" s="88">
+        <v>0.498</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A6" s="1" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A7" s="1" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="108" t="s">
+        <v>123</v>
+      </c>
+      <c r="B9" s="107"/>
+      <c r="C9" s="107"/>
+      <c r="D9" s="107"/>
+      <c r="E9" s="107"/>
+      <c r="F9" s="107"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A13" s="45"/>
+    </row>
+    <row r="14" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="109"/>
+      <c r="B14" s="110"/>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="A9:F9"/>
+  </mergeCells>
+  <hyperlinks>
+    <hyperlink ref="A8" r:id="rId1" xr:uid="{C07F9973-B1B4-463F-9753-8E34E06E198B}"/>
+    <hyperlink ref="F2" r:id="rId2" xr:uid="{DD980BB0-9C9A-4BED-9460-C18F058219E3}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C2FCF6E-11C7-4DE2-B9ED-4C7367927BD5}">
-  <dimension ref="A1:M139"/>
+  <dimension ref="A1:M142"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="1560" topLeftCell="A4" activePane="bottomLeft"/>
-      <selection pane="bottomLeft" activeCell="F15" sqref="F15"/>
+      <pane ySplit="2220" topLeftCell="A119" activePane="bottomLeft"/>
+      <selection sqref="A1:XFD1"/>
+      <selection pane="bottomLeft" activeCell="L127" sqref="L127"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="8.7109375" style="1"/>
     <col min="3" max="3" width="12.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.42578125" style="1" customWidth="1"/>
     <col min="5" max="5" width="13.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="13.140625" style="1" customWidth="1"/>
     <col min="8" max="11" width="8.7109375" style="1"/>
     <col min="12" max="12" width="5.5703125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>137</v>
+        <v>183</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>136</v>
-[...4 lines deleted...]
-        <v>0</v>
+        <v>135</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+      <c r="A2" s="2"/>
+      <c r="M2" s="90" t="s">
+        <v>156</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A3" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="12" t="s">
+      <c r="C3" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="12" t="s">
+      <c r="D3" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="D3" s="12" t="s">
+      <c r="E3" s="12" t="s">
         <v>7</v>
       </c>
-      <c r="E3" s="12" t="s">
+      <c r="F3" s="12" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A4" s="6">
         <v>42005</v>
       </c>
       <c r="B4" s="10">
         <v>910</v>
       </c>
       <c r="C4" s="10">
         <v>950</v>
       </c>
       <c r="D4" s="10">
         <v>541</v>
       </c>
       <c r="E4" s="10">
         <v>673</v>
       </c>
       <c r="F4" s="10">
         <v>532</v>
       </c>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A5" s="13">
         <v>42036</v>
@@ -4102,4103 +4356,4364 @@
         <v>792</v>
       </c>
       <c r="E126" s="10">
         <v>1001</v>
       </c>
       <c r="F126" s="10">
         <v>848</v>
       </c>
     </row>
     <row r="127" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A127" s="13">
         <v>45748</v>
       </c>
       <c r="B127" s="14">
         <v>1335</v>
       </c>
       <c r="C127" s="14">
         <v>1390</v>
       </c>
       <c r="D127" s="14">
         <v>795</v>
       </c>
       <c r="E127" s="14">
         <v>999</v>
       </c>
-      <c r="F127" s="25"/>
+      <c r="F127" s="14">
+        <v>852</v>
+      </c>
     </row>
     <row r="128" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A128" s="15">
         <v>45778</v>
       </c>
       <c r="B128" s="16">
         <v>1339</v>
       </c>
       <c r="C128" s="16">
         <v>1394</v>
       </c>
       <c r="D128" s="16">
         <v>799</v>
       </c>
       <c r="E128" s="16">
         <v>999</v>
       </c>
-      <c r="F128" s="26"/>
-[...2 lines deleted...]
-      <c r="A129" s="9" t="s">
+      <c r="F128" s="16">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A129" s="13">
+        <v>45809</v>
+      </c>
+      <c r="B129" s="14">
+        <v>1344</v>
+      </c>
+      <c r="C129" s="14">
+        <v>1399</v>
+      </c>
+      <c r="D129" s="14">
+        <v>804</v>
+      </c>
+      <c r="E129" s="14">
+        <v>999</v>
+      </c>
+      <c r="F129" s="14">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="130" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A130" s="15">
+        <v>45839</v>
+      </c>
+      <c r="B130" s="16">
+        <v>1343</v>
+      </c>
+      <c r="C130" s="16">
+        <v>1398</v>
+      </c>
+      <c r="D130" s="16">
+        <v>807</v>
+      </c>
+      <c r="E130" s="16">
+        <v>999</v>
+      </c>
+      <c r="F130" s="26"/>
+    </row>
+    <row r="131" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A131" s="13">
+        <v>45870</v>
+      </c>
+      <c r="B131" s="14">
+        <v>1348</v>
+      </c>
+      <c r="C131" s="14">
+        <v>1403</v>
+      </c>
+      <c r="D131" s="14">
+        <v>811</v>
+      </c>
+      <c r="E131" s="14">
+        <v>1002</v>
+      </c>
+      <c r="F131" s="25"/>
+    </row>
+    <row r="132" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="9" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="135" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="102" t="s">
         <v>2</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="K139" s="95"/>
+      <c r="B133" s="103"/>
+      <c r="C133" s="103"/>
+      <c r="D133" s="103"/>
+      <c r="E133" s="103"/>
+      <c r="F133" s="103"/>
+      <c r="G133" s="103"/>
+    </row>
+    <row r="136" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A136" s="1" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A142" s="104"/>
+      <c r="B142" s="105"/>
+      <c r="C142" s="105"/>
+      <c r="D142" s="105"/>
+      <c r="E142" s="105"/>
+      <c r="F142" s="105"/>
+      <c r="G142" s="105"/>
+      <c r="H142" s="105"/>
+      <c r="I142" s="105"/>
+      <c r="J142" s="105"/>
+      <c r="K142" s="105"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="A130:G130"/>
-    <mergeCell ref="A139:K139"/>
+    <mergeCell ref="A133:G133"/>
+    <mergeCell ref="A142:K142"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="M2" r:id="rId1" xr:uid="{AEAC43A0-9112-4854-BC7D-83F34D07A6B7}"/>
+    <hyperlink ref="M2" r:id="rId1" display="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/september2025" xr:uid="{763223FE-BA51-4396-8F74-2474C058DED4}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{227B5C18-D8E4-40EA-9DAC-78F6813B64B8}">
-  <dimension ref="A1:O118"/>
+  <dimension ref="A1:O126"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="1485" topLeftCell="A4"/>
-      <selection pane="bottomLeft" activeCell="H14" sqref="H14"/>
+      <pane ySplit="1485" topLeftCell="A110"/>
+      <selection sqref="A1:XFD1"/>
+      <selection pane="bottomLeft" activeCell="E134" sqref="E134"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="14" width="8.7109375" style="1"/>
+    <col min="1" max="4" width="8.7109375" style="1"/>
+    <col min="5" max="5" width="14.5703125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="15.28515625" style="1" customWidth="1"/>
+    <col min="7" max="14" width="8.7109375" style="1"/>
     <col min="15" max="15" width="2.85546875" style="1" customWidth="1"/>
     <col min="16" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="22" t="s">
-        <v>140</v>
+        <v>185</v>
       </c>
       <c r="B1" s="18"/>
       <c r="O1" s="19"/>
     </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A2" s="18"/>
+    <row r="2" spans="1:15" ht="18" x14ac:dyDescent="0.25">
+      <c r="A2" s="22"/>
       <c r="B2" s="18"/>
-      <c r="M2" s="18" t="s">
-[...4 lines deleted...]
-      <c r="A3" s="11" t="s">
+      <c r="M2" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="O2" s="19"/>
+    </row>
+    <row r="3" spans="1:15" ht="15" x14ac:dyDescent="0.25">
+      <c r="A3" s="18"/>
+      <c r="B3" s="18"/>
+      <c r="M3" s="90" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" ht="28.5" x14ac:dyDescent="0.2">
+      <c r="A4" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="B3" s="12" t="s">
+      <c r="C4" s="12" t="s">
         <v>5</v>
       </c>
-      <c r="C3" s="12" t="s">
+      <c r="D4" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="D3" s="12" t="s">
+      <c r="E4" s="12" t="s">
         <v>7</v>
       </c>
-      <c r="E3" s="12" t="s">
+      <c r="F4" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="F3" s="12" t="s">
+      <c r="M4" s="7"/>
+    </row>
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A5" s="6">
+        <v>42370</v>
+      </c>
+      <c r="B5" s="23">
+        <v>3.3</v>
+      </c>
+      <c r="C5" s="23">
+        <v>3.5</v>
+      </c>
+      <c r="D5" s="23">
+        <v>1.2</v>
+      </c>
+      <c r="E5" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="F5" s="23">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="G5" s="21"/>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A6" s="13">
+        <v>42401</v>
+      </c>
+      <c r="B6" s="27">
+        <v>3.3</v>
+      </c>
+      <c r="C6" s="27">
+        <v>3.5</v>
+      </c>
+      <c r="D6" s="27">
+        <v>0.8</v>
+      </c>
+      <c r="E6" s="27">
+        <v>1.8</v>
+      </c>
+      <c r="F6" s="27">
+        <v>1.3</v>
+      </c>
+      <c r="G6" s="21"/>
+    </row>
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A7" s="6">
+        <v>42430</v>
+      </c>
+      <c r="B7" s="23">
+        <v>3.4</v>
+      </c>
+      <c r="C7" s="23">
+        <v>3.6</v>
+      </c>
+      <c r="D7" s="23">
+        <v>0.8</v>
+      </c>
+      <c r="E7" s="23">
+        <v>1.6</v>
+      </c>
+      <c r="F7" s="23">
+        <v>1.4</v>
+      </c>
+      <c r="G7" s="21"/>
+    </row>
+    <row r="8" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A8" s="13">
+        <v>42461</v>
+      </c>
+      <c r="B8" s="27">
+        <v>3.3</v>
+      </c>
+      <c r="C8" s="27">
+        <v>3.5</v>
+      </c>
+      <c r="D8" s="27">
+        <v>0.6</v>
+      </c>
+      <c r="E8" s="27">
+        <v>1.5</v>
+      </c>
+      <c r="F8" s="27">
+        <v>1.6</v>
+      </c>
+      <c r="G8" s="21"/>
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A9" s="6">
+        <v>42491</v>
+      </c>
+      <c r="B9" s="23">
+        <v>3.2</v>
+      </c>
+      <c r="C9" s="23">
+        <v>3.3</v>
+      </c>
+      <c r="D9" s="23">
+        <v>0.4</v>
+      </c>
+      <c r="E9" s="23">
+        <v>1.4</v>
+      </c>
+      <c r="F9" s="23">
+        <v>1.6</v>
+      </c>
+      <c r="G9" s="21"/>
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A10" s="13">
+        <v>42522</v>
+      </c>
+      <c r="B10" s="27">
+        <v>3.3</v>
+      </c>
+      <c r="C10" s="27">
+        <v>3.5</v>
+      </c>
+      <c r="D10" s="27">
+        <v>0.3</v>
+      </c>
+      <c r="E10" s="27">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="F10" s="27">
+        <v>1.6</v>
+      </c>
+      <c r="G10" s="21"/>
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A11" s="6">
+        <v>42552</v>
+      </c>
+      <c r="B11" s="23">
+        <v>3.4</v>
+      </c>
+      <c r="C11" s="23">
+        <v>3.7</v>
+      </c>
+      <c r="D11" s="23">
+        <v>0.3</v>
+      </c>
+      <c r="E11" s="23">
+        <v>1.2</v>
+      </c>
+      <c r="F11" s="23">
+        <v>1.5</v>
+      </c>
+      <c r="G11" s="21"/>
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A12" s="13">
+        <v>42583</v>
+      </c>
+      <c r="B12" s="27">
+        <v>3.3</v>
+      </c>
+      <c r="C12" s="27">
+        <v>3.6</v>
+      </c>
+      <c r="D12" s="27">
+        <v>0.9</v>
+      </c>
+      <c r="E12" s="27">
+        <v>0.9</v>
+      </c>
+      <c r="F12" s="27">
+        <v>1.5</v>
+      </c>
+      <c r="G12" s="21"/>
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A13" s="6">
+        <v>42614</v>
+      </c>
+      <c r="B13" s="23">
+        <v>3.2</v>
+      </c>
+      <c r="C13" s="23">
+        <v>3.5</v>
+      </c>
+      <c r="D13" s="23">
+        <v>1.4</v>
+      </c>
+      <c r="E13" s="23">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="F13" s="23">
+        <v>1</v>
+      </c>
+      <c r="G13" s="21"/>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A14" s="13">
+        <v>42644</v>
+      </c>
+      <c r="B14" s="27">
+        <v>3.3</v>
+      </c>
+      <c r="C14" s="27">
+        <v>3.6</v>
+      </c>
+      <c r="D14" s="27">
+        <v>1.3</v>
+      </c>
+      <c r="E14" s="27">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="F14" s="27">
+        <v>0.9</v>
+      </c>
+      <c r="G14" s="21"/>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A15" s="6">
+        <v>42675</v>
+      </c>
+      <c r="B15" s="23">
+        <v>3.4</v>
+      </c>
+      <c r="C15" s="23">
+        <v>3.6</v>
+      </c>
+      <c r="D15" s="23">
+        <v>1.2</v>
+      </c>
+      <c r="E15" s="23">
+        <v>1.2</v>
+      </c>
+      <c r="F15" s="23">
+        <v>0.8</v>
+      </c>
+      <c r="G15" s="21"/>
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A16" s="13">
+        <v>42705</v>
+      </c>
+      <c r="B16" s="27">
+        <v>3.4</v>
+      </c>
+      <c r="C16" s="27">
+        <v>3.6</v>
+      </c>
+      <c r="D16" s="27">
+        <v>1.4</v>
+      </c>
+      <c r="E16" s="27">
+        <v>1.4</v>
+      </c>
+      <c r="F16" s="27">
+        <v>0.8</v>
+      </c>
+      <c r="G16" s="21"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A17" s="6">
+        <v>42736</v>
+      </c>
+      <c r="B17" s="23">
+        <v>3.3</v>
+      </c>
+      <c r="C17" s="23">
+        <v>3.5</v>
+      </c>
+      <c r="D17" s="23">
+        <v>1.5</v>
+      </c>
+      <c r="E17" s="23">
+        <v>1.4</v>
+      </c>
+      <c r="F17" s="23">
+        <v>0.7</v>
+      </c>
+      <c r="G17" s="21"/>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A18" s="13">
+        <v>42767</v>
+      </c>
+      <c r="B18" s="27">
+        <v>3.2</v>
+      </c>
+      <c r="C18" s="27">
+        <v>3.4</v>
+      </c>
+      <c r="D18" s="27">
+        <v>1.7</v>
+      </c>
+      <c r="E18" s="27">
+        <v>1.5</v>
+      </c>
+      <c r="F18" s="27">
+        <v>0.5</v>
+      </c>
+      <c r="G18" s="21"/>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A19" s="6">
+        <v>42795</v>
+      </c>
+      <c r="B19" s="23">
+        <v>3</v>
+      </c>
+      <c r="C19" s="23">
+        <v>3.2</v>
+      </c>
+      <c r="D19" s="23">
+        <v>1.7</v>
+      </c>
+      <c r="E19" s="23">
+        <v>1.6</v>
+      </c>
+      <c r="F19" s="23">
+        <v>0.6</v>
+      </c>
+      <c r="G19" s="21"/>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A20" s="13">
+        <v>42826</v>
+      </c>
+      <c r="B20" s="27">
+        <v>3</v>
+      </c>
+      <c r="C20" s="27">
+        <v>3.1</v>
+      </c>
+      <c r="D20" s="27">
+        <v>1.7</v>
+      </c>
+      <c r="E20" s="27">
+        <v>1.7</v>
+      </c>
+      <c r="F20" s="27">
+        <v>0.7</v>
+      </c>
+      <c r="G20" s="21"/>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A21" s="6">
+        <v>42856</v>
+      </c>
+      <c r="B21" s="23">
+        <v>2.7</v>
+      </c>
+      <c r="C21" s="23">
+        <v>2.7</v>
+      </c>
+      <c r="D21" s="23">
+        <v>2</v>
+      </c>
+      <c r="E21" s="23">
+        <v>1.9</v>
+      </c>
+      <c r="F21" s="23">
+        <v>0.8</v>
+      </c>
+      <c r="G21" s="21"/>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A22" s="13">
+        <v>42887</v>
+      </c>
+      <c r="B22" s="27">
+        <v>2.6</v>
+      </c>
+      <c r="C22" s="27">
+        <v>2.6</v>
+      </c>
+      <c r="D22" s="27">
+        <v>2.6</v>
+      </c>
+      <c r="E22" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="F22" s="27">
+        <v>1</v>
+      </c>
+      <c r="G22" s="21"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A23" s="6">
+        <v>42917</v>
+      </c>
+      <c r="B23" s="23">
+        <v>2.5</v>
+      </c>
+      <c r="C23" s="23">
+        <v>2.5</v>
+      </c>
+      <c r="D23" s="23">
+        <v>2.9</v>
+      </c>
+      <c r="E23" s="23">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="F23" s="23">
+        <v>1.2</v>
+      </c>
+      <c r="G23" s="21"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A24" s="13">
+        <v>42948</v>
+      </c>
+      <c r="B24" s="27">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="C24" s="27">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D24" s="27">
+        <v>2.7</v>
+      </c>
+      <c r="E24" s="27">
+        <v>2.6</v>
+      </c>
+      <c r="F24" s="27">
+        <v>1.4</v>
+      </c>
+      <c r="G24" s="21"/>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A25" s="6">
+        <v>42979</v>
+      </c>
+      <c r="B25" s="23">
+        <v>1.9</v>
+      </c>
+      <c r="C25" s="23">
+        <v>1.8</v>
+      </c>
+      <c r="D25" s="23">
+        <v>2.5</v>
+      </c>
+      <c r="E25" s="23">
+        <v>2.6</v>
+      </c>
+      <c r="F25" s="23">
+        <v>2</v>
+      </c>
+      <c r="G25" s="21"/>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A26" s="13">
+        <v>43009</v>
+      </c>
+      <c r="B26" s="27">
+        <v>1.8</v>
+      </c>
+      <c r="C26" s="27">
+        <v>1.7</v>
+      </c>
+      <c r="D26" s="27">
+        <v>2.5</v>
+      </c>
+      <c r="E26" s="27">
+        <v>2.6</v>
+      </c>
+      <c r="F26" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="G26" s="21"/>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A27" s="6">
+        <v>43040</v>
+      </c>
+      <c r="B27" s="23">
+        <v>1.6</v>
+      </c>
+      <c r="C27" s="23">
+        <v>1.6</v>
+      </c>
+      <c r="D27" s="23">
+        <v>2.4</v>
+      </c>
+      <c r="E27" s="23">
+        <v>2.5</v>
+      </c>
+      <c r="F27" s="23">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G27" s="21"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A28" s="13">
+        <v>43070</v>
+      </c>
+      <c r="B28" s="27">
+        <v>1.5</v>
+      </c>
+      <c r="C28" s="27">
+        <v>1.4</v>
+      </c>
+      <c r="D28" s="27">
+        <v>2.6</v>
+      </c>
+      <c r="E28" s="27">
+        <v>2.5</v>
+      </c>
+      <c r="F28" s="27">
+        <v>2.5</v>
+      </c>
+      <c r="G28" s="21"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A29" s="6">
+        <v>43101</v>
+      </c>
+      <c r="B29" s="23">
+        <v>1.2</v>
+      </c>
+      <c r="C29" s="23">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D29" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="E29" s="23">
+        <v>2.6</v>
+      </c>
+      <c r="F29" s="23">
+        <v>2.6</v>
+      </c>
+      <c r="G29" s="21"/>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A30" s="13">
+        <v>43132</v>
+      </c>
+      <c r="B30" s="27">
+        <v>1.3</v>
+      </c>
+      <c r="C30" s="27">
+        <v>1.2</v>
+      </c>
+      <c r="D30" s="27">
+        <v>1.9</v>
+      </c>
+      <c r="E30" s="27">
+        <v>2.6</v>
+      </c>
+      <c r="F30" s="27">
+        <v>2.9</v>
+      </c>
+      <c r="G30" s="21"/>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A31" s="6">
+        <v>43160</v>
+      </c>
+      <c r="B31" s="23">
+        <v>1</v>
+      </c>
+      <c r="C31" s="23">
+        <v>0.8</v>
+      </c>
+      <c r="D31" s="23">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="E31" s="23">
+        <v>2.9</v>
+      </c>
+      <c r="F31" s="23">
+        <v>3</v>
+      </c>
+      <c r="G31" s="21"/>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A32" s="13">
+        <v>43191</v>
+      </c>
+      <c r="B32" s="27">
+        <v>0.8</v>
+      </c>
+      <c r="C32" s="27">
+        <v>0.6</v>
+      </c>
+      <c r="D32" s="27">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="E32" s="27">
+        <v>2.7</v>
+      </c>
+      <c r="F32" s="27">
+        <v>3.2</v>
+      </c>
+      <c r="G32" s="21"/>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A33" s="6">
+        <v>43221</v>
+      </c>
+      <c r="B33" s="23">
+        <v>0.8</v>
+      </c>
+      <c r="C33" s="23">
+        <v>0.6</v>
+      </c>
+      <c r="D33" s="23">
+        <v>2.4</v>
+      </c>
+      <c r="E33" s="23">
+        <v>2.6</v>
+      </c>
+      <c r="F33" s="23">
+        <v>3.1</v>
+      </c>
+      <c r="G33" s="21"/>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A34" s="13">
+        <v>43252</v>
+      </c>
+      <c r="B34" s="27">
+        <v>0.7</v>
+      </c>
+      <c r="C34" s="27">
+        <v>0.5</v>
+      </c>
+      <c r="D34" s="27">
+        <v>1.8</v>
+      </c>
+      <c r="E34" s="27">
+        <v>2.5</v>
+      </c>
+      <c r="F34" s="27">
+        <v>3.1</v>
+      </c>
+      <c r="G34" s="21"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A35" s="6">
+        <v>43282</v>
+      </c>
+      <c r="B35" s="23">
+        <v>0.6</v>
+      </c>
+      <c r="C35" s="23">
+        <v>0.4</v>
+      </c>
+      <c r="D35" s="23">
+        <v>1.6</v>
+      </c>
+      <c r="E35" s="23">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="F35" s="23">
+        <v>3.1</v>
+      </c>
+      <c r="G35" s="21"/>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A36" s="13">
+        <v>43313</v>
+      </c>
+      <c r="B36" s="27">
+        <v>0.7</v>
+      </c>
+      <c r="C36" s="27">
+        <v>0.6</v>
+      </c>
+      <c r="D36" s="27">
+        <v>1.7</v>
+      </c>
+      <c r="E36" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="F36" s="27">
+        <v>3.1</v>
+      </c>
+      <c r="G36" s="21"/>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A37" s="6">
+        <v>43344</v>
+      </c>
+      <c r="B37" s="23">
+        <v>0.9</v>
+      </c>
+      <c r="C37" s="23">
+        <v>0.8</v>
+      </c>
+      <c r="D37" s="23">
+        <v>1.7</v>
+      </c>
+      <c r="E37" s="23">
+        <v>2</v>
+      </c>
+      <c r="F37" s="23">
+        <v>2.9</v>
+      </c>
+      <c r="G37" s="21"/>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A38" s="13">
+        <v>43374</v>
+      </c>
+      <c r="B38" s="27">
+        <v>1</v>
+      </c>
+      <c r="C38" s="27">
+        <v>0.9</v>
+      </c>
+      <c r="D38" s="27">
+        <v>1.7</v>
+      </c>
+      <c r="E38" s="27">
+        <v>1.8</v>
+      </c>
+      <c r="F38" s="27">
+        <v>3</v>
+      </c>
+      <c r="G38" s="21"/>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A39" s="6">
+        <v>43405</v>
+      </c>
+      <c r="B39" s="23">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="C39" s="23">
+        <v>1</v>
+      </c>
+      <c r="D39" s="23">
+        <v>1.7</v>
+      </c>
+      <c r="E39" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="F39" s="23">
+        <v>2.7</v>
+      </c>
+      <c r="G39" s="21"/>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A40" s="13">
+        <v>43435</v>
+      </c>
+      <c r="B40" s="27">
+        <v>1.2</v>
+      </c>
+      <c r="C40" s="27">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D40" s="27">
+        <v>1.8</v>
+      </c>
+      <c r="E40" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="F40" s="27">
+        <v>2.7</v>
+      </c>
+      <c r="G40" s="21"/>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A41" s="6">
+        <v>43466</v>
+      </c>
+      <c r="B41" s="23">
+        <v>1.4</v>
+      </c>
+      <c r="C41" s="23">
+        <v>1.3</v>
+      </c>
+      <c r="D41" s="23">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="E41" s="23">
+        <v>1.9</v>
+      </c>
+      <c r="F41" s="23">
+        <v>2.8</v>
+      </c>
+      <c r="G41" s="21"/>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A42" s="13">
+        <v>43497</v>
+      </c>
+      <c r="B42" s="27">
+        <v>1.4</v>
+      </c>
+      <c r="C42" s="27">
+        <v>1.3</v>
+      </c>
+      <c r="D42" s="27">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="E42" s="27">
+        <v>1.8</v>
+      </c>
+      <c r="F42" s="27">
+        <v>2.7</v>
+      </c>
+      <c r="G42" s="21"/>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A43" s="6">
+        <v>43525</v>
+      </c>
+      <c r="B43" s="23">
+        <v>1.6</v>
+      </c>
+      <c r="C43" s="23">
+        <v>1.5</v>
+      </c>
+      <c r="D43" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="E43" s="23">
+        <v>1.6</v>
+      </c>
+      <c r="F43" s="23">
+        <v>2.5</v>
+      </c>
+      <c r="G43" s="21"/>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A44" s="13">
+        <v>43556</v>
+      </c>
+      <c r="B44" s="27">
+        <v>1.6</v>
+      </c>
+      <c r="C44" s="27">
+        <v>1.6</v>
+      </c>
+      <c r="D44" s="27">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="E44" s="27">
+        <v>1.8</v>
+      </c>
+      <c r="F44" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="G44" s="21"/>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A45" s="6">
+        <v>43586</v>
+      </c>
+      <c r="B45" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="C45" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="D45" s="23">
+        <v>1.9</v>
+      </c>
+      <c r="E45" s="23">
+        <v>1.9</v>
+      </c>
+      <c r="F45" s="23">
+        <v>2</v>
+      </c>
+      <c r="G45" s="21"/>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A46" s="13">
+        <v>43617</v>
+      </c>
+      <c r="B46" s="27">
+        <v>2</v>
+      </c>
+      <c r="C46" s="27">
+        <v>2</v>
+      </c>
+      <c r="D46" s="27">
+        <v>2</v>
+      </c>
+      <c r="E46" s="27">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="F46" s="27">
+        <v>1.9</v>
+      </c>
+      <c r="G46" s="21"/>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A47" s="6">
+        <v>43647</v>
+      </c>
+      <c r="B47" s="23">
+        <v>1.9</v>
+      </c>
+      <c r="C47" s="23">
+        <v>1.9</v>
+      </c>
+      <c r="D47" s="23">
+        <v>1.7</v>
+      </c>
+      <c r="E47" s="23">
+        <v>2.4</v>
+      </c>
+      <c r="F47" s="23">
+        <v>2</v>
+      </c>
+      <c r="G47" s="21"/>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A48" s="13">
+        <v>43678</v>
+      </c>
+      <c r="B48" s="27">
+        <v>2</v>
+      </c>
+      <c r="C48" s="27">
+        <v>2</v>
+      </c>
+      <c r="D48" s="27">
+        <v>1.8</v>
+      </c>
+      <c r="E48" s="27">
+        <v>2.4</v>
+      </c>
+      <c r="F48" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="G48" s="21"/>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A49" s="6">
+        <v>43709</v>
+      </c>
+      <c r="B49" s="23">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="C49" s="23">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D49" s="23">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="E49" s="23">
+        <v>2.5</v>
+      </c>
+      <c r="F49" s="23">
+        <v>2</v>
+      </c>
+      <c r="G49" s="21"/>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A50" s="13">
+        <v>43739</v>
+      </c>
+      <c r="B50" s="27">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="C50" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="D50" s="27">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="E50" s="27">
+        <v>2.7</v>
+      </c>
+      <c r="F50" s="27">
+        <v>2</v>
+      </c>
+      <c r="G50" s="21"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A51" s="6">
+        <v>43770</v>
+      </c>
+      <c r="B51" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="C51" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="D51" s="23">
+        <v>2.5</v>
+      </c>
+      <c r="E51" s="23">
+        <v>2.6</v>
+      </c>
+      <c r="F51" s="23">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="G51" s="21"/>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A52" s="13">
+        <v>43800</v>
+      </c>
+      <c r="B52" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="C52" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="D52" s="27">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="E52" s="27">
+        <v>2.7</v>
+      </c>
+      <c r="F52" s="27">
+        <v>2</v>
+      </c>
+      <c r="G52" s="21"/>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A53" s="6">
+        <v>43831</v>
+      </c>
+      <c r="B53" s="23">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="C53" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="D53" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="E53" s="23">
+        <v>2.9</v>
+      </c>
+      <c r="F53" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="G53" s="21"/>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A54" s="13">
+        <v>43862</v>
+      </c>
+      <c r="B54" s="27">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="C54" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="D54" s="27">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="E54" s="27">
+        <v>2.7</v>
+      </c>
+      <c r="F54" s="27">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="G54" s="21"/>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A55" s="6">
+        <v>43891</v>
+      </c>
+      <c r="B55" s="23">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="C55" s="23">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="D55" s="23">
+        <v>2</v>
+      </c>
+      <c r="E55" s="23">
+        <v>2.8</v>
+      </c>
+      <c r="F55" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="G55" s="21"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A56" s="13">
+        <v>43922</v>
+      </c>
+      <c r="B56" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="C56" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="D56" s="27">
+        <v>1.8</v>
+      </c>
+      <c r="E56" s="27">
+        <v>2.7</v>
+      </c>
+      <c r="F56" s="27">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="G56" s="21"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A57" s="6">
+        <v>43952</v>
+      </c>
+      <c r="B57" s="23">
+        <v>1.8</v>
+      </c>
+      <c r="C57" s="23">
+        <v>1.7</v>
+      </c>
+      <c r="D57" s="23">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="E57" s="23">
+        <v>2.6</v>
+      </c>
+      <c r="F57" s="23">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G57" s="21"/>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A58" s="13">
+        <v>43983</v>
+      </c>
+      <c r="B58" s="27">
+        <v>1.8</v>
+      </c>
+      <c r="C58" s="27">
+        <v>1.8</v>
+      </c>
+      <c r="D58" s="27">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="E58" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="F58" s="27">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G58" s="21"/>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A59" s="6">
+        <v>44013</v>
+      </c>
+      <c r="B59" s="23">
+        <v>1.9</v>
+      </c>
+      <c r="C59" s="23">
+        <v>1.8</v>
+      </c>
+      <c r="D59" s="23">
+        <v>2.9</v>
+      </c>
+      <c r="E59" s="23">
+        <v>2</v>
+      </c>
+      <c r="F59" s="23">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G59" s="21"/>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A60" s="13">
+        <v>44044</v>
+      </c>
+      <c r="B60" s="27">
+        <v>1.7</v>
+      </c>
+      <c r="C60" s="27">
+        <v>1.7</v>
+      </c>
+      <c r="D60" s="27">
+        <v>2.6</v>
+      </c>
+      <c r="E60" s="27">
+        <v>1.7</v>
+      </c>
+      <c r="F60" s="27">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="G60" s="21"/>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A61" s="6">
+        <v>44075</v>
+      </c>
+      <c r="B61" s="23">
+        <v>1.5</v>
+      </c>
+      <c r="C61" s="23">
+        <v>1.5</v>
+      </c>
+      <c r="D61" s="23">
+        <v>1.6</v>
+      </c>
+      <c r="E61" s="23">
+        <v>1.6</v>
+      </c>
+      <c r="F61" s="23">
+        <v>2.5</v>
+      </c>
+      <c r="G61" s="21"/>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A62" s="13">
+        <v>44105</v>
+      </c>
+      <c r="B62" s="27">
+        <v>1.5</v>
+      </c>
+      <c r="C62" s="27">
+        <v>1.4</v>
+      </c>
+      <c r="D62" s="27">
+        <v>1.7</v>
+      </c>
+      <c r="E62" s="27">
+        <v>1.4</v>
+      </c>
+      <c r="F62" s="27">
+        <v>2.7</v>
+      </c>
+      <c r="G62" s="21"/>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A63" s="6">
+        <v>44136</v>
+      </c>
+      <c r="B63" s="23">
+        <v>1.3</v>
+      </c>
+      <c r="C63" s="23">
+        <v>1.2</v>
+      </c>
+      <c r="D63" s="23">
+        <v>1.6</v>
+      </c>
+      <c r="E63" s="23">
+        <v>1.3</v>
+      </c>
+      <c r="F63" s="23">
+        <v>3</v>
+      </c>
+      <c r="G63" s="21"/>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A64" s="13">
+        <v>44166</v>
+      </c>
+      <c r="B64" s="27">
+        <v>1.2</v>
+      </c>
+      <c r="C64" s="27">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D64" s="27">
+        <v>1.7</v>
+      </c>
+      <c r="E64" s="27">
+        <v>1.3</v>
+      </c>
+      <c r="F64" s="27">
+        <v>3.3</v>
+      </c>
+      <c r="G64" s="21"/>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A65" s="6">
+        <v>44197</v>
+      </c>
+      <c r="B65" s="23">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="C65" s="23">
+        <v>1</v>
+      </c>
+      <c r="D65" s="23">
+        <v>2</v>
+      </c>
+      <c r="E65" s="23">
+        <v>1.2</v>
+      </c>
+      <c r="F65" s="23">
+        <v>3.5</v>
+      </c>
+      <c r="G65" s="21"/>
+    </row>
+    <row r="66" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A66" s="13">
+        <v>44228</v>
+      </c>
+      <c r="B66" s="27">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="C66" s="27">
+        <v>1</v>
+      </c>
+      <c r="D66" s="27">
+        <v>2</v>
+      </c>
+      <c r="E66" s="27">
+        <v>1.4</v>
+      </c>
+      <c r="F66" s="27">
+        <v>3.7</v>
+      </c>
+      <c r="G66" s="21"/>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A67" s="6">
+        <v>44256</v>
+      </c>
+      <c r="B67" s="23">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="C67" s="23">
+        <v>1</v>
+      </c>
+      <c r="D67" s="23">
+        <v>2.1</v>
+      </c>
+      <c r="E67" s="23">
+        <v>1.3</v>
+      </c>
+      <c r="F67" s="23">
+        <v>4.3</v>
+      </c>
+      <c r="G67" s="21"/>
+    </row>
+    <row r="68" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A68" s="13">
+        <v>44287</v>
+      </c>
+      <c r="B68" s="27">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="C68" s="27">
+        <v>1</v>
+      </c>
+      <c r="D68" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="E68" s="27">
+        <v>1.4</v>
+      </c>
+      <c r="F68" s="27">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="G68" s="21"/>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A69" s="6">
+        <v>44317</v>
+      </c>
+      <c r="B69" s="23">
+        <v>1</v>
+      </c>
+      <c r="C69" s="23">
+        <v>0.9</v>
+      </c>
+      <c r="D69" s="23">
+        <v>2</v>
+      </c>
+      <c r="E69" s="23">
+        <v>1.5</v>
+      </c>
+      <c r="F69" s="23">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="G69" s="21"/>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A70" s="13">
+        <v>44348</v>
+      </c>
+      <c r="B70" s="27">
+        <v>1.2</v>
+      </c>
+      <c r="C70" s="27">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="D70" s="27">
+        <v>2</v>
+      </c>
+      <c r="E70" s="27">
+        <v>1.7</v>
+      </c>
+      <c r="F70" s="27">
+        <v>5.3</v>
+      </c>
+      <c r="G70" s="21"/>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A71" s="6">
+        <v>44378</v>
+      </c>
+      <c r="B71" s="23">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="C71" s="23">
+        <v>1</v>
+      </c>
+      <c r="D71" s="23">
+        <v>1.5</v>
+      </c>
+      <c r="E71" s="23">
+        <v>1.8</v>
+      </c>
+      <c r="F71" s="23">
+        <v>5.6</v>
+      </c>
+      <c r="G71" s="21"/>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A72" s="13">
+        <v>44409</v>
+      </c>
+      <c r="B72" s="27">
+        <v>1.3</v>
+      </c>
+      <c r="C72" s="27">
+        <v>1.2</v>
+      </c>
+      <c r="D72" s="27">
+        <v>2</v>
+      </c>
+      <c r="E72" s="27">
+        <v>1.9</v>
+      </c>
+      <c r="F72" s="27">
+        <v>5.9</v>
+      </c>
+      <c r="G72" s="21"/>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A73" s="6">
+        <v>44440</v>
+      </c>
+      <c r="B73" s="23">
+        <v>1.5</v>
+      </c>
+      <c r="C73" s="23">
+        <v>1.3</v>
+      </c>
+      <c r="D73" s="23">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="E73" s="23">
+        <v>1.9</v>
+      </c>
+      <c r="F73" s="23">
+        <v>6.5</v>
+      </c>
+      <c r="G73" s="21"/>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A74" s="13">
+        <v>44470</v>
+      </c>
+      <c r="B74" s="27">
+        <v>1.7</v>
+      </c>
+      <c r="C74" s="27">
+        <v>1.5</v>
+      </c>
+      <c r="D74" s="27">
+        <v>2.5</v>
+      </c>
+      <c r="E74" s="27">
+        <v>2.1</v>
+      </c>
+      <c r="F74" s="27">
+        <v>6.8</v>
+      </c>
+      <c r="G74" s="21"/>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A75" s="6">
+        <v>44501</v>
+      </c>
+      <c r="B75" s="23">
+        <v>2</v>
+      </c>
+      <c r="C75" s="23">
+        <v>1.8</v>
+      </c>
+      <c r="D75" s="23">
+        <v>2.8</v>
+      </c>
+      <c r="E75" s="23">
+        <v>2.4</v>
+      </c>
+      <c r="F75" s="23">
+        <v>7.2</v>
+      </c>
+      <c r="G75" s="21"/>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A76" s="13">
+        <v>44531</v>
+      </c>
+      <c r="B76" s="27">
+        <v>2.5</v>
+      </c>
+      <c r="C76" s="27">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="D76" s="27">
+        <v>2.8</v>
+      </c>
+      <c r="E76" s="27">
+        <v>3.1</v>
+      </c>
+      <c r="F76" s="27">
+        <v>7.5</v>
+      </c>
+      <c r="G76" s="21"/>
+    </row>
+    <row r="77" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A77" s="6">
+        <v>44562</v>
+      </c>
+      <c r="B77" s="23">
+        <v>2.7</v>
+      </c>
+      <c r="C77" s="23">
+        <v>2.6</v>
+      </c>
+      <c r="D77" s="23">
+        <v>2.8</v>
+      </c>
+      <c r="E77" s="23">
+        <v>3.4</v>
+      </c>
+      <c r="F77" s="23">
+        <v>7.6</v>
+      </c>
+      <c r="G77" s="21"/>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A78" s="13">
+        <v>44593</v>
+      </c>
+      <c r="B78" s="27">
+        <v>3</v>
+      </c>
+      <c r="C78" s="27">
+        <v>2.8</v>
+      </c>
+      <c r="D78" s="27">
+        <v>2.9</v>
+      </c>
+      <c r="E78" s="27">
+        <v>3.7</v>
+      </c>
+      <c r="F78" s="27">
+        <v>8</v>
+      </c>
+      <c r="G78" s="21"/>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A79" s="6">
+        <v>44621</v>
+      </c>
+      <c r="B79" s="23">
+        <v>3.2</v>
+      </c>
+      <c r="C79" s="23">
+        <v>3.1</v>
+      </c>
+      <c r="D79" s="23">
+        <v>2.8</v>
+      </c>
+      <c r="E79" s="23">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="F79" s="23">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="G79" s="21"/>
+    </row>
+    <row r="80" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A80" s="13">
+        <v>44652</v>
+      </c>
+      <c r="B80" s="27">
+        <v>3.6</v>
+      </c>
+      <c r="C80" s="27">
+        <v>3.5</v>
+      </c>
+      <c r="D80" s="27">
+        <v>3</v>
+      </c>
+      <c r="E80" s="27">
+        <v>4.3</v>
+      </c>
+      <c r="F80" s="27">
+        <v>8.5</v>
+      </c>
+      <c r="G80" s="21"/>
+    </row>
+    <row r="81" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A81" s="6">
+        <v>44682</v>
+      </c>
+      <c r="B81" s="23">
+        <v>4</v>
+      </c>
+      <c r="C81" s="23">
+        <v>3.9</v>
+      </c>
+      <c r="D81" s="23">
+        <v>3.4</v>
+      </c>
+      <c r="E81" s="23">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="F81" s="23">
+        <v>8.5</v>
+      </c>
+      <c r="G81" s="21"/>
+    </row>
+    <row r="82" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A82" s="13">
+        <v>44713</v>
+      </c>
+      <c r="B82" s="27">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="C82" s="27">
+        <v>4</v>
+      </c>
+      <c r="D82" s="27">
+        <v>3.6</v>
+      </c>
+      <c r="E82" s="27">
+        <v>4.7</v>
+      </c>
+      <c r="F82" s="27">
+        <v>8.9</v>
+      </c>
+      <c r="G82" s="21"/>
+    </row>
+    <row r="83" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A83" s="6">
+        <v>44743</v>
+      </c>
+      <c r="B83" s="23">
+        <v>4.5</v>
+      </c>
+      <c r="C83" s="23">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="D83" s="23">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="E83" s="23">
+        <v>4.8</v>
+      </c>
+      <c r="F83" s="23">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="G83" s="21"/>
+    </row>
+    <row r="84" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A84" s="13">
+        <v>44774</v>
+      </c>
+      <c r="B84" s="27">
+        <v>4.8</v>
+      </c>
+      <c r="C84" s="27">
+        <v>4.7</v>
+      </c>
+      <c r="D84" s="27">
+        <v>4.3</v>
+      </c>
+      <c r="E84" s="27">
+        <v>5</v>
+      </c>
+      <c r="F84" s="27">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="G84" s="21"/>
+    </row>
+    <row r="85" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A85" s="6">
+        <v>44805</v>
+      </c>
+      <c r="B85" s="23">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="C85" s="23">
+        <v>5</v>
+      </c>
+      <c r="D85" s="23">
+        <v>5.2</v>
+      </c>
+      <c r="E85" s="23">
+        <v>5.9</v>
+      </c>
+      <c r="F85" s="23">
+        <v>9.4</v>
+      </c>
+      <c r="G85" s="21"/>
+    </row>
+    <row r="86" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A86" s="13">
+        <v>44835</v>
+      </c>
+      <c r="B86" s="27">
+        <v>5.2</v>
+      </c>
+      <c r="C86" s="27">
+        <v>5</v>
+      </c>
+      <c r="D86" s="27">
+        <v>5.2</v>
+      </c>
+      <c r="E86" s="27">
+        <v>6.8</v>
+      </c>
+      <c r="F86" s="27">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="G86" s="21"/>
+    </row>
+    <row r="87" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A87" s="6">
+        <v>44866</v>
+      </c>
+      <c r="B87" s="23">
+        <v>5.5</v>
+      </c>
+      <c r="C87" s="23">
+        <v>5.4</v>
+      </c>
+      <c r="D87" s="23">
+        <v>5.3</v>
+      </c>
+      <c r="E87" s="23">
+        <v>7.1</v>
+      </c>
+      <c r="F87" s="23">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="G87" s="21"/>
+    </row>
+    <row r="88" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A88" s="13">
+        <v>44896</v>
+      </c>
+      <c r="B88" s="27">
+        <v>5.6</v>
+      </c>
+      <c r="C88" s="27">
+        <v>5.4</v>
+      </c>
+      <c r="D88" s="27">
+        <v>5.5</v>
+      </c>
+      <c r="E88" s="27">
+        <v>7.3</v>
+      </c>
+      <c r="F88" s="27">
         <v>9</v>
       </c>
-      <c r="M3" s="7" t="s">
-[...10 lines deleted...]
-      <c r="C4" s="23">
+      <c r="G88" s="21"/>
+    </row>
+    <row r="89" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A89" s="6">
+        <v>44927</v>
+      </c>
+      <c r="B89" s="23">
+        <v>5.8</v>
+      </c>
+      <c r="C89" s="23">
+        <v>5.6</v>
+      </c>
+      <c r="D89" s="23">
+        <v>6</v>
+      </c>
+      <c r="E89" s="23">
+        <v>7.7</v>
+      </c>
+      <c r="F89" s="23">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="G89" s="21"/>
+    </row>
+    <row r="90" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A90" s="13">
+        <v>44958</v>
+      </c>
+      <c r="B90" s="27">
+        <v>6</v>
+      </c>
+      <c r="C90" s="27">
+        <v>5.8</v>
+      </c>
+      <c r="D90" s="27">
+        <v>6.5</v>
+      </c>
+      <c r="E90" s="27">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="F90" s="27">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="G90" s="21"/>
+    </row>
+    <row r="91" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A91" s="6">
+        <v>44986</v>
+      </c>
+      <c r="B91" s="23">
+        <v>6.2</v>
+      </c>
+      <c r="C91" s="23">
+        <v>6</v>
+      </c>
+      <c r="D91" s="23">
+        <v>7.1</v>
+      </c>
+      <c r="E91" s="23">
+        <v>8.4</v>
+      </c>
+      <c r="F91" s="23">
+        <v>8.6</v>
+      </c>
+      <c r="G91" s="21"/>
+    </row>
+    <row r="92" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A92" s="13">
+        <v>45017</v>
+      </c>
+      <c r="B92" s="27">
+        <v>6.6</v>
+      </c>
+      <c r="C92" s="27">
+        <v>6.4</v>
+      </c>
+      <c r="D92" s="27">
+        <v>8.1</v>
+      </c>
+      <c r="E92" s="27">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="F92" s="27">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="G92" s="21"/>
+    </row>
+    <row r="93" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A93" s="6">
+        <v>45047</v>
+      </c>
+      <c r="B93" s="23">
+        <v>7.2</v>
+      </c>
+      <c r="C93" s="23">
+        <v>7</v>
+      </c>
+      <c r="D93" s="23">
+        <v>7.9</v>
+      </c>
+      <c r="E93" s="23">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="F93" s="23">
+        <v>8.5</v>
+      </c>
+      <c r="G93" s="21"/>
+    </row>
+    <row r="94" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A94" s="13">
+        <v>45078</v>
+      </c>
+      <c r="B94" s="27">
+        <v>7.6</v>
+      </c>
+      <c r="C94" s="27">
+        <v>7.4</v>
+      </c>
+      <c r="D94" s="27">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="E94" s="27">
+        <v>10.4</v>
+      </c>
+      <c r="F94" s="27">
+        <v>8.4</v>
+      </c>
+      <c r="G94" s="21"/>
+    </row>
+    <row r="95" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A95" s="6">
+        <v>45108</v>
+      </c>
+      <c r="B95" s="23">
+        <v>7.9</v>
+      </c>
+      <c r="C95" s="23">
+        <v>7.6</v>
+      </c>
+      <c r="D95" s="23">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="E95" s="23">
+        <v>11</v>
+      </c>
+      <c r="F95" s="23">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="G95" s="21"/>
+    </row>
+    <row r="96" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A96" s="13">
+        <v>45139</v>
+      </c>
+      <c r="B96" s="27">
+        <v>8.1</v>
+      </c>
+      <c r="C96" s="27">
+        <v>7.8</v>
+      </c>
+      <c r="D96" s="27">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="E96" s="27">
+        <v>11.7</v>
+      </c>
+      <c r="F96" s="27">
+        <v>8.6</v>
+      </c>
+      <c r="G96" s="21"/>
+    </row>
+    <row r="97" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A97" s="6">
+        <v>45170</v>
+      </c>
+      <c r="B97" s="23">
+        <v>8.1</v>
+      </c>
+      <c r="C97" s="23">
+        <v>7.9</v>
+      </c>
+      <c r="D97" s="23">
+        <v>9</v>
+      </c>
+      <c r="E97" s="23">
+        <v>11.6</v>
+      </c>
+      <c r="F97" s="23">
+        <v>8.5</v>
+      </c>
+      <c r="G97" s="21"/>
+    </row>
+    <row r="98" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A98" s="13">
+        <v>45200</v>
+      </c>
+      <c r="B98" s="27">
+        <v>8.4</v>
+      </c>
+      <c r="C98" s="27">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="D98" s="27">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="E98" s="27">
+        <v>11.3</v>
+      </c>
+      <c r="F98" s="27">
+        <v>9</v>
+      </c>
+      <c r="G98" s="21"/>
+    </row>
+    <row r="99" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A99" s="6">
+        <v>45231</v>
+      </c>
+      <c r="B99" s="23">
+        <v>8.4</v>
+      </c>
+      <c r="C99" s="23">
+        <v>8.1</v>
+      </c>
+      <c r="D99" s="23">
+        <v>9.9</v>
+      </c>
+      <c r="E99" s="23">
+        <v>11.1</v>
+      </c>
+      <c r="F99" s="23">
+        <v>8.9</v>
+      </c>
+      <c r="G99" s="21"/>
+    </row>
+    <row r="100" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A100" s="13">
+        <v>45261</v>
+      </c>
+      <c r="B100" s="27">
+        <v>8.4</v>
+      </c>
+      <c r="C100" s="27">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="D100" s="27">
+        <v>9.6</v>
+      </c>
+      <c r="E100" s="27">
+        <v>10.8</v>
+      </c>
+      <c r="F100" s="27">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="G100" s="21"/>
+    </row>
+    <row r="101" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A101" s="6">
+        <v>45292</v>
+      </c>
+      <c r="B101" s="23">
+        <v>8.5</v>
+      </c>
+      <c r="C101" s="23">
+        <v>8.4</v>
+      </c>
+      <c r="D101" s="23">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="E101" s="23">
+        <v>11.1</v>
+      </c>
+      <c r="F101" s="23">
+        <v>9.4</v>
+      </c>
+      <c r="G101" s="21"/>
+    </row>
+    <row r="102" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A102" s="13">
+        <v>45323</v>
+      </c>
+      <c r="B102" s="27">
+        <v>8.9</v>
+      </c>
+      <c r="C102" s="27">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="D102" s="27">
+        <v>9.1</v>
+      </c>
+      <c r="E102" s="27">
+        <v>10.9</v>
+      </c>
+      <c r="F102" s="27">
+        <v>9.6999999999999993</v>
+      </c>
+      <c r="G102" s="21"/>
+    </row>
+    <row r="103" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A103" s="6">
+        <v>45352</v>
+      </c>
+      <c r="B103" s="23">
+        <v>9.1</v>
+      </c>
+      <c r="C103" s="23">
+        <v>9</v>
+      </c>
+      <c r="D103" s="23">
+        <v>9.1</v>
+      </c>
+      <c r="E103" s="23">
+        <v>10.4</v>
+      </c>
+      <c r="F103" s="23">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="G103" s="21"/>
+    </row>
+    <row r="104" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A104" s="13">
+        <v>45383</v>
+      </c>
+      <c r="B104" s="27">
+        <v>8.9</v>
+      </c>
+      <c r="C104" s="27">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="D104" s="27">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="E104" s="27">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="F104" s="27">
+        <v>9.9</v>
+      </c>
+      <c r="G104" s="21"/>
+    </row>
+    <row r="105" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A105" s="6">
+        <v>45413</v>
+      </c>
+      <c r="B105" s="23">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="C105" s="23">
+        <v>8.6</v>
+      </c>
+      <c r="D105" s="23">
+        <v>8.6</v>
+      </c>
+      <c r="E105" s="23">
+        <v>9.1</v>
+      </c>
+      <c r="F105" s="23">
+        <v>9.6</v>
+      </c>
+      <c r="G105" s="21"/>
+    </row>
+    <row r="106" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A106" s="13">
+        <v>45444</v>
+      </c>
+      <c r="B106" s="27">
+        <v>8.6</v>
+      </c>
+      <c r="C106" s="27">
+        <v>8.6</v>
+      </c>
+      <c r="D106" s="27">
+        <v>8.1</v>
+      </c>
+      <c r="E106" s="27">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="F106" s="27">
+        <v>9.6</v>
+      </c>
+      <c r="G106" s="21"/>
+    </row>
+    <row r="107" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A107" s="6">
+        <v>45474</v>
+      </c>
+      <c r="B107" s="23">
+        <v>8.5</v>
+      </c>
+      <c r="C107" s="23">
+        <v>8.5</v>
+      </c>
+      <c r="D107" s="23">
+        <v>7.9</v>
+      </c>
+      <c r="E107" s="23">
+        <v>8</v>
+      </c>
+      <c r="F107" s="23">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="G107" s="21"/>
+    </row>
+    <row r="108" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A108" s="13">
+        <v>45505</v>
+      </c>
+      <c r="B108" s="27">
+        <v>8.4</v>
+      </c>
+      <c r="C108" s="27">
+        <v>8.4</v>
+      </c>
+      <c r="D108" s="27">
+        <v>8.4</v>
+      </c>
+      <c r="E108" s="27">
+        <v>7.4</v>
+      </c>
+      <c r="F108" s="27">
+        <v>9</v>
+      </c>
+      <c r="G108" s="21"/>
+    </row>
+    <row r="109" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A109" s="6">
+        <v>45536</v>
+      </c>
+      <c r="B109" s="23">
+        <v>8.4</v>
+      </c>
+      <c r="C109" s="23">
+        <v>8.5</v>
+      </c>
+      <c r="D109" s="23">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="E109" s="23">
+        <v>7</v>
+      </c>
+      <c r="F109" s="23">
+        <v>8.9</v>
+      </c>
+      <c r="G109" s="21"/>
+    </row>
+    <row r="110" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A110" s="13">
+        <v>45566</v>
+      </c>
+      <c r="B110" s="27">
+        <v>8.6</v>
+      </c>
+      <c r="C110" s="27">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="D110" s="27">
+        <v>7.9</v>
+      </c>
+      <c r="E110" s="27">
+        <v>6.5</v>
+      </c>
+      <c r="F110" s="27">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="G110" s="21"/>
+    </row>
+    <row r="111" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A111" s="6">
+        <v>45597</v>
+      </c>
+      <c r="B111" s="23">
+        <v>9</v>
+      </c>
+      <c r="C111" s="23">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="D111" s="23">
+        <v>8.1</v>
+      </c>
+      <c r="E111" s="23">
+        <v>6.4</v>
+      </c>
+      <c r="F111" s="23">
+        <v>8.5</v>
+      </c>
+      <c r="G111" s="21"/>
+    </row>
+    <row r="112" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A112" s="13">
+        <v>45627</v>
+      </c>
+      <c r="B112" s="27">
+        <v>9</v>
+      </c>
+      <c r="C112" s="27">
+        <v>9.1</v>
+      </c>
+      <c r="D112" s="27">
+        <v>8.5</v>
+      </c>
+      <c r="E112" s="27">
+        <v>6.8</v>
+      </c>
+      <c r="F112" s="27">
+        <v>8.1</v>
+      </c>
+      <c r="G112" s="21"/>
+    </row>
+    <row r="113" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A113" s="6">
+        <v>45658</v>
+      </c>
+      <c r="B113" s="23">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="C113" s="23">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="D113" s="23">
+        <v>8.4</v>
+      </c>
+      <c r="E113" s="23">
+        <v>6.2</v>
+      </c>
+      <c r="F113" s="23">
+        <v>8.1999999999999993</v>
+      </c>
+    </row>
+    <row r="114" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A114" s="13">
+        <v>45689</v>
+      </c>
+      <c r="B114" s="27">
+        <v>8.1</v>
+      </c>
+      <c r="C114" s="27">
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="D114" s="27">
+        <v>8.5</v>
+      </c>
+      <c r="E114" s="27">
+        <v>5.8</v>
+      </c>
+      <c r="F114" s="27">
+        <v>7.8</v>
+      </c>
+    </row>
+    <row r="115" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A115" s="6">
+        <v>45717</v>
+      </c>
+      <c r="B115" s="23">
+        <v>7.7</v>
+      </c>
+      <c r="C115" s="23">
+        <v>7.8</v>
+      </c>
+      <c r="D115" s="23">
+        <v>8.9</v>
+      </c>
+      <c r="E115" s="23">
+        <v>5.7</v>
+      </c>
+      <c r="F115" s="23">
+        <v>7.7</v>
+      </c>
+    </row>
+    <row r="116" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A116" s="13">
+        <v>45748</v>
+      </c>
+      <c r="B116" s="27">
+        <v>7.4</v>
+      </c>
+      <c r="C116" s="27">
+        <v>7.5</v>
+      </c>
+      <c r="D116" s="27">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="E116" s="27">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="F116" s="27">
+        <v>7.6</v>
+      </c>
+    </row>
+    <row r="117" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A117" s="15">
+        <v>45778</v>
+      </c>
+      <c r="B117" s="24">
+        <v>7</v>
+      </c>
+      <c r="C117" s="24">
+        <v>7.1</v>
+      </c>
+      <c r="D117" s="24">
+        <v>8.5</v>
+      </c>
+      <c r="E117" s="24">
+        <v>4.5</v>
+      </c>
+      <c r="F117" s="92">
+        <v>7.4</v>
+      </c>
+    </row>
+    <row r="118" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A118" s="13">
+        <v>45809</v>
+      </c>
+      <c r="B118" s="27">
+        <v>6.7</v>
+      </c>
+      <c r="C118" s="27">
+        <v>6.7</v>
+      </c>
+      <c r="D118" s="27">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="E118" s="27">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="F118" s="27">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="119" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A119" s="6">
+        <v>45839</v>
+      </c>
+      <c r="B119" s="23">
+        <v>5.9</v>
+      </c>
+      <c r="C119" s="23">
+        <v>6</v>
+      </c>
+      <c r="D119" s="23">
+        <v>7.9</v>
+      </c>
+      <c r="E119" s="23">
+        <v>3.6</v>
+      </c>
+      <c r="F119" s="91"/>
+    </row>
+    <row r="120" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A120" s="13">
+        <v>45870</v>
+      </c>
+      <c r="B120" s="27">
+        <v>5.7</v>
+      </c>
+      <c r="C120" s="27">
+        <v>5.8</v>
+      </c>
+      <c r="D120" s="27">
+        <v>7.8</v>
+      </c>
+      <c r="E120" s="27">
         <v>3.5</v>
       </c>
-      <c r="D4" s="23">
-[...173 lines deleted...]
-      <c r="F12" s="23">
+      <c r="F120" s="91"/>
+    </row>
+    <row r="121" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A121" s="6"/>
+      <c r="B121" s="23"/>
+      <c r="C121" s="23"/>
+      <c r="D121" s="23"/>
+      <c r="E121" s="23"/>
+      <c r="F121" s="93"/>
+    </row>
+    <row r="122" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A122" s="18" t="s">
         <v>1</v>
       </c>
-      <c r="G12" s="21"/>
-[...1571 lines deleted...]
-      <c r="F87" s="29">
+      <c r="C122" s="20"/>
+      <c r="D122" s="20"/>
+      <c r="E122" s="20"/>
+    </row>
+    <row r="123" spans="1:14" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="106" t="s">
         <v>9</v>
       </c>
-      <c r="G87" s="21"/>
-[...625 lines deleted...]
-      <c r="N118" s="97"/>
+      <c r="B123" s="107"/>
+      <c r="C123" s="107"/>
+      <c r="D123" s="107"/>
+      <c r="E123" s="107"/>
+      <c r="F123" s="107"/>
+      <c r="G123" s="107"/>
+      <c r="H123" s="107"/>
+      <c r="I123" s="107"/>
+      <c r="J123" s="107"/>
+      <c r="K123" s="107"/>
+      <c r="L123" s="107"/>
+      <c r="M123" s="107"/>
+      <c r="N123" s="107"/>
+    </row>
+    <row r="126" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="D126" s="1" t="s">
+        <v>182</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A118:N118"/>
+    <mergeCell ref="A123:N123"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="M3" r:id="rId1" xr:uid="{C06D5664-316E-40FF-B91B-C4AA1C177509}"/>
+    <hyperlink ref="M3" r:id="rId1" display="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/september2025" xr:uid="{D45A1030-938B-4489-A506-A9649E09708F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F48B201A-7B0D-4380-9066-F5451DD21166}">
   <dimension ref="A1:L16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="23.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="8.7109375" style="1"/>
     <col min="6" max="6" width="13.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:12" ht="16.5" x14ac:dyDescent="0.2">
       <c r="F2" s="1" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
     </row>
     <row r="3" spans="1:12" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" s="29" t="s">
         <v>11</v>
       </c>
-      <c r="B3" s="31" t="s">
+      <c r="C3" s="12" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="28">
+        <v>32</v>
+      </c>
+      <c r="C4" s="28">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A5" s="32" t="s">
         <v>14</v>
       </c>
-      <c r="B4" s="30">
-[...10 lines deleted...]
-      <c r="B5" s="29">
+      <c r="B5" s="27">
         <v>26.1</v>
       </c>
-      <c r="C5" s="35">
+      <c r="C5" s="33">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B6" s="23">
         <v>24.3</v>
       </c>
-      <c r="C6" s="30">
+      <c r="C6" s="28">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A7" s="34" t="s">
-[...5 lines deleted...]
-      <c r="C7" s="35"/>
+      <c r="A7" s="32" t="s">
+        <v>0</v>
+      </c>
+      <c r="B7" s="33" t="s">
+        <v>0</v>
+      </c>
+      <c r="C7" s="33"/>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B8" s="23">
         <v>33.5</v>
       </c>
-      <c r="C8" s="30">
+      <c r="C8" s="28">
         <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A9" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="29">
+      <c r="A9" s="32" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" s="27">
         <v>24.7</v>
       </c>
-      <c r="C9" s="35">
+      <c r="C9" s="33">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B10" s="23">
         <v>21.5</v>
       </c>
-      <c r="C10" s="30">
+      <c r="C10" s="28">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A11" s="34" t="s">
-[...5 lines deleted...]
-      <c r="C11" s="35"/>
+      <c r="A11" s="32" t="s">
+        <v>0</v>
+      </c>
+      <c r="B11" s="33" t="s">
+        <v>0</v>
+      </c>
+      <c r="C11" s="33"/>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B12" s="23">
         <v>31.9</v>
       </c>
-      <c r="C12" s="30">
+      <c r="C12" s="28">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A13" s="34" t="s">
+      <c r="A13" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" s="27">
+        <v>23.4</v>
+      </c>
+      <c r="C13" s="33">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A14" s="30" t="s">
         <v>21</v>
-      </c>
-[...9 lines deleted...]
-        <v>22</v>
       </c>
       <c r="B14" s="24">
         <v>19.5</v>
       </c>
-      <c r="C14" s="33">
+      <c r="C14" s="31">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="98" t="s">
-[...12 lines deleted...]
-      <c r="L16" s="97"/>
+      <c r="A16" s="108" t="s">
+        <v>139</v>
+      </c>
+      <c r="B16" s="107"/>
+      <c r="C16" s="107"/>
+      <c r="D16" s="107"/>
+      <c r="E16" s="107"/>
+      <c r="F16" s="107"/>
+      <c r="G16" s="107"/>
+      <c r="H16" s="107"/>
+      <c r="I16" s="107"/>
+      <c r="J16" s="107"/>
+      <c r="K16" s="107"/>
+      <c r="L16" s="107"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A16:L16"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F3" r:id="rId1" xr:uid="{C42AC8C7-8F99-42C4-9914-235FA7BC3BCC}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD799614-E90F-48EE-9C90-B2F8BB39DCE7}">
+  <dimension ref="A2:F21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="F21" sqref="F21"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="3" max="3" width="15.140625" customWidth="1"/>
+    <col min="4" max="4" width="15.42578125" customWidth="1"/>
+    <col min="5" max="5" width="25.5703125" customWidth="1"/>
+    <col min="6" max="6" width="32.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="2" spans="1:6" s="94" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A2" s="94" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B3" s="90" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B5" s="97" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="97" t="s">
+        <v>176</v>
+      </c>
+      <c r="D5" s="97" t="s">
+        <v>177</v>
+      </c>
+      <c r="E5" s="97" t="s">
+        <v>178</v>
+      </c>
+      <c r="F5" s="97" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B6" s="100" t="s">
+        <v>160</v>
+      </c>
+      <c r="C6" s="95" t="s">
+        <v>161</v>
+      </c>
+      <c r="D6" s="95" t="s">
+        <v>162</v>
+      </c>
+      <c r="E6" s="95" t="s">
+        <v>163</v>
+      </c>
+      <c r="F6" s="95" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B7" s="101" t="s">
+        <v>165</v>
+      </c>
+      <c r="C7" s="99">
+        <v>39.200000000000003</v>
+      </c>
+      <c r="D7" s="99">
+        <v>29.6</v>
+      </c>
+      <c r="E7" s="99">
+        <v>24.2</v>
+      </c>
+      <c r="F7" s="98">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B8" s="100" t="s">
+        <v>166</v>
+      </c>
+      <c r="C8" s="95">
+        <v>39</v>
+      </c>
+      <c r="D8" s="96">
+        <v>26.4</v>
+      </c>
+      <c r="E8" s="96">
+        <v>23.6</v>
+      </c>
+      <c r="F8" s="95">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B9" s="101" t="s">
+        <v>167</v>
+      </c>
+      <c r="C9" s="98">
+        <v>37</v>
+      </c>
+      <c r="D9" s="99">
+        <v>28.4</v>
+      </c>
+      <c r="E9" s="98">
+        <v>25</v>
+      </c>
+      <c r="F9" s="98">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B10" s="100" t="s">
+        <v>168</v>
+      </c>
+      <c r="C10" s="96">
+        <v>35.4</v>
+      </c>
+      <c r="D10" s="96">
+        <v>25.9</v>
+      </c>
+      <c r="E10" s="96">
+        <v>21.9</v>
+      </c>
+      <c r="F10" s="95">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B11" s="101" t="s">
+        <v>169</v>
+      </c>
+      <c r="C11" s="98">
+        <v>38</v>
+      </c>
+      <c r="D11" s="99">
+        <v>25.5</v>
+      </c>
+      <c r="E11" s="99">
+        <v>22.8</v>
+      </c>
+      <c r="F11" s="98">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B12" s="100" t="s">
+        <v>170</v>
+      </c>
+      <c r="C12" s="96">
+        <v>35.700000000000003</v>
+      </c>
+      <c r="D12" s="96">
+        <v>25.6</v>
+      </c>
+      <c r="E12" s="95">
+        <v>24</v>
+      </c>
+      <c r="F12" s="95">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B13" s="101" t="s">
+        <v>171</v>
+      </c>
+      <c r="C13" s="99">
+        <v>33.1</v>
+      </c>
+      <c r="D13" s="99">
+        <v>26.3</v>
+      </c>
+      <c r="E13" s="99">
+        <v>25.1</v>
+      </c>
+      <c r="F13" s="98">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B14" s="100" t="s">
+        <v>172</v>
+      </c>
+      <c r="C14" s="96">
+        <v>36.299999999999997</v>
+      </c>
+      <c r="D14" s="96">
+        <v>25.9</v>
+      </c>
+      <c r="E14" s="96">
+        <v>25.3</v>
+      </c>
+      <c r="F14" s="95">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="B16" t="s">
+        <v>1</v>
+      </c>
+      <c r="C16" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="17" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B17" t="s">
+        <v>158</v>
+      </c>
+      <c r="C17" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="18" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B18" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="21" spans="2:3" x14ac:dyDescent="0.25">
+      <c r="B21" t="s">
+        <v>181</v>
+      </c>
+    </row>
+  </sheetData>
+  <hyperlinks>
+    <hyperlink ref="B3" r:id="rId1" display="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/privaterentalaffordabilityengland/2024" xr:uid="{94DE248F-ED0C-4E17-A462-CFEF4E3C7AEC}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A0BA52D9-3991-448F-AC9E-BBE1F65A7D89}">
   <dimension ref="A1:F18"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" workbookViewId="0"/>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="21.140625" style="36" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.7109375" style="36"/>
+    <col min="1" max="1" width="21.140625" style="34" customWidth="1"/>
+    <col min="2" max="2" width="13.140625" style="34" bestFit="1" customWidth="1"/>
+    <col min="3" max="16384" width="8.7109375" style="34"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="40" t="s">
-        <v>146</v>
+      <c r="A1" s="38" t="s">
+        <v>141</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="F2" s="37" t="s">
-        <v>147</v>
+      <c r="F2" s="35" t="s">
+        <v>142</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="41" t="s">
+      <c r="A3" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" s="39" t="s">
         <v>24</v>
       </c>
-      <c r="B3" s="41" t="s">
+      <c r="F3" s="17" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A4" s="36">
+        <v>2013</v>
+      </c>
+      <c r="B4" s="37">
+        <v>26388</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A5" s="40">
+        <v>2014</v>
+      </c>
+      <c r="B5" s="41">
+        <v>23395</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A6" s="36">
+        <v>2015</v>
+      </c>
+      <c r="B6" s="37">
+        <v>21880</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A7" s="40">
+        <v>2016</v>
+      </c>
+      <c r="B7" s="41">
+        <v>19842</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A8" s="36">
+        <v>2017</v>
+      </c>
+      <c r="B8" s="37">
+        <v>18102</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A9" s="40">
+        <v>2018</v>
+      </c>
+      <c r="B9" s="41">
+        <v>18058</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A10" s="36">
+        <v>2019</v>
+      </c>
+      <c r="B10" s="37">
+        <v>16464</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A11" s="40">
+        <v>2020</v>
+      </c>
+      <c r="B11" s="41">
+        <v>13831</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A12" s="36">
+        <v>2021</v>
+      </c>
+      <c r="B12" s="37">
+        <v>12785</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A13" s="40">
+        <v>2022</v>
+      </c>
+      <c r="B13" s="41">
+        <v>11060</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A14" s="36">
+        <v>2023</v>
+      </c>
+      <c r="B14" s="37">
+        <v>11209</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A15" s="42">
+        <v>2024</v>
+      </c>
+      <c r="B15" s="43">
+        <v>15366</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A16" s="34" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A17" s="34" t="s">
         <v>25</v>
       </c>
-      <c r="F3" s="17" t="s">
-[...105 lines deleted...]
-      <c r="A17" s="36" t="s">
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A18" s="34" t="s">
         <v>26</v>
-      </c>
-[...3 lines deleted...]
-        <v>27</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1" display="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" xr:uid="{500A536F-07BA-4797-85E6-391458AFF7B6}"/>
     <hyperlink ref="F3" r:id="rId2" xr:uid="{F4A52C53-929B-4177-A3C0-B454358B93FE}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F202EC75-9C0B-453C-BE1E-B55EB94C843A}">
   <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="37.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="11" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.85546875" style="1" customWidth="1"/>
     <col min="6" max="7" width="13.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>146</v>
+      </c>
+      <c r="G1" s="45" t="s">
+        <v>142</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="15" x14ac:dyDescent="0.25">
       <c r="G2" s="17" t="s">
-        <v>148</v>
-[...3 lines deleted...]
-      <c r="A3" s="55" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" s="44" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="53" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" s="54" t="s">
         <v>28</v>
       </c>
-      <c r="B3" s="56" t="s">
+      <c r="C3" s="54" t="s">
         <v>29</v>
       </c>
-      <c r="C3" s="56" t="s">
+      <c r="D3" s="54" t="s">
         <v>30</v>
       </c>
-      <c r="D3" s="56" t="s">
+      <c r="E3" s="54" t="s">
         <v>31</v>
       </c>
-      <c r="E3" s="56" t="s">
+      <c r="F3" s="54" t="s">
+        <v>144</v>
+      </c>
+      <c r="G3" s="54" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A4" s="46" t="s">
         <v>32</v>
       </c>
-      <c r="F3" s="56" t="s">
-[...7 lines deleted...]
-      <c r="A4" s="48" t="s">
+      <c r="B4" s="50">
+        <v>828</v>
+      </c>
+      <c r="C4" s="51">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="D4" s="52">
+        <v>27</v>
+      </c>
+      <c r="E4" s="50">
+        <v>768</v>
+      </c>
+      <c r="F4" s="50">
+        <v>695</v>
+      </c>
+      <c r="G4" s="50">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A5" s="59" t="s">
         <v>33</v>
       </c>
-      <c r="B4" s="52">
-[...5 lines deleted...]
-      <c r="D4" s="54">
+      <c r="B5" s="60">
+        <v>994</v>
+      </c>
+      <c r="C5" s="61">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="D5" s="62">
+        <v>39</v>
+      </c>
+      <c r="E5" s="60">
+        <v>900</v>
+      </c>
+      <c r="F5" s="60">
+        <v>775</v>
+      </c>
+      <c r="G5" s="60">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A6" s="46" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" s="50">
+        <v>737</v>
+      </c>
+      <c r="C6" s="51">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="D6" s="52">
+        <v>22</v>
+      </c>
+      <c r="E6" s="50">
+        <v>700</v>
+      </c>
+      <c r="F6" s="50">
+        <v>650</v>
+      </c>
+      <c r="G6" s="50">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A7" s="59" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="60">
+        <v>1011</v>
+      </c>
+      <c r="C7" s="61">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="D7" s="62">
+        <v>36</v>
+      </c>
+      <c r="E7" s="60">
+        <v>900</v>
+      </c>
+      <c r="F7" s="60">
+        <v>795</v>
+      </c>
+      <c r="G7" s="60">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A8" s="46" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" s="50">
+        <v>810</v>
+      </c>
+      <c r="C8" s="51">
+        <v>0.124</v>
+      </c>
+      <c r="D8" s="52">
+        <v>48</v>
+      </c>
+      <c r="E8" s="50">
+        <v>749</v>
+      </c>
+      <c r="F8" s="50">
+        <v>650</v>
+      </c>
+      <c r="G8" s="50">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A9" s="59" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="60">
+        <v>786</v>
+      </c>
+      <c r="C9" s="61">
+        <v>9.9000000000000005E-2</v>
+      </c>
+      <c r="D9" s="62">
+        <v>30</v>
+      </c>
+      <c r="E9" s="60">
+        <v>736</v>
+      </c>
+      <c r="F9" s="60">
+        <v>616</v>
+      </c>
+      <c r="G9" s="60">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A10" s="46" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" s="50">
+        <v>687</v>
+      </c>
+      <c r="C10" s="51">
+        <v>0.122</v>
+      </c>
+      <c r="D10" s="52">
         <v>27</v>
       </c>
-      <c r="E4" s="52">
-[...5 lines deleted...]
-      <c r="G4" s="52">
+      <c r="E10" s="50">
+        <v>650</v>
+      </c>
+      <c r="F10" s="50">
+        <v>563</v>
+      </c>
+      <c r="G10" s="50">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A11" s="59" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" s="60">
+        <v>980</v>
+      </c>
+      <c r="C11" s="61">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="D11" s="62">
+        <v>34</v>
+      </c>
+      <c r="E11" s="60">
         <v>895</v>
       </c>
-    </row>
-[...36 lines deleted...]
-      <c r="E6" s="52">
+      <c r="F11" s="60">
+        <v>760</v>
+      </c>
+      <c r="G11" s="60">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A12" s="46" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12" s="50">
+        <v>774</v>
+      </c>
+      <c r="C12" s="51">
+        <v>3.9E-2</v>
+      </c>
+      <c r="D12" s="52">
+        <v>30</v>
+      </c>
+      <c r="E12" s="50">
+        <v>733</v>
+      </c>
+      <c r="F12" s="50">
+        <v>650</v>
+      </c>
+      <c r="G12" s="50">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A13" s="59" t="s">
+        <v>41</v>
+      </c>
+      <c r="B13" s="60">
+        <v>739</v>
+      </c>
+      <c r="C13" s="61">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="D13" s="62">
+        <v>21</v>
+      </c>
+      <c r="E13" s="60">
+        <v>710</v>
+      </c>
+      <c r="F13" s="60">
+        <v>650</v>
+      </c>
+      <c r="G13" s="60">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A14" s="46" t="s">
+        <v>42</v>
+      </c>
+      <c r="B14" s="50">
+        <v>849</v>
+      </c>
+      <c r="C14" s="51">
+        <v>0.08</v>
+      </c>
+      <c r="D14" s="52">
+        <v>31</v>
+      </c>
+      <c r="E14" s="50">
+        <v>800</v>
+      </c>
+      <c r="F14" s="50">
         <v>700</v>
       </c>
-      <c r="F6" s="52">
-[...186 lines deleted...]
-      <c r="G14" s="52">
+      <c r="G14" s="50">
         <v>904</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="15" x14ac:dyDescent="0.25">
-      <c r="A15" s="58" t="s">
-[...2 lines deleted...]
-      <c r="B15" s="59">
+      <c r="A15" s="56" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" s="57">
         <v>903</v>
       </c>
-      <c r="C15" s="60">
+      <c r="C15" s="58">
         <v>6.4000000000000001E-2</v>
       </c>
-      <c r="D15" s="57"/>
-[...2 lines deleted...]
-      <c r="G15" s="57"/>
+      <c r="D15" s="55"/>
+      <c r="E15" s="55"/>
+      <c r="F15" s="55"/>
+      <c r="G15" s="55"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A16" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A17" s="49" t="s">
-        <v>44</v>
+      <c r="A17" s="47" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G1" r:id="rId1" display="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" xr:uid="{20F2D477-25BA-4494-A17C-51E1292DDF5B}"/>
     <hyperlink ref="G2" r:id="rId2" xr:uid="{C09E6BB0-F452-49AF-9A79-5C4B20B678B3}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B2B38FE-B19F-4C22-BCD0-5245182BB19A}">
   <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D14" sqref="D14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="20.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="14.5703125" style="1" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="30" x14ac:dyDescent="0.2">
-      <c r="A3" s="67" t="s">
+      <c r="A3" s="65" t="s">
+        <v>44</v>
+      </c>
+      <c r="B3" s="68" t="s">
         <v>45</v>
       </c>
-      <c r="B3" s="70" t="s">
+      <c r="C3" s="68" t="s">
         <v>46</v>
       </c>
-      <c r="C3" s="70" t="s">
+      <c r="D3" s="68" t="s">
         <v>47</v>
       </c>
-      <c r="D3" s="70" t="s">
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A4" s="63" t="s">
         <v>48</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="65" t="s">
+      <c r="B4" s="69" t="s">
         <v>49</v>
       </c>
-      <c r="B4" s="71" t="s">
+      <c r="C4" s="49" t="s">
         <v>50</v>
       </c>
-      <c r="C4" s="51" t="s">
+      <c r="D4" s="49" t="s">
         <v>51</v>
       </c>
-      <c r="D4" s="51" t="s">
+    </row>
+    <row r="5" spans="1:4" ht="28.5" x14ac:dyDescent="0.2">
+      <c r="A5" s="66" t="s">
         <v>52</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="68" t="s">
+      <c r="B5" s="70" t="s">
         <v>53</v>
       </c>
-      <c r="B5" s="72" t="s">
+      <c r="C5" s="70" t="s">
         <v>54</v>
       </c>
-      <c r="C5" s="72" t="s">
+      <c r="D5" s="70" t="s">
         <v>55</v>
       </c>
-      <c r="D5" s="72" t="s">
+    </row>
+    <row r="6" spans="1:4" ht="28.5" x14ac:dyDescent="0.2">
+      <c r="A6" s="63" t="s">
         <v>56</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="65" t="s">
+      <c r="B6" s="49" t="s">
         <v>57</v>
       </c>
-      <c r="B6" s="51" t="s">
+      <c r="C6" s="49" t="s">
         <v>58</v>
       </c>
-      <c r="C6" s="51" t="s">
+      <c r="D6" s="49" t="s">
         <v>59</v>
       </c>
-      <c r="D6" s="51" t="s">
+    </row>
+    <row r="7" spans="1:4" ht="28.5" x14ac:dyDescent="0.2">
+      <c r="A7" s="66" t="s">
         <v>60</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="68" t="s">
+      <c r="B7" s="70" t="s">
         <v>61</v>
       </c>
-      <c r="B7" s="72" t="s">
+      <c r="C7" s="70" t="s">
         <v>62</v>
       </c>
-      <c r="C7" s="72" t="s">
+      <c r="D7" s="70" t="s">
         <v>63</v>
       </c>
-      <c r="D7" s="72" t="s">
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A8" s="71" t="s">
         <v>64</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B8" s="69">
+      <c r="B8" s="67">
         <v>9059</v>
       </c>
-      <c r="C8" s="69">
+      <c r="C8" s="67">
         <v>3729</v>
       </c>
-      <c r="D8" s="69">
+      <c r="D8" s="67">
         <v>5330</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A10" s="66" t="s">
-        <v>147</v>
+      <c r="A10" s="64" t="s">
+        <v>142</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="17" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A10" r:id="rId1" xr:uid="{9C4EA886-52CB-4557-964F-92673356339E}"/>
     <hyperlink ref="A11" r:id="rId2" xr:uid="{79B83AF2-6B70-4F2D-9ECE-7C1B631A707B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{67335517-5BBF-4277-A1EE-3E8A00327E1B}">
   <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="1215" topLeftCell="A4"/>
-      <selection pane="bottomLeft" activeCell="D6" sqref="D6"/>
+      <pane ySplit="1215" topLeftCell="A31" activePane="bottomLeft"/>
+      <selection pane="bottomLeft" activeCell="F53" sqref="F53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>151</v>
+      </c>
+      <c r="H1" s="64" t="s">
+        <v>142</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="15" x14ac:dyDescent="0.25">
       <c r="H2" s="17" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="78" t="s">
+      <c r="A3" s="76" t="s">
+        <v>65</v>
+      </c>
+      <c r="B3" s="76" t="s">
         <v>66</v>
       </c>
-      <c r="B3" s="78" t="s">
+      <c r="C3" s="76" t="s">
         <v>67</v>
       </c>
-      <c r="C3" s="78" t="s">
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A4" s="74" t="s">
         <v>68</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="76" t="s">
+      <c r="B4" s="75">
+        <v>100</v>
+      </c>
+      <c r="C4" s="75">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A5" s="77" t="s">
         <v>69</v>
       </c>
-      <c r="B4" s="77">
-[...7 lines deleted...]
-      <c r="A5" s="79" t="s">
+      <c r="B5" s="78">
+        <v>104.31436753831835</v>
+      </c>
+      <c r="C5" s="78">
+        <v>93.272999999999996</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A6" s="74" t="s">
         <v>70</v>
       </c>
-      <c r="B5" s="80">
-[...7 lines deleted...]
-      <c r="A6" s="76" t="s">
+      <c r="B6" s="75">
+        <v>102.87543740718638</v>
+      </c>
+      <c r="C6" s="75">
+        <v>97.722721346156291</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A7" s="77" t="s">
         <v>71</v>
       </c>
-      <c r="B6" s="77">
-[...7 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B7" s="78">
+        <v>98.6</v>
+      </c>
+      <c r="C7" s="78">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A8" s="74" t="s">
         <v>72</v>
       </c>
-      <c r="B7" s="80">
-[...7 lines deleted...]
-      <c r="A8" s="76" t="s">
+      <c r="B8" s="75">
+        <v>104.2</v>
+      </c>
+      <c r="C8" s="75">
+        <v>101.30104508491007</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A9" s="77" t="s">
         <v>73</v>
       </c>
-      <c r="B8" s="77">
-[...7 lines deleted...]
-      <c r="A9" s="79" t="s">
+      <c r="B9" s="78">
+        <v>103.22992296121882</v>
+      </c>
+      <c r="C9" s="78">
+        <v>102.83382603517536</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A10" s="74" t="s">
         <v>74</v>
       </c>
-      <c r="B9" s="80">
-[...7 lines deleted...]
-      <c r="A10" s="76" t="s">
+      <c r="B10" s="75">
+        <v>104.93325013876753</v>
+      </c>
+      <c r="C10" s="75">
+        <v>103.23519799708019</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A11" s="77" t="s">
         <v>75</v>
       </c>
-      <c r="B10" s="77">
-[...7 lines deleted...]
-      <c r="A11" s="79" t="s">
+      <c r="B11" s="78">
+        <v>103.11690025085881</v>
+      </c>
+      <c r="C11" s="78">
+        <v>106.37911042431665</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A12" s="74" t="s">
         <v>76</v>
       </c>
-      <c r="B11" s="80">
-[...7 lines deleted...]
-      <c r="A12" s="76" t="s">
+      <c r="B12" s="75">
+        <v>104.93811820694137</v>
+      </c>
+      <c r="C12" s="75">
+        <v>106.78418341192713</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A13" s="77" t="s">
         <v>77</v>
       </c>
-      <c r="B12" s="77">
-[...7 lines deleted...]
-      <c r="A13" s="79" t="s">
+      <c r="B13" s="78">
+        <v>105.52603666133481</v>
+      </c>
+      <c r="C13" s="78">
+        <v>105.40731576408331</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A14" s="74" t="s">
         <v>78</v>
       </c>
-      <c r="B13" s="80">
-[...7 lines deleted...]
-      <c r="A14" s="76" t="s">
+      <c r="B14" s="75">
+        <v>110.17608658853781</v>
+      </c>
+      <c r="C14" s="75">
+        <v>111.11142489483041</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A15" s="77" t="s">
         <v>79</v>
       </c>
-      <c r="B14" s="77">
-[...7 lines deleted...]
-      <c r="A15" s="79" t="s">
+      <c r="B15" s="78">
+        <v>105.17314688493337</v>
+      </c>
+      <c r="C15" s="78">
+        <v>115.87931317125486</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A16" s="74" t="s">
         <v>80</v>
       </c>
-      <c r="B15" s="80">
-[...7 lines deleted...]
-      <c r="A16" s="76" t="s">
+      <c r="B16" s="75">
+        <v>106.95714624503579</v>
+      </c>
+      <c r="C16" s="75">
+        <v>108.24795273905721</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A17" s="77" t="s">
         <v>81</v>
       </c>
-      <c r="B16" s="77">
-[...7 lines deleted...]
-      <c r="A17" s="79" t="s">
+      <c r="B17" s="78">
+        <v>107.51151628400193</v>
+      </c>
+      <c r="C17" s="78">
+        <v>117.82282923194398</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A18" s="74" t="s">
         <v>82</v>
       </c>
-      <c r="B17" s="80">
-[...7 lines deleted...]
-      <c r="A18" s="76" t="s">
+      <c r="B18" s="75">
+        <v>110.2355518774568</v>
+      </c>
+      <c r="C18" s="75">
+        <v>117.5849920889509</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A19" s="77" t="s">
         <v>83</v>
       </c>
-      <c r="B18" s="77">
-[...7 lines deleted...]
-      <c r="A19" s="79" t="s">
+      <c r="B19" s="78">
+        <v>105.8015384555417</v>
+      </c>
+      <c r="C19" s="78">
+        <v>114.53886715976793</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A20" s="74" t="s">
         <v>84</v>
       </c>
-      <c r="B19" s="80">
-[...7 lines deleted...]
-      <c r="A20" s="76" t="s">
+      <c r="B20" s="75">
+        <v>112.60643237515637</v>
+      </c>
+      <c r="C20" s="75">
+        <v>114.82081668507426</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A21" s="77" t="s">
         <v>85</v>
       </c>
-      <c r="B20" s="77">
-[...7 lines deleted...]
-      <c r="A21" s="79" t="s">
+      <c r="B21" s="78">
+        <v>112.53970305230719</v>
+      </c>
+      <c r="C21" s="78">
+        <v>113.53805225513656</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A22" s="74" t="s">
         <v>86</v>
       </c>
-      <c r="B21" s="80">
-[...7 lines deleted...]
-      <c r="A22" s="76" t="s">
+      <c r="B22" s="75">
+        <v>115.59638222902802</v>
+      </c>
+      <c r="C22" s="75">
+        <v>119.92512929001808</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A23" s="77" t="s">
         <v>87</v>
       </c>
-      <c r="B22" s="77">
-[...7 lines deleted...]
-      <c r="A23" s="79" t="s">
+      <c r="B23" s="78">
+        <v>110.65881440000686</v>
+      </c>
+      <c r="C23" s="78">
+        <v>115.59768325363116</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A24" s="74" t="s">
         <v>88</v>
       </c>
-      <c r="B23" s="80">
-[...7 lines deleted...]
-      <c r="A24" s="76" t="s">
+      <c r="B24" s="75">
+        <v>117.34594361921951</v>
+      </c>
+      <c r="C24" s="75">
+        <v>119.29546313875402</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A25" s="77" t="s">
         <v>89</v>
       </c>
-      <c r="B24" s="77">
-[...7 lines deleted...]
-      <c r="A25" s="79" t="s">
+      <c r="B25" s="78">
+        <v>114.57824833504277</v>
+      </c>
+      <c r="C25" s="78">
+        <v>120.2140251387261</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A26" s="74" t="s">
         <v>90</v>
       </c>
-      <c r="B25" s="80">
-[...7 lines deleted...]
-      <c r="A26" s="76" t="s">
+      <c r="B26" s="75">
+        <v>121.02034105828996</v>
+      </c>
+      <c r="C26" s="75">
+        <v>121.1773305927606</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A27" s="32" t="s">
         <v>91</v>
       </c>
-      <c r="B26" s="77">
-[...7 lines deleted...]
-      <c r="A27" s="34" t="s">
+      <c r="B27" s="79">
+        <v>115.02200480241207</v>
+      </c>
+      <c r="C27" s="79">
+        <v>121.26637790040434</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A28" s="74" t="s">
         <v>92</v>
       </c>
-      <c r="B27" s="81">
-[...7 lines deleted...]
-      <c r="A28" s="76" t="s">
+      <c r="B28" s="72">
+        <v>120.52894690050412</v>
+      </c>
+      <c r="C28" s="72">
+        <v>120.92207321246553</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A29" s="77" t="s">
         <v>93</v>
       </c>
-      <c r="B28" s="74">
-[...7 lines deleted...]
-      <c r="A29" s="79" t="s">
+      <c r="B29" s="79">
+        <v>117.00914599083964</v>
+      </c>
+      <c r="C29" s="79">
+        <v>120.73442555169768</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A30" s="74" t="s">
         <v>94</v>
       </c>
-      <c r="B29" s="81">
-[...7 lines deleted...]
-      <c r="A30" s="76" t="s">
+      <c r="B30" s="72">
+        <v>119.0351451832274</v>
+      </c>
+      <c r="C30" s="72">
+        <v>127.33564211412308</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A31" s="77" t="s">
         <v>95</v>
       </c>
-      <c r="B30" s="74">
-[...10 lines deleted...]
-      <c r="B31" s="81">
+      <c r="B31" s="79">
         <v>118.42155917091641</v>
       </c>
-      <c r="C31" s="81">
+      <c r="C31" s="79">
         <v>130.32719040001302</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B32" s="72">
+        <v>123.79631023083913</v>
+      </c>
+      <c r="C32" s="72">
+        <v>130.32719040001302</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A33" s="32" t="s">
         <v>97</v>
       </c>
-      <c r="B32" s="74">
-[...7 lines deleted...]
-      <c r="A33" s="34" t="s">
+      <c r="B33" s="79">
+        <v>119.77468941140843</v>
+      </c>
+      <c r="C33" s="79">
+        <v>125.61730280643009</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A34" s="74" t="s">
         <v>98</v>
       </c>
-      <c r="B33" s="81">
-[...7 lines deleted...]
-      <c r="A34" s="76" t="s">
+      <c r="B34" s="72">
+        <v>130.43269744958269</v>
+      </c>
+      <c r="C34" s="72">
+        <v>131.08052007752173</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A35" s="77" t="s">
         <v>99</v>
       </c>
-      <c r="B34" s="74">
-[...7 lines deleted...]
-      <c r="A35" s="79" t="s">
+      <c r="B35" s="79">
+        <v>124.02387844661027</v>
+      </c>
+      <c r="C35" s="79">
+        <v>133.96700651243668</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A36" s="74" t="s">
         <v>100</v>
       </c>
-      <c r="B35" s="81">
-[...7 lines deleted...]
-      <c r="A36" s="76" t="s">
+      <c r="B36" s="72">
+        <v>132.29957745760902</v>
+      </c>
+      <c r="C36" s="72">
+        <v>138.11950428219927</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A37" s="77" t="s">
         <v>101</v>
       </c>
-      <c r="B36" s="74">
-[...7 lines deleted...]
-      <c r="A37" s="79" t="s">
+      <c r="B37" s="79">
+        <v>136.19349784480278</v>
+      </c>
+      <c r="C37" s="79">
+        <v>142.00777862636076</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A38" s="74" t="s">
         <v>102</v>
       </c>
-      <c r="B37" s="81">
-[...7 lines deleted...]
-      <c r="A38" s="76" t="s">
+      <c r="B38" s="72">
+        <v>138.74442598645851</v>
+      </c>
+      <c r="C38" s="72">
+        <v>145.6181628307188</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A39" s="77" t="s">
         <v>103</v>
       </c>
-      <c r="B38" s="74">
-[...7 lines deleted...]
-      <c r="A39" s="79" t="s">
+      <c r="B39" s="79">
+        <v>133.22427981825388</v>
+      </c>
+      <c r="C39" s="79">
+        <v>144.35231198924183</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A40" s="74" t="s">
         <v>104</v>
       </c>
-      <c r="B39" s="81">
-[...7 lines deleted...]
-      <c r="A40" s="76" t="s">
+      <c r="B40" s="72">
+        <v>143.83989707517804</v>
+      </c>
+      <c r="C40" s="72">
+        <v>147.50571870971848</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A41" s="77" t="s">
         <v>105</v>
       </c>
-      <c r="B40" s="74">
-[...7 lines deleted...]
-      <c r="A41" s="79" t="s">
+      <c r="B41" s="79">
+        <v>138.82852166995428</v>
+      </c>
+      <c r="C41" s="79">
+        <v>150.15846060244039</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A42" s="74" t="s">
         <v>106</v>
       </c>
-      <c r="B41" s="81">
-[...7 lines deleted...]
-      <c r="A42" s="76" t="s">
+      <c r="B42" s="72">
+        <v>151.98507328612141</v>
+      </c>
+      <c r="C42" s="72">
+        <v>154.8626744279471</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A43" s="77" t="s">
         <v>107</v>
       </c>
-      <c r="B42" s="74">
-[...7 lines deleted...]
-      <c r="A43" s="79" t="s">
+      <c r="B43" s="79">
+        <v>143.11516782464727</v>
+      </c>
+      <c r="C43" s="79">
+        <v>152.43311236213236</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A44" s="74" t="s">
         <v>108</v>
       </c>
-      <c r="B43" s="81">
-[...7 lines deleted...]
-      <c r="A44" s="76" t="s">
+      <c r="B44" s="72">
+        <v>154.16720308339487</v>
+      </c>
+      <c r="C44" s="72">
+        <v>151.84608943223841</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A45" s="77" t="s">
         <v>109</v>
       </c>
-      <c r="B44" s="74">
-[...7 lines deleted...]
-      <c r="A45" s="79" t="s">
+      <c r="B45" s="79">
+        <v>155.10280771417783</v>
+      </c>
+      <c r="C45" s="79">
+        <v>152.72719020139226</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A46" s="74" t="s">
         <v>110</v>
       </c>
-      <c r="B45" s="81">
-[...7 lines deleted...]
-      <c r="A46" s="76" t="s">
+      <c r="B46" s="72">
+        <v>159.11962220857541</v>
+      </c>
+      <c r="C46" s="73">
+        <v>156.57</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A47" s="77" t="s">
         <v>111</v>
       </c>
-      <c r="B46" s="74">
-[...7 lines deleted...]
-      <c r="A47" s="79" t="s">
+      <c r="B47" s="79">
+        <v>158.84352642369061</v>
+      </c>
+      <c r="C47" s="80">
+        <v>157.15253258912364</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A48" s="74" t="s">
         <v>112</v>
       </c>
-      <c r="B47" s="81">
-[...7 lines deleted...]
-      <c r="A48" s="76" t="s">
+      <c r="B48" s="72">
+        <v>165.67074452747002</v>
+      </c>
+      <c r="C48" s="73">
+        <v>155.56363502532949</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A49" s="77" t="s">
         <v>113</v>
       </c>
-      <c r="B48" s="74">
-[...7 lines deleted...]
-      <c r="A49" s="79" t="s">
+      <c r="B49" s="79">
+        <v>169.64140870117879</v>
+      </c>
+      <c r="C49" s="80">
+        <v>160.44819179587176</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A50" s="74" t="s">
         <v>114</v>
       </c>
-      <c r="B49" s="81">
-[...7 lines deleted...]
-      <c r="A50" s="76" t="s">
+      <c r="B50" s="72">
+        <v>175.18065512164799</v>
+      </c>
+      <c r="C50" s="73">
+        <v>165.981906801728</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A51" s="81" t="s">
         <v>115</v>
       </c>
-      <c r="B50" s="74">
-[...10 lines deleted...]
-      <c r="B51" s="84">
+      <c r="B51" s="82">
         <v>167.35630036840564</v>
       </c>
-      <c r="C51" s="85">
+      <c r="C51" s="83">
         <v>160.70907386820119</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="H1" r:id="rId1" xr:uid="{2D41185F-D9C8-4AA1-84C0-2AC925F640C5}"/>
     <hyperlink ref="H2" r:id="rId2" xr:uid="{C9003329-91CE-47D3-A4FA-F9397330A68B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-</worksheet>
-[...127 lines deleted...]
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="9" baseType="lpstr">
+    <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>Contents</vt:lpstr>
       <vt:lpstr>1 ONS Average Rents UK Regions</vt:lpstr>
       <vt:lpstr>2ONS Rent Inflation UK Regions </vt:lpstr>
       <vt:lpstr>3 ONS PRS Affordability</vt:lpstr>
+      <vt:lpstr>3a PRS MedianAffordability2024 </vt:lpstr>
       <vt:lpstr>4 UU Annual Rental Transactions</vt:lpstr>
       <vt:lpstr>5 UU Average Rents by Council</vt:lpstr>
       <vt:lpstr>6UU Properties Let by HouseType</vt:lpstr>
       <vt:lpstr>7 UU Rental Index</vt:lpstr>
       <vt:lpstr>8 UU Rent to Income Ratio</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NICS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Reilly, Patrice</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>