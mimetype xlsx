--- v1 (2025-11-27)
+++ v2 (2026-02-17)
@@ -7,95 +7,95 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\NEW Housing Review\Report excel tables\formatted tables\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CA32F06B-DAC7-41DA-AC06-7D6B8F9E38EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F7935304-C33B-4A69-BB60-0D08A171019F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="6" activeTab="9" xr2:uid="{8164C211-46A1-454A-83D5-CE2B4458CEB0}"/>
+    <workbookView xWindow="0" yWindow="120" windowWidth="13380" windowHeight="15360" firstSheet="8" activeTab="9" xr2:uid="{8164C211-46A1-454A-83D5-CE2B4458CEB0}"/>
   </bookViews>
   <sheets>
     <sheet name="Contents" sheetId="9" r:id="rId1"/>
     <sheet name="1 ONS Average Rents UK Regions" sheetId="1" r:id="rId2"/>
     <sheet name="2ONS Rent Inflation UK Regions " sheetId="2" r:id="rId3"/>
     <sheet name="3 ONS PRS Affordability" sheetId="3" r:id="rId4"/>
     <sheet name="3a PRS MedianAffordability2024 " sheetId="10" r:id="rId5"/>
     <sheet name="4 UU Annual Rental Transactions" sheetId="4" r:id="rId6"/>
     <sheet name="5 UU Average Rents by Council" sheetId="5" r:id="rId7"/>
     <sheet name="6UU Properties Let by HouseType" sheetId="6" r:id="rId8"/>
     <sheet name="7 UU Rental Index" sheetId="7" r:id="rId9"/>
     <sheet name="8 UU Rent to Income Ratio" sheetId="8" r:id="rId10"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="215" uniqueCount="187">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="195">
   <si>
     <t/>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>1. Northern Ireland private rents data are currently available up to March 2025. To produce UK rents statistics up to May 2025, Northern Ireland's index for the latest two months has been estimated using the monthly average of Northern Ireland's latest two-month inflation rate.
 2. UK PIPR estimates for April 2025 and May 2025 will be revised in line with PIPR's two-month revision policy.
 3. Northern Ireland rents data are for advertised new lets. 
 4. Because of data collection limitations, Scotland rents data (underlying the PIPR's stock measure) are mainly for advertised new lets, which were not subject to Scotland's in-tenancy price-increase cap (September 2022 to March 2024) or temporary changes to the Rent Adjudication system (April 2024 to March 2025), as described in the [Cost of Living (Tenant Protection) Scotland Bill](https://www.parliament.scot/bills-and-laws/bills/cost-of-living-tenant-protection-scotland-bill) and the [Scottish Government's Cost of living: rent and eviction page](https://www.gov.scot/publications/cost-of-living-rent-and-eviction/pages/rent-adjudiction/), respectively.</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>UK</t>
   </si>
   <si>
     <t>England</t>
   </si>
   <si>
     <t>Wales</t>
   </si>
   <si>
@@ -141,156 +141,108 @@
   <si>
     <t>Wales (median)</t>
   </si>
   <si>
     <t>Wales (high)</t>
   </si>
   <si>
     <t>Ulster University  Rental Index:  Number of Annual Transactions 2013 - 2024</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Transactions</t>
   </si>
   <si>
     <t>The increase in transactions recorded during H2 2024 is more likely to be due to an increase in the volume of the dataset.</t>
   </si>
   <si>
     <t>Therefore any increase recorded during 2024 should be considered with caution.</t>
   </si>
   <si>
     <t>Council area</t>
   </si>
   <si>
-    <t>H2 Average rent (£)</t>
-[...1 lines deleted...]
-  <si>
     <t>Annual Variance</t>
   </si>
   <si>
     <t>Coefficient of variance (%)</t>
   </si>
   <si>
     <t>Median rent (£)</t>
   </si>
   <si>
     <t>Antrim &amp; Newtownabbey</t>
   </si>
   <si>
     <t>Ards &amp; North Down</t>
   </si>
   <si>
     <t>Armagh Banbridge &amp; Craigavon</t>
   </si>
   <si>
     <t>Belfast</t>
   </si>
   <si>
     <t>Causeway Coast &amp; Glens</t>
   </si>
   <si>
     <t>Derry &amp; Strabane</t>
   </si>
   <si>
     <t>Fermanagh &amp; Omagh</t>
   </si>
   <si>
     <t>Lisburn &amp; Castlereagh</t>
   </si>
   <si>
     <t>Mid &amp; East Antrim</t>
   </si>
   <si>
     <t>Mid-Ulster</t>
   </si>
   <si>
     <t>Newry Mourne &amp; Down</t>
   </si>
   <si>
     <t>The Coefficient of Variation (CoV) is a measure of relative variability. It is the ratio of the standard deviation to the mean (average).</t>
   </si>
   <si>
     <t>Property Type</t>
   </si>
   <si>
-    <t>NI H2 2024</t>
-[...7 lines deleted...]
-  <si>
     <t>Apartment</t>
   </si>
   <si>
-    <t>2,909 (32%</t>
-[...7 lines deleted...]
-  <si>
     <t>Terrace/townhouse</t>
   </si>
   <si>
-    <t>3,553 (39%)</t>
-[...7 lines deleted...]
-  <si>
     <t>Semi-detached</t>
   </si>
   <si>
-    <t>1,524 (17%)</t>
-[...7 lines deleted...]
-  <si>
     <t>Detached</t>
-  </si>
-[...7 lines deleted...]
-    <t>985 (19%)</t>
   </si>
   <si>
     <t>All</t>
   </si>
   <si>
     <t>Year/Quarter</t>
   </si>
   <si>
     <t xml:space="preserve">NI Rental Index </t>
   </si>
   <si>
     <t>House Price Index</t>
   </si>
   <si>
     <t>Q1 13</t>
   </si>
   <si>
     <t>Q2 13</t>
   </si>
   <si>
     <t>Q3 13</t>
   </si>
   <si>
     <t>Q4 13</t>
   </si>
@@ -490,53 +442,50 @@
     <t>Source: Price Index of Private Rents (PIPR) from the Office for National Statistics</t>
   </si>
   <si>
     <t>Table 3: ONS Ratios of low, median and high rents to their equivalent rental income quartile, by country, financial year 2022</t>
   </si>
   <si>
     <r>
       <t>Source: ONS</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>1. Data Sources used by ONS - Family Resources Survey from the Department for Work and Pensions, Private Rental Market Statistics from the Office for National Statistics, Rent Officer Wales from the Welsh Government, and the Northern Ireland Housing Executive</t>
   </si>
   <si>
     <t>Note:</t>
-  </si>
-[...1 lines deleted...]
-    <t>Table 4: Ulster University  Rental Index:  Number of Annual Transactions 2013 - 2024</t>
   </si>
   <si>
     <t>Source: The Housing Executive - Private rented sector and rents research (nihe.gov.uk)</t>
   </si>
   <si>
     <t xml:space="preserve">https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1719433/4260_AHSS_PrivateRentalReport_H2-2024_AC.pdf </t>
   </si>
   <si>
     <r>
       <t>25</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>th</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
@@ -549,65 +498,56 @@
   <si>
     <r>
       <t>75</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>th</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> percentile</t>
     </r>
   </si>
   <si>
-    <t>Table 5: UU Rental Index Average Rents H2 2024 by LGD/Council area</t>
-[...1 lines deleted...]
-  <si>
     <t>UU Rental Index Average Rents H2 2024 by LGD/Council area</t>
   </si>
   <si>
-    <t>Table 6: UU Rental Index Properties let by House Type H2 2024</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> UU Rental Index Properties let by House Type H2 2024</t>
   </si>
   <si>
-    <t>Table 8: UU Rental Index Affordability H2 2024 - Rent to Income Ratio</t>
-[...1 lines deleted...]
-  <si>
     <t>Table 7: UU Rental Index - Rental Index Vs House Price Index</t>
   </si>
   <si>
     <t>UU Rental Index Affordability H2 2024 - Rent to Income Ratio</t>
   </si>
   <si>
     <t>UU Rental Index - Rental Index Vs House Price Index</t>
   </si>
   <si>
     <t xml:space="preserve">Source: The Housing Executive - Private rented sector and rents research (nihe.gov.uk) </t>
   </si>
   <si>
     <t xml:space="preserve">Analysis of rental affordability utilises meidal gross earnings data from the Annual Survey of Hours and Earnings (ASHE), which is available at </t>
   </si>
   <si>
     <t>Private rent and house prices, UK - Office for National Statistics</t>
   </si>
   <si>
     <t>1. Northern Ireland private rents data are for advertised new lets.</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Affordability ratio, %</t>
@@ -657,76 +597,160 @@
   <si>
     <t>Table 3a: Percentage of median private renting household income equivalent to average rent, by country, financial year ending (FYE) 2016 to FYE 2024</t>
   </si>
   <si>
     <t xml:space="preserve">Source: </t>
   </si>
   <si>
     <t>England %</t>
   </si>
   <si>
     <t>Wales %</t>
   </si>
   <si>
     <t>Northern Ireland %</t>
   </si>
   <si>
     <t>Affordability threshold %</t>
   </si>
   <si>
     <t>Statistics are based ratio of median PRS household income to average regional rent only.</t>
   </si>
   <si>
     <t>Data added October 2025</t>
   </si>
   <si>
-    <t>Figures last updated October 2025</t>
+    <t xml:space="preserve"> ONS Average Rent Per Month (£pm) by UK and UK Regions January 2015 - Aug 2025</t>
+  </si>
+  <si>
+    <t>Private rents annual inflation (%), across the UK and UK Regions, January 2016 to Aug 2025</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Table 1: ONS Average Rent Per Month (£pm) by UK and UK Regions January 2015 - August 2025  </t>
+      <t xml:space="preserve">Table 1: ONS Average Rent Per Month (£pm) by UK and UK Regions January 2015 - November 2025  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1,2,3,4</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> ONS Average Rent Per Month (£pm) by UK and UK Regions January 2015 - Aug 2025</t>
-[...5 lines deleted...]
-    <t>Private rents annual inflation (%), across the UK and UK Regions, January 2016 to Aug 2025</t>
+    <t>Figures last updated January 2026</t>
+  </si>
+  <si>
+    <t>Table 2: Private rents annual inflation (%), across the UK and UK Regions, January 2016 to Nov 2025</t>
+  </si>
+  <si>
+    <t>Further updates currently unavailable for this table</t>
+  </si>
+  <si>
+    <t>H1 2025</t>
+  </si>
+  <si>
+    <t>Table 4: Ulster University  Rental Index:  Number of Annual Transactions 2013 - H1 2025</t>
+  </si>
+  <si>
+    <t>https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents</t>
+  </si>
+  <si>
+    <t>Table 5: UU Rental Index Average Rents H1 2025 by LGD/Council area</t>
+  </si>
+  <si>
+    <t>Updated January 2025</t>
+  </si>
+  <si>
+    <t>Updated Jaunary 2026</t>
+  </si>
+  <si>
+    <t>Table 6: UU Rental Index Properties let by House Type H1 2025</t>
+  </si>
+  <si>
+    <t>H1 2025 Average rent (£)</t>
+  </si>
+  <si>
+    <t>NI H1 2025</t>
+  </si>
+  <si>
+    <t>3,043 (36%</t>
+  </si>
+  <si>
+    <t>3,229 (38%)</t>
+  </si>
+  <si>
+    <t>1,280 (15%)</t>
+  </si>
+  <si>
+    <t>918 (11%)</t>
+  </si>
+  <si>
+    <t>BCCA H1 2025</t>
+  </si>
+  <si>
+    <t>1,822 (49%)</t>
+  </si>
+  <si>
+    <t>1,610 (43%)</t>
+  </si>
+  <si>
+    <t>271 (7%)</t>
+  </si>
+  <si>
+    <t>47 (1%)</t>
+  </si>
+  <si>
+    <t>LGDs H1 2025</t>
+  </si>
+  <si>
+    <t>1,221 (26%)</t>
+  </si>
+  <si>
+    <t>1,619 (34%)</t>
+  </si>
+  <si>
+    <t>1,009 (21%)</t>
+  </si>
+  <si>
+    <t>871 (19%)</t>
+  </si>
+  <si>
+    <t>Updated January 2026</t>
+  </si>
+  <si>
+    <t>Q1 25</t>
+  </si>
+  <si>
+    <t>Q2 25</t>
+  </si>
+  <si>
+    <t>Table 8: UU Rental Index Affordability H1 2025 - Rent to Income Ratio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="6" formatCode="&quot;£&quot;#,##0;[Red]\-&quot;£&quot;#,##0"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
@@ -830,125 +854,137 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="7">
+  <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="111">
+  <cellXfs count="116">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -959,53 +995,50 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="17" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="3" fontId="5" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -1132,100 +1165,118 @@
     <xf numFmtId="164" fontId="18" fillId="4" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="18" fillId="4" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
-    <xf numFmtId="164" fontId="5" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{1CCE486D-7C7C-4E8D-A524-B8F1CC32FE24}"/>
     <cellStyle name="Normal_Sheet1" xfId="3" xr:uid="{948E7F3A-27C6-443D-B74B-F2C2921C7D41}"/>
     <cellStyle name="Normal_Sheet3_1" xfId="4" xr:uid="{564FDD68-23DB-431B-B0E4-BD7925D0D2FB}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
@@ -1523,167 +1574,167 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1719433/4260_AHSS_PrivateRentalReport_H2-2024_AC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/publications/employee-earnings-ni-2023" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nisra.gov.uk/publications/employee-earnings-ni-2023" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/september2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/december2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/september2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/december2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/privaterentalaffordabilityengland/2022" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/privaterentalaffordabilityengland/2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1719433/4260_AHSS_PrivateRentalReport_H2-2024_AC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1719433/4260_AHSS_PrivateRentalReport_H2-2024_AC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1719433/4260_AHSS_PrivateRentalReport_H2-2024_AC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1719433/4260_AHSS_PrivateRentalReport_H2-2024_AC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulster.ac.uk/__data/assets/pdf_file/0010/1719433/4260_AHSS_PrivateRentalReport_H2-2024_AC.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB44F40A-0ED3-4008-BECB-028BC267055E}">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="101.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="18" x14ac:dyDescent="0.25">
       <c r="B1" s="2" t="s">
-        <v>126</v>
+        <v>110</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
-        <v>127</v>
+        <v>111</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>184</v>
+        <v>162</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>186</v>
+        <v>163</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
-        <v>129</v>
+        <v>113</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>125</v>
+        <v>109</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>147</v>
+        <v>129</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
-        <v>132</v>
+        <v>116</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>149</v>
+        <v>130</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>152</v>
+        <v>132</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="3"/>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="3"/>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="3"/>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="3"/>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="3"/>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="3"/>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17" s="4"/>
       <c r="B17" s="5"/>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.2">
@@ -1698,210 +1749,210 @@
     <row r="21" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A21" s="3"/>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A22" s="3"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" location="'1 ONS Average Rents UK Regions'!A1" display="Table 1" xr:uid="{045FA035-985A-41A7-84C5-DCEFD87F779C}"/>
     <hyperlink ref="A4" location="'2ONS Rent Inflation UK Regions '!A1" display="Table 2" xr:uid="{BB80A294-41AF-428B-8280-CBF7C3E304A9}"/>
     <hyperlink ref="A5" location="'3 ONS PRS Affordability'!A1" display="Table 3" xr:uid="{B64D6A4F-E934-4DE0-AC8F-5AD8846608AE}"/>
     <hyperlink ref="A6" location="'4 UU Annual Rental Transactions'!A1" display="Table 4" xr:uid="{40C04D73-D8C5-4641-831B-8F49ABEE4551}"/>
     <hyperlink ref="A7" location="'5 UU Average Rents by Council'!A1" display="Table 5" xr:uid="{E54FA0A6-0DE7-4AC3-8EF7-62FBC7714CB4}"/>
     <hyperlink ref="A8" location="'UU Properties Let by HouseType'!A1" display="Table 6" xr:uid="{CD8EC505-B272-430D-ACE2-9ACEB1B9498F}"/>
     <hyperlink ref="A9" location="'7 UU Rental Index'!A1" display="Table 7" xr:uid="{A15B20F0-71E1-487E-B2E6-30FFFC0E43E9}"/>
     <hyperlink ref="A10" location="'8 UU Rent to Income Ratio'!A1" display="Table 8" xr:uid="{C784C7DE-713C-42FF-B67F-F3F293C09196}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5B16E4C1-5CE8-4226-818C-839555CF22BF}">
   <dimension ref="A1:F14"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C14" sqref="C14"/>
+    <sheetView tabSelected="1" topLeftCell="D1" workbookViewId="0">
+      <selection activeCell="F31" sqref="F31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="19.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="20.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="21.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" style="1" customWidth="1"/>
     <col min="6" max="6" width="26.42578125" style="1" customWidth="1"/>
     <col min="7" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>150</v>
+        <v>194</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>154</v>
-[...21 lines deleted...]
-        <v>120</v>
+        <v>134</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="F2" s="63" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="42" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="84" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" s="85" t="s">
+        <v>101</v>
+      </c>
+      <c r="C3" s="85" t="s">
+        <v>102</v>
+      </c>
+      <c r="D3" s="85" t="s">
+        <v>103</v>
+      </c>
+      <c r="E3" s="85" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A4" s="48" t="s">
-[...12 lines deleted...]
-        <v>0.43099999999999999</v>
+      <c r="A4" s="47" t="s">
+        <v>105</v>
+      </c>
+      <c r="B4" s="83">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="C4" s="83">
+        <v>0.35599999999999998</v>
+      </c>
+      <c r="D4" s="83">
+        <v>0.312</v>
+      </c>
+      <c r="E4" s="83">
+        <v>0.46100000000000002</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="87" t="s">
-[...5 lines deleted...]
-      <c r="C5" s="88">
+      <c r="A5" s="86" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" s="87">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="C5" s="87">
+        <v>0.39800000000000002</v>
+      </c>
+      <c r="D5" s="87">
         <v>0.35599999999999998</v>
       </c>
-      <c r="D5" s="88">
-[...3 lines deleted...]
-        <v>0.498</v>
+      <c r="E5" s="87">
+        <v>0.53200000000000003</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A7" s="1" t="s">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="8" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A8" s="17" t="s">
-        <v>122</v>
+        <v>106</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="108" t="s">
-[...6 lines deleted...]
-      <c r="F9" s="107"/>
+      <c r="A9" s="106" t="s">
+        <v>107</v>
+      </c>
+      <c r="B9" s="105"/>
+      <c r="C9" s="105"/>
+      <c r="D9" s="105"/>
+      <c r="E9" s="105"/>
+      <c r="F9" s="105"/>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A13" s="45"/>
+      <c r="A13" s="44"/>
     </row>
     <row r="14" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A14" s="109"/>
-      <c r="B14" s="110"/>
+      <c r="A14" s="107"/>
+      <c r="B14" s="108"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A9:F9"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A8" r:id="rId1" xr:uid="{C07F9973-B1B4-463F-9753-8E34E06E198B}"/>
-    <hyperlink ref="F2" r:id="rId2" xr:uid="{DD980BB0-9C9A-4BED-9460-C18F058219E3}"/>
+    <hyperlink ref="F2" r:id="rId2" xr:uid="{78A80BC7-C68B-4F1B-8271-CD85B3111B39}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C2FCF6E-11C7-4DE2-B9ED-4C7367927BD5}">
-  <dimension ref="A1:M142"/>
+  <dimension ref="A1:M146"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...2 lines deleted...]
-      <selection pane="bottomLeft" activeCell="L127" sqref="L127"/>
+    <sheetView topLeftCell="C1" workbookViewId="0">
+      <pane ySplit="2220" activePane="bottomLeft"/>
+      <selection activeCell="M2" sqref="M2"/>
+      <selection pane="bottomLeft" activeCell="M2" sqref="M2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="8.7109375" style="1"/>
     <col min="3" max="3" width="12.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.42578125" style="1" customWidth="1"/>
     <col min="5" max="5" width="13.85546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="13.140625" style="1" customWidth="1"/>
     <col min="8" max="11" width="8.7109375" style="1"/>
     <col min="12" max="12" width="5.5703125" style="1" customWidth="1"/>
     <col min="13" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>183</v>
+        <v>164</v>
       </c>
       <c r="M1" s="1" t="s">
-        <v>135</v>
+        <v>119</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="18" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
-      <c r="M2" s="90" t="s">
-        <v>156</v>
+      <c r="M2" s="89" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="12" t="s">
         <v>6</v>
       </c>
       <c r="E3" s="12" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="12" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A4" s="6">
         <v>42005</v>
@@ -4380,4315 +4431,4503 @@
       </c>
       <c r="F127" s="14">
         <v>852</v>
       </c>
     </row>
     <row r="128" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A128" s="15">
         <v>45778</v>
       </c>
       <c r="B128" s="16">
         <v>1339</v>
       </c>
       <c r="C128" s="16">
         <v>1394</v>
       </c>
       <c r="D128" s="16">
         <v>799</v>
       </c>
       <c r="E128" s="16">
         <v>999</v>
       </c>
       <c r="F128" s="16">
         <v>855</v>
       </c>
     </row>
-    <row r="129" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="129" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A129" s="13">
         <v>45809</v>
       </c>
       <c r="B129" s="14">
         <v>1344</v>
       </c>
       <c r="C129" s="14">
         <v>1399</v>
       </c>
       <c r="D129" s="14">
         <v>804</v>
       </c>
       <c r="E129" s="14">
         <v>999</v>
       </c>
       <c r="F129" s="14">
         <v>860</v>
       </c>
     </row>
-    <row r="130" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="130" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A130" s="15">
         <v>45839</v>
       </c>
       <c r="B130" s="16">
         <v>1343</v>
       </c>
       <c r="C130" s="16">
         <v>1398</v>
       </c>
       <c r="D130" s="16">
         <v>807</v>
       </c>
       <c r="E130" s="16">
         <v>999</v>
       </c>
-      <c r="F130" s="26"/>
-[...1 lines deleted...]
-    <row r="131" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="F130" s="16">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A131" s="13">
         <v>45870</v>
       </c>
       <c r="B131" s="14">
         <v>1348</v>
       </c>
       <c r="C131" s="14">
         <v>1403</v>
       </c>
       <c r="D131" s="14">
         <v>811</v>
       </c>
       <c r="E131" s="14">
         <v>1002</v>
       </c>
-      <c r="F131" s="25"/>
-[...2 lines deleted...]
-      <c r="A132" s="9" t="s">
+      <c r="F131" s="14">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A132" s="6">
+        <v>45901</v>
+      </c>
+      <c r="B132" s="10">
+        <v>1354</v>
+      </c>
+      <c r="C132" s="10">
+        <v>1410</v>
+      </c>
+      <c r="D132" s="10">
+        <v>815</v>
+      </c>
+      <c r="E132" s="10">
+        <v>1004</v>
+      </c>
+      <c r="F132" s="10">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A133" s="13">
+        <v>45931</v>
+      </c>
+      <c r="B133" s="14">
+        <v>1360</v>
+      </c>
+      <c r="C133" s="14">
+        <v>1416</v>
+      </c>
+      <c r="D133" s="14">
+        <v>817</v>
+      </c>
+      <c r="E133" s="14">
+        <v>1008</v>
+      </c>
+      <c r="F133" s="25"/>
+    </row>
+    <row r="134" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A134" s="6">
+        <v>45962</v>
+      </c>
+      <c r="B134" s="10">
+        <v>1366</v>
+      </c>
+      <c r="C134" s="10">
+        <v>1422</v>
+      </c>
+      <c r="D134" s="10">
+        <v>820</v>
+      </c>
+      <c r="E134" s="10">
+        <v>1012</v>
+      </c>
+      <c r="F134" s="25"/>
+    </row>
+    <row r="135" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A135" s="6"/>
+      <c r="B135" s="10"/>
+      <c r="C135" s="10"/>
+      <c r="D135" s="10"/>
+      <c r="E135" s="10"/>
+      <c r="F135" s="10"/>
+    </row>
+    <row r="136" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="9" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="133" spans="1:11" ht="135" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A133" s="102" t="s">
+    <row r="137" spans="1:7" ht="135" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="100" t="s">
         <v>2</v>
       </c>
-      <c r="B133" s="103"/>
-[...22 lines deleted...]
-      <c r="K142" s="105"/>
+      <c r="B137" s="101"/>
+      <c r="C137" s="101"/>
+      <c r="D137" s="101"/>
+      <c r="E137" s="101"/>
+      <c r="F137" s="101"/>
+      <c r="G137" s="101"/>
+    </row>
+    <row r="140" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A140" s="1" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A146" s="102"/>
+      <c r="B146" s="103"/>
+      <c r="C146" s="103"/>
+      <c r="D146" s="103"/>
+      <c r="E146" s="103"/>
+      <c r="F146" s="103"/>
+      <c r="G146" s="103"/>
+      <c r="H146" s="103"/>
+      <c r="I146" s="103"/>
+      <c r="J146" s="103"/>
+      <c r="K146" s="103"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="A133:G133"/>
-    <mergeCell ref="A142:K142"/>
+    <mergeCell ref="A137:G137"/>
+    <mergeCell ref="A146:K146"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="M2" r:id="rId1" display="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/september2025" xr:uid="{763223FE-BA51-4396-8F74-2474C058DED4}"/>
+    <hyperlink ref="M2" r:id="rId1" display="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/december2025" xr:uid="{31F9D774-4CB7-4C89-8414-9AD33D33DA31}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{227B5C18-D8E4-40EA-9DAC-78F6813B64B8}">
-  <dimension ref="A1:O126"/>
+  <dimension ref="A1:O129"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <pane ySplit="1485" topLeftCell="A110"/>
+    <sheetView topLeftCell="D1" workbookViewId="0">
+      <pane ySplit="1485" activePane="bottomLeft"/>
       <selection sqref="A1:XFD1"/>
-      <selection pane="bottomLeft" activeCell="E134" sqref="E134"/>
+      <selection pane="bottomLeft" activeCell="M3" sqref="M3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="4" width="8.7109375" style="1"/>
     <col min="5" max="5" width="14.5703125" style="1" customWidth="1"/>
     <col min="6" max="6" width="15.28515625" style="1" customWidth="1"/>
     <col min="7" max="14" width="8.7109375" style="1"/>
     <col min="15" max="15" width="2.85546875" style="1" customWidth="1"/>
     <col min="16" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="22" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="B1" s="18"/>
       <c r="O1" s="19"/>
     </row>
     <row r="2" spans="1:15" ht="18" x14ac:dyDescent="0.25">
       <c r="A2" s="22"/>
       <c r="B2" s="18"/>
       <c r="M2" s="1" t="s">
-        <v>136</v>
+        <v>120</v>
       </c>
       <c r="O2" s="19"/>
     </row>
     <row r="3" spans="1:15" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="18"/>
       <c r="B3" s="18"/>
-      <c r="M3" s="90" t="s">
-        <v>156</v>
+      <c r="M3" s="89" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A4" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D4" s="12" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="12" t="s">
         <v>7</v>
       </c>
       <c r="F4" s="12" t="s">
         <v>8</v>
       </c>
       <c r="M4" s="7"/>
     </row>
     <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A5" s="6">
         <v>42370</v>
       </c>
       <c r="B5" s="23">
         <v>3.3</v>
       </c>
       <c r="C5" s="23">
         <v>3.5</v>
       </c>
       <c r="D5" s="23">
         <v>1.2</v>
       </c>
       <c r="E5" s="23">
         <v>2.1</v>
       </c>
       <c r="F5" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="G5" s="21"/>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A6" s="13">
         <v>42401</v>
       </c>
-      <c r="B6" s="27">
+      <c r="B6" s="26">
         <v>3.3</v>
       </c>
-      <c r="C6" s="27">
+      <c r="C6" s="26">
         <v>3.5</v>
       </c>
-      <c r="D6" s="27">
+      <c r="D6" s="26">
         <v>0.8</v>
       </c>
-      <c r="E6" s="27">
+      <c r="E6" s="26">
         <v>1.8</v>
       </c>
-      <c r="F6" s="27">
+      <c r="F6" s="26">
         <v>1.3</v>
       </c>
       <c r="G6" s="21"/>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" s="6">
         <v>42430</v>
       </c>
       <c r="B7" s="23">
         <v>3.4</v>
       </c>
       <c r="C7" s="23">
         <v>3.6</v>
       </c>
       <c r="D7" s="23">
         <v>0.8</v>
       </c>
       <c r="E7" s="23">
         <v>1.6</v>
       </c>
       <c r="F7" s="23">
         <v>1.4</v>
       </c>
       <c r="G7" s="21"/>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A8" s="13">
         <v>42461</v>
       </c>
-      <c r="B8" s="27">
+      <c r="B8" s="26">
         <v>3.3</v>
       </c>
-      <c r="C8" s="27">
+      <c r="C8" s="26">
         <v>3.5</v>
       </c>
-      <c r="D8" s="27">
+      <c r="D8" s="26">
         <v>0.6</v>
       </c>
-      <c r="E8" s="27">
+      <c r="E8" s="26">
         <v>1.5</v>
       </c>
-      <c r="F8" s="27">
+      <c r="F8" s="26">
         <v>1.6</v>
       </c>
       <c r="G8" s="21"/>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" s="6">
         <v>42491</v>
       </c>
       <c r="B9" s="23">
         <v>3.2</v>
       </c>
       <c r="C9" s="23">
         <v>3.3</v>
       </c>
       <c r="D9" s="23">
         <v>0.4</v>
       </c>
       <c r="E9" s="23">
         <v>1.4</v>
       </c>
       <c r="F9" s="23">
         <v>1.6</v>
       </c>
       <c r="G9" s="21"/>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" s="13">
         <v>42522</v>
       </c>
-      <c r="B10" s="27">
+      <c r="B10" s="26">
         <v>3.3</v>
       </c>
-      <c r="C10" s="27">
+      <c r="C10" s="26">
         <v>3.5</v>
       </c>
-      <c r="D10" s="27">
+      <c r="D10" s="26">
         <v>0.3</v>
       </c>
-      <c r="E10" s="27">
+      <c r="E10" s="26">
         <v>1.1000000000000001</v>
       </c>
-      <c r="F10" s="27">
+      <c r="F10" s="26">
         <v>1.6</v>
       </c>
       <c r="G10" s="21"/>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" s="6">
         <v>42552</v>
       </c>
       <c r="B11" s="23">
         <v>3.4</v>
       </c>
       <c r="C11" s="23">
         <v>3.7</v>
       </c>
       <c r="D11" s="23">
         <v>0.3</v>
       </c>
       <c r="E11" s="23">
         <v>1.2</v>
       </c>
       <c r="F11" s="23">
         <v>1.5</v>
       </c>
       <c r="G11" s="21"/>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" s="13">
         <v>42583</v>
       </c>
-      <c r="B12" s="27">
+      <c r="B12" s="26">
         <v>3.3</v>
       </c>
-      <c r="C12" s="27">
+      <c r="C12" s="26">
         <v>3.6</v>
       </c>
-      <c r="D12" s="27">
+      <c r="D12" s="26">
         <v>0.9</v>
       </c>
-      <c r="E12" s="27">
+      <c r="E12" s="26">
         <v>0.9</v>
       </c>
-      <c r="F12" s="27">
+      <c r="F12" s="26">
         <v>1.5</v>
       </c>
       <c r="G12" s="21"/>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" s="6">
         <v>42614</v>
       </c>
       <c r="B13" s="23">
         <v>3.2</v>
       </c>
       <c r="C13" s="23">
         <v>3.5</v>
       </c>
       <c r="D13" s="23">
         <v>1.4</v>
       </c>
       <c r="E13" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="F13" s="23">
         <v>1</v>
       </c>
       <c r="G13" s="21"/>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" s="13">
         <v>42644</v>
       </c>
-      <c r="B14" s="27">
+      <c r="B14" s="26">
         <v>3.3</v>
       </c>
-      <c r="C14" s="27">
+      <c r="C14" s="26">
         <v>3.6</v>
       </c>
-      <c r="D14" s="27">
+      <c r="D14" s="26">
         <v>1.3</v>
       </c>
-      <c r="E14" s="27">
+      <c r="E14" s="26">
         <v>1.1000000000000001</v>
       </c>
-      <c r="F14" s="27">
+      <c r="F14" s="26">
         <v>0.9</v>
       </c>
       <c r="G14" s="21"/>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" s="6">
         <v>42675</v>
       </c>
       <c r="B15" s="23">
         <v>3.4</v>
       </c>
       <c r="C15" s="23">
         <v>3.6</v>
       </c>
       <c r="D15" s="23">
         <v>1.2</v>
       </c>
       <c r="E15" s="23">
         <v>1.2</v>
       </c>
       <c r="F15" s="23">
         <v>0.8</v>
       </c>
       <c r="G15" s="21"/>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" s="13">
         <v>42705</v>
       </c>
-      <c r="B16" s="27">
+      <c r="B16" s="26">
         <v>3.4</v>
       </c>
-      <c r="C16" s="27">
+      <c r="C16" s="26">
         <v>3.6</v>
       </c>
-      <c r="D16" s="27">
+      <c r="D16" s="26">
         <v>1.4</v>
       </c>
-      <c r="E16" s="27">
+      <c r="E16" s="26">
         <v>1.4</v>
       </c>
-      <c r="F16" s="27">
+      <c r="F16" s="26">
         <v>0.8</v>
       </c>
       <c r="G16" s="21"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A17" s="6">
         <v>42736</v>
       </c>
       <c r="B17" s="23">
         <v>3.3</v>
       </c>
       <c r="C17" s="23">
         <v>3.5</v>
       </c>
       <c r="D17" s="23">
         <v>1.5</v>
       </c>
       <c r="E17" s="23">
         <v>1.4</v>
       </c>
       <c r="F17" s="23">
         <v>0.7</v>
       </c>
       <c r="G17" s="21"/>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A18" s="13">
         <v>42767</v>
       </c>
-      <c r="B18" s="27">
+      <c r="B18" s="26">
         <v>3.2</v>
       </c>
-      <c r="C18" s="27">
+      <c r="C18" s="26">
         <v>3.4</v>
       </c>
-      <c r="D18" s="27">
+      <c r="D18" s="26">
         <v>1.7</v>
       </c>
-      <c r="E18" s="27">
+      <c r="E18" s="26">
         <v>1.5</v>
       </c>
-      <c r="F18" s="27">
+      <c r="F18" s="26">
         <v>0.5</v>
       </c>
       <c r="G18" s="21"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A19" s="6">
         <v>42795</v>
       </c>
       <c r="B19" s="23">
         <v>3</v>
       </c>
       <c r="C19" s="23">
         <v>3.2</v>
       </c>
       <c r="D19" s="23">
         <v>1.7</v>
       </c>
       <c r="E19" s="23">
         <v>1.6</v>
       </c>
       <c r="F19" s="23">
         <v>0.6</v>
       </c>
       <c r="G19" s="21"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A20" s="13">
         <v>42826</v>
       </c>
-      <c r="B20" s="27">
+      <c r="B20" s="26">
         <v>3</v>
       </c>
-      <c r="C20" s="27">
+      <c r="C20" s="26">
         <v>3.1</v>
       </c>
-      <c r="D20" s="27">
+      <c r="D20" s="26">
         <v>1.7</v>
       </c>
-      <c r="E20" s="27">
+      <c r="E20" s="26">
         <v>1.7</v>
       </c>
-      <c r="F20" s="27">
+      <c r="F20" s="26">
         <v>0.7</v>
       </c>
       <c r="G20" s="21"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A21" s="6">
         <v>42856</v>
       </c>
       <c r="B21" s="23">
         <v>2.7</v>
       </c>
       <c r="C21" s="23">
         <v>2.7</v>
       </c>
       <c r="D21" s="23">
         <v>2</v>
       </c>
       <c r="E21" s="23">
         <v>1.9</v>
       </c>
       <c r="F21" s="23">
         <v>0.8</v>
       </c>
       <c r="G21" s="21"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A22" s="13">
         <v>42887</v>
       </c>
-      <c r="B22" s="27">
+      <c r="B22" s="26">
         <v>2.6</v>
       </c>
-      <c r="C22" s="27">
+      <c r="C22" s="26">
         <v>2.6</v>
       </c>
-      <c r="D22" s="27">
+      <c r="D22" s="26">
         <v>2.6</v>
       </c>
-      <c r="E22" s="27">
+      <c r="E22" s="26">
         <v>2.1</v>
       </c>
-      <c r="F22" s="27">
+      <c r="F22" s="26">
         <v>1</v>
       </c>
       <c r="G22" s="21"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A23" s="6">
         <v>42917</v>
       </c>
       <c r="B23" s="23">
         <v>2.5</v>
       </c>
       <c r="C23" s="23">
         <v>2.5</v>
       </c>
       <c r="D23" s="23">
         <v>2.9</v>
       </c>
       <c r="E23" s="23">
         <v>2.2999999999999998</v>
       </c>
       <c r="F23" s="23">
         <v>1.2</v>
       </c>
       <c r="G23" s="21"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A24" s="13">
         <v>42948</v>
       </c>
-      <c r="B24" s="27">
+      <c r="B24" s="26">
         <v>2.2000000000000002</v>
       </c>
-      <c r="C24" s="27">
+      <c r="C24" s="26">
         <v>2.2000000000000002</v>
       </c>
-      <c r="D24" s="27">
+      <c r="D24" s="26">
         <v>2.7</v>
       </c>
-      <c r="E24" s="27">
+      <c r="E24" s="26">
         <v>2.6</v>
       </c>
-      <c r="F24" s="27">
+      <c r="F24" s="26">
         <v>1.4</v>
       </c>
       <c r="G24" s="21"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A25" s="6">
         <v>42979</v>
       </c>
       <c r="B25" s="23">
         <v>1.9</v>
       </c>
       <c r="C25" s="23">
         <v>1.8</v>
       </c>
       <c r="D25" s="23">
         <v>2.5</v>
       </c>
       <c r="E25" s="23">
         <v>2.6</v>
       </c>
       <c r="F25" s="23">
         <v>2</v>
       </c>
       <c r="G25" s="21"/>
     </row>
     <row r="26" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A26" s="13">
         <v>43009</v>
       </c>
-      <c r="B26" s="27">
+      <c r="B26" s="26">
         <v>1.8</v>
       </c>
-      <c r="C26" s="27">
+      <c r="C26" s="26">
         <v>1.7</v>
       </c>
-      <c r="D26" s="27">
+      <c r="D26" s="26">
         <v>2.5</v>
       </c>
-      <c r="E26" s="27">
+      <c r="E26" s="26">
         <v>2.6</v>
       </c>
-      <c r="F26" s="27">
+      <c r="F26" s="26">
         <v>2.1</v>
       </c>
       <c r="G26" s="21"/>
     </row>
     <row r="27" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A27" s="6">
         <v>43040</v>
       </c>
       <c r="B27" s="23">
         <v>1.6</v>
       </c>
       <c r="C27" s="23">
         <v>1.6</v>
       </c>
       <c r="D27" s="23">
         <v>2.4</v>
       </c>
       <c r="E27" s="23">
         <v>2.5</v>
       </c>
       <c r="F27" s="23">
         <v>2.2999999999999998</v>
       </c>
       <c r="G27" s="21"/>
     </row>
     <row r="28" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A28" s="13">
         <v>43070</v>
       </c>
-      <c r="B28" s="27">
+      <c r="B28" s="26">
         <v>1.5</v>
       </c>
-      <c r="C28" s="27">
+      <c r="C28" s="26">
         <v>1.4</v>
       </c>
-      <c r="D28" s="27">
+      <c r="D28" s="26">
         <v>2.6</v>
       </c>
-      <c r="E28" s="27">
+      <c r="E28" s="26">
         <v>2.5</v>
       </c>
-      <c r="F28" s="27">
+      <c r="F28" s="26">
         <v>2.5</v>
       </c>
       <c r="G28" s="21"/>
     </row>
     <row r="29" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A29" s="6">
         <v>43101</v>
       </c>
       <c r="B29" s="23">
         <v>1.2</v>
       </c>
       <c r="C29" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="D29" s="23">
         <v>2.1</v>
       </c>
       <c r="E29" s="23">
         <v>2.6</v>
       </c>
       <c r="F29" s="23">
         <v>2.6</v>
       </c>
       <c r="G29" s="21"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A30" s="13">
         <v>43132</v>
       </c>
-      <c r="B30" s="27">
+      <c r="B30" s="26">
         <v>1.3</v>
       </c>
-      <c r="C30" s="27">
+      <c r="C30" s="26">
         <v>1.2</v>
       </c>
-      <c r="D30" s="27">
+      <c r="D30" s="26">
         <v>1.9</v>
       </c>
-      <c r="E30" s="27">
+      <c r="E30" s="26">
         <v>2.6</v>
       </c>
-      <c r="F30" s="27">
+      <c r="F30" s="26">
         <v>2.9</v>
       </c>
       <c r="G30" s="21"/>
     </row>
     <row r="31" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A31" s="6">
         <v>43160</v>
       </c>
       <c r="B31" s="23">
         <v>1</v>
       </c>
       <c r="C31" s="23">
         <v>0.8</v>
       </c>
       <c r="D31" s="23">
         <v>2.2000000000000002</v>
       </c>
       <c r="E31" s="23">
         <v>2.9</v>
       </c>
       <c r="F31" s="23">
         <v>3</v>
       </c>
       <c r="G31" s="21"/>
     </row>
     <row r="32" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A32" s="13">
         <v>43191</v>
       </c>
-      <c r="B32" s="27">
+      <c r="B32" s="26">
         <v>0.8</v>
       </c>
-      <c r="C32" s="27">
+      <c r="C32" s="26">
         <v>0.6</v>
       </c>
-      <c r="D32" s="27">
+      <c r="D32" s="26">
         <v>2.2999999999999998</v>
       </c>
-      <c r="E32" s="27">
+      <c r="E32" s="26">
         <v>2.7</v>
       </c>
-      <c r="F32" s="27">
+      <c r="F32" s="26">
         <v>3.2</v>
       </c>
       <c r="G32" s="21"/>
     </row>
     <row r="33" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A33" s="6">
         <v>43221</v>
       </c>
       <c r="B33" s="23">
         <v>0.8</v>
       </c>
       <c r="C33" s="23">
         <v>0.6</v>
       </c>
       <c r="D33" s="23">
         <v>2.4</v>
       </c>
       <c r="E33" s="23">
         <v>2.6</v>
       </c>
       <c r="F33" s="23">
         <v>3.1</v>
       </c>
       <c r="G33" s="21"/>
     </row>
     <row r="34" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A34" s="13">
         <v>43252</v>
       </c>
-      <c r="B34" s="27">
+      <c r="B34" s="26">
         <v>0.7</v>
       </c>
-      <c r="C34" s="27">
+      <c r="C34" s="26">
         <v>0.5</v>
       </c>
-      <c r="D34" s="27">
+      <c r="D34" s="26">
         <v>1.8</v>
       </c>
-      <c r="E34" s="27">
+      <c r="E34" s="26">
         <v>2.5</v>
       </c>
-      <c r="F34" s="27">
+      <c r="F34" s="26">
         <v>3.1</v>
       </c>
       <c r="G34" s="21"/>
     </row>
     <row r="35" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A35" s="6">
         <v>43282</v>
       </c>
       <c r="B35" s="23">
         <v>0.6</v>
       </c>
       <c r="C35" s="23">
         <v>0.4</v>
       </c>
       <c r="D35" s="23">
         <v>1.6</v>
       </c>
       <c r="E35" s="23">
         <v>2.2999999999999998</v>
       </c>
       <c r="F35" s="23">
         <v>3.1</v>
       </c>
       <c r="G35" s="21"/>
     </row>
     <row r="36" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A36" s="13">
         <v>43313</v>
       </c>
-      <c r="B36" s="27">
+      <c r="B36" s="26">
         <v>0.7</v>
       </c>
-      <c r="C36" s="27">
+      <c r="C36" s="26">
         <v>0.6</v>
       </c>
-      <c r="D36" s="27">
+      <c r="D36" s="26">
         <v>1.7</v>
       </c>
-      <c r="E36" s="27">
+      <c r="E36" s="26">
         <v>2.1</v>
       </c>
-      <c r="F36" s="27">
+      <c r="F36" s="26">
         <v>3.1</v>
       </c>
       <c r="G36" s="21"/>
     </row>
     <row r="37" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A37" s="6">
         <v>43344</v>
       </c>
       <c r="B37" s="23">
         <v>0.9</v>
       </c>
       <c r="C37" s="23">
         <v>0.8</v>
       </c>
       <c r="D37" s="23">
         <v>1.7</v>
       </c>
       <c r="E37" s="23">
         <v>2</v>
       </c>
       <c r="F37" s="23">
         <v>2.9</v>
       </c>
       <c r="G37" s="21"/>
     </row>
     <row r="38" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A38" s="13">
         <v>43374</v>
       </c>
-      <c r="B38" s="27">
+      <c r="B38" s="26">
         <v>1</v>
       </c>
-      <c r="C38" s="27">
+      <c r="C38" s="26">
         <v>0.9</v>
       </c>
-      <c r="D38" s="27">
+      <c r="D38" s="26">
         <v>1.7</v>
       </c>
-      <c r="E38" s="27">
+      <c r="E38" s="26">
         <v>1.8</v>
       </c>
-      <c r="F38" s="27">
+      <c r="F38" s="26">
         <v>3</v>
       </c>
       <c r="G38" s="21"/>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A39" s="6">
         <v>43405</v>
       </c>
       <c r="B39" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="C39" s="23">
         <v>1</v>
       </c>
       <c r="D39" s="23">
         <v>1.7</v>
       </c>
       <c r="E39" s="23">
         <v>2.1</v>
       </c>
       <c r="F39" s="23">
         <v>2.7</v>
       </c>
       <c r="G39" s="21"/>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A40" s="13">
         <v>43435</v>
       </c>
-      <c r="B40" s="27">
+      <c r="B40" s="26">
         <v>1.2</v>
       </c>
-      <c r="C40" s="27">
+      <c r="C40" s="26">
         <v>1.1000000000000001</v>
       </c>
-      <c r="D40" s="27">
+      <c r="D40" s="26">
         <v>1.8</v>
       </c>
-      <c r="E40" s="27">
+      <c r="E40" s="26">
         <v>2.1</v>
       </c>
-      <c r="F40" s="27">
+      <c r="F40" s="26">
         <v>2.7</v>
       </c>
       <c r="G40" s="21"/>
     </row>
     <row r="41" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A41" s="6">
         <v>43466</v>
       </c>
       <c r="B41" s="23">
         <v>1.4</v>
       </c>
       <c r="C41" s="23">
         <v>1.3</v>
       </c>
       <c r="D41" s="23">
         <v>2.2000000000000002</v>
       </c>
       <c r="E41" s="23">
         <v>1.9</v>
       </c>
       <c r="F41" s="23">
         <v>2.8</v>
       </c>
       <c r="G41" s="21"/>
     </row>
     <row r="42" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A42" s="13">
         <v>43497</v>
       </c>
-      <c r="B42" s="27">
+      <c r="B42" s="26">
         <v>1.4</v>
       </c>
-      <c r="C42" s="27">
+      <c r="C42" s="26">
         <v>1.3</v>
       </c>
-      <c r="D42" s="27">
+      <c r="D42" s="26">
         <v>2.2999999999999998</v>
       </c>
-      <c r="E42" s="27">
+      <c r="E42" s="26">
         <v>1.8</v>
       </c>
-      <c r="F42" s="27">
+      <c r="F42" s="26">
         <v>2.7</v>
       </c>
       <c r="G42" s="21"/>
     </row>
     <row r="43" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A43" s="6">
         <v>43525</v>
       </c>
       <c r="B43" s="23">
         <v>1.6</v>
       </c>
       <c r="C43" s="23">
         <v>1.5</v>
       </c>
       <c r="D43" s="23">
         <v>2.1</v>
       </c>
       <c r="E43" s="23">
         <v>1.6</v>
       </c>
       <c r="F43" s="23">
         <v>2.5</v>
       </c>
       <c r="G43" s="21"/>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A44" s="13">
         <v>43556</v>
       </c>
-      <c r="B44" s="27">
+      <c r="B44" s="26">
         <v>1.6</v>
       </c>
-      <c r="C44" s="27">
+      <c r="C44" s="26">
         <v>1.6</v>
       </c>
-      <c r="D44" s="27">
+      <c r="D44" s="26">
         <v>2.2000000000000002</v>
       </c>
-      <c r="E44" s="27">
+      <c r="E44" s="26">
         <v>1.8</v>
       </c>
-      <c r="F44" s="27">
+      <c r="F44" s="26">
         <v>2.1</v>
       </c>
       <c r="G44" s="21"/>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A45" s="6">
         <v>43586</v>
       </c>
       <c r="B45" s="23">
         <v>2.1</v>
       </c>
       <c r="C45" s="23">
         <v>2.1</v>
       </c>
       <c r="D45" s="23">
         <v>1.9</v>
       </c>
       <c r="E45" s="23">
         <v>1.9</v>
       </c>
       <c r="F45" s="23">
         <v>2</v>
       </c>
       <c r="G45" s="21"/>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A46" s="13">
         <v>43617</v>
       </c>
-      <c r="B46" s="27">
+      <c r="B46" s="26">
         <v>2</v>
       </c>
-      <c r="C46" s="27">
+      <c r="C46" s="26">
         <v>2</v>
       </c>
-      <c r="D46" s="27">
+      <c r="D46" s="26">
         <v>2</v>
       </c>
-      <c r="E46" s="27">
+      <c r="E46" s="26">
         <v>2.2000000000000002</v>
       </c>
-      <c r="F46" s="27">
+      <c r="F46" s="26">
         <v>1.9</v>
       </c>
       <c r="G46" s="21"/>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A47" s="6">
         <v>43647</v>
       </c>
       <c r="B47" s="23">
         <v>1.9</v>
       </c>
       <c r="C47" s="23">
         <v>1.9</v>
       </c>
       <c r="D47" s="23">
         <v>1.7</v>
       </c>
       <c r="E47" s="23">
         <v>2.4</v>
       </c>
       <c r="F47" s="23">
         <v>2</v>
       </c>
       <c r="G47" s="21"/>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A48" s="13">
         <v>43678</v>
       </c>
-      <c r="B48" s="27">
+      <c r="B48" s="26">
         <v>2</v>
       </c>
-      <c r="C48" s="27">
+      <c r="C48" s="26">
         <v>2</v>
       </c>
-      <c r="D48" s="27">
+      <c r="D48" s="26">
         <v>1.8</v>
       </c>
-      <c r="E48" s="27">
+      <c r="E48" s="26">
         <v>2.4</v>
       </c>
-      <c r="F48" s="27">
+      <c r="F48" s="26">
         <v>2.1</v>
       </c>
       <c r="G48" s="21"/>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A49" s="6">
         <v>43709</v>
       </c>
       <c r="B49" s="23">
         <v>2.2000000000000002</v>
       </c>
       <c r="C49" s="23">
         <v>2.2000000000000002</v>
       </c>
       <c r="D49" s="23">
         <v>2.2999999999999998</v>
       </c>
       <c r="E49" s="23">
         <v>2.5</v>
       </c>
       <c r="F49" s="23">
         <v>2</v>
       </c>
       <c r="G49" s="21"/>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A50" s="13">
         <v>43739</v>
       </c>
-      <c r="B50" s="27">
+      <c r="B50" s="26">
         <v>2.2000000000000002</v>
       </c>
-      <c r="C50" s="27">
+      <c r="C50" s="26">
         <v>2.1</v>
       </c>
-      <c r="D50" s="27">
+      <c r="D50" s="26">
         <v>2.2999999999999998</v>
       </c>
-      <c r="E50" s="27">
+      <c r="E50" s="26">
         <v>2.7</v>
       </c>
-      <c r="F50" s="27">
+      <c r="F50" s="26">
         <v>2</v>
       </c>
       <c r="G50" s="21"/>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A51" s="6">
         <v>43770</v>
       </c>
       <c r="B51" s="23">
         <v>2.1</v>
       </c>
       <c r="C51" s="23">
         <v>2.1</v>
       </c>
       <c r="D51" s="23">
         <v>2.5</v>
       </c>
       <c r="E51" s="23">
         <v>2.6</v>
       </c>
       <c r="F51" s="23">
         <v>2.2000000000000002</v>
       </c>
       <c r="G51" s="21"/>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A52" s="13">
         <v>43800</v>
       </c>
-      <c r="B52" s="27">
+      <c r="B52" s="26">
         <v>2.1</v>
       </c>
-      <c r="C52" s="27">
+      <c r="C52" s="26">
         <v>2.1</v>
       </c>
-      <c r="D52" s="27">
+      <c r="D52" s="26">
         <v>2.2000000000000002</v>
       </c>
-      <c r="E52" s="27">
+      <c r="E52" s="26">
         <v>2.7</v>
       </c>
-      <c r="F52" s="27">
+      <c r="F52" s="26">
         <v>2</v>
       </c>
       <c r="G52" s="21"/>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A53" s="6">
         <v>43831</v>
       </c>
       <c r="B53" s="23">
         <v>2.2000000000000002</v>
       </c>
       <c r="C53" s="23">
         <v>2.1</v>
       </c>
       <c r="D53" s="23">
         <v>2.1</v>
       </c>
       <c r="E53" s="23">
         <v>2.9</v>
       </c>
       <c r="F53" s="23">
         <v>2.1</v>
       </c>
       <c r="G53" s="21"/>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A54" s="13">
         <v>43862</v>
       </c>
-      <c r="B54" s="27">
+      <c r="B54" s="26">
         <v>2.2000000000000002</v>
       </c>
-      <c r="C54" s="27">
+      <c r="C54" s="26">
         <v>2.1</v>
       </c>
-      <c r="D54" s="27">
+      <c r="D54" s="26">
         <v>2.2000000000000002</v>
       </c>
-      <c r="E54" s="27">
+      <c r="E54" s="26">
         <v>2.7</v>
       </c>
-      <c r="F54" s="27">
+      <c r="F54" s="26">
         <v>2.2000000000000002</v>
       </c>
       <c r="G54" s="21"/>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A55" s="6">
         <v>43891</v>
       </c>
       <c r="B55" s="23">
         <v>2.2000000000000002</v>
       </c>
       <c r="C55" s="23">
         <v>2.2000000000000002</v>
       </c>
       <c r="D55" s="23">
         <v>2</v>
       </c>
       <c r="E55" s="23">
         <v>2.8</v>
       </c>
       <c r="F55" s="23">
         <v>2.1</v>
       </c>
       <c r="G55" s="21"/>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A56" s="13">
         <v>43922</v>
       </c>
-      <c r="B56" s="27">
+      <c r="B56" s="26">
         <v>2.1</v>
       </c>
-      <c r="C56" s="27">
+      <c r="C56" s="26">
         <v>2.1</v>
       </c>
-      <c r="D56" s="27">
+      <c r="D56" s="26">
         <v>1.8</v>
       </c>
-      <c r="E56" s="27">
+      <c r="E56" s="26">
         <v>2.7</v>
       </c>
-      <c r="F56" s="27">
+      <c r="F56" s="26">
         <v>2.2000000000000002</v>
       </c>
       <c r="G56" s="21"/>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A57" s="6">
         <v>43952</v>
       </c>
       <c r="B57" s="23">
         <v>1.8</v>
       </c>
       <c r="C57" s="23">
         <v>1.7</v>
       </c>
       <c r="D57" s="23">
         <v>2.2999999999999998</v>
       </c>
       <c r="E57" s="23">
         <v>2.6</v>
       </c>
       <c r="F57" s="23">
         <v>2.2999999999999998</v>
       </c>
       <c r="G57" s="21"/>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A58" s="13">
         <v>43983</v>
       </c>
-      <c r="B58" s="27">
+      <c r="B58" s="26">
         <v>1.8</v>
       </c>
-      <c r="C58" s="27">
+      <c r="C58" s="26">
         <v>1.8</v>
       </c>
-      <c r="D58" s="27">
+      <c r="D58" s="26">
         <v>2.2999999999999998</v>
       </c>
-      <c r="E58" s="27">
+      <c r="E58" s="26">
         <v>2.1</v>
       </c>
-      <c r="F58" s="27">
+      <c r="F58" s="26">
         <v>2.2999999999999998</v>
       </c>
       <c r="G58" s="21"/>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A59" s="6">
         <v>44013</v>
       </c>
       <c r="B59" s="23">
         <v>1.9</v>
       </c>
       <c r="C59" s="23">
         <v>1.8</v>
       </c>
       <c r="D59" s="23">
         <v>2.9</v>
       </c>
       <c r="E59" s="23">
         <v>2</v>
       </c>
       <c r="F59" s="23">
         <v>2.2999999999999998</v>
       </c>
       <c r="G59" s="21"/>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A60" s="13">
         <v>44044</v>
       </c>
-      <c r="B60" s="27">
+      <c r="B60" s="26">
         <v>1.7</v>
       </c>
-      <c r="C60" s="27">
+      <c r="C60" s="26">
         <v>1.7</v>
       </c>
-      <c r="D60" s="27">
+      <c r="D60" s="26">
         <v>2.6</v>
       </c>
-      <c r="E60" s="27">
+      <c r="E60" s="26">
         <v>1.7</v>
       </c>
-      <c r="F60" s="27">
+      <c r="F60" s="26">
         <v>2.2999999999999998</v>
       </c>
       <c r="G60" s="21"/>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A61" s="6">
         <v>44075</v>
       </c>
       <c r="B61" s="23">
         <v>1.5</v>
       </c>
       <c r="C61" s="23">
         <v>1.5</v>
       </c>
       <c r="D61" s="23">
         <v>1.6</v>
       </c>
       <c r="E61" s="23">
         <v>1.6</v>
       </c>
       <c r="F61" s="23">
         <v>2.5</v>
       </c>
       <c r="G61" s="21"/>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A62" s="13">
         <v>44105</v>
       </c>
-      <c r="B62" s="27">
+      <c r="B62" s="26">
         <v>1.5</v>
       </c>
-      <c r="C62" s="27">
+      <c r="C62" s="26">
         <v>1.4</v>
       </c>
-      <c r="D62" s="27">
+      <c r="D62" s="26">
         <v>1.7</v>
       </c>
-      <c r="E62" s="27">
+      <c r="E62" s="26">
         <v>1.4</v>
       </c>
-      <c r="F62" s="27">
+      <c r="F62" s="26">
         <v>2.7</v>
       </c>
       <c r="G62" s="21"/>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A63" s="6">
         <v>44136</v>
       </c>
       <c r="B63" s="23">
         <v>1.3</v>
       </c>
       <c r="C63" s="23">
         <v>1.2</v>
       </c>
       <c r="D63" s="23">
         <v>1.6</v>
       </c>
       <c r="E63" s="23">
         <v>1.3</v>
       </c>
       <c r="F63" s="23">
         <v>3</v>
       </c>
       <c r="G63" s="21"/>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A64" s="13">
         <v>44166</v>
       </c>
-      <c r="B64" s="27">
+      <c r="B64" s="26">
         <v>1.2</v>
       </c>
-      <c r="C64" s="27">
+      <c r="C64" s="26">
         <v>1.1000000000000001</v>
       </c>
-      <c r="D64" s="27">
+      <c r="D64" s="26">
         <v>1.7</v>
       </c>
-      <c r="E64" s="27">
+      <c r="E64" s="26">
         <v>1.3</v>
       </c>
-      <c r="F64" s="27">
+      <c r="F64" s="26">
         <v>3.3</v>
       </c>
       <c r="G64" s="21"/>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A65" s="6">
         <v>44197</v>
       </c>
       <c r="B65" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="C65" s="23">
         <v>1</v>
       </c>
       <c r="D65" s="23">
         <v>2</v>
       </c>
       <c r="E65" s="23">
         <v>1.2</v>
       </c>
       <c r="F65" s="23">
         <v>3.5</v>
       </c>
       <c r="G65" s="21"/>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A66" s="13">
         <v>44228</v>
       </c>
-      <c r="B66" s="27">
+      <c r="B66" s="26">
         <v>1.1000000000000001</v>
       </c>
-      <c r="C66" s="27">
+      <c r="C66" s="26">
         <v>1</v>
       </c>
-      <c r="D66" s="27">
+      <c r="D66" s="26">
         <v>2</v>
       </c>
-      <c r="E66" s="27">
+      <c r="E66" s="26">
         <v>1.4</v>
       </c>
-      <c r="F66" s="27">
+      <c r="F66" s="26">
         <v>3.7</v>
       </c>
       <c r="G66" s="21"/>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A67" s="6">
         <v>44256</v>
       </c>
       <c r="B67" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="C67" s="23">
         <v>1</v>
       </c>
       <c r="D67" s="23">
         <v>2.1</v>
       </c>
       <c r="E67" s="23">
         <v>1.3</v>
       </c>
       <c r="F67" s="23">
         <v>4.3</v>
       </c>
       <c r="G67" s="21"/>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A68" s="13">
         <v>44287</v>
       </c>
-      <c r="B68" s="27">
+      <c r="B68" s="26">
         <v>1.1000000000000001</v>
       </c>
-      <c r="C68" s="27">
+      <c r="C68" s="26">
         <v>1</v>
       </c>
-      <c r="D68" s="27">
+      <c r="D68" s="26">
         <v>2.1</v>
       </c>
-      <c r="E68" s="27">
+      <c r="E68" s="26">
         <v>1.4</v>
       </c>
-      <c r="F68" s="27">
+      <c r="F68" s="26">
         <v>4.5999999999999996</v>
       </c>
       <c r="G68" s="21"/>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A69" s="6">
         <v>44317</v>
       </c>
       <c r="B69" s="23">
         <v>1</v>
       </c>
       <c r="C69" s="23">
         <v>0.9</v>
       </c>
       <c r="D69" s="23">
         <v>2</v>
       </c>
       <c r="E69" s="23">
         <v>1.5</v>
       </c>
       <c r="F69" s="23">
         <v>5.0999999999999996</v>
       </c>
       <c r="G69" s="21"/>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A70" s="13">
         <v>44348</v>
       </c>
-      <c r="B70" s="27">
+      <c r="B70" s="26">
         <v>1.2</v>
       </c>
-      <c r="C70" s="27">
+      <c r="C70" s="26">
         <v>1.1000000000000001</v>
       </c>
-      <c r="D70" s="27">
+      <c r="D70" s="26">
         <v>2</v>
       </c>
-      <c r="E70" s="27">
+      <c r="E70" s="26">
         <v>1.7</v>
       </c>
-      <c r="F70" s="27">
+      <c r="F70" s="26">
         <v>5.3</v>
       </c>
       <c r="G70" s="21"/>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A71" s="6">
         <v>44378</v>
       </c>
       <c r="B71" s="23">
         <v>1.1000000000000001</v>
       </c>
       <c r="C71" s="23">
         <v>1</v>
       </c>
       <c r="D71" s="23">
         <v>1.5</v>
       </c>
       <c r="E71" s="23">
         <v>1.8</v>
       </c>
       <c r="F71" s="23">
         <v>5.6</v>
       </c>
       <c r="G71" s="21"/>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A72" s="13">
         <v>44409</v>
       </c>
-      <c r="B72" s="27">
+      <c r="B72" s="26">
         <v>1.3</v>
       </c>
-      <c r="C72" s="27">
+      <c r="C72" s="26">
         <v>1.2</v>
       </c>
-      <c r="D72" s="27">
+      <c r="D72" s="26">
         <v>2</v>
       </c>
-      <c r="E72" s="27">
+      <c r="E72" s="26">
         <v>1.9</v>
       </c>
-      <c r="F72" s="27">
+      <c r="F72" s="26">
         <v>5.9</v>
       </c>
       <c r="G72" s="21"/>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A73" s="6">
         <v>44440</v>
       </c>
       <c r="B73" s="23">
         <v>1.5</v>
       </c>
       <c r="C73" s="23">
         <v>1.3</v>
       </c>
       <c r="D73" s="23">
         <v>2.2999999999999998</v>
       </c>
       <c r="E73" s="23">
         <v>1.9</v>
       </c>
       <c r="F73" s="23">
         <v>6.5</v>
       </c>
       <c r="G73" s="21"/>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A74" s="13">
         <v>44470</v>
       </c>
-      <c r="B74" s="27">
+      <c r="B74" s="26">
         <v>1.7</v>
       </c>
-      <c r="C74" s="27">
+      <c r="C74" s="26">
         <v>1.5</v>
       </c>
-      <c r="D74" s="27">
+      <c r="D74" s="26">
         <v>2.5</v>
       </c>
-      <c r="E74" s="27">
+      <c r="E74" s="26">
         <v>2.1</v>
       </c>
-      <c r="F74" s="27">
+      <c r="F74" s="26">
         <v>6.8</v>
       </c>
       <c r="G74" s="21"/>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A75" s="6">
         <v>44501</v>
       </c>
       <c r="B75" s="23">
         <v>2</v>
       </c>
       <c r="C75" s="23">
         <v>1.8</v>
       </c>
       <c r="D75" s="23">
         <v>2.8</v>
       </c>
       <c r="E75" s="23">
         <v>2.4</v>
       </c>
       <c r="F75" s="23">
         <v>7.2</v>
       </c>
       <c r="G75" s="21"/>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A76" s="13">
         <v>44531</v>
       </c>
-      <c r="B76" s="27">
+      <c r="B76" s="26">
         <v>2.5</v>
       </c>
-      <c r="C76" s="27">
+      <c r="C76" s="26">
         <v>2.2999999999999998</v>
       </c>
-      <c r="D76" s="27">
+      <c r="D76" s="26">
         <v>2.8</v>
       </c>
-      <c r="E76" s="27">
+      <c r="E76" s="26">
         <v>3.1</v>
       </c>
-      <c r="F76" s="27">
+      <c r="F76" s="26">
         <v>7.5</v>
       </c>
       <c r="G76" s="21"/>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A77" s="6">
         <v>44562</v>
       </c>
       <c r="B77" s="23">
         <v>2.7</v>
       </c>
       <c r="C77" s="23">
         <v>2.6</v>
       </c>
       <c r="D77" s="23">
         <v>2.8</v>
       </c>
       <c r="E77" s="23">
         <v>3.4</v>
       </c>
       <c r="F77" s="23">
         <v>7.6</v>
       </c>
       <c r="G77" s="21"/>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A78" s="13">
         <v>44593</v>
       </c>
-      <c r="B78" s="27">
+      <c r="B78" s="26">
         <v>3</v>
       </c>
-      <c r="C78" s="27">
+      <c r="C78" s="26">
         <v>2.8</v>
       </c>
-      <c r="D78" s="27">
+      <c r="D78" s="26">
         <v>2.9</v>
       </c>
-      <c r="E78" s="27">
+      <c r="E78" s="26">
         <v>3.7</v>
       </c>
-      <c r="F78" s="27">
+      <c r="F78" s="26">
         <v>8</v>
       </c>
       <c r="G78" s="21"/>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A79" s="6">
         <v>44621</v>
       </c>
       <c r="B79" s="23">
         <v>3.2</v>
       </c>
       <c r="C79" s="23">
         <v>3.1</v>
       </c>
       <c r="D79" s="23">
         <v>2.8</v>
       </c>
       <c r="E79" s="23">
         <v>4.0999999999999996</v>
       </c>
       <c r="F79" s="23">
         <v>8.1999999999999993</v>
       </c>
       <c r="G79" s="21"/>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A80" s="13">
         <v>44652</v>
       </c>
-      <c r="B80" s="27">
+      <c r="B80" s="26">
         <v>3.6</v>
       </c>
-      <c r="C80" s="27">
+      <c r="C80" s="26">
         <v>3.5</v>
       </c>
-      <c r="D80" s="27">
+      <c r="D80" s="26">
         <v>3</v>
       </c>
-      <c r="E80" s="27">
+      <c r="E80" s="26">
         <v>4.3</v>
       </c>
-      <c r="F80" s="27">
+      <c r="F80" s="26">
         <v>8.5</v>
       </c>
       <c r="G80" s="21"/>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A81" s="6">
         <v>44682</v>
       </c>
       <c r="B81" s="23">
         <v>4</v>
       </c>
       <c r="C81" s="23">
         <v>3.9</v>
       </c>
       <c r="D81" s="23">
         <v>3.4</v>
       </c>
       <c r="E81" s="23">
         <v>4.4000000000000004</v>
       </c>
       <c r="F81" s="23">
         <v>8.5</v>
       </c>
       <c r="G81" s="21"/>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A82" s="13">
         <v>44713</v>
       </c>
-      <c r="B82" s="27">
+      <c r="B82" s="26">
         <v>4.0999999999999996</v>
       </c>
-      <c r="C82" s="27">
+      <c r="C82" s="26">
         <v>4</v>
       </c>
-      <c r="D82" s="27">
+      <c r="D82" s="26">
         <v>3.6</v>
       </c>
-      <c r="E82" s="27">
+      <c r="E82" s="26">
         <v>4.7</v>
       </c>
-      <c r="F82" s="27">
+      <c r="F82" s="26">
         <v>8.9</v>
       </c>
       <c r="G82" s="21"/>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A83" s="6">
         <v>44743</v>
       </c>
       <c r="B83" s="23">
         <v>4.5</v>
       </c>
       <c r="C83" s="23">
         <v>4.4000000000000004</v>
       </c>
       <c r="D83" s="23">
         <v>4.0999999999999996</v>
       </c>
       <c r="E83" s="23">
         <v>4.8</v>
       </c>
       <c r="F83" s="23">
         <v>9.1999999999999993</v>
       </c>
       <c r="G83" s="21"/>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A84" s="13">
         <v>44774</v>
       </c>
-      <c r="B84" s="27">
+      <c r="B84" s="26">
         <v>4.8</v>
       </c>
-      <c r="C84" s="27">
+      <c r="C84" s="26">
         <v>4.7</v>
       </c>
-      <c r="D84" s="27">
+      <c r="D84" s="26">
         <v>4.3</v>
       </c>
-      <c r="E84" s="27">
+      <c r="E84" s="26">
         <v>5</v>
       </c>
-      <c r="F84" s="27">
+      <c r="F84" s="26">
         <v>9.3000000000000007</v>
       </c>
       <c r="G84" s="21"/>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A85" s="6">
         <v>44805</v>
       </c>
       <c r="B85" s="23">
         <v>5.0999999999999996</v>
       </c>
       <c r="C85" s="23">
         <v>5</v>
       </c>
       <c r="D85" s="23">
         <v>5.2</v>
       </c>
       <c r="E85" s="23">
         <v>5.9</v>
       </c>
       <c r="F85" s="23">
         <v>9.4</v>
       </c>
       <c r="G85" s="21"/>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A86" s="13">
         <v>44835</v>
       </c>
-      <c r="B86" s="27">
+      <c r="B86" s="26">
         <v>5.2</v>
       </c>
-      <c r="C86" s="27">
+      <c r="C86" s="26">
         <v>5</v>
       </c>
-      <c r="D86" s="27">
+      <c r="D86" s="26">
         <v>5.2</v>
       </c>
-      <c r="E86" s="27">
+      <c r="E86" s="26">
         <v>6.8</v>
       </c>
-      <c r="F86" s="27">
+      <c r="F86" s="26">
         <v>9.3000000000000007</v>
       </c>
       <c r="G86" s="21"/>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A87" s="6">
         <v>44866</v>
       </c>
       <c r="B87" s="23">
         <v>5.5</v>
       </c>
       <c r="C87" s="23">
         <v>5.4</v>
       </c>
       <c r="D87" s="23">
         <v>5.3</v>
       </c>
       <c r="E87" s="23">
         <v>7.1</v>
       </c>
       <c r="F87" s="23">
         <v>9.1999999999999993</v>
       </c>
       <c r="G87" s="21"/>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A88" s="13">
         <v>44896</v>
       </c>
-      <c r="B88" s="27">
+      <c r="B88" s="26">
         <v>5.6</v>
       </c>
-      <c r="C88" s="27">
+      <c r="C88" s="26">
         <v>5.4</v>
       </c>
-      <c r="D88" s="27">
+      <c r="D88" s="26">
         <v>5.5</v>
       </c>
-      <c r="E88" s="27">
+      <c r="E88" s="26">
         <v>7.3</v>
       </c>
-      <c r="F88" s="27">
+      <c r="F88" s="26">
         <v>9</v>
       </c>
       <c r="G88" s="21"/>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A89" s="6">
         <v>44927</v>
       </c>
       <c r="B89" s="23">
         <v>5.8</v>
       </c>
       <c r="C89" s="23">
         <v>5.6</v>
       </c>
       <c r="D89" s="23">
         <v>6</v>
       </c>
       <c r="E89" s="23">
         <v>7.7</v>
       </c>
       <c r="F89" s="23">
         <v>8.8000000000000007</v>
       </c>
       <c r="G89" s="21"/>
     </row>
     <row r="90" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A90" s="13">
         <v>44958</v>
       </c>
-      <c r="B90" s="27">
+      <c r="B90" s="26">
         <v>6</v>
       </c>
-      <c r="C90" s="27">
+      <c r="C90" s="26">
         <v>5.8</v>
       </c>
-      <c r="D90" s="27">
+      <c r="D90" s="26">
         <v>6.5</v>
       </c>
-      <c r="E90" s="27">
+      <c r="E90" s="26">
         <v>8.1999999999999993</v>
       </c>
-      <c r="F90" s="27">
+      <c r="F90" s="26">
         <v>8.8000000000000007</v>
       </c>
       <c r="G90" s="21"/>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A91" s="6">
         <v>44986</v>
       </c>
       <c r="B91" s="23">
         <v>6.2</v>
       </c>
       <c r="C91" s="23">
         <v>6</v>
       </c>
       <c r="D91" s="23">
         <v>7.1</v>
       </c>
       <c r="E91" s="23">
         <v>8.4</v>
       </c>
       <c r="F91" s="23">
         <v>8.6</v>
       </c>
       <c r="G91" s="21"/>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A92" s="13">
         <v>45017</v>
       </c>
-      <c r="B92" s="27">
+      <c r="B92" s="26">
         <v>6.6</v>
       </c>
-      <c r="C92" s="27">
+      <c r="C92" s="26">
         <v>6.4</v>
       </c>
-      <c r="D92" s="27">
+      <c r="D92" s="26">
         <v>8.1</v>
       </c>
-      <c r="E92" s="27">
+      <c r="E92" s="26">
         <v>8.8000000000000007</v>
       </c>
-      <c r="F92" s="27">
+      <c r="F92" s="26">
         <v>8.3000000000000007</v>
       </c>
       <c r="G92" s="21"/>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A93" s="6">
         <v>45047</v>
       </c>
       <c r="B93" s="23">
         <v>7.2</v>
       </c>
       <c r="C93" s="23">
         <v>7</v>
       </c>
       <c r="D93" s="23">
         <v>7.9</v>
       </c>
       <c r="E93" s="23">
         <v>9.6999999999999993</v>
       </c>
       <c r="F93" s="23">
         <v>8.5</v>
       </c>
       <c r="G93" s="21"/>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A94" s="13">
         <v>45078</v>
       </c>
-      <c r="B94" s="27">
+      <c r="B94" s="26">
         <v>7.6</v>
       </c>
-      <c r="C94" s="27">
+      <c r="C94" s="26">
         <v>7.4</v>
       </c>
-      <c r="D94" s="27">
+      <c r="D94" s="26">
         <v>8.8000000000000007</v>
       </c>
-      <c r="E94" s="27">
+      <c r="E94" s="26">
         <v>10.4</v>
       </c>
-      <c r="F94" s="27">
+      <c r="F94" s="26">
         <v>8.4</v>
       </c>
       <c r="G94" s="21"/>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A95" s="6">
         <v>45108</v>
       </c>
       <c r="B95" s="23">
         <v>7.9</v>
       </c>
       <c r="C95" s="23">
         <v>7.6</v>
       </c>
       <c r="D95" s="23">
         <v>9.3000000000000007</v>
       </c>
       <c r="E95" s="23">
         <v>11</v>
       </c>
       <c r="F95" s="23">
         <v>8.8000000000000007</v>
       </c>
       <c r="G95" s="21"/>
     </row>
     <row r="96" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A96" s="13">
         <v>45139</v>
       </c>
-      <c r="B96" s="27">
+      <c r="B96" s="26">
         <v>8.1</v>
       </c>
-      <c r="C96" s="27">
+      <c r="C96" s="26">
         <v>7.8</v>
       </c>
-      <c r="D96" s="27">
+      <c r="D96" s="26">
         <v>8.6999999999999993</v>
       </c>
-      <c r="E96" s="27">
+      <c r="E96" s="26">
         <v>11.7</v>
       </c>
-      <c r="F96" s="27">
+      <c r="F96" s="26">
         <v>8.6</v>
       </c>
       <c r="G96" s="21"/>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A97" s="6">
         <v>45170</v>
       </c>
       <c r="B97" s="23">
         <v>8.1</v>
       </c>
       <c r="C97" s="23">
         <v>7.9</v>
       </c>
       <c r="D97" s="23">
         <v>9</v>
       </c>
       <c r="E97" s="23">
         <v>11.6</v>
       </c>
       <c r="F97" s="23">
         <v>8.5</v>
       </c>
       <c r="G97" s="21"/>
     </row>
     <row r="98" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A98" s="13">
         <v>45200</v>
       </c>
-      <c r="B98" s="27">
+      <c r="B98" s="26">
         <v>8.4</v>
       </c>
-      <c r="C98" s="27">
+      <c r="C98" s="26">
         <v>8.1999999999999993</v>
       </c>
-      <c r="D98" s="27">
+      <c r="D98" s="26">
         <v>9.8000000000000007</v>
       </c>
-      <c r="E98" s="27">
+      <c r="E98" s="26">
         <v>11.3</v>
       </c>
-      <c r="F98" s="27">
+      <c r="F98" s="26">
         <v>9</v>
       </c>
       <c r="G98" s="21"/>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A99" s="6">
         <v>45231</v>
       </c>
       <c r="B99" s="23">
         <v>8.4</v>
       </c>
       <c r="C99" s="23">
         <v>8.1</v>
       </c>
       <c r="D99" s="23">
         <v>9.9</v>
       </c>
       <c r="E99" s="23">
         <v>11.1</v>
       </c>
       <c r="F99" s="23">
         <v>8.9</v>
       </c>
       <c r="G99" s="21"/>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A100" s="13">
         <v>45261</v>
       </c>
-      <c r="B100" s="27">
+      <c r="B100" s="26">
         <v>8.4</v>
       </c>
-      <c r="C100" s="27">
+      <c r="C100" s="26">
         <v>8.1999999999999993</v>
       </c>
-      <c r="D100" s="27">
+      <c r="D100" s="26">
         <v>9.6</v>
       </c>
-      <c r="E100" s="27">
+      <c r="E100" s="26">
         <v>10.8</v>
       </c>
-      <c r="F100" s="27">
+      <c r="F100" s="26">
         <v>9.1999999999999993</v>
       </c>
       <c r="G100" s="21"/>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A101" s="6">
         <v>45292</v>
       </c>
       <c r="B101" s="23">
         <v>8.5</v>
       </c>
       <c r="C101" s="23">
         <v>8.4</v>
       </c>
       <c r="D101" s="23">
         <v>9.3000000000000007</v>
       </c>
       <c r="E101" s="23">
         <v>11.1</v>
       </c>
       <c r="F101" s="23">
         <v>9.4</v>
       </c>
       <c r="G101" s="21"/>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A102" s="13">
         <v>45323</v>
       </c>
-      <c r="B102" s="27">
+      <c r="B102" s="26">
         <v>8.9</v>
       </c>
-      <c r="C102" s="27">
+      <c r="C102" s="26">
         <v>8.8000000000000007</v>
       </c>
-      <c r="D102" s="27">
+      <c r="D102" s="26">
         <v>9.1</v>
       </c>
-      <c r="E102" s="27">
+      <c r="E102" s="26">
         <v>10.9</v>
       </c>
-      <c r="F102" s="27">
+      <c r="F102" s="26">
         <v>9.6999999999999993</v>
       </c>
       <c r="G102" s="21"/>
     </row>
     <row r="103" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A103" s="6">
         <v>45352</v>
       </c>
       <c r="B103" s="23">
         <v>9.1</v>
       </c>
       <c r="C103" s="23">
         <v>9</v>
       </c>
       <c r="D103" s="23">
         <v>9.1</v>
       </c>
       <c r="E103" s="23">
         <v>10.4</v>
       </c>
       <c r="F103" s="23">
         <v>9.8000000000000007</v>
       </c>
       <c r="G103" s="21"/>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A104" s="13">
         <v>45383</v>
       </c>
-      <c r="B104" s="27">
+      <c r="B104" s="26">
         <v>8.9</v>
       </c>
-      <c r="C104" s="27">
+      <c r="C104" s="26">
         <v>8.8000000000000007</v>
       </c>
-      <c r="D104" s="27">
+      <c r="D104" s="26">
         <v>8.3000000000000007</v>
       </c>
-      <c r="E104" s="27">
+      <c r="E104" s="26">
         <v>9.8000000000000007</v>
       </c>
-      <c r="F104" s="27">
+      <c r="F104" s="26">
         <v>9.9</v>
       </c>
       <c r="G104" s="21"/>
     </row>
     <row r="105" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A105" s="6">
         <v>45413</v>
       </c>
       <c r="B105" s="23">
         <v>8.6999999999999993</v>
       </c>
       <c r="C105" s="23">
         <v>8.6</v>
       </c>
       <c r="D105" s="23">
         <v>8.6</v>
       </c>
       <c r="E105" s="23">
         <v>9.1</v>
       </c>
       <c r="F105" s="23">
         <v>9.6</v>
       </c>
       <c r="G105" s="21"/>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A106" s="13">
         <v>45444</v>
       </c>
-      <c r="B106" s="27">
+      <c r="B106" s="26">
         <v>8.6</v>
       </c>
-      <c r="C106" s="27">
+      <c r="C106" s="26">
         <v>8.6</v>
       </c>
-      <c r="D106" s="27">
+      <c r="D106" s="26">
         <v>8.1</v>
       </c>
-      <c r="E106" s="27">
+      <c r="E106" s="26">
         <v>8.1999999999999993</v>
       </c>
-      <c r="F106" s="27">
+      <c r="F106" s="26">
         <v>9.6</v>
       </c>
       <c r="G106" s="21"/>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A107" s="6">
         <v>45474</v>
       </c>
       <c r="B107" s="23">
         <v>8.5</v>
       </c>
       <c r="C107" s="23">
         <v>8.5</v>
       </c>
       <c r="D107" s="23">
         <v>7.9</v>
       </c>
       <c r="E107" s="23">
         <v>8</v>
       </c>
       <c r="F107" s="23">
         <v>9.1999999999999993</v>
       </c>
       <c r="G107" s="21"/>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A108" s="13">
         <v>45505</v>
       </c>
-      <c r="B108" s="27">
+      <c r="B108" s="26">
         <v>8.4</v>
       </c>
-      <c r="C108" s="27">
+      <c r="C108" s="26">
         <v>8.4</v>
       </c>
-      <c r="D108" s="27">
+      <c r="D108" s="26">
         <v>8.4</v>
       </c>
-      <c r="E108" s="27">
+      <c r="E108" s="26">
         <v>7.4</v>
       </c>
-      <c r="F108" s="27">
+      <c r="F108" s="26">
         <v>9</v>
       </c>
       <c r="G108" s="21"/>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A109" s="6">
         <v>45536</v>
       </c>
       <c r="B109" s="23">
         <v>8.4</v>
       </c>
       <c r="C109" s="23">
         <v>8.5</v>
       </c>
       <c r="D109" s="23">
         <v>8.3000000000000007</v>
       </c>
       <c r="E109" s="23">
         <v>7</v>
       </c>
       <c r="F109" s="23">
         <v>8.9</v>
       </c>
       <c r="G109" s="21"/>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A110" s="13">
         <v>45566</v>
       </c>
-      <c r="B110" s="27">
+      <c r="B110" s="26">
         <v>8.6</v>
       </c>
-      <c r="C110" s="27">
+      <c r="C110" s="26">
         <v>8.6999999999999993</v>
       </c>
-      <c r="D110" s="27">
+      <c r="D110" s="26">
         <v>7.9</v>
       </c>
-      <c r="E110" s="27">
+      <c r="E110" s="26">
         <v>6.5</v>
       </c>
-      <c r="F110" s="27">
+      <c r="F110" s="26">
         <v>8.8000000000000007</v>
       </c>
       <c r="G110" s="21"/>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A111" s="6">
         <v>45597</v>
       </c>
       <c r="B111" s="23">
         <v>9</v>
       </c>
       <c r="C111" s="23">
         <v>9.1999999999999993</v>
       </c>
       <c r="D111" s="23">
         <v>8.1</v>
       </c>
       <c r="E111" s="23">
         <v>6.4</v>
       </c>
       <c r="F111" s="23">
         <v>8.5</v>
       </c>
       <c r="G111" s="21"/>
     </row>
     <row r="112" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A112" s="13">
         <v>45627</v>
       </c>
-      <c r="B112" s="27">
+      <c r="B112" s="26">
         <v>9</v>
       </c>
-      <c r="C112" s="27">
+      <c r="C112" s="26">
         <v>9.1</v>
       </c>
-      <c r="D112" s="27">
+      <c r="D112" s="26">
         <v>8.5</v>
       </c>
-      <c r="E112" s="27">
+      <c r="E112" s="26">
         <v>6.8</v>
       </c>
-      <c r="F112" s="27">
+      <c r="F112" s="26">
         <v>8.1</v>
       </c>
       <c r="G112" s="21"/>
     </row>
     <row r="113" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A113" s="6">
         <v>45658</v>
       </c>
       <c r="B113" s="23">
         <v>8.6999999999999993</v>
       </c>
       <c r="C113" s="23">
         <v>8.8000000000000007</v>
       </c>
       <c r="D113" s="23">
         <v>8.4</v>
       </c>
       <c r="E113" s="23">
         <v>6.2</v>
       </c>
       <c r="F113" s="23">
         <v>8.1999999999999993</v>
       </c>
     </row>
     <row r="114" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A114" s="13">
         <v>45689</v>
       </c>
-      <c r="B114" s="27">
+      <c r="B114" s="26">
         <v>8.1</v>
       </c>
-      <c r="C114" s="27">
+      <c r="C114" s="26">
         <v>8.3000000000000007</v>
       </c>
-      <c r="D114" s="27">
+      <c r="D114" s="26">
         <v>8.5</v>
       </c>
-      <c r="E114" s="27">
+      <c r="E114" s="26">
         <v>5.8</v>
       </c>
-      <c r="F114" s="27">
+      <c r="F114" s="26">
         <v>7.8</v>
       </c>
     </row>
     <row r="115" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A115" s="6">
         <v>45717</v>
       </c>
       <c r="B115" s="23">
         <v>7.7</v>
       </c>
       <c r="C115" s="23">
         <v>7.8</v>
       </c>
       <c r="D115" s="23">
         <v>8.9</v>
       </c>
       <c r="E115" s="23">
         <v>5.7</v>
       </c>
       <c r="F115" s="23">
         <v>7.7</v>
       </c>
     </row>
     <row r="116" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A116" s="13">
         <v>45748</v>
       </c>
-      <c r="B116" s="27">
+      <c r="B116" s="26">
         <v>7.4</v>
       </c>
-      <c r="C116" s="27">
+      <c r="C116" s="26">
         <v>7.5</v>
       </c>
-      <c r="D116" s="27">
+      <c r="D116" s="26">
         <v>8.6999999999999993</v>
       </c>
-      <c r="E116" s="27">
+      <c r="E116" s="26">
         <v>5.0999999999999996</v>
       </c>
-      <c r="F116" s="27">
+      <c r="F116" s="26">
         <v>7.6</v>
       </c>
     </row>
     <row r="117" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A117" s="15">
         <v>45778</v>
       </c>
       <c r="B117" s="24">
         <v>7</v>
       </c>
       <c r="C117" s="24">
         <v>7.1</v>
       </c>
       <c r="D117" s="24">
         <v>8.5</v>
       </c>
       <c r="E117" s="24">
         <v>4.5</v>
       </c>
-      <c r="F117" s="92">
+      <c r="F117" s="90">
         <v>7.4</v>
       </c>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A118" s="13">
         <v>45809</v>
       </c>
-      <c r="B118" s="27">
+      <c r="B118" s="26">
         <v>6.7</v>
       </c>
-      <c r="C118" s="27">
+      <c r="C118" s="26">
         <v>6.7</v>
       </c>
-      <c r="D118" s="27">
+      <c r="D118" s="26">
         <v>8.1999999999999993</v>
       </c>
-      <c r="E118" s="27">
+      <c r="E118" s="26">
         <v>4.4000000000000004</v>
       </c>
-      <c r="F118" s="27">
+      <c r="F118" s="26">
         <v>7.2</v>
       </c>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A119" s="6">
         <v>45839</v>
       </c>
       <c r="B119" s="23">
         <v>5.9</v>
       </c>
       <c r="C119" s="23">
         <v>6</v>
       </c>
       <c r="D119" s="23">
         <v>7.9</v>
       </c>
       <c r="E119" s="23">
         <v>3.6</v>
       </c>
-      <c r="F119" s="91"/>
+      <c r="F119" s="23">
+        <v>7.1</v>
+      </c>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A120" s="13">
         <v>45870</v>
       </c>
-      <c r="B120" s="27">
+      <c r="B120" s="26">
         <v>5.7</v>
       </c>
-      <c r="C120" s="27">
+      <c r="C120" s="26">
         <v>5.8</v>
       </c>
-      <c r="D120" s="27">
+      <c r="D120" s="26">
         <v>7.8</v>
       </c>
-      <c r="E120" s="27">
+      <c r="E120" s="26">
         <v>3.5</v>
       </c>
-      <c r="F120" s="91"/>
+      <c r="F120" s="26">
+        <v>6.6</v>
+      </c>
     </row>
     <row r="121" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A121" s="6"/>
-[...4 lines deleted...]
-      <c r="F121" s="93"/>
+      <c r="A121" s="6">
+        <v>45901</v>
+      </c>
+      <c r="B121" s="23">
+        <v>5.5</v>
+      </c>
+      <c r="C121" s="23">
+        <v>5.5</v>
+      </c>
+      <c r="D121" s="23">
+        <v>7.1</v>
+      </c>
+      <c r="E121" s="23">
+        <v>3.4</v>
+      </c>
+      <c r="F121" s="91">
+        <v>6.4</v>
+      </c>
     </row>
     <row r="122" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A122" s="18" t="s">
+      <c r="A122" s="13">
+        <v>45931</v>
+      </c>
+      <c r="B122" s="26">
+        <v>5</v>
+      </c>
+      <c r="C122" s="26">
+        <v>5</v>
+      </c>
+      <c r="D122" s="26">
+        <v>6.7</v>
+      </c>
+      <c r="E122" s="26">
+        <v>3.4</v>
+      </c>
+      <c r="F122" s="26"/>
+    </row>
+    <row r="123" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A123" s="6">
+        <v>45962</v>
+      </c>
+      <c r="B123" s="23">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="C123" s="23">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="D123" s="23">
+        <v>6.1</v>
+      </c>
+      <c r="E123" s="23">
+        <v>3.3</v>
+      </c>
+      <c r="F123" s="91"/>
+    </row>
+    <row r="124" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A124" s="6"/>
+      <c r="B124" s="23"/>
+      <c r="C124" s="23"/>
+      <c r="D124" s="23"/>
+      <c r="E124" s="23"/>
+      <c r="F124" s="91"/>
+    </row>
+    <row r="125" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A125" s="18" t="s">
         <v>1</v>
       </c>
-      <c r="C122" s="20"/>
-[...4 lines deleted...]
-      <c r="A123" s="106" t="s">
+      <c r="C125" s="20"/>
+      <c r="D125" s="20"/>
+      <c r="E125" s="20"/>
+    </row>
+    <row r="126" spans="1:14" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="104" t="s">
         <v>9</v>
       </c>
-      <c r="B123" s="107"/>
-[...15 lines deleted...]
-        <v>182</v>
+      <c r="B126" s="105"/>
+      <c r="C126" s="105"/>
+      <c r="D126" s="105"/>
+      <c r="E126" s="105"/>
+      <c r="F126" s="105"/>
+      <c r="G126" s="105"/>
+      <c r="H126" s="105"/>
+      <c r="I126" s="105"/>
+      <c r="J126" s="105"/>
+      <c r="K126" s="105"/>
+      <c r="L126" s="105"/>
+      <c r="M126" s="105"/>
+      <c r="N126" s="105"/>
+    </row>
+    <row r="129" spans="4:4" x14ac:dyDescent="0.2">
+      <c r="D129" s="1" t="s">
+        <v>165</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A123:N123"/>
+    <mergeCell ref="A126:N126"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="M3" r:id="rId1" display="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/september2025" xr:uid="{D45A1030-938B-4489-A506-A9649E09708F}"/>
+    <hyperlink ref="M3" r:id="rId1" display="https://www.ons.gov.uk/economy/inflationandpriceindices/bulletins/privaterentandhousepricesuk/december2025" xr:uid="{8D98E60A-F810-4889-96CF-3845C0B65016}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F48B201A-7B0D-4380-9066-F5451DD21166}">
-  <dimension ref="A1:L16"/>
+  <dimension ref="A1:L18"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C31" sqref="C31"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="23.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="8.7109375" style="1"/>
     <col min="6" max="6" width="13.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>137</v>
+        <v>121</v>
       </c>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="2" spans="1:12" ht="16.5" x14ac:dyDescent="0.2">
       <c r="F2" s="1" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
     </row>
     <row r="3" spans="1:12" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="B3" s="29" t="s">
+      <c r="B3" s="28" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="8" t="s">
-        <v>124</v>
+        <v>108</v>
       </c>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="B4" s="28">
+      <c r="B4" s="27">
         <v>32</v>
       </c>
-      <c r="C4" s="28">
+      <c r="C4" s="27">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A5" s="32" t="s">
+      <c r="A5" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="B5" s="27">
+      <c r="B5" s="26">
         <v>26.1</v>
       </c>
-      <c r="C5" s="33">
+      <c r="C5" s="32">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="23">
         <v>24.3</v>
       </c>
-      <c r="C6" s="28">
+      <c r="C6" s="27">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A7" s="32" t="s">
+      <c r="A7" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="B7" s="33" t="s">
+      <c r="B7" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="C7" s="33"/>
+      <c r="C7" s="32"/>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="23">
         <v>33.5</v>
       </c>
-      <c r="C8" s="28">
+      <c r="C8" s="27">
         <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A9" s="32" t="s">
+      <c r="A9" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="27">
+      <c r="B9" s="26">
         <v>24.7</v>
       </c>
-      <c r="C9" s="33">
+      <c r="C9" s="32">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="23">
         <v>21.5</v>
       </c>
-      <c r="C10" s="28">
+      <c r="C10" s="27">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A11" s="32" t="s">
+      <c r="A11" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="B11" s="33" t="s">
+      <c r="B11" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="C11" s="33"/>
+      <c r="C11" s="32"/>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="23">
         <v>31.9</v>
       </c>
-      <c r="C12" s="28">
+      <c r="C12" s="27">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A13" s="32" t="s">
+      <c r="A13" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="B13" s="27">
+      <c r="B13" s="26">
         <v>23.4</v>
       </c>
-      <c r="C13" s="33">
+      <c r="C13" s="32">
         <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A14" s="30" t="s">
+      <c r="A14" s="29" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="24">
         <v>19.5</v>
       </c>
-      <c r="C14" s="31">
+      <c r="C14" s="30">
         <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="108" t="s">
-[...12 lines deleted...]
-      <c r="L16" s="107"/>
+      <c r="A16" s="106" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" s="105"/>
+      <c r="C16" s="105"/>
+      <c r="D16" s="105"/>
+      <c r="E16" s="105"/>
+      <c r="F16" s="105"/>
+      <c r="G16" s="105"/>
+      <c r="H16" s="105"/>
+      <c r="I16" s="105"/>
+      <c r="J16" s="105"/>
+      <c r="K16" s="105"/>
+      <c r="L16" s="105"/>
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A18" s="1" t="s">
+        <v>167</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A16:L16"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F3" r:id="rId1" xr:uid="{C42AC8C7-8F99-42C4-9914-235FA7BC3BCC}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD799614-E90F-48EE-9C90-B2F8BB39DCE7}">
   <dimension ref="A2:F21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F21" sqref="F21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="15.140625" customWidth="1"/>
     <col min="4" max="4" width="15.42578125" customWidth="1"/>
     <col min="5" max="5" width="25.5703125" customWidth="1"/>
     <col min="6" max="6" width="32.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:6" s="94" customFormat="1" ht="18" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>174</v>
+    <row r="2" spans="1:6" s="92" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+      <c r="A2" s="92" t="s">
+        <v>154</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>155</v>
+      </c>
+      <c r="B3" s="89" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
         <v>0</v>
       </c>
       <c r="C4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B5" s="97" t="s">
+      <c r="B5" s="95" t="s">
         <v>0</v>
       </c>
-      <c r="C5" s="97" t="s">
-[...9 lines deleted...]
-        <v>179</v>
+      <c r="C5" s="95" t="s">
+        <v>156</v>
+      </c>
+      <c r="D5" s="95" t="s">
+        <v>157</v>
+      </c>
+      <c r="E5" s="95" t="s">
+        <v>158</v>
+      </c>
+      <c r="F5" s="95" t="s">
+        <v>159</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B6" s="100" t="s">
-[...12 lines deleted...]
-        <v>164</v>
+      <c r="B6" s="98" t="s">
+        <v>140</v>
+      </c>
+      <c r="C6" s="93" t="s">
+        <v>141</v>
+      </c>
+      <c r="D6" s="93" t="s">
+        <v>142</v>
+      </c>
+      <c r="E6" s="93" t="s">
+        <v>143</v>
+      </c>
+      <c r="F6" s="93" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B7" s="101" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="99">
+      <c r="B7" s="99" t="s">
+        <v>145</v>
+      </c>
+      <c r="C7" s="97">
         <v>39.200000000000003</v>
       </c>
-      <c r="D7" s="99">
+      <c r="D7" s="97">
         <v>29.6</v>
       </c>
-      <c r="E7" s="99">
+      <c r="E7" s="97">
         <v>24.2</v>
       </c>
-      <c r="F7" s="98">
+      <c r="F7" s="96">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B8" s="100" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="95">
+      <c r="B8" s="98" t="s">
+        <v>146</v>
+      </c>
+      <c r="C8" s="93">
         <v>39</v>
       </c>
-      <c r="D8" s="96">
+      <c r="D8" s="94">
         <v>26.4</v>
       </c>
-      <c r="E8" s="96">
+      <c r="E8" s="94">
         <v>23.6</v>
       </c>
-      <c r="F8" s="95">
+      <c r="F8" s="93">
         <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B9" s="101" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="98">
+      <c r="B9" s="99" t="s">
+        <v>147</v>
+      </c>
+      <c r="C9" s="96">
         <v>37</v>
       </c>
-      <c r="D9" s="99">
+      <c r="D9" s="97">
         <v>28.4</v>
       </c>
-      <c r="E9" s="98">
+      <c r="E9" s="96">
         <v>25</v>
       </c>
-      <c r="F9" s="98">
+      <c r="F9" s="96">
         <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B10" s="100" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="96">
+      <c r="B10" s="98" t="s">
+        <v>148</v>
+      </c>
+      <c r="C10" s="94">
         <v>35.4</v>
       </c>
-      <c r="D10" s="96">
+      <c r="D10" s="94">
         <v>25.9</v>
       </c>
-      <c r="E10" s="96">
+      <c r="E10" s="94">
         <v>21.9</v>
       </c>
-      <c r="F10" s="95">
+      <c r="F10" s="93">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B11" s="101" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="98">
+      <c r="B11" s="99" t="s">
+        <v>149</v>
+      </c>
+      <c r="C11" s="96">
         <v>38</v>
       </c>
-      <c r="D11" s="99">
+      <c r="D11" s="97">
         <v>25.5</v>
       </c>
-      <c r="E11" s="99">
+      <c r="E11" s="97">
         <v>22.8</v>
       </c>
-      <c r="F11" s="98">
+      <c r="F11" s="96">
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B12" s="100" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="96">
+      <c r="B12" s="98" t="s">
+        <v>150</v>
+      </c>
+      <c r="C12" s="94">
         <v>35.700000000000003</v>
       </c>
-      <c r="D12" s="96">
+      <c r="D12" s="94">
         <v>25.6</v>
       </c>
-      <c r="E12" s="95">
+      <c r="E12" s="93">
         <v>24</v>
       </c>
-      <c r="F12" s="95">
+      <c r="F12" s="93">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B13" s="101" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="99">
+      <c r="B13" s="99" t="s">
+        <v>151</v>
+      </c>
+      <c r="C13" s="97">
         <v>33.1</v>
       </c>
-      <c r="D13" s="99">
+      <c r="D13" s="97">
         <v>26.3</v>
       </c>
-      <c r="E13" s="99">
+      <c r="E13" s="97">
         <v>25.1</v>
       </c>
-      <c r="F13" s="98">
+      <c r="F13" s="96">
         <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="B14" s="100" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="96">
+      <c r="B14" s="98" t="s">
+        <v>152</v>
+      </c>
+      <c r="C14" s="94">
         <v>36.299999999999997</v>
       </c>
-      <c r="D14" s="96">
+      <c r="D14" s="94">
         <v>25.9</v>
       </c>
-      <c r="E14" s="96">
+      <c r="E14" s="94">
         <v>25.3</v>
       </c>
-      <c r="F14" s="95">
+      <c r="F14" s="93">
         <v>30</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
         <v>1</v>
       </c>
       <c r="C16" t="s">
-        <v>157</v>
+        <v>137</v>
       </c>
     </row>
     <row r="17" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="C17" t="s">
-        <v>159</v>
+        <v>139</v>
       </c>
     </row>
     <row r="18" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>181</v>
+        <v>161</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId1" display="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/privaterentalaffordabilityengland/2024" xr:uid="{94DE248F-ED0C-4E17-A462-CFEF4E3C7AEC}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A0BA52D9-3991-448F-AC9E-BBE1F65A7D89}">
-  <dimension ref="A1:F18"/>
+  <dimension ref="A1:F23"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A23" sqref="A23"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="21.140625" style="34" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.7109375" style="34"/>
+    <col min="1" max="1" width="21.140625" style="33" customWidth="1"/>
+    <col min="2" max="2" width="13.140625" style="33" bestFit="1" customWidth="1"/>
+    <col min="3" max="16384" width="8.7109375" style="33"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="38" t="s">
-        <v>141</v>
+      <c r="A1" s="37" t="s">
+        <v>169</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="F2" s="35" t="s">
-        <v>142</v>
+      <c r="F2" s="34" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="39" t="s">
+      <c r="A3" s="38" t="s">
         <v>23</v>
       </c>
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="38" t="s">
         <v>24</v>
       </c>
       <c r="F3" s="17" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A4" s="36">
+      <c r="A4" s="35">
         <v>2013</v>
       </c>
-      <c r="B4" s="37">
+      <c r="B4" s="36">
         <v>26388</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A5" s="40">
+    <row r="5" spans="1:6" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="39">
         <v>2014</v>
       </c>
-      <c r="B5" s="41">
+      <c r="B5" s="40">
         <v>23395</v>
       </c>
+      <c r="F5" s="88" t="s">
+        <v>170</v>
+      </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A6" s="36">
+      <c r="A6" s="35">
         <v>2015</v>
       </c>
-      <c r="B6" s="37">
+      <c r="B6" s="36">
         <v>21880</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A7" s="40">
+      <c r="A7" s="39">
         <v>2016</v>
       </c>
-      <c r="B7" s="41">
+      <c r="B7" s="40">
         <v>19842</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A8" s="36">
+      <c r="A8" s="35">
         <v>2017</v>
       </c>
-      <c r="B8" s="37">
+      <c r="B8" s="36">
         <v>18102</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A9" s="40">
+      <c r="A9" s="39">
         <v>2018</v>
       </c>
-      <c r="B9" s="41">
+      <c r="B9" s="40">
         <v>18058</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A10" s="36">
+      <c r="A10" s="35">
         <v>2019</v>
       </c>
-      <c r="B10" s="37">
+      <c r="B10" s="36">
         <v>16464</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A11" s="40">
+      <c r="A11" s="39">
         <v>2020</v>
       </c>
-      <c r="B11" s="41">
+      <c r="B11" s="40">
         <v>13831</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A12" s="36">
+      <c r="A12" s="35">
         <v>2021</v>
       </c>
-      <c r="B12" s="37">
+      <c r="B12" s="36">
         <v>12785</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A13" s="40">
+      <c r="A13" s="39">
         <v>2022</v>
       </c>
-      <c r="B13" s="41">
+      <c r="B13" s="40">
         <v>11060</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A14" s="36">
+      <c r="A14" s="35">
         <v>2023</v>
       </c>
-      <c r="B14" s="37">
+      <c r="B14" s="36">
         <v>11209</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A15" s="42">
+      <c r="A15" s="41">
         <v>2024</v>
       </c>
-      <c r="B15" s="43">
+      <c r="B15" s="42">
         <v>15366</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A16" s="34" t="s">
-[...4 lines deleted...]
-      <c r="A17" s="34" t="s">
+      <c r="A16" s="111" t="s">
+        <v>168</v>
+      </c>
+      <c r="B16" s="112">
+        <v>8470</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A17" s="109"/>
+      <c r="B17" s="110"/>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A18" s="33" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A19" s="33" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A18" s="34" t="s">
+    <row r="20" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A20" s="33" t="s">
         <v>26</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A23" s="33" t="s">
+        <v>172</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1" display="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" xr:uid="{500A536F-07BA-4797-85E6-391458AFF7B6}"/>
     <hyperlink ref="F3" r:id="rId2" xr:uid="{F4A52C53-929B-4177-A3C0-B454358B93FE}"/>
+    <hyperlink ref="F5" r:id="rId3" xr:uid="{2577C6FF-591A-46E9-9D68-DDCF519F9376}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F202EC75-9C0B-453C-BE1E-B55EB94C843A}">
-  <dimension ref="A1:G17"/>
+  <dimension ref="A1:G22"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G2" sqref="G2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="37.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="11" style="1" customWidth="1"/>
     <col min="3" max="3" width="8.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.85546875" style="1" customWidth="1"/>
     <col min="6" max="7" width="13.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>171</v>
+      </c>
+      <c r="G1" s="44" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="15" x14ac:dyDescent="0.25">
       <c r="G2" s="17" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      <c r="A3" s="53" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" s="43" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="52" t="s">
         <v>27</v>
       </c>
-      <c r="B3" s="54" t="s">
+      <c r="B3" s="53" t="s">
+        <v>175</v>
+      </c>
+      <c r="C3" s="53" t="s">
         <v>28</v>
       </c>
-      <c r="C3" s="54" t="s">
+      <c r="D3" s="53" t="s">
         <v>29</v>
       </c>
-      <c r="D3" s="54" t="s">
+      <c r="E3" s="53" t="s">
         <v>30</v>
       </c>
-      <c r="E3" s="54" t="s">
+      <c r="F3" s="53" t="s">
+        <v>127</v>
+      </c>
+      <c r="G3" s="53" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A4" s="45" t="s">
         <v>31</v>
       </c>
-      <c r="F3" s="54" t="s">
-[...7 lines deleted...]
-      <c r="A4" s="46" t="s">
+      <c r="B4" s="49">
+        <v>853</v>
+      </c>
+      <c r="C4" s="50">
+        <v>0.11700000000000001</v>
+      </c>
+      <c r="D4" s="51">
+        <v>27</v>
+      </c>
+      <c r="E4" s="49">
+        <v>795</v>
+      </c>
+      <c r="F4" s="49">
+        <v>700</v>
+      </c>
+      <c r="G4" s="49">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A5" s="58" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="50">
+      <c r="B5" s="59">
+        <v>1006</v>
+      </c>
+      <c r="C5" s="60">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="D5" s="61">
+        <v>39</v>
+      </c>
+      <c r="E5" s="59">
+        <v>900</v>
+      </c>
+      <c r="F5" s="59">
+        <v>775</v>
+      </c>
+      <c r="G5" s="59">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A6" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" s="49">
+        <v>787</v>
+      </c>
+      <c r="C6" s="50">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="D6" s="51">
+        <v>20</v>
+      </c>
+      <c r="E6" s="49">
+        <v>750</v>
+      </c>
+      <c r="F6" s="49">
+        <v>672</v>
+      </c>
+      <c r="G6" s="49">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A7" s="58" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" s="59">
+        <v>1130</v>
+      </c>
+      <c r="C7" s="60">
+        <v>0.109</v>
+      </c>
+      <c r="D7" s="61">
+        <v>32</v>
+      </c>
+      <c r="E7" s="59">
+        <v>994</v>
+      </c>
+      <c r="F7" s="59">
+        <v>850</v>
+      </c>
+      <c r="G7" s="59">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A8" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="49">
+        <v>851</v>
+      </c>
+      <c r="C8" s="50">
+        <v>0.17299999999999999</v>
+      </c>
+      <c r="D8" s="51">
+        <v>45</v>
+      </c>
+      <c r="E8" s="49">
+        <v>800</v>
+      </c>
+      <c r="F8" s="49">
+        <v>690</v>
+      </c>
+      <c r="G8" s="49">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A9" s="58" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" s="59">
+        <v>765</v>
+      </c>
+      <c r="C9" s="60">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="D9" s="61">
+        <v>30</v>
+      </c>
+      <c r="E9" s="59">
+        <v>702</v>
+      </c>
+      <c r="F9" s="59">
+        <v>607</v>
+      </c>
+      <c r="G9" s="59">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A10" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" s="49">
+        <v>714</v>
+      </c>
+      <c r="C10" s="50">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="D10" s="51">
+        <v>26</v>
+      </c>
+      <c r="E10" s="49">
+        <v>692</v>
+      </c>
+      <c r="F10" s="49">
+        <v>615</v>
+      </c>
+      <c r="G10" s="49">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A11" s="58" t="s">
+        <v>38</v>
+      </c>
+      <c r="B11" s="59">
+        <v>989</v>
+      </c>
+      <c r="C11" s="60">
+        <v>6.3E-2</v>
+      </c>
+      <c r="D11" s="61">
+        <v>34</v>
+      </c>
+      <c r="E11" s="59">
+        <v>905</v>
+      </c>
+      <c r="F11" s="59">
+        <v>800</v>
+      </c>
+      <c r="G11" s="59">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A12" s="45" t="s">
+        <v>39</v>
+      </c>
+      <c r="B12" s="49">
+        <v>835</v>
+      </c>
+      <c r="C12" s="50">
+        <v>0.10100000000000001</v>
+      </c>
+      <c r="D12" s="51">
+        <v>28</v>
+      </c>
+      <c r="E12" s="49">
+        <v>767</v>
+      </c>
+      <c r="F12" s="49">
+        <v>682</v>
+      </c>
+      <c r="G12" s="49">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A13" s="58" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" s="59">
+        <v>754</v>
+      </c>
+      <c r="C13" s="60">
+        <v>8.7999999999999995E-2</v>
+      </c>
+      <c r="D13" s="61">
+        <v>21</v>
+      </c>
+      <c r="E13" s="59">
+        <v>731</v>
+      </c>
+      <c r="F13" s="59">
+        <v>650</v>
+      </c>
+      <c r="G13" s="59">
         <v>828</v>
       </c>
-      <c r="C4" s="51">
-[...68 lines deleted...]
-      <c r="C7" s="61">
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A14" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" s="49">
+        <v>875</v>
+      </c>
+      <c r="C14" s="50">
         <v>6.6000000000000003E-2</v>
       </c>
-      <c r="D7" s="62">
-[...25 lines deleted...]
-      <c r="E8" s="50">
+      <c r="D14" s="51">
+        <v>30</v>
+      </c>
+      <c r="E14" s="49">
+        <v>833</v>
+      </c>
+      <c r="F14" s="49">
         <v>749</v>
       </c>
-      <c r="F8" s="50">
-[...141 lines deleted...]
-        <v>904</v>
+      <c r="G14" s="49">
+        <v>957</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="15" x14ac:dyDescent="0.25">
-      <c r="A15" s="56" t="s">
+      <c r="A15" s="55" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="57">
-[...8 lines deleted...]
-      <c r="G15" s="55"/>
+      <c r="B15" s="56">
+        <v>974</v>
+      </c>
+      <c r="C15" s="57">
+        <v>0.1</v>
+      </c>
+      <c r="D15" s="54"/>
+      <c r="E15" s="54"/>
+      <c r="F15" s="54"/>
+      <c r="G15" s="54"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A16" s="1" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A17" s="47" t="s">
-        <v>43</v>
+      <c r="A17" s="46" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A22" s="1" t="s">
+        <v>173</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G1" r:id="rId1" display="https://www.nihe.gov.uk/working-with-us/research/private-rented-sector-and-rents" xr:uid="{20F2D477-25BA-4494-A17C-51E1292DDF5B}"/>
-    <hyperlink ref="G2" r:id="rId2" xr:uid="{C09E6BB0-F452-49AF-9A79-5C4B20B678B3}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B2B38FE-B19F-4C22-BCD0-5245182BB19A}">
-  <dimension ref="A1:D11"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D14" sqref="D14"/>
+      <selection activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="20.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="14.5703125" style="1" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>148</v>
+        <v>174</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="30" x14ac:dyDescent="0.2">
-      <c r="A3" s="65" t="s">
+      <c r="A3" s="64" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" s="67" t="s">
+        <v>176</v>
+      </c>
+      <c r="C3" s="113" t="s">
+        <v>181</v>
+      </c>
+      <c r="D3" s="113" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A4" s="62" t="s">
         <v>44</v>
       </c>
-      <c r="B3" s="68" t="s">
+      <c r="B4" s="68" t="s">
+        <v>177</v>
+      </c>
+      <c r="C4" s="114" t="s">
+        <v>182</v>
+      </c>
+      <c r="D4" s="114" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="28.5" x14ac:dyDescent="0.2">
+      <c r="A5" s="65" t="s">
         <v>45</v>
       </c>
-      <c r="C3" s="68" t="s">
+      <c r="B5" s="69" t="s">
+        <v>178</v>
+      </c>
+      <c r="C5" s="114" t="s">
+        <v>183</v>
+      </c>
+      <c r="D5" s="114" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="28.5" x14ac:dyDescent="0.2">
+      <c r="A6" s="62" t="s">
         <v>46</v>
       </c>
-      <c r="D3" s="68" t="s">
+      <c r="B6" s="48" t="s">
+        <v>179</v>
+      </c>
+      <c r="C6" s="114" t="s">
+        <v>184</v>
+      </c>
+      <c r="D6" s="114" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A7" s="65" t="s">
         <v>47</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="63" t="s">
+      <c r="B7" s="69" t="s">
+        <v>180</v>
+      </c>
+      <c r="C7" s="114" t="s">
+        <v>185</v>
+      </c>
+      <c r="D7" s="114" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A8" s="70" t="s">
         <v>48</v>
       </c>
-      <c r="B4" s="69" t="s">
-[...62 lines deleted...]
-        <v>5330</v>
+      <c r="B8" s="66">
+        <v>8470</v>
+      </c>
+      <c r="C8" s="115">
+        <v>3750</v>
+      </c>
+      <c r="D8" s="115">
+        <v>4720</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A10" s="64" t="s">
-[...5 lines deleted...]
-        <v>143</v>
+      <c r="A10" s="63" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A13" s="1" t="s">
+        <v>191</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A10" r:id="rId1" xr:uid="{9C4EA886-52CB-4557-964F-92673356339E}"/>
-    <hyperlink ref="A11" r:id="rId2" xr:uid="{79B83AF2-6B70-4F2D-9ECE-7C1B631A707B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{67335517-5BBF-4277-A1EE-3E8A00327E1B}">
-  <dimension ref="A1:H51"/>
+  <dimension ref="A1:H56"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="1215" topLeftCell="A31" activePane="bottomLeft"/>
-      <selection pane="bottomLeft" activeCell="F53" sqref="F53"/>
+      <pane ySplit="1215" topLeftCell="A30"/>
+      <selection activeCell="H1" sqref="H1"/>
+      <selection pane="bottomLeft" activeCell="H17" sqref="H17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="15.42578125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>131</v>
+      </c>
+      <c r="H1" s="63" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="15" x14ac:dyDescent="0.25">
-      <c r="H2" s="17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2" s="17"/>
     </row>
     <row r="3" spans="1:8" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="76" t="s">
+      <c r="A3" s="75" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" s="75" t="s">
+        <v>50</v>
+      </c>
+      <c r="C3" s="75" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A4" s="73" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" s="74">
+        <v>100</v>
+      </c>
+      <c r="C4" s="74">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A5" s="76" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" s="77">
+        <v>104.31436753831835</v>
+      </c>
+      <c r="C5" s="77">
+        <v>93.272999999999996</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A6" s="73" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" s="74">
+        <v>102.87543740718638</v>
+      </c>
+      <c r="C6" s="74">
+        <v>97.722721346156291</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A7" s="76" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" s="77">
+        <v>98.6</v>
+      </c>
+      <c r="C7" s="77">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A8" s="73" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" s="74">
+        <v>104.2</v>
+      </c>
+      <c r="C8" s="74">
+        <v>101.30104508491007</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A9" s="76" t="s">
+        <v>57</v>
+      </c>
+      <c r="B9" s="77">
+        <v>103.22992296121882</v>
+      </c>
+      <c r="C9" s="77">
+        <v>102.83382603517536</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A10" s="73" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" s="74">
+        <v>104.93325013876753</v>
+      </c>
+      <c r="C10" s="74">
+        <v>103.23519799708019</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A11" s="76" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" s="77">
+        <v>103.11690025085881</v>
+      </c>
+      <c r="C11" s="77">
+        <v>106.37911042431665</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A12" s="73" t="s">
+        <v>60</v>
+      </c>
+      <c r="B12" s="74">
+        <v>104.93811820694137</v>
+      </c>
+      <c r="C12" s="74">
+        <v>106.78418341192713</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A13" s="76" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" s="77">
+        <v>105.52603666133481</v>
+      </c>
+      <c r="C13" s="77">
+        <v>105.40731576408331</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A14" s="73" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" s="74">
+        <v>110.17608658853781</v>
+      </c>
+      <c r="C14" s="74">
+        <v>111.11142489483041</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A15" s="76" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" s="77">
+        <v>105.17314688493337</v>
+      </c>
+      <c r="C15" s="77">
+        <v>115.87931317125486</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A16" s="73" t="s">
+        <v>64</v>
+      </c>
+      <c r="B16" s="74">
+        <v>106.95714624503579</v>
+      </c>
+      <c r="C16" s="74">
+        <v>108.24795273905721</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A17" s="76" t="s">
         <v>65</v>
       </c>
-      <c r="B3" s="76" t="s">
+      <c r="B17" s="77">
+        <v>107.51151628400193</v>
+      </c>
+      <c r="C17" s="77">
+        <v>117.82282923194398</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A18" s="73" t="s">
         <v>66</v>
       </c>
-      <c r="C3" s="76" t="s">
+      <c r="B18" s="74">
+        <v>110.2355518774568</v>
+      </c>
+      <c r="C18" s="74">
+        <v>117.5849920889509</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A19" s="76" t="s">
         <v>67</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="74" t="s">
+      <c r="B19" s="77">
+        <v>105.8015384555417</v>
+      </c>
+      <c r="C19" s="77">
+        <v>114.53886715976793</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A20" s="73" t="s">
         <v>68</v>
       </c>
-      <c r="B4" s="75">
-[...7 lines deleted...]
-      <c r="A5" s="77" t="s">
+      <c r="B20" s="74">
+        <v>112.60643237515637</v>
+      </c>
+      <c r="C20" s="74">
+        <v>114.82081668507426</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A21" s="76" t="s">
         <v>69</v>
       </c>
-      <c r="B5" s="78">
-[...7 lines deleted...]
-      <c r="A6" s="74" t="s">
+      <c r="B21" s="77">
+        <v>112.53970305230719</v>
+      </c>
+      <c r="C21" s="77">
+        <v>113.53805225513656</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A22" s="73" t="s">
         <v>70</v>
       </c>
-      <c r="B6" s="75">
-[...7 lines deleted...]
-      <c r="A7" s="77" t="s">
+      <c r="B22" s="74">
+        <v>115.59638222902802</v>
+      </c>
+      <c r="C22" s="74">
+        <v>119.92512929001808</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A23" s="76" t="s">
         <v>71</v>
       </c>
-      <c r="B7" s="78">
-[...7 lines deleted...]
-      <c r="A8" s="74" t="s">
+      <c r="B23" s="77">
+        <v>110.65881440000686</v>
+      </c>
+      <c r="C23" s="77">
+        <v>115.59768325363116</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A24" s="73" t="s">
         <v>72</v>
       </c>
-      <c r="B8" s="75">
-[...7 lines deleted...]
-      <c r="A9" s="77" t="s">
+      <c r="B24" s="74">
+        <v>117.34594361921951</v>
+      </c>
+      <c r="C24" s="74">
+        <v>119.29546313875402</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A25" s="76" t="s">
         <v>73</v>
       </c>
-      <c r="B9" s="78">
-[...7 lines deleted...]
-      <c r="A10" s="74" t="s">
+      <c r="B25" s="77">
+        <v>114.57824833504277</v>
+      </c>
+      <c r="C25" s="77">
+        <v>120.2140251387261</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A26" s="73" t="s">
         <v>74</v>
       </c>
-      <c r="B10" s="75">
-[...7 lines deleted...]
-      <c r="A11" s="77" t="s">
+      <c r="B26" s="74">
+        <v>121.02034105828996</v>
+      </c>
+      <c r="C26" s="74">
+        <v>121.1773305927606</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A27" s="31" t="s">
         <v>75</v>
       </c>
-      <c r="B11" s="78">
-[...7 lines deleted...]
-      <c r="A12" s="74" t="s">
+      <c r="B27" s="78">
+        <v>115.02200480241207</v>
+      </c>
+      <c r="C27" s="78">
+        <v>121.26637790040434</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A28" s="73" t="s">
         <v>76</v>
       </c>
-      <c r="B12" s="75">
-[...7 lines deleted...]
-      <c r="A13" s="77" t="s">
+      <c r="B28" s="71">
+        <v>120.52894690050412</v>
+      </c>
+      <c r="C28" s="71">
+        <v>120.92207321246553</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A29" s="76" t="s">
         <v>77</v>
       </c>
-      <c r="B13" s="78">
-[...7 lines deleted...]
-      <c r="A14" s="74" t="s">
+      <c r="B29" s="78">
+        <v>117.00914599083964</v>
+      </c>
+      <c r="C29" s="78">
+        <v>120.73442555169768</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A30" s="73" t="s">
         <v>78</v>
       </c>
-      <c r="B14" s="75">
-[...7 lines deleted...]
-      <c r="A15" s="77" t="s">
+      <c r="B30" s="71">
+        <v>119.0351451832274</v>
+      </c>
+      <c r="C30" s="71">
+        <v>127.33564211412308</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A31" s="76" t="s">
         <v>79</v>
       </c>
-      <c r="B15" s="78">
-[...175 lines deleted...]
-      <c r="B31" s="79">
+      <c r="B31" s="78">
         <v>118.42155917091641</v>
       </c>
-      <c r="C31" s="79">
+      <c r="C31" s="78">
         <v>130.32719040001302</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B32" s="71">
+        <v>123.79631023083913</v>
+      </c>
+      <c r="C32" s="71">
+        <v>130.32719040001302</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A33" s="31" t="s">
+        <v>81</v>
+      </c>
+      <c r="B33" s="78">
+        <v>119.77468941140843</v>
+      </c>
+      <c r="C33" s="78">
+        <v>125.61730280643009</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A34" s="73" t="s">
+        <v>82</v>
+      </c>
+      <c r="B34" s="71">
+        <v>130.43269744958269</v>
+      </c>
+      <c r="C34" s="71">
+        <v>131.08052007752173</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A35" s="76" t="s">
+        <v>83</v>
+      </c>
+      <c r="B35" s="78">
+        <v>124.02387844661027</v>
+      </c>
+      <c r="C35" s="78">
+        <v>133.96700651243668</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A36" s="73" t="s">
+        <v>84</v>
+      </c>
+      <c r="B36" s="71">
+        <v>132.29957745760902</v>
+      </c>
+      <c r="C36" s="71">
+        <v>138.11950428219927</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A37" s="76" t="s">
+        <v>85</v>
+      </c>
+      <c r="B37" s="78">
+        <v>136.19349784480278</v>
+      </c>
+      <c r="C37" s="78">
+        <v>142.00777862636076</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A38" s="73" t="s">
+        <v>86</v>
+      </c>
+      <c r="B38" s="71">
+        <v>138.74442598645851</v>
+      </c>
+      <c r="C38" s="71">
+        <v>145.6181628307188</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A39" s="76" t="s">
+        <v>87</v>
+      </c>
+      <c r="B39" s="78">
+        <v>133.22427981825388</v>
+      </c>
+      <c r="C39" s="78">
+        <v>144.35231198924183</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A40" s="73" t="s">
+        <v>88</v>
+      </c>
+      <c r="B40" s="71">
+        <v>143.83989707517804</v>
+      </c>
+      <c r="C40" s="71">
+        <v>147.50571870971848</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A41" s="76" t="s">
+        <v>89</v>
+      </c>
+      <c r="B41" s="78">
+        <v>138.82852166995428</v>
+      </c>
+      <c r="C41" s="78">
+        <v>150.15846060244039</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A42" s="73" t="s">
+        <v>90</v>
+      </c>
+      <c r="B42" s="71">
+        <v>151.98507328612141</v>
+      </c>
+      <c r="C42" s="71">
+        <v>154.8626744279471</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A43" s="76" t="s">
+        <v>91</v>
+      </c>
+      <c r="B43" s="78">
+        <v>143.11516782464727</v>
+      </c>
+      <c r="C43" s="78">
+        <v>152.43311236213236</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A44" s="73" t="s">
+        <v>92</v>
+      </c>
+      <c r="B44" s="71">
+        <v>154.16720308339487</v>
+      </c>
+      <c r="C44" s="71">
+        <v>151.84608943223841</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A45" s="76" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="78">
+        <v>155.10280771417783</v>
+      </c>
+      <c r="C45" s="78">
+        <v>152.72719020139226</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A46" s="73" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" s="71">
+        <v>159.11962220857541</v>
+      </c>
+      <c r="C46" s="72">
+        <v>156.57</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A47" s="76" t="s">
+        <v>95</v>
+      </c>
+      <c r="B47" s="78">
+        <v>158.84352642369061</v>
+      </c>
+      <c r="C47" s="79">
+        <v>157.15253258912364</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A48" s="73" t="s">
         <v>96</v>
       </c>
-      <c r="B32" s="72">
-[...7 lines deleted...]
-      <c r="A33" s="32" t="s">
+      <c r="B48" s="71">
+        <v>165.67074452747002</v>
+      </c>
+      <c r="C48" s="72">
+        <v>155.56363502532949</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A49" s="76" t="s">
         <v>97</v>
       </c>
-      <c r="B33" s="79">
-[...7 lines deleted...]
-      <c r="A34" s="74" t="s">
+      <c r="B49" s="78">
+        <v>169.64140870117879</v>
+      </c>
+      <c r="C49" s="79">
+        <v>160.44819179587176</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A50" s="73" t="s">
         <v>98</v>
       </c>
-      <c r="B34" s="72">
-[...7 lines deleted...]
-      <c r="A35" s="77" t="s">
+      <c r="B50" s="71">
+        <v>175.18065512164799</v>
+      </c>
+      <c r="C50" s="72">
+        <v>165.981906801728</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A51" s="80" t="s">
         <v>99</v>
       </c>
-      <c r="B35" s="79">
-[...175 lines deleted...]
-      <c r="B51" s="82">
+      <c r="B51" s="81">
         <v>167.35630036840564</v>
       </c>
-      <c r="C51" s="83">
+      <c r="C51" s="82">
         <v>160.70907386820119</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A52" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B52" s="27">
+        <v>186.8</v>
+      </c>
+      <c r="C52" s="27">
+        <v>162.80000000000001</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A53" s="31" t="s">
+        <v>193</v>
+      </c>
+      <c r="B53" s="32">
+        <v>181.8</v>
+      </c>
+      <c r="C53" s="32">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A56" s="1" t="s">
+        <v>191</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="H1" r:id="rId1" xr:uid="{2D41185F-D9C8-4AA1-84C0-2AC925F640C5}"/>
-    <hyperlink ref="H2" r:id="rId2" xr:uid="{C9003329-91CE-47D3-A4FA-F9397330A68B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>Contents</vt:lpstr>
       <vt:lpstr>1 ONS Average Rents UK Regions</vt:lpstr>
       <vt:lpstr>2ONS Rent Inflation UK Regions </vt:lpstr>