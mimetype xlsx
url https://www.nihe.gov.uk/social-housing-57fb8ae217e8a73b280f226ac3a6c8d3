--- v0 (2025-10-18)
+++ v1 (2025-11-27)
@@ -11,108 +11,108 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\NEW Housing Review\Report excel tables\formatted tables\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FA912C9D-61FF-4160-9634-9B675D8E03B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3B2772D5-AD98-4F41-A6AE-0A69C9F13193}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="12945" yWindow="0" windowWidth="15855" windowHeight="14430" firstSheet="13" activeTab="13" xr2:uid="{E5D2A334-A4AA-4225-B2D2-447719ACE507}"/>
+    <workbookView xWindow="-45" yWindow="0" windowWidth="13755" windowHeight="15585" firstSheet="13" activeTab="13" xr2:uid="{E5D2A334-A4AA-4225-B2D2-447719ACE507}"/>
   </bookViews>
   <sheets>
     <sheet name="Contents" sheetId="14" r:id="rId1"/>
     <sheet name="1 SHDP Starts" sheetId="1" r:id="rId2"/>
     <sheet name="2 SHDP Completions" sheetId="2" r:id="rId3"/>
     <sheet name="3 SHDP Starts &amp; Completions" sheetId="3" r:id="rId4"/>
     <sheet name="4 Co Ownership Activity" sheetId="4" r:id="rId5"/>
     <sheet name="5 Social Housing Waiting List" sheetId="5" r:id="rId6"/>
     <sheet name="6 Waiting list summary table" sheetId="6" r:id="rId7"/>
     <sheet name="7 Homeless presenters - Reasons" sheetId="7" r:id="rId8"/>
     <sheet name="8 Homeless Presenters &amp; FDA" sheetId="8" r:id="rId9"/>
     <sheet name="9 TA Households Length of Stay" sheetId="9" r:id="rId10"/>
     <sheet name="10 TA Children by Age" sheetId="10" r:id="rId11"/>
     <sheet name="11 Summary TA Household &amp; Child" sheetId="11" r:id="rId12"/>
     <sheet name="12 Social Rents UK Regions" sheetId="12" r:id="rId13"/>
     <sheet name="13 HA Average Rents NI" sheetId="13" r:id="rId14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="1">'9 TA Households Length of Stay'!$B$1:$B$123</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="J14" i="9" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="771" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="806" uniqueCount="245">
   <si>
     <t>Type of Housing</t>
   </si>
   <si>
     <t>2010/11</t>
   </si>
   <si>
     <t>2011/12</t>
   </si>
   <si>
     <t>2012/13</t>
   </si>
   <si>
     <t>2013/14</t>
   </si>
   <si>
     <t>2014/15</t>
   </si>
   <si>
     <t>2015/16</t>
   </si>
   <si>
     <t>2016/17</t>
   </si>
   <si>
@@ -413,53 +413,50 @@
   <si>
     <t>Other reasons</t>
   </si>
   <si>
     <t>No Data on reason for presentation</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t xml:space="preserve">1. Due to the live nature of the NIHE reporting system, which extracts data from the live system, all categories may be subject to change and adjustment as each quarterly report is download. </t>
   </si>
   <si>
     <t xml:space="preserve">2. New breakdown categories for Accommodation not Reasonable (ANR) were introduced midway through Q1 2018. Therefore a significant number of cases relating to Q1 2018 cannot entirely be broken down by sub category, </t>
   </si>
   <si>
     <t xml:space="preserve">   and as a result are presented as ANR.</t>
   </si>
   <si>
     <t xml:space="preserve">3. As a result of statistical disclosure control, data for "bomb /fire damage (civil disturbance)" now falls into the "Other" category. </t>
   </si>
   <si>
     <t xml:space="preserve">4. The statistics contained within the publication and supplementary tables are subject to revision in future releases. This is to account for retrospective actions on the Housing Management System (HMS). </t>
   </si>
   <si>
-    <t xml:space="preserve">    These revisions are performed in accordance with T3.9 of the UK Statistics Code of Practice for Statistics. Figures from April 2023 onwards presented in this bulletin may be revised from previous releases.</t>
-[...1 lines deleted...]
-  <si>
     <t>Homeless Presenters</t>
   </si>
   <si>
     <t>FDA</t>
   </si>
   <si>
     <t>Homeless Presenters &amp; Presenters Accepted as FDA ( 2016/17 - 2024/25)</t>
   </si>
   <si>
     <t>&lt; 6 Months</t>
   </si>
   <si>
     <t>6 Months to &lt; 12 Months</t>
   </si>
   <si>
     <t>1 to &lt;2 Years</t>
   </si>
   <si>
     <t>2 to &lt;3 Years</t>
   </si>
   <si>
     <t>3 to &lt;4 years</t>
   </si>
   <si>
     <t>4 to &lt;5 Years</t>
@@ -724,120 +721,98 @@
     <r>
       <t>Table 2: Social Housing Development Programme (SHDP) New Social Housing Dwelling Completions 2010/11 – Q4 2023/24</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 1,2,3</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Social Housing Development Programme (SHDP) New Social Housing Dwelling Completions 2010/11 – Q4 2023/24</t>
   </si>
   <si>
     <t>Summary Table -  New Social Housing Dwelling Starts and Completions 2010/11 - 2024/25</t>
   </si>
   <si>
-    <t>Table 4: Northern Ireland Co-Ownership Housing Scheme activity 2004-05 to 2023-24</t>
-[...1 lines deleted...]
-  <si>
     <t>Note: The 2024/25 Data will not be available until the Autumn 2025</t>
   </si>
   <si>
     <t>Northern Ireland Co-Ownership Housing Scheme activity 2004-05 to 2023-24</t>
   </si>
   <si>
     <t xml:space="preserve">https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025 </t>
   </si>
   <si>
     <r>
       <t>Table 5: Social rented sector waiting lists and allocations</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1,2,3,4,5,6,7</t>
     </r>
   </si>
   <si>
     <t>Social rented sector waiting lists and allocations</t>
   </si>
   <si>
     <t>Table 6: Social Housing Waiting List Total Applicants, No in Housing Stress and No of Allocations to Applicants ( 2002/03 - 2024/25)</t>
   </si>
   <si>
     <t>Social Housing Waiting List Total Applicants, No in Housing Stress and No of Allocations to Applicants ( 2002/03 - 2024/25)</t>
   </si>
   <si>
     <r>
-      <t>Accommodation not reasonable</t>
-[...14 lines deleted...]
-    <r>
       <t>Table 7: Households Presenting As Homeless By Reason</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1,2,3,4</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Note: </t>
   </si>
   <si>
     <t>Households Presenting As Homeless By Reason</t>
   </si>
   <si>
     <t>Table 8: Homeless Presenters &amp; Presenters Accepted as FDA ( 2016/17 - 2024/25)</t>
   </si>
   <si>
     <r>
       <t>Table 9: Households in temporary accommodation by banded length of stay and accommodation type</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color rgb="FF002060"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>1,2</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Bespoke Facility of Temporary Accommodation </t>
@@ -864,77 +839,132 @@
   <si>
     <t xml:space="preserve">Children (Aged under 18 on 9 May 2025) in temporary accomodation by age category </t>
   </si>
   <si>
     <t>Table 11: Households and Number of Children Living in Temporary Accommodation - Bi-Annual Snapshots</t>
   </si>
   <si>
     <t>Households and Number of Children Living in Temporary Accommodation - Bi-Annual Snapshots</t>
   </si>
   <si>
     <r>
       <t>85.68</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>R</t>
     </r>
   </si>
   <si>
-    <t>Table 12: Average weekly local authority rents by UK region 2012-13 to 2023-24</t>
-[...1 lines deleted...]
-  <si>
     <t>Average weekly local authority rents by UK region 2012-13 to 2023-24</t>
   </si>
   <si>
     <t>Note: The 2023/24 data is not yet available</t>
   </si>
   <si>
     <t xml:space="preserve"> Average Housing Association Rents NI (£)  </t>
   </si>
   <si>
     <t xml:space="preserve">Table 13: Average Housing Association Rents NI (£)                                            </t>
+  </si>
+  <si>
+    <t>2025-26</t>
+  </si>
+  <si>
+    <t>Northern Ireland Housing Bulletin April - June 2025 | Department for Communities</t>
+  </si>
+  <si>
+    <t>Data last updated October 2025</t>
+  </si>
+  <si>
+    <t>Table 12: Average weekly local authority rents by UK region 2012-13 to 2024-25</t>
+  </si>
+  <si>
+    <t>Northern Ireland Housing Statistics 2024-25 | Department for Communities</t>
+  </si>
+  <si>
+    <t>For the most recent quarterly data please follow the link below:</t>
+  </si>
+  <si>
+    <t>This data is updated annually (Financial year)</t>
+  </si>
+  <si>
+    <t>Table 4: Northern Ireland Co-Ownership Housing Scheme activity 2004-05 to 2024-25</t>
+  </si>
+  <si>
+    <t>2025/26</t>
+  </si>
+  <si>
+    <t>Apr-Jun</t>
+  </si>
+  <si>
+    <t>Hate Crime</t>
+  </si>
+  <si>
+    <r>
+      <t>Accommodation not reasonable</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>2</t>
+    </r>
+  </si>
+  <si>
+    <t>Violence/Risk     of Violence</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    These revisions are performed in accordance with T3.9 of the UK Statistics Code of Practice for Statistics.</t>
+  </si>
+  <si>
+    <t>5.  As a result of the  removal Rule 23 points (intimidation points) with effect from midnight on 31st March 2025, there are no acceptances for intimidation. The two new reasons of "Hate Crime" and "Violence/Risk of Violence" have been introduced in place of "Intimidation".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="[$-809]dddd&quot;, &quot;mmmm&quot; &quot;dd&quot;, &quot;yyyy"/>
     <numFmt numFmtId="165" formatCode="&quot; &quot;#,##0.00&quot; &quot;;&quot; (&quot;#,##0.00&quot;)&quot;;&quot; -&quot;00&quot; &quot;;&quot; &quot;@&quot; &quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0&quot; &quot;;&quot;-&quot;#,##0&quot; &quot;"/>
     <numFmt numFmtId="167" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="36" x14ac:knownFonts="1">
+  <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -1067,58 +1097,50 @@
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
-      <sz val="11"/>
-[...6 lines deleted...]
-      <vertAlign val="superscript"/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF002060"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF002060"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color rgb="FF002060"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1135,52 +1157,67 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="14"/>
       <color rgb="FF002060"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="21">
+  <fills count="28">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
@@ -1253,52 +1290,94 @@
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.39997558519241921"/>
         <bgColor rgb="FF74B5E4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="2"/>
+        <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.39997558519241921"/>
+        <bgColor rgb="FFFFFFFF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
+        <bgColor rgb="FFFFFFFF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FFFFFFFF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor rgb="FFFFFF00"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -1401,51 +1480,51 @@
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="273">
+  <cellXfs count="291">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="3" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="3" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1"/>
@@ -1510,51 +1589,50 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="3" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="3" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="6" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="6" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="4" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="19" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="4" fillId="6" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -1704,432 +1782,475 @@
     <xf numFmtId="3" fontId="4" fillId="3" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="6" borderId="10" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="3" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="23" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="3" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="167" fontId="4" fillId="3" borderId="0" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="166" fontId="4" fillId="2" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="4" fillId="3" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="3" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="2" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="2" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="3" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="6" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="8" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="4" fillId="8" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="6" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="4" fillId="3" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="3" borderId="2" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="3" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="3" borderId="0" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="3" borderId="2" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="6" borderId="0" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="6" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="29" fillId="10" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="28" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="28" fillId="10" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="28" fillId="10" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="27" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="27" fillId="10" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="27" fillId="10" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="28" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="29" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="3" fontId="27" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="3" fontId="28" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="29" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="28" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="28" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="27" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="27" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="27" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="28" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="9" fontId="28" fillId="3" borderId="0" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="27" fillId="3" borderId="0" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="31" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="27" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="27" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="3" fontId="28" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="27" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="27" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="28" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="29" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="27" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="4" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="12" borderId="4" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="12" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="12" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="12" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="12" borderId="2" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="12" borderId="2" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="12" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="28" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="27" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="27" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="3" fontId="28" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="28" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="3" fontId="29" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="14" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="28" fillId="7" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="14" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="29" fillId="7" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="28" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="28" fillId="7" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="27" fillId="16" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="28" fillId="15" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="28" fillId="16" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="16" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="27" fillId="17" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="27" fillId="17" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="17" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="17" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="17" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="28" fillId="18" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="17" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="27" fillId="8" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="27" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="8" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="8" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="28" fillId="18" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="3" fontId="29" fillId="18" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="28" fillId="7" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="7" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="27" fillId="6" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="6" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="6" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="27" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="3" fontId="28" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="27" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="28" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="13" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="28" fillId="6" borderId="3" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="13" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="29" fillId="6" borderId="3" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="28" fillId="8" borderId="3" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="29" fillId="8" borderId="3" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="3" fontId="28" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="27" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="27" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="28" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="27" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="20" fillId="19" borderId="3" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="17" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="17" fontId="19" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="17" fontId="19" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="17" fontId="19" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="20" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="35" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="34" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="31" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="31" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="18" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="18" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="20" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="4" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="6" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="3" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="6" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="4" borderId="3" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="4" borderId="3" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="5" borderId="3" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="3" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="24" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="4" fillId="24" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="24" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="25" borderId="0" xfId="8" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="4" fillId="25" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="5" fillId="25" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="26" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="26" borderId="0" xfId="8" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="26" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="3" fontId="7" fillId="26" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="9" fontId="7" fillId="26" borderId="0" xfId="10" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="26" borderId="0" xfId="11" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="26" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="27" borderId="0" xfId="8" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="4" fillId="24" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="25" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="13">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 7" xfId="9" xr:uid="{650F5C90-B615-48A2-8C34-898065B8C31B}"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Hyperlink 2 2 2" xfId="5" xr:uid="{F193ED8B-28A6-4B9F-82C7-10C167092D6B}"/>
     <cellStyle name="Hyperlink 3 2" xfId="4" xr:uid="{A519B7AD-B86D-4E81-83A5-53E0D8B55EC4}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 16" xfId="11" xr:uid="{9377C172-FD4E-4C6D-8BB9-F42B5A34FA35}"/>
     <cellStyle name="Normal 2 3 2" xfId="3" xr:uid="{3F39E94C-6D0D-4330-BB92-719B790A9EE9}"/>
     <cellStyle name="Normal 2 6" xfId="7" xr:uid="{50436EDD-E013-4E07-BE67-413C773AB65C}"/>
     <cellStyle name="Normal 20" xfId="6" xr:uid="{E2242398-0655-4147-90E6-5F60357A4F6C}"/>
     <cellStyle name="Normal 4 3" xfId="8" xr:uid="{65AF8B23-11DF-4313-883E-FAAA92F1055F}"/>
     <cellStyle name="Percent 2" xfId="12" xr:uid="{6A119CFF-FBB8-4B2F-B4CC-783F9390C825}"/>
     <cellStyle name="Percent 7" xfId="10" xr:uid="{862AD4C7-EE03-44E2-8B62-FEEF2C436263}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -2448,17824 +2569,17846 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2023-24" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2023-24" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/scheme-types" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/scheme-types" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/scheme-types" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/scheme-types" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-april-june-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C48199C2-8F89-464C-B4A5-23D0D58C4D57}">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="102" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="B1" s="29" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="2" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" s="2" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="2" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A8" s="2" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="2" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="2" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="2" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="2" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="2" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="2" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="2" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A3" location="'1 SHDP Starts'!A1" display="Table 1" xr:uid="{2D048613-C066-4349-9010-BCE1E2EE48F8}"/>
     <hyperlink ref="A4" location="'2 SHDP Completions'!A1" display="Table 2" xr:uid="{948BF03E-CD0D-461A-BF29-277D1A8411E9}"/>
     <hyperlink ref="A5" location="'3 SHDP Starts &amp; Completions'!A1" display="Table 3" xr:uid="{60A61654-A135-4CFF-A405-98E74B92AFA7}"/>
     <hyperlink ref="A6" location="'4 Co Ownership Activity'!A1" display="Table 4" xr:uid="{0B0553C5-E9EC-4037-933D-E7E705C1B816}"/>
     <hyperlink ref="A7" location="'5 Social Housing Waiting List'!A1" display="Table 5" xr:uid="{3FB9EA78-1D76-49C8-847A-496AAEC6D018}"/>
     <hyperlink ref="A8" location="'6 Waiting list summary table'!A1" display="Table 6" xr:uid="{AAB5C14D-1218-4BF1-8550-665BEF64D6C0}"/>
     <hyperlink ref="A9" location="'7 Homeless presenters - Reasons'!A1" display="Table 7" xr:uid="{05995669-208B-4A46-9EF4-A47AB1030101}"/>
     <hyperlink ref="A10" location="'8 Homeless Presenters &amp; FDA'!A1" display="Table 8" xr:uid="{33EE035A-67A6-4609-A159-503DA4AB3A35}"/>
     <hyperlink ref="A11" location="'9 TA Households Length of Stay'!A1" display="Table 9" xr:uid="{EC7459AE-4C31-42A1-8EF8-1011ABF071E1}"/>
     <hyperlink ref="A12" location="'10 TA Children by Age'!A1" display="Table 10" xr:uid="{8B148075-5309-49FF-95D1-CEE910D29876}"/>
     <hyperlink ref="A13" location="'11 Summary TA Household &amp; Child'!A1" display="Table 11" xr:uid="{A843EB3B-9EF3-4E71-8FA6-90144E7BB543}"/>
     <hyperlink ref="A14" location="'12 Social Rents UK Regions'!A1" display="Table 12" xr:uid="{AC104E48-B5C4-40D1-87DA-FC8A78DE5F50}"/>
     <hyperlink ref="A15" location="'13 HA Average Rents NI'!A1" display="Table 13" xr:uid="{A172ED12-E066-4C4B-AEEE-6B7E6E2F788F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B928C753-6236-425E-94D5-D65E0570D897}">
   <dimension ref="A1:GE122"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="1530" topLeftCell="A4"/>
+      <pane ySplit="1530" topLeftCell="A98"/>
       <selection activeCell="H1" sqref="H1:H2"/>
       <selection pane="bottomLeft" activeCell="M5" sqref="M5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="5.85546875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="7.5703125" style="156" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="11" max="16384" width="5.85546875" style="156"/>
+    <col min="1" max="1" width="7.5703125" style="147" customWidth="1"/>
+    <col min="2" max="2" width="43.85546875" style="147" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11" style="156" customWidth="1"/>
+    <col min="4" max="4" width="15" style="156" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.42578125" style="156" customWidth="1"/>
+    <col min="6" max="8" width="7.140625" style="156" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="9.85546875" style="156" customWidth="1"/>
+    <col min="10" max="10" width="8.5703125" style="156" customWidth="1"/>
+    <col min="11" max="16384" width="5.85546875" style="147"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="1" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="155" t="s">
-[...12 lines deleted...]
-      <c r="J1" s="164"/>
+      <c r="A1" s="146" t="s">
+        <v>218</v>
+      </c>
+      <c r="B1" s="146"/>
+      <c r="C1" s="155"/>
+      <c r="D1" s="155"/>
+      <c r="E1" s="155"/>
+      <c r="F1" s="155"/>
+      <c r="G1" s="155"/>
+      <c r="H1" s="64" t="s">
+        <v>202</v>
+      </c>
+      <c r="I1" s="155"/>
+      <c r="J1" s="155"/>
     </row>
     <row r="2" spans="1:10" s="1" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="156"/>
-[...6 lines deleted...]
-      <c r="H2" s="82" t="s">
+      <c r="A2" s="147"/>
+      <c r="B2" s="147"/>
+      <c r="C2" s="156"/>
+      <c r="D2" s="156"/>
+      <c r="E2" s="156"/>
+      <c r="F2" s="156"/>
+      <c r="G2" s="156"/>
+      <c r="H2" s="81" t="s">
+        <v>210</v>
+      </c>
+      <c r="I2" s="156"/>
+      <c r="J2" s="155"/>
+    </row>
+    <row r="3" spans="1:10" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.2">
+      <c r="A3" s="168"/>
+      <c r="B3" s="169"/>
+      <c r="C3" s="170" t="s">
+        <v>117</v>
+      </c>
+      <c r="D3" s="170" t="s">
+        <v>118</v>
+      </c>
+      <c r="E3" s="170" t="s">
+        <v>119</v>
+      </c>
+      <c r="F3" s="170" t="s">
+        <v>120</v>
+      </c>
+      <c r="G3" s="170" t="s">
+        <v>121</v>
+      </c>
+      <c r="H3" s="170" t="s">
+        <v>122</v>
+      </c>
+      <c r="I3" s="170" t="s">
+        <v>123</v>
+      </c>
+      <c r="J3" s="170" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="148"/>
+      <c r="B4" s="149" t="s">
+        <v>124</v>
+      </c>
+      <c r="C4" s="157">
+        <v>64</v>
+      </c>
+      <c r="D4" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="E4" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="F4" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="G4" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="H4" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I4" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="J4" s="158">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="150" t="s">
+        <v>125</v>
+      </c>
+      <c r="B5" s="185" t="s">
+        <v>126</v>
+      </c>
+      <c r="C5" s="186">
+        <v>43</v>
+      </c>
+      <c r="D5" s="186">
+        <v>12</v>
+      </c>
+      <c r="E5" s="186">
+        <v>11</v>
+      </c>
+      <c r="F5" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="G5" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="H5" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="I5" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="J5" s="187">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="150">
+        <v>2019</v>
+      </c>
+      <c r="B6" s="149" t="s">
+        <v>127</v>
+      </c>
+      <c r="C6" s="157">
+        <v>79</v>
+      </c>
+      <c r="D6" s="157">
+        <v>30</v>
+      </c>
+      <c r="E6" s="157">
+        <v>21</v>
+      </c>
+      <c r="F6" s="157">
+        <v>5</v>
+      </c>
+      <c r="G6" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="H6" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I6" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="J6" s="158">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="148" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" s="185" t="s">
+        <v>128</v>
+      </c>
+      <c r="C7" s="186">
+        <v>441</v>
+      </c>
+      <c r="D7" s="186">
+        <v>316</v>
+      </c>
+      <c r="E7" s="186">
+        <v>328</v>
+      </c>
+      <c r="F7" s="186">
+        <v>160</v>
+      </c>
+      <c r="G7" s="186">
+        <v>70</v>
+      </c>
+      <c r="H7" s="186">
+        <v>44</v>
+      </c>
+      <c r="I7" s="186">
+        <v>50</v>
+      </c>
+      <c r="J7" s="187">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="148"/>
+      <c r="B8" s="151" t="s">
+        <v>129</v>
+      </c>
+      <c r="C8" s="157">
+        <v>174</v>
+      </c>
+      <c r="D8" s="157">
+        <v>84</v>
+      </c>
+      <c r="E8" s="157">
+        <v>62</v>
+      </c>
+      <c r="F8" s="157">
+        <v>36</v>
+      </c>
+      <c r="G8" s="157">
+        <v>14</v>
+      </c>
+      <c r="H8" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I8" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="J8" s="158">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="148"/>
+      <c r="B9" s="188" t="s">
+        <v>34</v>
+      </c>
+      <c r="C9" s="189">
+        <v>801</v>
+      </c>
+      <c r="D9" s="189">
+        <v>446</v>
+      </c>
+      <c r="E9" s="189">
+        <v>422</v>
+      </c>
+      <c r="F9" s="189">
+        <v>205</v>
+      </c>
+      <c r="G9" s="189">
+        <v>86</v>
+      </c>
+      <c r="H9" s="189">
+        <v>49</v>
+      </c>
+      <c r="I9" s="189">
+        <v>56</v>
+      </c>
+      <c r="J9" s="189">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="179"/>
+      <c r="B10" s="171" t="s">
+        <v>124</v>
+      </c>
+      <c r="C10" s="172">
+        <v>63</v>
+      </c>
+      <c r="D10" s="172" t="s">
+        <v>108</v>
+      </c>
+      <c r="E10" s="172" t="s">
+        <v>108</v>
+      </c>
+      <c r="F10" s="172" t="s">
+        <v>108</v>
+      </c>
+      <c r="G10" s="172" t="s">
+        <v>108</v>
+      </c>
+      <c r="H10" s="172" t="s">
+        <v>108</v>
+      </c>
+      <c r="I10" s="172" t="s">
+        <v>108</v>
+      </c>
+      <c r="J10" s="173">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A11" s="180" t="s">
+        <v>130</v>
+      </c>
+      <c r="B11" s="185" t="s">
+        <v>126</v>
+      </c>
+      <c r="C11" s="186">
+        <v>46</v>
+      </c>
+      <c r="D11" s="186">
+        <v>8</v>
+      </c>
+      <c r="E11" s="186">
+        <v>9</v>
+      </c>
+      <c r="F11" s="186">
+        <v>8</v>
+      </c>
+      <c r="G11" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="H11" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="I11" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="J11" s="187">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A12" s="180">
+        <v>2019</v>
+      </c>
+      <c r="B12" s="149" t="s">
+        <v>127</v>
+      </c>
+      <c r="C12" s="157">
+        <v>77</v>
+      </c>
+      <c r="D12" s="157">
+        <v>39</v>
+      </c>
+      <c r="E12" s="157">
+        <v>15</v>
+      </c>
+      <c r="F12" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="G12" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="H12" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I12" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="J12" s="158">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="181" t="s">
+        <v>34</v>
+      </c>
+      <c r="B13" s="185" t="s">
+        <v>128</v>
+      </c>
+      <c r="C13" s="186">
+        <v>501</v>
+      </c>
+      <c r="D13" s="186">
+        <v>282</v>
+      </c>
+      <c r="E13" s="186">
+        <v>339</v>
+      </c>
+      <c r="F13" s="186">
+        <v>184</v>
+      </c>
+      <c r="G13" s="186">
+        <v>92</v>
+      </c>
+      <c r="H13" s="186">
+        <v>46</v>
+      </c>
+      <c r="I13" s="186">
+        <v>56</v>
+      </c>
+      <c r="J13" s="187">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="181"/>
+      <c r="B14" s="151" t="s">
+        <v>129</v>
+      </c>
+      <c r="C14" s="157">
         <v>212</v>
       </c>
-      <c r="I2" s="165"/>
-[...26 lines deleted...]
-      <c r="J3" s="179" t="s">
+      <c r="D14" s="157">
+        <v>60</v>
+      </c>
+      <c r="E14" s="157">
+        <v>55</v>
+      </c>
+      <c r="F14" s="157">
         <v>34</v>
       </c>
-    </row>
-[...226 lines deleted...]
-      <c r="D11" s="195">
+      <c r="G14" s="157">
+        <v>13</v>
+      </c>
+      <c r="H14" s="157">
         <v>8</v>
       </c>
-      <c r="E11" s="195">
-[...105 lines deleted...]
-      <c r="I14" s="166">
+      <c r="I14" s="157">
         <v>6</v>
       </c>
-      <c r="J14" s="167">
+      <c r="J14" s="158">
         <f>SUM(C14:I14)</f>
         <v>388</v>
       </c>
     </row>
     <row r="15" spans="1:10" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A15" s="191"/>
-      <c r="B15" s="199" t="s">
+      <c r="A15" s="182"/>
+      <c r="B15" s="190" t="s">
         <v>34</v>
       </c>
-      <c r="C15" s="200">
+      <c r="C15" s="191">
         <v>899</v>
       </c>
-      <c r="D15" s="200">
+      <c r="D15" s="191">
         <v>392</v>
       </c>
-      <c r="E15" s="200">
+      <c r="E15" s="191">
         <v>418</v>
       </c>
-      <c r="F15" s="200">
+      <c r="F15" s="191">
         <v>231</v>
       </c>
-      <c r="G15" s="200">
-[...2 lines deleted...]
-      <c r="H15" s="200">
+      <c r="G15" s="191">
+        <v>108</v>
+      </c>
+      <c r="H15" s="191">
         <v>55</v>
       </c>
-      <c r="I15" s="200">
+      <c r="I15" s="191">
         <v>63</v>
       </c>
-      <c r="J15" s="200">
+      <c r="J15" s="191">
         <v>2166</v>
       </c>
     </row>
     <row r="16" spans="1:10" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A16" s="157"/>
-      <c r="B16" s="158" t="s">
+      <c r="A16" s="148"/>
+      <c r="B16" s="149" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" s="157">
+        <v>105</v>
+      </c>
+      <c r="D16" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="E16" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="F16" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="G16" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="H16" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I16" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="J16" s="159">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="17" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="150" t="s">
         <v>125</v>
       </c>
-      <c r="C16" s="166">
-[...25 lines deleted...]
-      <c r="A17" s="159" t="s">
+      <c r="B17" s="185" t="s">
         <v>126</v>
       </c>
-      <c r="B17" s="194" t="s">
+      <c r="C17" s="186">
+        <v>41</v>
+      </c>
+      <c r="D17" s="186">
+        <v>14</v>
+      </c>
+      <c r="E17" s="186">
+        <v>5</v>
+      </c>
+      <c r="F17" s="186">
+        <v>6</v>
+      </c>
+      <c r="G17" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="H17" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="I17" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="J17" s="192">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="150">
+        <v>2020</v>
+      </c>
+      <c r="B18" s="149" t="s">
         <v>127</v>
       </c>
-      <c r="C17" s="195">
+      <c r="C18" s="157">
+        <v>75</v>
+      </c>
+      <c r="D18" s="157">
+        <v>36</v>
+      </c>
+      <c r="E18" s="157">
+        <v>22</v>
+      </c>
+      <c r="F18" s="157">
+        <v>7</v>
+      </c>
+      <c r="G18" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="H18" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I18" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="J18" s="159">
+        <v>144</v>
+      </c>
+      <c r="K18" s="147"/>
+      <c r="L18" s="147"/>
+      <c r="M18" s="147"/>
+      <c r="N18" s="147"/>
+      <c r="O18" s="147"/>
+      <c r="P18" s="147"/>
+      <c r="Q18" s="147"/>
+      <c r="R18" s="147"/>
+      <c r="S18" s="147"/>
+      <c r="T18" s="147"/>
+      <c r="U18" s="147"/>
+      <c r="V18" s="147"/>
+      <c r="W18" s="147"/>
+      <c r="X18" s="147"/>
+      <c r="Y18" s="147"/>
+      <c r="Z18" s="147"/>
+      <c r="AA18" s="147"/>
+      <c r="AB18" s="147"/>
+      <c r="AC18" s="147"/>
+      <c r="AD18" s="147"/>
+      <c r="AE18" s="147"/>
+      <c r="AF18" s="147"/>
+      <c r="AG18" s="147"/>
+      <c r="AH18" s="147"/>
+      <c r="AI18" s="147"/>
+      <c r="AJ18" s="147"/>
+      <c r="AK18" s="147"/>
+      <c r="AL18" s="147"/>
+      <c r="AM18" s="147"/>
+      <c r="AN18" s="147"/>
+      <c r="AO18" s="147"/>
+      <c r="AP18" s="147"/>
+      <c r="AQ18" s="147"/>
+      <c r="AR18" s="147"/>
+      <c r="AS18" s="147"/>
+      <c r="AT18" s="147"/>
+      <c r="AU18" s="147"/>
+      <c r="AV18" s="147"/>
+      <c r="AW18" s="147"/>
+      <c r="AX18" s="147"/>
+      <c r="AY18" s="147"/>
+      <c r="AZ18" s="147"/>
+      <c r="BA18" s="147"/>
+      <c r="BB18" s="147"/>
+      <c r="BC18" s="147"/>
+      <c r="BD18" s="147"/>
+      <c r="BE18" s="147"/>
+      <c r="BF18" s="147"/>
+      <c r="BG18" s="147"/>
+      <c r="BH18" s="147"/>
+      <c r="BI18" s="147"/>
+      <c r="BJ18" s="147"/>
+      <c r="BK18" s="147"/>
+      <c r="BL18" s="147"/>
+      <c r="BM18" s="147"/>
+      <c r="BN18" s="147"/>
+      <c r="BO18" s="147"/>
+      <c r="BP18" s="147"/>
+      <c r="BQ18" s="147"/>
+      <c r="BR18" s="147"/>
+      <c r="BS18" s="147"/>
+      <c r="BT18" s="147"/>
+      <c r="BU18" s="147"/>
+      <c r="BV18" s="147"/>
+      <c r="BW18" s="147"/>
+      <c r="BX18" s="147"/>
+      <c r="BY18" s="147"/>
+      <c r="BZ18" s="147"/>
+      <c r="CA18" s="147"/>
+      <c r="CB18" s="147"/>
+      <c r="CC18" s="147"/>
+      <c r="CD18" s="147"/>
+      <c r="CE18" s="147"/>
+      <c r="CF18" s="147"/>
+      <c r="CG18" s="147"/>
+      <c r="CH18" s="147"/>
+      <c r="CI18" s="147"/>
+      <c r="CJ18" s="147"/>
+      <c r="CK18" s="147"/>
+      <c r="CL18" s="147"/>
+      <c r="CM18" s="147"/>
+      <c r="CN18" s="147"/>
+      <c r="CO18" s="147"/>
+      <c r="CP18" s="147"/>
+      <c r="CQ18" s="147"/>
+      <c r="CR18" s="147"/>
+      <c r="CS18" s="147"/>
+      <c r="CT18" s="147"/>
+      <c r="CU18" s="147"/>
+      <c r="CV18" s="147"/>
+      <c r="CW18" s="147"/>
+      <c r="CX18" s="147"/>
+      <c r="CY18" s="147"/>
+    </row>
+    <row r="19" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="148" t="s">
+        <v>34</v>
+      </c>
+      <c r="B19" s="185" t="s">
+        <v>128</v>
+      </c>
+      <c r="C19" s="186">
+        <v>553</v>
+      </c>
+      <c r="D19" s="186">
+        <v>328</v>
+      </c>
+      <c r="E19" s="186">
+        <v>362</v>
+      </c>
+      <c r="F19" s="186">
+        <v>192</v>
+      </c>
+      <c r="G19" s="186">
+        <v>107</v>
+      </c>
+      <c r="H19" s="186">
+        <v>49</v>
+      </c>
+      <c r="I19" s="186">
+        <v>61</v>
+      </c>
+      <c r="J19" s="192">
+        <v>1652</v>
+      </c>
+      <c r="K19" s="147"/>
+      <c r="L19" s="147"/>
+      <c r="M19" s="147"/>
+      <c r="N19" s="147"/>
+      <c r="O19" s="147"/>
+      <c r="P19" s="147"/>
+      <c r="Q19" s="147"/>
+      <c r="R19" s="147"/>
+      <c r="S19" s="147"/>
+      <c r="T19" s="147"/>
+      <c r="U19" s="147"/>
+      <c r="V19" s="147"/>
+      <c r="W19" s="147"/>
+      <c r="X19" s="147"/>
+      <c r="Y19" s="147"/>
+      <c r="Z19" s="147"/>
+      <c r="AA19" s="147"/>
+      <c r="AB19" s="147"/>
+      <c r="AC19" s="147"/>
+      <c r="AD19" s="147"/>
+      <c r="AE19" s="147"/>
+      <c r="AF19" s="147"/>
+      <c r="AG19" s="147"/>
+      <c r="AH19" s="147"/>
+      <c r="AI19" s="147"/>
+      <c r="AJ19" s="147"/>
+      <c r="AK19" s="147"/>
+      <c r="AL19" s="147"/>
+      <c r="AM19" s="147"/>
+      <c r="AN19" s="147"/>
+      <c r="AO19" s="147"/>
+      <c r="AP19" s="147"/>
+      <c r="AQ19" s="147"/>
+      <c r="AR19" s="147"/>
+      <c r="AS19" s="147"/>
+      <c r="AT19" s="147"/>
+      <c r="AU19" s="147"/>
+      <c r="AV19" s="147"/>
+      <c r="AW19" s="147"/>
+      <c r="AX19" s="147"/>
+      <c r="AY19" s="147"/>
+      <c r="AZ19" s="147"/>
+      <c r="BA19" s="147"/>
+      <c r="BB19" s="147"/>
+      <c r="BC19" s="147"/>
+      <c r="BD19" s="147"/>
+      <c r="BE19" s="147"/>
+      <c r="BF19" s="147"/>
+      <c r="BG19" s="147"/>
+      <c r="BH19" s="147"/>
+      <c r="BI19" s="147"/>
+      <c r="BJ19" s="147"/>
+      <c r="BK19" s="147"/>
+      <c r="BL19" s="147"/>
+      <c r="BM19" s="147"/>
+      <c r="BN19" s="147"/>
+      <c r="BO19" s="147"/>
+      <c r="BP19" s="147"/>
+      <c r="BQ19" s="147"/>
+      <c r="BR19" s="147"/>
+      <c r="BS19" s="147"/>
+      <c r="BT19" s="147"/>
+      <c r="BU19" s="147"/>
+      <c r="BV19" s="147"/>
+      <c r="BW19" s="147"/>
+      <c r="BX19" s="147"/>
+      <c r="BY19" s="147"/>
+      <c r="BZ19" s="147"/>
+      <c r="CA19" s="147"/>
+      <c r="CB19" s="147"/>
+      <c r="CC19" s="147"/>
+      <c r="CD19" s="147"/>
+      <c r="CE19" s="147"/>
+      <c r="CF19" s="147"/>
+      <c r="CG19" s="147"/>
+      <c r="CH19" s="147"/>
+      <c r="CI19" s="147"/>
+      <c r="CJ19" s="147"/>
+      <c r="CK19" s="147"/>
+      <c r="CL19" s="147"/>
+      <c r="CM19" s="147"/>
+      <c r="CN19" s="147"/>
+      <c r="CO19" s="147"/>
+      <c r="CP19" s="147"/>
+      <c r="CQ19" s="147"/>
+      <c r="CR19" s="147"/>
+      <c r="CS19" s="147"/>
+      <c r="CT19" s="147"/>
+      <c r="CU19" s="147"/>
+      <c r="CV19" s="147"/>
+      <c r="CW19" s="147"/>
+      <c r="CX19" s="147"/>
+      <c r="CY19" s="147"/>
+    </row>
+    <row r="20" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="148"/>
+      <c r="B20" s="151" t="s">
+        <v>129</v>
+      </c>
+      <c r="C20" s="157">
+        <v>244</v>
+      </c>
+      <c r="D20" s="157">
+        <v>97</v>
+      </c>
+      <c r="E20" s="157">
+        <v>54</v>
+      </c>
+      <c r="F20" s="157">
+        <v>27</v>
+      </c>
+      <c r="G20" s="157">
+        <v>13</v>
+      </c>
+      <c r="H20" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I20" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="J20" s="159">
+        <v>441</v>
+      </c>
+      <c r="K20" s="147"/>
+      <c r="L20" s="147"/>
+      <c r="M20" s="147"/>
+      <c r="N20" s="147"/>
+      <c r="O20" s="147"/>
+      <c r="P20" s="147"/>
+      <c r="Q20" s="147"/>
+      <c r="R20" s="147"/>
+      <c r="S20" s="147"/>
+      <c r="T20" s="147"/>
+      <c r="U20" s="147"/>
+      <c r="V20" s="147"/>
+      <c r="W20" s="147"/>
+      <c r="X20" s="147"/>
+      <c r="Y20" s="147"/>
+      <c r="Z20" s="147"/>
+      <c r="AA20" s="147"/>
+      <c r="AB20" s="147"/>
+      <c r="AC20" s="147"/>
+      <c r="AD20" s="147"/>
+      <c r="AE20" s="147"/>
+      <c r="AF20" s="147"/>
+      <c r="AG20" s="147"/>
+      <c r="AH20" s="147"/>
+      <c r="AI20" s="147"/>
+      <c r="AJ20" s="147"/>
+      <c r="AK20" s="147"/>
+      <c r="AL20" s="147"/>
+      <c r="AM20" s="147"/>
+      <c r="AN20" s="147"/>
+      <c r="AO20" s="147"/>
+      <c r="AP20" s="147"/>
+      <c r="AQ20" s="147"/>
+      <c r="AR20" s="147"/>
+      <c r="AS20" s="147"/>
+      <c r="AT20" s="147"/>
+      <c r="AU20" s="147"/>
+      <c r="AV20" s="147"/>
+      <c r="AW20" s="147"/>
+      <c r="AX20" s="147"/>
+      <c r="AY20" s="147"/>
+      <c r="AZ20" s="147"/>
+      <c r="BA20" s="147"/>
+      <c r="BB20" s="147"/>
+      <c r="BC20" s="147"/>
+      <c r="BD20" s="147"/>
+      <c r="BE20" s="147"/>
+      <c r="BF20" s="147"/>
+      <c r="BG20" s="147"/>
+      <c r="BH20" s="147"/>
+      <c r="BI20" s="147"/>
+      <c r="BJ20" s="147"/>
+      <c r="BK20" s="147"/>
+      <c r="BL20" s="147"/>
+      <c r="BM20" s="147"/>
+      <c r="BN20" s="147"/>
+      <c r="BO20" s="147"/>
+      <c r="BP20" s="147"/>
+      <c r="BQ20" s="147"/>
+      <c r="BR20" s="147"/>
+      <c r="BS20" s="147"/>
+      <c r="BT20" s="147"/>
+      <c r="BU20" s="147"/>
+      <c r="BV20" s="147"/>
+      <c r="BW20" s="147"/>
+      <c r="BX20" s="147"/>
+      <c r="BY20" s="147"/>
+      <c r="BZ20" s="147"/>
+      <c r="CA20" s="147"/>
+      <c r="CB20" s="147"/>
+      <c r="CC20" s="147"/>
+      <c r="CD20" s="147"/>
+      <c r="CE20" s="147"/>
+      <c r="CF20" s="147"/>
+      <c r="CG20" s="147"/>
+      <c r="CH20" s="147"/>
+      <c r="CI20" s="147"/>
+      <c r="CJ20" s="147"/>
+      <c r="CK20" s="147"/>
+      <c r="CL20" s="147"/>
+      <c r="CM20" s="147"/>
+      <c r="CN20" s="147"/>
+      <c r="CO20" s="147"/>
+      <c r="CP20" s="147"/>
+      <c r="CQ20" s="147"/>
+      <c r="CR20" s="147"/>
+      <c r="CS20" s="147"/>
+      <c r="CT20" s="147"/>
+      <c r="CU20" s="147"/>
+      <c r="CV20" s="147"/>
+      <c r="CW20" s="147"/>
+      <c r="CX20" s="147"/>
+      <c r="CY20" s="147"/>
+    </row>
+    <row r="21" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="148"/>
+      <c r="B21" s="188" t="s">
+        <v>34</v>
+      </c>
+      <c r="C21" s="189">
+        <v>1018</v>
+      </c>
+      <c r="D21" s="189">
+        <v>478</v>
+      </c>
+      <c r="E21" s="189">
+        <v>443</v>
+      </c>
+      <c r="F21" s="189">
+        <v>232</v>
+      </c>
+      <c r="G21" s="189">
+        <v>124</v>
+      </c>
+      <c r="H21" s="189">
+        <v>52</v>
+      </c>
+      <c r="I21" s="189">
+        <v>66</v>
+      </c>
+      <c r="J21" s="189">
+        <v>2413</v>
+      </c>
+      <c r="K21" s="147"/>
+      <c r="L21" s="147"/>
+      <c r="M21" s="147"/>
+      <c r="N21" s="147"/>
+      <c r="O21" s="147"/>
+      <c r="P21" s="147"/>
+      <c r="Q21" s="147"/>
+      <c r="R21" s="147"/>
+      <c r="S21" s="147"/>
+      <c r="T21" s="147"/>
+      <c r="U21" s="147"/>
+      <c r="V21" s="147"/>
+      <c r="W21" s="147"/>
+      <c r="X21" s="147"/>
+      <c r="Y21" s="147"/>
+      <c r="Z21" s="147"/>
+      <c r="AA21" s="147"/>
+      <c r="AB21" s="147"/>
+      <c r="AC21" s="147"/>
+      <c r="AD21" s="147"/>
+      <c r="AE21" s="147"/>
+      <c r="AF21" s="147"/>
+      <c r="AG21" s="147"/>
+      <c r="AH21" s="147"/>
+      <c r="AI21" s="147"/>
+      <c r="AJ21" s="147"/>
+      <c r="AK21" s="147"/>
+      <c r="AL21" s="147"/>
+      <c r="AM21" s="147"/>
+      <c r="AN21" s="147"/>
+      <c r="AO21" s="147"/>
+      <c r="AP21" s="147"/>
+      <c r="AQ21" s="147"/>
+      <c r="AR21" s="147"/>
+      <c r="AS21" s="147"/>
+      <c r="AT21" s="147"/>
+      <c r="AU21" s="147"/>
+      <c r="AV21" s="147"/>
+      <c r="AW21" s="147"/>
+      <c r="AX21" s="147"/>
+      <c r="AY21" s="147"/>
+      <c r="AZ21" s="147"/>
+      <c r="BA21" s="147"/>
+      <c r="BB21" s="147"/>
+      <c r="BC21" s="147"/>
+      <c r="BD21" s="147"/>
+      <c r="BE21" s="147"/>
+      <c r="BF21" s="147"/>
+      <c r="BG21" s="147"/>
+      <c r="BH21" s="147"/>
+      <c r="BI21" s="147"/>
+      <c r="BJ21" s="147"/>
+      <c r="BK21" s="147"/>
+      <c r="BL21" s="147"/>
+      <c r="BM21" s="147"/>
+      <c r="BN21" s="147"/>
+      <c r="BO21" s="147"/>
+      <c r="BP21" s="147"/>
+      <c r="BQ21" s="147"/>
+      <c r="BR21" s="147"/>
+      <c r="BS21" s="147"/>
+      <c r="BT21" s="147"/>
+      <c r="BU21" s="147"/>
+      <c r="BV21" s="147"/>
+      <c r="BW21" s="147"/>
+      <c r="BX21" s="147"/>
+      <c r="BY21" s="147"/>
+      <c r="BZ21" s="147"/>
+      <c r="CA21" s="147"/>
+      <c r="CB21" s="147"/>
+      <c r="CC21" s="147"/>
+      <c r="CD21" s="147"/>
+      <c r="CE21" s="147"/>
+      <c r="CF21" s="147"/>
+      <c r="CG21" s="147"/>
+      <c r="CH21" s="147"/>
+      <c r="CI21" s="147"/>
+      <c r="CJ21" s="147"/>
+      <c r="CK21" s="147"/>
+      <c r="CL21" s="147"/>
+      <c r="CM21" s="147"/>
+      <c r="CN21" s="147"/>
+      <c r="CO21" s="147"/>
+      <c r="CP21" s="147"/>
+      <c r="CQ21" s="147"/>
+      <c r="CR21" s="147"/>
+      <c r="CS21" s="147"/>
+      <c r="CT21" s="147"/>
+      <c r="CU21" s="147"/>
+      <c r="CV21" s="147"/>
+      <c r="CW21" s="147"/>
+      <c r="CX21" s="147"/>
+      <c r="CY21" s="147"/>
+      <c r="CZ21" s="147"/>
+    </row>
+    <row r="22" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="179"/>
+      <c r="B22" s="171" t="s">
+        <v>124</v>
+      </c>
+      <c r="C22" s="172">
+        <v>211</v>
+      </c>
+      <c r="D22" s="172" t="s">
+        <v>108</v>
+      </c>
+      <c r="E22" s="172" t="s">
+        <v>108</v>
+      </c>
+      <c r="F22" s="172" t="s">
+        <v>108</v>
+      </c>
+      <c r="G22" s="172" t="s">
+        <v>108</v>
+      </c>
+      <c r="H22" s="172" t="s">
+        <v>108</v>
+      </c>
+      <c r="I22" s="172" t="s">
+        <v>108</v>
+      </c>
+      <c r="J22" s="173">
+        <v>213</v>
+      </c>
+      <c r="K22" s="147"/>
+      <c r="L22" s="147"/>
+      <c r="M22" s="147"/>
+      <c r="N22" s="147"/>
+      <c r="O22" s="147"/>
+      <c r="P22" s="147"/>
+      <c r="Q22" s="147"/>
+      <c r="R22" s="147"/>
+      <c r="S22" s="147"/>
+      <c r="T22" s="147"/>
+      <c r="U22" s="147"/>
+      <c r="V22" s="147"/>
+      <c r="W22" s="147"/>
+      <c r="X22" s="147"/>
+      <c r="Y22" s="147"/>
+      <c r="Z22" s="147"/>
+      <c r="AA22" s="147"/>
+      <c r="AB22" s="147"/>
+      <c r="AC22" s="147"/>
+      <c r="AD22" s="147"/>
+      <c r="AE22" s="147"/>
+      <c r="AF22" s="147"/>
+      <c r="AG22" s="147"/>
+      <c r="AH22" s="147"/>
+      <c r="AI22" s="147"/>
+      <c r="AJ22" s="147"/>
+      <c r="AK22" s="147"/>
+      <c r="AL22" s="147"/>
+      <c r="AM22" s="147"/>
+      <c r="AN22" s="147"/>
+      <c r="AO22" s="147"/>
+      <c r="AP22" s="147"/>
+      <c r="AQ22" s="147"/>
+      <c r="AR22" s="147"/>
+      <c r="AS22" s="147"/>
+      <c r="AT22" s="147"/>
+      <c r="AU22" s="147"/>
+      <c r="AV22" s="147"/>
+      <c r="AW22" s="147"/>
+      <c r="AX22" s="147"/>
+      <c r="AY22" s="147"/>
+      <c r="AZ22" s="147"/>
+      <c r="BA22" s="147"/>
+      <c r="BB22" s="147"/>
+      <c r="BC22" s="147"/>
+      <c r="BD22" s="147"/>
+      <c r="BE22" s="147"/>
+      <c r="BF22" s="147"/>
+      <c r="BG22" s="147"/>
+      <c r="BH22" s="147"/>
+      <c r="BI22" s="147"/>
+      <c r="BJ22" s="147"/>
+      <c r="BK22" s="147"/>
+      <c r="BL22" s="147"/>
+      <c r="BM22" s="147"/>
+      <c r="BN22" s="147"/>
+      <c r="BO22" s="147"/>
+      <c r="BP22" s="147"/>
+      <c r="BQ22" s="147"/>
+      <c r="BR22" s="147"/>
+      <c r="BS22" s="147"/>
+      <c r="BT22" s="147"/>
+      <c r="BU22" s="147"/>
+      <c r="BV22" s="147"/>
+      <c r="BW22" s="147"/>
+      <c r="BX22" s="147"/>
+      <c r="BY22" s="147"/>
+      <c r="BZ22" s="147"/>
+      <c r="CA22" s="147"/>
+      <c r="CB22" s="147"/>
+      <c r="CC22" s="147"/>
+      <c r="CD22" s="147"/>
+      <c r="CE22" s="147"/>
+      <c r="CF22" s="147"/>
+      <c r="CG22" s="147"/>
+      <c r="CH22" s="147"/>
+      <c r="CI22" s="147"/>
+      <c r="CJ22" s="147"/>
+      <c r="CK22" s="147"/>
+      <c r="CL22" s="147"/>
+      <c r="CM22" s="147"/>
+      <c r="CN22" s="147"/>
+      <c r="CO22" s="147"/>
+      <c r="CP22" s="147"/>
+      <c r="CQ22" s="147"/>
+      <c r="CR22" s="147"/>
+      <c r="CS22" s="147"/>
+      <c r="CT22" s="147"/>
+      <c r="CU22" s="147"/>
+      <c r="CV22" s="147"/>
+      <c r="CW22" s="147"/>
+      <c r="CX22" s="147"/>
+      <c r="CY22" s="147"/>
+      <c r="CZ22" s="147"/>
+    </row>
+    <row r="23" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A23" s="180" t="s">
+        <v>130</v>
+      </c>
+      <c r="B23" s="194" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" s="195">
+        <v>63</v>
+      </c>
+      <c r="D23" s="195">
+        <v>11</v>
+      </c>
+      <c r="E23" s="195">
+        <v>7</v>
+      </c>
+      <c r="F23" s="195" t="s">
+        <v>108</v>
+      </c>
+      <c r="G23" s="195" t="s">
+        <v>108</v>
+      </c>
+      <c r="H23" s="195" t="s">
+        <v>108</v>
+      </c>
+      <c r="I23" s="195" t="s">
+        <v>108</v>
+      </c>
+      <c r="J23" s="196">
+        <v>88</v>
+      </c>
+      <c r="K23" s="147"/>
+      <c r="L23" s="147"/>
+      <c r="M23" s="147"/>
+      <c r="N23" s="147"/>
+      <c r="O23" s="147"/>
+      <c r="P23" s="147"/>
+      <c r="Q23" s="147"/>
+      <c r="R23" s="147"/>
+      <c r="S23" s="147"/>
+      <c r="T23" s="147"/>
+      <c r="U23" s="147"/>
+      <c r="V23" s="147"/>
+      <c r="W23" s="147"/>
+      <c r="X23" s="147"/>
+      <c r="Y23" s="147"/>
+      <c r="Z23" s="147"/>
+      <c r="AA23" s="147"/>
+      <c r="AB23" s="147"/>
+      <c r="AC23" s="147"/>
+      <c r="AD23" s="147"/>
+      <c r="AE23" s="147"/>
+      <c r="AF23" s="147"/>
+      <c r="AG23" s="147"/>
+      <c r="AH23" s="147"/>
+      <c r="AI23" s="147"/>
+      <c r="AJ23" s="147"/>
+      <c r="AK23" s="147"/>
+      <c r="AL23" s="147"/>
+      <c r="AM23" s="147"/>
+      <c r="AN23" s="147"/>
+      <c r="AO23" s="147"/>
+      <c r="AP23" s="147"/>
+      <c r="AQ23" s="147"/>
+      <c r="AR23" s="147"/>
+      <c r="AS23" s="147"/>
+      <c r="AT23" s="147"/>
+      <c r="AU23" s="147"/>
+      <c r="AV23" s="147"/>
+      <c r="AW23" s="147"/>
+      <c r="AX23" s="147"/>
+      <c r="AY23" s="147"/>
+      <c r="AZ23" s="147"/>
+      <c r="BA23" s="147"/>
+      <c r="BB23" s="147"/>
+      <c r="BC23" s="147"/>
+      <c r="BD23" s="147"/>
+      <c r="BE23" s="147"/>
+      <c r="BF23" s="147"/>
+      <c r="BG23" s="147"/>
+      <c r="BH23" s="147"/>
+      <c r="BI23" s="147"/>
+      <c r="BJ23" s="147"/>
+      <c r="BK23" s="147"/>
+      <c r="BL23" s="147"/>
+      <c r="BM23" s="147"/>
+      <c r="BN23" s="147"/>
+      <c r="BO23" s="147"/>
+      <c r="BP23" s="147"/>
+      <c r="BQ23" s="147"/>
+      <c r="BR23" s="147"/>
+      <c r="BS23" s="147"/>
+      <c r="BT23" s="147"/>
+      <c r="BU23" s="147"/>
+      <c r="BV23" s="147"/>
+      <c r="BW23" s="147"/>
+      <c r="BX23" s="147"/>
+      <c r="BY23" s="147"/>
+      <c r="BZ23" s="147"/>
+      <c r="CA23" s="147"/>
+      <c r="CB23" s="147"/>
+      <c r="CC23" s="147"/>
+      <c r="CD23" s="147"/>
+      <c r="CE23" s="147"/>
+      <c r="CF23" s="147"/>
+      <c r="CG23" s="147"/>
+      <c r="CH23" s="147"/>
+      <c r="CI23" s="147"/>
+      <c r="CJ23" s="147"/>
+      <c r="CK23" s="147"/>
+      <c r="CL23" s="147"/>
+      <c r="CM23" s="147"/>
+      <c r="CN23" s="147"/>
+      <c r="CO23" s="147"/>
+      <c r="CP23" s="147"/>
+      <c r="CQ23" s="147"/>
+      <c r="CR23" s="147"/>
+      <c r="CS23" s="147"/>
+      <c r="CT23" s="147"/>
+      <c r="CU23" s="147"/>
+      <c r="CV23" s="147"/>
+      <c r="CW23" s="147"/>
+      <c r="CX23" s="147"/>
+      <c r="CY23" s="147"/>
+      <c r="CZ23" s="147"/>
+    </row>
+    <row r="24" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A24" s="180">
+        <v>2020</v>
+      </c>
+      <c r="B24" s="149" t="s">
+        <v>127</v>
+      </c>
+      <c r="C24" s="157">
+        <v>142</v>
+      </c>
+      <c r="D24" s="157">
+        <v>38</v>
+      </c>
+      <c r="E24" s="157">
+        <v>29</v>
+      </c>
+      <c r="F24" s="157">
+        <v>6</v>
+      </c>
+      <c r="G24" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="H24" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I24" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="J24" s="158">
+        <v>222</v>
+      </c>
+      <c r="K24" s="147"/>
+      <c r="L24" s="147"/>
+      <c r="M24" s="147"/>
+      <c r="N24" s="147"/>
+      <c r="O24" s="147"/>
+      <c r="P24" s="147"/>
+      <c r="Q24" s="147"/>
+      <c r="R24" s="147"/>
+      <c r="S24" s="147"/>
+      <c r="T24" s="147"/>
+      <c r="U24" s="147"/>
+      <c r="V24" s="147"/>
+      <c r="W24" s="147"/>
+      <c r="X24" s="147"/>
+      <c r="Y24" s="147"/>
+      <c r="Z24" s="147"/>
+      <c r="AA24" s="147"/>
+      <c r="AB24" s="147"/>
+      <c r="AC24" s="147"/>
+      <c r="AD24" s="147"/>
+      <c r="AE24" s="147"/>
+      <c r="AF24" s="147"/>
+      <c r="AG24" s="147"/>
+      <c r="AH24" s="147"/>
+      <c r="AI24" s="147"/>
+      <c r="AJ24" s="147"/>
+      <c r="AK24" s="147"/>
+      <c r="AL24" s="147"/>
+      <c r="AM24" s="147"/>
+      <c r="AN24" s="147"/>
+      <c r="AO24" s="147"/>
+      <c r="AP24" s="147"/>
+      <c r="AQ24" s="147"/>
+      <c r="AR24" s="147"/>
+      <c r="AS24" s="147"/>
+      <c r="AT24" s="147"/>
+      <c r="AU24" s="147"/>
+      <c r="AV24" s="147"/>
+      <c r="AW24" s="147"/>
+      <c r="AX24" s="147"/>
+      <c r="AY24" s="147"/>
+      <c r="AZ24" s="147"/>
+      <c r="BA24" s="147"/>
+      <c r="BB24" s="147"/>
+      <c r="BC24" s="147"/>
+      <c r="BD24" s="147"/>
+      <c r="BE24" s="147"/>
+      <c r="BF24" s="147"/>
+      <c r="BG24" s="147"/>
+      <c r="BH24" s="147"/>
+      <c r="BI24" s="147"/>
+      <c r="BJ24" s="147"/>
+      <c r="BK24" s="147"/>
+      <c r="BL24" s="147"/>
+      <c r="BM24" s="147"/>
+      <c r="BN24" s="147"/>
+      <c r="BO24" s="147"/>
+      <c r="BP24" s="147"/>
+      <c r="BQ24" s="147"/>
+      <c r="BR24" s="147"/>
+      <c r="BS24" s="147"/>
+      <c r="BT24" s="147"/>
+      <c r="BU24" s="147"/>
+      <c r="BV24" s="147"/>
+      <c r="BW24" s="147"/>
+      <c r="BX24" s="147"/>
+      <c r="BY24" s="147"/>
+      <c r="BZ24" s="147"/>
+      <c r="CA24" s="147"/>
+      <c r="CB24" s="147"/>
+      <c r="CC24" s="147"/>
+      <c r="CD24" s="147"/>
+      <c r="CE24" s="147"/>
+      <c r="CF24" s="147"/>
+      <c r="CG24" s="147"/>
+      <c r="CH24" s="147"/>
+      <c r="CI24" s="147"/>
+      <c r="CJ24" s="147"/>
+      <c r="CK24" s="147"/>
+      <c r="CL24" s="147"/>
+      <c r="CM24" s="147"/>
+      <c r="CN24" s="147"/>
+      <c r="CO24" s="147"/>
+      <c r="CP24" s="147"/>
+      <c r="CQ24" s="147"/>
+      <c r="CR24" s="147"/>
+      <c r="CS24" s="147"/>
+      <c r="CT24" s="147"/>
+      <c r="CU24" s="147"/>
+      <c r="CV24" s="147"/>
+      <c r="CW24" s="147"/>
+      <c r="CX24" s="147"/>
+      <c r="CY24" s="147"/>
+      <c r="CZ24" s="147"/>
+    </row>
+    <row r="25" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="181" t="s">
+        <v>34</v>
+      </c>
+      <c r="B25" s="194" t="s">
+        <v>128</v>
+      </c>
+      <c r="C25" s="195">
+        <v>580</v>
+      </c>
+      <c r="D25" s="195">
+        <v>409</v>
+      </c>
+      <c r="E25" s="195">
+        <v>394</v>
+      </c>
+      <c r="F25" s="195">
+        <v>228</v>
+      </c>
+      <c r="G25" s="195">
+        <v>139</v>
+      </c>
+      <c r="H25" s="195">
+        <v>69</v>
+      </c>
+      <c r="I25" s="195">
+        <v>74</v>
+      </c>
+      <c r="J25" s="196">
+        <v>1893</v>
+      </c>
+      <c r="K25" s="147"/>
+      <c r="L25" s="147"/>
+      <c r="M25" s="147"/>
+      <c r="N25" s="147"/>
+      <c r="O25" s="147"/>
+      <c r="P25" s="147"/>
+      <c r="Q25" s="147"/>
+      <c r="R25" s="147"/>
+      <c r="S25" s="147"/>
+      <c r="T25" s="147"/>
+      <c r="U25" s="147"/>
+      <c r="V25" s="147"/>
+      <c r="W25" s="147"/>
+      <c r="X25" s="147"/>
+      <c r="Y25" s="147"/>
+      <c r="Z25" s="147"/>
+      <c r="AA25" s="147"/>
+      <c r="AB25" s="147"/>
+      <c r="AC25" s="147"/>
+      <c r="AD25" s="147"/>
+      <c r="AE25" s="147"/>
+      <c r="AF25" s="147"/>
+      <c r="AG25" s="147"/>
+      <c r="AH25" s="147"/>
+      <c r="AI25" s="147"/>
+      <c r="AJ25" s="147"/>
+      <c r="AK25" s="147"/>
+      <c r="AL25" s="147"/>
+      <c r="AM25" s="147"/>
+      <c r="AN25" s="147"/>
+      <c r="AO25" s="147"/>
+      <c r="AP25" s="147"/>
+      <c r="AQ25" s="147"/>
+      <c r="AR25" s="147"/>
+      <c r="AS25" s="147"/>
+      <c r="AT25" s="147"/>
+      <c r="AU25" s="147"/>
+      <c r="AV25" s="147"/>
+      <c r="AW25" s="147"/>
+      <c r="AX25" s="147"/>
+      <c r="AY25" s="147"/>
+      <c r="AZ25" s="147"/>
+      <c r="BA25" s="147"/>
+      <c r="BB25" s="147"/>
+      <c r="BC25" s="147"/>
+      <c r="BD25" s="147"/>
+      <c r="BE25" s="147"/>
+      <c r="BF25" s="147"/>
+      <c r="BG25" s="147"/>
+      <c r="BH25" s="147"/>
+      <c r="BI25" s="147"/>
+      <c r="BJ25" s="147"/>
+      <c r="BK25" s="147"/>
+      <c r="BL25" s="147"/>
+      <c r="BM25" s="147"/>
+      <c r="BN25" s="147"/>
+      <c r="BO25" s="147"/>
+      <c r="BP25" s="147"/>
+      <c r="BQ25" s="147"/>
+      <c r="BR25" s="147"/>
+      <c r="BS25" s="147"/>
+      <c r="BT25" s="147"/>
+      <c r="BU25" s="147"/>
+      <c r="BV25" s="147"/>
+      <c r="BW25" s="147"/>
+      <c r="BX25" s="147"/>
+      <c r="BY25" s="147"/>
+      <c r="BZ25" s="147"/>
+      <c r="CA25" s="147"/>
+      <c r="CB25" s="147"/>
+      <c r="CC25" s="147"/>
+      <c r="CD25" s="147"/>
+      <c r="CE25" s="147"/>
+      <c r="CF25" s="147"/>
+      <c r="CG25" s="147"/>
+      <c r="CH25" s="147"/>
+      <c r="CI25" s="147"/>
+      <c r="CJ25" s="147"/>
+      <c r="CK25" s="147"/>
+      <c r="CL25" s="147"/>
+      <c r="CM25" s="147"/>
+      <c r="CN25" s="147"/>
+      <c r="CO25" s="147"/>
+      <c r="CP25" s="147"/>
+      <c r="CQ25" s="147"/>
+      <c r="CR25" s="147"/>
+      <c r="CS25" s="147"/>
+      <c r="CT25" s="147"/>
+      <c r="CU25" s="147"/>
+      <c r="CV25" s="147"/>
+      <c r="CW25" s="147"/>
+      <c r="CX25" s="147"/>
+      <c r="CY25" s="147"/>
+      <c r="CZ25" s="147"/>
+    </row>
+    <row r="26" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="181"/>
+      <c r="B26" s="149" t="s">
+        <v>129</v>
+      </c>
+      <c r="C26" s="157">
+        <v>236</v>
+      </c>
+      <c r="D26" s="157">
+        <v>141</v>
+      </c>
+      <c r="E26" s="157">
+        <v>85</v>
+      </c>
+      <c r="F26" s="157">
+        <v>23</v>
+      </c>
+      <c r="G26" s="157">
+        <v>15</v>
+      </c>
+      <c r="H26" s="157">
+        <v>9</v>
+      </c>
+      <c r="I26" s="157">
+        <v>5</v>
+      </c>
+      <c r="J26" s="158">
+        <v>514</v>
+      </c>
+      <c r="K26" s="147"/>
+      <c r="L26" s="147"/>
+      <c r="M26" s="147"/>
+      <c r="N26" s="147"/>
+      <c r="O26" s="147"/>
+      <c r="P26" s="147"/>
+      <c r="Q26" s="147"/>
+      <c r="R26" s="147"/>
+      <c r="S26" s="147"/>
+      <c r="T26" s="147"/>
+      <c r="U26" s="147"/>
+      <c r="V26" s="147"/>
+      <c r="W26" s="147"/>
+      <c r="X26" s="147"/>
+      <c r="Y26" s="147"/>
+      <c r="Z26" s="147"/>
+      <c r="AA26" s="147"/>
+      <c r="AB26" s="147"/>
+      <c r="AC26" s="147"/>
+      <c r="AD26" s="147"/>
+      <c r="AE26" s="147"/>
+      <c r="AF26" s="147"/>
+      <c r="AG26" s="147"/>
+      <c r="AH26" s="147"/>
+      <c r="AI26" s="147"/>
+      <c r="AJ26" s="147"/>
+      <c r="AK26" s="147"/>
+      <c r="AL26" s="147"/>
+      <c r="AM26" s="147"/>
+      <c r="AN26" s="147"/>
+      <c r="AO26" s="147"/>
+      <c r="AP26" s="147"/>
+      <c r="AQ26" s="147"/>
+      <c r="AR26" s="147"/>
+      <c r="AS26" s="147"/>
+      <c r="AT26" s="147"/>
+      <c r="AU26" s="147"/>
+      <c r="AV26" s="147"/>
+      <c r="AW26" s="147"/>
+      <c r="AX26" s="147"/>
+      <c r="AY26" s="147"/>
+      <c r="AZ26" s="147"/>
+      <c r="BA26" s="147"/>
+      <c r="BB26" s="147"/>
+      <c r="BC26" s="147"/>
+      <c r="BD26" s="147"/>
+      <c r="BE26" s="147"/>
+      <c r="BF26" s="147"/>
+      <c r="BG26" s="147"/>
+      <c r="BH26" s="147"/>
+      <c r="BI26" s="147"/>
+      <c r="BJ26" s="147"/>
+      <c r="BK26" s="147"/>
+      <c r="BL26" s="147"/>
+      <c r="BM26" s="147"/>
+      <c r="BN26" s="147"/>
+      <c r="BO26" s="147"/>
+      <c r="BP26" s="147"/>
+      <c r="BQ26" s="147"/>
+      <c r="BR26" s="147"/>
+      <c r="BS26" s="147"/>
+      <c r="BT26" s="147"/>
+      <c r="BU26" s="147"/>
+      <c r="BV26" s="147"/>
+      <c r="BW26" s="147"/>
+      <c r="BX26" s="147"/>
+      <c r="BY26" s="147"/>
+      <c r="BZ26" s="147"/>
+      <c r="CA26" s="147"/>
+      <c r="CB26" s="147"/>
+      <c r="CC26" s="147"/>
+      <c r="CD26" s="147"/>
+      <c r="CE26" s="147"/>
+      <c r="CF26" s="147"/>
+      <c r="CG26" s="147"/>
+      <c r="CH26" s="147"/>
+      <c r="CI26" s="147"/>
+      <c r="CJ26" s="147"/>
+      <c r="CK26" s="147"/>
+      <c r="CL26" s="147"/>
+      <c r="CM26" s="147"/>
+      <c r="CN26" s="147"/>
+      <c r="CO26" s="147"/>
+      <c r="CP26" s="147"/>
+      <c r="CQ26" s="147"/>
+      <c r="CR26" s="147"/>
+      <c r="CS26" s="147"/>
+      <c r="CT26" s="147"/>
+      <c r="CU26" s="147"/>
+      <c r="CV26" s="147"/>
+      <c r="CW26" s="147"/>
+      <c r="CX26" s="147"/>
+      <c r="CY26" s="147"/>
+      <c r="CZ26" s="147"/>
+    </row>
+    <row r="27" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="182"/>
+      <c r="B27" s="190" t="s">
+        <v>34</v>
+      </c>
+      <c r="C27" s="193">
+        <v>1232</v>
+      </c>
+      <c r="D27" s="193">
+        <v>601</v>
+      </c>
+      <c r="E27" s="193">
+        <v>515</v>
+      </c>
+      <c r="F27" s="193">
+        <v>261</v>
+      </c>
+      <c r="G27" s="193">
+        <v>161</v>
+      </c>
+      <c r="H27" s="193">
+        <v>80</v>
+      </c>
+      <c r="I27" s="193">
+        <v>80</v>
+      </c>
+      <c r="J27" s="193">
+        <v>2930</v>
+      </c>
+      <c r="K27" s="147"/>
+      <c r="L27" s="147"/>
+      <c r="M27" s="147"/>
+      <c r="N27" s="147"/>
+      <c r="O27" s="147"/>
+      <c r="P27" s="147"/>
+      <c r="Q27" s="147"/>
+      <c r="R27" s="147"/>
+      <c r="S27" s="147"/>
+      <c r="T27" s="147"/>
+      <c r="U27" s="147"/>
+      <c r="V27" s="147"/>
+      <c r="W27" s="147"/>
+      <c r="X27" s="147"/>
+      <c r="Y27" s="147"/>
+      <c r="Z27" s="147"/>
+      <c r="AA27" s="147"/>
+      <c r="AB27" s="147"/>
+      <c r="AC27" s="147"/>
+      <c r="AD27" s="147"/>
+      <c r="AE27" s="147"/>
+      <c r="AF27" s="147"/>
+      <c r="AG27" s="147"/>
+      <c r="AH27" s="147"/>
+      <c r="AI27" s="147"/>
+      <c r="AJ27" s="147"/>
+      <c r="AK27" s="147"/>
+      <c r="AL27" s="147"/>
+      <c r="AM27" s="147"/>
+      <c r="AN27" s="147"/>
+      <c r="AO27" s="147"/>
+      <c r="AP27" s="147"/>
+      <c r="AQ27" s="147"/>
+      <c r="AR27" s="147"/>
+      <c r="AS27" s="147"/>
+      <c r="AT27" s="147"/>
+      <c r="AU27" s="147"/>
+      <c r="AV27" s="147"/>
+      <c r="AW27" s="147"/>
+      <c r="AX27" s="147"/>
+      <c r="AY27" s="147"/>
+      <c r="AZ27" s="147"/>
+      <c r="BA27" s="147"/>
+      <c r="BB27" s="147"/>
+      <c r="BC27" s="147"/>
+      <c r="BD27" s="147"/>
+      <c r="BE27" s="147"/>
+      <c r="BF27" s="147"/>
+      <c r="BG27" s="147"/>
+      <c r="BH27" s="147"/>
+      <c r="BI27" s="147"/>
+      <c r="BJ27" s="147"/>
+      <c r="BK27" s="147"/>
+      <c r="BL27" s="147"/>
+      <c r="BM27" s="147"/>
+      <c r="BN27" s="147"/>
+      <c r="BO27" s="147"/>
+      <c r="BP27" s="147"/>
+      <c r="BQ27" s="147"/>
+      <c r="BR27" s="147"/>
+      <c r="BS27" s="147"/>
+      <c r="BT27" s="147"/>
+      <c r="BU27" s="147"/>
+      <c r="BV27" s="147"/>
+      <c r="BW27" s="147"/>
+      <c r="BX27" s="147"/>
+      <c r="BY27" s="147"/>
+      <c r="BZ27" s="147"/>
+      <c r="CA27" s="147"/>
+      <c r="CB27" s="147"/>
+      <c r="CC27" s="147"/>
+      <c r="CD27" s="147"/>
+      <c r="CE27" s="147"/>
+      <c r="CF27" s="147"/>
+      <c r="CG27" s="147"/>
+      <c r="CH27" s="147"/>
+      <c r="CI27" s="147"/>
+      <c r="CJ27" s="147"/>
+      <c r="CK27" s="147"/>
+      <c r="CL27" s="147"/>
+      <c r="CM27" s="147"/>
+      <c r="CN27" s="147"/>
+      <c r="CO27" s="147"/>
+      <c r="CP27" s="147"/>
+      <c r="CQ27" s="147"/>
+      <c r="CR27" s="147"/>
+      <c r="CS27" s="147"/>
+      <c r="CT27" s="147"/>
+      <c r="CU27" s="147"/>
+      <c r="CV27" s="147"/>
+      <c r="CW27" s="147"/>
+      <c r="CX27" s="147"/>
+      <c r="CY27" s="147"/>
+      <c r="CZ27" s="147"/>
+    </row>
+    <row r="28" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A28" s="152"/>
+      <c r="B28" s="149" t="s">
+        <v>219</v>
+      </c>
+      <c r="C28" s="161">
+        <v>18</v>
+      </c>
+      <c r="D28" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="E28" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="F28" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="G28" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="H28" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I28" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="J28" s="163">
+        <v>18</v>
+      </c>
+      <c r="K28" s="147"/>
+      <c r="L28" s="147"/>
+      <c r="M28" s="147"/>
+      <c r="N28" s="147"/>
+      <c r="O28" s="147"/>
+      <c r="P28" s="147"/>
+      <c r="Q28" s="147"/>
+      <c r="R28" s="147"/>
+      <c r="S28" s="147"/>
+      <c r="T28" s="147"/>
+      <c r="U28" s="147"/>
+      <c r="V28" s="147"/>
+      <c r="W28" s="147"/>
+      <c r="X28" s="147"/>
+      <c r="Y28" s="147"/>
+      <c r="Z28" s="147"/>
+      <c r="AA28" s="147"/>
+      <c r="AB28" s="147"/>
+      <c r="AC28" s="147"/>
+      <c r="AD28" s="147"/>
+      <c r="AE28" s="147"/>
+      <c r="AF28" s="147"/>
+      <c r="AG28" s="147"/>
+      <c r="AH28" s="147"/>
+      <c r="AI28" s="147"/>
+      <c r="AJ28" s="147"/>
+      <c r="AK28" s="147"/>
+      <c r="AL28" s="147"/>
+      <c r="AM28" s="147"/>
+      <c r="AN28" s="147"/>
+      <c r="AO28" s="147"/>
+      <c r="AP28" s="147"/>
+      <c r="AQ28" s="147"/>
+      <c r="AR28" s="147"/>
+      <c r="AS28" s="147"/>
+      <c r="AT28" s="147"/>
+      <c r="AU28" s="147"/>
+      <c r="AV28" s="147"/>
+      <c r="AW28" s="147"/>
+      <c r="AX28" s="147"/>
+      <c r="AY28" s="147"/>
+      <c r="AZ28" s="147"/>
+      <c r="BA28" s="147"/>
+      <c r="BB28" s="147"/>
+      <c r="BC28" s="147"/>
+      <c r="BD28" s="147"/>
+      <c r="BE28" s="147"/>
+      <c r="BF28" s="147"/>
+      <c r="BG28" s="147"/>
+      <c r="BH28" s="147"/>
+      <c r="BI28" s="147"/>
+      <c r="BJ28" s="147"/>
+      <c r="BK28" s="147"/>
+      <c r="BL28" s="147"/>
+      <c r="BM28" s="147"/>
+      <c r="BN28" s="147"/>
+      <c r="BO28" s="147"/>
+      <c r="BP28" s="147"/>
+      <c r="BQ28" s="147"/>
+      <c r="BR28" s="147"/>
+      <c r="BS28" s="147"/>
+      <c r="BT28" s="147"/>
+      <c r="BU28" s="147"/>
+      <c r="BV28" s="147"/>
+      <c r="BW28" s="147"/>
+      <c r="BX28" s="147"/>
+      <c r="BY28" s="147"/>
+      <c r="BZ28" s="147"/>
+      <c r="CA28" s="147"/>
+      <c r="CB28" s="147"/>
+      <c r="CC28" s="147"/>
+      <c r="CD28" s="147"/>
+      <c r="CE28" s="147"/>
+      <c r="CF28" s="147"/>
+      <c r="CG28" s="147"/>
+      <c r="CH28" s="147"/>
+      <c r="CI28" s="147"/>
+      <c r="CJ28" s="147"/>
+      <c r="CK28" s="147"/>
+      <c r="CL28" s="147"/>
+      <c r="CM28" s="147"/>
+      <c r="CN28" s="147"/>
+      <c r="CO28" s="147"/>
+      <c r="CP28" s="147"/>
+      <c r="CQ28" s="147"/>
+      <c r="CR28" s="147"/>
+      <c r="CS28" s="147"/>
+      <c r="CT28" s="147"/>
+      <c r="CU28" s="147"/>
+      <c r="CV28" s="147"/>
+      <c r="CW28" s="147"/>
+      <c r="CX28" s="147"/>
+      <c r="CY28" s="147"/>
+      <c r="CZ28" s="147"/>
+    </row>
+    <row r="29" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A29" s="150" t="s">
+        <v>125</v>
+      </c>
+      <c r="B29" s="194" t="s">
+        <v>131</v>
+      </c>
+      <c r="C29" s="197">
+        <v>15</v>
+      </c>
+      <c r="D29" s="198" t="s">
+        <v>108</v>
+      </c>
+      <c r="E29" s="198" t="s">
+        <v>108</v>
+      </c>
+      <c r="F29" s="198" t="s">
+        <v>108</v>
+      </c>
+      <c r="G29" s="198" t="s">
+        <v>108</v>
+      </c>
+      <c r="H29" s="198" t="s">
+        <v>108</v>
+      </c>
+      <c r="I29" s="198" t="s">
+        <v>108</v>
+      </c>
+      <c r="J29" s="199">
+        <v>15</v>
+      </c>
+      <c r="K29" s="147"/>
+      <c r="L29" s="147"/>
+      <c r="M29" s="147"/>
+      <c r="N29" s="147"/>
+      <c r="O29" s="147"/>
+      <c r="P29" s="147"/>
+      <c r="Q29" s="147"/>
+      <c r="R29" s="147"/>
+      <c r="S29" s="147"/>
+      <c r="T29" s="147"/>
+      <c r="U29" s="147"/>
+      <c r="V29" s="147"/>
+      <c r="W29" s="147"/>
+      <c r="X29" s="147"/>
+      <c r="Y29" s="147"/>
+      <c r="Z29" s="147"/>
+      <c r="AA29" s="147"/>
+      <c r="AB29" s="147"/>
+      <c r="AC29" s="147"/>
+      <c r="AD29" s="147"/>
+      <c r="AE29" s="147"/>
+      <c r="AF29" s="147"/>
+      <c r="AG29" s="147"/>
+      <c r="AH29" s="147"/>
+      <c r="AI29" s="147"/>
+      <c r="AJ29" s="147"/>
+      <c r="AK29" s="147"/>
+      <c r="AL29" s="147"/>
+      <c r="AM29" s="147"/>
+      <c r="AN29" s="147"/>
+      <c r="AO29" s="147"/>
+      <c r="AP29" s="147"/>
+      <c r="AQ29" s="147"/>
+      <c r="AR29" s="147"/>
+      <c r="AS29" s="147"/>
+      <c r="AT29" s="147"/>
+      <c r="AU29" s="147"/>
+      <c r="AV29" s="147"/>
+      <c r="AW29" s="147"/>
+      <c r="AX29" s="147"/>
+      <c r="AY29" s="147"/>
+      <c r="AZ29" s="147"/>
+      <c r="BA29" s="147"/>
+      <c r="BB29" s="147"/>
+      <c r="BC29" s="147"/>
+      <c r="BD29" s="147"/>
+      <c r="BE29" s="147"/>
+      <c r="BF29" s="147"/>
+      <c r="BG29" s="147"/>
+      <c r="BH29" s="147"/>
+      <c r="BI29" s="147"/>
+      <c r="BJ29" s="147"/>
+      <c r="BK29" s="147"/>
+      <c r="BL29" s="147"/>
+      <c r="BM29" s="147"/>
+      <c r="BN29" s="147"/>
+      <c r="BO29" s="147"/>
+      <c r="BP29" s="147"/>
+      <c r="BQ29" s="147"/>
+      <c r="BR29" s="147"/>
+      <c r="BS29" s="147"/>
+      <c r="BT29" s="147"/>
+      <c r="BU29" s="147"/>
+      <c r="BV29" s="147"/>
+      <c r="BW29" s="147"/>
+      <c r="BX29" s="147"/>
+      <c r="BY29" s="147"/>
+      <c r="BZ29" s="147"/>
+      <c r="CA29" s="147"/>
+      <c r="CB29" s="147"/>
+      <c r="CC29" s="147"/>
+      <c r="CD29" s="147"/>
+      <c r="CE29" s="147"/>
+      <c r="CF29" s="147"/>
+      <c r="CG29" s="147"/>
+      <c r="CH29" s="147"/>
+      <c r="CI29" s="147"/>
+      <c r="CJ29" s="147"/>
+      <c r="CK29" s="147"/>
+      <c r="CL29" s="147"/>
+      <c r="CM29" s="147"/>
+      <c r="CN29" s="147"/>
+      <c r="CO29" s="147"/>
+      <c r="CP29" s="147"/>
+      <c r="CQ29" s="147"/>
+      <c r="CR29" s="147"/>
+      <c r="CS29" s="147"/>
+      <c r="CT29" s="147"/>
+      <c r="CU29" s="147"/>
+      <c r="CV29" s="147"/>
+      <c r="CW29" s="147"/>
+      <c r="CX29" s="147"/>
+      <c r="CY29" s="147"/>
+      <c r="CZ29" s="147"/>
+    </row>
+    <row r="30" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A30" s="150">
+        <v>2021</v>
+      </c>
+      <c r="B30" s="149" t="s">
+        <v>124</v>
+      </c>
+      <c r="C30" s="162">
+        <v>171</v>
+      </c>
+      <c r="D30" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="E30" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="F30" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="G30" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="H30" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I30" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="J30" s="164">
+        <v>175</v>
+      </c>
+      <c r="K30" s="147"/>
+      <c r="L30" s="147"/>
+      <c r="M30" s="147"/>
+      <c r="N30" s="147"/>
+      <c r="O30" s="147"/>
+      <c r="P30" s="147"/>
+      <c r="Q30" s="147"/>
+      <c r="R30" s="147"/>
+      <c r="S30" s="147"/>
+      <c r="T30" s="147"/>
+      <c r="U30" s="147"/>
+      <c r="V30" s="147"/>
+      <c r="W30" s="147"/>
+      <c r="X30" s="147"/>
+      <c r="Y30" s="147"/>
+      <c r="Z30" s="147"/>
+      <c r="AA30" s="147"/>
+      <c r="AB30" s="147"/>
+      <c r="AC30" s="147"/>
+      <c r="AD30" s="147"/>
+      <c r="AE30" s="147"/>
+      <c r="AF30" s="147"/>
+      <c r="AG30" s="147"/>
+      <c r="AH30" s="147"/>
+      <c r="AI30" s="147"/>
+      <c r="AJ30" s="147"/>
+      <c r="AK30" s="147"/>
+      <c r="AL30" s="147"/>
+      <c r="AM30" s="147"/>
+      <c r="AN30" s="147"/>
+      <c r="AO30" s="147"/>
+      <c r="AP30" s="147"/>
+      <c r="AQ30" s="147"/>
+      <c r="AR30" s="147"/>
+      <c r="AS30" s="147"/>
+      <c r="AT30" s="147"/>
+      <c r="AU30" s="147"/>
+      <c r="AV30" s="147"/>
+      <c r="AW30" s="147"/>
+      <c r="AX30" s="147"/>
+      <c r="AY30" s="147"/>
+      <c r="AZ30" s="147"/>
+      <c r="BA30" s="147"/>
+      <c r="BB30" s="147"/>
+      <c r="BC30" s="147"/>
+      <c r="BD30" s="147"/>
+      <c r="BE30" s="147"/>
+      <c r="BF30" s="147"/>
+      <c r="BG30" s="147"/>
+      <c r="BH30" s="147"/>
+      <c r="BI30" s="147"/>
+      <c r="BJ30" s="147"/>
+      <c r="BK30" s="147"/>
+      <c r="BL30" s="147"/>
+      <c r="BM30" s="147"/>
+      <c r="BN30" s="147"/>
+      <c r="BO30" s="147"/>
+      <c r="BP30" s="147"/>
+      <c r="BQ30" s="147"/>
+      <c r="BR30" s="147"/>
+      <c r="BS30" s="147"/>
+      <c r="BT30" s="147"/>
+      <c r="BU30" s="147"/>
+      <c r="BV30" s="147"/>
+      <c r="BW30" s="147"/>
+      <c r="BX30" s="147"/>
+      <c r="BY30" s="147"/>
+      <c r="BZ30" s="147"/>
+      <c r="CA30" s="147"/>
+      <c r="CB30" s="147"/>
+      <c r="CC30" s="147"/>
+      <c r="CD30" s="147"/>
+      <c r="CE30" s="147"/>
+      <c r="CF30" s="147"/>
+      <c r="CG30" s="147"/>
+      <c r="CH30" s="147"/>
+      <c r="CI30" s="147"/>
+      <c r="CJ30" s="147"/>
+      <c r="CK30" s="147"/>
+      <c r="CL30" s="147"/>
+      <c r="CM30" s="147"/>
+      <c r="CN30" s="147"/>
+      <c r="CO30" s="147"/>
+      <c r="CP30" s="147"/>
+      <c r="CQ30" s="147"/>
+      <c r="CR30" s="147"/>
+      <c r="CS30" s="147"/>
+      <c r="CT30" s="147"/>
+      <c r="CU30" s="147"/>
+      <c r="CV30" s="147"/>
+      <c r="CW30" s="147"/>
+      <c r="CX30" s="147"/>
+      <c r="CY30" s="147"/>
+      <c r="CZ30" s="147"/>
+    </row>
+    <row r="31" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A31" s="148" t="s">
+        <v>34</v>
+      </c>
+      <c r="B31" s="194" t="s">
+        <v>126</v>
+      </c>
+      <c r="C31" s="198">
+        <v>76</v>
+      </c>
+      <c r="D31" s="198">
+        <v>10</v>
+      </c>
+      <c r="E31" s="198">
+        <v>8</v>
+      </c>
+      <c r="F31" s="198" t="s">
+        <v>108</v>
+      </c>
+      <c r="G31" s="198" t="s">
+        <v>108</v>
+      </c>
+      <c r="H31" s="198" t="s">
+        <v>108</v>
+      </c>
+      <c r="I31" s="198" t="s">
+        <v>108</v>
+      </c>
+      <c r="J31" s="200">
+        <v>100</v>
+      </c>
+      <c r="K31" s="147"/>
+      <c r="L31" s="147"/>
+      <c r="M31" s="147"/>
+      <c r="N31" s="147"/>
+      <c r="O31" s="147"/>
+      <c r="P31" s="147"/>
+      <c r="Q31" s="147"/>
+      <c r="R31" s="147"/>
+      <c r="S31" s="147"/>
+      <c r="T31" s="147"/>
+      <c r="U31" s="147"/>
+      <c r="V31" s="147"/>
+      <c r="W31" s="147"/>
+      <c r="X31" s="147"/>
+      <c r="Y31" s="147"/>
+      <c r="Z31" s="147"/>
+      <c r="AA31" s="147"/>
+      <c r="AB31" s="147"/>
+      <c r="AC31" s="147"/>
+      <c r="AD31" s="147"/>
+      <c r="AE31" s="147"/>
+      <c r="AF31" s="147"/>
+      <c r="AG31" s="147"/>
+      <c r="AH31" s="147"/>
+      <c r="AI31" s="147"/>
+      <c r="AJ31" s="147"/>
+      <c r="AK31" s="147"/>
+      <c r="AL31" s="147"/>
+      <c r="AM31" s="147"/>
+      <c r="AN31" s="147"/>
+      <c r="AO31" s="147"/>
+      <c r="AP31" s="147"/>
+      <c r="AQ31" s="147"/>
+      <c r="AR31" s="147"/>
+      <c r="AS31" s="147"/>
+      <c r="AT31" s="147"/>
+      <c r="AU31" s="147"/>
+      <c r="AV31" s="147"/>
+      <c r="AW31" s="147"/>
+      <c r="AX31" s="147"/>
+      <c r="AY31" s="147"/>
+      <c r="AZ31" s="147"/>
+      <c r="BA31" s="147"/>
+      <c r="BB31" s="147"/>
+      <c r="BC31" s="147"/>
+      <c r="BD31" s="147"/>
+      <c r="BE31" s="147"/>
+      <c r="BF31" s="147"/>
+      <c r="BG31" s="147"/>
+      <c r="BH31" s="147"/>
+      <c r="BI31" s="147"/>
+      <c r="BJ31" s="147"/>
+      <c r="BK31" s="147"/>
+      <c r="BL31" s="147"/>
+      <c r="BM31" s="147"/>
+      <c r="BN31" s="147"/>
+      <c r="BO31" s="147"/>
+      <c r="BP31" s="147"/>
+      <c r="BQ31" s="147"/>
+      <c r="BR31" s="147"/>
+      <c r="BS31" s="147"/>
+      <c r="BT31" s="147"/>
+      <c r="BU31" s="147"/>
+      <c r="BV31" s="147"/>
+      <c r="BW31" s="147"/>
+      <c r="BX31" s="147"/>
+      <c r="BY31" s="147"/>
+      <c r="BZ31" s="147"/>
+      <c r="CA31" s="147"/>
+      <c r="CB31" s="147"/>
+      <c r="CC31" s="147"/>
+      <c r="CD31" s="147"/>
+      <c r="CE31" s="147"/>
+      <c r="CF31" s="147"/>
+      <c r="CG31" s="147"/>
+      <c r="CH31" s="147"/>
+      <c r="CI31" s="147"/>
+      <c r="CJ31" s="147"/>
+      <c r="CK31" s="147"/>
+      <c r="CL31" s="147"/>
+      <c r="CM31" s="147"/>
+      <c r="CN31" s="147"/>
+      <c r="CO31" s="147"/>
+      <c r="CP31" s="147"/>
+      <c r="CQ31" s="147"/>
+      <c r="CR31" s="147"/>
+      <c r="CS31" s="147"/>
+      <c r="CT31" s="147"/>
+      <c r="CU31" s="147"/>
+      <c r="CV31" s="147"/>
+      <c r="CW31" s="147"/>
+      <c r="CX31" s="147"/>
+      <c r="CY31" s="147"/>
+      <c r="CZ31" s="147"/>
+    </row>
+    <row r="32" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A32" s="152"/>
+      <c r="B32" s="149" t="s">
+        <v>127</v>
+      </c>
+      <c r="C32" s="162">
+        <v>124</v>
+      </c>
+      <c r="D32" s="162">
+        <v>59</v>
+      </c>
+      <c r="E32" s="162">
+        <v>31</v>
+      </c>
+      <c r="F32" s="162">
+        <v>11</v>
+      </c>
+      <c r="G32" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="H32" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I32" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="J32" s="164">
+        <v>232</v>
+      </c>
+      <c r="K32" s="147"/>
+      <c r="L32" s="147"/>
+      <c r="M32" s="147"/>
+      <c r="N32" s="147"/>
+      <c r="O32" s="147"/>
+      <c r="P32" s="147"/>
+      <c r="Q32" s="147"/>
+      <c r="R32" s="147"/>
+      <c r="S32" s="147"/>
+      <c r="T32" s="147"/>
+      <c r="U32" s="147"/>
+      <c r="V32" s="147"/>
+      <c r="W32" s="147"/>
+      <c r="X32" s="147"/>
+      <c r="Y32" s="147"/>
+      <c r="Z32" s="147"/>
+      <c r="AA32" s="147"/>
+      <c r="AB32" s="147"/>
+      <c r="AC32" s="147"/>
+      <c r="AD32" s="147"/>
+      <c r="AE32" s="147"/>
+      <c r="AF32" s="147"/>
+      <c r="AG32" s="147"/>
+      <c r="AH32" s="147"/>
+      <c r="AI32" s="147"/>
+      <c r="AJ32" s="147"/>
+      <c r="AK32" s="147"/>
+      <c r="AL32" s="147"/>
+      <c r="AM32" s="147"/>
+      <c r="AN32" s="147"/>
+      <c r="AO32" s="147"/>
+      <c r="AP32" s="147"/>
+      <c r="AQ32" s="147"/>
+      <c r="AR32" s="147"/>
+      <c r="AS32" s="147"/>
+      <c r="AT32" s="147"/>
+      <c r="AU32" s="147"/>
+      <c r="AV32" s="147"/>
+      <c r="AW32" s="147"/>
+      <c r="AX32" s="147"/>
+      <c r="AY32" s="147"/>
+      <c r="AZ32" s="147"/>
+      <c r="BA32" s="147"/>
+      <c r="BB32" s="147"/>
+      <c r="BC32" s="147"/>
+      <c r="BD32" s="147"/>
+      <c r="BE32" s="147"/>
+      <c r="BF32" s="147"/>
+      <c r="BG32" s="147"/>
+      <c r="BH32" s="147"/>
+      <c r="BI32" s="147"/>
+      <c r="BJ32" s="147"/>
+      <c r="BK32" s="147"/>
+      <c r="BL32" s="147"/>
+      <c r="BM32" s="147"/>
+      <c r="BN32" s="147"/>
+      <c r="BO32" s="147"/>
+      <c r="BP32" s="147"/>
+      <c r="BQ32" s="147"/>
+      <c r="BR32" s="147"/>
+      <c r="BS32" s="147"/>
+      <c r="BT32" s="147"/>
+      <c r="BU32" s="147"/>
+      <c r="BV32" s="147"/>
+      <c r="BW32" s="147"/>
+      <c r="BX32" s="147"/>
+      <c r="BY32" s="147"/>
+      <c r="BZ32" s="147"/>
+      <c r="CA32" s="147"/>
+      <c r="CB32" s="147"/>
+      <c r="CC32" s="147"/>
+      <c r="CD32" s="147"/>
+      <c r="CE32" s="147"/>
+      <c r="CF32" s="147"/>
+      <c r="CG32" s="147"/>
+      <c r="CH32" s="147"/>
+      <c r="CI32" s="147"/>
+      <c r="CJ32" s="147"/>
+      <c r="CK32" s="147"/>
+      <c r="CL32" s="147"/>
+      <c r="CM32" s="147"/>
+      <c r="CN32" s="147"/>
+      <c r="CO32" s="147"/>
+      <c r="CP32" s="147"/>
+      <c r="CQ32" s="147"/>
+      <c r="CR32" s="147"/>
+      <c r="CS32" s="147"/>
+      <c r="CT32" s="147"/>
+      <c r="CU32" s="147"/>
+      <c r="CV32" s="147"/>
+      <c r="CW32" s="147"/>
+      <c r="CX32" s="147"/>
+      <c r="CY32" s="147"/>
+      <c r="CZ32" s="147"/>
+    </row>
+    <row r="33" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A33" s="152"/>
+      <c r="B33" s="194" t="s">
+        <v>128</v>
+      </c>
+      <c r="C33" s="198">
+        <v>742</v>
+      </c>
+      <c r="D33" s="198">
+        <v>334</v>
+      </c>
+      <c r="E33" s="198">
+        <v>428</v>
+      </c>
+      <c r="F33" s="198">
+        <v>240</v>
+      </c>
+      <c r="G33" s="198">
+        <v>141</v>
+      </c>
+      <c r="H33" s="198">
+        <v>85</v>
+      </c>
+      <c r="I33" s="198">
+        <v>87</v>
+      </c>
+      <c r="J33" s="200">
+        <v>2057</v>
+      </c>
+      <c r="K33" s="147"/>
+      <c r="L33" s="147"/>
+      <c r="M33" s="147"/>
+      <c r="N33" s="147"/>
+      <c r="O33" s="147"/>
+      <c r="P33" s="147"/>
+      <c r="Q33" s="147"/>
+      <c r="R33" s="147"/>
+      <c r="S33" s="147"/>
+      <c r="T33" s="147"/>
+      <c r="U33" s="147"/>
+      <c r="V33" s="147"/>
+      <c r="W33" s="147"/>
+      <c r="X33" s="147"/>
+      <c r="Y33" s="147"/>
+      <c r="Z33" s="147"/>
+      <c r="AA33" s="147"/>
+      <c r="AB33" s="147"/>
+      <c r="AC33" s="147"/>
+      <c r="AD33" s="147"/>
+      <c r="AE33" s="147"/>
+      <c r="AF33" s="147"/>
+      <c r="AG33" s="147"/>
+      <c r="AH33" s="147"/>
+      <c r="AI33" s="147"/>
+      <c r="AJ33" s="147"/>
+      <c r="AK33" s="147"/>
+      <c r="AL33" s="147"/>
+      <c r="AM33" s="147"/>
+      <c r="AN33" s="147"/>
+      <c r="AO33" s="147"/>
+      <c r="AP33" s="147"/>
+      <c r="AQ33" s="147"/>
+      <c r="AR33" s="147"/>
+      <c r="AS33" s="147"/>
+      <c r="AT33" s="147"/>
+      <c r="AU33" s="147"/>
+      <c r="AV33" s="147"/>
+      <c r="AW33" s="147"/>
+      <c r="AX33" s="147"/>
+      <c r="AY33" s="147"/>
+      <c r="AZ33" s="147"/>
+      <c r="BA33" s="147"/>
+      <c r="BB33" s="147"/>
+      <c r="BC33" s="147"/>
+      <c r="BD33" s="147"/>
+      <c r="BE33" s="147"/>
+      <c r="BF33" s="147"/>
+      <c r="BG33" s="147"/>
+      <c r="BH33" s="147"/>
+      <c r="BI33" s="147"/>
+      <c r="BJ33" s="147"/>
+      <c r="BK33" s="147"/>
+      <c r="BL33" s="147"/>
+      <c r="BM33" s="147"/>
+      <c r="BN33" s="147"/>
+      <c r="BO33" s="147"/>
+      <c r="BP33" s="147"/>
+      <c r="BQ33" s="147"/>
+      <c r="BR33" s="147"/>
+      <c r="BS33" s="147"/>
+      <c r="BT33" s="147"/>
+      <c r="BU33" s="147"/>
+      <c r="BV33" s="147"/>
+      <c r="BW33" s="147"/>
+      <c r="BX33" s="147"/>
+      <c r="BY33" s="147"/>
+      <c r="BZ33" s="147"/>
+      <c r="CA33" s="147"/>
+      <c r="CB33" s="147"/>
+      <c r="CC33" s="147"/>
+      <c r="CD33" s="147"/>
+      <c r="CE33" s="147"/>
+      <c r="CF33" s="147"/>
+      <c r="CG33" s="147"/>
+      <c r="CH33" s="147"/>
+      <c r="CI33" s="147"/>
+      <c r="CJ33" s="147"/>
+      <c r="CK33" s="147"/>
+      <c r="CL33" s="147"/>
+      <c r="CM33" s="147"/>
+      <c r="CN33" s="147"/>
+      <c r="CO33" s="147"/>
+      <c r="CP33" s="147"/>
+      <c r="CQ33" s="147"/>
+      <c r="CR33" s="147"/>
+      <c r="CS33" s="147"/>
+      <c r="CT33" s="147"/>
+      <c r="CU33" s="147"/>
+      <c r="CV33" s="147"/>
+      <c r="CW33" s="147"/>
+      <c r="CX33" s="147"/>
+      <c r="CY33" s="147"/>
+      <c r="CZ33" s="147"/>
+    </row>
+    <row r="34" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A34" s="148"/>
+      <c r="B34" s="149" t="s">
+        <v>129</v>
+      </c>
+      <c r="C34" s="162">
+        <v>314</v>
+      </c>
+      <c r="D34" s="162">
+        <v>96</v>
+      </c>
+      <c r="E34" s="162">
+        <v>92</v>
+      </c>
+      <c r="F34" s="162">
+        <v>25</v>
+      </c>
+      <c r="G34" s="162">
+        <v>8</v>
+      </c>
+      <c r="H34" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I34" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="J34" s="164">
+        <v>543</v>
+      </c>
+      <c r="K34" s="147"/>
+      <c r="L34" s="147"/>
+      <c r="M34" s="147"/>
+      <c r="N34" s="147"/>
+      <c r="O34" s="147"/>
+      <c r="P34" s="147"/>
+      <c r="Q34" s="147"/>
+      <c r="R34" s="147"/>
+      <c r="S34" s="147"/>
+      <c r="T34" s="147"/>
+      <c r="U34" s="147"/>
+      <c r="V34" s="147"/>
+      <c r="W34" s="147"/>
+      <c r="X34" s="147"/>
+      <c r="Y34" s="147"/>
+      <c r="Z34" s="147"/>
+      <c r="AA34" s="147"/>
+      <c r="AB34" s="147"/>
+      <c r="AC34" s="147"/>
+      <c r="AD34" s="147"/>
+      <c r="AE34" s="147"/>
+      <c r="AF34" s="147"/>
+      <c r="AG34" s="147"/>
+      <c r="AH34" s="147"/>
+      <c r="AI34" s="147"/>
+      <c r="AJ34" s="147"/>
+      <c r="AK34" s="147"/>
+      <c r="AL34" s="147"/>
+      <c r="AM34" s="147"/>
+      <c r="AN34" s="147"/>
+      <c r="AO34" s="147"/>
+      <c r="AP34" s="147"/>
+      <c r="AQ34" s="147"/>
+      <c r="AR34" s="147"/>
+      <c r="AS34" s="147"/>
+      <c r="AT34" s="147"/>
+      <c r="AU34" s="147"/>
+      <c r="AV34" s="147"/>
+      <c r="AW34" s="147"/>
+      <c r="AX34" s="147"/>
+      <c r="AY34" s="147"/>
+      <c r="AZ34" s="147"/>
+      <c r="BA34" s="147"/>
+      <c r="BB34" s="147"/>
+      <c r="BC34" s="147"/>
+      <c r="BD34" s="147"/>
+      <c r="BE34" s="147"/>
+      <c r="BF34" s="147"/>
+      <c r="BG34" s="147"/>
+      <c r="BH34" s="147"/>
+      <c r="BI34" s="147"/>
+      <c r="BJ34" s="147"/>
+      <c r="BK34" s="147"/>
+      <c r="BL34" s="147"/>
+      <c r="BM34" s="147"/>
+      <c r="BN34" s="147"/>
+      <c r="BO34" s="147"/>
+      <c r="BP34" s="147"/>
+      <c r="BQ34" s="147"/>
+      <c r="BR34" s="147"/>
+      <c r="BS34" s="147"/>
+      <c r="BT34" s="147"/>
+      <c r="BU34" s="147"/>
+      <c r="BV34" s="147"/>
+      <c r="BW34" s="147"/>
+      <c r="BX34" s="147"/>
+      <c r="BY34" s="147"/>
+      <c r="BZ34" s="147"/>
+      <c r="CA34" s="147"/>
+      <c r="CB34" s="147"/>
+      <c r="CC34" s="147"/>
+      <c r="CD34" s="147"/>
+      <c r="CE34" s="147"/>
+      <c r="CF34" s="147"/>
+      <c r="CG34" s="147"/>
+      <c r="CH34" s="147"/>
+      <c r="CI34" s="147"/>
+      <c r="CJ34" s="147"/>
+      <c r="CK34" s="147"/>
+      <c r="CL34" s="147"/>
+      <c r="CM34" s="147"/>
+      <c r="CN34" s="147"/>
+      <c r="CO34" s="147"/>
+      <c r="CP34" s="147"/>
+      <c r="CQ34" s="147"/>
+      <c r="CR34" s="147"/>
+      <c r="CS34" s="147"/>
+      <c r="CT34" s="147"/>
+      <c r="CU34" s="147"/>
+      <c r="CV34" s="147"/>
+      <c r="CW34" s="147"/>
+      <c r="CX34" s="147"/>
+      <c r="CY34" s="147"/>
+      <c r="CZ34" s="147"/>
+    </row>
+    <row r="35" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A35" s="148"/>
+      <c r="B35" s="188" t="s">
+        <v>34</v>
+      </c>
+      <c r="C35" s="201">
+        <v>1460</v>
+      </c>
+      <c r="D35" s="201">
+        <v>503</v>
+      </c>
+      <c r="E35" s="201">
+        <v>559</v>
+      </c>
+      <c r="F35" s="201">
+        <v>277</v>
+      </c>
+      <c r="G35" s="201">
+        <v>156</v>
+      </c>
+      <c r="H35" s="201">
+        <v>93</v>
+      </c>
+      <c r="I35" s="201">
+        <v>92</v>
+      </c>
+      <c r="J35" s="201">
+        <v>3140</v>
+      </c>
+      <c r="K35" s="147"/>
+      <c r="L35" s="147"/>
+      <c r="M35" s="147"/>
+      <c r="N35" s="147"/>
+      <c r="O35" s="147"/>
+      <c r="P35" s="147"/>
+      <c r="Q35" s="147"/>
+      <c r="R35" s="147"/>
+      <c r="S35" s="147"/>
+      <c r="T35" s="147"/>
+      <c r="U35" s="147"/>
+      <c r="V35" s="147"/>
+      <c r="W35" s="147"/>
+      <c r="X35" s="147"/>
+      <c r="Y35" s="147"/>
+      <c r="Z35" s="147"/>
+      <c r="AA35" s="147"/>
+      <c r="AB35" s="147"/>
+      <c r="AC35" s="147"/>
+      <c r="AD35" s="147"/>
+      <c r="AE35" s="147"/>
+      <c r="AF35" s="147"/>
+      <c r="AG35" s="147"/>
+      <c r="AH35" s="147"/>
+      <c r="AI35" s="147"/>
+      <c r="AJ35" s="147"/>
+      <c r="AK35" s="147"/>
+      <c r="AL35" s="147"/>
+      <c r="AM35" s="147"/>
+      <c r="AN35" s="147"/>
+      <c r="AO35" s="147"/>
+      <c r="AP35" s="147"/>
+      <c r="AQ35" s="147"/>
+      <c r="AR35" s="147"/>
+      <c r="AS35" s="147"/>
+      <c r="AT35" s="147"/>
+      <c r="AU35" s="147"/>
+      <c r="AV35" s="147"/>
+      <c r="AW35" s="147"/>
+      <c r="AX35" s="147"/>
+      <c r="AY35" s="147"/>
+      <c r="AZ35" s="147"/>
+      <c r="BA35" s="147"/>
+      <c r="BB35" s="147"/>
+      <c r="BC35" s="147"/>
+      <c r="BD35" s="147"/>
+      <c r="BE35" s="147"/>
+      <c r="BF35" s="147"/>
+      <c r="BG35" s="147"/>
+      <c r="BH35" s="147"/>
+      <c r="BI35" s="147"/>
+      <c r="BJ35" s="147"/>
+      <c r="BK35" s="147"/>
+      <c r="BL35" s="147"/>
+      <c r="BM35" s="147"/>
+      <c r="BN35" s="147"/>
+      <c r="BO35" s="147"/>
+      <c r="BP35" s="147"/>
+      <c r="BQ35" s="147"/>
+      <c r="BR35" s="147"/>
+      <c r="BS35" s="147"/>
+      <c r="BT35" s="147"/>
+      <c r="BU35" s="147"/>
+      <c r="BV35" s="147"/>
+      <c r="BW35" s="147"/>
+      <c r="BX35" s="147"/>
+      <c r="BY35" s="147"/>
+      <c r="BZ35" s="147"/>
+      <c r="CA35" s="147"/>
+      <c r="CB35" s="147"/>
+      <c r="CC35" s="147"/>
+      <c r="CD35" s="147"/>
+      <c r="CE35" s="147"/>
+      <c r="CF35" s="147"/>
+      <c r="CG35" s="147"/>
+      <c r="CH35" s="147"/>
+      <c r="CI35" s="147"/>
+      <c r="CJ35" s="147"/>
+      <c r="CK35" s="147"/>
+      <c r="CL35" s="147"/>
+      <c r="CM35" s="147"/>
+      <c r="CN35" s="147"/>
+      <c r="CO35" s="147"/>
+      <c r="CP35" s="147"/>
+      <c r="CQ35" s="147"/>
+      <c r="CR35" s="147"/>
+      <c r="CS35" s="147"/>
+      <c r="CT35" s="147"/>
+      <c r="CU35" s="147"/>
+      <c r="CV35" s="147"/>
+      <c r="CW35" s="147"/>
+      <c r="CX35" s="147"/>
+      <c r="CY35" s="147"/>
+      <c r="CZ35" s="147"/>
+    </row>
+    <row r="36" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A36" s="183"/>
+      <c r="B36" s="149" t="s">
+        <v>219</v>
+      </c>
+      <c r="C36" s="174">
+        <v>26</v>
+      </c>
+      <c r="D36" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="E36" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="F36" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="G36" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="H36" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="I36" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="J36" s="176">
+        <v>30</v>
+      </c>
+      <c r="K36" s="147"/>
+      <c r="L36" s="147"/>
+      <c r="M36" s="147"/>
+      <c r="N36" s="147"/>
+      <c r="O36" s="147"/>
+      <c r="P36" s="147"/>
+      <c r="Q36" s="147"/>
+      <c r="R36" s="147"/>
+      <c r="S36" s="147"/>
+      <c r="T36" s="147"/>
+      <c r="U36" s="147"/>
+      <c r="V36" s="147"/>
+      <c r="W36" s="147"/>
+      <c r="X36" s="147"/>
+      <c r="Y36" s="147"/>
+      <c r="Z36" s="147"/>
+      <c r="AA36" s="147"/>
+      <c r="AB36" s="147"/>
+      <c r="AC36" s="147"/>
+      <c r="AD36" s="147"/>
+      <c r="AE36" s="147"/>
+      <c r="AF36" s="147"/>
+      <c r="AG36" s="147"/>
+      <c r="AH36" s="147"/>
+      <c r="AI36" s="147"/>
+      <c r="AJ36" s="147"/>
+      <c r="AK36" s="147"/>
+      <c r="AL36" s="147"/>
+      <c r="AM36" s="147"/>
+      <c r="AN36" s="147"/>
+      <c r="AO36" s="147"/>
+      <c r="AP36" s="147"/>
+      <c r="AQ36" s="147"/>
+      <c r="AR36" s="147"/>
+      <c r="AS36" s="147"/>
+      <c r="AT36" s="147"/>
+      <c r="AU36" s="147"/>
+      <c r="AV36" s="147"/>
+      <c r="AW36" s="147"/>
+      <c r="AX36" s="147"/>
+      <c r="AY36" s="147"/>
+      <c r="AZ36" s="147"/>
+      <c r="BA36" s="147"/>
+      <c r="BB36" s="147"/>
+      <c r="BC36" s="147"/>
+      <c r="BD36" s="147"/>
+      <c r="BE36" s="147"/>
+      <c r="BF36" s="147"/>
+      <c r="BG36" s="147"/>
+      <c r="BH36" s="147"/>
+      <c r="BI36" s="147"/>
+      <c r="BJ36" s="147"/>
+      <c r="BK36" s="147"/>
+      <c r="BL36" s="147"/>
+      <c r="BM36" s="147"/>
+      <c r="BN36" s="147"/>
+      <c r="BO36" s="147"/>
+      <c r="BP36" s="147"/>
+      <c r="BQ36" s="147"/>
+      <c r="BR36" s="147"/>
+      <c r="BS36" s="147"/>
+      <c r="BT36" s="147"/>
+      <c r="BU36" s="147"/>
+      <c r="BV36" s="147"/>
+      <c r="BW36" s="147"/>
+      <c r="BX36" s="147"/>
+      <c r="BY36" s="147"/>
+      <c r="BZ36" s="147"/>
+      <c r="CA36" s="147"/>
+      <c r="CB36" s="147"/>
+      <c r="CC36" s="147"/>
+      <c r="CD36" s="147"/>
+      <c r="CE36" s="147"/>
+      <c r="CF36" s="147"/>
+      <c r="CG36" s="147"/>
+      <c r="CH36" s="147"/>
+      <c r="CI36" s="147"/>
+      <c r="CJ36" s="147"/>
+      <c r="CK36" s="147"/>
+      <c r="CL36" s="147"/>
+      <c r="CM36" s="147"/>
+      <c r="CN36" s="147"/>
+      <c r="CO36" s="147"/>
+      <c r="CP36" s="147"/>
+      <c r="CQ36" s="147"/>
+      <c r="CR36" s="147"/>
+      <c r="CS36" s="147"/>
+      <c r="CT36" s="147"/>
+      <c r="CU36" s="147"/>
+      <c r="CV36" s="147"/>
+      <c r="CW36" s="147"/>
+      <c r="CX36" s="147"/>
+      <c r="CY36" s="147"/>
+      <c r="CZ36" s="147"/>
+    </row>
+    <row r="37" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A37" s="180" t="s">
+        <v>132</v>
+      </c>
+      <c r="B37" s="185" t="s">
+        <v>131</v>
+      </c>
+      <c r="C37" s="202">
+        <v>14</v>
+      </c>
+      <c r="D37" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="E37" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="F37" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="G37" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="H37" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="I37" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="J37" s="204">
+        <v>15</v>
+      </c>
+      <c r="K37" s="147"/>
+      <c r="L37" s="147"/>
+      <c r="M37" s="147"/>
+      <c r="N37" s="147"/>
+      <c r="O37" s="147"/>
+      <c r="P37" s="147"/>
+      <c r="Q37" s="147"/>
+      <c r="R37" s="147"/>
+      <c r="S37" s="147"/>
+      <c r="T37" s="147"/>
+      <c r="U37" s="147"/>
+      <c r="V37" s="147"/>
+      <c r="W37" s="147"/>
+      <c r="X37" s="147"/>
+      <c r="Y37" s="147"/>
+      <c r="Z37" s="147"/>
+      <c r="AA37" s="147"/>
+      <c r="AB37" s="147"/>
+      <c r="AC37" s="147"/>
+      <c r="AD37" s="147"/>
+      <c r="AE37" s="147"/>
+      <c r="AF37" s="147"/>
+      <c r="AG37" s="147"/>
+      <c r="AH37" s="147"/>
+      <c r="AI37" s="147"/>
+      <c r="AJ37" s="147"/>
+      <c r="AK37" s="147"/>
+      <c r="AL37" s="147"/>
+      <c r="AM37" s="147"/>
+      <c r="AN37" s="147"/>
+      <c r="AO37" s="147"/>
+      <c r="AP37" s="147"/>
+      <c r="AQ37" s="147"/>
+      <c r="AR37" s="147"/>
+      <c r="AS37" s="147"/>
+      <c r="AT37" s="147"/>
+      <c r="AU37" s="147"/>
+      <c r="AV37" s="147"/>
+      <c r="AW37" s="147"/>
+      <c r="AX37" s="147"/>
+      <c r="AY37" s="147"/>
+      <c r="AZ37" s="147"/>
+      <c r="BA37" s="147"/>
+      <c r="BB37" s="147"/>
+      <c r="BC37" s="147"/>
+      <c r="BD37" s="147"/>
+      <c r="BE37" s="147"/>
+      <c r="BF37" s="147"/>
+      <c r="BG37" s="147"/>
+      <c r="BH37" s="147"/>
+      <c r="BI37" s="147"/>
+      <c r="BJ37" s="147"/>
+      <c r="BK37" s="147"/>
+      <c r="BL37" s="147"/>
+      <c r="BM37" s="147"/>
+      <c r="BN37" s="147"/>
+      <c r="BO37" s="147"/>
+      <c r="BP37" s="147"/>
+      <c r="BQ37" s="147"/>
+      <c r="BR37" s="147"/>
+      <c r="BS37" s="147"/>
+      <c r="BT37" s="147"/>
+      <c r="BU37" s="147"/>
+      <c r="BV37" s="147"/>
+      <c r="BW37" s="147"/>
+      <c r="BX37" s="147"/>
+      <c r="BY37" s="147"/>
+      <c r="BZ37" s="147"/>
+      <c r="CA37" s="147"/>
+      <c r="CB37" s="147"/>
+      <c r="CC37" s="147"/>
+      <c r="CD37" s="147"/>
+      <c r="CE37" s="147"/>
+      <c r="CF37" s="147"/>
+      <c r="CG37" s="147"/>
+      <c r="CH37" s="147"/>
+      <c r="CI37" s="147"/>
+      <c r="CJ37" s="147"/>
+      <c r="CK37" s="147"/>
+      <c r="CL37" s="147"/>
+      <c r="CM37" s="147"/>
+      <c r="CN37" s="147"/>
+      <c r="CO37" s="147"/>
+      <c r="CP37" s="147"/>
+      <c r="CQ37" s="147"/>
+      <c r="CR37" s="147"/>
+      <c r="CS37" s="147"/>
+      <c r="CT37" s="147"/>
+      <c r="CU37" s="147"/>
+      <c r="CV37" s="147"/>
+      <c r="CW37" s="147"/>
+      <c r="CX37" s="147"/>
+      <c r="CY37" s="147"/>
+      <c r="CZ37" s="147"/>
+    </row>
+    <row r="38" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A38" s="180">
+        <v>2021</v>
+      </c>
+      <c r="B38" s="149" t="s">
+        <v>124</v>
+      </c>
+      <c r="C38" s="162">
+        <v>180</v>
+      </c>
+      <c r="D38" s="162">
+        <v>12</v>
+      </c>
+      <c r="E38" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="F38" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="G38" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="H38" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I38" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="J38" s="164">
+        <v>194</v>
+      </c>
+      <c r="K38" s="147"/>
+      <c r="L38" s="147"/>
+      <c r="M38" s="147"/>
+      <c r="N38" s="147"/>
+      <c r="O38" s="147"/>
+      <c r="P38" s="147"/>
+      <c r="Q38" s="147"/>
+      <c r="R38" s="147"/>
+      <c r="S38" s="147"/>
+      <c r="T38" s="147"/>
+      <c r="U38" s="147"/>
+      <c r="V38" s="147"/>
+      <c r="W38" s="147"/>
+      <c r="X38" s="147"/>
+      <c r="Y38" s="147"/>
+      <c r="Z38" s="147"/>
+      <c r="AA38" s="147"/>
+      <c r="AB38" s="147"/>
+      <c r="AC38" s="147"/>
+      <c r="AD38" s="147"/>
+      <c r="AE38" s="147"/>
+      <c r="AF38" s="147"/>
+      <c r="AG38" s="147"/>
+      <c r="AH38" s="147"/>
+      <c r="AI38" s="147"/>
+      <c r="AJ38" s="147"/>
+      <c r="AK38" s="147"/>
+      <c r="AL38" s="147"/>
+      <c r="AM38" s="147"/>
+      <c r="AN38" s="147"/>
+      <c r="AO38" s="147"/>
+      <c r="AP38" s="147"/>
+      <c r="AQ38" s="147"/>
+      <c r="AR38" s="147"/>
+      <c r="AS38" s="147"/>
+      <c r="AT38" s="147"/>
+      <c r="AU38" s="147"/>
+      <c r="AV38" s="147"/>
+      <c r="AW38" s="147"/>
+      <c r="AX38" s="147"/>
+      <c r="AY38" s="147"/>
+      <c r="AZ38" s="147"/>
+      <c r="BA38" s="147"/>
+      <c r="BB38" s="147"/>
+      <c r="BC38" s="147"/>
+      <c r="BD38" s="147"/>
+      <c r="BE38" s="147"/>
+      <c r="BF38" s="147"/>
+      <c r="BG38" s="147"/>
+      <c r="BH38" s="147"/>
+      <c r="BI38" s="147"/>
+      <c r="BJ38" s="147"/>
+      <c r="BK38" s="147"/>
+      <c r="BL38" s="147"/>
+      <c r="BM38" s="147"/>
+      <c r="BN38" s="147"/>
+      <c r="BO38" s="147"/>
+      <c r="BP38" s="147"/>
+      <c r="BQ38" s="147"/>
+      <c r="BR38" s="147"/>
+      <c r="BS38" s="147"/>
+      <c r="BT38" s="147"/>
+      <c r="BU38" s="147"/>
+      <c r="BV38" s="147"/>
+      <c r="BW38" s="147"/>
+      <c r="BX38" s="147"/>
+      <c r="BY38" s="147"/>
+      <c r="BZ38" s="147"/>
+      <c r="CA38" s="147"/>
+      <c r="CB38" s="147"/>
+      <c r="CC38" s="147"/>
+      <c r="CD38" s="147"/>
+      <c r="CE38" s="147"/>
+      <c r="CF38" s="147"/>
+      <c r="CG38" s="147"/>
+      <c r="CH38" s="147"/>
+      <c r="CI38" s="147"/>
+      <c r="CJ38" s="147"/>
+      <c r="CK38" s="147"/>
+      <c r="CL38" s="147"/>
+      <c r="CM38" s="147"/>
+      <c r="CN38" s="147"/>
+      <c r="CO38" s="147"/>
+      <c r="CP38" s="147"/>
+      <c r="CQ38" s="147"/>
+      <c r="CR38" s="147"/>
+      <c r="CS38" s="147"/>
+      <c r="CT38" s="147"/>
+      <c r="CU38" s="147"/>
+      <c r="CV38" s="147"/>
+      <c r="CW38" s="147"/>
+      <c r="CX38" s="147"/>
+      <c r="CY38" s="147"/>
+      <c r="CZ38" s="147"/>
+    </row>
+    <row r="39" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A39" s="181" t="s">
+        <v>34</v>
+      </c>
+      <c r="B39" s="185" t="s">
+        <v>126</v>
+      </c>
+      <c r="C39" s="203">
+        <v>72</v>
+      </c>
+      <c r="D39" s="203">
+        <v>9</v>
+      </c>
+      <c r="E39" s="203">
+        <v>7</v>
+      </c>
+      <c r="F39" s="203">
+        <v>5</v>
+      </c>
+      <c r="G39" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="H39" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="I39" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="J39" s="205">
+        <v>97</v>
+      </c>
+      <c r="K39" s="147"/>
+      <c r="L39" s="147"/>
+      <c r="M39" s="147"/>
+      <c r="N39" s="147"/>
+      <c r="O39" s="147"/>
+      <c r="P39" s="147"/>
+      <c r="Q39" s="147"/>
+      <c r="R39" s="147"/>
+      <c r="S39" s="147"/>
+      <c r="T39" s="147"/>
+      <c r="U39" s="147"/>
+      <c r="V39" s="147"/>
+      <c r="W39" s="147"/>
+      <c r="X39" s="147"/>
+      <c r="Y39" s="147"/>
+      <c r="Z39" s="147"/>
+      <c r="AA39" s="147"/>
+      <c r="AB39" s="147"/>
+      <c r="AC39" s="147"/>
+      <c r="AD39" s="147"/>
+      <c r="AE39" s="147"/>
+      <c r="AF39" s="147"/>
+      <c r="AG39" s="147"/>
+      <c r="AH39" s="147"/>
+      <c r="AI39" s="147"/>
+      <c r="AJ39" s="147"/>
+      <c r="AK39" s="147"/>
+      <c r="AL39" s="147"/>
+      <c r="AM39" s="147"/>
+      <c r="AN39" s="147"/>
+      <c r="AO39" s="147"/>
+      <c r="AP39" s="147"/>
+      <c r="AQ39" s="147"/>
+      <c r="AR39" s="147"/>
+      <c r="AS39" s="147"/>
+      <c r="AT39" s="147"/>
+      <c r="AU39" s="147"/>
+      <c r="AV39" s="147"/>
+      <c r="AW39" s="147"/>
+      <c r="AX39" s="147"/>
+      <c r="AY39" s="147"/>
+      <c r="AZ39" s="147"/>
+      <c r="BA39" s="147"/>
+      <c r="BB39" s="147"/>
+      <c r="BC39" s="147"/>
+      <c r="BD39" s="147"/>
+      <c r="BE39" s="147"/>
+      <c r="BF39" s="147"/>
+      <c r="BG39" s="147"/>
+      <c r="BH39" s="147"/>
+      <c r="BI39" s="147"/>
+      <c r="BJ39" s="147"/>
+      <c r="BK39" s="147"/>
+      <c r="BL39" s="147"/>
+      <c r="BM39" s="147"/>
+      <c r="BN39" s="147"/>
+      <c r="BO39" s="147"/>
+      <c r="BP39" s="147"/>
+      <c r="BQ39" s="147"/>
+      <c r="BR39" s="147"/>
+      <c r="BS39" s="147"/>
+      <c r="BT39" s="147"/>
+      <c r="BU39" s="147"/>
+      <c r="BV39" s="147"/>
+      <c r="BW39" s="147"/>
+      <c r="BX39" s="147"/>
+      <c r="BY39" s="147"/>
+      <c r="BZ39" s="147"/>
+      <c r="CA39" s="147"/>
+      <c r="CB39" s="147"/>
+      <c r="CC39" s="147"/>
+      <c r="CD39" s="147"/>
+      <c r="CE39" s="147"/>
+      <c r="CF39" s="147"/>
+      <c r="CG39" s="147"/>
+      <c r="CH39" s="147"/>
+      <c r="CI39" s="147"/>
+      <c r="CJ39" s="147"/>
+      <c r="CK39" s="147"/>
+      <c r="CL39" s="147"/>
+      <c r="CM39" s="147"/>
+      <c r="CN39" s="147"/>
+      <c r="CO39" s="147"/>
+      <c r="CP39" s="147"/>
+      <c r="CQ39" s="147"/>
+      <c r="CR39" s="147"/>
+      <c r="CS39" s="147"/>
+      <c r="CT39" s="147"/>
+      <c r="CU39" s="147"/>
+      <c r="CV39" s="147"/>
+      <c r="CW39" s="147"/>
+      <c r="CX39" s="147"/>
+      <c r="CY39" s="147"/>
+      <c r="CZ39" s="147"/>
+    </row>
+    <row r="40" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A40" s="184"/>
+      <c r="B40" s="149" t="s">
+        <v>127</v>
+      </c>
+      <c r="C40" s="162">
+        <v>120</v>
+      </c>
+      <c r="D40" s="162">
+        <v>56</v>
+      </c>
+      <c r="E40" s="162">
+        <v>42</v>
+      </c>
+      <c r="F40" s="162">
+        <v>18</v>
+      </c>
+      <c r="G40" s="162">
+        <v>5</v>
+      </c>
+      <c r="H40" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I40" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="J40" s="164">
+        <v>247</v>
+      </c>
+      <c r="K40" s="147"/>
+      <c r="L40" s="147"/>
+      <c r="M40" s="147"/>
+      <c r="N40" s="147"/>
+      <c r="O40" s="147"/>
+      <c r="P40" s="147"/>
+      <c r="Q40" s="147"/>
+      <c r="R40" s="147"/>
+      <c r="S40" s="147"/>
+      <c r="T40" s="147"/>
+      <c r="U40" s="147"/>
+      <c r="V40" s="147"/>
+      <c r="W40" s="147"/>
+      <c r="X40" s="147"/>
+      <c r="Y40" s="147"/>
+      <c r="Z40" s="147"/>
+      <c r="AA40" s="147"/>
+      <c r="AB40" s="147"/>
+      <c r="AC40" s="147"/>
+      <c r="AD40" s="147"/>
+      <c r="AE40" s="147"/>
+      <c r="AF40" s="147"/>
+      <c r="AG40" s="147"/>
+      <c r="AH40" s="147"/>
+      <c r="AI40" s="147"/>
+      <c r="AJ40" s="147"/>
+      <c r="AK40" s="147"/>
+      <c r="AL40" s="147"/>
+      <c r="AM40" s="147"/>
+      <c r="AN40" s="147"/>
+      <c r="AO40" s="147"/>
+      <c r="AP40" s="147"/>
+      <c r="AQ40" s="147"/>
+      <c r="AR40" s="147"/>
+      <c r="AS40" s="147"/>
+      <c r="AT40" s="147"/>
+      <c r="AU40" s="147"/>
+      <c r="AV40" s="147"/>
+      <c r="AW40" s="147"/>
+      <c r="AX40" s="147"/>
+      <c r="AY40" s="147"/>
+      <c r="AZ40" s="147"/>
+      <c r="BA40" s="147"/>
+      <c r="BB40" s="147"/>
+      <c r="BC40" s="147"/>
+      <c r="BD40" s="147"/>
+      <c r="BE40" s="147"/>
+      <c r="BF40" s="147"/>
+      <c r="BG40" s="147"/>
+      <c r="BH40" s="147"/>
+      <c r="BI40" s="147"/>
+      <c r="BJ40" s="147"/>
+      <c r="BK40" s="147"/>
+      <c r="BL40" s="147"/>
+      <c r="BM40" s="147"/>
+      <c r="BN40" s="147"/>
+      <c r="BO40" s="147"/>
+      <c r="BP40" s="147"/>
+      <c r="BQ40" s="147"/>
+      <c r="BR40" s="147"/>
+      <c r="BS40" s="147"/>
+      <c r="BT40" s="147"/>
+      <c r="BU40" s="147"/>
+      <c r="BV40" s="147"/>
+      <c r="BW40" s="147"/>
+      <c r="BX40" s="147"/>
+      <c r="BY40" s="147"/>
+      <c r="BZ40" s="147"/>
+      <c r="CA40" s="147"/>
+      <c r="CB40" s="147"/>
+      <c r="CC40" s="147"/>
+      <c r="CD40" s="147"/>
+      <c r="CE40" s="147"/>
+      <c r="CF40" s="147"/>
+      <c r="CG40" s="147"/>
+      <c r="CH40" s="147"/>
+      <c r="CI40" s="147"/>
+      <c r="CJ40" s="147"/>
+      <c r="CK40" s="147"/>
+      <c r="CL40" s="147"/>
+      <c r="CM40" s="147"/>
+      <c r="CN40" s="147"/>
+      <c r="CO40" s="147"/>
+      <c r="CP40" s="147"/>
+      <c r="CQ40" s="147"/>
+      <c r="CR40" s="147"/>
+      <c r="CS40" s="147"/>
+      <c r="CT40" s="147"/>
+      <c r="CU40" s="147"/>
+      <c r="CV40" s="147"/>
+      <c r="CW40" s="147"/>
+      <c r="CX40" s="147"/>
+      <c r="CY40" s="147"/>
+      <c r="CZ40" s="147"/>
+    </row>
+    <row r="41" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A41" s="184"/>
+      <c r="B41" s="185" t="s">
+        <v>128</v>
+      </c>
+      <c r="C41" s="203">
+        <v>627</v>
+      </c>
+      <c r="D41" s="203">
+        <v>529</v>
+      </c>
+      <c r="E41" s="203">
+        <v>439</v>
+      </c>
+      <c r="F41" s="203">
+        <v>247</v>
+      </c>
+      <c r="G41" s="203">
+        <v>151</v>
+      </c>
+      <c r="H41" s="203">
+        <v>102</v>
+      </c>
+      <c r="I41" s="203">
+        <v>115</v>
+      </c>
+      <c r="J41" s="205">
+        <v>2210</v>
+      </c>
+      <c r="K41" s="147"/>
+      <c r="L41" s="147"/>
+      <c r="M41" s="147"/>
+      <c r="N41" s="147"/>
+      <c r="O41" s="147"/>
+      <c r="P41" s="147"/>
+      <c r="Q41" s="147"/>
+      <c r="R41" s="147"/>
+      <c r="S41" s="147"/>
+      <c r="T41" s="147"/>
+      <c r="U41" s="147"/>
+      <c r="V41" s="147"/>
+      <c r="W41" s="147"/>
+      <c r="X41" s="147"/>
+      <c r="Y41" s="147"/>
+      <c r="Z41" s="147"/>
+      <c r="AA41" s="147"/>
+      <c r="AB41" s="147"/>
+      <c r="AC41" s="147"/>
+      <c r="AD41" s="147"/>
+      <c r="AE41" s="147"/>
+      <c r="AF41" s="147"/>
+      <c r="AG41" s="147"/>
+      <c r="AH41" s="147"/>
+      <c r="AI41" s="147"/>
+      <c r="AJ41" s="147"/>
+      <c r="AK41" s="147"/>
+      <c r="AL41" s="147"/>
+      <c r="AM41" s="147"/>
+      <c r="AN41" s="147"/>
+      <c r="AO41" s="147"/>
+      <c r="AP41" s="147"/>
+      <c r="AQ41" s="147"/>
+      <c r="AR41" s="147"/>
+      <c r="AS41" s="147"/>
+      <c r="AT41" s="147"/>
+      <c r="AU41" s="147"/>
+      <c r="AV41" s="147"/>
+      <c r="AW41" s="147"/>
+      <c r="AX41" s="147"/>
+      <c r="AY41" s="147"/>
+      <c r="AZ41" s="147"/>
+      <c r="BA41" s="147"/>
+      <c r="BB41" s="147"/>
+      <c r="BC41" s="147"/>
+      <c r="BD41" s="147"/>
+      <c r="BE41" s="147"/>
+      <c r="BF41" s="147"/>
+      <c r="BG41" s="147"/>
+      <c r="BH41" s="147"/>
+      <c r="BI41" s="147"/>
+      <c r="BJ41" s="147"/>
+      <c r="BK41" s="147"/>
+      <c r="BL41" s="147"/>
+      <c r="BM41" s="147"/>
+      <c r="BN41" s="147"/>
+      <c r="BO41" s="147"/>
+      <c r="BP41" s="147"/>
+      <c r="BQ41" s="147"/>
+      <c r="BR41" s="147"/>
+      <c r="BS41" s="147"/>
+      <c r="BT41" s="147"/>
+      <c r="BU41" s="147"/>
+      <c r="BV41" s="147"/>
+      <c r="BW41" s="147"/>
+      <c r="BX41" s="147"/>
+      <c r="BY41" s="147"/>
+      <c r="BZ41" s="147"/>
+      <c r="CA41" s="147"/>
+      <c r="CB41" s="147"/>
+      <c r="CC41" s="147"/>
+      <c r="CD41" s="147"/>
+      <c r="CE41" s="147"/>
+      <c r="CF41" s="147"/>
+      <c r="CG41" s="147"/>
+      <c r="CH41" s="147"/>
+      <c r="CI41" s="147"/>
+      <c r="CJ41" s="147"/>
+      <c r="CK41" s="147"/>
+      <c r="CL41" s="147"/>
+      <c r="CM41" s="147"/>
+      <c r="CN41" s="147"/>
+      <c r="CO41" s="147"/>
+      <c r="CP41" s="147"/>
+      <c r="CQ41" s="147"/>
+      <c r="CR41" s="147"/>
+      <c r="CS41" s="147"/>
+      <c r="CT41" s="147"/>
+      <c r="CU41" s="147"/>
+      <c r="CV41" s="147"/>
+      <c r="CW41" s="147"/>
+      <c r="CX41" s="147"/>
+      <c r="CY41" s="147"/>
+      <c r="CZ41" s="147"/>
+    </row>
+    <row r="42" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A42" s="181"/>
+      <c r="B42" s="149" t="s">
+        <v>129</v>
+      </c>
+      <c r="C42" s="162">
+        <v>356</v>
+      </c>
+      <c r="D42" s="162">
+        <v>119</v>
+      </c>
+      <c r="E42" s="162">
+        <v>92</v>
+      </c>
+      <c r="F42" s="162">
+        <v>26</v>
+      </c>
+      <c r="G42" s="162">
+        <v>8</v>
+      </c>
+      <c r="H42" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I42" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="J42" s="164">
+        <v>609</v>
+      </c>
+      <c r="K42" s="147"/>
+      <c r="L42" s="147"/>
+      <c r="M42" s="147"/>
+      <c r="N42" s="147"/>
+      <c r="O42" s="147"/>
+      <c r="P42" s="147"/>
+      <c r="Q42" s="147"/>
+      <c r="R42" s="147"/>
+      <c r="S42" s="147"/>
+      <c r="T42" s="147"/>
+      <c r="U42" s="147"/>
+      <c r="V42" s="147"/>
+      <c r="W42" s="147"/>
+      <c r="X42" s="147"/>
+      <c r="Y42" s="147"/>
+      <c r="Z42" s="147"/>
+      <c r="AA42" s="147"/>
+      <c r="AB42" s="147"/>
+      <c r="AC42" s="147"/>
+      <c r="AD42" s="147"/>
+      <c r="AE42" s="147"/>
+      <c r="AF42" s="147"/>
+      <c r="AG42" s="147"/>
+      <c r="AH42" s="147"/>
+      <c r="AI42" s="147"/>
+      <c r="AJ42" s="147"/>
+      <c r="AK42" s="147"/>
+      <c r="AL42" s="147"/>
+      <c r="AM42" s="147"/>
+      <c r="AN42" s="147"/>
+      <c r="AO42" s="147"/>
+      <c r="AP42" s="147"/>
+      <c r="AQ42" s="147"/>
+      <c r="AR42" s="147"/>
+      <c r="AS42" s="147"/>
+      <c r="AT42" s="147"/>
+      <c r="AU42" s="147"/>
+      <c r="AV42" s="147"/>
+      <c r="AW42" s="147"/>
+      <c r="AX42" s="147"/>
+      <c r="AY42" s="147"/>
+      <c r="AZ42" s="147"/>
+      <c r="BA42" s="147"/>
+      <c r="BB42" s="147"/>
+      <c r="BC42" s="147"/>
+      <c r="BD42" s="147"/>
+      <c r="BE42" s="147"/>
+      <c r="BF42" s="147"/>
+      <c r="BG42" s="147"/>
+      <c r="BH42" s="147"/>
+      <c r="BI42" s="147"/>
+      <c r="BJ42" s="147"/>
+      <c r="BK42" s="147"/>
+      <c r="BL42" s="147"/>
+      <c r="BM42" s="147"/>
+      <c r="BN42" s="147"/>
+      <c r="BO42" s="147"/>
+      <c r="BP42" s="147"/>
+      <c r="BQ42" s="147"/>
+      <c r="BR42" s="147"/>
+      <c r="BS42" s="147"/>
+      <c r="BT42" s="147"/>
+      <c r="BU42" s="147"/>
+      <c r="BV42" s="147"/>
+      <c r="BW42" s="147"/>
+      <c r="BX42" s="147"/>
+      <c r="BY42" s="147"/>
+      <c r="BZ42" s="147"/>
+      <c r="CA42" s="147"/>
+      <c r="CB42" s="147"/>
+      <c r="CC42" s="147"/>
+      <c r="CD42" s="147"/>
+      <c r="CE42" s="147"/>
+      <c r="CF42" s="147"/>
+      <c r="CG42" s="147"/>
+      <c r="CH42" s="147"/>
+      <c r="CI42" s="147"/>
+      <c r="CJ42" s="147"/>
+      <c r="CK42" s="147"/>
+      <c r="CL42" s="147"/>
+      <c r="CM42" s="147"/>
+      <c r="CN42" s="147"/>
+      <c r="CO42" s="147"/>
+      <c r="CP42" s="147"/>
+      <c r="CQ42" s="147"/>
+      <c r="CR42" s="147"/>
+      <c r="CS42" s="147"/>
+      <c r="CT42" s="147"/>
+      <c r="CU42" s="147"/>
+      <c r="CV42" s="147"/>
+      <c r="CW42" s="147"/>
+      <c r="CX42" s="147"/>
+      <c r="CY42" s="147"/>
+      <c r="CZ42" s="147"/>
+    </row>
+    <row r="43" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A43" s="182"/>
+      <c r="B43" s="190" t="s">
+        <v>34</v>
+      </c>
+      <c r="C43" s="206">
+        <v>1395</v>
+      </c>
+      <c r="D43" s="206">
+        <v>730</v>
+      </c>
+      <c r="E43" s="206">
+        <v>582</v>
+      </c>
+      <c r="F43" s="206">
+        <v>296</v>
+      </c>
+      <c r="G43" s="206">
+        <v>166</v>
+      </c>
+      <c r="H43" s="206">
+        <v>112</v>
+      </c>
+      <c r="I43" s="206">
+        <v>121</v>
+      </c>
+      <c r="J43" s="206">
+        <v>3402</v>
+      </c>
+      <c r="K43" s="147"/>
+      <c r="L43" s="147"/>
+      <c r="M43" s="147"/>
+      <c r="N43" s="147"/>
+      <c r="O43" s="147"/>
+      <c r="P43" s="147"/>
+      <c r="Q43" s="147"/>
+      <c r="R43" s="147"/>
+      <c r="S43" s="147"/>
+      <c r="T43" s="147"/>
+      <c r="U43" s="147"/>
+      <c r="V43" s="147"/>
+      <c r="W43" s="147"/>
+      <c r="X43" s="147"/>
+      <c r="Y43" s="147"/>
+      <c r="Z43" s="147"/>
+      <c r="AA43" s="147"/>
+      <c r="AB43" s="147"/>
+      <c r="AC43" s="147"/>
+      <c r="AD43" s="147"/>
+      <c r="AE43" s="147"/>
+      <c r="AF43" s="147"/>
+      <c r="AG43" s="147"/>
+      <c r="AH43" s="147"/>
+      <c r="AI43" s="147"/>
+      <c r="AJ43" s="147"/>
+      <c r="AK43" s="147"/>
+      <c r="AL43" s="147"/>
+      <c r="AM43" s="147"/>
+      <c r="AN43" s="147"/>
+      <c r="AO43" s="147"/>
+      <c r="AP43" s="147"/>
+      <c r="AQ43" s="147"/>
+      <c r="AR43" s="147"/>
+      <c r="AS43" s="147"/>
+      <c r="AT43" s="147"/>
+      <c r="AU43" s="147"/>
+      <c r="AV43" s="147"/>
+      <c r="AW43" s="147"/>
+      <c r="AX43" s="147"/>
+      <c r="AY43" s="147"/>
+      <c r="AZ43" s="147"/>
+      <c r="BA43" s="147"/>
+      <c r="BB43" s="147"/>
+      <c r="BC43" s="147"/>
+      <c r="BD43" s="147"/>
+      <c r="BE43" s="147"/>
+      <c r="BF43" s="147"/>
+      <c r="BG43" s="147"/>
+      <c r="BH43" s="147"/>
+      <c r="BI43" s="147"/>
+      <c r="BJ43" s="147"/>
+      <c r="BK43" s="147"/>
+      <c r="BL43" s="147"/>
+      <c r="BM43" s="147"/>
+      <c r="BN43" s="147"/>
+      <c r="BO43" s="147"/>
+      <c r="BP43" s="147"/>
+      <c r="BQ43" s="147"/>
+      <c r="BR43" s="147"/>
+      <c r="BS43" s="147"/>
+      <c r="BT43" s="147"/>
+      <c r="BU43" s="147"/>
+      <c r="BV43" s="147"/>
+      <c r="BW43" s="147"/>
+      <c r="BX43" s="147"/>
+      <c r="BY43" s="147"/>
+      <c r="BZ43" s="147"/>
+      <c r="CA43" s="147"/>
+      <c r="CB43" s="147"/>
+      <c r="CC43" s="147"/>
+      <c r="CD43" s="147"/>
+      <c r="CE43" s="147"/>
+      <c r="CF43" s="147"/>
+      <c r="CG43" s="147"/>
+      <c r="CH43" s="147"/>
+      <c r="CI43" s="147"/>
+      <c r="CJ43" s="147"/>
+      <c r="CK43" s="147"/>
+      <c r="CL43" s="147"/>
+      <c r="CM43" s="147"/>
+      <c r="CN43" s="147"/>
+      <c r="CO43" s="147"/>
+      <c r="CP43" s="147"/>
+      <c r="CQ43" s="147"/>
+      <c r="CR43" s="147"/>
+      <c r="CS43" s="147"/>
+      <c r="CT43" s="147"/>
+      <c r="CU43" s="147"/>
+      <c r="CV43" s="147"/>
+      <c r="CW43" s="147"/>
+      <c r="CX43" s="147"/>
+      <c r="CY43" s="147"/>
+      <c r="CZ43" s="147"/>
+    </row>
+    <row r="44" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A44" s="152"/>
+      <c r="B44" s="149" t="s">
+        <v>219</v>
+      </c>
+      <c r="C44" s="161">
+        <v>31</v>
+      </c>
+      <c r="D44" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="E44" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="F44" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="G44" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="H44" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I44" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="J44" s="163">
+        <v>36</v>
+      </c>
+      <c r="K44" s="147"/>
+      <c r="L44" s="147"/>
+      <c r="M44" s="147"/>
+      <c r="N44" s="147"/>
+      <c r="O44" s="147"/>
+      <c r="P44" s="147"/>
+      <c r="Q44" s="147"/>
+      <c r="R44" s="147"/>
+      <c r="S44" s="147"/>
+      <c r="T44" s="147"/>
+      <c r="U44" s="147"/>
+      <c r="V44" s="147"/>
+      <c r="W44" s="147"/>
+      <c r="X44" s="147"/>
+      <c r="Y44" s="147"/>
+      <c r="Z44" s="147"/>
+      <c r="AA44" s="147"/>
+      <c r="AB44" s="147"/>
+      <c r="AC44" s="147"/>
+      <c r="AD44" s="147"/>
+      <c r="AE44" s="147"/>
+      <c r="AF44" s="147"/>
+      <c r="AG44" s="147"/>
+      <c r="AH44" s="147"/>
+      <c r="AI44" s="147"/>
+      <c r="AJ44" s="147"/>
+      <c r="AK44" s="147"/>
+      <c r="AL44" s="147"/>
+      <c r="AM44" s="147"/>
+      <c r="AN44" s="147"/>
+      <c r="AO44" s="147"/>
+      <c r="AP44" s="147"/>
+      <c r="AQ44" s="147"/>
+      <c r="AR44" s="147"/>
+      <c r="AS44" s="147"/>
+      <c r="AT44" s="147"/>
+      <c r="AU44" s="147"/>
+      <c r="AV44" s="147"/>
+      <c r="AW44" s="147"/>
+      <c r="AX44" s="147"/>
+      <c r="AY44" s="147"/>
+      <c r="AZ44" s="147"/>
+      <c r="BA44" s="147"/>
+      <c r="BB44" s="147"/>
+      <c r="BC44" s="147"/>
+      <c r="BD44" s="147"/>
+      <c r="BE44" s="147"/>
+      <c r="BF44" s="147"/>
+      <c r="BG44" s="147"/>
+      <c r="BH44" s="147"/>
+      <c r="BI44" s="147"/>
+      <c r="BJ44" s="147"/>
+      <c r="BK44" s="147"/>
+      <c r="BL44" s="147"/>
+      <c r="BM44" s="147"/>
+      <c r="BN44" s="147"/>
+      <c r="BO44" s="147"/>
+      <c r="BP44" s="147"/>
+      <c r="BQ44" s="147"/>
+      <c r="BR44" s="147"/>
+      <c r="BS44" s="147"/>
+      <c r="BT44" s="147"/>
+      <c r="BU44" s="147"/>
+      <c r="BV44" s="147"/>
+      <c r="BW44" s="147"/>
+      <c r="BX44" s="147"/>
+      <c r="BY44" s="147"/>
+      <c r="BZ44" s="147"/>
+      <c r="CA44" s="147"/>
+      <c r="CB44" s="147"/>
+      <c r="CC44" s="147"/>
+      <c r="CD44" s="147"/>
+      <c r="CE44" s="147"/>
+      <c r="CF44" s="147"/>
+      <c r="CG44" s="147"/>
+      <c r="CH44" s="147"/>
+      <c r="CI44" s="147"/>
+      <c r="CJ44" s="147"/>
+      <c r="CK44" s="147"/>
+      <c r="CL44" s="147"/>
+      <c r="CM44" s="147"/>
+      <c r="CN44" s="147"/>
+      <c r="CO44" s="147"/>
+      <c r="CP44" s="147"/>
+      <c r="CQ44" s="147"/>
+      <c r="CR44" s="147"/>
+      <c r="CS44" s="147"/>
+      <c r="CT44" s="147"/>
+      <c r="CU44" s="147"/>
+      <c r="CV44" s="147"/>
+      <c r="CW44" s="147"/>
+      <c r="CX44" s="147"/>
+      <c r="CY44" s="147"/>
+      <c r="CZ44" s="147"/>
+    </row>
+    <row r="45" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A45" s="150" t="s">
+        <v>133</v>
+      </c>
+      <c r="B45" s="185" t="s">
+        <v>131</v>
+      </c>
+      <c r="C45" s="202">
+        <v>12</v>
+      </c>
+      <c r="D45" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="E45" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="F45" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="G45" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="H45" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="I45" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="J45" s="204">
+        <v>15</v>
+      </c>
+      <c r="K45" s="147"/>
+      <c r="L45" s="147"/>
+      <c r="M45" s="147"/>
+      <c r="N45" s="147"/>
+      <c r="O45" s="147"/>
+      <c r="P45" s="147"/>
+      <c r="Q45" s="147"/>
+      <c r="R45" s="147"/>
+      <c r="S45" s="147"/>
+      <c r="T45" s="147"/>
+      <c r="U45" s="147"/>
+      <c r="V45" s="147"/>
+      <c r="W45" s="147"/>
+      <c r="X45" s="147"/>
+      <c r="Y45" s="147"/>
+      <c r="Z45" s="147"/>
+      <c r="AA45" s="147"/>
+      <c r="AB45" s="147"/>
+      <c r="AC45" s="147"/>
+      <c r="AD45" s="147"/>
+      <c r="AE45" s="147"/>
+      <c r="AF45" s="147"/>
+      <c r="AG45" s="147"/>
+      <c r="AH45" s="147"/>
+      <c r="AI45" s="147"/>
+      <c r="AJ45" s="147"/>
+      <c r="AK45" s="147"/>
+      <c r="AL45" s="147"/>
+      <c r="AM45" s="147"/>
+      <c r="AN45" s="147"/>
+      <c r="AO45" s="147"/>
+      <c r="AP45" s="147"/>
+      <c r="AQ45" s="147"/>
+      <c r="AR45" s="147"/>
+      <c r="AS45" s="147"/>
+      <c r="AT45" s="147"/>
+      <c r="AU45" s="147"/>
+      <c r="AV45" s="147"/>
+      <c r="AW45" s="147"/>
+      <c r="AX45" s="147"/>
+      <c r="AY45" s="147"/>
+      <c r="AZ45" s="147"/>
+      <c r="BA45" s="147"/>
+      <c r="BB45" s="147"/>
+      <c r="BC45" s="147"/>
+      <c r="BD45" s="147"/>
+      <c r="BE45" s="147"/>
+      <c r="BF45" s="147"/>
+      <c r="BG45" s="147"/>
+      <c r="BH45" s="147"/>
+      <c r="BI45" s="147"/>
+      <c r="BJ45" s="147"/>
+      <c r="BK45" s="147"/>
+      <c r="BL45" s="147"/>
+      <c r="BM45" s="147"/>
+      <c r="BN45" s="147"/>
+      <c r="BO45" s="147"/>
+      <c r="BP45" s="147"/>
+      <c r="BQ45" s="147"/>
+      <c r="BR45" s="147"/>
+      <c r="BS45" s="147"/>
+      <c r="BT45" s="147"/>
+      <c r="BU45" s="147"/>
+      <c r="BV45" s="147"/>
+      <c r="BW45" s="147"/>
+      <c r="BX45" s="147"/>
+      <c r="BY45" s="147"/>
+      <c r="BZ45" s="147"/>
+      <c r="CA45" s="147"/>
+      <c r="CB45" s="147"/>
+      <c r="CC45" s="147"/>
+      <c r="CD45" s="147"/>
+      <c r="CE45" s="147"/>
+      <c r="CF45" s="147"/>
+      <c r="CG45" s="147"/>
+      <c r="CH45" s="147"/>
+      <c r="CI45" s="147"/>
+      <c r="CJ45" s="147"/>
+      <c r="CK45" s="147"/>
+      <c r="CL45" s="147"/>
+      <c r="CM45" s="147"/>
+      <c r="CN45" s="147"/>
+      <c r="CO45" s="147"/>
+      <c r="CP45" s="147"/>
+      <c r="CQ45" s="147"/>
+      <c r="CR45" s="147"/>
+      <c r="CS45" s="147"/>
+      <c r="CT45" s="147"/>
+      <c r="CU45" s="147"/>
+      <c r="CV45" s="147"/>
+      <c r="CW45" s="147"/>
+      <c r="CX45" s="147"/>
+      <c r="CY45" s="147"/>
+      <c r="CZ45" s="147"/>
+    </row>
+    <row r="46" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A46" s="150">
+        <v>2022</v>
+      </c>
+      <c r="B46" s="149" t="s">
+        <v>124</v>
+      </c>
+      <c r="C46" s="162">
+        <v>219</v>
+      </c>
+      <c r="D46" s="162">
+        <v>20</v>
+      </c>
+      <c r="E46" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="F46" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="G46" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="H46" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I46" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="J46" s="164">
+        <v>241</v>
+      </c>
+      <c r="K46" s="147"/>
+      <c r="L46" s="147"/>
+      <c r="M46" s="147"/>
+      <c r="N46" s="147"/>
+      <c r="O46" s="147"/>
+      <c r="P46" s="147"/>
+      <c r="Q46" s="147"/>
+      <c r="R46" s="147"/>
+      <c r="S46" s="147"/>
+      <c r="T46" s="147"/>
+      <c r="U46" s="147"/>
+      <c r="V46" s="147"/>
+      <c r="W46" s="147"/>
+      <c r="X46" s="147"/>
+      <c r="Y46" s="147"/>
+      <c r="Z46" s="147"/>
+      <c r="AA46" s="147"/>
+      <c r="AB46" s="147"/>
+      <c r="AC46" s="147"/>
+      <c r="AD46" s="147"/>
+      <c r="AE46" s="147"/>
+      <c r="AF46" s="147"/>
+      <c r="AG46" s="147"/>
+      <c r="AH46" s="147"/>
+      <c r="AI46" s="147"/>
+      <c r="AJ46" s="147"/>
+      <c r="AK46" s="147"/>
+      <c r="AL46" s="147"/>
+      <c r="AM46" s="147"/>
+      <c r="AN46" s="147"/>
+      <c r="AO46" s="147"/>
+      <c r="AP46" s="147"/>
+      <c r="AQ46" s="147"/>
+      <c r="AR46" s="147"/>
+      <c r="AS46" s="147"/>
+      <c r="AT46" s="147"/>
+      <c r="AU46" s="147"/>
+      <c r="AV46" s="147"/>
+      <c r="AW46" s="147"/>
+      <c r="AX46" s="147"/>
+      <c r="AY46" s="147"/>
+      <c r="AZ46" s="147"/>
+      <c r="BA46" s="147"/>
+      <c r="BB46" s="147"/>
+      <c r="BC46" s="147"/>
+      <c r="BD46" s="147"/>
+      <c r="BE46" s="147"/>
+      <c r="BF46" s="147"/>
+      <c r="BG46" s="147"/>
+      <c r="BH46" s="147"/>
+      <c r="BI46" s="147"/>
+      <c r="BJ46" s="147"/>
+      <c r="BK46" s="147"/>
+      <c r="BL46" s="147"/>
+      <c r="BM46" s="147"/>
+      <c r="BN46" s="147"/>
+      <c r="BO46" s="147"/>
+      <c r="BP46" s="147"/>
+      <c r="BQ46" s="147"/>
+      <c r="BR46" s="147"/>
+      <c r="BS46" s="147"/>
+      <c r="BT46" s="147"/>
+      <c r="BU46" s="147"/>
+      <c r="BV46" s="147"/>
+      <c r="BW46" s="147"/>
+      <c r="BX46" s="147"/>
+      <c r="BY46" s="147"/>
+      <c r="BZ46" s="147"/>
+      <c r="CA46" s="147"/>
+      <c r="CB46" s="147"/>
+      <c r="CC46" s="147"/>
+      <c r="CD46" s="147"/>
+      <c r="CE46" s="147"/>
+      <c r="CF46" s="147"/>
+      <c r="CG46" s="147"/>
+      <c r="CH46" s="147"/>
+      <c r="CI46" s="147"/>
+      <c r="CJ46" s="147"/>
+      <c r="CK46" s="147"/>
+      <c r="CL46" s="147"/>
+      <c r="CM46" s="147"/>
+      <c r="CN46" s="147"/>
+      <c r="CO46" s="147"/>
+      <c r="CP46" s="147"/>
+      <c r="CQ46" s="147"/>
+      <c r="CR46" s="147"/>
+      <c r="CS46" s="147"/>
+      <c r="CT46" s="147"/>
+      <c r="CU46" s="147"/>
+      <c r="CV46" s="147"/>
+      <c r="CW46" s="147"/>
+      <c r="CX46" s="147"/>
+      <c r="CY46" s="147"/>
+      <c r="CZ46" s="147"/>
+    </row>
+    <row r="47" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A47" s="148" t="s">
+        <v>34</v>
+      </c>
+      <c r="B47" s="185" t="s">
+        <v>126</v>
+      </c>
+      <c r="C47" s="203">
+        <v>69</v>
+      </c>
+      <c r="D47" s="203">
+        <v>13</v>
+      </c>
+      <c r="E47" s="203">
+        <v>9</v>
+      </c>
+      <c r="F47" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="G47" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="H47" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="I47" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="J47" s="205">
+        <v>101</v>
+      </c>
+      <c r="K47" s="147"/>
+      <c r="L47" s="147"/>
+      <c r="M47" s="147"/>
+      <c r="N47" s="147"/>
+      <c r="O47" s="147"/>
+      <c r="P47" s="147"/>
+      <c r="Q47" s="147"/>
+      <c r="R47" s="147"/>
+      <c r="S47" s="147"/>
+      <c r="T47" s="147"/>
+      <c r="U47" s="147"/>
+      <c r="V47" s="147"/>
+      <c r="W47" s="147"/>
+      <c r="X47" s="147"/>
+      <c r="Y47" s="147"/>
+      <c r="Z47" s="147"/>
+      <c r="AA47" s="147"/>
+      <c r="AB47" s="147"/>
+      <c r="AC47" s="147"/>
+      <c r="AD47" s="147"/>
+      <c r="AE47" s="147"/>
+      <c r="AF47" s="147"/>
+      <c r="AG47" s="147"/>
+      <c r="AH47" s="147"/>
+      <c r="AI47" s="147"/>
+      <c r="AJ47" s="147"/>
+      <c r="AK47" s="147"/>
+      <c r="AL47" s="147"/>
+      <c r="AM47" s="147"/>
+      <c r="AN47" s="147"/>
+      <c r="AO47" s="147"/>
+      <c r="AP47" s="147"/>
+      <c r="AQ47" s="147"/>
+      <c r="AR47" s="147"/>
+      <c r="AS47" s="147"/>
+      <c r="AT47" s="147"/>
+      <c r="AU47" s="147"/>
+      <c r="AV47" s="147"/>
+      <c r="AW47" s="147"/>
+      <c r="AX47" s="147"/>
+      <c r="AY47" s="147"/>
+      <c r="AZ47" s="147"/>
+      <c r="BA47" s="147"/>
+      <c r="BB47" s="147"/>
+      <c r="BC47" s="147"/>
+      <c r="BD47" s="147"/>
+      <c r="BE47" s="147"/>
+      <c r="BF47" s="147"/>
+      <c r="BG47" s="147"/>
+      <c r="BH47" s="147"/>
+      <c r="BI47" s="147"/>
+      <c r="BJ47" s="147"/>
+      <c r="BK47" s="147"/>
+      <c r="BL47" s="147"/>
+      <c r="BM47" s="147"/>
+      <c r="BN47" s="147"/>
+      <c r="BO47" s="147"/>
+      <c r="BP47" s="147"/>
+      <c r="BQ47" s="147"/>
+      <c r="BR47" s="147"/>
+      <c r="BS47" s="147"/>
+      <c r="BT47" s="147"/>
+      <c r="BU47" s="147"/>
+      <c r="BV47" s="147"/>
+      <c r="BW47" s="147"/>
+      <c r="BX47" s="147"/>
+      <c r="BY47" s="147"/>
+      <c r="BZ47" s="147"/>
+      <c r="CA47" s="147"/>
+      <c r="CB47" s="147"/>
+      <c r="CC47" s="147"/>
+      <c r="CD47" s="147"/>
+      <c r="CE47" s="147"/>
+      <c r="CF47" s="147"/>
+      <c r="CG47" s="147"/>
+      <c r="CH47" s="147"/>
+      <c r="CI47" s="147"/>
+      <c r="CJ47" s="147"/>
+      <c r="CK47" s="147"/>
+      <c r="CL47" s="147"/>
+      <c r="CM47" s="147"/>
+      <c r="CN47" s="147"/>
+      <c r="CO47" s="147"/>
+      <c r="CP47" s="147"/>
+      <c r="CQ47" s="147"/>
+      <c r="CR47" s="147"/>
+      <c r="CS47" s="147"/>
+      <c r="CT47" s="147"/>
+      <c r="CU47" s="147"/>
+      <c r="CV47" s="147"/>
+      <c r="CW47" s="147"/>
+      <c r="CX47" s="147"/>
+      <c r="CY47" s="147"/>
+      <c r="CZ47" s="147"/>
+    </row>
+    <row r="48" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A48" s="152"/>
+      <c r="B48" s="149" t="s">
+        <v>127</v>
+      </c>
+      <c r="C48" s="162">
+        <v>106</v>
+      </c>
+      <c r="D48" s="162">
+        <v>57</v>
+      </c>
+      <c r="E48" s="162">
+        <v>53</v>
+      </c>
+      <c r="F48" s="162">
+        <v>13</v>
+      </c>
+      <c r="G48" s="162">
+        <v>5</v>
+      </c>
+      <c r="H48" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I48" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="J48" s="164">
+        <v>238</v>
+      </c>
+      <c r="K48" s="147"/>
+      <c r="L48" s="147"/>
+      <c r="M48" s="147"/>
+      <c r="N48" s="147"/>
+      <c r="O48" s="147"/>
+      <c r="P48" s="147"/>
+      <c r="Q48" s="147"/>
+      <c r="R48" s="147"/>
+      <c r="S48" s="147"/>
+      <c r="T48" s="147"/>
+      <c r="U48" s="147"/>
+      <c r="V48" s="147"/>
+      <c r="W48" s="147"/>
+      <c r="X48" s="147"/>
+      <c r="Y48" s="147"/>
+      <c r="Z48" s="147"/>
+      <c r="AA48" s="147"/>
+      <c r="AB48" s="147"/>
+      <c r="AC48" s="147"/>
+      <c r="AD48" s="147"/>
+      <c r="AE48" s="147"/>
+      <c r="AF48" s="147"/>
+      <c r="AG48" s="147"/>
+      <c r="AH48" s="147"/>
+      <c r="AI48" s="147"/>
+      <c r="AJ48" s="147"/>
+      <c r="AK48" s="147"/>
+      <c r="AL48" s="147"/>
+      <c r="AM48" s="147"/>
+      <c r="AN48" s="147"/>
+      <c r="AO48" s="147"/>
+      <c r="AP48" s="147"/>
+      <c r="AQ48" s="147"/>
+      <c r="AR48" s="147"/>
+      <c r="AS48" s="147"/>
+      <c r="AT48" s="147"/>
+      <c r="AU48" s="147"/>
+      <c r="AV48" s="147"/>
+      <c r="AW48" s="147"/>
+      <c r="AX48" s="147"/>
+      <c r="AY48" s="147"/>
+      <c r="AZ48" s="147"/>
+      <c r="BA48" s="147"/>
+      <c r="BB48" s="147"/>
+      <c r="BC48" s="147"/>
+      <c r="BD48" s="147"/>
+      <c r="BE48" s="147"/>
+      <c r="BF48" s="147"/>
+      <c r="BG48" s="147"/>
+      <c r="BH48" s="147"/>
+      <c r="BI48" s="147"/>
+      <c r="BJ48" s="147"/>
+      <c r="BK48" s="147"/>
+      <c r="BL48" s="147"/>
+      <c r="BM48" s="147"/>
+      <c r="BN48" s="147"/>
+      <c r="BO48" s="147"/>
+      <c r="BP48" s="147"/>
+      <c r="BQ48" s="147"/>
+      <c r="BR48" s="147"/>
+      <c r="BS48" s="147"/>
+      <c r="BT48" s="147"/>
+      <c r="BU48" s="147"/>
+      <c r="BV48" s="147"/>
+      <c r="BW48" s="147"/>
+      <c r="BX48" s="147"/>
+      <c r="BY48" s="147"/>
+      <c r="BZ48" s="147"/>
+      <c r="CA48" s="147"/>
+      <c r="CB48" s="147"/>
+      <c r="CC48" s="147"/>
+      <c r="CD48" s="147"/>
+      <c r="CE48" s="147"/>
+      <c r="CF48" s="147"/>
+      <c r="CG48" s="147"/>
+      <c r="CH48" s="147"/>
+      <c r="CI48" s="147"/>
+      <c r="CJ48" s="147"/>
+      <c r="CK48" s="147"/>
+      <c r="CL48" s="147"/>
+      <c r="CM48" s="147"/>
+      <c r="CN48" s="147"/>
+      <c r="CO48" s="147"/>
+      <c r="CP48" s="147"/>
+      <c r="CQ48" s="147"/>
+      <c r="CR48" s="147"/>
+      <c r="CS48" s="147"/>
+      <c r="CT48" s="147"/>
+      <c r="CU48" s="147"/>
+      <c r="CV48" s="147"/>
+      <c r="CW48" s="147"/>
+      <c r="CX48" s="147"/>
+      <c r="CY48" s="147"/>
+      <c r="CZ48" s="147"/>
+    </row>
+    <row r="49" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A49" s="152"/>
+      <c r="B49" s="185" t="s">
+        <v>128</v>
+      </c>
+      <c r="C49" s="203">
+        <v>617</v>
+      </c>
+      <c r="D49" s="203">
+        <v>413</v>
+      </c>
+      <c r="E49" s="203">
+        <v>534</v>
+      </c>
+      <c r="F49" s="203">
+        <v>301</v>
+      </c>
+      <c r="G49" s="203">
+        <v>174</v>
+      </c>
+      <c r="H49" s="203">
+        <v>94</v>
+      </c>
+      <c r="I49" s="203">
+        <v>153</v>
+      </c>
+      <c r="J49" s="205">
+        <v>2286</v>
+      </c>
+      <c r="K49" s="147"/>
+      <c r="L49" s="147"/>
+      <c r="M49" s="147"/>
+      <c r="N49" s="147"/>
+      <c r="O49" s="147"/>
+      <c r="P49" s="147"/>
+      <c r="Q49" s="147"/>
+      <c r="R49" s="147"/>
+      <c r="S49" s="147"/>
+      <c r="T49" s="147"/>
+      <c r="U49" s="147"/>
+      <c r="V49" s="147"/>
+      <c r="W49" s="147"/>
+      <c r="X49" s="147"/>
+      <c r="Y49" s="147"/>
+      <c r="Z49" s="147"/>
+      <c r="AA49" s="147"/>
+      <c r="AB49" s="147"/>
+      <c r="AC49" s="147"/>
+      <c r="AD49" s="147"/>
+      <c r="AE49" s="147"/>
+      <c r="AF49" s="147"/>
+      <c r="AG49" s="147"/>
+      <c r="AH49" s="147"/>
+      <c r="AI49" s="147"/>
+      <c r="AJ49" s="147"/>
+      <c r="AK49" s="147"/>
+      <c r="AL49" s="147"/>
+      <c r="AM49" s="147"/>
+      <c r="AN49" s="147"/>
+      <c r="AO49" s="147"/>
+      <c r="AP49" s="147"/>
+      <c r="AQ49" s="147"/>
+      <c r="AR49" s="147"/>
+      <c r="AS49" s="147"/>
+      <c r="AT49" s="147"/>
+      <c r="AU49" s="147"/>
+      <c r="AV49" s="147"/>
+      <c r="AW49" s="147"/>
+      <c r="AX49" s="147"/>
+      <c r="AY49" s="147"/>
+      <c r="AZ49" s="147"/>
+      <c r="BA49" s="147"/>
+      <c r="BB49" s="147"/>
+      <c r="BC49" s="147"/>
+      <c r="BD49" s="147"/>
+      <c r="BE49" s="147"/>
+      <c r="BF49" s="147"/>
+      <c r="BG49" s="147"/>
+      <c r="BH49" s="147"/>
+      <c r="BI49" s="147"/>
+      <c r="BJ49" s="147"/>
+      <c r="BK49" s="147"/>
+      <c r="BL49" s="147"/>
+      <c r="BM49" s="147"/>
+      <c r="BN49" s="147"/>
+      <c r="BO49" s="147"/>
+      <c r="BP49" s="147"/>
+      <c r="BQ49" s="147"/>
+      <c r="BR49" s="147"/>
+      <c r="BS49" s="147"/>
+      <c r="BT49" s="147"/>
+      <c r="BU49" s="147"/>
+      <c r="BV49" s="147"/>
+      <c r="BW49" s="147"/>
+      <c r="BX49" s="147"/>
+      <c r="BY49" s="147"/>
+      <c r="BZ49" s="147"/>
+      <c r="CA49" s="147"/>
+      <c r="CB49" s="147"/>
+      <c r="CC49" s="147"/>
+      <c r="CD49" s="147"/>
+      <c r="CE49" s="147"/>
+      <c r="CF49" s="147"/>
+      <c r="CG49" s="147"/>
+      <c r="CH49" s="147"/>
+      <c r="CI49" s="147"/>
+      <c r="CJ49" s="147"/>
+      <c r="CK49" s="147"/>
+      <c r="CL49" s="147"/>
+      <c r="CM49" s="147"/>
+      <c r="CN49" s="147"/>
+      <c r="CO49" s="147"/>
+      <c r="CP49" s="147"/>
+      <c r="CQ49" s="147"/>
+      <c r="CR49" s="147"/>
+      <c r="CS49" s="147"/>
+      <c r="CT49" s="147"/>
+      <c r="CU49" s="147"/>
+      <c r="CV49" s="147"/>
+      <c r="CW49" s="147"/>
+      <c r="CX49" s="147"/>
+      <c r="CY49" s="147"/>
+      <c r="CZ49" s="147"/>
+    </row>
+    <row r="50" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A50" s="148"/>
+      <c r="B50" s="149" t="s">
+        <v>129</v>
+      </c>
+      <c r="C50" s="162">
+        <v>365</v>
+      </c>
+      <c r="D50" s="162">
+        <v>155</v>
+      </c>
+      <c r="E50" s="162">
+        <v>98</v>
+      </c>
+      <c r="F50" s="162">
+        <v>39</v>
+      </c>
+      <c r="G50" s="162">
+        <v>13</v>
+      </c>
+      <c r="H50" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I50" s="162">
+        <v>5</v>
+      </c>
+      <c r="J50" s="164">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="51" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A51" s="148"/>
+      <c r="B51" s="188" t="s">
+        <v>34</v>
+      </c>
+      <c r="C51" s="201">
+        <v>1419</v>
+      </c>
+      <c r="D51" s="201">
+        <v>665</v>
+      </c>
+      <c r="E51" s="201">
+        <v>697</v>
+      </c>
+      <c r="F51" s="201">
+        <v>357</v>
+      </c>
+      <c r="G51" s="201">
+        <v>194</v>
+      </c>
+      <c r="H51" s="201">
+        <v>102</v>
+      </c>
+      <c r="I51" s="201">
+        <v>162</v>
+      </c>
+      <c r="J51" s="201">
+        <v>3596</v>
+      </c>
+    </row>
+    <row r="52" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A52" s="183"/>
+      <c r="B52" s="149" t="s">
+        <v>219</v>
+      </c>
+      <c r="C52" s="174">
+        <v>30</v>
+      </c>
+      <c r="D52" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="E52" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="F52" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="G52" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="H52" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="I52" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="J52" s="176">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="53" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A53" s="180" t="s">
+        <v>130</v>
+      </c>
+      <c r="B53" s="185" t="s">
+        <v>131</v>
+      </c>
+      <c r="C53" s="202">
+        <v>7</v>
+      </c>
+      <c r="D53" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="E53" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="F53" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="G53" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="H53" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="I53" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="J53" s="204">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="54" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A54" s="180">
+        <v>2022</v>
+      </c>
+      <c r="B54" s="149" t="s">
+        <v>124</v>
+      </c>
+      <c r="C54" s="162">
+        <v>201</v>
+      </c>
+      <c r="D54" s="162">
+        <v>22</v>
+      </c>
+      <c r="E54" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="F54" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="G54" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="H54" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I54" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="J54" s="164">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="55" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A55" s="181" t="s">
+        <v>34</v>
+      </c>
+      <c r="B55" s="185" t="s">
+        <v>126</v>
+      </c>
+      <c r="C55" s="203">
+        <v>63</v>
+      </c>
+      <c r="D55" s="203">
+        <v>14</v>
+      </c>
+      <c r="E55" s="203">
+        <v>11</v>
+      </c>
+      <c r="F55" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="G55" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="H55" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="I55" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="J55" s="205">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="56" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A56" s="184"/>
+      <c r="B56" s="149" t="s">
+        <v>127</v>
+      </c>
+      <c r="C56" s="162">
+        <v>124</v>
+      </c>
+      <c r="D56" s="162">
+        <v>39</v>
+      </c>
+      <c r="E56" s="162">
+        <v>48</v>
+      </c>
+      <c r="F56" s="162">
+        <v>18</v>
+      </c>
+      <c r="G56" s="162">
+        <v>7</v>
+      </c>
+      <c r="H56" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I56" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="J56" s="164">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="57" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A57" s="184"/>
+      <c r="B57" s="185" t="s">
+        <v>128</v>
+      </c>
+      <c r="C57" s="203">
+        <v>683</v>
+      </c>
+      <c r="D57" s="203">
+        <v>394</v>
+      </c>
+      <c r="E57" s="203">
+        <v>558</v>
+      </c>
+      <c r="F57" s="203">
+        <v>287</v>
+      </c>
+      <c r="G57" s="203">
+        <v>169</v>
+      </c>
+      <c r="H57" s="203">
+        <v>103</v>
+      </c>
+      <c r="I57" s="203">
+        <v>165</v>
+      </c>
+      <c r="J57" s="205">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="58" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A58" s="181"/>
+      <c r="B58" s="149" t="s">
+        <v>129</v>
+      </c>
+      <c r="C58" s="162">
+        <v>372</v>
+      </c>
+      <c r="D58" s="162">
+        <v>147</v>
+      </c>
+      <c r="E58" s="162">
+        <v>112</v>
+      </c>
+      <c r="F58" s="162">
+        <v>39</v>
+      </c>
+      <c r="G58" s="162">
+        <v>12</v>
+      </c>
+      <c r="H58" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I58" s="162">
+        <v>5</v>
+      </c>
+      <c r="J58" s="164">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="59" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A59" s="182"/>
+      <c r="B59" s="190" t="s">
+        <v>34</v>
+      </c>
+      <c r="C59" s="206">
+        <v>1480</v>
+      </c>
+      <c r="D59" s="206">
+        <v>625</v>
+      </c>
+      <c r="E59" s="206">
+        <v>731</v>
+      </c>
+      <c r="F59" s="206">
+        <v>347</v>
+      </c>
+      <c r="G59" s="206">
+        <v>192</v>
+      </c>
+      <c r="H59" s="206">
+        <v>110</v>
+      </c>
+      <c r="I59" s="206">
+        <v>173</v>
+      </c>
+      <c r="J59" s="206">
+        <v>3658</v>
+      </c>
+    </row>
+    <row r="60" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A60" s="152"/>
+      <c r="B60" s="149" t="s">
+        <v>219</v>
+      </c>
+      <c r="C60" s="165">
+        <v>29</v>
+      </c>
+      <c r="D60" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="E60" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="F60" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="G60" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="H60" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I60" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="J60" s="160">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="61" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A61" s="150" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" s="185" t="s">
+        <v>131</v>
+      </c>
+      <c r="C61" s="208">
+        <v>16</v>
+      </c>
+      <c r="D61" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="E61" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="F61" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="G61" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="H61" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="I61" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="J61" s="209">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="62" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A62" s="150">
+        <v>2023</v>
+      </c>
+      <c r="B62" s="149" t="s">
+        <v>124</v>
+      </c>
+      <c r="C62" s="157">
+        <v>275</v>
+      </c>
+      <c r="D62" s="157">
+        <v>22</v>
+      </c>
+      <c r="E62" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="F62" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="G62" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="H62" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I62" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="J62" s="158">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="63" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A63" s="148" t="s">
+        <v>34</v>
+      </c>
+      <c r="B63" s="185" t="s">
+        <v>126</v>
+      </c>
+      <c r="C63" s="186">
+        <v>66</v>
+      </c>
+      <c r="D63" s="186">
+        <v>17</v>
+      </c>
+      <c r="E63" s="186">
+        <v>11</v>
+      </c>
+      <c r="F63" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="G63" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="H63" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="I63" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="J63" s="187">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="64" spans="1:104" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A64" s="152"/>
+      <c r="B64" s="149" t="s">
+        <v>127</v>
+      </c>
+      <c r="C64" s="157">
+        <v>100</v>
+      </c>
+      <c r="D64" s="157">
+        <v>68</v>
+      </c>
+      <c r="E64" s="157">
+        <v>44</v>
+      </c>
+      <c r="F64" s="157">
+        <v>30</v>
+      </c>
+      <c r="G64" s="157">
+        <v>6</v>
+      </c>
+      <c r="H64" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I64" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="J64" s="158">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="65" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A65" s="152"/>
+      <c r="B65" s="185" t="s">
+        <v>128</v>
+      </c>
+      <c r="C65" s="186">
+        <v>722</v>
+      </c>
+      <c r="D65" s="186">
+        <v>475</v>
+      </c>
+      <c r="E65" s="186">
+        <v>483</v>
+      </c>
+      <c r="F65" s="186">
+        <v>314</v>
+      </c>
+      <c r="G65" s="186">
+        <v>210</v>
+      </c>
+      <c r="H65" s="186">
+        <v>131</v>
+      </c>
+      <c r="I65" s="186">
+        <v>184</v>
+      </c>
+      <c r="J65" s="187">
+        <v>2519</v>
+      </c>
+    </row>
+    <row r="66" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A66" s="148"/>
+      <c r="B66" s="149" t="s">
+        <v>129</v>
+      </c>
+      <c r="C66" s="157">
+        <v>370</v>
+      </c>
+      <c r="D66" s="157">
+        <v>173</v>
+      </c>
+      <c r="E66" s="157">
+        <v>106</v>
+      </c>
+      <c r="F66" s="157">
+        <v>36</v>
+      </c>
+      <c r="G66" s="157">
+        <v>16</v>
+      </c>
+      <c r="H66" s="157">
+        <v>5</v>
+      </c>
+      <c r="I66" s="157">
+        <v>7</v>
+      </c>
+      <c r="J66" s="158">
+        <v>713</v>
+      </c>
+      <c r="K66" s="147"/>
+      <c r="L66" s="147"/>
+      <c r="M66" s="147"/>
+      <c r="N66" s="147"/>
+      <c r="O66" s="147"/>
+      <c r="P66" s="147"/>
+      <c r="Q66" s="147"/>
+      <c r="R66" s="147"/>
+      <c r="S66" s="147"/>
+      <c r="T66" s="147"/>
+      <c r="U66" s="147"/>
+      <c r="V66" s="147"/>
+      <c r="W66" s="147"/>
+      <c r="X66" s="147"/>
+      <c r="Y66" s="147"/>
+      <c r="Z66" s="147"/>
+      <c r="AA66" s="147"/>
+      <c r="AB66" s="147"/>
+      <c r="AC66" s="147"/>
+      <c r="AD66" s="147"/>
+      <c r="AE66" s="147"/>
+      <c r="AF66" s="147"/>
+      <c r="AG66" s="147"/>
+      <c r="AH66" s="147"/>
+      <c r="AI66" s="147"/>
+      <c r="AJ66" s="147"/>
+      <c r="AK66" s="147"/>
+      <c r="AL66" s="147"/>
+      <c r="AM66" s="147"/>
+      <c r="AN66" s="147"/>
+      <c r="AO66" s="147"/>
+      <c r="AP66" s="147"/>
+      <c r="AQ66" s="147"/>
+      <c r="AR66" s="147"/>
+      <c r="AS66" s="147"/>
+      <c r="AT66" s="147"/>
+      <c r="AU66" s="147"/>
+      <c r="AV66" s="147"/>
+      <c r="AW66" s="147"/>
+      <c r="AX66" s="147"/>
+      <c r="AY66" s="147"/>
+      <c r="AZ66" s="147"/>
+      <c r="BA66" s="147"/>
+      <c r="BB66" s="147"/>
+      <c r="BC66" s="147"/>
+      <c r="BD66" s="147"/>
+      <c r="BE66" s="147"/>
+      <c r="BF66" s="147"/>
+      <c r="BG66" s="147"/>
+      <c r="BH66" s="147"/>
+      <c r="BI66" s="147"/>
+      <c r="BJ66" s="147"/>
+      <c r="BK66" s="147"/>
+      <c r="BL66" s="147"/>
+      <c r="BM66" s="147"/>
+      <c r="BN66" s="147"/>
+      <c r="BO66" s="147"/>
+      <c r="BP66" s="147"/>
+      <c r="BQ66" s="147"/>
+      <c r="BR66" s="147"/>
+      <c r="BS66" s="147"/>
+      <c r="BT66" s="147"/>
+      <c r="BU66" s="147"/>
+      <c r="BV66" s="147"/>
+      <c r="BW66" s="147"/>
+      <c r="BX66" s="147"/>
+      <c r="BY66" s="147"/>
+      <c r="BZ66" s="147"/>
+      <c r="CA66" s="147"/>
+      <c r="CB66" s="147"/>
+      <c r="CC66" s="147"/>
+      <c r="CD66" s="147"/>
+      <c r="CE66" s="147"/>
+      <c r="CF66" s="147"/>
+      <c r="CG66" s="147"/>
+      <c r="CH66" s="147"/>
+      <c r="CI66" s="147"/>
+      <c r="CJ66" s="147"/>
+      <c r="CK66" s="147"/>
+      <c r="CL66" s="147"/>
+      <c r="CM66" s="147"/>
+      <c r="CN66" s="147"/>
+      <c r="CO66" s="147"/>
+      <c r="CP66" s="147"/>
+      <c r="CQ66" s="147"/>
+      <c r="CR66" s="147"/>
+      <c r="CS66" s="147"/>
+      <c r="CT66" s="147"/>
+      <c r="CU66" s="147"/>
+      <c r="CV66" s="147"/>
+      <c r="CW66" s="147"/>
+      <c r="CX66" s="147"/>
+      <c r="CY66" s="147"/>
+      <c r="CZ66" s="147"/>
+      <c r="DA66" s="147"/>
+      <c r="DB66" s="147"/>
+      <c r="DC66" s="147"/>
+      <c r="DD66" s="147"/>
+      <c r="DE66" s="147"/>
+      <c r="DF66" s="147"/>
+      <c r="DG66" s="147"/>
+      <c r="DH66" s="147"/>
+      <c r="DI66" s="147"/>
+      <c r="DJ66" s="147"/>
+      <c r="DK66" s="147"/>
+      <c r="DL66" s="147"/>
+      <c r="DM66" s="147"/>
+      <c r="DN66" s="147"/>
+      <c r="DO66" s="147"/>
+      <c r="DP66" s="147"/>
+      <c r="DQ66" s="147"/>
+      <c r="DR66" s="147"/>
+      <c r="DS66" s="147"/>
+      <c r="DT66" s="147"/>
+      <c r="DU66" s="147"/>
+      <c r="DV66" s="147"/>
+      <c r="DW66" s="147"/>
+      <c r="DX66" s="147"/>
+      <c r="DY66" s="147"/>
+      <c r="DZ66" s="147"/>
+      <c r="EA66" s="147"/>
+      <c r="EB66" s="147"/>
+      <c r="EC66" s="147"/>
+      <c r="ED66" s="147"/>
+      <c r="EE66" s="147"/>
+      <c r="EF66" s="147"/>
+      <c r="EG66" s="147"/>
+      <c r="EH66" s="147"/>
+      <c r="EI66" s="147"/>
+      <c r="EJ66" s="147"/>
+      <c r="EK66" s="147"/>
+      <c r="EL66" s="147"/>
+      <c r="EM66" s="147"/>
+      <c r="EN66" s="147"/>
+      <c r="EO66" s="147"/>
+      <c r="EP66" s="147"/>
+      <c r="EQ66" s="147"/>
+      <c r="ER66" s="147"/>
+      <c r="ES66" s="147"/>
+      <c r="ET66" s="147"/>
+      <c r="EU66" s="147"/>
+      <c r="EV66" s="147"/>
+      <c r="EW66" s="147"/>
+      <c r="EX66" s="147"/>
+      <c r="EY66" s="147"/>
+      <c r="EZ66" s="147"/>
+      <c r="FA66" s="147"/>
+      <c r="FB66" s="147"/>
+      <c r="FC66" s="147"/>
+      <c r="FD66" s="147"/>
+      <c r="FE66" s="147"/>
+      <c r="FF66" s="147"/>
+      <c r="FG66" s="147"/>
+      <c r="FH66" s="147"/>
+      <c r="FI66" s="147"/>
+      <c r="FJ66" s="147"/>
+      <c r="FK66" s="147"/>
+      <c r="FL66" s="147"/>
+      <c r="FM66" s="147"/>
+      <c r="FN66" s="147"/>
+      <c r="FO66" s="147"/>
+      <c r="FP66" s="147"/>
+      <c r="FQ66" s="147"/>
+      <c r="FR66" s="147"/>
+      <c r="FS66" s="147"/>
+      <c r="FT66" s="147"/>
+      <c r="FU66" s="147"/>
+      <c r="FV66" s="147"/>
+      <c r="FW66" s="147"/>
+      <c r="FX66" s="147"/>
+      <c r="FY66" s="147"/>
+      <c r="FZ66" s="147"/>
+      <c r="GA66" s="147"/>
+      <c r="GB66" s="147"/>
+      <c r="GC66" s="147"/>
+      <c r="GD66" s="147"/>
+      <c r="GE66" s="147"/>
+    </row>
+    <row r="67" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A67" s="148"/>
+      <c r="B67" s="188" t="s">
+        <v>34</v>
+      </c>
+      <c r="C67" s="207">
+        <v>1578</v>
+      </c>
+      <c r="D67" s="207">
+        <v>760</v>
+      </c>
+      <c r="E67" s="207">
+        <v>653</v>
+      </c>
+      <c r="F67" s="207">
+        <v>382</v>
+      </c>
+      <c r="G67" s="207">
+        <v>236</v>
+      </c>
+      <c r="H67" s="207">
+        <v>141</v>
+      </c>
+      <c r="I67" s="207">
+        <v>195</v>
+      </c>
+      <c r="J67" s="207">
+        <v>3945</v>
+      </c>
+      <c r="K67" s="147"/>
+      <c r="L67" s="147"/>
+      <c r="M67" s="147"/>
+      <c r="N67" s="147"/>
+      <c r="O67" s="147"/>
+      <c r="P67" s="147"/>
+      <c r="Q67" s="147"/>
+      <c r="R67" s="147"/>
+      <c r="S67" s="147"/>
+      <c r="T67" s="147"/>
+      <c r="U67" s="147"/>
+      <c r="V67" s="147"/>
+      <c r="W67" s="147"/>
+      <c r="X67" s="147"/>
+      <c r="Y67" s="147"/>
+      <c r="Z67" s="147"/>
+      <c r="AA67" s="147"/>
+      <c r="AB67" s="147"/>
+      <c r="AC67" s="147"/>
+      <c r="AD67" s="147"/>
+      <c r="AE67" s="147"/>
+      <c r="AF67" s="147"/>
+      <c r="AG67" s="147"/>
+      <c r="AH67" s="147"/>
+      <c r="AI67" s="147"/>
+      <c r="AJ67" s="147"/>
+      <c r="AK67" s="147"/>
+      <c r="AL67" s="147"/>
+      <c r="AM67" s="147"/>
+      <c r="AN67" s="147"/>
+      <c r="AO67" s="147"/>
+      <c r="AP67" s="147"/>
+      <c r="AQ67" s="147"/>
+      <c r="AR67" s="147"/>
+      <c r="AS67" s="147"/>
+      <c r="AT67" s="147"/>
+      <c r="AU67" s="147"/>
+      <c r="AV67" s="147"/>
+      <c r="AW67" s="147"/>
+      <c r="AX67" s="147"/>
+      <c r="AY67" s="147"/>
+      <c r="AZ67" s="147"/>
+      <c r="BA67" s="147"/>
+      <c r="BB67" s="147"/>
+      <c r="BC67" s="147"/>
+      <c r="BD67" s="147"/>
+      <c r="BE67" s="147"/>
+      <c r="BF67" s="147"/>
+      <c r="BG67" s="147"/>
+      <c r="BH67" s="147"/>
+      <c r="BI67" s="147"/>
+      <c r="BJ67" s="147"/>
+      <c r="BK67" s="147"/>
+      <c r="BL67" s="147"/>
+      <c r="BM67" s="147"/>
+      <c r="BN67" s="147"/>
+      <c r="BO67" s="147"/>
+      <c r="BP67" s="147"/>
+      <c r="BQ67" s="147"/>
+      <c r="BR67" s="147"/>
+      <c r="BS67" s="147"/>
+      <c r="BT67" s="147"/>
+      <c r="BU67" s="147"/>
+      <c r="BV67" s="147"/>
+      <c r="BW67" s="147"/>
+      <c r="BX67" s="147"/>
+      <c r="BY67" s="147"/>
+      <c r="BZ67" s="147"/>
+      <c r="CA67" s="147"/>
+      <c r="CB67" s="147"/>
+      <c r="CC67" s="147"/>
+      <c r="CD67" s="147"/>
+      <c r="CE67" s="147"/>
+      <c r="CF67" s="147"/>
+      <c r="CG67" s="147"/>
+      <c r="CH67" s="147"/>
+      <c r="CI67" s="147"/>
+      <c r="CJ67" s="147"/>
+      <c r="CK67" s="147"/>
+      <c r="CL67" s="147"/>
+      <c r="CM67" s="147"/>
+      <c r="CN67" s="147"/>
+      <c r="CO67" s="147"/>
+      <c r="CP67" s="147"/>
+      <c r="CQ67" s="147"/>
+      <c r="CR67" s="147"/>
+      <c r="CS67" s="147"/>
+      <c r="CT67" s="147"/>
+      <c r="CU67" s="147"/>
+      <c r="CV67" s="147"/>
+      <c r="CW67" s="147"/>
+      <c r="CX67" s="147"/>
+      <c r="CY67" s="147"/>
+      <c r="CZ67" s="147"/>
+      <c r="DA67" s="147"/>
+      <c r="DB67" s="147"/>
+      <c r="DC67" s="147"/>
+      <c r="DD67" s="147"/>
+      <c r="DE67" s="147"/>
+      <c r="DF67" s="147"/>
+      <c r="DG67" s="147"/>
+      <c r="DH67" s="147"/>
+      <c r="DI67" s="147"/>
+      <c r="DJ67" s="147"/>
+      <c r="DK67" s="147"/>
+      <c r="DL67" s="147"/>
+      <c r="DM67" s="147"/>
+      <c r="DN67" s="147"/>
+      <c r="DO67" s="147"/>
+      <c r="DP67" s="147"/>
+      <c r="DQ67" s="147"/>
+      <c r="DR67" s="147"/>
+      <c r="DS67" s="147"/>
+      <c r="DT67" s="147"/>
+      <c r="DU67" s="147"/>
+      <c r="DV67" s="147"/>
+      <c r="DW67" s="147"/>
+      <c r="DX67" s="147"/>
+      <c r="DY67" s="147"/>
+      <c r="DZ67" s="147"/>
+      <c r="EA67" s="147"/>
+      <c r="EB67" s="147"/>
+      <c r="EC67" s="147"/>
+      <c r="ED67" s="147"/>
+      <c r="EE67" s="147"/>
+      <c r="EF67" s="147"/>
+      <c r="EG67" s="147"/>
+      <c r="EH67" s="147"/>
+      <c r="EI67" s="147"/>
+      <c r="EJ67" s="147"/>
+      <c r="EK67" s="147"/>
+      <c r="EL67" s="147"/>
+      <c r="EM67" s="147"/>
+      <c r="EN67" s="147"/>
+      <c r="EO67" s="147"/>
+      <c r="EP67" s="147"/>
+      <c r="EQ67" s="147"/>
+      <c r="ER67" s="147"/>
+      <c r="ES67" s="147"/>
+      <c r="ET67" s="147"/>
+      <c r="EU67" s="147"/>
+      <c r="EV67" s="147"/>
+      <c r="EW67" s="147"/>
+      <c r="EX67" s="147"/>
+      <c r="EY67" s="147"/>
+      <c r="EZ67" s="147"/>
+      <c r="FA67" s="147"/>
+      <c r="FB67" s="147"/>
+      <c r="FC67" s="147"/>
+      <c r="FD67" s="147"/>
+      <c r="FE67" s="147"/>
+      <c r="FF67" s="147"/>
+      <c r="FG67" s="147"/>
+      <c r="FH67" s="147"/>
+      <c r="FI67" s="147"/>
+      <c r="FJ67" s="147"/>
+      <c r="FK67" s="147"/>
+      <c r="FL67" s="147"/>
+      <c r="FM67" s="147"/>
+      <c r="FN67" s="147"/>
+      <c r="FO67" s="147"/>
+      <c r="FP67" s="147"/>
+      <c r="FQ67" s="147"/>
+      <c r="FR67" s="147"/>
+      <c r="FS67" s="147"/>
+      <c r="FT67" s="147"/>
+      <c r="FU67" s="147"/>
+      <c r="FV67" s="147"/>
+      <c r="FW67" s="147"/>
+      <c r="FX67" s="147"/>
+      <c r="FY67" s="147"/>
+      <c r="FZ67" s="147"/>
+      <c r="GA67" s="147"/>
+      <c r="GB67" s="147"/>
+      <c r="GC67" s="147"/>
+      <c r="GD67" s="147"/>
+      <c r="GE67" s="147"/>
+    </row>
+    <row r="68" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A68" s="183"/>
+      <c r="B68" s="149" t="s">
+        <v>219</v>
+      </c>
+      <c r="C68" s="174">
+        <v>26</v>
+      </c>
+      <c r="D68" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="E68" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="F68" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="G68" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="H68" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="I68" s="175" t="s">
+        <v>108</v>
+      </c>
+      <c r="J68" s="176">
+        <v>39</v>
+      </c>
+      <c r="K68" s="147"/>
+      <c r="L68" s="147"/>
+      <c r="M68" s="147"/>
+      <c r="N68" s="147"/>
+      <c r="O68" s="147"/>
+      <c r="P68" s="147"/>
+      <c r="Q68" s="147"/>
+      <c r="R68" s="147"/>
+      <c r="S68" s="147"/>
+      <c r="T68" s="147"/>
+      <c r="U68" s="147"/>
+      <c r="V68" s="147"/>
+      <c r="W68" s="147"/>
+      <c r="X68" s="147"/>
+      <c r="Y68" s="147"/>
+      <c r="Z68" s="147"/>
+      <c r="AA68" s="147"/>
+      <c r="AB68" s="147"/>
+      <c r="AC68" s="147"/>
+      <c r="AD68" s="147"/>
+      <c r="AE68" s="147"/>
+      <c r="AF68" s="147"/>
+      <c r="AG68" s="147"/>
+      <c r="AH68" s="147"/>
+      <c r="AI68" s="147"/>
+      <c r="AJ68" s="147"/>
+      <c r="AK68" s="147"/>
+      <c r="AL68" s="147"/>
+      <c r="AM68" s="147"/>
+      <c r="AN68" s="147"/>
+      <c r="AO68" s="147"/>
+      <c r="AP68" s="147"/>
+      <c r="AQ68" s="147"/>
+      <c r="AR68" s="147"/>
+      <c r="AS68" s="147"/>
+      <c r="AT68" s="147"/>
+      <c r="AU68" s="147"/>
+      <c r="AV68" s="147"/>
+      <c r="AW68" s="147"/>
+      <c r="AX68" s="147"/>
+      <c r="AY68" s="147"/>
+      <c r="AZ68" s="147"/>
+      <c r="BA68" s="147"/>
+      <c r="BB68" s="147"/>
+      <c r="BC68" s="147"/>
+      <c r="BD68" s="147"/>
+      <c r="BE68" s="147"/>
+      <c r="BF68" s="147"/>
+      <c r="BG68" s="147"/>
+      <c r="BH68" s="147"/>
+      <c r="BI68" s="147"/>
+      <c r="BJ68" s="147"/>
+      <c r="BK68" s="147"/>
+      <c r="BL68" s="147"/>
+      <c r="BM68" s="147"/>
+      <c r="BN68" s="147"/>
+      <c r="BO68" s="147"/>
+      <c r="BP68" s="147"/>
+      <c r="BQ68" s="147"/>
+      <c r="BR68" s="147"/>
+      <c r="BS68" s="147"/>
+      <c r="BT68" s="147"/>
+      <c r="BU68" s="147"/>
+      <c r="BV68" s="147"/>
+      <c r="BW68" s="147"/>
+      <c r="BX68" s="147"/>
+      <c r="BY68" s="147"/>
+      <c r="BZ68" s="147"/>
+      <c r="CA68" s="147"/>
+      <c r="CB68" s="147"/>
+      <c r="CC68" s="147"/>
+      <c r="CD68" s="147"/>
+      <c r="CE68" s="147"/>
+      <c r="CF68" s="147"/>
+      <c r="CG68" s="147"/>
+      <c r="CH68" s="147"/>
+      <c r="CI68" s="147"/>
+      <c r="CJ68" s="147"/>
+      <c r="CK68" s="147"/>
+      <c r="CL68" s="147"/>
+      <c r="CM68" s="147"/>
+      <c r="CN68" s="147"/>
+      <c r="CO68" s="147"/>
+      <c r="CP68" s="147"/>
+      <c r="CQ68" s="147"/>
+      <c r="CR68" s="147"/>
+      <c r="CS68" s="147"/>
+      <c r="CT68" s="147"/>
+      <c r="CU68" s="147"/>
+      <c r="CV68" s="147"/>
+      <c r="CW68" s="147"/>
+      <c r="CX68" s="147"/>
+      <c r="CY68" s="147"/>
+      <c r="CZ68" s="147"/>
+      <c r="DA68" s="147"/>
+      <c r="DB68" s="147"/>
+      <c r="DC68" s="147"/>
+      <c r="DD68" s="147"/>
+      <c r="DE68" s="147"/>
+      <c r="DF68" s="147"/>
+      <c r="DG68" s="147"/>
+      <c r="DH68" s="147"/>
+      <c r="DI68" s="147"/>
+      <c r="DJ68" s="147"/>
+      <c r="DK68" s="147"/>
+      <c r="DL68" s="147"/>
+      <c r="DM68" s="147"/>
+      <c r="DN68" s="147"/>
+      <c r="DO68" s="147"/>
+      <c r="DP68" s="147"/>
+      <c r="DQ68" s="147"/>
+      <c r="DR68" s="147"/>
+      <c r="DS68" s="147"/>
+      <c r="DT68" s="147"/>
+      <c r="DU68" s="147"/>
+      <c r="DV68" s="147"/>
+      <c r="DW68" s="147"/>
+      <c r="DX68" s="147"/>
+      <c r="DY68" s="147"/>
+      <c r="DZ68" s="147"/>
+      <c r="EA68" s="147"/>
+      <c r="EB68" s="147"/>
+      <c r="EC68" s="147"/>
+      <c r="ED68" s="147"/>
+      <c r="EE68" s="147"/>
+      <c r="EF68" s="147"/>
+      <c r="EG68" s="147"/>
+      <c r="EH68" s="147"/>
+      <c r="EI68" s="147"/>
+      <c r="EJ68" s="147"/>
+      <c r="EK68" s="147"/>
+      <c r="EL68" s="147"/>
+      <c r="EM68" s="147"/>
+      <c r="EN68" s="147"/>
+      <c r="EO68" s="147"/>
+      <c r="EP68" s="147"/>
+      <c r="EQ68" s="147"/>
+      <c r="ER68" s="147"/>
+      <c r="ES68" s="147"/>
+      <c r="ET68" s="147"/>
+      <c r="EU68" s="147"/>
+      <c r="EV68" s="147"/>
+      <c r="EW68" s="147"/>
+      <c r="EX68" s="147"/>
+      <c r="EY68" s="147"/>
+      <c r="EZ68" s="147"/>
+      <c r="FA68" s="147"/>
+      <c r="FB68" s="147"/>
+      <c r="FC68" s="147"/>
+      <c r="FD68" s="147"/>
+      <c r="FE68" s="147"/>
+      <c r="FF68" s="147"/>
+      <c r="FG68" s="147"/>
+      <c r="FH68" s="147"/>
+      <c r="FI68" s="147"/>
+      <c r="FJ68" s="147"/>
+      <c r="FK68" s="147"/>
+      <c r="FL68" s="147"/>
+      <c r="FM68" s="147"/>
+      <c r="FN68" s="147"/>
+      <c r="FO68" s="147"/>
+      <c r="FP68" s="147"/>
+      <c r="FQ68" s="147"/>
+      <c r="FR68" s="147"/>
+      <c r="FS68" s="147"/>
+      <c r="FT68" s="147"/>
+      <c r="FU68" s="147"/>
+      <c r="FV68" s="147"/>
+      <c r="FW68" s="147"/>
+      <c r="FX68" s="147"/>
+      <c r="FY68" s="147"/>
+      <c r="FZ68" s="147"/>
+      <c r="GA68" s="147"/>
+      <c r="GB68" s="147"/>
+      <c r="GC68" s="147"/>
+      <c r="GD68" s="147"/>
+      <c r="GE68" s="147"/>
+    </row>
+    <row r="69" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A69" s="180" t="s">
+        <v>130</v>
+      </c>
+      <c r="B69" s="185" t="s">
+        <v>131</v>
+      </c>
+      <c r="C69" s="202">
+        <v>9</v>
+      </c>
+      <c r="D69" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="E69" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="F69" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="G69" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="H69" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="I69" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="J69" s="204">
+        <v>15</v>
+      </c>
+      <c r="K69" s="147"/>
+      <c r="L69" s="147"/>
+      <c r="M69" s="147"/>
+      <c r="N69" s="147"/>
+      <c r="O69" s="147"/>
+      <c r="P69" s="147"/>
+      <c r="Q69" s="147"/>
+      <c r="R69" s="147"/>
+      <c r="S69" s="147"/>
+      <c r="T69" s="147"/>
+      <c r="U69" s="147"/>
+      <c r="V69" s="147"/>
+      <c r="W69" s="147"/>
+      <c r="X69" s="147"/>
+      <c r="Y69" s="147"/>
+      <c r="Z69" s="147"/>
+      <c r="AA69" s="147"/>
+      <c r="AB69" s="147"/>
+      <c r="AC69" s="147"/>
+      <c r="AD69" s="147"/>
+      <c r="AE69" s="147"/>
+      <c r="AF69" s="147"/>
+      <c r="AG69" s="147"/>
+      <c r="AH69" s="147"/>
+      <c r="AI69" s="147"/>
+      <c r="AJ69" s="147"/>
+      <c r="AK69" s="147"/>
+      <c r="AL69" s="147"/>
+      <c r="AM69" s="147"/>
+      <c r="AN69" s="147"/>
+      <c r="AO69" s="147"/>
+      <c r="AP69" s="147"/>
+      <c r="AQ69" s="147"/>
+      <c r="AR69" s="147"/>
+      <c r="AS69" s="147"/>
+      <c r="AT69" s="147"/>
+      <c r="AU69" s="147"/>
+      <c r="AV69" s="147"/>
+      <c r="AW69" s="147"/>
+      <c r="AX69" s="147"/>
+      <c r="AY69" s="147"/>
+      <c r="AZ69" s="147"/>
+      <c r="BA69" s="147"/>
+      <c r="BB69" s="147"/>
+      <c r="BC69" s="147"/>
+      <c r="BD69" s="147"/>
+      <c r="BE69" s="147"/>
+      <c r="BF69" s="147"/>
+      <c r="BG69" s="147"/>
+      <c r="BH69" s="147"/>
+      <c r="BI69" s="147"/>
+      <c r="BJ69" s="147"/>
+      <c r="BK69" s="147"/>
+      <c r="BL69" s="147"/>
+      <c r="BM69" s="147"/>
+      <c r="BN69" s="147"/>
+      <c r="BO69" s="147"/>
+      <c r="BP69" s="147"/>
+      <c r="BQ69" s="147"/>
+      <c r="BR69" s="147"/>
+      <c r="BS69" s="147"/>
+      <c r="BT69" s="147"/>
+      <c r="BU69" s="147"/>
+      <c r="BV69" s="147"/>
+      <c r="BW69" s="147"/>
+      <c r="BX69" s="147"/>
+      <c r="BY69" s="147"/>
+      <c r="BZ69" s="147"/>
+      <c r="CA69" s="147"/>
+      <c r="CB69" s="147"/>
+      <c r="CC69" s="147"/>
+      <c r="CD69" s="147"/>
+      <c r="CE69" s="147"/>
+      <c r="CF69" s="147"/>
+      <c r="CG69" s="147"/>
+      <c r="CH69" s="147"/>
+      <c r="CI69" s="147"/>
+      <c r="CJ69" s="147"/>
+      <c r="CK69" s="147"/>
+      <c r="CL69" s="147"/>
+      <c r="CM69" s="147"/>
+      <c r="CN69" s="147"/>
+      <c r="CO69" s="147"/>
+      <c r="CP69" s="147"/>
+      <c r="CQ69" s="147"/>
+      <c r="CR69" s="147"/>
+      <c r="CS69" s="147"/>
+      <c r="CT69" s="147"/>
+      <c r="CU69" s="147"/>
+      <c r="CV69" s="147"/>
+      <c r="CW69" s="147"/>
+      <c r="CX69" s="147"/>
+      <c r="CY69" s="147"/>
+      <c r="CZ69" s="147"/>
+      <c r="DA69" s="147"/>
+      <c r="DB69" s="147"/>
+      <c r="DC69" s="147"/>
+      <c r="DD69" s="147"/>
+      <c r="DE69" s="147"/>
+      <c r="DF69" s="147"/>
+      <c r="DG69" s="147"/>
+      <c r="DH69" s="147"/>
+      <c r="DI69" s="147"/>
+      <c r="DJ69" s="147"/>
+      <c r="DK69" s="147"/>
+      <c r="DL69" s="147"/>
+      <c r="DM69" s="147"/>
+      <c r="DN69" s="147"/>
+      <c r="DO69" s="147"/>
+      <c r="DP69" s="147"/>
+      <c r="DQ69" s="147"/>
+      <c r="DR69" s="147"/>
+      <c r="DS69" s="147"/>
+      <c r="DT69" s="147"/>
+      <c r="DU69" s="147"/>
+      <c r="DV69" s="147"/>
+      <c r="DW69" s="147"/>
+      <c r="DX69" s="147"/>
+      <c r="DY69" s="147"/>
+      <c r="DZ69" s="147"/>
+      <c r="EA69" s="147"/>
+      <c r="EB69" s="147"/>
+      <c r="EC69" s="147"/>
+      <c r="ED69" s="147"/>
+      <c r="EE69" s="147"/>
+      <c r="EF69" s="147"/>
+      <c r="EG69" s="147"/>
+      <c r="EH69" s="147"/>
+      <c r="EI69" s="147"/>
+      <c r="EJ69" s="147"/>
+      <c r="EK69" s="147"/>
+      <c r="EL69" s="147"/>
+      <c r="EM69" s="147"/>
+      <c r="EN69" s="147"/>
+      <c r="EO69" s="147"/>
+      <c r="EP69" s="147"/>
+      <c r="EQ69" s="147"/>
+      <c r="ER69" s="147"/>
+      <c r="ES69" s="147"/>
+      <c r="ET69" s="147"/>
+      <c r="EU69" s="147"/>
+      <c r="EV69" s="147"/>
+      <c r="EW69" s="147"/>
+      <c r="EX69" s="147"/>
+      <c r="EY69" s="147"/>
+      <c r="EZ69" s="147"/>
+      <c r="FA69" s="147"/>
+      <c r="FB69" s="147"/>
+      <c r="FC69" s="147"/>
+      <c r="FD69" s="147"/>
+      <c r="FE69" s="147"/>
+      <c r="FF69" s="147"/>
+      <c r="FG69" s="147"/>
+      <c r="FH69" s="147"/>
+      <c r="FI69" s="147"/>
+      <c r="FJ69" s="147"/>
+      <c r="FK69" s="147"/>
+      <c r="FL69" s="147"/>
+      <c r="FM69" s="147"/>
+      <c r="FN69" s="147"/>
+      <c r="FO69" s="147"/>
+      <c r="FP69" s="147"/>
+      <c r="FQ69" s="147"/>
+      <c r="FR69" s="147"/>
+      <c r="FS69" s="147"/>
+      <c r="FT69" s="147"/>
+      <c r="FU69" s="147"/>
+      <c r="FV69" s="147"/>
+      <c r="FW69" s="147"/>
+      <c r="FX69" s="147"/>
+      <c r="FY69" s="147"/>
+      <c r="FZ69" s="147"/>
+      <c r="GA69" s="147"/>
+      <c r="GB69" s="147"/>
+      <c r="GC69" s="147"/>
+      <c r="GD69" s="147"/>
+      <c r="GE69" s="147"/>
+    </row>
+    <row r="70" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A70" s="180">
+        <v>2023</v>
+      </c>
+      <c r="B70" s="149" t="s">
+        <v>124</v>
+      </c>
+      <c r="C70" s="162">
+        <v>269</v>
+      </c>
+      <c r="D70" s="162">
+        <v>56</v>
+      </c>
+      <c r="E70" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="F70" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="G70" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="H70" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I70" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="J70" s="164">
+        <v>328</v>
+      </c>
+      <c r="K70" s="147"/>
+      <c r="L70" s="147"/>
+      <c r="M70" s="147"/>
+      <c r="N70" s="147"/>
+      <c r="O70" s="147"/>
+      <c r="P70" s="147"/>
+      <c r="Q70" s="147"/>
+      <c r="R70" s="147"/>
+      <c r="S70" s="147"/>
+      <c r="T70" s="147"/>
+      <c r="U70" s="147"/>
+      <c r="V70" s="147"/>
+      <c r="W70" s="147"/>
+      <c r="X70" s="147"/>
+      <c r="Y70" s="147"/>
+      <c r="Z70" s="147"/>
+      <c r="AA70" s="147"/>
+      <c r="AB70" s="147"/>
+      <c r="AC70" s="147"/>
+      <c r="AD70" s="147"/>
+      <c r="AE70" s="147"/>
+      <c r="AF70" s="147"/>
+      <c r="AG70" s="147"/>
+      <c r="AH70" s="147"/>
+      <c r="AI70" s="147"/>
+      <c r="AJ70" s="147"/>
+      <c r="AK70" s="147"/>
+      <c r="AL70" s="147"/>
+      <c r="AM70" s="147"/>
+      <c r="AN70" s="147"/>
+      <c r="AO70" s="147"/>
+      <c r="AP70" s="147"/>
+      <c r="AQ70" s="147"/>
+      <c r="AR70" s="147"/>
+      <c r="AS70" s="147"/>
+      <c r="AT70" s="147"/>
+      <c r="AU70" s="147"/>
+      <c r="AV70" s="147"/>
+      <c r="AW70" s="147"/>
+      <c r="AX70" s="147"/>
+      <c r="AY70" s="147"/>
+      <c r="AZ70" s="147"/>
+      <c r="BA70" s="147"/>
+      <c r="BB70" s="147"/>
+      <c r="BC70" s="147"/>
+      <c r="BD70" s="147"/>
+      <c r="BE70" s="147"/>
+      <c r="BF70" s="147"/>
+      <c r="BG70" s="147"/>
+      <c r="BH70" s="147"/>
+      <c r="BI70" s="147"/>
+      <c r="BJ70" s="147"/>
+      <c r="BK70" s="147"/>
+      <c r="BL70" s="147"/>
+      <c r="BM70" s="147"/>
+      <c r="BN70" s="147"/>
+      <c r="BO70" s="147"/>
+      <c r="BP70" s="147"/>
+      <c r="BQ70" s="147"/>
+      <c r="BR70" s="147"/>
+      <c r="BS70" s="147"/>
+      <c r="BT70" s="147"/>
+      <c r="BU70" s="147"/>
+      <c r="BV70" s="147"/>
+      <c r="BW70" s="147"/>
+      <c r="BX70" s="147"/>
+      <c r="BY70" s="147"/>
+      <c r="BZ70" s="147"/>
+      <c r="CA70" s="147"/>
+      <c r="CB70" s="147"/>
+      <c r="CC70" s="147"/>
+      <c r="CD70" s="147"/>
+      <c r="CE70" s="147"/>
+      <c r="CF70" s="147"/>
+      <c r="CG70" s="147"/>
+      <c r="CH70" s="147"/>
+      <c r="CI70" s="147"/>
+      <c r="CJ70" s="147"/>
+      <c r="CK70" s="147"/>
+      <c r="CL70" s="147"/>
+      <c r="CM70" s="147"/>
+      <c r="CN70" s="147"/>
+      <c r="CO70" s="147"/>
+      <c r="CP70" s="147"/>
+      <c r="CQ70" s="147"/>
+      <c r="CR70" s="147"/>
+      <c r="CS70" s="147"/>
+      <c r="CT70" s="147"/>
+      <c r="CU70" s="147"/>
+      <c r="CV70" s="147"/>
+      <c r="CW70" s="147"/>
+      <c r="CX70" s="147"/>
+      <c r="CY70" s="147"/>
+      <c r="CZ70" s="147"/>
+      <c r="DA70" s="147"/>
+      <c r="DB70" s="147"/>
+      <c r="DC70" s="147"/>
+      <c r="DD70" s="147"/>
+      <c r="DE70" s="147"/>
+      <c r="DF70" s="147"/>
+      <c r="DG70" s="147"/>
+      <c r="DH70" s="147"/>
+      <c r="DI70" s="147"/>
+      <c r="DJ70" s="147"/>
+      <c r="DK70" s="147"/>
+      <c r="DL70" s="147"/>
+      <c r="DM70" s="147"/>
+      <c r="DN70" s="147"/>
+      <c r="DO70" s="147"/>
+      <c r="DP70" s="147"/>
+      <c r="DQ70" s="147"/>
+      <c r="DR70" s="147"/>
+      <c r="DS70" s="147"/>
+      <c r="DT70" s="147"/>
+      <c r="DU70" s="147"/>
+      <c r="DV70" s="147"/>
+      <c r="DW70" s="147"/>
+      <c r="DX70" s="147"/>
+      <c r="DY70" s="147"/>
+      <c r="DZ70" s="147"/>
+      <c r="EA70" s="147"/>
+      <c r="EB70" s="147"/>
+      <c r="EC70" s="147"/>
+      <c r="ED70" s="147"/>
+      <c r="EE70" s="147"/>
+      <c r="EF70" s="147"/>
+      <c r="EG70" s="147"/>
+      <c r="EH70" s="147"/>
+      <c r="EI70" s="147"/>
+      <c r="EJ70" s="147"/>
+      <c r="EK70" s="147"/>
+      <c r="EL70" s="147"/>
+      <c r="EM70" s="147"/>
+      <c r="EN70" s="147"/>
+      <c r="EO70" s="147"/>
+      <c r="EP70" s="147"/>
+      <c r="EQ70" s="147"/>
+      <c r="ER70" s="147"/>
+      <c r="ES70" s="147"/>
+      <c r="ET70" s="147"/>
+      <c r="EU70" s="147"/>
+      <c r="EV70" s="147"/>
+      <c r="EW70" s="147"/>
+      <c r="EX70" s="147"/>
+      <c r="EY70" s="147"/>
+      <c r="EZ70" s="147"/>
+      <c r="FA70" s="147"/>
+      <c r="FB70" s="147"/>
+      <c r="FC70" s="147"/>
+      <c r="FD70" s="147"/>
+      <c r="FE70" s="147"/>
+      <c r="FF70" s="147"/>
+      <c r="FG70" s="147"/>
+      <c r="FH70" s="147"/>
+      <c r="FI70" s="147"/>
+      <c r="FJ70" s="147"/>
+      <c r="FK70" s="147"/>
+      <c r="FL70" s="147"/>
+      <c r="FM70" s="147"/>
+      <c r="FN70" s="147"/>
+      <c r="FO70" s="147"/>
+      <c r="FP70" s="147"/>
+      <c r="FQ70" s="147"/>
+      <c r="FR70" s="147"/>
+      <c r="FS70" s="147"/>
+      <c r="FT70" s="147"/>
+      <c r="FU70" s="147"/>
+      <c r="FV70" s="147"/>
+      <c r="FW70" s="147"/>
+      <c r="FX70" s="147"/>
+      <c r="FY70" s="147"/>
+      <c r="FZ70" s="147"/>
+      <c r="GA70" s="147"/>
+      <c r="GB70" s="147"/>
+      <c r="GC70" s="147"/>
+      <c r="GD70" s="147"/>
+      <c r="GE70" s="147"/>
+    </row>
+    <row r="71" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A71" s="181" t="s">
+        <v>34</v>
+      </c>
+      <c r="B71" s="185" t="s">
+        <v>126</v>
+      </c>
+      <c r="C71" s="203">
+        <v>58</v>
+      </c>
+      <c r="D71" s="203">
+        <v>16</v>
+      </c>
+      <c r="E71" s="203">
+        <v>12</v>
+      </c>
+      <c r="F71" s="203">
+        <v>5</v>
+      </c>
+      <c r="G71" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="H71" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="I71" s="203" t="s">
+        <v>108</v>
+      </c>
+      <c r="J71" s="205">
+        <v>99</v>
+      </c>
+      <c r="K71" s="147"/>
+      <c r="L71" s="147"/>
+      <c r="M71" s="147"/>
+      <c r="N71" s="147"/>
+      <c r="O71" s="147"/>
+      <c r="P71" s="147"/>
+      <c r="Q71" s="147"/>
+      <c r="R71" s="147"/>
+      <c r="S71" s="147"/>
+      <c r="T71" s="147"/>
+      <c r="U71" s="147"/>
+      <c r="V71" s="147"/>
+      <c r="W71" s="147"/>
+      <c r="X71" s="147"/>
+      <c r="Y71" s="147"/>
+      <c r="Z71" s="147"/>
+      <c r="AA71" s="147"/>
+      <c r="AB71" s="147"/>
+      <c r="AC71" s="147"/>
+      <c r="AD71" s="147"/>
+      <c r="AE71" s="147"/>
+      <c r="AF71" s="147"/>
+      <c r="AG71" s="147"/>
+      <c r="AH71" s="147"/>
+      <c r="AI71" s="147"/>
+      <c r="AJ71" s="147"/>
+      <c r="AK71" s="147"/>
+      <c r="AL71" s="147"/>
+      <c r="AM71" s="147"/>
+      <c r="AN71" s="147"/>
+      <c r="AO71" s="147"/>
+      <c r="AP71" s="147"/>
+      <c r="AQ71" s="147"/>
+      <c r="AR71" s="147"/>
+      <c r="AS71" s="147"/>
+      <c r="AT71" s="147"/>
+      <c r="AU71" s="147"/>
+      <c r="AV71" s="147"/>
+      <c r="AW71" s="147"/>
+      <c r="AX71" s="147"/>
+      <c r="AY71" s="147"/>
+      <c r="AZ71" s="147"/>
+      <c r="BA71" s="147"/>
+      <c r="BB71" s="147"/>
+      <c r="BC71" s="147"/>
+      <c r="BD71" s="147"/>
+      <c r="BE71" s="147"/>
+      <c r="BF71" s="147"/>
+      <c r="BG71" s="147"/>
+      <c r="BH71" s="147"/>
+      <c r="BI71" s="147"/>
+      <c r="BJ71" s="147"/>
+      <c r="BK71" s="147"/>
+      <c r="BL71" s="147"/>
+      <c r="BM71" s="147"/>
+      <c r="BN71" s="147"/>
+      <c r="BO71" s="147"/>
+      <c r="BP71" s="147"/>
+      <c r="BQ71" s="147"/>
+      <c r="BR71" s="147"/>
+      <c r="BS71" s="147"/>
+      <c r="BT71" s="147"/>
+      <c r="BU71" s="147"/>
+      <c r="BV71" s="147"/>
+      <c r="BW71" s="147"/>
+      <c r="BX71" s="147"/>
+      <c r="BY71" s="147"/>
+      <c r="BZ71" s="147"/>
+      <c r="CA71" s="147"/>
+      <c r="CB71" s="147"/>
+      <c r="CC71" s="147"/>
+      <c r="CD71" s="147"/>
+      <c r="CE71" s="147"/>
+      <c r="CF71" s="147"/>
+      <c r="CG71" s="147"/>
+      <c r="CH71" s="147"/>
+      <c r="CI71" s="147"/>
+      <c r="CJ71" s="147"/>
+      <c r="CK71" s="147"/>
+      <c r="CL71" s="147"/>
+      <c r="CM71" s="147"/>
+      <c r="CN71" s="147"/>
+      <c r="CO71" s="147"/>
+      <c r="CP71" s="147"/>
+      <c r="CQ71" s="147"/>
+      <c r="CR71" s="147"/>
+      <c r="CS71" s="147"/>
+      <c r="CT71" s="147"/>
+      <c r="CU71" s="147"/>
+      <c r="CV71" s="147"/>
+      <c r="CW71" s="147"/>
+      <c r="CX71" s="147"/>
+      <c r="CY71" s="147"/>
+      <c r="CZ71" s="147"/>
+      <c r="DA71" s="147"/>
+      <c r="DB71" s="147"/>
+      <c r="DC71" s="147"/>
+      <c r="DD71" s="147"/>
+      <c r="DE71" s="147"/>
+      <c r="DF71" s="147"/>
+      <c r="DG71" s="147"/>
+      <c r="DH71" s="147"/>
+      <c r="DI71" s="147"/>
+      <c r="DJ71" s="147"/>
+      <c r="DK71" s="147"/>
+      <c r="DL71" s="147"/>
+      <c r="DM71" s="147"/>
+      <c r="DN71" s="147"/>
+      <c r="DO71" s="147"/>
+      <c r="DP71" s="147"/>
+      <c r="DQ71" s="147"/>
+      <c r="DR71" s="147"/>
+      <c r="DS71" s="147"/>
+      <c r="DT71" s="147"/>
+      <c r="DU71" s="147"/>
+      <c r="DV71" s="147"/>
+      <c r="DW71" s="147"/>
+      <c r="DX71" s="147"/>
+      <c r="DY71" s="147"/>
+      <c r="DZ71" s="147"/>
+      <c r="EA71" s="147"/>
+      <c r="EB71" s="147"/>
+      <c r="EC71" s="147"/>
+      <c r="ED71" s="147"/>
+      <c r="EE71" s="147"/>
+      <c r="EF71" s="147"/>
+      <c r="EG71" s="147"/>
+      <c r="EH71" s="147"/>
+      <c r="EI71" s="147"/>
+      <c r="EJ71" s="147"/>
+      <c r="EK71" s="147"/>
+      <c r="EL71" s="147"/>
+      <c r="EM71" s="147"/>
+      <c r="EN71" s="147"/>
+      <c r="EO71" s="147"/>
+      <c r="EP71" s="147"/>
+      <c r="EQ71" s="147"/>
+      <c r="ER71" s="147"/>
+      <c r="ES71" s="147"/>
+      <c r="ET71" s="147"/>
+      <c r="EU71" s="147"/>
+      <c r="EV71" s="147"/>
+      <c r="EW71" s="147"/>
+      <c r="EX71" s="147"/>
+      <c r="EY71" s="147"/>
+      <c r="EZ71" s="147"/>
+      <c r="FA71" s="147"/>
+      <c r="FB71" s="147"/>
+      <c r="FC71" s="147"/>
+      <c r="FD71" s="147"/>
+      <c r="FE71" s="147"/>
+      <c r="FF71" s="147"/>
+      <c r="FG71" s="147"/>
+      <c r="FH71" s="147"/>
+      <c r="FI71" s="147"/>
+      <c r="FJ71" s="147"/>
+      <c r="FK71" s="147"/>
+      <c r="FL71" s="147"/>
+      <c r="FM71" s="147"/>
+      <c r="FN71" s="147"/>
+      <c r="FO71" s="147"/>
+      <c r="FP71" s="147"/>
+      <c r="FQ71" s="147"/>
+      <c r="FR71" s="147"/>
+      <c r="FS71" s="147"/>
+      <c r="FT71" s="147"/>
+      <c r="FU71" s="147"/>
+      <c r="FV71" s="147"/>
+      <c r="FW71" s="147"/>
+      <c r="FX71" s="147"/>
+      <c r="FY71" s="147"/>
+      <c r="FZ71" s="147"/>
+      <c r="GA71" s="147"/>
+      <c r="GB71" s="147"/>
+      <c r="GC71" s="147"/>
+      <c r="GD71" s="147"/>
+      <c r="GE71" s="147"/>
+    </row>
+    <row r="72" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A72" s="184"/>
+      <c r="B72" s="149" t="s">
+        <v>127</v>
+      </c>
+      <c r="C72" s="162">
+        <v>104</v>
+      </c>
+      <c r="D72" s="162">
+        <v>57</v>
+      </c>
+      <c r="E72" s="162">
+        <v>57</v>
+      </c>
+      <c r="F72" s="162">
+        <v>24</v>
+      </c>
+      <c r="G72" s="162">
+        <v>10</v>
+      </c>
+      <c r="H72" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="I72" s="162" t="s">
+        <v>108</v>
+      </c>
+      <c r="J72" s="164">
+        <v>261</v>
+      </c>
+      <c r="K72" s="147"/>
+      <c r="L72" s="147"/>
+      <c r="M72" s="147"/>
+      <c r="N72" s="147"/>
+      <c r="O72" s="147"/>
+      <c r="P72" s="147"/>
+      <c r="Q72" s="147"/>
+      <c r="R72" s="147"/>
+      <c r="S72" s="147"/>
+      <c r="T72" s="147"/>
+      <c r="U72" s="147"/>
+      <c r="V72" s="147"/>
+      <c r="W72" s="147"/>
+      <c r="X72" s="147"/>
+      <c r="Y72" s="147"/>
+      <c r="Z72" s="147"/>
+      <c r="AA72" s="147"/>
+      <c r="AB72" s="147"/>
+      <c r="AC72" s="147"/>
+      <c r="AD72" s="147"/>
+      <c r="AE72" s="147"/>
+      <c r="AF72" s="147"/>
+      <c r="AG72" s="147"/>
+      <c r="AH72" s="147"/>
+      <c r="AI72" s="147"/>
+      <c r="AJ72" s="147"/>
+      <c r="AK72" s="147"/>
+      <c r="AL72" s="147"/>
+      <c r="AM72" s="147"/>
+      <c r="AN72" s="147"/>
+      <c r="AO72" s="147"/>
+      <c r="AP72" s="147"/>
+      <c r="AQ72" s="147"/>
+      <c r="AR72" s="147"/>
+      <c r="AS72" s="147"/>
+      <c r="AT72" s="147"/>
+      <c r="AU72" s="147"/>
+      <c r="AV72" s="147"/>
+      <c r="AW72" s="147"/>
+      <c r="AX72" s="147"/>
+      <c r="AY72" s="147"/>
+      <c r="AZ72" s="147"/>
+      <c r="BA72" s="147"/>
+      <c r="BB72" s="147"/>
+      <c r="BC72" s="147"/>
+      <c r="BD72" s="147"/>
+      <c r="BE72" s="147"/>
+      <c r="BF72" s="147"/>
+      <c r="BG72" s="147"/>
+      <c r="BH72" s="147"/>
+      <c r="BI72" s="147"/>
+      <c r="BJ72" s="147"/>
+      <c r="BK72" s="147"/>
+      <c r="BL72" s="147"/>
+      <c r="BM72" s="147"/>
+      <c r="BN72" s="147"/>
+      <c r="BO72" s="147"/>
+      <c r="BP72" s="147"/>
+      <c r="BQ72" s="147"/>
+      <c r="BR72" s="147"/>
+      <c r="BS72" s="147"/>
+      <c r="BT72" s="147"/>
+      <c r="BU72" s="147"/>
+      <c r="BV72" s="147"/>
+      <c r="BW72" s="147"/>
+      <c r="BX72" s="147"/>
+      <c r="BY72" s="147"/>
+      <c r="BZ72" s="147"/>
+      <c r="CA72" s="147"/>
+      <c r="CB72" s="147"/>
+      <c r="CC72" s="147"/>
+      <c r="CD72" s="147"/>
+      <c r="CE72" s="147"/>
+      <c r="CF72" s="147"/>
+      <c r="CG72" s="147"/>
+      <c r="CH72" s="147"/>
+      <c r="CI72" s="147"/>
+      <c r="CJ72" s="147"/>
+      <c r="CK72" s="147"/>
+      <c r="CL72" s="147"/>
+      <c r="CM72" s="147"/>
+      <c r="CN72" s="147"/>
+      <c r="CO72" s="147"/>
+      <c r="CP72" s="147"/>
+      <c r="CQ72" s="147"/>
+      <c r="CR72" s="147"/>
+      <c r="CS72" s="147"/>
+      <c r="CT72" s="147"/>
+      <c r="CU72" s="147"/>
+      <c r="CV72" s="147"/>
+      <c r="CW72" s="147"/>
+      <c r="CX72" s="147"/>
+      <c r="CY72" s="147"/>
+      <c r="CZ72" s="147"/>
+      <c r="DA72" s="147"/>
+      <c r="DB72" s="147"/>
+      <c r="DC72" s="147"/>
+      <c r="DD72" s="147"/>
+      <c r="DE72" s="147"/>
+      <c r="DF72" s="147"/>
+      <c r="DG72" s="147"/>
+      <c r="DH72" s="147"/>
+      <c r="DI72" s="147"/>
+      <c r="DJ72" s="147"/>
+      <c r="DK72" s="147"/>
+      <c r="DL72" s="147"/>
+      <c r="DM72" s="147"/>
+      <c r="DN72" s="147"/>
+      <c r="DO72" s="147"/>
+      <c r="DP72" s="147"/>
+      <c r="DQ72" s="147"/>
+      <c r="DR72" s="147"/>
+      <c r="DS72" s="147"/>
+      <c r="DT72" s="147"/>
+      <c r="DU72" s="147"/>
+      <c r="DV72" s="147"/>
+      <c r="DW72" s="147"/>
+      <c r="DX72" s="147"/>
+      <c r="DY72" s="147"/>
+      <c r="DZ72" s="147"/>
+      <c r="EA72" s="147"/>
+      <c r="EB72" s="147"/>
+      <c r="EC72" s="147"/>
+      <c r="ED72" s="147"/>
+      <c r="EE72" s="147"/>
+      <c r="EF72" s="147"/>
+      <c r="EG72" s="147"/>
+      <c r="EH72" s="147"/>
+      <c r="EI72" s="147"/>
+      <c r="EJ72" s="147"/>
+      <c r="EK72" s="147"/>
+      <c r="EL72" s="147"/>
+      <c r="EM72" s="147"/>
+      <c r="EN72" s="147"/>
+      <c r="EO72" s="147"/>
+      <c r="EP72" s="147"/>
+      <c r="EQ72" s="147"/>
+      <c r="ER72" s="147"/>
+      <c r="ES72" s="147"/>
+      <c r="ET72" s="147"/>
+      <c r="EU72" s="147"/>
+      <c r="EV72" s="147"/>
+      <c r="EW72" s="147"/>
+      <c r="EX72" s="147"/>
+      <c r="EY72" s="147"/>
+      <c r="EZ72" s="147"/>
+      <c r="FA72" s="147"/>
+      <c r="FB72" s="147"/>
+      <c r="FC72" s="147"/>
+      <c r="FD72" s="147"/>
+      <c r="FE72" s="147"/>
+      <c r="FF72" s="147"/>
+      <c r="FG72" s="147"/>
+      <c r="FH72" s="147"/>
+      <c r="FI72" s="147"/>
+      <c r="FJ72" s="147"/>
+      <c r="FK72" s="147"/>
+      <c r="FL72" s="147"/>
+      <c r="FM72" s="147"/>
+      <c r="FN72" s="147"/>
+      <c r="FO72" s="147"/>
+      <c r="FP72" s="147"/>
+      <c r="FQ72" s="147"/>
+      <c r="FR72" s="147"/>
+      <c r="FS72" s="147"/>
+      <c r="FT72" s="147"/>
+      <c r="FU72" s="147"/>
+      <c r="FV72" s="147"/>
+      <c r="FW72" s="147"/>
+      <c r="FX72" s="147"/>
+      <c r="FY72" s="147"/>
+      <c r="FZ72" s="147"/>
+      <c r="GA72" s="147"/>
+      <c r="GB72" s="147"/>
+      <c r="GC72" s="147"/>
+      <c r="GD72" s="147"/>
+      <c r="GE72" s="147"/>
+    </row>
+    <row r="73" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A73" s="184"/>
+      <c r="B73" s="185" t="s">
+        <v>128</v>
+      </c>
+      <c r="C73" s="203">
+        <v>756</v>
+      </c>
+      <c r="D73" s="203">
+        <v>481</v>
+      </c>
+      <c r="E73" s="203">
+        <v>551</v>
+      </c>
+      <c r="F73" s="203">
+        <v>344</v>
+      </c>
+      <c r="G73" s="203">
+        <v>206</v>
+      </c>
+      <c r="H73" s="203">
+        <v>144</v>
+      </c>
+      <c r="I73" s="203">
+        <v>214</v>
+      </c>
+      <c r="J73" s="205">
+        <v>2696</v>
+      </c>
+      <c r="K73" s="147"/>
+      <c r="L73" s="147"/>
+      <c r="M73" s="147"/>
+      <c r="N73" s="147"/>
+      <c r="O73" s="147"/>
+      <c r="P73" s="147"/>
+      <c r="Q73" s="147"/>
+      <c r="R73" s="147"/>
+      <c r="S73" s="147"/>
+      <c r="T73" s="147"/>
+      <c r="U73" s="147"/>
+      <c r="V73" s="147"/>
+      <c r="W73" s="147"/>
+      <c r="X73" s="147"/>
+      <c r="Y73" s="147"/>
+      <c r="Z73" s="147"/>
+      <c r="AA73" s="147"/>
+      <c r="AB73" s="147"/>
+      <c r="AC73" s="147"/>
+      <c r="AD73" s="147"/>
+      <c r="AE73" s="147"/>
+      <c r="AF73" s="147"/>
+      <c r="AG73" s="147"/>
+      <c r="AH73" s="147"/>
+      <c r="AI73" s="147"/>
+      <c r="AJ73" s="147"/>
+      <c r="AK73" s="147"/>
+      <c r="AL73" s="147"/>
+      <c r="AM73" s="147"/>
+      <c r="AN73" s="147"/>
+      <c r="AO73" s="147"/>
+      <c r="AP73" s="147"/>
+      <c r="AQ73" s="147"/>
+      <c r="AR73" s="147"/>
+      <c r="AS73" s="147"/>
+      <c r="AT73" s="147"/>
+      <c r="AU73" s="147"/>
+      <c r="AV73" s="147"/>
+      <c r="AW73" s="147"/>
+      <c r="AX73" s="147"/>
+      <c r="AY73" s="147"/>
+      <c r="AZ73" s="147"/>
+      <c r="BA73" s="147"/>
+      <c r="BB73" s="147"/>
+      <c r="BC73" s="147"/>
+      <c r="BD73" s="147"/>
+      <c r="BE73" s="147"/>
+      <c r="BF73" s="147"/>
+      <c r="BG73" s="147"/>
+      <c r="BH73" s="147"/>
+      <c r="BI73" s="147"/>
+      <c r="BJ73" s="147"/>
+      <c r="BK73" s="147"/>
+      <c r="BL73" s="147"/>
+      <c r="BM73" s="147"/>
+      <c r="BN73" s="147"/>
+      <c r="BO73" s="147"/>
+      <c r="BP73" s="147"/>
+      <c r="BQ73" s="147"/>
+      <c r="BR73" s="147"/>
+      <c r="BS73" s="147"/>
+      <c r="BT73" s="147"/>
+      <c r="BU73" s="147"/>
+      <c r="BV73" s="147"/>
+      <c r="BW73" s="147"/>
+      <c r="BX73" s="147"/>
+      <c r="BY73" s="147"/>
+      <c r="BZ73" s="147"/>
+      <c r="CA73" s="147"/>
+      <c r="CB73" s="147"/>
+      <c r="CC73" s="147"/>
+      <c r="CD73" s="147"/>
+      <c r="CE73" s="147"/>
+      <c r="CF73" s="147"/>
+      <c r="CG73" s="147"/>
+      <c r="CH73" s="147"/>
+      <c r="CI73" s="147"/>
+      <c r="CJ73" s="147"/>
+      <c r="CK73" s="147"/>
+      <c r="CL73" s="147"/>
+      <c r="CM73" s="147"/>
+      <c r="CN73" s="147"/>
+      <c r="CO73" s="147"/>
+      <c r="CP73" s="147"/>
+      <c r="CQ73" s="147"/>
+      <c r="CR73" s="147"/>
+      <c r="CS73" s="147"/>
+      <c r="CT73" s="147"/>
+      <c r="CU73" s="147"/>
+      <c r="CV73" s="147"/>
+      <c r="CW73" s="147"/>
+      <c r="CX73" s="147"/>
+      <c r="CY73" s="147"/>
+      <c r="CZ73" s="147"/>
+      <c r="DA73" s="147"/>
+      <c r="DB73" s="147"/>
+      <c r="DC73" s="147"/>
+      <c r="DD73" s="147"/>
+      <c r="DE73" s="147"/>
+      <c r="DF73" s="147"/>
+      <c r="DG73" s="147"/>
+      <c r="DH73" s="147"/>
+      <c r="DI73" s="147"/>
+      <c r="DJ73" s="147"/>
+      <c r="DK73" s="147"/>
+      <c r="DL73" s="147"/>
+      <c r="DM73" s="147"/>
+      <c r="DN73" s="147"/>
+      <c r="DO73" s="147"/>
+      <c r="DP73" s="147"/>
+      <c r="DQ73" s="147"/>
+      <c r="DR73" s="147"/>
+      <c r="DS73" s="147"/>
+      <c r="DT73" s="147"/>
+      <c r="DU73" s="147"/>
+      <c r="DV73" s="147"/>
+      <c r="DW73" s="147"/>
+      <c r="DX73" s="147"/>
+      <c r="DY73" s="147"/>
+      <c r="DZ73" s="147"/>
+      <c r="EA73" s="147"/>
+      <c r="EB73" s="147"/>
+      <c r="EC73" s="147"/>
+      <c r="ED73" s="147"/>
+      <c r="EE73" s="147"/>
+      <c r="EF73" s="147"/>
+      <c r="EG73" s="147"/>
+      <c r="EH73" s="147"/>
+      <c r="EI73" s="147"/>
+      <c r="EJ73" s="147"/>
+      <c r="EK73" s="147"/>
+      <c r="EL73" s="147"/>
+      <c r="EM73" s="147"/>
+      <c r="EN73" s="147"/>
+      <c r="EO73" s="147"/>
+      <c r="EP73" s="147"/>
+      <c r="EQ73" s="147"/>
+      <c r="ER73" s="147"/>
+      <c r="ES73" s="147"/>
+      <c r="ET73" s="147"/>
+      <c r="EU73" s="147"/>
+      <c r="EV73" s="147"/>
+      <c r="EW73" s="147"/>
+      <c r="EX73" s="147"/>
+      <c r="EY73" s="147"/>
+      <c r="EZ73" s="147"/>
+      <c r="FA73" s="147"/>
+      <c r="FB73" s="147"/>
+      <c r="FC73" s="147"/>
+      <c r="FD73" s="147"/>
+      <c r="FE73" s="147"/>
+      <c r="FF73" s="147"/>
+      <c r="FG73" s="147"/>
+      <c r="FH73" s="147"/>
+      <c r="FI73" s="147"/>
+      <c r="FJ73" s="147"/>
+      <c r="FK73" s="147"/>
+      <c r="FL73" s="147"/>
+      <c r="FM73" s="147"/>
+      <c r="FN73" s="147"/>
+      <c r="FO73" s="147"/>
+      <c r="FP73" s="147"/>
+      <c r="FQ73" s="147"/>
+      <c r="FR73" s="147"/>
+      <c r="FS73" s="147"/>
+      <c r="FT73" s="147"/>
+      <c r="FU73" s="147"/>
+      <c r="FV73" s="147"/>
+      <c r="FW73" s="147"/>
+      <c r="FX73" s="147"/>
+      <c r="FY73" s="147"/>
+      <c r="FZ73" s="147"/>
+      <c r="GA73" s="147"/>
+      <c r="GB73" s="147"/>
+      <c r="GC73" s="147"/>
+      <c r="GD73" s="147"/>
+      <c r="GE73" s="147"/>
+    </row>
+    <row r="74" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A74" s="181"/>
+      <c r="B74" s="149" t="s">
+        <v>129</v>
+      </c>
+      <c r="C74" s="162">
+        <v>397</v>
+      </c>
+      <c r="D74" s="162">
+        <v>157</v>
+      </c>
+      <c r="E74" s="162">
+        <v>135</v>
+      </c>
+      <c r="F74" s="162">
+        <v>42</v>
+      </c>
+      <c r="G74" s="162">
+        <v>18</v>
+      </c>
+      <c r="H74" s="162">
+        <v>9</v>
+      </c>
+      <c r="I74" s="162">
+        <v>8</v>
+      </c>
+      <c r="J74" s="164">
+        <v>766</v>
+      </c>
+      <c r="K74" s="147"/>
+      <c r="L74" s="147"/>
+      <c r="M74" s="147"/>
+      <c r="N74" s="147"/>
+      <c r="O74" s="147"/>
+      <c r="P74" s="147"/>
+      <c r="Q74" s="147"/>
+      <c r="R74" s="147"/>
+      <c r="S74" s="147"/>
+      <c r="T74" s="147"/>
+      <c r="U74" s="147"/>
+      <c r="V74" s="147"/>
+      <c r="W74" s="147"/>
+      <c r="X74" s="147"/>
+      <c r="Y74" s="147"/>
+      <c r="Z74" s="147"/>
+      <c r="AA74" s="147"/>
+      <c r="AB74" s="147"/>
+      <c r="AC74" s="147"/>
+      <c r="AD74" s="147"/>
+      <c r="AE74" s="147"/>
+      <c r="AF74" s="147"/>
+      <c r="AG74" s="147"/>
+      <c r="AH74" s="147"/>
+      <c r="AI74" s="147"/>
+      <c r="AJ74" s="147"/>
+      <c r="AK74" s="147"/>
+      <c r="AL74" s="147"/>
+      <c r="AM74" s="147"/>
+      <c r="AN74" s="147"/>
+      <c r="AO74" s="147"/>
+      <c r="AP74" s="147"/>
+      <c r="AQ74" s="147"/>
+      <c r="AR74" s="147"/>
+      <c r="AS74" s="147"/>
+      <c r="AT74" s="147"/>
+      <c r="AU74" s="147"/>
+      <c r="AV74" s="147"/>
+      <c r="AW74" s="147"/>
+      <c r="AX74" s="147"/>
+      <c r="AY74" s="147"/>
+      <c r="AZ74" s="147"/>
+      <c r="BA74" s="147"/>
+      <c r="BB74" s="147"/>
+      <c r="BC74" s="147"/>
+      <c r="BD74" s="147"/>
+      <c r="BE74" s="147"/>
+      <c r="BF74" s="147"/>
+      <c r="BG74" s="147"/>
+      <c r="BH74" s="147"/>
+      <c r="BI74" s="147"/>
+      <c r="BJ74" s="147"/>
+      <c r="BK74" s="147"/>
+      <c r="BL74" s="147"/>
+      <c r="BM74" s="147"/>
+      <c r="BN74" s="147"/>
+      <c r="BO74" s="147"/>
+      <c r="BP74" s="147"/>
+      <c r="BQ74" s="147"/>
+      <c r="BR74" s="147"/>
+      <c r="BS74" s="147"/>
+      <c r="BT74" s="147"/>
+      <c r="BU74" s="147"/>
+      <c r="BV74" s="147"/>
+      <c r="BW74" s="147"/>
+      <c r="BX74" s="147"/>
+      <c r="BY74" s="147"/>
+      <c r="BZ74" s="147"/>
+      <c r="CA74" s="147"/>
+      <c r="CB74" s="147"/>
+      <c r="CC74" s="147"/>
+      <c r="CD74" s="147"/>
+      <c r="CE74" s="147"/>
+      <c r="CF74" s="147"/>
+      <c r="CG74" s="147"/>
+      <c r="CH74" s="147"/>
+      <c r="CI74" s="147"/>
+      <c r="CJ74" s="147"/>
+      <c r="CK74" s="147"/>
+      <c r="CL74" s="147"/>
+      <c r="CM74" s="147"/>
+      <c r="CN74" s="147"/>
+      <c r="CO74" s="147"/>
+      <c r="CP74" s="147"/>
+      <c r="CQ74" s="147"/>
+      <c r="CR74" s="147"/>
+      <c r="CS74" s="147"/>
+      <c r="CT74" s="147"/>
+      <c r="CU74" s="147"/>
+      <c r="CV74" s="147"/>
+      <c r="CW74" s="147"/>
+      <c r="CX74" s="147"/>
+      <c r="CY74" s="147"/>
+      <c r="CZ74" s="147"/>
+      <c r="DA74" s="147"/>
+      <c r="DB74" s="147"/>
+      <c r="DC74" s="147"/>
+      <c r="DD74" s="147"/>
+      <c r="DE74" s="147"/>
+      <c r="DF74" s="147"/>
+      <c r="DG74" s="147"/>
+      <c r="DH74" s="147"/>
+      <c r="DI74" s="147"/>
+      <c r="DJ74" s="147"/>
+      <c r="DK74" s="147"/>
+      <c r="DL74" s="147"/>
+      <c r="DM74" s="147"/>
+      <c r="DN74" s="147"/>
+      <c r="DO74" s="147"/>
+      <c r="DP74" s="147"/>
+      <c r="DQ74" s="147"/>
+      <c r="DR74" s="147"/>
+      <c r="DS74" s="147"/>
+      <c r="DT74" s="147"/>
+      <c r="DU74" s="147"/>
+      <c r="DV74" s="147"/>
+      <c r="DW74" s="147"/>
+      <c r="DX74" s="147"/>
+      <c r="DY74" s="147"/>
+      <c r="DZ74" s="147"/>
+      <c r="EA74" s="147"/>
+      <c r="EB74" s="147"/>
+      <c r="EC74" s="147"/>
+      <c r="ED74" s="147"/>
+      <c r="EE74" s="147"/>
+      <c r="EF74" s="147"/>
+      <c r="EG74" s="147"/>
+      <c r="EH74" s="147"/>
+      <c r="EI74" s="147"/>
+      <c r="EJ74" s="147"/>
+      <c r="EK74" s="147"/>
+      <c r="EL74" s="147"/>
+      <c r="EM74" s="147"/>
+      <c r="EN74" s="147"/>
+      <c r="EO74" s="147"/>
+      <c r="EP74" s="147"/>
+      <c r="EQ74" s="147"/>
+      <c r="ER74" s="147"/>
+      <c r="ES74" s="147"/>
+      <c r="ET74" s="147"/>
+      <c r="EU74" s="147"/>
+      <c r="EV74" s="147"/>
+      <c r="EW74" s="147"/>
+      <c r="EX74" s="147"/>
+      <c r="EY74" s="147"/>
+      <c r="EZ74" s="147"/>
+      <c r="FA74" s="147"/>
+      <c r="FB74" s="147"/>
+      <c r="FC74" s="147"/>
+      <c r="FD74" s="147"/>
+      <c r="FE74" s="147"/>
+      <c r="FF74" s="147"/>
+      <c r="FG74" s="147"/>
+      <c r="FH74" s="147"/>
+      <c r="FI74" s="147"/>
+      <c r="FJ74" s="147"/>
+      <c r="FK74" s="147"/>
+      <c r="FL74" s="147"/>
+      <c r="FM74" s="147"/>
+      <c r="FN74" s="147"/>
+      <c r="FO74" s="147"/>
+      <c r="FP74" s="147"/>
+      <c r="FQ74" s="147"/>
+      <c r="FR74" s="147"/>
+      <c r="FS74" s="147"/>
+      <c r="FT74" s="147"/>
+      <c r="FU74" s="147"/>
+      <c r="FV74" s="147"/>
+      <c r="FW74" s="147"/>
+      <c r="FX74" s="147"/>
+      <c r="FY74" s="147"/>
+      <c r="FZ74" s="147"/>
+      <c r="GA74" s="147"/>
+      <c r="GB74" s="147"/>
+      <c r="GC74" s="147"/>
+      <c r="GD74" s="147"/>
+      <c r="GE74" s="147"/>
+    </row>
+    <row r="75" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A75" s="182"/>
+      <c r="B75" s="190" t="s">
+        <v>34</v>
+      </c>
+      <c r="C75" s="206">
+        <v>1619</v>
+      </c>
+      <c r="D75" s="206">
+        <v>779</v>
+      </c>
+      <c r="E75" s="206">
+        <v>765</v>
+      </c>
+      <c r="F75" s="206">
+        <v>415</v>
+      </c>
+      <c r="G75" s="206">
+        <v>236</v>
+      </c>
+      <c r="H75" s="206">
+        <v>162</v>
+      </c>
+      <c r="I75" s="206">
+        <v>228</v>
+      </c>
+      <c r="J75" s="206">
+        <v>4204</v>
+      </c>
+      <c r="K75" s="147"/>
+      <c r="L75" s="147"/>
+      <c r="M75" s="147"/>
+      <c r="N75" s="147"/>
+      <c r="O75" s="147"/>
+      <c r="P75" s="147"/>
+      <c r="Q75" s="147"/>
+      <c r="R75" s="147"/>
+      <c r="S75" s="147"/>
+      <c r="T75" s="147"/>
+      <c r="U75" s="147"/>
+      <c r="V75" s="147"/>
+      <c r="W75" s="147"/>
+      <c r="X75" s="147"/>
+      <c r="Y75" s="147"/>
+      <c r="Z75" s="147"/>
+      <c r="AA75" s="147"/>
+      <c r="AB75" s="147"/>
+      <c r="AC75" s="147"/>
+      <c r="AD75" s="147"/>
+      <c r="AE75" s="147"/>
+      <c r="AF75" s="147"/>
+      <c r="AG75" s="147"/>
+      <c r="AH75" s="147"/>
+      <c r="AI75" s="147"/>
+      <c r="AJ75" s="147"/>
+      <c r="AK75" s="147"/>
+      <c r="AL75" s="147"/>
+      <c r="AM75" s="147"/>
+      <c r="AN75" s="147"/>
+      <c r="AO75" s="147"/>
+      <c r="AP75" s="147"/>
+      <c r="AQ75" s="147"/>
+      <c r="AR75" s="147"/>
+      <c r="AS75" s="147"/>
+      <c r="AT75" s="147"/>
+      <c r="AU75" s="147"/>
+      <c r="AV75" s="147"/>
+      <c r="AW75" s="147"/>
+      <c r="AX75" s="147"/>
+      <c r="AY75" s="147"/>
+      <c r="AZ75" s="147"/>
+      <c r="BA75" s="147"/>
+      <c r="BB75" s="147"/>
+      <c r="BC75" s="147"/>
+      <c r="BD75" s="147"/>
+      <c r="BE75" s="147"/>
+      <c r="BF75" s="147"/>
+      <c r="BG75" s="147"/>
+      <c r="BH75" s="147"/>
+      <c r="BI75" s="147"/>
+      <c r="BJ75" s="147"/>
+      <c r="BK75" s="147"/>
+      <c r="BL75" s="147"/>
+      <c r="BM75" s="147"/>
+      <c r="BN75" s="147"/>
+      <c r="BO75" s="147"/>
+      <c r="BP75" s="147"/>
+      <c r="BQ75" s="147"/>
+      <c r="BR75" s="147"/>
+      <c r="BS75" s="147"/>
+      <c r="BT75" s="147"/>
+      <c r="BU75" s="147"/>
+      <c r="BV75" s="147"/>
+      <c r="BW75" s="147"/>
+      <c r="BX75" s="147"/>
+      <c r="BY75" s="147"/>
+      <c r="BZ75" s="147"/>
+      <c r="CA75" s="147"/>
+      <c r="CB75" s="147"/>
+      <c r="CC75" s="147"/>
+      <c r="CD75" s="147"/>
+      <c r="CE75" s="147"/>
+      <c r="CF75" s="147"/>
+      <c r="CG75" s="147"/>
+      <c r="CH75" s="147"/>
+      <c r="CI75" s="147"/>
+      <c r="CJ75" s="147"/>
+      <c r="CK75" s="147"/>
+      <c r="CL75" s="147"/>
+      <c r="CM75" s="147"/>
+      <c r="CN75" s="147"/>
+      <c r="CO75" s="147"/>
+      <c r="CP75" s="147"/>
+      <c r="CQ75" s="147"/>
+      <c r="CR75" s="147"/>
+      <c r="CS75" s="147"/>
+      <c r="CT75" s="147"/>
+      <c r="CU75" s="147"/>
+      <c r="CV75" s="147"/>
+      <c r="CW75" s="147"/>
+      <c r="CX75" s="147"/>
+      <c r="CY75" s="147"/>
+      <c r="CZ75" s="147"/>
+      <c r="DA75" s="147"/>
+      <c r="DB75" s="147"/>
+      <c r="DC75" s="147"/>
+      <c r="DD75" s="147"/>
+      <c r="DE75" s="147"/>
+      <c r="DF75" s="147"/>
+      <c r="DG75" s="147"/>
+      <c r="DH75" s="147"/>
+      <c r="DI75" s="147"/>
+      <c r="DJ75" s="147"/>
+      <c r="DK75" s="147"/>
+      <c r="DL75" s="147"/>
+      <c r="DM75" s="147"/>
+      <c r="DN75" s="147"/>
+      <c r="DO75" s="147"/>
+      <c r="DP75" s="147"/>
+      <c r="DQ75" s="147"/>
+      <c r="DR75" s="147"/>
+      <c r="DS75" s="147"/>
+      <c r="DT75" s="147"/>
+      <c r="DU75" s="147"/>
+      <c r="DV75" s="147"/>
+      <c r="DW75" s="147"/>
+      <c r="DX75" s="147"/>
+      <c r="DY75" s="147"/>
+      <c r="DZ75" s="147"/>
+      <c r="EA75" s="147"/>
+      <c r="EB75" s="147"/>
+      <c r="EC75" s="147"/>
+      <c r="ED75" s="147"/>
+      <c r="EE75" s="147"/>
+      <c r="EF75" s="147"/>
+      <c r="EG75" s="147"/>
+      <c r="EH75" s="147"/>
+      <c r="EI75" s="147"/>
+      <c r="EJ75" s="147"/>
+      <c r="EK75" s="147"/>
+      <c r="EL75" s="147"/>
+      <c r="EM75" s="147"/>
+      <c r="EN75" s="147"/>
+      <c r="EO75" s="147"/>
+      <c r="EP75" s="147"/>
+      <c r="EQ75" s="147"/>
+      <c r="ER75" s="147"/>
+      <c r="ES75" s="147"/>
+      <c r="ET75" s="147"/>
+      <c r="EU75" s="147"/>
+      <c r="EV75" s="147"/>
+      <c r="EW75" s="147"/>
+      <c r="EX75" s="147"/>
+      <c r="EY75" s="147"/>
+      <c r="EZ75" s="147"/>
+      <c r="FA75" s="147"/>
+      <c r="FB75" s="147"/>
+      <c r="FC75" s="147"/>
+      <c r="FD75" s="147"/>
+      <c r="FE75" s="147"/>
+      <c r="FF75" s="147"/>
+      <c r="FG75" s="147"/>
+      <c r="FH75" s="147"/>
+      <c r="FI75" s="147"/>
+      <c r="FJ75" s="147"/>
+      <c r="FK75" s="147"/>
+      <c r="FL75" s="147"/>
+      <c r="FM75" s="147"/>
+      <c r="FN75" s="147"/>
+      <c r="FO75" s="147"/>
+      <c r="FP75" s="147"/>
+      <c r="FQ75" s="147"/>
+      <c r="FR75" s="147"/>
+      <c r="FS75" s="147"/>
+      <c r="FT75" s="147"/>
+      <c r="FU75" s="147"/>
+      <c r="FV75" s="147"/>
+      <c r="FW75" s="147"/>
+      <c r="FX75" s="147"/>
+      <c r="FY75" s="147"/>
+      <c r="FZ75" s="147"/>
+      <c r="GA75" s="147"/>
+      <c r="GB75" s="147"/>
+      <c r="GC75" s="147"/>
+      <c r="GD75" s="147"/>
+      <c r="GE75" s="147"/>
+    </row>
+    <row r="76" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A76" s="152"/>
+      <c r="B76" s="149" t="s">
+        <v>219</v>
+      </c>
+      <c r="C76" s="165">
+        <v>22</v>
+      </c>
+      <c r="D76" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="E76" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="F76" s="157">
+        <v>0</v>
+      </c>
+      <c r="G76" s="157">
+        <v>0</v>
+      </c>
+      <c r="H76" s="157">
+        <v>0</v>
+      </c>
+      <c r="I76" s="157">
+        <v>0</v>
+      </c>
+      <c r="J76" s="160">
+        <v>39</v>
+      </c>
+      <c r="K76" s="147"/>
+      <c r="L76" s="147"/>
+      <c r="M76" s="147"/>
+      <c r="N76" s="147"/>
+      <c r="O76" s="147"/>
+      <c r="P76" s="147"/>
+      <c r="Q76" s="147"/>
+      <c r="R76" s="147"/>
+      <c r="S76" s="147"/>
+      <c r="T76" s="147"/>
+      <c r="U76" s="147"/>
+      <c r="V76" s="147"/>
+      <c r="W76" s="147"/>
+      <c r="X76" s="147"/>
+      <c r="Y76" s="147"/>
+      <c r="Z76" s="147"/>
+      <c r="AA76" s="147"/>
+      <c r="AB76" s="147"/>
+      <c r="AC76" s="147"/>
+      <c r="AD76" s="147"/>
+      <c r="AE76" s="147"/>
+      <c r="AF76" s="147"/>
+      <c r="AG76" s="147"/>
+      <c r="AH76" s="147"/>
+      <c r="AI76" s="147"/>
+      <c r="AJ76" s="147"/>
+      <c r="AK76" s="147"/>
+      <c r="AL76" s="147"/>
+      <c r="AM76" s="147"/>
+      <c r="AN76" s="147"/>
+      <c r="AO76" s="147"/>
+      <c r="AP76" s="147"/>
+      <c r="AQ76" s="147"/>
+      <c r="AR76" s="147"/>
+      <c r="AS76" s="147"/>
+      <c r="AT76" s="147"/>
+      <c r="AU76" s="147"/>
+      <c r="AV76" s="147"/>
+      <c r="AW76" s="147"/>
+      <c r="AX76" s="147"/>
+      <c r="AY76" s="147"/>
+      <c r="AZ76" s="147"/>
+      <c r="BA76" s="147"/>
+      <c r="BB76" s="147"/>
+      <c r="BC76" s="147"/>
+      <c r="BD76" s="147"/>
+      <c r="BE76" s="147"/>
+      <c r="BF76" s="147"/>
+      <c r="BG76" s="147"/>
+      <c r="BH76" s="147"/>
+      <c r="BI76" s="147"/>
+      <c r="BJ76" s="147"/>
+      <c r="BK76" s="147"/>
+      <c r="BL76" s="147"/>
+      <c r="BM76" s="147"/>
+      <c r="BN76" s="147"/>
+      <c r="BO76" s="147"/>
+      <c r="BP76" s="147"/>
+      <c r="BQ76" s="147"/>
+      <c r="BR76" s="147"/>
+      <c r="BS76" s="147"/>
+      <c r="BT76" s="147"/>
+      <c r="BU76" s="147"/>
+      <c r="BV76" s="147"/>
+      <c r="BW76" s="147"/>
+      <c r="BX76" s="147"/>
+      <c r="BY76" s="147"/>
+      <c r="BZ76" s="147"/>
+      <c r="CA76" s="147"/>
+      <c r="CB76" s="147"/>
+      <c r="CC76" s="147"/>
+      <c r="CD76" s="147"/>
+      <c r="CE76" s="147"/>
+      <c r="CF76" s="147"/>
+      <c r="CG76" s="147"/>
+      <c r="CH76" s="147"/>
+      <c r="CI76" s="147"/>
+      <c r="CJ76" s="147"/>
+      <c r="CK76" s="147"/>
+      <c r="CL76" s="147"/>
+      <c r="CM76" s="147"/>
+      <c r="CN76" s="147"/>
+      <c r="CO76" s="147"/>
+      <c r="CP76" s="147"/>
+      <c r="CQ76" s="147"/>
+      <c r="CR76" s="147"/>
+      <c r="CS76" s="147"/>
+      <c r="CT76" s="147"/>
+      <c r="CU76" s="147"/>
+      <c r="CV76" s="147"/>
+      <c r="CW76" s="147"/>
+      <c r="CX76" s="147"/>
+      <c r="CY76" s="147"/>
+      <c r="CZ76" s="147"/>
+      <c r="DA76" s="147"/>
+      <c r="DB76" s="147"/>
+      <c r="DC76" s="147"/>
+      <c r="DD76" s="147"/>
+      <c r="DE76" s="147"/>
+      <c r="DF76" s="147"/>
+      <c r="DG76" s="147"/>
+      <c r="DH76" s="147"/>
+      <c r="DI76" s="147"/>
+      <c r="DJ76" s="147"/>
+      <c r="DK76" s="147"/>
+      <c r="DL76" s="147"/>
+      <c r="DM76" s="147"/>
+      <c r="DN76" s="147"/>
+      <c r="DO76" s="147"/>
+      <c r="DP76" s="147"/>
+      <c r="DQ76" s="147"/>
+      <c r="DR76" s="147"/>
+      <c r="DS76" s="147"/>
+      <c r="DT76" s="147"/>
+      <c r="DU76" s="147"/>
+      <c r="DV76" s="147"/>
+      <c r="DW76" s="147"/>
+      <c r="DX76" s="147"/>
+      <c r="DY76" s="147"/>
+      <c r="DZ76" s="147"/>
+      <c r="EA76" s="147"/>
+      <c r="EB76" s="147"/>
+      <c r="EC76" s="147"/>
+      <c r="ED76" s="147"/>
+      <c r="EE76" s="147"/>
+      <c r="EF76" s="147"/>
+      <c r="EG76" s="147"/>
+      <c r="EH76" s="147"/>
+      <c r="EI76" s="147"/>
+      <c r="EJ76" s="147"/>
+      <c r="EK76" s="147"/>
+      <c r="EL76" s="147"/>
+      <c r="EM76" s="147"/>
+      <c r="EN76" s="147"/>
+      <c r="EO76" s="147"/>
+      <c r="EP76" s="147"/>
+      <c r="EQ76" s="147"/>
+      <c r="ER76" s="147"/>
+      <c r="ES76" s="147"/>
+      <c r="ET76" s="147"/>
+      <c r="EU76" s="147"/>
+      <c r="EV76" s="147"/>
+      <c r="EW76" s="147"/>
+      <c r="EX76" s="147"/>
+      <c r="EY76" s="147"/>
+      <c r="EZ76" s="147"/>
+      <c r="FA76" s="147"/>
+      <c r="FB76" s="147"/>
+      <c r="FC76" s="147"/>
+      <c r="FD76" s="147"/>
+      <c r="FE76" s="147"/>
+      <c r="FF76" s="147"/>
+      <c r="FG76" s="147"/>
+      <c r="FH76" s="147"/>
+      <c r="FI76" s="147"/>
+      <c r="FJ76" s="147"/>
+      <c r="FK76" s="147"/>
+      <c r="FL76" s="147"/>
+      <c r="FM76" s="147"/>
+      <c r="FN76" s="147"/>
+      <c r="FO76" s="147"/>
+      <c r="FP76" s="147"/>
+      <c r="FQ76" s="147"/>
+      <c r="FR76" s="147"/>
+      <c r="FS76" s="147"/>
+      <c r="FT76" s="147"/>
+      <c r="FU76" s="147"/>
+      <c r="FV76" s="147"/>
+      <c r="FW76" s="147"/>
+      <c r="FX76" s="147"/>
+      <c r="FY76" s="147"/>
+      <c r="FZ76" s="147"/>
+      <c r="GA76" s="147"/>
+      <c r="GB76" s="147"/>
+      <c r="GC76" s="147"/>
+      <c r="GD76" s="147"/>
+      <c r="GE76" s="147"/>
+    </row>
+    <row r="77" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A77" s="150" t="s">
+        <v>125</v>
+      </c>
+      <c r="B77" s="185" t="s">
+        <v>131</v>
+      </c>
+      <c r="C77" s="208" t="s">
+        <v>108</v>
+      </c>
+      <c r="D77" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="E77" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="F77" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="G77" s="186">
+        <v>0</v>
+      </c>
+      <c r="H77" s="186">
+        <v>0</v>
+      </c>
+      <c r="I77" s="186">
+        <v>0</v>
+      </c>
+      <c r="J77" s="209" t="s">
+        <v>108</v>
+      </c>
+      <c r="K77" s="147"/>
+      <c r="L77" s="147"/>
+      <c r="M77" s="147"/>
+      <c r="N77" s="147"/>
+      <c r="O77" s="147"/>
+      <c r="P77" s="147"/>
+      <c r="Q77" s="147"/>
+      <c r="R77" s="147"/>
+      <c r="S77" s="147"/>
+      <c r="T77" s="147"/>
+      <c r="U77" s="147"/>
+      <c r="V77" s="147"/>
+      <c r="W77" s="147"/>
+      <c r="X77" s="147"/>
+      <c r="Y77" s="147"/>
+      <c r="Z77" s="147"/>
+      <c r="AA77" s="147"/>
+      <c r="AB77" s="147"/>
+      <c r="AC77" s="147"/>
+      <c r="AD77" s="147"/>
+      <c r="AE77" s="147"/>
+      <c r="AF77" s="147"/>
+      <c r="AG77" s="147"/>
+      <c r="AH77" s="147"/>
+      <c r="AI77" s="147"/>
+      <c r="AJ77" s="147"/>
+      <c r="AK77" s="147"/>
+      <c r="AL77" s="147"/>
+      <c r="AM77" s="147"/>
+      <c r="AN77" s="147"/>
+      <c r="AO77" s="147"/>
+      <c r="AP77" s="147"/>
+      <c r="AQ77" s="147"/>
+      <c r="AR77" s="147"/>
+      <c r="AS77" s="147"/>
+      <c r="AT77" s="147"/>
+      <c r="AU77" s="147"/>
+      <c r="AV77" s="147"/>
+      <c r="AW77" s="147"/>
+      <c r="AX77" s="147"/>
+      <c r="AY77" s="147"/>
+      <c r="AZ77" s="147"/>
+      <c r="BA77" s="147"/>
+      <c r="BB77" s="147"/>
+      <c r="BC77" s="147"/>
+      <c r="BD77" s="147"/>
+      <c r="BE77" s="147"/>
+      <c r="BF77" s="147"/>
+      <c r="BG77" s="147"/>
+      <c r="BH77" s="147"/>
+      <c r="BI77" s="147"/>
+      <c r="BJ77" s="147"/>
+      <c r="BK77" s="147"/>
+      <c r="BL77" s="147"/>
+      <c r="BM77" s="147"/>
+      <c r="BN77" s="147"/>
+      <c r="BO77" s="147"/>
+      <c r="BP77" s="147"/>
+      <c r="BQ77" s="147"/>
+      <c r="BR77" s="147"/>
+      <c r="BS77" s="147"/>
+      <c r="BT77" s="147"/>
+      <c r="BU77" s="147"/>
+      <c r="BV77" s="147"/>
+      <c r="BW77" s="147"/>
+      <c r="BX77" s="147"/>
+      <c r="BY77" s="147"/>
+      <c r="BZ77" s="147"/>
+      <c r="CA77" s="147"/>
+      <c r="CB77" s="147"/>
+      <c r="CC77" s="147"/>
+      <c r="CD77" s="147"/>
+      <c r="CE77" s="147"/>
+      <c r="CF77" s="147"/>
+      <c r="CG77" s="147"/>
+      <c r="CH77" s="147"/>
+      <c r="CI77" s="147"/>
+      <c r="CJ77" s="147"/>
+      <c r="CK77" s="147"/>
+      <c r="CL77" s="147"/>
+      <c r="CM77" s="147"/>
+      <c r="CN77" s="147"/>
+      <c r="CO77" s="147"/>
+      <c r="CP77" s="147"/>
+      <c r="CQ77" s="147"/>
+      <c r="CR77" s="147"/>
+      <c r="CS77" s="147"/>
+      <c r="CT77" s="147"/>
+      <c r="CU77" s="147"/>
+      <c r="CV77" s="147"/>
+      <c r="CW77" s="147"/>
+      <c r="CX77" s="147"/>
+      <c r="CY77" s="147"/>
+      <c r="CZ77" s="147"/>
+      <c r="DA77" s="147"/>
+      <c r="DB77" s="147"/>
+      <c r="DC77" s="147"/>
+      <c r="DD77" s="147"/>
+      <c r="DE77" s="147"/>
+      <c r="DF77" s="147"/>
+      <c r="DG77" s="147"/>
+      <c r="DH77" s="147"/>
+      <c r="DI77" s="147"/>
+      <c r="DJ77" s="147"/>
+      <c r="DK77" s="147"/>
+      <c r="DL77" s="147"/>
+      <c r="DM77" s="147"/>
+      <c r="DN77" s="147"/>
+      <c r="DO77" s="147"/>
+      <c r="DP77" s="147"/>
+      <c r="DQ77" s="147"/>
+      <c r="DR77" s="147"/>
+      <c r="DS77" s="147"/>
+      <c r="DT77" s="147"/>
+      <c r="DU77" s="147"/>
+      <c r="DV77" s="147"/>
+      <c r="DW77" s="147"/>
+      <c r="DX77" s="147"/>
+      <c r="DY77" s="147"/>
+      <c r="DZ77" s="147"/>
+      <c r="EA77" s="147"/>
+      <c r="EB77" s="147"/>
+      <c r="EC77" s="147"/>
+      <c r="ED77" s="147"/>
+      <c r="EE77" s="147"/>
+      <c r="EF77" s="147"/>
+      <c r="EG77" s="147"/>
+      <c r="EH77" s="147"/>
+      <c r="EI77" s="147"/>
+      <c r="EJ77" s="147"/>
+      <c r="EK77" s="147"/>
+      <c r="EL77" s="147"/>
+      <c r="EM77" s="147"/>
+      <c r="EN77" s="147"/>
+      <c r="EO77" s="147"/>
+      <c r="EP77" s="147"/>
+      <c r="EQ77" s="147"/>
+      <c r="ER77" s="147"/>
+      <c r="ES77" s="147"/>
+      <c r="ET77" s="147"/>
+      <c r="EU77" s="147"/>
+      <c r="EV77" s="147"/>
+      <c r="EW77" s="147"/>
+      <c r="EX77" s="147"/>
+      <c r="EY77" s="147"/>
+      <c r="EZ77" s="147"/>
+      <c r="FA77" s="147"/>
+      <c r="FB77" s="147"/>
+      <c r="FC77" s="147"/>
+      <c r="FD77" s="147"/>
+      <c r="FE77" s="147"/>
+      <c r="FF77" s="147"/>
+      <c r="FG77" s="147"/>
+      <c r="FH77" s="147"/>
+      <c r="FI77" s="147"/>
+      <c r="FJ77" s="147"/>
+      <c r="FK77" s="147"/>
+      <c r="FL77" s="147"/>
+      <c r="FM77" s="147"/>
+      <c r="FN77" s="147"/>
+      <c r="FO77" s="147"/>
+      <c r="FP77" s="147"/>
+      <c r="FQ77" s="147"/>
+      <c r="FR77" s="147"/>
+      <c r="FS77" s="147"/>
+      <c r="FT77" s="147"/>
+      <c r="FU77" s="147"/>
+      <c r="FV77" s="147"/>
+      <c r="FW77" s="147"/>
+      <c r="FX77" s="147"/>
+      <c r="FY77" s="147"/>
+      <c r="FZ77" s="147"/>
+      <c r="GA77" s="147"/>
+      <c r="GB77" s="147"/>
+      <c r="GC77" s="147"/>
+      <c r="GD77" s="147"/>
+      <c r="GE77" s="147"/>
+    </row>
+    <row r="78" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A78" s="150">
+        <v>2024</v>
+      </c>
+      <c r="B78" s="149" t="s">
+        <v>134</v>
+      </c>
+      <c r="C78" s="165" t="s">
+        <v>108</v>
+      </c>
+      <c r="D78" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="E78" s="157">
+        <v>0</v>
+      </c>
+      <c r="F78" s="157">
+        <v>0</v>
+      </c>
+      <c r="G78" s="157">
+        <v>0</v>
+      </c>
+      <c r="H78" s="157">
+        <v>0</v>
+      </c>
+      <c r="I78" s="157">
+        <v>0</v>
+      </c>
+      <c r="J78" s="160" t="s">
+        <v>108</v>
+      </c>
+      <c r="K78" s="147"/>
+      <c r="L78" s="147"/>
+      <c r="M78" s="147"/>
+      <c r="N78" s="147"/>
+      <c r="O78" s="147"/>
+      <c r="P78" s="147"/>
+      <c r="Q78" s="147"/>
+      <c r="R78" s="147"/>
+      <c r="S78" s="147"/>
+      <c r="T78" s="147"/>
+      <c r="U78" s="147"/>
+      <c r="V78" s="147"/>
+      <c r="W78" s="147"/>
+      <c r="X78" s="147"/>
+      <c r="Y78" s="147"/>
+      <c r="Z78" s="147"/>
+      <c r="AA78" s="147"/>
+      <c r="AB78" s="147"/>
+      <c r="AC78" s="147"/>
+      <c r="AD78" s="147"/>
+      <c r="AE78" s="147"/>
+      <c r="AF78" s="147"/>
+      <c r="AG78" s="147"/>
+      <c r="AH78" s="147"/>
+      <c r="AI78" s="147"/>
+      <c r="AJ78" s="147"/>
+      <c r="AK78" s="147"/>
+      <c r="AL78" s="147"/>
+      <c r="AM78" s="147"/>
+      <c r="AN78" s="147"/>
+      <c r="AO78" s="147"/>
+      <c r="AP78" s="147"/>
+      <c r="AQ78" s="147"/>
+      <c r="AR78" s="147"/>
+      <c r="AS78" s="147"/>
+      <c r="AT78" s="147"/>
+      <c r="AU78" s="147"/>
+      <c r="AV78" s="147"/>
+      <c r="AW78" s="147"/>
+      <c r="AX78" s="147"/>
+      <c r="AY78" s="147"/>
+      <c r="AZ78" s="147"/>
+      <c r="BA78" s="147"/>
+      <c r="BB78" s="147"/>
+      <c r="BC78" s="147"/>
+      <c r="BD78" s="147"/>
+      <c r="BE78" s="147"/>
+      <c r="BF78" s="147"/>
+      <c r="BG78" s="147"/>
+      <c r="BH78" s="147"/>
+      <c r="BI78" s="147"/>
+      <c r="BJ78" s="147"/>
+      <c r="BK78" s="147"/>
+      <c r="BL78" s="147"/>
+      <c r="BM78" s="147"/>
+      <c r="BN78" s="147"/>
+      <c r="BO78" s="147"/>
+      <c r="BP78" s="147"/>
+      <c r="BQ78" s="147"/>
+      <c r="BR78" s="147"/>
+      <c r="BS78" s="147"/>
+      <c r="BT78" s="147"/>
+      <c r="BU78" s="147"/>
+      <c r="BV78" s="147"/>
+      <c r="BW78" s="147"/>
+      <c r="BX78" s="147"/>
+      <c r="BY78" s="147"/>
+      <c r="BZ78" s="147"/>
+      <c r="CA78" s="147"/>
+      <c r="CB78" s="147"/>
+      <c r="CC78" s="147"/>
+      <c r="CD78" s="147"/>
+      <c r="CE78" s="147"/>
+      <c r="CF78" s="147"/>
+      <c r="CG78" s="147"/>
+      <c r="CH78" s="147"/>
+      <c r="CI78" s="147"/>
+      <c r="CJ78" s="147"/>
+      <c r="CK78" s="147"/>
+      <c r="CL78" s="147"/>
+      <c r="CM78" s="147"/>
+      <c r="CN78" s="147"/>
+      <c r="CO78" s="147"/>
+      <c r="CP78" s="147"/>
+      <c r="CQ78" s="147"/>
+      <c r="CR78" s="147"/>
+      <c r="CS78" s="147"/>
+      <c r="CT78" s="147"/>
+      <c r="CU78" s="147"/>
+      <c r="CV78" s="147"/>
+      <c r="CW78" s="147"/>
+      <c r="CX78" s="147"/>
+      <c r="CY78" s="147"/>
+      <c r="CZ78" s="147"/>
+      <c r="DA78" s="147"/>
+      <c r="DB78" s="147"/>
+      <c r="DC78" s="147"/>
+      <c r="DD78" s="147"/>
+      <c r="DE78" s="147"/>
+      <c r="DF78" s="147"/>
+      <c r="DG78" s="147"/>
+      <c r="DH78" s="147"/>
+      <c r="DI78" s="147"/>
+      <c r="DJ78" s="147"/>
+      <c r="DK78" s="147"/>
+      <c r="DL78" s="147"/>
+      <c r="DM78" s="147"/>
+      <c r="DN78" s="147"/>
+      <c r="DO78" s="147"/>
+      <c r="DP78" s="147"/>
+      <c r="DQ78" s="147"/>
+      <c r="DR78" s="147"/>
+      <c r="DS78" s="147"/>
+      <c r="DT78" s="147"/>
+      <c r="DU78" s="147"/>
+      <c r="DV78" s="147"/>
+      <c r="DW78" s="147"/>
+      <c r="DX78" s="147"/>
+      <c r="DY78" s="147"/>
+      <c r="DZ78" s="147"/>
+      <c r="EA78" s="147"/>
+      <c r="EB78" s="147"/>
+      <c r="EC78" s="147"/>
+      <c r="ED78" s="147"/>
+      <c r="EE78" s="147"/>
+      <c r="EF78" s="147"/>
+      <c r="EG78" s="147"/>
+      <c r="EH78" s="147"/>
+      <c r="EI78" s="147"/>
+      <c r="EJ78" s="147"/>
+      <c r="EK78" s="147"/>
+      <c r="EL78" s="147"/>
+      <c r="EM78" s="147"/>
+      <c r="EN78" s="147"/>
+      <c r="EO78" s="147"/>
+      <c r="EP78" s="147"/>
+      <c r="EQ78" s="147"/>
+      <c r="ER78" s="147"/>
+      <c r="ES78" s="147"/>
+      <c r="ET78" s="147"/>
+      <c r="EU78" s="147"/>
+      <c r="EV78" s="147"/>
+      <c r="EW78" s="147"/>
+      <c r="EX78" s="147"/>
+      <c r="EY78" s="147"/>
+      <c r="EZ78" s="147"/>
+      <c r="FA78" s="147"/>
+      <c r="FB78" s="147"/>
+      <c r="FC78" s="147"/>
+      <c r="FD78" s="147"/>
+      <c r="FE78" s="147"/>
+      <c r="FF78" s="147"/>
+      <c r="FG78" s="147"/>
+      <c r="FH78" s="147"/>
+      <c r="FI78" s="147"/>
+      <c r="FJ78" s="147"/>
+      <c r="FK78" s="147"/>
+      <c r="FL78" s="147"/>
+      <c r="FM78" s="147"/>
+      <c r="FN78" s="147"/>
+      <c r="FO78" s="147"/>
+      <c r="FP78" s="147"/>
+      <c r="FQ78" s="147"/>
+      <c r="FR78" s="147"/>
+      <c r="FS78" s="147"/>
+      <c r="FT78" s="147"/>
+      <c r="FU78" s="147"/>
+      <c r="FV78" s="147"/>
+      <c r="FW78" s="147"/>
+      <c r="FX78" s="147"/>
+      <c r="FY78" s="147"/>
+      <c r="FZ78" s="147"/>
+      <c r="GA78" s="147"/>
+      <c r="GB78" s="147"/>
+      <c r="GC78" s="147"/>
+      <c r="GD78" s="147"/>
+      <c r="GE78" s="147"/>
+    </row>
+    <row r="79" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A79" s="148" t="s">
+        <v>34</v>
+      </c>
+      <c r="B79" s="185" t="s">
+        <v>124</v>
+      </c>
+      <c r="C79" s="186">
+        <v>406</v>
+      </c>
+      <c r="D79" s="186">
+        <v>39</v>
+      </c>
+      <c r="E79" s="186">
+        <v>8</v>
+      </c>
+      <c r="F79" s="186">
+        <v>0</v>
+      </c>
+      <c r="G79" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="H79" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="I79" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="J79" s="187">
+        <v>453</v>
+      </c>
+      <c r="K79" s="147"/>
+      <c r="L79" s="147"/>
+      <c r="M79" s="147"/>
+      <c r="N79" s="147"/>
+      <c r="O79" s="147"/>
+      <c r="P79" s="147"/>
+      <c r="Q79" s="147"/>
+      <c r="R79" s="147"/>
+      <c r="S79" s="147"/>
+      <c r="T79" s="147"/>
+      <c r="U79" s="147"/>
+      <c r="V79" s="147"/>
+      <c r="W79" s="147"/>
+      <c r="X79" s="147"/>
+      <c r="Y79" s="147"/>
+      <c r="Z79" s="147"/>
+      <c r="AA79" s="147"/>
+      <c r="AB79" s="147"/>
+      <c r="AC79" s="147"/>
+      <c r="AD79" s="147"/>
+      <c r="AE79" s="147"/>
+      <c r="AF79" s="147"/>
+      <c r="AG79" s="147"/>
+      <c r="AH79" s="147"/>
+      <c r="AI79" s="147"/>
+      <c r="AJ79" s="147"/>
+      <c r="AK79" s="147"/>
+      <c r="AL79" s="147"/>
+      <c r="AM79" s="147"/>
+      <c r="AN79" s="147"/>
+      <c r="AO79" s="147"/>
+      <c r="AP79" s="147"/>
+      <c r="AQ79" s="147"/>
+      <c r="AR79" s="147"/>
+      <c r="AS79" s="147"/>
+      <c r="AT79" s="147"/>
+      <c r="AU79" s="147"/>
+      <c r="AV79" s="147"/>
+      <c r="AW79" s="147"/>
+      <c r="AX79" s="147"/>
+      <c r="AY79" s="147"/>
+      <c r="AZ79" s="147"/>
+      <c r="BA79" s="147"/>
+      <c r="BB79" s="147"/>
+      <c r="BC79" s="147"/>
+      <c r="BD79" s="147"/>
+      <c r="BE79" s="147"/>
+      <c r="BF79" s="147"/>
+      <c r="BG79" s="147"/>
+      <c r="BH79" s="147"/>
+      <c r="BI79" s="147"/>
+      <c r="BJ79" s="147"/>
+      <c r="BK79" s="147"/>
+      <c r="BL79" s="147"/>
+      <c r="BM79" s="147"/>
+      <c r="BN79" s="147"/>
+      <c r="BO79" s="147"/>
+      <c r="BP79" s="147"/>
+      <c r="BQ79" s="147"/>
+      <c r="BR79" s="147"/>
+      <c r="BS79" s="147"/>
+      <c r="BT79" s="147"/>
+      <c r="BU79" s="147"/>
+      <c r="BV79" s="147"/>
+      <c r="BW79" s="147"/>
+      <c r="BX79" s="147"/>
+      <c r="BY79" s="147"/>
+      <c r="BZ79" s="147"/>
+      <c r="CA79" s="147"/>
+      <c r="CB79" s="147"/>
+      <c r="CC79" s="147"/>
+      <c r="CD79" s="147"/>
+      <c r="CE79" s="147"/>
+      <c r="CF79" s="147"/>
+      <c r="CG79" s="147"/>
+      <c r="CH79" s="147"/>
+      <c r="CI79" s="147"/>
+      <c r="CJ79" s="147"/>
+      <c r="CK79" s="147"/>
+      <c r="CL79" s="147"/>
+      <c r="CM79" s="147"/>
+      <c r="CN79" s="147"/>
+      <c r="CO79" s="147"/>
+      <c r="CP79" s="147"/>
+      <c r="CQ79" s="147"/>
+      <c r="CR79" s="147"/>
+      <c r="CS79" s="147"/>
+      <c r="CT79" s="147"/>
+      <c r="CU79" s="147"/>
+      <c r="CV79" s="147"/>
+      <c r="CW79" s="147"/>
+      <c r="CX79" s="147"/>
+      <c r="CY79" s="147"/>
+      <c r="CZ79" s="147"/>
+      <c r="DA79" s="147"/>
+      <c r="DB79" s="147"/>
+      <c r="DC79" s="147"/>
+      <c r="DD79" s="147"/>
+      <c r="DE79" s="147"/>
+      <c r="DF79" s="147"/>
+      <c r="DG79" s="147"/>
+      <c r="DH79" s="147"/>
+      <c r="DI79" s="147"/>
+      <c r="DJ79" s="147"/>
+      <c r="DK79" s="147"/>
+      <c r="DL79" s="147"/>
+      <c r="DM79" s="147"/>
+      <c r="DN79" s="147"/>
+      <c r="DO79" s="147"/>
+      <c r="DP79" s="147"/>
+      <c r="DQ79" s="147"/>
+      <c r="DR79" s="147"/>
+      <c r="DS79" s="147"/>
+      <c r="DT79" s="147"/>
+      <c r="DU79" s="147"/>
+      <c r="DV79" s="147"/>
+      <c r="DW79" s="147"/>
+      <c r="DX79" s="147"/>
+      <c r="DY79" s="147"/>
+      <c r="DZ79" s="147"/>
+      <c r="EA79" s="147"/>
+      <c r="EB79" s="147"/>
+      <c r="EC79" s="147"/>
+      <c r="ED79" s="147"/>
+      <c r="EE79" s="147"/>
+      <c r="EF79" s="147"/>
+      <c r="EG79" s="147"/>
+      <c r="EH79" s="147"/>
+      <c r="EI79" s="147"/>
+      <c r="EJ79" s="147"/>
+      <c r="EK79" s="147"/>
+      <c r="EL79" s="147"/>
+      <c r="EM79" s="147"/>
+      <c r="EN79" s="147"/>
+      <c r="EO79" s="147"/>
+      <c r="EP79" s="147"/>
+      <c r="EQ79" s="147"/>
+      <c r="ER79" s="147"/>
+      <c r="ES79" s="147"/>
+      <c r="ET79" s="147"/>
+      <c r="EU79" s="147"/>
+      <c r="EV79" s="147"/>
+      <c r="EW79" s="147"/>
+      <c r="EX79" s="147"/>
+      <c r="EY79" s="147"/>
+      <c r="EZ79" s="147"/>
+      <c r="FA79" s="147"/>
+      <c r="FB79" s="147"/>
+      <c r="FC79" s="147"/>
+      <c r="FD79" s="147"/>
+      <c r="FE79" s="147"/>
+      <c r="FF79" s="147"/>
+      <c r="FG79" s="147"/>
+      <c r="FH79" s="147"/>
+      <c r="FI79" s="147"/>
+      <c r="FJ79" s="147"/>
+      <c r="FK79" s="147"/>
+      <c r="FL79" s="147"/>
+      <c r="FM79" s="147"/>
+      <c r="FN79" s="147"/>
+      <c r="FO79" s="147"/>
+      <c r="FP79" s="147"/>
+      <c r="FQ79" s="147"/>
+      <c r="FR79" s="147"/>
+      <c r="FS79" s="147"/>
+      <c r="FT79" s="147"/>
+      <c r="FU79" s="147"/>
+      <c r="FV79" s="147"/>
+      <c r="FW79" s="147"/>
+      <c r="FX79" s="147"/>
+      <c r="FY79" s="147"/>
+      <c r="FZ79" s="147"/>
+      <c r="GA79" s="147"/>
+      <c r="GB79" s="147"/>
+      <c r="GC79" s="147"/>
+      <c r="GD79" s="147"/>
+      <c r="GE79" s="147"/>
+    </row>
+    <row r="80" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A80" s="148"/>
+      <c r="B80" s="149" t="s">
+        <v>126</v>
+      </c>
+      <c r="C80" s="157">
+        <v>42</v>
+      </c>
+      <c r="D80" s="157">
+        <v>29</v>
+      </c>
+      <c r="E80" s="157">
+        <v>22</v>
+      </c>
+      <c r="F80" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="G80" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="H80" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I80" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="J80" s="158">
+        <v>103</v>
+      </c>
+      <c r="K80" s="147"/>
+      <c r="L80" s="147"/>
+      <c r="M80" s="147"/>
+      <c r="N80" s="147"/>
+      <c r="O80" s="147"/>
+      <c r="P80" s="147"/>
+      <c r="Q80" s="147"/>
+      <c r="R80" s="147"/>
+      <c r="S80" s="147"/>
+      <c r="T80" s="147"/>
+      <c r="U80" s="147"/>
+      <c r="V80" s="147"/>
+      <c r="W80" s="147"/>
+      <c r="X80" s="147"/>
+      <c r="Y80" s="147"/>
+      <c r="Z80" s="147"/>
+      <c r="AA80" s="147"/>
+      <c r="AB80" s="147"/>
+      <c r="AC80" s="147"/>
+      <c r="AD80" s="147"/>
+      <c r="AE80" s="147"/>
+      <c r="AF80" s="147"/>
+      <c r="AG80" s="147"/>
+      <c r="AH80" s="147"/>
+      <c r="AI80" s="147"/>
+      <c r="AJ80" s="147"/>
+      <c r="AK80" s="147"/>
+      <c r="AL80" s="147"/>
+      <c r="AM80" s="147"/>
+      <c r="AN80" s="147"/>
+      <c r="AO80" s="147"/>
+      <c r="AP80" s="147"/>
+      <c r="AQ80" s="147"/>
+      <c r="AR80" s="147"/>
+      <c r="AS80" s="147"/>
+      <c r="AT80" s="147"/>
+      <c r="AU80" s="147"/>
+      <c r="AV80" s="147"/>
+      <c r="AW80" s="147"/>
+      <c r="AX80" s="147"/>
+      <c r="AY80" s="147"/>
+      <c r="AZ80" s="147"/>
+      <c r="BA80" s="147"/>
+      <c r="BB80" s="147"/>
+      <c r="BC80" s="147"/>
+      <c r="BD80" s="147"/>
+      <c r="BE80" s="147"/>
+      <c r="BF80" s="147"/>
+      <c r="BG80" s="147"/>
+      <c r="BH80" s="147"/>
+      <c r="BI80" s="147"/>
+      <c r="BJ80" s="147"/>
+      <c r="BK80" s="147"/>
+      <c r="BL80" s="147"/>
+      <c r="BM80" s="147"/>
+      <c r="BN80" s="147"/>
+      <c r="BO80" s="147"/>
+      <c r="BP80" s="147"/>
+      <c r="BQ80" s="147"/>
+      <c r="BR80" s="147"/>
+      <c r="BS80" s="147"/>
+      <c r="BT80" s="147"/>
+      <c r="BU80" s="147"/>
+      <c r="BV80" s="147"/>
+      <c r="BW80" s="147"/>
+      <c r="BX80" s="147"/>
+      <c r="BY80" s="147"/>
+      <c r="BZ80" s="147"/>
+      <c r="CA80" s="147"/>
+      <c r="CB80" s="147"/>
+      <c r="CC80" s="147"/>
+      <c r="CD80" s="147"/>
+      <c r="CE80" s="147"/>
+      <c r="CF80" s="147"/>
+      <c r="CG80" s="147"/>
+      <c r="CH80" s="147"/>
+      <c r="CI80" s="147"/>
+      <c r="CJ80" s="147"/>
+      <c r="CK80" s="147"/>
+      <c r="CL80" s="147"/>
+      <c r="CM80" s="147"/>
+      <c r="CN80" s="147"/>
+      <c r="CO80" s="147"/>
+      <c r="CP80" s="147"/>
+      <c r="CQ80" s="147"/>
+      <c r="CR80" s="147"/>
+      <c r="CS80" s="147"/>
+      <c r="CT80" s="147"/>
+      <c r="CU80" s="147"/>
+      <c r="CV80" s="147"/>
+      <c r="CW80" s="147"/>
+      <c r="CX80" s="147"/>
+      <c r="CY80" s="147"/>
+      <c r="CZ80" s="147"/>
+      <c r="DA80" s="147"/>
+      <c r="DB80" s="147"/>
+      <c r="DC80" s="147"/>
+      <c r="DD80" s="147"/>
+      <c r="DE80" s="147"/>
+      <c r="DF80" s="147"/>
+      <c r="DG80" s="147"/>
+      <c r="DH80" s="147"/>
+      <c r="DI80" s="147"/>
+      <c r="DJ80" s="147"/>
+      <c r="DK80" s="147"/>
+      <c r="DL80" s="147"/>
+      <c r="DM80" s="147"/>
+      <c r="DN80" s="147"/>
+      <c r="DO80" s="147"/>
+      <c r="DP80" s="147"/>
+      <c r="DQ80" s="147"/>
+      <c r="DR80" s="147"/>
+      <c r="DS80" s="147"/>
+      <c r="DT80" s="147"/>
+      <c r="DU80" s="147"/>
+      <c r="DV80" s="147"/>
+      <c r="DW80" s="147"/>
+      <c r="DX80" s="147"/>
+      <c r="DY80" s="147"/>
+      <c r="DZ80" s="147"/>
+      <c r="EA80" s="147"/>
+      <c r="EB80" s="147"/>
+      <c r="EC80" s="147"/>
+      <c r="ED80" s="147"/>
+      <c r="EE80" s="147"/>
+      <c r="EF80" s="147"/>
+      <c r="EG80" s="147"/>
+      <c r="EH80" s="147"/>
+      <c r="EI80" s="147"/>
+      <c r="EJ80" s="147"/>
+      <c r="EK80" s="147"/>
+      <c r="EL80" s="147"/>
+      <c r="EM80" s="147"/>
+      <c r="EN80" s="147"/>
+      <c r="EO80" s="147"/>
+      <c r="EP80" s="147"/>
+      <c r="EQ80" s="147"/>
+      <c r="ER80" s="147"/>
+      <c r="ES80" s="147"/>
+      <c r="ET80" s="147"/>
+      <c r="EU80" s="147"/>
+      <c r="EV80" s="147"/>
+      <c r="EW80" s="147"/>
+      <c r="EX80" s="147"/>
+      <c r="EY80" s="147"/>
+      <c r="EZ80" s="147"/>
+      <c r="FA80" s="147"/>
+      <c r="FB80" s="147"/>
+      <c r="FC80" s="147"/>
+      <c r="FD80" s="147"/>
+      <c r="FE80" s="147"/>
+      <c r="FF80" s="147"/>
+      <c r="FG80" s="147"/>
+      <c r="FH80" s="147"/>
+      <c r="FI80" s="147"/>
+      <c r="FJ80" s="147"/>
+      <c r="FK80" s="147"/>
+      <c r="FL80" s="147"/>
+      <c r="FM80" s="147"/>
+      <c r="FN80" s="147"/>
+      <c r="FO80" s="147"/>
+      <c r="FP80" s="147"/>
+      <c r="FQ80" s="147"/>
+      <c r="FR80" s="147"/>
+      <c r="FS80" s="147"/>
+      <c r="FT80" s="147"/>
+      <c r="FU80" s="147"/>
+      <c r="FV80" s="147"/>
+      <c r="FW80" s="147"/>
+      <c r="FX80" s="147"/>
+      <c r="FY80" s="147"/>
+      <c r="FZ80" s="147"/>
+      <c r="GA80" s="147"/>
+      <c r="GB80" s="147"/>
+      <c r="GC80" s="147"/>
+      <c r="GD80" s="147"/>
+      <c r="GE80" s="147"/>
+    </row>
+    <row r="81" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A81" s="152"/>
+      <c r="B81" s="185" t="s">
+        <v>127</v>
+      </c>
+      <c r="C81" s="186">
+        <v>111</v>
+      </c>
+      <c r="D81" s="186">
+        <v>66</v>
+      </c>
+      <c r="E81" s="186">
+        <v>66</v>
+      </c>
+      <c r="F81" s="186">
+        <v>20</v>
+      </c>
+      <c r="G81" s="186">
+        <v>14</v>
+      </c>
+      <c r="H81" s="186">
+        <v>6</v>
+      </c>
+      <c r="I81" s="186">
+        <v>5</v>
+      </c>
+      <c r="J81" s="187">
+        <v>288</v>
+      </c>
+      <c r="K81" s="147"/>
+      <c r="L81" s="147"/>
+      <c r="M81" s="147"/>
+      <c r="N81" s="147"/>
+      <c r="O81" s="147"/>
+      <c r="P81" s="147"/>
+      <c r="Q81" s="147"/>
+      <c r="R81" s="147"/>
+      <c r="S81" s="147"/>
+      <c r="T81" s="147"/>
+      <c r="U81" s="147"/>
+      <c r="V81" s="147"/>
+      <c r="W81" s="147"/>
+      <c r="X81" s="147"/>
+      <c r="Y81" s="147"/>
+      <c r="Z81" s="147"/>
+      <c r="AA81" s="147"/>
+      <c r="AB81" s="147"/>
+      <c r="AC81" s="147"/>
+      <c r="AD81" s="147"/>
+      <c r="AE81" s="147"/>
+      <c r="AF81" s="147"/>
+      <c r="AG81" s="147"/>
+      <c r="AH81" s="147"/>
+      <c r="AI81" s="147"/>
+      <c r="AJ81" s="147"/>
+      <c r="AK81" s="147"/>
+      <c r="AL81" s="147"/>
+      <c r="AM81" s="147"/>
+      <c r="AN81" s="147"/>
+      <c r="AO81" s="147"/>
+      <c r="AP81" s="147"/>
+      <c r="AQ81" s="147"/>
+      <c r="AR81" s="147"/>
+      <c r="AS81" s="147"/>
+      <c r="AT81" s="147"/>
+      <c r="AU81" s="147"/>
+      <c r="AV81" s="147"/>
+      <c r="AW81" s="147"/>
+      <c r="AX81" s="147"/>
+      <c r="AY81" s="147"/>
+      <c r="AZ81" s="147"/>
+      <c r="BA81" s="147"/>
+      <c r="BB81" s="147"/>
+      <c r="BC81" s="147"/>
+      <c r="BD81" s="147"/>
+      <c r="BE81" s="147"/>
+      <c r="BF81" s="147"/>
+      <c r="BG81" s="147"/>
+      <c r="BH81" s="147"/>
+      <c r="BI81" s="147"/>
+      <c r="BJ81" s="147"/>
+      <c r="BK81" s="147"/>
+      <c r="BL81" s="147"/>
+      <c r="BM81" s="147"/>
+      <c r="BN81" s="147"/>
+      <c r="BO81" s="147"/>
+      <c r="BP81" s="147"/>
+      <c r="BQ81" s="147"/>
+      <c r="BR81" s="147"/>
+      <c r="BS81" s="147"/>
+      <c r="BT81" s="147"/>
+      <c r="BU81" s="147"/>
+      <c r="BV81" s="147"/>
+      <c r="BW81" s="147"/>
+      <c r="BX81" s="147"/>
+      <c r="BY81" s="147"/>
+      <c r="BZ81" s="147"/>
+      <c r="CA81" s="147"/>
+      <c r="CB81" s="147"/>
+      <c r="CC81" s="147"/>
+      <c r="CD81" s="147"/>
+      <c r="CE81" s="147"/>
+      <c r="CF81" s="147"/>
+      <c r="CG81" s="147"/>
+      <c r="CH81" s="147"/>
+      <c r="CI81" s="147"/>
+      <c r="CJ81" s="147"/>
+      <c r="CK81" s="147"/>
+      <c r="CL81" s="147"/>
+      <c r="CM81" s="147"/>
+      <c r="CN81" s="147"/>
+      <c r="CO81" s="147"/>
+      <c r="CP81" s="147"/>
+      <c r="CQ81" s="147"/>
+      <c r="CR81" s="147"/>
+      <c r="CS81" s="147"/>
+      <c r="CT81" s="147"/>
+      <c r="CU81" s="147"/>
+      <c r="CV81" s="147"/>
+      <c r="CW81" s="147"/>
+      <c r="CX81" s="147"/>
+      <c r="CY81" s="147"/>
+      <c r="CZ81" s="147"/>
+      <c r="DA81" s="147"/>
+      <c r="DB81" s="147"/>
+      <c r="DC81" s="147"/>
+      <c r="DD81" s="147"/>
+      <c r="DE81" s="147"/>
+      <c r="DF81" s="147"/>
+      <c r="DG81" s="147"/>
+      <c r="DH81" s="147"/>
+      <c r="DI81" s="147"/>
+      <c r="DJ81" s="147"/>
+      <c r="DK81" s="147"/>
+      <c r="DL81" s="147"/>
+      <c r="DM81" s="147"/>
+      <c r="DN81" s="147"/>
+      <c r="DO81" s="147"/>
+      <c r="DP81" s="147"/>
+      <c r="DQ81" s="147"/>
+      <c r="DR81" s="147"/>
+      <c r="DS81" s="147"/>
+      <c r="DT81" s="147"/>
+      <c r="DU81" s="147"/>
+      <c r="DV81" s="147"/>
+      <c r="DW81" s="147"/>
+      <c r="DX81" s="147"/>
+      <c r="DY81" s="147"/>
+      <c r="DZ81" s="147"/>
+      <c r="EA81" s="147"/>
+      <c r="EB81" s="147"/>
+      <c r="EC81" s="147"/>
+      <c r="ED81" s="147"/>
+      <c r="EE81" s="147"/>
+      <c r="EF81" s="147"/>
+      <c r="EG81" s="147"/>
+      <c r="EH81" s="147"/>
+      <c r="EI81" s="147"/>
+      <c r="EJ81" s="147"/>
+      <c r="EK81" s="147"/>
+      <c r="EL81" s="147"/>
+      <c r="EM81" s="147"/>
+      <c r="EN81" s="147"/>
+      <c r="EO81" s="147"/>
+      <c r="EP81" s="147"/>
+      <c r="EQ81" s="147"/>
+      <c r="ER81" s="147"/>
+      <c r="ES81" s="147"/>
+      <c r="ET81" s="147"/>
+      <c r="EU81" s="147"/>
+      <c r="EV81" s="147"/>
+      <c r="EW81" s="147"/>
+      <c r="EX81" s="147"/>
+      <c r="EY81" s="147"/>
+      <c r="EZ81" s="147"/>
+      <c r="FA81" s="147"/>
+      <c r="FB81" s="147"/>
+      <c r="FC81" s="147"/>
+      <c r="FD81" s="147"/>
+      <c r="FE81" s="147"/>
+      <c r="FF81" s="147"/>
+      <c r="FG81" s="147"/>
+      <c r="FH81" s="147"/>
+      <c r="FI81" s="147"/>
+      <c r="FJ81" s="147"/>
+      <c r="FK81" s="147"/>
+      <c r="FL81" s="147"/>
+      <c r="FM81" s="147"/>
+      <c r="FN81" s="147"/>
+      <c r="FO81" s="147"/>
+      <c r="FP81" s="147"/>
+      <c r="FQ81" s="147"/>
+      <c r="FR81" s="147"/>
+      <c r="FS81" s="147"/>
+      <c r="FT81" s="147"/>
+      <c r="FU81" s="147"/>
+      <c r="FV81" s="147"/>
+      <c r="FW81" s="147"/>
+      <c r="FX81" s="147"/>
+      <c r="FY81" s="147"/>
+      <c r="FZ81" s="147"/>
+      <c r="GA81" s="147"/>
+      <c r="GB81" s="147"/>
+      <c r="GC81" s="147"/>
+      <c r="GD81" s="147"/>
+      <c r="GE81" s="147"/>
+    </row>
+    <row r="82" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A82" s="152"/>
+      <c r="B82" s="149" t="s">
+        <v>128</v>
+      </c>
+      <c r="C82" s="157">
+        <v>684</v>
+      </c>
+      <c r="D82" s="157">
+        <v>523</v>
+      </c>
+      <c r="E82" s="157">
+        <v>643</v>
+      </c>
+      <c r="F82" s="157">
+        <v>322</v>
+      </c>
+      <c r="G82" s="157">
+        <v>242</v>
+      </c>
+      <c r="H82" s="157">
+        <v>164</v>
+      </c>
+      <c r="I82" s="157">
+        <v>259</v>
+      </c>
+      <c r="J82" s="158">
+        <v>2837</v>
+      </c>
+      <c r="K82" s="147"/>
+      <c r="L82" s="147"/>
+      <c r="M82" s="147"/>
+      <c r="N82" s="147"/>
+      <c r="O82" s="147"/>
+      <c r="P82" s="147"/>
+      <c r="Q82" s="147"/>
+      <c r="R82" s="147"/>
+      <c r="S82" s="147"/>
+      <c r="T82" s="147"/>
+      <c r="U82" s="147"/>
+      <c r="V82" s="147"/>
+      <c r="W82" s="147"/>
+      <c r="X82" s="147"/>
+      <c r="Y82" s="147"/>
+      <c r="Z82" s="147"/>
+      <c r="AA82" s="147"/>
+      <c r="AB82" s="147"/>
+      <c r="AC82" s="147"/>
+      <c r="AD82" s="147"/>
+      <c r="AE82" s="147"/>
+      <c r="AF82" s="147"/>
+      <c r="AG82" s="147"/>
+      <c r="AH82" s="147"/>
+      <c r="AI82" s="147"/>
+      <c r="AJ82" s="147"/>
+      <c r="AK82" s="147"/>
+      <c r="AL82" s="147"/>
+      <c r="AM82" s="147"/>
+      <c r="AN82" s="147"/>
+      <c r="AO82" s="147"/>
+      <c r="AP82" s="147"/>
+      <c r="AQ82" s="147"/>
+      <c r="AR82" s="147"/>
+      <c r="AS82" s="147"/>
+      <c r="AT82" s="147"/>
+      <c r="AU82" s="147"/>
+      <c r="AV82" s="147"/>
+      <c r="AW82" s="147"/>
+      <c r="AX82" s="147"/>
+      <c r="AY82" s="147"/>
+      <c r="AZ82" s="147"/>
+      <c r="BA82" s="147"/>
+      <c r="BB82" s="147"/>
+      <c r="BC82" s="147"/>
+      <c r="BD82" s="147"/>
+      <c r="BE82" s="147"/>
+      <c r="BF82" s="147"/>
+      <c r="BG82" s="147"/>
+      <c r="BH82" s="147"/>
+      <c r="BI82" s="147"/>
+      <c r="BJ82" s="147"/>
+      <c r="BK82" s="147"/>
+      <c r="BL82" s="147"/>
+      <c r="BM82" s="147"/>
+      <c r="BN82" s="147"/>
+      <c r="BO82" s="147"/>
+      <c r="BP82" s="147"/>
+      <c r="BQ82" s="147"/>
+      <c r="BR82" s="147"/>
+      <c r="BS82" s="147"/>
+      <c r="BT82" s="147"/>
+      <c r="BU82" s="147"/>
+      <c r="BV82" s="147"/>
+      <c r="BW82" s="147"/>
+      <c r="BX82" s="147"/>
+      <c r="BY82" s="147"/>
+      <c r="BZ82" s="147"/>
+      <c r="CA82" s="147"/>
+      <c r="CB82" s="147"/>
+      <c r="CC82" s="147"/>
+      <c r="CD82" s="147"/>
+      <c r="CE82" s="147"/>
+      <c r="CF82" s="147"/>
+      <c r="CG82" s="147"/>
+      <c r="CH82" s="147"/>
+      <c r="CI82" s="147"/>
+      <c r="CJ82" s="147"/>
+      <c r="CK82" s="147"/>
+      <c r="CL82" s="147"/>
+      <c r="CM82" s="147"/>
+      <c r="CN82" s="147"/>
+      <c r="CO82" s="147"/>
+      <c r="CP82" s="147"/>
+      <c r="CQ82" s="147"/>
+      <c r="CR82" s="147"/>
+      <c r="CS82" s="147"/>
+      <c r="CT82" s="147"/>
+      <c r="CU82" s="147"/>
+      <c r="CV82" s="147"/>
+      <c r="CW82" s="147"/>
+      <c r="CX82" s="147"/>
+      <c r="CY82" s="147"/>
+      <c r="CZ82" s="147"/>
+      <c r="DA82" s="147"/>
+      <c r="DB82" s="147"/>
+      <c r="DC82" s="147"/>
+      <c r="DD82" s="147"/>
+      <c r="DE82" s="147"/>
+      <c r="DF82" s="147"/>
+      <c r="DG82" s="147"/>
+      <c r="DH82" s="147"/>
+      <c r="DI82" s="147"/>
+      <c r="DJ82" s="147"/>
+      <c r="DK82" s="147"/>
+      <c r="DL82" s="147"/>
+      <c r="DM82" s="147"/>
+      <c r="DN82" s="147"/>
+      <c r="DO82" s="147"/>
+      <c r="DP82" s="147"/>
+      <c r="DQ82" s="147"/>
+      <c r="DR82" s="147"/>
+      <c r="DS82" s="147"/>
+      <c r="DT82" s="147"/>
+      <c r="DU82" s="147"/>
+      <c r="DV82" s="147"/>
+      <c r="DW82" s="147"/>
+      <c r="DX82" s="147"/>
+      <c r="DY82" s="147"/>
+      <c r="DZ82" s="147"/>
+      <c r="EA82" s="147"/>
+      <c r="EB82" s="147"/>
+      <c r="EC82" s="147"/>
+      <c r="ED82" s="147"/>
+      <c r="EE82" s="147"/>
+      <c r="EF82" s="147"/>
+      <c r="EG82" s="147"/>
+      <c r="EH82" s="147"/>
+      <c r="EI82" s="147"/>
+      <c r="EJ82" s="147"/>
+      <c r="EK82" s="147"/>
+      <c r="EL82" s="147"/>
+      <c r="EM82" s="147"/>
+      <c r="EN82" s="147"/>
+      <c r="EO82" s="147"/>
+      <c r="EP82" s="147"/>
+      <c r="EQ82" s="147"/>
+      <c r="ER82" s="147"/>
+      <c r="ES82" s="147"/>
+      <c r="ET82" s="147"/>
+      <c r="EU82" s="147"/>
+      <c r="EV82" s="147"/>
+      <c r="EW82" s="147"/>
+      <c r="EX82" s="147"/>
+      <c r="EY82" s="147"/>
+      <c r="EZ82" s="147"/>
+      <c r="FA82" s="147"/>
+      <c r="FB82" s="147"/>
+      <c r="FC82" s="147"/>
+      <c r="FD82" s="147"/>
+      <c r="FE82" s="147"/>
+      <c r="FF82" s="147"/>
+      <c r="FG82" s="147"/>
+      <c r="FH82" s="147"/>
+      <c r="FI82" s="147"/>
+      <c r="FJ82" s="147"/>
+      <c r="FK82" s="147"/>
+      <c r="FL82" s="147"/>
+      <c r="FM82" s="147"/>
+      <c r="FN82" s="147"/>
+      <c r="FO82" s="147"/>
+      <c r="FP82" s="147"/>
+      <c r="FQ82" s="147"/>
+      <c r="FR82" s="147"/>
+      <c r="FS82" s="147"/>
+      <c r="FT82" s="147"/>
+      <c r="FU82" s="147"/>
+      <c r="FV82" s="147"/>
+      <c r="FW82" s="147"/>
+      <c r="FX82" s="147"/>
+      <c r="FY82" s="147"/>
+      <c r="FZ82" s="147"/>
+      <c r="GA82" s="147"/>
+      <c r="GB82" s="147"/>
+      <c r="GC82" s="147"/>
+      <c r="GD82" s="147"/>
+      <c r="GE82" s="147"/>
+    </row>
+    <row r="83" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A83" s="148"/>
+      <c r="B83" s="185" t="s">
+        <v>129</v>
+      </c>
+      <c r="C83" s="186">
+        <v>409</v>
+      </c>
+      <c r="D83" s="186">
+        <v>186</v>
+      </c>
+      <c r="E83" s="186">
+        <v>141</v>
+      </c>
+      <c r="F83" s="186">
+        <v>38</v>
+      </c>
+      <c r="G83" s="186">
+        <v>18</v>
+      </c>
+      <c r="H83" s="186">
+        <v>11</v>
+      </c>
+      <c r="I83" s="186">
+        <v>13</v>
+      </c>
+      <c r="J83" s="209">
+        <v>816</v>
+      </c>
+      <c r="K83" s="147"/>
+      <c r="L83" s="147"/>
+      <c r="M83" s="147"/>
+      <c r="N83" s="147"/>
+      <c r="O83" s="147"/>
+      <c r="P83" s="147"/>
+      <c r="Q83" s="147"/>
+      <c r="R83" s="147"/>
+      <c r="S83" s="147"/>
+      <c r="T83" s="147"/>
+      <c r="U83" s="147"/>
+      <c r="V83" s="147"/>
+      <c r="W83" s="147"/>
+      <c r="X83" s="147"/>
+      <c r="Y83" s="147"/>
+      <c r="Z83" s="147"/>
+      <c r="AA83" s="147"/>
+      <c r="AB83" s="147"/>
+      <c r="AC83" s="147"/>
+      <c r="AD83" s="147"/>
+      <c r="AE83" s="147"/>
+      <c r="AF83" s="147"/>
+      <c r="AG83" s="147"/>
+      <c r="AH83" s="147"/>
+      <c r="AI83" s="147"/>
+      <c r="AJ83" s="147"/>
+      <c r="AK83" s="147"/>
+      <c r="AL83" s="147"/>
+      <c r="AM83" s="147"/>
+      <c r="AN83" s="147"/>
+      <c r="AO83" s="147"/>
+      <c r="AP83" s="147"/>
+      <c r="AQ83" s="147"/>
+      <c r="AR83" s="147"/>
+      <c r="AS83" s="147"/>
+      <c r="AT83" s="147"/>
+      <c r="AU83" s="147"/>
+      <c r="AV83" s="147"/>
+      <c r="AW83" s="147"/>
+      <c r="AX83" s="147"/>
+      <c r="AY83" s="147"/>
+      <c r="AZ83" s="147"/>
+      <c r="BA83" s="147"/>
+      <c r="BB83" s="147"/>
+      <c r="BC83" s="147"/>
+      <c r="BD83" s="147"/>
+      <c r="BE83" s="147"/>
+      <c r="BF83" s="147"/>
+      <c r="BG83" s="147"/>
+      <c r="BH83" s="147"/>
+      <c r="BI83" s="147"/>
+      <c r="BJ83" s="147"/>
+      <c r="BK83" s="147"/>
+      <c r="BL83" s="147"/>
+      <c r="BM83" s="147"/>
+      <c r="BN83" s="147"/>
+      <c r="BO83" s="147"/>
+      <c r="BP83" s="147"/>
+      <c r="BQ83" s="147"/>
+      <c r="BR83" s="147"/>
+      <c r="BS83" s="147"/>
+      <c r="BT83" s="147"/>
+      <c r="BU83" s="147"/>
+      <c r="BV83" s="147"/>
+      <c r="BW83" s="147"/>
+      <c r="BX83" s="147"/>
+      <c r="BY83" s="147"/>
+      <c r="BZ83" s="147"/>
+      <c r="CA83" s="147"/>
+      <c r="CB83" s="147"/>
+      <c r="CC83" s="147"/>
+      <c r="CD83" s="147"/>
+      <c r="CE83" s="147"/>
+      <c r="CF83" s="147"/>
+      <c r="CG83" s="147"/>
+      <c r="CH83" s="147"/>
+      <c r="CI83" s="147"/>
+      <c r="CJ83" s="147"/>
+      <c r="CK83" s="147"/>
+      <c r="CL83" s="147"/>
+      <c r="CM83" s="147"/>
+      <c r="CN83" s="147"/>
+      <c r="CO83" s="147"/>
+      <c r="CP83" s="147"/>
+      <c r="CQ83" s="147"/>
+      <c r="CR83" s="147"/>
+      <c r="CS83" s="147"/>
+      <c r="CT83" s="147"/>
+      <c r="CU83" s="147"/>
+      <c r="CV83" s="147"/>
+      <c r="CW83" s="147"/>
+      <c r="CX83" s="147"/>
+      <c r="CY83" s="147"/>
+      <c r="CZ83" s="147"/>
+      <c r="DA83" s="147"/>
+      <c r="DB83" s="147"/>
+      <c r="DC83" s="147"/>
+      <c r="DD83" s="147"/>
+      <c r="DE83" s="147"/>
+      <c r="DF83" s="147"/>
+      <c r="DG83" s="147"/>
+      <c r="DH83" s="147"/>
+      <c r="DI83" s="147"/>
+      <c r="DJ83" s="147"/>
+      <c r="DK83" s="147"/>
+      <c r="DL83" s="147"/>
+      <c r="DM83" s="147"/>
+      <c r="DN83" s="147"/>
+      <c r="DO83" s="147"/>
+      <c r="DP83" s="147"/>
+      <c r="DQ83" s="147"/>
+      <c r="DR83" s="147"/>
+      <c r="DS83" s="147"/>
+      <c r="DT83" s="147"/>
+      <c r="DU83" s="147"/>
+      <c r="DV83" s="147"/>
+      <c r="DW83" s="147"/>
+      <c r="DX83" s="147"/>
+      <c r="DY83" s="147"/>
+      <c r="DZ83" s="147"/>
+      <c r="EA83" s="147"/>
+      <c r="EB83" s="147"/>
+      <c r="EC83" s="147"/>
+      <c r="ED83" s="147"/>
+      <c r="EE83" s="147"/>
+      <c r="EF83" s="147"/>
+      <c r="EG83" s="147"/>
+      <c r="EH83" s="147"/>
+      <c r="EI83" s="147"/>
+      <c r="EJ83" s="147"/>
+      <c r="EK83" s="147"/>
+      <c r="EL83" s="147"/>
+      <c r="EM83" s="147"/>
+      <c r="EN83" s="147"/>
+      <c r="EO83" s="147"/>
+      <c r="EP83" s="147"/>
+      <c r="EQ83" s="147"/>
+      <c r="ER83" s="147"/>
+      <c r="ES83" s="147"/>
+      <c r="ET83" s="147"/>
+      <c r="EU83" s="147"/>
+      <c r="EV83" s="147"/>
+      <c r="EW83" s="147"/>
+      <c r="EX83" s="147"/>
+      <c r="EY83" s="147"/>
+      <c r="EZ83" s="147"/>
+      <c r="FA83" s="147"/>
+      <c r="FB83" s="147"/>
+      <c r="FC83" s="147"/>
+      <c r="FD83" s="147"/>
+      <c r="FE83" s="147"/>
+      <c r="FF83" s="147"/>
+      <c r="FG83" s="147"/>
+      <c r="FH83" s="147"/>
+      <c r="FI83" s="147"/>
+      <c r="FJ83" s="147"/>
+      <c r="FK83" s="147"/>
+      <c r="FL83" s="147"/>
+      <c r="FM83" s="147"/>
+      <c r="FN83" s="147"/>
+      <c r="FO83" s="147"/>
+      <c r="FP83" s="147"/>
+      <c r="FQ83" s="147"/>
+      <c r="FR83" s="147"/>
+      <c r="FS83" s="147"/>
+      <c r="FT83" s="147"/>
+      <c r="FU83" s="147"/>
+      <c r="FV83" s="147"/>
+      <c r="FW83" s="147"/>
+      <c r="FX83" s="147"/>
+      <c r="FY83" s="147"/>
+      <c r="FZ83" s="147"/>
+      <c r="GA83" s="147"/>
+      <c r="GB83" s="147"/>
+      <c r="GC83" s="147"/>
+      <c r="GD83" s="147"/>
+      <c r="GE83" s="147"/>
+    </row>
+    <row r="84" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A84" s="148"/>
+      <c r="B84" s="188" t="s">
+        <v>34</v>
+      </c>
+      <c r="C84" s="207">
+        <v>1687</v>
+      </c>
+      <c r="D84" s="207">
+        <v>857</v>
+      </c>
+      <c r="E84" s="207">
+        <v>889</v>
+      </c>
+      <c r="F84" s="207">
+        <v>385</v>
+      </c>
+      <c r="G84" s="207">
+        <v>275</v>
+      </c>
+      <c r="H84" s="207">
+        <v>184</v>
+      </c>
+      <c r="I84" s="207">
+        <v>279</v>
+      </c>
+      <c r="J84" s="207">
+        <v>4556</v>
+      </c>
+      <c r="K84" s="147"/>
+      <c r="L84" s="147"/>
+      <c r="M84" s="147"/>
+      <c r="N84" s="147"/>
+      <c r="O84" s="147"/>
+      <c r="P84" s="147"/>
+      <c r="Q84" s="147"/>
+      <c r="R84" s="147"/>
+      <c r="S84" s="147"/>
+      <c r="T84" s="147"/>
+      <c r="U84" s="147"/>
+      <c r="V84" s="147"/>
+      <c r="W84" s="147"/>
+      <c r="X84" s="147"/>
+      <c r="Y84" s="147"/>
+      <c r="Z84" s="147"/>
+      <c r="AA84" s="147"/>
+      <c r="AB84" s="147"/>
+      <c r="AC84" s="147"/>
+      <c r="AD84" s="147"/>
+      <c r="AE84" s="147"/>
+      <c r="AF84" s="147"/>
+      <c r="AG84" s="147"/>
+      <c r="AH84" s="147"/>
+      <c r="AI84" s="147"/>
+      <c r="AJ84" s="147"/>
+      <c r="AK84" s="147"/>
+      <c r="AL84" s="147"/>
+      <c r="AM84" s="147"/>
+      <c r="AN84" s="147"/>
+      <c r="AO84" s="147"/>
+      <c r="AP84" s="147"/>
+      <c r="AQ84" s="147"/>
+      <c r="AR84" s="147"/>
+      <c r="AS84" s="147"/>
+      <c r="AT84" s="147"/>
+      <c r="AU84" s="147"/>
+      <c r="AV84" s="147"/>
+      <c r="AW84" s="147"/>
+      <c r="AX84" s="147"/>
+      <c r="AY84" s="147"/>
+      <c r="AZ84" s="147"/>
+      <c r="BA84" s="147"/>
+      <c r="BB84" s="147"/>
+      <c r="BC84" s="147"/>
+      <c r="BD84" s="147"/>
+      <c r="BE84" s="147"/>
+      <c r="BF84" s="147"/>
+      <c r="BG84" s="147"/>
+      <c r="BH84" s="147"/>
+      <c r="BI84" s="147"/>
+      <c r="BJ84" s="147"/>
+      <c r="BK84" s="147"/>
+      <c r="BL84" s="147"/>
+      <c r="BM84" s="147"/>
+      <c r="BN84" s="147"/>
+      <c r="BO84" s="147"/>
+      <c r="BP84" s="147"/>
+      <c r="BQ84" s="147"/>
+      <c r="BR84" s="147"/>
+      <c r="BS84" s="147"/>
+      <c r="BT84" s="147"/>
+      <c r="BU84" s="147"/>
+      <c r="BV84" s="147"/>
+      <c r="BW84" s="147"/>
+      <c r="BX84" s="147"/>
+      <c r="BY84" s="147"/>
+      <c r="BZ84" s="147"/>
+      <c r="CA84" s="147"/>
+      <c r="CB84" s="147"/>
+      <c r="CC84" s="147"/>
+      <c r="CD84" s="147"/>
+      <c r="CE84" s="147"/>
+      <c r="CF84" s="147"/>
+      <c r="CG84" s="147"/>
+      <c r="CH84" s="147"/>
+      <c r="CI84" s="147"/>
+      <c r="CJ84" s="147"/>
+      <c r="CK84" s="147"/>
+      <c r="CL84" s="147"/>
+      <c r="CM84" s="147"/>
+      <c r="CN84" s="147"/>
+      <c r="CO84" s="147"/>
+      <c r="CP84" s="147"/>
+      <c r="CQ84" s="147"/>
+      <c r="CR84" s="147"/>
+      <c r="CS84" s="147"/>
+      <c r="CT84" s="147"/>
+      <c r="CU84" s="147"/>
+      <c r="CV84" s="147"/>
+      <c r="CW84" s="147"/>
+      <c r="CX84" s="147"/>
+      <c r="CY84" s="147"/>
+      <c r="CZ84" s="147"/>
+      <c r="DA84" s="147"/>
+      <c r="DB84" s="147"/>
+      <c r="DC84" s="147"/>
+      <c r="DD84" s="147"/>
+      <c r="DE84" s="147"/>
+      <c r="DF84" s="147"/>
+      <c r="DG84" s="147"/>
+      <c r="DH84" s="147"/>
+      <c r="DI84" s="147"/>
+      <c r="DJ84" s="147"/>
+      <c r="DK84" s="147"/>
+      <c r="DL84" s="147"/>
+      <c r="DM84" s="147"/>
+      <c r="DN84" s="147"/>
+      <c r="DO84" s="147"/>
+      <c r="DP84" s="147"/>
+      <c r="DQ84" s="147"/>
+      <c r="DR84" s="147"/>
+      <c r="DS84" s="147"/>
+      <c r="DT84" s="147"/>
+      <c r="DU84" s="147"/>
+      <c r="DV84" s="147"/>
+      <c r="DW84" s="147"/>
+      <c r="DX84" s="147"/>
+      <c r="DY84" s="147"/>
+      <c r="DZ84" s="147"/>
+      <c r="EA84" s="147"/>
+      <c r="EB84" s="147"/>
+      <c r="EC84" s="147"/>
+      <c r="ED84" s="147"/>
+      <c r="EE84" s="147"/>
+      <c r="EF84" s="147"/>
+      <c r="EG84" s="147"/>
+      <c r="EH84" s="147"/>
+      <c r="EI84" s="147"/>
+      <c r="EJ84" s="147"/>
+      <c r="EK84" s="147"/>
+      <c r="EL84" s="147"/>
+      <c r="EM84" s="147"/>
+      <c r="EN84" s="147"/>
+      <c r="EO84" s="147"/>
+      <c r="EP84" s="147"/>
+      <c r="EQ84" s="147"/>
+      <c r="ER84" s="147"/>
+      <c r="ES84" s="147"/>
+      <c r="ET84" s="147"/>
+      <c r="EU84" s="147"/>
+      <c r="EV84" s="147"/>
+      <c r="EW84" s="147"/>
+      <c r="EX84" s="147"/>
+      <c r="EY84" s="147"/>
+      <c r="EZ84" s="147"/>
+      <c r="FA84" s="147"/>
+      <c r="FB84" s="147"/>
+      <c r="FC84" s="147"/>
+      <c r="FD84" s="147"/>
+      <c r="FE84" s="147"/>
+      <c r="FF84" s="147"/>
+      <c r="FG84" s="147"/>
+      <c r="FH84" s="147"/>
+      <c r="FI84" s="147"/>
+      <c r="FJ84" s="147"/>
+      <c r="FK84" s="147"/>
+      <c r="FL84" s="147"/>
+      <c r="FM84" s="147"/>
+      <c r="FN84" s="147"/>
+      <c r="FO84" s="147"/>
+      <c r="FP84" s="147"/>
+      <c r="FQ84" s="147"/>
+      <c r="FR84" s="147"/>
+      <c r="FS84" s="147"/>
+      <c r="FT84" s="147"/>
+      <c r="FU84" s="147"/>
+      <c r="FV84" s="147"/>
+      <c r="FW84" s="147"/>
+      <c r="FX84" s="147"/>
+      <c r="FY84" s="147"/>
+      <c r="FZ84" s="147"/>
+      <c r="GA84" s="147"/>
+      <c r="GB84" s="147"/>
+      <c r="GC84" s="147"/>
+      <c r="GD84" s="147"/>
+      <c r="GE84" s="147"/>
+    </row>
+    <row r="85" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A85" s="183"/>
+      <c r="B85" s="149" t="s">
+        <v>219</v>
+      </c>
+      <c r="C85" s="177">
+        <v>18</v>
+      </c>
+      <c r="D85" s="172">
+        <v>13</v>
+      </c>
+      <c r="E85" s="172">
+        <v>6</v>
+      </c>
+      <c r="F85" s="172">
+        <v>0</v>
+      </c>
+      <c r="G85" s="172">
+        <v>0</v>
+      </c>
+      <c r="H85" s="172">
+        <v>0</v>
+      </c>
+      <c r="I85" s="172">
+        <v>0</v>
+      </c>
+      <c r="J85" s="178">
+        <v>37</v>
+      </c>
+      <c r="K85" s="147"/>
+      <c r="L85" s="147"/>
+      <c r="M85" s="147"/>
+      <c r="N85" s="147"/>
+      <c r="O85" s="147"/>
+      <c r="P85" s="147"/>
+      <c r="Q85" s="147"/>
+      <c r="R85" s="147"/>
+      <c r="S85" s="147"/>
+      <c r="T85" s="147"/>
+      <c r="U85" s="147"/>
+      <c r="V85" s="147"/>
+      <c r="W85" s="147"/>
+      <c r="X85" s="147"/>
+      <c r="Y85" s="147"/>
+      <c r="Z85" s="147"/>
+      <c r="AA85" s="147"/>
+      <c r="AB85" s="147"/>
+      <c r="AC85" s="147"/>
+      <c r="AD85" s="147"/>
+      <c r="AE85" s="147"/>
+      <c r="AF85" s="147"/>
+      <c r="AG85" s="147"/>
+      <c r="AH85" s="147"/>
+      <c r="AI85" s="147"/>
+      <c r="AJ85" s="147"/>
+      <c r="AK85" s="147"/>
+      <c r="AL85" s="147"/>
+      <c r="AM85" s="147"/>
+      <c r="AN85" s="147"/>
+      <c r="AO85" s="147"/>
+      <c r="AP85" s="147"/>
+      <c r="AQ85" s="147"/>
+      <c r="AR85" s="147"/>
+      <c r="AS85" s="147"/>
+      <c r="AT85" s="147"/>
+      <c r="AU85" s="147"/>
+      <c r="AV85" s="147"/>
+      <c r="AW85" s="147"/>
+      <c r="AX85" s="147"/>
+      <c r="AY85" s="147"/>
+      <c r="AZ85" s="147"/>
+      <c r="BA85" s="147"/>
+      <c r="BB85" s="147"/>
+      <c r="BC85" s="147"/>
+      <c r="BD85" s="147"/>
+      <c r="BE85" s="147"/>
+      <c r="BF85" s="147"/>
+      <c r="BG85" s="147"/>
+      <c r="BH85" s="147"/>
+      <c r="BI85" s="147"/>
+      <c r="BJ85" s="147"/>
+      <c r="BK85" s="147"/>
+      <c r="BL85" s="147"/>
+      <c r="BM85" s="147"/>
+      <c r="BN85" s="147"/>
+      <c r="BO85" s="147"/>
+      <c r="BP85" s="147"/>
+      <c r="BQ85" s="147"/>
+      <c r="BR85" s="147"/>
+      <c r="BS85" s="147"/>
+      <c r="BT85" s="147"/>
+      <c r="BU85" s="147"/>
+      <c r="BV85" s="147"/>
+      <c r="BW85" s="147"/>
+      <c r="BX85" s="147"/>
+      <c r="BY85" s="147"/>
+      <c r="BZ85" s="147"/>
+      <c r="CA85" s="147"/>
+      <c r="CB85" s="147"/>
+      <c r="CC85" s="147"/>
+      <c r="CD85" s="147"/>
+      <c r="CE85" s="147"/>
+      <c r="CF85" s="147"/>
+      <c r="CG85" s="147"/>
+      <c r="CH85" s="147"/>
+      <c r="CI85" s="147"/>
+      <c r="CJ85" s="147"/>
+      <c r="CK85" s="147"/>
+      <c r="CL85" s="147"/>
+      <c r="CM85" s="147"/>
+      <c r="CN85" s="147"/>
+      <c r="CO85" s="147"/>
+      <c r="CP85" s="147"/>
+      <c r="CQ85" s="147"/>
+      <c r="CR85" s="147"/>
+      <c r="CS85" s="147"/>
+      <c r="CT85" s="147"/>
+      <c r="CU85" s="147"/>
+      <c r="CV85" s="147"/>
+      <c r="CW85" s="147"/>
+      <c r="CX85" s="147"/>
+      <c r="CY85" s="147"/>
+      <c r="CZ85" s="147"/>
+      <c r="DA85" s="147"/>
+      <c r="DB85" s="147"/>
+      <c r="DC85" s="147"/>
+      <c r="DD85" s="147"/>
+      <c r="DE85" s="147"/>
+      <c r="DF85" s="147"/>
+      <c r="DG85" s="147"/>
+      <c r="DH85" s="147"/>
+      <c r="DI85" s="147"/>
+      <c r="DJ85" s="147"/>
+      <c r="DK85" s="147"/>
+      <c r="DL85" s="147"/>
+      <c r="DM85" s="147"/>
+      <c r="DN85" s="147"/>
+      <c r="DO85" s="147"/>
+      <c r="DP85" s="147"/>
+      <c r="DQ85" s="147"/>
+      <c r="DR85" s="147"/>
+      <c r="DS85" s="147"/>
+      <c r="DT85" s="147"/>
+      <c r="DU85" s="147"/>
+      <c r="DV85" s="147"/>
+      <c r="DW85" s="147"/>
+      <c r="DX85" s="147"/>
+      <c r="DY85" s="147"/>
+      <c r="DZ85" s="147"/>
+      <c r="EA85" s="147"/>
+      <c r="EB85" s="147"/>
+      <c r="EC85" s="147"/>
+      <c r="ED85" s="147"/>
+      <c r="EE85" s="147"/>
+      <c r="EF85" s="147"/>
+      <c r="EG85" s="147"/>
+      <c r="EH85" s="147"/>
+      <c r="EI85" s="147"/>
+      <c r="EJ85" s="147"/>
+      <c r="EK85" s="147"/>
+      <c r="EL85" s="147"/>
+      <c r="EM85" s="147"/>
+      <c r="EN85" s="147"/>
+      <c r="EO85" s="147"/>
+      <c r="EP85" s="147"/>
+      <c r="EQ85" s="147"/>
+      <c r="ER85" s="147"/>
+      <c r="ES85" s="147"/>
+      <c r="ET85" s="147"/>
+      <c r="EU85" s="147"/>
+      <c r="EV85" s="147"/>
+      <c r="EW85" s="147"/>
+      <c r="EX85" s="147"/>
+      <c r="EY85" s="147"/>
+      <c r="EZ85" s="147"/>
+      <c r="FA85" s="147"/>
+      <c r="FB85" s="147"/>
+      <c r="FC85" s="147"/>
+      <c r="FD85" s="147"/>
+      <c r="FE85" s="147"/>
+      <c r="FF85" s="147"/>
+      <c r="FG85" s="147"/>
+      <c r="FH85" s="147"/>
+      <c r="FI85" s="147"/>
+      <c r="FJ85" s="147"/>
+      <c r="FK85" s="147"/>
+      <c r="FL85" s="147"/>
+      <c r="FM85" s="147"/>
+      <c r="FN85" s="147"/>
+      <c r="FO85" s="147"/>
+      <c r="FP85" s="147"/>
+      <c r="FQ85" s="147"/>
+      <c r="FR85" s="147"/>
+      <c r="FS85" s="147"/>
+      <c r="FT85" s="147"/>
+      <c r="FU85" s="147"/>
+      <c r="FV85" s="147"/>
+      <c r="FW85" s="147"/>
+      <c r="FX85" s="147"/>
+      <c r="FY85" s="147"/>
+      <c r="FZ85" s="147"/>
+      <c r="GA85" s="147"/>
+      <c r="GB85" s="147"/>
+      <c r="GC85" s="147"/>
+      <c r="GD85" s="147"/>
+      <c r="GE85" s="147"/>
+    </row>
+    <row r="86" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A86" s="180"/>
+      <c r="B86" s="185" t="s">
+        <v>131</v>
+      </c>
+      <c r="C86" s="208">
+        <v>14</v>
+      </c>
+      <c r="D86" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="E86" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="F86" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="G86" s="186">
+        <v>0</v>
+      </c>
+      <c r="H86" s="186">
+        <v>0</v>
+      </c>
+      <c r="I86" s="186">
+        <v>0</v>
+      </c>
+      <c r="J86" s="209">
+        <v>21</v>
+      </c>
+      <c r="K86" s="147"/>
+      <c r="L86" s="147"/>
+      <c r="M86" s="147"/>
+      <c r="N86" s="147"/>
+      <c r="O86" s="147"/>
+      <c r="P86" s="147"/>
+      <c r="Q86" s="147"/>
+      <c r="R86" s="147"/>
+      <c r="S86" s="147"/>
+      <c r="T86" s="147"/>
+      <c r="U86" s="147"/>
+      <c r="V86" s="147"/>
+      <c r="W86" s="147"/>
+      <c r="X86" s="147"/>
+      <c r="Y86" s="147"/>
+      <c r="Z86" s="147"/>
+      <c r="AA86" s="147"/>
+      <c r="AB86" s="147"/>
+      <c r="AC86" s="147"/>
+      <c r="AD86" s="147"/>
+      <c r="AE86" s="147"/>
+      <c r="AF86" s="147"/>
+      <c r="AG86" s="147"/>
+      <c r="AH86" s="147"/>
+      <c r="AI86" s="147"/>
+      <c r="AJ86" s="147"/>
+      <c r="AK86" s="147"/>
+      <c r="AL86" s="147"/>
+      <c r="AM86" s="147"/>
+      <c r="AN86" s="147"/>
+      <c r="AO86" s="147"/>
+      <c r="AP86" s="147"/>
+      <c r="AQ86" s="147"/>
+      <c r="AR86" s="147"/>
+      <c r="AS86" s="147"/>
+      <c r="AT86" s="147"/>
+      <c r="AU86" s="147"/>
+      <c r="AV86" s="147"/>
+      <c r="AW86" s="147"/>
+      <c r="AX86" s="147"/>
+      <c r="AY86" s="147"/>
+      <c r="AZ86" s="147"/>
+      <c r="BA86" s="147"/>
+      <c r="BB86" s="147"/>
+      <c r="BC86" s="147"/>
+      <c r="BD86" s="147"/>
+      <c r="BE86" s="147"/>
+      <c r="BF86" s="147"/>
+      <c r="BG86" s="147"/>
+      <c r="BH86" s="147"/>
+      <c r="BI86" s="147"/>
+      <c r="BJ86" s="147"/>
+      <c r="BK86" s="147"/>
+      <c r="BL86" s="147"/>
+      <c r="BM86" s="147"/>
+      <c r="BN86" s="147"/>
+      <c r="BO86" s="147"/>
+      <c r="BP86" s="147"/>
+      <c r="BQ86" s="147"/>
+      <c r="BR86" s="147"/>
+      <c r="BS86" s="147"/>
+      <c r="BT86" s="147"/>
+      <c r="BU86" s="147"/>
+      <c r="BV86" s="147"/>
+      <c r="BW86" s="147"/>
+      <c r="BX86" s="147"/>
+      <c r="BY86" s="147"/>
+      <c r="BZ86" s="147"/>
+      <c r="CA86" s="147"/>
+      <c r="CB86" s="147"/>
+      <c r="CC86" s="147"/>
+      <c r="CD86" s="147"/>
+      <c r="CE86" s="147"/>
+      <c r="CF86" s="147"/>
+      <c r="CG86" s="147"/>
+      <c r="CH86" s="147"/>
+      <c r="CI86" s="147"/>
+      <c r="CJ86" s="147"/>
+      <c r="CK86" s="147"/>
+      <c r="CL86" s="147"/>
+      <c r="CM86" s="147"/>
+      <c r="CN86" s="147"/>
+      <c r="CO86" s="147"/>
+      <c r="CP86" s="147"/>
+      <c r="CQ86" s="147"/>
+      <c r="CR86" s="147"/>
+      <c r="CS86" s="147"/>
+      <c r="CT86" s="147"/>
+      <c r="CU86" s="147"/>
+      <c r="CV86" s="147"/>
+      <c r="CW86" s="147"/>
+      <c r="CX86" s="147"/>
+      <c r="CY86" s="147"/>
+      <c r="CZ86" s="147"/>
+      <c r="DA86" s="147"/>
+      <c r="DB86" s="147"/>
+      <c r="DC86" s="147"/>
+      <c r="DD86" s="147"/>
+      <c r="DE86" s="147"/>
+      <c r="DF86" s="147"/>
+      <c r="DG86" s="147"/>
+      <c r="DH86" s="147"/>
+      <c r="DI86" s="147"/>
+      <c r="DJ86" s="147"/>
+      <c r="DK86" s="147"/>
+      <c r="DL86" s="147"/>
+      <c r="DM86" s="147"/>
+      <c r="DN86" s="147"/>
+      <c r="DO86" s="147"/>
+      <c r="DP86" s="147"/>
+      <c r="DQ86" s="147"/>
+      <c r="DR86" s="147"/>
+      <c r="DS86" s="147"/>
+      <c r="DT86" s="147"/>
+      <c r="DU86" s="147"/>
+      <c r="DV86" s="147"/>
+      <c r="DW86" s="147"/>
+      <c r="DX86" s="147"/>
+      <c r="DY86" s="147"/>
+      <c r="DZ86" s="147"/>
+      <c r="EA86" s="147"/>
+      <c r="EB86" s="147"/>
+      <c r="EC86" s="147"/>
+      <c r="ED86" s="147"/>
+      <c r="EE86" s="147"/>
+      <c r="EF86" s="147"/>
+      <c r="EG86" s="147"/>
+      <c r="EH86" s="147"/>
+      <c r="EI86" s="147"/>
+      <c r="EJ86" s="147"/>
+      <c r="EK86" s="147"/>
+      <c r="EL86" s="147"/>
+      <c r="EM86" s="147"/>
+      <c r="EN86" s="147"/>
+      <c r="EO86" s="147"/>
+      <c r="EP86" s="147"/>
+      <c r="EQ86" s="147"/>
+      <c r="ER86" s="147"/>
+      <c r="ES86" s="147"/>
+      <c r="ET86" s="147"/>
+      <c r="EU86" s="147"/>
+      <c r="EV86" s="147"/>
+      <c r="EW86" s="147"/>
+      <c r="EX86" s="147"/>
+      <c r="EY86" s="147"/>
+      <c r="EZ86" s="147"/>
+      <c r="FA86" s="147"/>
+      <c r="FB86" s="147"/>
+      <c r="FC86" s="147"/>
+      <c r="FD86" s="147"/>
+      <c r="FE86" s="147"/>
+      <c r="FF86" s="147"/>
+      <c r="FG86" s="147"/>
+      <c r="FH86" s="147"/>
+      <c r="FI86" s="147"/>
+      <c r="FJ86" s="147"/>
+      <c r="FK86" s="147"/>
+      <c r="FL86" s="147"/>
+      <c r="FM86" s="147"/>
+      <c r="FN86" s="147"/>
+      <c r="FO86" s="147"/>
+      <c r="FP86" s="147"/>
+      <c r="FQ86" s="147"/>
+      <c r="FR86" s="147"/>
+      <c r="FS86" s="147"/>
+      <c r="FT86" s="147"/>
+      <c r="FU86" s="147"/>
+      <c r="FV86" s="147"/>
+      <c r="FW86" s="147"/>
+      <c r="FX86" s="147"/>
+      <c r="FY86" s="147"/>
+      <c r="FZ86" s="147"/>
+      <c r="GA86" s="147"/>
+      <c r="GB86" s="147"/>
+      <c r="GC86" s="147"/>
+      <c r="GD86" s="147"/>
+      <c r="GE86" s="147"/>
+    </row>
+    <row r="87" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A87" s="180" t="s">
+        <v>135</v>
+      </c>
+      <c r="B87" s="149" t="s">
+        <v>134</v>
+      </c>
+      <c r="C87" s="165" t="s">
+        <v>108</v>
+      </c>
+      <c r="D87" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="E87" s="157">
+        <v>0</v>
+      </c>
+      <c r="F87" s="157">
+        <v>0</v>
+      </c>
+      <c r="G87" s="157">
+        <v>0</v>
+      </c>
+      <c r="H87" s="157">
+        <v>0</v>
+      </c>
+      <c r="I87" s="157">
+        <v>0</v>
+      </c>
+      <c r="J87" s="160" t="s">
+        <v>108</v>
+      </c>
+      <c r="K87" s="147"/>
+      <c r="L87" s="147"/>
+      <c r="M87" s="147"/>
+      <c r="N87" s="147"/>
+      <c r="O87" s="147"/>
+      <c r="P87" s="147"/>
+      <c r="Q87" s="147"/>
+      <c r="R87" s="147"/>
+      <c r="S87" s="147"/>
+      <c r="T87" s="147"/>
+      <c r="U87" s="147"/>
+      <c r="V87" s="147"/>
+      <c r="W87" s="147"/>
+      <c r="X87" s="147"/>
+      <c r="Y87" s="147"/>
+      <c r="Z87" s="147"/>
+      <c r="AA87" s="147"/>
+      <c r="AB87" s="147"/>
+      <c r="AC87" s="147"/>
+      <c r="AD87" s="147"/>
+      <c r="AE87" s="147"/>
+      <c r="AF87" s="147"/>
+      <c r="AG87" s="147"/>
+      <c r="AH87" s="147"/>
+      <c r="AI87" s="147"/>
+      <c r="AJ87" s="147"/>
+      <c r="AK87" s="147"/>
+      <c r="AL87" s="147"/>
+      <c r="AM87" s="147"/>
+      <c r="AN87" s="147"/>
+      <c r="AO87" s="147"/>
+      <c r="AP87" s="147"/>
+      <c r="AQ87" s="147"/>
+      <c r="AR87" s="147"/>
+      <c r="AS87" s="147"/>
+      <c r="AT87" s="147"/>
+      <c r="AU87" s="147"/>
+      <c r="AV87" s="147"/>
+      <c r="AW87" s="147"/>
+      <c r="AX87" s="147"/>
+      <c r="AY87" s="147"/>
+      <c r="AZ87" s="147"/>
+      <c r="BA87" s="147"/>
+      <c r="BB87" s="147"/>
+      <c r="BC87" s="147"/>
+      <c r="BD87" s="147"/>
+      <c r="BE87" s="147"/>
+      <c r="BF87" s="147"/>
+      <c r="BG87" s="147"/>
+      <c r="BH87" s="147"/>
+      <c r="BI87" s="147"/>
+      <c r="BJ87" s="147"/>
+      <c r="BK87" s="147"/>
+      <c r="BL87" s="147"/>
+      <c r="BM87" s="147"/>
+      <c r="BN87" s="147"/>
+      <c r="BO87" s="147"/>
+      <c r="BP87" s="147"/>
+      <c r="BQ87" s="147"/>
+      <c r="BR87" s="147"/>
+      <c r="BS87" s="147"/>
+      <c r="BT87" s="147"/>
+      <c r="BU87" s="147"/>
+      <c r="BV87" s="147"/>
+      <c r="BW87" s="147"/>
+      <c r="BX87" s="147"/>
+      <c r="BY87" s="147"/>
+      <c r="BZ87" s="147"/>
+      <c r="CA87" s="147"/>
+      <c r="CB87" s="147"/>
+      <c r="CC87" s="147"/>
+      <c r="CD87" s="147"/>
+      <c r="CE87" s="147"/>
+      <c r="CF87" s="147"/>
+      <c r="CG87" s="147"/>
+      <c r="CH87" s="147"/>
+      <c r="CI87" s="147"/>
+      <c r="CJ87" s="147"/>
+      <c r="CK87" s="147"/>
+      <c r="CL87" s="147"/>
+      <c r="CM87" s="147"/>
+      <c r="CN87" s="147"/>
+      <c r="CO87" s="147"/>
+      <c r="CP87" s="147"/>
+      <c r="CQ87" s="147"/>
+      <c r="CR87" s="147"/>
+      <c r="CS87" s="147"/>
+      <c r="CT87" s="147"/>
+      <c r="CU87" s="147"/>
+      <c r="CV87" s="147"/>
+      <c r="CW87" s="147"/>
+      <c r="CX87" s="147"/>
+      <c r="CY87" s="147"/>
+      <c r="CZ87" s="147"/>
+      <c r="DA87" s="147"/>
+      <c r="DB87" s="147"/>
+      <c r="DC87" s="147"/>
+      <c r="DD87" s="147"/>
+      <c r="DE87" s="147"/>
+      <c r="DF87" s="147"/>
+      <c r="DG87" s="147"/>
+      <c r="DH87" s="147"/>
+      <c r="DI87" s="147"/>
+      <c r="DJ87" s="147"/>
+      <c r="DK87" s="147"/>
+      <c r="DL87" s="147"/>
+      <c r="DM87" s="147"/>
+      <c r="DN87" s="147"/>
+      <c r="DO87" s="147"/>
+      <c r="DP87" s="147"/>
+      <c r="DQ87" s="147"/>
+      <c r="DR87" s="147"/>
+      <c r="DS87" s="147"/>
+      <c r="DT87" s="147"/>
+      <c r="DU87" s="147"/>
+      <c r="DV87" s="147"/>
+      <c r="DW87" s="147"/>
+      <c r="DX87" s="147"/>
+      <c r="DY87" s="147"/>
+      <c r="DZ87" s="147"/>
+      <c r="EA87" s="147"/>
+      <c r="EB87" s="147"/>
+      <c r="EC87" s="147"/>
+      <c r="ED87" s="147"/>
+      <c r="EE87" s="147"/>
+      <c r="EF87" s="147"/>
+      <c r="EG87" s="147"/>
+      <c r="EH87" s="147"/>
+      <c r="EI87" s="147"/>
+      <c r="EJ87" s="147"/>
+      <c r="EK87" s="147"/>
+      <c r="EL87" s="147"/>
+      <c r="EM87" s="147"/>
+      <c r="EN87" s="147"/>
+      <c r="EO87" s="147"/>
+      <c r="EP87" s="147"/>
+      <c r="EQ87" s="147"/>
+      <c r="ER87" s="147"/>
+      <c r="ES87" s="147"/>
+      <c r="ET87" s="147"/>
+      <c r="EU87" s="147"/>
+      <c r="EV87" s="147"/>
+      <c r="EW87" s="147"/>
+      <c r="EX87" s="147"/>
+      <c r="EY87" s="147"/>
+      <c r="EZ87" s="147"/>
+      <c r="FA87" s="147"/>
+      <c r="FB87" s="147"/>
+      <c r="FC87" s="147"/>
+      <c r="FD87" s="147"/>
+      <c r="FE87" s="147"/>
+      <c r="FF87" s="147"/>
+      <c r="FG87" s="147"/>
+      <c r="FH87" s="147"/>
+      <c r="FI87" s="147"/>
+      <c r="FJ87" s="147"/>
+      <c r="FK87" s="147"/>
+      <c r="FL87" s="147"/>
+      <c r="FM87" s="147"/>
+      <c r="FN87" s="147"/>
+      <c r="FO87" s="147"/>
+      <c r="FP87" s="147"/>
+      <c r="FQ87" s="147"/>
+      <c r="FR87" s="147"/>
+      <c r="FS87" s="147"/>
+      <c r="FT87" s="147"/>
+      <c r="FU87" s="147"/>
+      <c r="FV87" s="147"/>
+      <c r="FW87" s="147"/>
+      <c r="FX87" s="147"/>
+      <c r="FY87" s="147"/>
+      <c r="FZ87" s="147"/>
+      <c r="GA87" s="147"/>
+      <c r="GB87" s="147"/>
+      <c r="GC87" s="147"/>
+      <c r="GD87" s="147"/>
+      <c r="GE87" s="147"/>
+    </row>
+    <row r="88" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A88" s="180">
+        <v>2024</v>
+      </c>
+      <c r="B88" s="185" t="s">
+        <v>124</v>
+      </c>
+      <c r="C88" s="186">
+        <v>462</v>
+      </c>
+      <c r="D88" s="186">
+        <v>34</v>
+      </c>
+      <c r="E88" s="186">
+        <v>7</v>
+      </c>
+      <c r="F88" s="186">
+        <v>0</v>
+      </c>
+      <c r="G88" s="186">
+        <v>0</v>
+      </c>
+      <c r="H88" s="186">
+        <v>0</v>
+      </c>
+      <c r="I88" s="186">
+        <v>0</v>
+      </c>
+      <c r="J88" s="209">
+        <v>503</v>
+      </c>
+      <c r="K88" s="147"/>
+      <c r="L88" s="147"/>
+      <c r="M88" s="147"/>
+      <c r="N88" s="147"/>
+      <c r="O88" s="147"/>
+      <c r="P88" s="147"/>
+      <c r="Q88" s="147"/>
+      <c r="R88" s="147"/>
+      <c r="S88" s="147"/>
+      <c r="T88" s="147"/>
+      <c r="U88" s="147"/>
+      <c r="V88" s="147"/>
+      <c r="W88" s="147"/>
+      <c r="X88" s="147"/>
+      <c r="Y88" s="147"/>
+      <c r="Z88" s="147"/>
+      <c r="AA88" s="147"/>
+      <c r="AB88" s="147"/>
+      <c r="AC88" s="147"/>
+      <c r="AD88" s="147"/>
+      <c r="AE88" s="147"/>
+      <c r="AF88" s="147"/>
+      <c r="AG88" s="147"/>
+      <c r="AH88" s="147"/>
+      <c r="AI88" s="147"/>
+      <c r="AJ88" s="147"/>
+      <c r="AK88" s="147"/>
+      <c r="AL88" s="147"/>
+      <c r="AM88" s="147"/>
+      <c r="AN88" s="147"/>
+      <c r="AO88" s="147"/>
+      <c r="AP88" s="147"/>
+      <c r="AQ88" s="147"/>
+      <c r="AR88" s="147"/>
+      <c r="AS88" s="147"/>
+      <c r="AT88" s="147"/>
+      <c r="AU88" s="147"/>
+      <c r="AV88" s="147"/>
+      <c r="AW88" s="147"/>
+      <c r="AX88" s="147"/>
+      <c r="AY88" s="147"/>
+      <c r="AZ88" s="147"/>
+      <c r="BA88" s="147"/>
+      <c r="BB88" s="147"/>
+      <c r="BC88" s="147"/>
+      <c r="BD88" s="147"/>
+      <c r="BE88" s="147"/>
+      <c r="BF88" s="147"/>
+      <c r="BG88" s="147"/>
+      <c r="BH88" s="147"/>
+      <c r="BI88" s="147"/>
+      <c r="BJ88" s="147"/>
+      <c r="BK88" s="147"/>
+      <c r="BL88" s="147"/>
+      <c r="BM88" s="147"/>
+      <c r="BN88" s="147"/>
+      <c r="BO88" s="147"/>
+      <c r="BP88" s="147"/>
+      <c r="BQ88" s="147"/>
+      <c r="BR88" s="147"/>
+      <c r="BS88" s="147"/>
+      <c r="BT88" s="147"/>
+      <c r="BU88" s="147"/>
+      <c r="BV88" s="147"/>
+      <c r="BW88" s="147"/>
+      <c r="BX88" s="147"/>
+      <c r="BY88" s="147"/>
+      <c r="BZ88" s="147"/>
+      <c r="CA88" s="147"/>
+      <c r="CB88" s="147"/>
+      <c r="CC88" s="147"/>
+      <c r="CD88" s="147"/>
+      <c r="CE88" s="147"/>
+      <c r="CF88" s="147"/>
+      <c r="CG88" s="147"/>
+      <c r="CH88" s="147"/>
+      <c r="CI88" s="147"/>
+      <c r="CJ88" s="147"/>
+      <c r="CK88" s="147"/>
+      <c r="CL88" s="147"/>
+      <c r="CM88" s="147"/>
+      <c r="CN88" s="147"/>
+      <c r="CO88" s="147"/>
+      <c r="CP88" s="147"/>
+      <c r="CQ88" s="147"/>
+      <c r="CR88" s="147"/>
+      <c r="CS88" s="147"/>
+      <c r="CT88" s="147"/>
+      <c r="CU88" s="147"/>
+      <c r="CV88" s="147"/>
+      <c r="CW88" s="147"/>
+      <c r="CX88" s="147"/>
+      <c r="CY88" s="147"/>
+      <c r="CZ88" s="147"/>
+      <c r="DA88" s="147"/>
+      <c r="DB88" s="147"/>
+      <c r="DC88" s="147"/>
+      <c r="DD88" s="147"/>
+      <c r="DE88" s="147"/>
+      <c r="DF88" s="147"/>
+      <c r="DG88" s="147"/>
+      <c r="DH88" s="147"/>
+      <c r="DI88" s="147"/>
+      <c r="DJ88" s="147"/>
+      <c r="DK88" s="147"/>
+      <c r="DL88" s="147"/>
+      <c r="DM88" s="147"/>
+      <c r="DN88" s="147"/>
+      <c r="DO88" s="147"/>
+      <c r="DP88" s="147"/>
+      <c r="DQ88" s="147"/>
+      <c r="DR88" s="147"/>
+      <c r="DS88" s="147"/>
+      <c r="DT88" s="147"/>
+      <c r="DU88" s="147"/>
+      <c r="DV88" s="147"/>
+      <c r="DW88" s="147"/>
+      <c r="DX88" s="147"/>
+      <c r="DY88" s="147"/>
+      <c r="DZ88" s="147"/>
+      <c r="EA88" s="147"/>
+      <c r="EB88" s="147"/>
+      <c r="EC88" s="147"/>
+      <c r="ED88" s="147"/>
+      <c r="EE88" s="147"/>
+      <c r="EF88" s="147"/>
+      <c r="EG88" s="147"/>
+      <c r="EH88" s="147"/>
+      <c r="EI88" s="147"/>
+      <c r="EJ88" s="147"/>
+      <c r="EK88" s="147"/>
+      <c r="EL88" s="147"/>
+      <c r="EM88" s="147"/>
+      <c r="EN88" s="147"/>
+      <c r="EO88" s="147"/>
+      <c r="EP88" s="147"/>
+      <c r="EQ88" s="147"/>
+      <c r="ER88" s="147"/>
+      <c r="ES88" s="147"/>
+      <c r="ET88" s="147"/>
+      <c r="EU88" s="147"/>
+      <c r="EV88" s="147"/>
+      <c r="EW88" s="147"/>
+      <c r="EX88" s="147"/>
+      <c r="EY88" s="147"/>
+      <c r="EZ88" s="147"/>
+      <c r="FA88" s="147"/>
+      <c r="FB88" s="147"/>
+      <c r="FC88" s="147"/>
+      <c r="FD88" s="147"/>
+      <c r="FE88" s="147"/>
+      <c r="FF88" s="147"/>
+      <c r="FG88" s="147"/>
+      <c r="FH88" s="147"/>
+      <c r="FI88" s="147"/>
+      <c r="FJ88" s="147"/>
+      <c r="FK88" s="147"/>
+      <c r="FL88" s="147"/>
+      <c r="FM88" s="147"/>
+      <c r="FN88" s="147"/>
+      <c r="FO88" s="147"/>
+      <c r="FP88" s="147"/>
+      <c r="FQ88" s="147"/>
+      <c r="FR88" s="147"/>
+      <c r="FS88" s="147"/>
+      <c r="FT88" s="147"/>
+      <c r="FU88" s="147"/>
+      <c r="FV88" s="147"/>
+      <c r="FW88" s="147"/>
+      <c r="FX88" s="147"/>
+      <c r="FY88" s="147"/>
+      <c r="FZ88" s="147"/>
+      <c r="GA88" s="147"/>
+      <c r="GB88" s="147"/>
+      <c r="GC88" s="147"/>
+      <c r="GD88" s="147"/>
+      <c r="GE88" s="147"/>
+    </row>
+    <row r="89" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A89" s="181" t="s">
+        <v>34</v>
+      </c>
+      <c r="B89" s="149" t="s">
+        <v>136</v>
+      </c>
+      <c r="C89" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="D89" s="157">
+        <v>12</v>
+      </c>
+      <c r="E89" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="F89" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="G89" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="H89" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I89" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="J89" s="160">
+        <v>17</v>
+      </c>
+      <c r="K89" s="147"/>
+      <c r="L89" s="147"/>
+      <c r="M89" s="147"/>
+      <c r="N89" s="147"/>
+      <c r="O89" s="147"/>
+      <c r="P89" s="147"/>
+      <c r="Q89" s="147"/>
+      <c r="R89" s="147"/>
+      <c r="S89" s="147"/>
+      <c r="T89" s="147"/>
+      <c r="U89" s="147"/>
+      <c r="V89" s="147"/>
+      <c r="W89" s="147"/>
+      <c r="X89" s="147"/>
+      <c r="Y89" s="147"/>
+      <c r="Z89" s="147"/>
+      <c r="AA89" s="147"/>
+      <c r="AB89" s="147"/>
+      <c r="AC89" s="147"/>
+      <c r="AD89" s="147"/>
+      <c r="AE89" s="147"/>
+      <c r="AF89" s="147"/>
+      <c r="AG89" s="147"/>
+      <c r="AH89" s="147"/>
+      <c r="AI89" s="147"/>
+      <c r="AJ89" s="147"/>
+      <c r="AK89" s="147"/>
+      <c r="AL89" s="147"/>
+      <c r="AM89" s="147"/>
+      <c r="AN89" s="147"/>
+      <c r="AO89" s="147"/>
+      <c r="AP89" s="147"/>
+      <c r="AQ89" s="147"/>
+      <c r="AR89" s="147"/>
+      <c r="AS89" s="147"/>
+      <c r="AT89" s="147"/>
+      <c r="AU89" s="147"/>
+      <c r="AV89" s="147"/>
+      <c r="AW89" s="147"/>
+      <c r="AX89" s="147"/>
+      <c r="AY89" s="147"/>
+      <c r="AZ89" s="147"/>
+      <c r="BA89" s="147"/>
+      <c r="BB89" s="147"/>
+      <c r="BC89" s="147"/>
+      <c r="BD89" s="147"/>
+      <c r="BE89" s="147"/>
+      <c r="BF89" s="147"/>
+      <c r="BG89" s="147"/>
+      <c r="BH89" s="147"/>
+      <c r="BI89" s="147"/>
+      <c r="BJ89" s="147"/>
+      <c r="BK89" s="147"/>
+      <c r="BL89" s="147"/>
+      <c r="BM89" s="147"/>
+      <c r="BN89" s="147"/>
+      <c r="BO89" s="147"/>
+      <c r="BP89" s="147"/>
+      <c r="BQ89" s="147"/>
+      <c r="BR89" s="147"/>
+      <c r="BS89" s="147"/>
+      <c r="BT89" s="147"/>
+      <c r="BU89" s="147"/>
+      <c r="BV89" s="147"/>
+      <c r="BW89" s="147"/>
+      <c r="BX89" s="147"/>
+      <c r="BY89" s="147"/>
+      <c r="BZ89" s="147"/>
+      <c r="CA89" s="147"/>
+      <c r="CB89" s="147"/>
+      <c r="CC89" s="147"/>
+      <c r="CD89" s="147"/>
+      <c r="CE89" s="147"/>
+      <c r="CF89" s="147"/>
+      <c r="CG89" s="147"/>
+      <c r="CH89" s="147"/>
+      <c r="CI89" s="147"/>
+      <c r="CJ89" s="147"/>
+      <c r="CK89" s="147"/>
+      <c r="CL89" s="147"/>
+      <c r="CM89" s="147"/>
+      <c r="CN89" s="147"/>
+      <c r="CO89" s="147"/>
+      <c r="CP89" s="147"/>
+      <c r="CQ89" s="147"/>
+      <c r="CR89" s="147"/>
+      <c r="CS89" s="147"/>
+      <c r="CT89" s="147"/>
+      <c r="CU89" s="147"/>
+      <c r="CV89" s="147"/>
+      <c r="CW89" s="147"/>
+      <c r="CX89" s="147"/>
+      <c r="CY89" s="147"/>
+      <c r="CZ89" s="147"/>
+      <c r="DA89" s="147"/>
+      <c r="DB89" s="147"/>
+      <c r="DC89" s="147"/>
+      <c r="DD89" s="147"/>
+      <c r="DE89" s="147"/>
+      <c r="DF89" s="147"/>
+      <c r="DG89" s="147"/>
+      <c r="DH89" s="147"/>
+      <c r="DI89" s="147"/>
+      <c r="DJ89" s="147"/>
+      <c r="DK89" s="147"/>
+      <c r="DL89" s="147"/>
+      <c r="DM89" s="147"/>
+      <c r="DN89" s="147"/>
+      <c r="DO89" s="147"/>
+      <c r="DP89" s="147"/>
+      <c r="DQ89" s="147"/>
+      <c r="DR89" s="147"/>
+      <c r="DS89" s="147"/>
+      <c r="DT89" s="147"/>
+      <c r="DU89" s="147"/>
+      <c r="DV89" s="147"/>
+      <c r="DW89" s="147"/>
+      <c r="DX89" s="147"/>
+      <c r="DY89" s="147"/>
+      <c r="DZ89" s="147"/>
+      <c r="EA89" s="147"/>
+      <c r="EB89" s="147"/>
+      <c r="EC89" s="147"/>
+      <c r="ED89" s="147"/>
+      <c r="EE89" s="147"/>
+      <c r="EF89" s="147"/>
+      <c r="EG89" s="147"/>
+      <c r="EH89" s="147"/>
+      <c r="EI89" s="147"/>
+      <c r="EJ89" s="147"/>
+      <c r="EK89" s="147"/>
+      <c r="EL89" s="147"/>
+      <c r="EM89" s="147"/>
+      <c r="EN89" s="147"/>
+      <c r="EO89" s="147"/>
+      <c r="EP89" s="147"/>
+      <c r="EQ89" s="147"/>
+      <c r="ER89" s="147"/>
+      <c r="ES89" s="147"/>
+      <c r="ET89" s="147"/>
+      <c r="EU89" s="147"/>
+      <c r="EV89" s="147"/>
+      <c r="EW89" s="147"/>
+      <c r="EX89" s="147"/>
+      <c r="EY89" s="147"/>
+      <c r="EZ89" s="147"/>
+      <c r="FA89" s="147"/>
+      <c r="FB89" s="147"/>
+      <c r="FC89" s="147"/>
+      <c r="FD89" s="147"/>
+      <c r="FE89" s="147"/>
+      <c r="FF89" s="147"/>
+      <c r="FG89" s="147"/>
+      <c r="FH89" s="147"/>
+      <c r="FI89" s="147"/>
+      <c r="FJ89" s="147"/>
+      <c r="FK89" s="147"/>
+      <c r="FL89" s="147"/>
+      <c r="FM89" s="147"/>
+      <c r="FN89" s="147"/>
+      <c r="FO89" s="147"/>
+      <c r="FP89" s="147"/>
+      <c r="FQ89" s="147"/>
+      <c r="FR89" s="147"/>
+      <c r="FS89" s="147"/>
+      <c r="FT89" s="147"/>
+      <c r="FU89" s="147"/>
+      <c r="FV89" s="147"/>
+      <c r="FW89" s="147"/>
+      <c r="FX89" s="147"/>
+      <c r="FY89" s="147"/>
+      <c r="FZ89" s="147"/>
+      <c r="GA89" s="147"/>
+      <c r="GB89" s="147"/>
+      <c r="GC89" s="147"/>
+      <c r="GD89" s="147"/>
+      <c r="GE89" s="147"/>
+    </row>
+    <row r="90" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A90" s="181"/>
+      <c r="B90" s="185" t="s">
+        <v>126</v>
+      </c>
+      <c r="C90" s="186">
         <v>41</v>
       </c>
-      <c r="D17" s="195">
+      <c r="D90" s="186">
+        <v>28</v>
+      </c>
+      <c r="E90" s="186">
+        <v>20</v>
+      </c>
+      <c r="F90" s="186">
+        <v>8</v>
+      </c>
+      <c r="G90" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="H90" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="I90" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="J90" s="209">
+        <v>104</v>
+      </c>
+      <c r="K90" s="147"/>
+      <c r="L90" s="147"/>
+      <c r="M90" s="147"/>
+      <c r="N90" s="147"/>
+      <c r="O90" s="147"/>
+      <c r="P90" s="147"/>
+      <c r="Q90" s="147"/>
+      <c r="R90" s="147"/>
+      <c r="S90" s="147"/>
+      <c r="T90" s="147"/>
+      <c r="U90" s="147"/>
+      <c r="V90" s="147"/>
+      <c r="W90" s="147"/>
+      <c r="X90" s="147"/>
+      <c r="Y90" s="147"/>
+      <c r="Z90" s="147"/>
+      <c r="AA90" s="147"/>
+      <c r="AB90" s="147"/>
+      <c r="AC90" s="147"/>
+      <c r="AD90" s="147"/>
+      <c r="AE90" s="147"/>
+      <c r="AF90" s="147"/>
+      <c r="AG90" s="147"/>
+      <c r="AH90" s="147"/>
+      <c r="AI90" s="147"/>
+      <c r="AJ90" s="147"/>
+      <c r="AK90" s="147"/>
+      <c r="AL90" s="147"/>
+      <c r="AM90" s="147"/>
+      <c r="AN90" s="147"/>
+      <c r="AO90" s="147"/>
+      <c r="AP90" s="147"/>
+      <c r="AQ90" s="147"/>
+      <c r="AR90" s="147"/>
+      <c r="AS90" s="147"/>
+      <c r="AT90" s="147"/>
+      <c r="AU90" s="147"/>
+      <c r="AV90" s="147"/>
+      <c r="AW90" s="147"/>
+      <c r="AX90" s="147"/>
+      <c r="AY90" s="147"/>
+      <c r="AZ90" s="147"/>
+      <c r="BA90" s="147"/>
+      <c r="BB90" s="147"/>
+      <c r="BC90" s="147"/>
+      <c r="BD90" s="147"/>
+      <c r="BE90" s="147"/>
+      <c r="BF90" s="147"/>
+      <c r="BG90" s="147"/>
+      <c r="BH90" s="147"/>
+      <c r="BI90" s="147"/>
+      <c r="BJ90" s="147"/>
+      <c r="BK90" s="147"/>
+      <c r="BL90" s="147"/>
+      <c r="BM90" s="147"/>
+      <c r="BN90" s="147"/>
+      <c r="BO90" s="147"/>
+      <c r="BP90" s="147"/>
+      <c r="BQ90" s="147"/>
+      <c r="BR90" s="147"/>
+      <c r="BS90" s="147"/>
+      <c r="BT90" s="147"/>
+      <c r="BU90" s="147"/>
+      <c r="BV90" s="147"/>
+      <c r="BW90" s="147"/>
+      <c r="BX90" s="147"/>
+      <c r="BY90" s="147"/>
+      <c r="BZ90" s="147"/>
+      <c r="CA90" s="147"/>
+      <c r="CB90" s="147"/>
+      <c r="CC90" s="147"/>
+      <c r="CD90" s="147"/>
+      <c r="CE90" s="147"/>
+      <c r="CF90" s="147"/>
+      <c r="CG90" s="147"/>
+      <c r="CH90" s="147"/>
+      <c r="CI90" s="147"/>
+      <c r="CJ90" s="147"/>
+      <c r="CK90" s="147"/>
+      <c r="CL90" s="147"/>
+      <c r="CM90" s="147"/>
+      <c r="CN90" s="147"/>
+      <c r="CO90" s="147"/>
+      <c r="CP90" s="147"/>
+      <c r="CQ90" s="147"/>
+      <c r="CR90" s="147"/>
+      <c r="CS90" s="147"/>
+      <c r="CT90" s="147"/>
+      <c r="CU90" s="147"/>
+      <c r="CV90" s="147"/>
+      <c r="CW90" s="147"/>
+      <c r="CX90" s="147"/>
+      <c r="CY90" s="147"/>
+      <c r="CZ90" s="147"/>
+      <c r="DA90" s="147"/>
+      <c r="DB90" s="147"/>
+      <c r="DC90" s="147"/>
+      <c r="DD90" s="147"/>
+      <c r="DE90" s="147"/>
+      <c r="DF90" s="147"/>
+      <c r="DG90" s="147"/>
+      <c r="DH90" s="147"/>
+      <c r="DI90" s="147"/>
+      <c r="DJ90" s="147"/>
+      <c r="DK90" s="147"/>
+      <c r="DL90" s="147"/>
+      <c r="DM90" s="147"/>
+      <c r="DN90" s="147"/>
+      <c r="DO90" s="147"/>
+      <c r="DP90" s="147"/>
+      <c r="DQ90" s="147"/>
+      <c r="DR90" s="147"/>
+      <c r="DS90" s="147"/>
+      <c r="DT90" s="147"/>
+      <c r="DU90" s="147"/>
+      <c r="DV90" s="147"/>
+      <c r="DW90" s="147"/>
+      <c r="DX90" s="147"/>
+      <c r="DY90" s="147"/>
+      <c r="DZ90" s="147"/>
+      <c r="EA90" s="147"/>
+      <c r="EB90" s="147"/>
+      <c r="EC90" s="147"/>
+      <c r="ED90" s="147"/>
+      <c r="EE90" s="147"/>
+      <c r="EF90" s="147"/>
+      <c r="EG90" s="147"/>
+      <c r="EH90" s="147"/>
+      <c r="EI90" s="147"/>
+      <c r="EJ90" s="147"/>
+      <c r="EK90" s="147"/>
+      <c r="EL90" s="147"/>
+      <c r="EM90" s="147"/>
+      <c r="EN90" s="147"/>
+      <c r="EO90" s="147"/>
+      <c r="EP90" s="147"/>
+      <c r="EQ90" s="147"/>
+      <c r="ER90" s="147"/>
+      <c r="ES90" s="147"/>
+      <c r="ET90" s="147"/>
+      <c r="EU90" s="147"/>
+      <c r="EV90" s="147"/>
+      <c r="EW90" s="147"/>
+      <c r="EX90" s="147"/>
+      <c r="EY90" s="147"/>
+      <c r="EZ90" s="147"/>
+      <c r="FA90" s="147"/>
+      <c r="FB90" s="147"/>
+      <c r="FC90" s="147"/>
+      <c r="FD90" s="147"/>
+      <c r="FE90" s="147"/>
+      <c r="FF90" s="147"/>
+      <c r="FG90" s="147"/>
+      <c r="FH90" s="147"/>
+      <c r="FI90" s="147"/>
+      <c r="FJ90" s="147"/>
+      <c r="FK90" s="147"/>
+      <c r="FL90" s="147"/>
+      <c r="FM90" s="147"/>
+      <c r="FN90" s="147"/>
+      <c r="FO90" s="147"/>
+      <c r="FP90" s="147"/>
+      <c r="FQ90" s="147"/>
+      <c r="FR90" s="147"/>
+      <c r="FS90" s="147"/>
+      <c r="FT90" s="147"/>
+      <c r="FU90" s="147"/>
+      <c r="FV90" s="147"/>
+      <c r="FW90" s="147"/>
+      <c r="FX90" s="147"/>
+      <c r="FY90" s="147"/>
+      <c r="FZ90" s="147"/>
+      <c r="GA90" s="147"/>
+      <c r="GB90" s="147"/>
+      <c r="GC90" s="147"/>
+      <c r="GD90" s="147"/>
+      <c r="GE90" s="147"/>
+    </row>
+    <row r="91" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A91" s="184"/>
+      <c r="B91" s="149" t="s">
+        <v>127</v>
+      </c>
+      <c r="C91" s="157">
+        <v>118</v>
+      </c>
+      <c r="D91" s="157">
+        <v>68</v>
+      </c>
+      <c r="E91" s="157">
+        <v>64</v>
+      </c>
+      <c r="F91" s="157">
+        <v>21</v>
+      </c>
+      <c r="G91" s="157">
+        <v>17</v>
+      </c>
+      <c r="H91" s="157">
+        <v>7</v>
+      </c>
+      <c r="I91" s="157">
+        <v>5</v>
+      </c>
+      <c r="J91" s="160">
+        <v>300</v>
+      </c>
+      <c r="K91" s="147"/>
+      <c r="L91" s="147"/>
+      <c r="M91" s="147"/>
+      <c r="N91" s="147"/>
+      <c r="O91" s="147"/>
+      <c r="P91" s="147"/>
+      <c r="Q91" s="147"/>
+      <c r="R91" s="147"/>
+      <c r="S91" s="147"/>
+      <c r="T91" s="147"/>
+      <c r="U91" s="147"/>
+      <c r="V91" s="147"/>
+      <c r="W91" s="147"/>
+      <c r="X91" s="147"/>
+      <c r="Y91" s="147"/>
+      <c r="Z91" s="147"/>
+      <c r="AA91" s="147"/>
+      <c r="AB91" s="147"/>
+      <c r="AC91" s="147"/>
+      <c r="AD91" s="147"/>
+      <c r="AE91" s="147"/>
+      <c r="AF91" s="147"/>
+      <c r="AG91" s="147"/>
+      <c r="AH91" s="147"/>
+      <c r="AI91" s="147"/>
+      <c r="AJ91" s="147"/>
+      <c r="AK91" s="147"/>
+      <c r="AL91" s="147"/>
+      <c r="AM91" s="147"/>
+      <c r="AN91" s="147"/>
+      <c r="AO91" s="147"/>
+      <c r="AP91" s="147"/>
+      <c r="AQ91" s="147"/>
+      <c r="AR91" s="147"/>
+      <c r="AS91" s="147"/>
+      <c r="AT91" s="147"/>
+      <c r="AU91" s="147"/>
+      <c r="AV91" s="147"/>
+      <c r="AW91" s="147"/>
+      <c r="AX91" s="147"/>
+      <c r="AY91" s="147"/>
+      <c r="AZ91" s="147"/>
+      <c r="BA91" s="147"/>
+      <c r="BB91" s="147"/>
+      <c r="BC91" s="147"/>
+      <c r="BD91" s="147"/>
+      <c r="BE91" s="147"/>
+      <c r="BF91" s="147"/>
+      <c r="BG91" s="147"/>
+      <c r="BH91" s="147"/>
+      <c r="BI91" s="147"/>
+      <c r="BJ91" s="147"/>
+      <c r="BK91" s="147"/>
+      <c r="BL91" s="147"/>
+      <c r="BM91" s="147"/>
+      <c r="BN91" s="147"/>
+      <c r="BO91" s="147"/>
+      <c r="BP91" s="147"/>
+      <c r="BQ91" s="147"/>
+      <c r="BR91" s="147"/>
+      <c r="BS91" s="147"/>
+      <c r="BT91" s="147"/>
+      <c r="BU91" s="147"/>
+      <c r="BV91" s="147"/>
+      <c r="BW91" s="147"/>
+      <c r="BX91" s="147"/>
+      <c r="BY91" s="147"/>
+      <c r="BZ91" s="147"/>
+      <c r="CA91" s="147"/>
+      <c r="CB91" s="147"/>
+      <c r="CC91" s="147"/>
+      <c r="CD91" s="147"/>
+      <c r="CE91" s="147"/>
+      <c r="CF91" s="147"/>
+      <c r="CG91" s="147"/>
+      <c r="CH91" s="147"/>
+      <c r="CI91" s="147"/>
+      <c r="CJ91" s="147"/>
+      <c r="CK91" s="147"/>
+      <c r="CL91" s="147"/>
+      <c r="CM91" s="147"/>
+      <c r="CN91" s="147"/>
+      <c r="CO91" s="147"/>
+      <c r="CP91" s="147"/>
+      <c r="CQ91" s="147"/>
+      <c r="CR91" s="147"/>
+      <c r="CS91" s="147"/>
+      <c r="CT91" s="147"/>
+      <c r="CU91" s="147"/>
+      <c r="CV91" s="147"/>
+      <c r="CW91" s="147"/>
+      <c r="CX91" s="147"/>
+      <c r="CY91" s="147"/>
+      <c r="CZ91" s="147"/>
+      <c r="DA91" s="147"/>
+      <c r="DB91" s="147"/>
+      <c r="DC91" s="147"/>
+      <c r="DD91" s="147"/>
+      <c r="DE91" s="147"/>
+      <c r="DF91" s="147"/>
+      <c r="DG91" s="147"/>
+      <c r="DH91" s="147"/>
+      <c r="DI91" s="147"/>
+      <c r="DJ91" s="147"/>
+      <c r="DK91" s="147"/>
+      <c r="DL91" s="147"/>
+      <c r="DM91" s="147"/>
+      <c r="DN91" s="147"/>
+      <c r="DO91" s="147"/>
+      <c r="DP91" s="147"/>
+      <c r="DQ91" s="147"/>
+      <c r="DR91" s="147"/>
+      <c r="DS91" s="147"/>
+      <c r="DT91" s="147"/>
+      <c r="DU91" s="147"/>
+      <c r="DV91" s="147"/>
+      <c r="DW91" s="147"/>
+      <c r="DX91" s="147"/>
+      <c r="DY91" s="147"/>
+      <c r="DZ91" s="147"/>
+      <c r="EA91" s="147"/>
+      <c r="EB91" s="147"/>
+      <c r="EC91" s="147"/>
+      <c r="ED91" s="147"/>
+      <c r="EE91" s="147"/>
+      <c r="EF91" s="147"/>
+      <c r="EG91" s="147"/>
+      <c r="EH91" s="147"/>
+      <c r="EI91" s="147"/>
+      <c r="EJ91" s="147"/>
+      <c r="EK91" s="147"/>
+      <c r="EL91" s="147"/>
+      <c r="EM91" s="147"/>
+      <c r="EN91" s="147"/>
+      <c r="EO91" s="147"/>
+      <c r="EP91" s="147"/>
+      <c r="EQ91" s="147"/>
+      <c r="ER91" s="147"/>
+      <c r="ES91" s="147"/>
+      <c r="ET91" s="147"/>
+      <c r="EU91" s="147"/>
+      <c r="EV91" s="147"/>
+      <c r="EW91" s="147"/>
+      <c r="EX91" s="147"/>
+      <c r="EY91" s="147"/>
+      <c r="EZ91" s="147"/>
+      <c r="FA91" s="147"/>
+      <c r="FB91" s="147"/>
+      <c r="FC91" s="147"/>
+      <c r="FD91" s="147"/>
+      <c r="FE91" s="147"/>
+      <c r="FF91" s="147"/>
+      <c r="FG91" s="147"/>
+      <c r="FH91" s="147"/>
+      <c r="FI91" s="147"/>
+      <c r="FJ91" s="147"/>
+      <c r="FK91" s="147"/>
+      <c r="FL91" s="147"/>
+      <c r="FM91" s="147"/>
+      <c r="FN91" s="147"/>
+      <c r="FO91" s="147"/>
+      <c r="FP91" s="147"/>
+      <c r="FQ91" s="147"/>
+      <c r="FR91" s="147"/>
+      <c r="FS91" s="147"/>
+      <c r="FT91" s="147"/>
+      <c r="FU91" s="147"/>
+      <c r="FV91" s="147"/>
+      <c r="FW91" s="147"/>
+      <c r="FX91" s="147"/>
+      <c r="FY91" s="147"/>
+      <c r="FZ91" s="147"/>
+      <c r="GA91" s="147"/>
+      <c r="GB91" s="147"/>
+      <c r="GC91" s="147"/>
+      <c r="GD91" s="147"/>
+      <c r="GE91" s="147"/>
+    </row>
+    <row r="92" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A92" s="184"/>
+      <c r="B92" s="185" t="s">
+        <v>128</v>
+      </c>
+      <c r="C92" s="186">
+        <v>687</v>
+      </c>
+      <c r="D92" s="186">
+        <v>483</v>
+      </c>
+      <c r="E92" s="186">
+        <v>660</v>
+      </c>
+      <c r="F92" s="186">
+        <v>338</v>
+      </c>
+      <c r="G92" s="186">
+        <v>250</v>
+      </c>
+      <c r="H92" s="186">
+        <v>168</v>
+      </c>
+      <c r="I92" s="186">
+        <v>284</v>
+      </c>
+      <c r="J92" s="209">
+        <v>2870</v>
+      </c>
+      <c r="K92" s="147"/>
+      <c r="L92" s="147"/>
+      <c r="M92" s="147"/>
+      <c r="N92" s="147"/>
+      <c r="O92" s="147"/>
+      <c r="P92" s="147"/>
+      <c r="Q92" s="147"/>
+      <c r="R92" s="147"/>
+      <c r="S92" s="147"/>
+      <c r="T92" s="147"/>
+      <c r="U92" s="147"/>
+      <c r="V92" s="147"/>
+      <c r="W92" s="147"/>
+      <c r="X92" s="147"/>
+      <c r="Y92" s="147"/>
+      <c r="Z92" s="147"/>
+      <c r="AA92" s="147"/>
+      <c r="AB92" s="147"/>
+      <c r="AC92" s="147"/>
+      <c r="AD92" s="147"/>
+      <c r="AE92" s="147"/>
+      <c r="AF92" s="147"/>
+      <c r="AG92" s="147"/>
+      <c r="AH92" s="147"/>
+      <c r="AI92" s="147"/>
+      <c r="AJ92" s="147"/>
+      <c r="AK92" s="147"/>
+      <c r="AL92" s="147"/>
+      <c r="AM92" s="147"/>
+      <c r="AN92" s="147"/>
+      <c r="AO92" s="147"/>
+      <c r="AP92" s="147"/>
+      <c r="AQ92" s="147"/>
+      <c r="AR92" s="147"/>
+      <c r="AS92" s="147"/>
+      <c r="AT92" s="147"/>
+      <c r="AU92" s="147"/>
+      <c r="AV92" s="147"/>
+      <c r="AW92" s="147"/>
+      <c r="AX92" s="147"/>
+      <c r="AY92" s="147"/>
+      <c r="AZ92" s="147"/>
+      <c r="BA92" s="147"/>
+      <c r="BB92" s="147"/>
+      <c r="BC92" s="147"/>
+      <c r="BD92" s="147"/>
+      <c r="BE92" s="147"/>
+      <c r="BF92" s="147"/>
+      <c r="BG92" s="147"/>
+      <c r="BH92" s="147"/>
+      <c r="BI92" s="147"/>
+      <c r="BJ92" s="147"/>
+      <c r="BK92" s="147"/>
+      <c r="BL92" s="147"/>
+      <c r="BM92" s="147"/>
+      <c r="BN92" s="147"/>
+      <c r="BO92" s="147"/>
+      <c r="BP92" s="147"/>
+      <c r="BQ92" s="147"/>
+      <c r="BR92" s="147"/>
+      <c r="BS92" s="147"/>
+      <c r="BT92" s="147"/>
+      <c r="BU92" s="147"/>
+      <c r="BV92" s="147"/>
+      <c r="BW92" s="147"/>
+      <c r="BX92" s="147"/>
+      <c r="BY92" s="147"/>
+      <c r="BZ92" s="147"/>
+      <c r="CA92" s="147"/>
+      <c r="CB92" s="147"/>
+      <c r="CC92" s="147"/>
+      <c r="CD92" s="147"/>
+      <c r="CE92" s="147"/>
+      <c r="CF92" s="147"/>
+      <c r="CG92" s="147"/>
+      <c r="CH92" s="147"/>
+      <c r="CI92" s="147"/>
+      <c r="CJ92" s="147"/>
+      <c r="CK92" s="147"/>
+      <c r="CL92" s="147"/>
+      <c r="CM92" s="147"/>
+      <c r="CN92" s="147"/>
+      <c r="CO92" s="147"/>
+      <c r="CP92" s="147"/>
+      <c r="CQ92" s="147"/>
+      <c r="CR92" s="147"/>
+      <c r="CS92" s="147"/>
+      <c r="CT92" s="147"/>
+      <c r="CU92" s="147"/>
+      <c r="CV92" s="147"/>
+      <c r="CW92" s="147"/>
+      <c r="CX92" s="147"/>
+      <c r="CY92" s="147"/>
+      <c r="CZ92" s="147"/>
+      <c r="DA92" s="147"/>
+      <c r="DB92" s="147"/>
+      <c r="DC92" s="147"/>
+      <c r="DD92" s="147"/>
+      <c r="DE92" s="147"/>
+      <c r="DF92" s="147"/>
+      <c r="DG92" s="147"/>
+      <c r="DH92" s="147"/>
+      <c r="DI92" s="147"/>
+      <c r="DJ92" s="147"/>
+      <c r="DK92" s="147"/>
+      <c r="DL92" s="147"/>
+      <c r="DM92" s="147"/>
+      <c r="DN92" s="147"/>
+      <c r="DO92" s="147"/>
+      <c r="DP92" s="147"/>
+      <c r="DQ92" s="147"/>
+      <c r="DR92" s="147"/>
+      <c r="DS92" s="147"/>
+      <c r="DT92" s="147"/>
+      <c r="DU92" s="147"/>
+      <c r="DV92" s="147"/>
+      <c r="DW92" s="147"/>
+      <c r="DX92" s="147"/>
+      <c r="DY92" s="147"/>
+      <c r="DZ92" s="147"/>
+      <c r="EA92" s="147"/>
+      <c r="EB92" s="147"/>
+      <c r="EC92" s="147"/>
+      <c r="ED92" s="147"/>
+      <c r="EE92" s="147"/>
+      <c r="EF92" s="147"/>
+      <c r="EG92" s="147"/>
+      <c r="EH92" s="147"/>
+      <c r="EI92" s="147"/>
+      <c r="EJ92" s="147"/>
+      <c r="EK92" s="147"/>
+      <c r="EL92" s="147"/>
+      <c r="EM92" s="147"/>
+      <c r="EN92" s="147"/>
+      <c r="EO92" s="147"/>
+      <c r="EP92" s="147"/>
+      <c r="EQ92" s="147"/>
+      <c r="ER92" s="147"/>
+      <c r="ES92" s="147"/>
+      <c r="ET92" s="147"/>
+      <c r="EU92" s="147"/>
+      <c r="EV92" s="147"/>
+      <c r="EW92" s="147"/>
+      <c r="EX92" s="147"/>
+      <c r="EY92" s="147"/>
+      <c r="EZ92" s="147"/>
+      <c r="FA92" s="147"/>
+      <c r="FB92" s="147"/>
+      <c r="FC92" s="147"/>
+      <c r="FD92" s="147"/>
+      <c r="FE92" s="147"/>
+      <c r="FF92" s="147"/>
+      <c r="FG92" s="147"/>
+      <c r="FH92" s="147"/>
+      <c r="FI92" s="147"/>
+      <c r="FJ92" s="147"/>
+      <c r="FK92" s="147"/>
+      <c r="FL92" s="147"/>
+      <c r="FM92" s="147"/>
+      <c r="FN92" s="147"/>
+      <c r="FO92" s="147"/>
+      <c r="FP92" s="147"/>
+      <c r="FQ92" s="147"/>
+      <c r="FR92" s="147"/>
+      <c r="FS92" s="147"/>
+      <c r="FT92" s="147"/>
+      <c r="FU92" s="147"/>
+      <c r="FV92" s="147"/>
+      <c r="FW92" s="147"/>
+      <c r="FX92" s="147"/>
+      <c r="FY92" s="147"/>
+      <c r="FZ92" s="147"/>
+      <c r="GA92" s="147"/>
+      <c r="GB92" s="147"/>
+      <c r="GC92" s="147"/>
+      <c r="GD92" s="147"/>
+      <c r="GE92" s="147"/>
+    </row>
+    <row r="93" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A93" s="181"/>
+      <c r="B93" s="149" t="s">
+        <v>129</v>
+      </c>
+      <c r="C93" s="157">
+        <v>443</v>
+      </c>
+      <c r="D93" s="157">
+        <v>230</v>
+      </c>
+      <c r="E93" s="157">
+        <v>165</v>
+      </c>
+      <c r="F93" s="157">
+        <v>49</v>
+      </c>
+      <c r="G93" s="157">
         <v>14</v>
       </c>
-      <c r="E17" s="195">
+      <c r="H93" s="157">
+        <v>13</v>
+      </c>
+      <c r="I93" s="157">
+        <v>15</v>
+      </c>
+      <c r="J93" s="160">
+        <v>929</v>
+      </c>
+      <c r="K93" s="147"/>
+      <c r="L93" s="147"/>
+      <c r="M93" s="147"/>
+      <c r="N93" s="147"/>
+      <c r="O93" s="147"/>
+      <c r="P93" s="147"/>
+      <c r="Q93" s="147"/>
+      <c r="R93" s="147"/>
+      <c r="S93" s="147"/>
+      <c r="T93" s="147"/>
+      <c r="U93" s="147"/>
+      <c r="V93" s="147"/>
+      <c r="W93" s="147"/>
+      <c r="X93" s="147"/>
+      <c r="Y93" s="147"/>
+      <c r="Z93" s="147"/>
+      <c r="AA93" s="147"/>
+      <c r="AB93" s="147"/>
+      <c r="AC93" s="147"/>
+      <c r="AD93" s="147"/>
+      <c r="AE93" s="147"/>
+      <c r="AF93" s="147"/>
+      <c r="AG93" s="147"/>
+      <c r="AH93" s="147"/>
+      <c r="AI93" s="147"/>
+      <c r="AJ93" s="147"/>
+      <c r="AK93" s="147"/>
+      <c r="AL93" s="147"/>
+      <c r="AM93" s="147"/>
+      <c r="AN93" s="147"/>
+      <c r="AO93" s="147"/>
+      <c r="AP93" s="147"/>
+      <c r="AQ93" s="147"/>
+      <c r="AR93" s="147"/>
+      <c r="AS93" s="147"/>
+      <c r="AT93" s="147"/>
+      <c r="AU93" s="147"/>
+      <c r="AV93" s="147"/>
+      <c r="AW93" s="147"/>
+      <c r="AX93" s="147"/>
+      <c r="AY93" s="147"/>
+      <c r="AZ93" s="147"/>
+      <c r="BA93" s="147"/>
+      <c r="BB93" s="147"/>
+      <c r="BC93" s="147"/>
+      <c r="BD93" s="147"/>
+      <c r="BE93" s="147"/>
+      <c r="BF93" s="147"/>
+      <c r="BG93" s="147"/>
+      <c r="BH93" s="147"/>
+      <c r="BI93" s="147"/>
+      <c r="BJ93" s="147"/>
+      <c r="BK93" s="147"/>
+      <c r="BL93" s="147"/>
+      <c r="BM93" s="147"/>
+      <c r="BN93" s="147"/>
+      <c r="BO93" s="147"/>
+      <c r="BP93" s="147"/>
+      <c r="BQ93" s="147"/>
+      <c r="BR93" s="147"/>
+      <c r="BS93" s="147"/>
+      <c r="BT93" s="147"/>
+      <c r="BU93" s="147"/>
+      <c r="BV93" s="147"/>
+      <c r="BW93" s="147"/>
+      <c r="BX93" s="147"/>
+      <c r="BY93" s="147"/>
+      <c r="BZ93" s="147"/>
+      <c r="CA93" s="147"/>
+      <c r="CB93" s="147"/>
+      <c r="CC93" s="147"/>
+      <c r="CD93" s="147"/>
+      <c r="CE93" s="147"/>
+      <c r="CF93" s="147"/>
+      <c r="CG93" s="147"/>
+      <c r="CH93" s="147"/>
+      <c r="CI93" s="147"/>
+      <c r="CJ93" s="147"/>
+      <c r="CK93" s="147"/>
+      <c r="CL93" s="147"/>
+      <c r="CM93" s="147"/>
+      <c r="CN93" s="147"/>
+      <c r="CO93" s="147"/>
+      <c r="CP93" s="147"/>
+      <c r="CQ93" s="147"/>
+      <c r="CR93" s="147"/>
+      <c r="CS93" s="147"/>
+      <c r="CT93" s="147"/>
+      <c r="CU93" s="147"/>
+      <c r="CV93" s="147"/>
+      <c r="CW93" s="147"/>
+      <c r="CX93" s="147"/>
+      <c r="CY93" s="147"/>
+      <c r="CZ93" s="147"/>
+      <c r="DA93" s="147"/>
+      <c r="DB93" s="147"/>
+      <c r="DC93" s="147"/>
+      <c r="DD93" s="147"/>
+      <c r="DE93" s="147"/>
+      <c r="DF93" s="147"/>
+      <c r="DG93" s="147"/>
+      <c r="DH93" s="147"/>
+      <c r="DI93" s="147"/>
+      <c r="DJ93" s="147"/>
+      <c r="DK93" s="147"/>
+      <c r="DL93" s="147"/>
+      <c r="DM93" s="147"/>
+      <c r="DN93" s="147"/>
+      <c r="DO93" s="147"/>
+      <c r="DP93" s="147"/>
+      <c r="DQ93" s="147"/>
+      <c r="DR93" s="147"/>
+      <c r="DS93" s="147"/>
+      <c r="DT93" s="147"/>
+      <c r="DU93" s="147"/>
+      <c r="DV93" s="147"/>
+      <c r="DW93" s="147"/>
+      <c r="DX93" s="147"/>
+      <c r="DY93" s="147"/>
+      <c r="DZ93" s="147"/>
+      <c r="EA93" s="147"/>
+      <c r="EB93" s="147"/>
+      <c r="EC93" s="147"/>
+      <c r="ED93" s="147"/>
+      <c r="EE93" s="147"/>
+      <c r="EF93" s="147"/>
+      <c r="EG93" s="147"/>
+      <c r="EH93" s="147"/>
+      <c r="EI93" s="147"/>
+      <c r="EJ93" s="147"/>
+      <c r="EK93" s="147"/>
+      <c r="EL93" s="147"/>
+      <c r="EM93" s="147"/>
+      <c r="EN93" s="147"/>
+      <c r="EO93" s="147"/>
+      <c r="EP93" s="147"/>
+      <c r="EQ93" s="147"/>
+      <c r="ER93" s="147"/>
+      <c r="ES93" s="147"/>
+      <c r="ET93" s="147"/>
+      <c r="EU93" s="147"/>
+      <c r="EV93" s="147"/>
+      <c r="EW93" s="147"/>
+      <c r="EX93" s="147"/>
+      <c r="EY93" s="147"/>
+      <c r="EZ93" s="147"/>
+      <c r="FA93" s="147"/>
+      <c r="FB93" s="147"/>
+      <c r="FC93" s="147"/>
+      <c r="FD93" s="147"/>
+      <c r="FE93" s="147"/>
+      <c r="FF93" s="147"/>
+      <c r="FG93" s="147"/>
+      <c r="FH93" s="147"/>
+      <c r="FI93" s="147"/>
+      <c r="FJ93" s="147"/>
+      <c r="FK93" s="147"/>
+      <c r="FL93" s="147"/>
+      <c r="FM93" s="147"/>
+      <c r="FN93" s="147"/>
+      <c r="FO93" s="147"/>
+      <c r="FP93" s="147"/>
+      <c r="FQ93" s="147"/>
+      <c r="FR93" s="147"/>
+      <c r="FS93" s="147"/>
+      <c r="FT93" s="147"/>
+      <c r="FU93" s="147"/>
+      <c r="FV93" s="147"/>
+      <c r="FW93" s="147"/>
+      <c r="FX93" s="147"/>
+      <c r="FY93" s="147"/>
+      <c r="FZ93" s="147"/>
+      <c r="GA93" s="147"/>
+      <c r="GB93" s="147"/>
+      <c r="GC93" s="147"/>
+      <c r="GD93" s="147"/>
+      <c r="GE93" s="147"/>
+    </row>
+    <row r="94" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A94" s="182"/>
+      <c r="B94" s="190" t="s">
+        <v>34</v>
+      </c>
+      <c r="C94" s="193">
+        <v>1787</v>
+      </c>
+      <c r="D94" s="193">
+        <v>875</v>
+      </c>
+      <c r="E94" s="193">
+        <v>925</v>
+      </c>
+      <c r="F94" s="193">
+        <v>417</v>
+      </c>
+      <c r="G94" s="193">
+        <v>283</v>
+      </c>
+      <c r="H94" s="193">
+        <v>189</v>
+      </c>
+      <c r="I94" s="193">
+        <v>308</v>
+      </c>
+      <c r="J94" s="193">
+        <v>4784</v>
+      </c>
+      <c r="K94" s="147"/>
+      <c r="L94" s="147"/>
+      <c r="M94" s="147"/>
+      <c r="N94" s="147"/>
+      <c r="O94" s="147"/>
+      <c r="P94" s="147"/>
+      <c r="Q94" s="147"/>
+      <c r="R94" s="147"/>
+      <c r="S94" s="147"/>
+      <c r="T94" s="147"/>
+      <c r="U94" s="147"/>
+      <c r="V94" s="147"/>
+      <c r="W94" s="147"/>
+      <c r="X94" s="147"/>
+      <c r="Y94" s="147"/>
+      <c r="Z94" s="147"/>
+      <c r="AA94" s="147"/>
+      <c r="AB94" s="147"/>
+      <c r="AC94" s="147"/>
+      <c r="AD94" s="147"/>
+      <c r="AE94" s="147"/>
+      <c r="AF94" s="147"/>
+      <c r="AG94" s="147"/>
+      <c r="AH94" s="147"/>
+      <c r="AI94" s="147"/>
+      <c r="AJ94" s="147"/>
+      <c r="AK94" s="147"/>
+      <c r="AL94" s="147"/>
+      <c r="AM94" s="147"/>
+      <c r="AN94" s="147"/>
+      <c r="AO94" s="147"/>
+      <c r="AP94" s="147"/>
+      <c r="AQ94" s="147"/>
+      <c r="AR94" s="147"/>
+      <c r="AS94" s="147"/>
+      <c r="AT94" s="147"/>
+      <c r="AU94" s="147"/>
+      <c r="AV94" s="147"/>
+      <c r="AW94" s="147"/>
+      <c r="AX94" s="147"/>
+      <c r="AY94" s="147"/>
+      <c r="AZ94" s="147"/>
+      <c r="BA94" s="147"/>
+      <c r="BB94" s="147"/>
+      <c r="BC94" s="147"/>
+      <c r="BD94" s="147"/>
+      <c r="BE94" s="147"/>
+      <c r="BF94" s="147"/>
+      <c r="BG94" s="147"/>
+      <c r="BH94" s="147"/>
+      <c r="BI94" s="147"/>
+      <c r="BJ94" s="147"/>
+      <c r="BK94" s="147"/>
+      <c r="BL94" s="147"/>
+      <c r="BM94" s="147"/>
+      <c r="BN94" s="147"/>
+      <c r="BO94" s="147"/>
+      <c r="BP94" s="147"/>
+      <c r="BQ94" s="147"/>
+      <c r="BR94" s="147"/>
+      <c r="BS94" s="147"/>
+      <c r="BT94" s="147"/>
+      <c r="BU94" s="147"/>
+      <c r="BV94" s="147"/>
+      <c r="BW94" s="147"/>
+      <c r="BX94" s="147"/>
+      <c r="BY94" s="147"/>
+      <c r="BZ94" s="147"/>
+      <c r="CA94" s="147"/>
+      <c r="CB94" s="147"/>
+      <c r="CC94" s="147"/>
+      <c r="CD94" s="147"/>
+      <c r="CE94" s="147"/>
+      <c r="CF94" s="147"/>
+      <c r="CG94" s="147"/>
+      <c r="CH94" s="147"/>
+      <c r="CI94" s="147"/>
+      <c r="CJ94" s="147"/>
+      <c r="CK94" s="147"/>
+      <c r="CL94" s="147"/>
+      <c r="CM94" s="147"/>
+      <c r="CN94" s="147"/>
+      <c r="CO94" s="147"/>
+      <c r="CP94" s="147"/>
+      <c r="CQ94" s="147"/>
+      <c r="CR94" s="147"/>
+      <c r="CS94" s="147"/>
+      <c r="CT94" s="147"/>
+      <c r="CU94" s="147"/>
+      <c r="CV94" s="147"/>
+      <c r="CW94" s="147"/>
+      <c r="CX94" s="147"/>
+      <c r="CY94" s="147"/>
+      <c r="CZ94" s="147"/>
+      <c r="DA94" s="147"/>
+      <c r="DB94" s="147"/>
+      <c r="DC94" s="147"/>
+      <c r="DD94" s="147"/>
+      <c r="DE94" s="147"/>
+      <c r="DF94" s="147"/>
+      <c r="DG94" s="147"/>
+      <c r="DH94" s="147"/>
+      <c r="DI94" s="147"/>
+      <c r="DJ94" s="147"/>
+      <c r="DK94" s="147"/>
+      <c r="DL94" s="147"/>
+      <c r="DM94" s="147"/>
+      <c r="DN94" s="147"/>
+      <c r="DO94" s="147"/>
+      <c r="DP94" s="147"/>
+      <c r="DQ94" s="147"/>
+      <c r="DR94" s="147"/>
+      <c r="DS94" s="147"/>
+      <c r="DT94" s="147"/>
+      <c r="DU94" s="147"/>
+      <c r="DV94" s="147"/>
+      <c r="DW94" s="147"/>
+      <c r="DX94" s="147"/>
+      <c r="DY94" s="147"/>
+      <c r="DZ94" s="147"/>
+      <c r="EA94" s="147"/>
+      <c r="EB94" s="147"/>
+      <c r="EC94" s="147"/>
+      <c r="ED94" s="147"/>
+      <c r="EE94" s="147"/>
+      <c r="EF94" s="147"/>
+      <c r="EG94" s="147"/>
+      <c r="EH94" s="147"/>
+      <c r="EI94" s="147"/>
+      <c r="EJ94" s="147"/>
+      <c r="EK94" s="147"/>
+      <c r="EL94" s="147"/>
+      <c r="EM94" s="147"/>
+      <c r="EN94" s="147"/>
+      <c r="EO94" s="147"/>
+      <c r="EP94" s="147"/>
+      <c r="EQ94" s="147"/>
+      <c r="ER94" s="147"/>
+      <c r="ES94" s="147"/>
+      <c r="ET94" s="147"/>
+      <c r="EU94" s="147"/>
+      <c r="EV94" s="147"/>
+      <c r="EW94" s="147"/>
+      <c r="EX94" s="147"/>
+      <c r="EY94" s="147"/>
+      <c r="EZ94" s="147"/>
+      <c r="FA94" s="147"/>
+      <c r="FB94" s="147"/>
+      <c r="FC94" s="147"/>
+      <c r="FD94" s="147"/>
+      <c r="FE94" s="147"/>
+      <c r="FF94" s="147"/>
+      <c r="FG94" s="147"/>
+      <c r="FH94" s="147"/>
+      <c r="FI94" s="147"/>
+      <c r="FJ94" s="147"/>
+      <c r="FK94" s="147"/>
+      <c r="FL94" s="147"/>
+      <c r="FM94" s="147"/>
+      <c r="FN94" s="147"/>
+      <c r="FO94" s="147"/>
+      <c r="FP94" s="147"/>
+      <c r="FQ94" s="147"/>
+      <c r="FR94" s="147"/>
+      <c r="FS94" s="147"/>
+      <c r="FT94" s="147"/>
+      <c r="FU94" s="147"/>
+      <c r="FV94" s="147"/>
+      <c r="FW94" s="147"/>
+      <c r="FX94" s="147"/>
+      <c r="FY94" s="147"/>
+      <c r="FZ94" s="147"/>
+      <c r="GA94" s="147"/>
+      <c r="GB94" s="147"/>
+      <c r="GC94" s="147"/>
+      <c r="GD94" s="147"/>
+      <c r="GE94" s="147"/>
+    </row>
+    <row r="95" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A95" s="152"/>
+      <c r="B95" s="149" t="s">
+        <v>219</v>
+      </c>
+      <c r="C95" s="165">
+        <v>12</v>
+      </c>
+      <c r="D95" s="157">
+        <v>14</v>
+      </c>
+      <c r="E95" s="157">
+        <v>11</v>
+      </c>
+      <c r="F95" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="G95" s="157">
+        <v>0</v>
+      </c>
+      <c r="H95" s="157">
+        <v>0</v>
+      </c>
+      <c r="I95" s="157">
+        <v>0</v>
+      </c>
+      <c r="J95" s="160">
+        <v>39</v>
+      </c>
+      <c r="K95" s="147"/>
+      <c r="L95" s="147"/>
+      <c r="M95" s="147"/>
+      <c r="N95" s="147"/>
+      <c r="O95" s="147"/>
+      <c r="P95" s="147"/>
+      <c r="Q95" s="147"/>
+      <c r="R95" s="147"/>
+      <c r="S95" s="147"/>
+      <c r="T95" s="147"/>
+      <c r="U95" s="147"/>
+      <c r="V95" s="147"/>
+      <c r="W95" s="147"/>
+      <c r="X95" s="147"/>
+      <c r="Y95" s="147"/>
+      <c r="Z95" s="147"/>
+      <c r="AA95" s="147"/>
+      <c r="AB95" s="147"/>
+      <c r="AC95" s="147"/>
+      <c r="AD95" s="147"/>
+      <c r="AE95" s="147"/>
+      <c r="AF95" s="147"/>
+      <c r="AG95" s="147"/>
+      <c r="AH95" s="147"/>
+      <c r="AI95" s="147"/>
+      <c r="AJ95" s="147"/>
+      <c r="AK95" s="147"/>
+      <c r="AL95" s="147"/>
+      <c r="AM95" s="147"/>
+      <c r="AN95" s="147"/>
+      <c r="AO95" s="147"/>
+      <c r="AP95" s="147"/>
+      <c r="AQ95" s="147"/>
+      <c r="AR95" s="147"/>
+      <c r="AS95" s="147"/>
+      <c r="AT95" s="147"/>
+      <c r="AU95" s="147"/>
+      <c r="AV95" s="147"/>
+      <c r="AW95" s="147"/>
+      <c r="AX95" s="147"/>
+      <c r="AY95" s="147"/>
+      <c r="AZ95" s="147"/>
+      <c r="BA95" s="147"/>
+      <c r="BB95" s="147"/>
+      <c r="BC95" s="147"/>
+      <c r="BD95" s="147"/>
+      <c r="BE95" s="147"/>
+      <c r="BF95" s="147"/>
+      <c r="BG95" s="147"/>
+      <c r="BH95" s="147"/>
+      <c r="BI95" s="147"/>
+      <c r="BJ95" s="147"/>
+      <c r="BK95" s="147"/>
+      <c r="BL95" s="147"/>
+      <c r="BM95" s="147"/>
+      <c r="BN95" s="147"/>
+      <c r="BO95" s="147"/>
+      <c r="BP95" s="147"/>
+      <c r="BQ95" s="147"/>
+      <c r="BR95" s="147"/>
+      <c r="BS95" s="147"/>
+      <c r="BT95" s="147"/>
+      <c r="BU95" s="147"/>
+      <c r="BV95" s="147"/>
+      <c r="BW95" s="147"/>
+      <c r="BX95" s="147"/>
+      <c r="BY95" s="147"/>
+      <c r="BZ95" s="147"/>
+      <c r="CA95" s="147"/>
+      <c r="CB95" s="147"/>
+      <c r="CC95" s="147"/>
+      <c r="CD95" s="147"/>
+      <c r="CE95" s="147"/>
+      <c r="CF95" s="147"/>
+      <c r="CG95" s="147"/>
+      <c r="CH95" s="147"/>
+      <c r="CI95" s="147"/>
+      <c r="CJ95" s="147"/>
+      <c r="CK95" s="147"/>
+      <c r="CL95" s="147"/>
+      <c r="CM95" s="147"/>
+      <c r="CN95" s="147"/>
+      <c r="CO95" s="147"/>
+      <c r="CP95" s="147"/>
+      <c r="CQ95" s="147"/>
+      <c r="CR95" s="147"/>
+      <c r="CS95" s="147"/>
+      <c r="CT95" s="147"/>
+      <c r="CU95" s="147"/>
+      <c r="CV95" s="147"/>
+      <c r="CW95" s="147"/>
+      <c r="CX95" s="147"/>
+      <c r="CY95" s="147"/>
+      <c r="CZ95" s="147"/>
+      <c r="DA95" s="147"/>
+      <c r="DB95" s="147"/>
+      <c r="DC95" s="147"/>
+      <c r="DD95" s="147"/>
+      <c r="DE95" s="147"/>
+      <c r="DF95" s="147"/>
+      <c r="DG95" s="147"/>
+      <c r="DH95" s="147"/>
+      <c r="DI95" s="147"/>
+      <c r="DJ95" s="147"/>
+      <c r="DK95" s="147"/>
+      <c r="DL95" s="147"/>
+      <c r="DM95" s="147"/>
+      <c r="DN95" s="147"/>
+      <c r="DO95" s="147"/>
+      <c r="DP95" s="147"/>
+      <c r="DQ95" s="147"/>
+      <c r="DR95" s="147"/>
+      <c r="DS95" s="147"/>
+      <c r="DT95" s="147"/>
+      <c r="DU95" s="147"/>
+      <c r="DV95" s="147"/>
+      <c r="DW95" s="147"/>
+      <c r="DX95" s="147"/>
+      <c r="DY95" s="147"/>
+      <c r="DZ95" s="147"/>
+      <c r="EA95" s="147"/>
+      <c r="EB95" s="147"/>
+      <c r="EC95" s="147"/>
+      <c r="ED95" s="147"/>
+      <c r="EE95" s="147"/>
+      <c r="EF95" s="147"/>
+      <c r="EG95" s="147"/>
+      <c r="EH95" s="147"/>
+      <c r="EI95" s="147"/>
+      <c r="EJ95" s="147"/>
+      <c r="EK95" s="147"/>
+      <c r="EL95" s="147"/>
+      <c r="EM95" s="147"/>
+      <c r="EN95" s="147"/>
+      <c r="EO95" s="147"/>
+      <c r="EP95" s="147"/>
+      <c r="EQ95" s="147"/>
+      <c r="ER95" s="147"/>
+      <c r="ES95" s="147"/>
+      <c r="ET95" s="147"/>
+      <c r="EU95" s="147"/>
+      <c r="EV95" s="147"/>
+      <c r="EW95" s="147"/>
+      <c r="EX95" s="147"/>
+      <c r="EY95" s="147"/>
+      <c r="EZ95" s="147"/>
+      <c r="FA95" s="147"/>
+      <c r="FB95" s="147"/>
+      <c r="FC95" s="147"/>
+      <c r="FD95" s="147"/>
+      <c r="FE95" s="147"/>
+      <c r="FF95" s="147"/>
+      <c r="FG95" s="147"/>
+      <c r="FH95" s="147"/>
+      <c r="FI95" s="147"/>
+      <c r="FJ95" s="147"/>
+      <c r="FK95" s="147"/>
+      <c r="FL95" s="147"/>
+      <c r="FM95" s="147"/>
+      <c r="FN95" s="147"/>
+      <c r="FO95" s="147"/>
+      <c r="FP95" s="147"/>
+      <c r="FQ95" s="147"/>
+      <c r="FR95" s="147"/>
+      <c r="FS95" s="147"/>
+      <c r="FT95" s="147"/>
+      <c r="FU95" s="147"/>
+      <c r="FV95" s="147"/>
+      <c r="FW95" s="147"/>
+      <c r="FX95" s="147"/>
+      <c r="FY95" s="147"/>
+      <c r="FZ95" s="147"/>
+      <c r="GA95" s="147"/>
+      <c r="GB95" s="147"/>
+      <c r="GC95" s="147"/>
+      <c r="GD95" s="147"/>
+      <c r="GE95" s="147"/>
+    </row>
+    <row r="96" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A96" s="150"/>
+      <c r="B96" s="185" t="s">
+        <v>131</v>
+      </c>
+      <c r="C96" s="208">
+        <v>17</v>
+      </c>
+      <c r="D96" s="186">
         <v>5</v>
       </c>
-      <c r="F17" s="195">
+      <c r="E96" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="F96" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="G96" s="186">
+        <v>0</v>
+      </c>
+      <c r="H96" s="186">
+        <v>0</v>
+      </c>
+      <c r="I96" s="186">
+        <v>0</v>
+      </c>
+      <c r="J96" s="209">
+        <v>26</v>
+      </c>
+      <c r="K96" s="147"/>
+      <c r="L96" s="147"/>
+      <c r="M96" s="147"/>
+      <c r="N96" s="147"/>
+      <c r="O96" s="147"/>
+      <c r="P96" s="147"/>
+      <c r="Q96" s="147"/>
+      <c r="R96" s="147"/>
+      <c r="S96" s="147"/>
+      <c r="T96" s="147"/>
+      <c r="U96" s="147"/>
+      <c r="V96" s="147"/>
+      <c r="W96" s="147"/>
+      <c r="X96" s="147"/>
+      <c r="Y96" s="147"/>
+      <c r="Z96" s="147"/>
+      <c r="AA96" s="147"/>
+      <c r="AB96" s="147"/>
+      <c r="AC96" s="147"/>
+      <c r="AD96" s="147"/>
+      <c r="AE96" s="147"/>
+      <c r="AF96" s="147"/>
+      <c r="AG96" s="147"/>
+      <c r="AH96" s="147"/>
+      <c r="AI96" s="147"/>
+      <c r="AJ96" s="147"/>
+      <c r="AK96" s="147"/>
+      <c r="AL96" s="147"/>
+      <c r="AM96" s="147"/>
+      <c r="AN96" s="147"/>
+      <c r="AO96" s="147"/>
+      <c r="AP96" s="147"/>
+      <c r="AQ96" s="147"/>
+      <c r="AR96" s="147"/>
+      <c r="AS96" s="147"/>
+      <c r="AT96" s="147"/>
+      <c r="AU96" s="147"/>
+      <c r="AV96" s="147"/>
+      <c r="AW96" s="147"/>
+      <c r="AX96" s="147"/>
+      <c r="AY96" s="147"/>
+      <c r="AZ96" s="147"/>
+      <c r="BA96" s="147"/>
+      <c r="BB96" s="147"/>
+      <c r="BC96" s="147"/>
+      <c r="BD96" s="147"/>
+      <c r="BE96" s="147"/>
+      <c r="BF96" s="147"/>
+      <c r="BG96" s="147"/>
+      <c r="BH96" s="147"/>
+      <c r="BI96" s="147"/>
+      <c r="BJ96" s="147"/>
+      <c r="BK96" s="147"/>
+      <c r="BL96" s="147"/>
+      <c r="BM96" s="147"/>
+      <c r="BN96" s="147"/>
+      <c r="BO96" s="147"/>
+      <c r="BP96" s="147"/>
+      <c r="BQ96" s="147"/>
+      <c r="BR96" s="147"/>
+      <c r="BS96" s="147"/>
+      <c r="BT96" s="147"/>
+      <c r="BU96" s="147"/>
+      <c r="BV96" s="147"/>
+      <c r="BW96" s="147"/>
+      <c r="BX96" s="147"/>
+      <c r="BY96" s="147"/>
+      <c r="BZ96" s="147"/>
+      <c r="CA96" s="147"/>
+      <c r="CB96" s="147"/>
+      <c r="CC96" s="147"/>
+      <c r="CD96" s="147"/>
+      <c r="CE96" s="147"/>
+      <c r="CF96" s="147"/>
+      <c r="CG96" s="147"/>
+      <c r="CH96" s="147"/>
+      <c r="CI96" s="147"/>
+      <c r="CJ96" s="147"/>
+      <c r="CK96" s="147"/>
+      <c r="CL96" s="147"/>
+      <c r="CM96" s="147"/>
+      <c r="CN96" s="147"/>
+      <c r="CO96" s="147"/>
+      <c r="CP96" s="147"/>
+      <c r="CQ96" s="147"/>
+      <c r="CR96" s="147"/>
+      <c r="CS96" s="147"/>
+      <c r="CT96" s="147"/>
+      <c r="CU96" s="147"/>
+      <c r="CV96" s="147"/>
+      <c r="CW96" s="147"/>
+      <c r="CX96" s="147"/>
+      <c r="CY96" s="147"/>
+      <c r="CZ96" s="147"/>
+      <c r="DA96" s="147"/>
+      <c r="DB96" s="147"/>
+      <c r="DC96" s="147"/>
+      <c r="DD96" s="147"/>
+      <c r="DE96" s="147"/>
+      <c r="DF96" s="147"/>
+      <c r="DG96" s="147"/>
+      <c r="DH96" s="147"/>
+      <c r="DI96" s="147"/>
+      <c r="DJ96" s="147"/>
+      <c r="DK96" s="147"/>
+      <c r="DL96" s="147"/>
+      <c r="DM96" s="147"/>
+      <c r="DN96" s="147"/>
+      <c r="DO96" s="147"/>
+      <c r="DP96" s="147"/>
+      <c r="DQ96" s="147"/>
+      <c r="DR96" s="147"/>
+      <c r="DS96" s="147"/>
+      <c r="DT96" s="147"/>
+      <c r="DU96" s="147"/>
+      <c r="DV96" s="147"/>
+      <c r="DW96" s="147"/>
+      <c r="DX96" s="147"/>
+      <c r="DY96" s="147"/>
+      <c r="DZ96" s="147"/>
+      <c r="EA96" s="147"/>
+      <c r="EB96" s="147"/>
+      <c r="EC96" s="147"/>
+      <c r="ED96" s="147"/>
+      <c r="EE96" s="147"/>
+      <c r="EF96" s="147"/>
+      <c r="EG96" s="147"/>
+      <c r="EH96" s="147"/>
+      <c r="EI96" s="147"/>
+      <c r="EJ96" s="147"/>
+      <c r="EK96" s="147"/>
+      <c r="EL96" s="147"/>
+      <c r="EM96" s="147"/>
+      <c r="EN96" s="147"/>
+      <c r="EO96" s="147"/>
+      <c r="EP96" s="147"/>
+      <c r="EQ96" s="147"/>
+      <c r="ER96" s="147"/>
+      <c r="ES96" s="147"/>
+      <c r="ET96" s="147"/>
+      <c r="EU96" s="147"/>
+      <c r="EV96" s="147"/>
+      <c r="EW96" s="147"/>
+      <c r="EX96" s="147"/>
+      <c r="EY96" s="147"/>
+      <c r="EZ96" s="147"/>
+      <c r="FA96" s="147"/>
+      <c r="FB96" s="147"/>
+      <c r="FC96" s="147"/>
+      <c r="FD96" s="147"/>
+      <c r="FE96" s="147"/>
+      <c r="FF96" s="147"/>
+      <c r="FG96" s="147"/>
+      <c r="FH96" s="147"/>
+      <c r="FI96" s="147"/>
+      <c r="FJ96" s="147"/>
+      <c r="FK96" s="147"/>
+      <c r="FL96" s="147"/>
+      <c r="FM96" s="147"/>
+      <c r="FN96" s="147"/>
+      <c r="FO96" s="147"/>
+      <c r="FP96" s="147"/>
+      <c r="FQ96" s="147"/>
+      <c r="FR96" s="147"/>
+      <c r="FS96" s="147"/>
+      <c r="FT96" s="147"/>
+      <c r="FU96" s="147"/>
+      <c r="FV96" s="147"/>
+      <c r="FW96" s="147"/>
+      <c r="FX96" s="147"/>
+      <c r="FY96" s="147"/>
+      <c r="FZ96" s="147"/>
+      <c r="GA96" s="147"/>
+      <c r="GB96" s="147"/>
+      <c r="GC96" s="147"/>
+      <c r="GD96" s="147"/>
+      <c r="GE96" s="147"/>
+    </row>
+    <row r="97" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A97" s="150" t="s">
+        <v>137</v>
+      </c>
+      <c r="B97" s="149" t="s">
+        <v>134</v>
+      </c>
+      <c r="C97" s="165">
+        <v>16</v>
+      </c>
+      <c r="D97" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="E97" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="F97" s="157">
+        <v>0</v>
+      </c>
+      <c r="G97" s="157">
+        <v>0</v>
+      </c>
+      <c r="H97" s="157">
+        <v>0</v>
+      </c>
+      <c r="I97" s="157">
+        <v>0</v>
+      </c>
+      <c r="J97" s="160">
+        <v>19</v>
+      </c>
+      <c r="K97" s="147"/>
+      <c r="L97" s="147"/>
+      <c r="M97" s="147"/>
+      <c r="N97" s="147"/>
+      <c r="O97" s="147"/>
+      <c r="P97" s="147"/>
+      <c r="Q97" s="147"/>
+      <c r="R97" s="147"/>
+      <c r="S97" s="147"/>
+      <c r="T97" s="147"/>
+      <c r="U97" s="147"/>
+      <c r="V97" s="147"/>
+      <c r="W97" s="147"/>
+      <c r="X97" s="147"/>
+      <c r="Y97" s="147"/>
+      <c r="Z97" s="147"/>
+      <c r="AA97" s="147"/>
+      <c r="AB97" s="147"/>
+      <c r="AC97" s="147"/>
+      <c r="AD97" s="147"/>
+      <c r="AE97" s="147"/>
+      <c r="AF97" s="147"/>
+      <c r="AG97" s="147"/>
+      <c r="AH97" s="147"/>
+      <c r="AI97" s="147"/>
+      <c r="AJ97" s="147"/>
+      <c r="AK97" s="147"/>
+      <c r="AL97" s="147"/>
+      <c r="AM97" s="147"/>
+      <c r="AN97" s="147"/>
+      <c r="AO97" s="147"/>
+      <c r="AP97" s="147"/>
+      <c r="AQ97" s="147"/>
+      <c r="AR97" s="147"/>
+      <c r="AS97" s="147"/>
+      <c r="AT97" s="147"/>
+      <c r="AU97" s="147"/>
+      <c r="AV97" s="147"/>
+      <c r="AW97" s="147"/>
+      <c r="AX97" s="147"/>
+      <c r="AY97" s="147"/>
+      <c r="AZ97" s="147"/>
+      <c r="BA97" s="147"/>
+      <c r="BB97" s="147"/>
+      <c r="BC97" s="147"/>
+      <c r="BD97" s="147"/>
+      <c r="BE97" s="147"/>
+      <c r="BF97" s="147"/>
+      <c r="BG97" s="147"/>
+      <c r="BH97" s="147"/>
+      <c r="BI97" s="147"/>
+      <c r="BJ97" s="147"/>
+      <c r="BK97" s="147"/>
+      <c r="BL97" s="147"/>
+      <c r="BM97" s="147"/>
+      <c r="BN97" s="147"/>
+      <c r="BO97" s="147"/>
+      <c r="BP97" s="147"/>
+      <c r="BQ97" s="147"/>
+      <c r="BR97" s="147"/>
+      <c r="BS97" s="147"/>
+      <c r="BT97" s="147"/>
+      <c r="BU97" s="147"/>
+      <c r="BV97" s="147"/>
+      <c r="BW97" s="147"/>
+      <c r="BX97" s="147"/>
+      <c r="BY97" s="147"/>
+      <c r="BZ97" s="147"/>
+      <c r="CA97" s="147"/>
+      <c r="CB97" s="147"/>
+      <c r="CC97" s="147"/>
+      <c r="CD97" s="147"/>
+      <c r="CE97" s="147"/>
+      <c r="CF97" s="147"/>
+      <c r="CG97" s="147"/>
+      <c r="CH97" s="147"/>
+      <c r="CI97" s="147"/>
+      <c r="CJ97" s="147"/>
+      <c r="CK97" s="147"/>
+      <c r="CL97" s="147"/>
+      <c r="CM97" s="147"/>
+      <c r="CN97" s="147"/>
+      <c r="CO97" s="147"/>
+      <c r="CP97" s="147"/>
+      <c r="CQ97" s="147"/>
+      <c r="CR97" s="147"/>
+      <c r="CS97" s="147"/>
+      <c r="CT97" s="147"/>
+      <c r="CU97" s="147"/>
+      <c r="CV97" s="147"/>
+      <c r="CW97" s="147"/>
+      <c r="CX97" s="147"/>
+      <c r="CY97" s="147"/>
+      <c r="CZ97" s="147"/>
+      <c r="DA97" s="147"/>
+      <c r="DB97" s="147"/>
+      <c r="DC97" s="147"/>
+      <c r="DD97" s="147"/>
+      <c r="DE97" s="147"/>
+      <c r="DF97" s="147"/>
+      <c r="DG97" s="147"/>
+      <c r="DH97" s="147"/>
+      <c r="DI97" s="147"/>
+      <c r="DJ97" s="147"/>
+      <c r="DK97" s="147"/>
+      <c r="DL97" s="147"/>
+      <c r="DM97" s="147"/>
+      <c r="DN97" s="147"/>
+      <c r="DO97" s="147"/>
+      <c r="DP97" s="147"/>
+      <c r="DQ97" s="147"/>
+      <c r="DR97" s="147"/>
+      <c r="DS97" s="147"/>
+      <c r="DT97" s="147"/>
+      <c r="DU97" s="147"/>
+      <c r="DV97" s="147"/>
+      <c r="DW97" s="147"/>
+      <c r="DX97" s="147"/>
+      <c r="DY97" s="147"/>
+      <c r="DZ97" s="147"/>
+      <c r="EA97" s="147"/>
+      <c r="EB97" s="147"/>
+      <c r="EC97" s="147"/>
+      <c r="ED97" s="147"/>
+      <c r="EE97" s="147"/>
+      <c r="EF97" s="147"/>
+      <c r="EG97" s="147"/>
+      <c r="EH97" s="147"/>
+      <c r="EI97" s="147"/>
+      <c r="EJ97" s="147"/>
+      <c r="EK97" s="147"/>
+      <c r="EL97" s="147"/>
+      <c r="EM97" s="147"/>
+      <c r="EN97" s="147"/>
+      <c r="EO97" s="147"/>
+      <c r="EP97" s="147"/>
+      <c r="EQ97" s="147"/>
+      <c r="ER97" s="147"/>
+      <c r="ES97" s="147"/>
+      <c r="ET97" s="147"/>
+      <c r="EU97" s="147"/>
+      <c r="EV97" s="147"/>
+      <c r="EW97" s="147"/>
+      <c r="EX97" s="147"/>
+      <c r="EY97" s="147"/>
+      <c r="EZ97" s="147"/>
+      <c r="FA97" s="147"/>
+      <c r="FB97" s="147"/>
+      <c r="FC97" s="147"/>
+      <c r="FD97" s="147"/>
+      <c r="FE97" s="147"/>
+      <c r="FF97" s="147"/>
+      <c r="FG97" s="147"/>
+      <c r="FH97" s="147"/>
+      <c r="FI97" s="147"/>
+      <c r="FJ97" s="147"/>
+      <c r="FK97" s="147"/>
+      <c r="FL97" s="147"/>
+      <c r="FM97" s="147"/>
+      <c r="FN97" s="147"/>
+      <c r="FO97" s="147"/>
+      <c r="FP97" s="147"/>
+      <c r="FQ97" s="147"/>
+      <c r="FR97" s="147"/>
+      <c r="FS97" s="147"/>
+      <c r="FT97" s="147"/>
+      <c r="FU97" s="147"/>
+      <c r="FV97" s="147"/>
+      <c r="FW97" s="147"/>
+      <c r="FX97" s="147"/>
+      <c r="FY97" s="147"/>
+      <c r="FZ97" s="147"/>
+      <c r="GA97" s="147"/>
+      <c r="GB97" s="147"/>
+      <c r="GC97" s="147"/>
+      <c r="GD97" s="147"/>
+      <c r="GE97" s="147"/>
+    </row>
+    <row r="98" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A98" s="150">
+        <v>2024</v>
+      </c>
+      <c r="B98" s="185" t="s">
+        <v>124</v>
+      </c>
+      <c r="C98" s="186">
+        <v>425</v>
+      </c>
+      <c r="D98" s="186">
+        <v>40</v>
+      </c>
+      <c r="E98" s="186">
+        <v>0</v>
+      </c>
+      <c r="F98" s="186">
+        <v>0</v>
+      </c>
+      <c r="G98" s="186">
+        <v>0</v>
+      </c>
+      <c r="H98" s="186">
+        <v>0</v>
+      </c>
+      <c r="I98" s="186">
+        <v>0</v>
+      </c>
+      <c r="J98" s="209">
+        <v>465</v>
+      </c>
+      <c r="K98" s="147"/>
+      <c r="L98" s="147"/>
+      <c r="M98" s="147"/>
+      <c r="N98" s="147"/>
+      <c r="O98" s="147"/>
+      <c r="P98" s="147"/>
+      <c r="Q98" s="147"/>
+      <c r="R98" s="147"/>
+      <c r="S98" s="147"/>
+      <c r="T98" s="147"/>
+      <c r="U98" s="147"/>
+      <c r="V98" s="147"/>
+      <c r="W98" s="147"/>
+      <c r="X98" s="147"/>
+      <c r="Y98" s="147"/>
+      <c r="Z98" s="147"/>
+      <c r="AA98" s="147"/>
+      <c r="AB98" s="147"/>
+      <c r="AC98" s="147"/>
+      <c r="AD98" s="147"/>
+      <c r="AE98" s="147"/>
+      <c r="AF98" s="147"/>
+      <c r="AG98" s="147"/>
+      <c r="AH98" s="147"/>
+      <c r="AI98" s="147"/>
+      <c r="AJ98" s="147"/>
+      <c r="AK98" s="147"/>
+      <c r="AL98" s="147"/>
+      <c r="AM98" s="147"/>
+      <c r="AN98" s="147"/>
+      <c r="AO98" s="147"/>
+      <c r="AP98" s="147"/>
+      <c r="AQ98" s="147"/>
+      <c r="AR98" s="147"/>
+      <c r="AS98" s="147"/>
+      <c r="AT98" s="147"/>
+      <c r="AU98" s="147"/>
+      <c r="AV98" s="147"/>
+      <c r="AW98" s="147"/>
+      <c r="AX98" s="147"/>
+      <c r="AY98" s="147"/>
+      <c r="AZ98" s="147"/>
+      <c r="BA98" s="147"/>
+      <c r="BB98" s="147"/>
+      <c r="BC98" s="147"/>
+      <c r="BD98" s="147"/>
+      <c r="BE98" s="147"/>
+      <c r="BF98" s="147"/>
+      <c r="BG98" s="147"/>
+      <c r="BH98" s="147"/>
+      <c r="BI98" s="147"/>
+      <c r="BJ98" s="147"/>
+      <c r="BK98" s="147"/>
+      <c r="BL98" s="147"/>
+      <c r="BM98" s="147"/>
+      <c r="BN98" s="147"/>
+      <c r="BO98" s="147"/>
+      <c r="BP98" s="147"/>
+      <c r="BQ98" s="147"/>
+      <c r="BR98" s="147"/>
+      <c r="BS98" s="147"/>
+      <c r="BT98" s="147"/>
+      <c r="BU98" s="147"/>
+      <c r="BV98" s="147"/>
+      <c r="BW98" s="147"/>
+      <c r="BX98" s="147"/>
+      <c r="BY98" s="147"/>
+      <c r="BZ98" s="147"/>
+      <c r="CA98" s="147"/>
+      <c r="CB98" s="147"/>
+      <c r="CC98" s="147"/>
+      <c r="CD98" s="147"/>
+      <c r="CE98" s="147"/>
+      <c r="CF98" s="147"/>
+      <c r="CG98" s="147"/>
+      <c r="CH98" s="147"/>
+      <c r="CI98" s="147"/>
+      <c r="CJ98" s="147"/>
+      <c r="CK98" s="147"/>
+      <c r="CL98" s="147"/>
+      <c r="CM98" s="147"/>
+      <c r="CN98" s="147"/>
+      <c r="CO98" s="147"/>
+      <c r="CP98" s="147"/>
+      <c r="CQ98" s="147"/>
+      <c r="CR98" s="147"/>
+      <c r="CS98" s="147"/>
+      <c r="CT98" s="147"/>
+      <c r="CU98" s="147"/>
+      <c r="CV98" s="147"/>
+      <c r="CW98" s="147"/>
+      <c r="CX98" s="147"/>
+      <c r="CY98" s="147"/>
+      <c r="CZ98" s="147"/>
+      <c r="DA98" s="147"/>
+      <c r="DB98" s="147"/>
+      <c r="DC98" s="147"/>
+      <c r="DD98" s="147"/>
+      <c r="DE98" s="147"/>
+      <c r="DF98" s="147"/>
+      <c r="DG98" s="147"/>
+      <c r="DH98" s="147"/>
+      <c r="DI98" s="147"/>
+      <c r="DJ98" s="147"/>
+      <c r="DK98" s="147"/>
+      <c r="DL98" s="147"/>
+      <c r="DM98" s="147"/>
+      <c r="DN98" s="147"/>
+      <c r="DO98" s="147"/>
+      <c r="DP98" s="147"/>
+      <c r="DQ98" s="147"/>
+      <c r="DR98" s="147"/>
+      <c r="DS98" s="147"/>
+      <c r="DT98" s="147"/>
+      <c r="DU98" s="147"/>
+      <c r="DV98" s="147"/>
+      <c r="DW98" s="147"/>
+      <c r="DX98" s="147"/>
+      <c r="DY98" s="147"/>
+      <c r="DZ98" s="147"/>
+      <c r="EA98" s="147"/>
+      <c r="EB98" s="147"/>
+      <c r="EC98" s="147"/>
+      <c r="ED98" s="147"/>
+      <c r="EE98" s="147"/>
+      <c r="EF98" s="147"/>
+      <c r="EG98" s="147"/>
+      <c r="EH98" s="147"/>
+      <c r="EI98" s="147"/>
+      <c r="EJ98" s="147"/>
+      <c r="EK98" s="147"/>
+      <c r="EL98" s="147"/>
+      <c r="EM98" s="147"/>
+      <c r="EN98" s="147"/>
+      <c r="EO98" s="147"/>
+      <c r="EP98" s="147"/>
+      <c r="EQ98" s="147"/>
+      <c r="ER98" s="147"/>
+      <c r="ES98" s="147"/>
+      <c r="ET98" s="147"/>
+      <c r="EU98" s="147"/>
+      <c r="EV98" s="147"/>
+      <c r="EW98" s="147"/>
+      <c r="EX98" s="147"/>
+      <c r="EY98" s="147"/>
+      <c r="EZ98" s="147"/>
+      <c r="FA98" s="147"/>
+      <c r="FB98" s="147"/>
+      <c r="FC98" s="147"/>
+      <c r="FD98" s="147"/>
+      <c r="FE98" s="147"/>
+      <c r="FF98" s="147"/>
+      <c r="FG98" s="147"/>
+      <c r="FH98" s="147"/>
+      <c r="FI98" s="147"/>
+      <c r="FJ98" s="147"/>
+      <c r="FK98" s="147"/>
+      <c r="FL98" s="147"/>
+      <c r="FM98" s="147"/>
+      <c r="FN98" s="147"/>
+      <c r="FO98" s="147"/>
+      <c r="FP98" s="147"/>
+      <c r="FQ98" s="147"/>
+      <c r="FR98" s="147"/>
+      <c r="FS98" s="147"/>
+      <c r="FT98" s="147"/>
+      <c r="FU98" s="147"/>
+      <c r="FV98" s="147"/>
+      <c r="FW98" s="147"/>
+      <c r="FX98" s="147"/>
+      <c r="FY98" s="147"/>
+      <c r="FZ98" s="147"/>
+      <c r="GA98" s="147"/>
+      <c r="GB98" s="147"/>
+      <c r="GC98" s="147"/>
+      <c r="GD98" s="147"/>
+      <c r="GE98" s="147"/>
+    </row>
+    <row r="99" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A99" s="148" t="s">
+        <v>34</v>
+      </c>
+      <c r="B99" s="149" t="s">
+        <v>136</v>
+      </c>
+      <c r="C99" s="157">
+        <v>8</v>
+      </c>
+      <c r="D99" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="E99" s="157">
+        <v>10</v>
+      </c>
+      <c r="F99" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="G99" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="H99" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I99" s="157">
+        <v>0</v>
+      </c>
+      <c r="J99" s="160">
+        <v>23</v>
+      </c>
+      <c r="K99" s="147"/>
+      <c r="L99" s="147"/>
+      <c r="M99" s="147"/>
+      <c r="N99" s="147"/>
+      <c r="O99" s="147"/>
+      <c r="P99" s="147"/>
+      <c r="Q99" s="147"/>
+      <c r="R99" s="147"/>
+      <c r="S99" s="147"/>
+      <c r="T99" s="147"/>
+      <c r="U99" s="147"/>
+      <c r="V99" s="147"/>
+      <c r="W99" s="147"/>
+      <c r="X99" s="147"/>
+      <c r="Y99" s="147"/>
+      <c r="Z99" s="147"/>
+      <c r="AA99" s="147"/>
+      <c r="AB99" s="147"/>
+      <c r="AC99" s="147"/>
+      <c r="AD99" s="147"/>
+      <c r="AE99" s="147"/>
+      <c r="AF99" s="147"/>
+      <c r="AG99" s="147"/>
+      <c r="AH99" s="147"/>
+      <c r="AI99" s="147"/>
+      <c r="AJ99" s="147"/>
+      <c r="AK99" s="147"/>
+      <c r="AL99" s="147"/>
+      <c r="AM99" s="147"/>
+      <c r="AN99" s="147"/>
+      <c r="AO99" s="147"/>
+      <c r="AP99" s="147"/>
+      <c r="AQ99" s="147"/>
+      <c r="AR99" s="147"/>
+      <c r="AS99" s="147"/>
+      <c r="AT99" s="147"/>
+      <c r="AU99" s="147"/>
+      <c r="AV99" s="147"/>
+      <c r="AW99" s="147"/>
+      <c r="AX99" s="147"/>
+      <c r="AY99" s="147"/>
+      <c r="AZ99" s="147"/>
+      <c r="BA99" s="147"/>
+      <c r="BB99" s="147"/>
+      <c r="BC99" s="147"/>
+      <c r="BD99" s="147"/>
+      <c r="BE99" s="147"/>
+      <c r="BF99" s="147"/>
+      <c r="BG99" s="147"/>
+      <c r="BH99" s="147"/>
+      <c r="BI99" s="147"/>
+      <c r="BJ99" s="147"/>
+      <c r="BK99" s="147"/>
+      <c r="BL99" s="147"/>
+      <c r="BM99" s="147"/>
+      <c r="BN99" s="147"/>
+      <c r="BO99" s="147"/>
+      <c r="BP99" s="147"/>
+      <c r="BQ99" s="147"/>
+      <c r="BR99" s="147"/>
+      <c r="BS99" s="147"/>
+      <c r="BT99" s="147"/>
+      <c r="BU99" s="147"/>
+      <c r="BV99" s="147"/>
+      <c r="BW99" s="147"/>
+      <c r="BX99" s="147"/>
+      <c r="BY99" s="147"/>
+      <c r="BZ99" s="147"/>
+      <c r="CA99" s="147"/>
+      <c r="CB99" s="147"/>
+      <c r="CC99" s="147"/>
+      <c r="CD99" s="147"/>
+      <c r="CE99" s="147"/>
+      <c r="CF99" s="147"/>
+      <c r="CG99" s="147"/>
+      <c r="CH99" s="147"/>
+      <c r="CI99" s="147"/>
+      <c r="CJ99" s="147"/>
+      <c r="CK99" s="147"/>
+      <c r="CL99" s="147"/>
+      <c r="CM99" s="147"/>
+      <c r="CN99" s="147"/>
+      <c r="CO99" s="147"/>
+      <c r="CP99" s="147"/>
+      <c r="CQ99" s="147"/>
+      <c r="CR99" s="147"/>
+      <c r="CS99" s="147"/>
+      <c r="CT99" s="147"/>
+      <c r="CU99" s="147"/>
+      <c r="CV99" s="147"/>
+      <c r="CW99" s="147"/>
+      <c r="CX99" s="147"/>
+      <c r="CY99" s="147"/>
+      <c r="CZ99" s="147"/>
+      <c r="DA99" s="147"/>
+      <c r="DB99" s="147"/>
+      <c r="DC99" s="147"/>
+      <c r="DD99" s="147"/>
+      <c r="DE99" s="147"/>
+      <c r="DF99" s="147"/>
+      <c r="DG99" s="147"/>
+      <c r="DH99" s="147"/>
+      <c r="DI99" s="147"/>
+      <c r="DJ99" s="147"/>
+      <c r="DK99" s="147"/>
+      <c r="DL99" s="147"/>
+      <c r="DM99" s="147"/>
+      <c r="DN99" s="147"/>
+      <c r="DO99" s="147"/>
+      <c r="DP99" s="147"/>
+      <c r="DQ99" s="147"/>
+      <c r="DR99" s="147"/>
+      <c r="DS99" s="147"/>
+      <c r="DT99" s="147"/>
+      <c r="DU99" s="147"/>
+      <c r="DV99" s="147"/>
+      <c r="DW99" s="147"/>
+      <c r="DX99" s="147"/>
+      <c r="DY99" s="147"/>
+      <c r="DZ99" s="147"/>
+      <c r="EA99" s="147"/>
+      <c r="EB99" s="147"/>
+      <c r="EC99" s="147"/>
+      <c r="ED99" s="147"/>
+      <c r="EE99" s="147"/>
+      <c r="EF99" s="147"/>
+      <c r="EG99" s="147"/>
+      <c r="EH99" s="147"/>
+      <c r="EI99" s="147"/>
+      <c r="EJ99" s="147"/>
+      <c r="EK99" s="147"/>
+      <c r="EL99" s="147"/>
+      <c r="EM99" s="147"/>
+      <c r="EN99" s="147"/>
+      <c r="EO99" s="147"/>
+      <c r="EP99" s="147"/>
+      <c r="EQ99" s="147"/>
+      <c r="ER99" s="147"/>
+      <c r="ES99" s="147"/>
+      <c r="ET99" s="147"/>
+      <c r="EU99" s="147"/>
+      <c r="EV99" s="147"/>
+      <c r="EW99" s="147"/>
+      <c r="EX99" s="147"/>
+      <c r="EY99" s="147"/>
+      <c r="EZ99" s="147"/>
+      <c r="FA99" s="147"/>
+      <c r="FB99" s="147"/>
+      <c r="FC99" s="147"/>
+      <c r="FD99" s="147"/>
+      <c r="FE99" s="147"/>
+      <c r="FF99" s="147"/>
+      <c r="FG99" s="147"/>
+      <c r="FH99" s="147"/>
+      <c r="FI99" s="147"/>
+      <c r="FJ99" s="147"/>
+      <c r="FK99" s="147"/>
+      <c r="FL99" s="147"/>
+      <c r="FM99" s="147"/>
+      <c r="FN99" s="147"/>
+      <c r="FO99" s="147"/>
+      <c r="FP99" s="147"/>
+      <c r="FQ99" s="147"/>
+      <c r="FR99" s="147"/>
+      <c r="FS99" s="147"/>
+      <c r="FT99" s="147"/>
+      <c r="FU99" s="147"/>
+      <c r="FV99" s="147"/>
+      <c r="FW99" s="147"/>
+      <c r="FX99" s="147"/>
+      <c r="FY99" s="147"/>
+      <c r="FZ99" s="147"/>
+      <c r="GA99" s="147"/>
+      <c r="GB99" s="147"/>
+      <c r="GC99" s="147"/>
+      <c r="GD99" s="147"/>
+      <c r="GE99" s="147"/>
+    </row>
+    <row r="100" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A100" s="148"/>
+      <c r="B100" s="185" t="s">
+        <v>126</v>
+      </c>
+      <c r="C100" s="186">
+        <v>46</v>
+      </c>
+      <c r="D100" s="186">
+        <v>14</v>
+      </c>
+      <c r="E100" s="186">
+        <v>21</v>
+      </c>
+      <c r="F100" s="186">
+        <v>10</v>
+      </c>
+      <c r="G100" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="H100" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="I100" s="186">
+        <v>5</v>
+      </c>
+      <c r="J100" s="209">
+        <v>101</v>
+      </c>
+      <c r="K100" s="147"/>
+      <c r="L100" s="147"/>
+      <c r="M100" s="147"/>
+      <c r="N100" s="147"/>
+      <c r="O100" s="147"/>
+      <c r="P100" s="147"/>
+      <c r="Q100" s="147"/>
+      <c r="R100" s="147"/>
+      <c r="S100" s="147"/>
+      <c r="T100" s="147"/>
+      <c r="U100" s="147"/>
+      <c r="V100" s="147"/>
+      <c r="W100" s="147"/>
+      <c r="X100" s="147"/>
+      <c r="Y100" s="147"/>
+      <c r="Z100" s="147"/>
+      <c r="AA100" s="147"/>
+      <c r="AB100" s="147"/>
+      <c r="AC100" s="147"/>
+      <c r="AD100" s="147"/>
+      <c r="AE100" s="147"/>
+      <c r="AF100" s="147"/>
+      <c r="AG100" s="147"/>
+      <c r="AH100" s="147"/>
+      <c r="AI100" s="147"/>
+      <c r="AJ100" s="147"/>
+      <c r="AK100" s="147"/>
+      <c r="AL100" s="147"/>
+      <c r="AM100" s="147"/>
+      <c r="AN100" s="147"/>
+      <c r="AO100" s="147"/>
+      <c r="AP100" s="147"/>
+      <c r="AQ100" s="147"/>
+      <c r="AR100" s="147"/>
+      <c r="AS100" s="147"/>
+      <c r="AT100" s="147"/>
+      <c r="AU100" s="147"/>
+      <c r="AV100" s="147"/>
+      <c r="AW100" s="147"/>
+      <c r="AX100" s="147"/>
+      <c r="AY100" s="147"/>
+      <c r="AZ100" s="147"/>
+      <c r="BA100" s="147"/>
+      <c r="BB100" s="147"/>
+      <c r="BC100" s="147"/>
+      <c r="BD100" s="147"/>
+      <c r="BE100" s="147"/>
+      <c r="BF100" s="147"/>
+      <c r="BG100" s="147"/>
+      <c r="BH100" s="147"/>
+      <c r="BI100" s="147"/>
+      <c r="BJ100" s="147"/>
+      <c r="BK100" s="147"/>
+      <c r="BL100" s="147"/>
+      <c r="BM100" s="147"/>
+      <c r="BN100" s="147"/>
+      <c r="BO100" s="147"/>
+      <c r="BP100" s="147"/>
+      <c r="BQ100" s="147"/>
+      <c r="BR100" s="147"/>
+      <c r="BS100" s="147"/>
+      <c r="BT100" s="147"/>
+      <c r="BU100" s="147"/>
+      <c r="BV100" s="147"/>
+      <c r="BW100" s="147"/>
+      <c r="BX100" s="147"/>
+      <c r="BY100" s="147"/>
+      <c r="BZ100" s="147"/>
+      <c r="CA100" s="147"/>
+      <c r="CB100" s="147"/>
+      <c r="CC100" s="147"/>
+      <c r="CD100" s="147"/>
+      <c r="CE100" s="147"/>
+      <c r="CF100" s="147"/>
+      <c r="CG100" s="147"/>
+      <c r="CH100" s="147"/>
+      <c r="CI100" s="147"/>
+      <c r="CJ100" s="147"/>
+      <c r="CK100" s="147"/>
+      <c r="CL100" s="147"/>
+      <c r="CM100" s="147"/>
+      <c r="CN100" s="147"/>
+      <c r="CO100" s="147"/>
+      <c r="CP100" s="147"/>
+      <c r="CQ100" s="147"/>
+      <c r="CR100" s="147"/>
+      <c r="CS100" s="147"/>
+      <c r="CT100" s="147"/>
+      <c r="CU100" s="147"/>
+      <c r="CV100" s="147"/>
+      <c r="CW100" s="147"/>
+      <c r="CX100" s="147"/>
+      <c r="CY100" s="147"/>
+      <c r="CZ100" s="147"/>
+      <c r="DA100" s="147"/>
+      <c r="DB100" s="147"/>
+      <c r="DC100" s="147"/>
+      <c r="DD100" s="147"/>
+      <c r="DE100" s="147"/>
+      <c r="DF100" s="147"/>
+      <c r="DG100" s="147"/>
+      <c r="DH100" s="147"/>
+      <c r="DI100" s="147"/>
+      <c r="DJ100" s="147"/>
+      <c r="DK100" s="147"/>
+      <c r="DL100" s="147"/>
+      <c r="DM100" s="147"/>
+      <c r="DN100" s="147"/>
+      <c r="DO100" s="147"/>
+      <c r="DP100" s="147"/>
+      <c r="DQ100" s="147"/>
+      <c r="DR100" s="147"/>
+      <c r="DS100" s="147"/>
+      <c r="DT100" s="147"/>
+      <c r="DU100" s="147"/>
+      <c r="DV100" s="147"/>
+      <c r="DW100" s="147"/>
+      <c r="DX100" s="147"/>
+      <c r="DY100" s="147"/>
+      <c r="DZ100" s="147"/>
+      <c r="EA100" s="147"/>
+      <c r="EB100" s="147"/>
+      <c r="EC100" s="147"/>
+      <c r="ED100" s="147"/>
+      <c r="EE100" s="147"/>
+      <c r="EF100" s="147"/>
+      <c r="EG100" s="147"/>
+      <c r="EH100" s="147"/>
+      <c r="EI100" s="147"/>
+      <c r="EJ100" s="147"/>
+      <c r="EK100" s="147"/>
+      <c r="EL100" s="147"/>
+      <c r="EM100" s="147"/>
+      <c r="EN100" s="147"/>
+      <c r="EO100" s="147"/>
+      <c r="EP100" s="147"/>
+      <c r="EQ100" s="147"/>
+      <c r="ER100" s="147"/>
+      <c r="ES100" s="147"/>
+      <c r="ET100" s="147"/>
+      <c r="EU100" s="147"/>
+      <c r="EV100" s="147"/>
+      <c r="EW100" s="147"/>
+      <c r="EX100" s="147"/>
+      <c r="EY100" s="147"/>
+      <c r="EZ100" s="147"/>
+      <c r="FA100" s="147"/>
+      <c r="FB100" s="147"/>
+      <c r="FC100" s="147"/>
+      <c r="FD100" s="147"/>
+      <c r="FE100" s="147"/>
+      <c r="FF100" s="147"/>
+      <c r="FG100" s="147"/>
+      <c r="FH100" s="147"/>
+      <c r="FI100" s="147"/>
+      <c r="FJ100" s="147"/>
+      <c r="FK100" s="147"/>
+      <c r="FL100" s="147"/>
+      <c r="FM100" s="147"/>
+      <c r="FN100" s="147"/>
+      <c r="FO100" s="147"/>
+      <c r="FP100" s="147"/>
+      <c r="FQ100" s="147"/>
+      <c r="FR100" s="147"/>
+      <c r="FS100" s="147"/>
+      <c r="FT100" s="147"/>
+      <c r="FU100" s="147"/>
+      <c r="FV100" s="147"/>
+      <c r="FW100" s="147"/>
+      <c r="FX100" s="147"/>
+      <c r="FY100" s="147"/>
+      <c r="FZ100" s="147"/>
+      <c r="GA100" s="147"/>
+      <c r="GB100" s="147"/>
+      <c r="GC100" s="147"/>
+      <c r="GD100" s="147"/>
+      <c r="GE100" s="147"/>
+    </row>
+    <row r="101" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A101" s="152"/>
+      <c r="B101" s="149" t="s">
+        <v>127</v>
+      </c>
+      <c r="C101" s="157">
+        <v>142</v>
+      </c>
+      <c r="D101" s="157">
+        <v>65</v>
+      </c>
+      <c r="E101" s="157">
+        <v>61</v>
+      </c>
+      <c r="F101" s="157">
+        <v>27</v>
+      </c>
+      <c r="G101" s="157">
+        <v>12</v>
+      </c>
+      <c r="H101" s="157">
+        <v>11</v>
+      </c>
+      <c r="I101" s="157">
+        <v>5</v>
+      </c>
+      <c r="J101" s="160">
+        <v>323</v>
+      </c>
+      <c r="K101" s="147"/>
+      <c r="L101" s="147"/>
+      <c r="M101" s="147"/>
+      <c r="N101" s="147"/>
+      <c r="O101" s="147"/>
+      <c r="P101" s="147"/>
+      <c r="Q101" s="147"/>
+      <c r="R101" s="147"/>
+      <c r="S101" s="147"/>
+      <c r="T101" s="147"/>
+      <c r="U101" s="147"/>
+      <c r="V101" s="147"/>
+      <c r="W101" s="147"/>
+      <c r="X101" s="147"/>
+      <c r="Y101" s="147"/>
+      <c r="Z101" s="147"/>
+      <c r="AA101" s="147"/>
+      <c r="AB101" s="147"/>
+      <c r="AC101" s="147"/>
+      <c r="AD101" s="147"/>
+      <c r="AE101" s="147"/>
+      <c r="AF101" s="147"/>
+      <c r="AG101" s="147"/>
+      <c r="AH101" s="147"/>
+      <c r="AI101" s="147"/>
+      <c r="AJ101" s="147"/>
+      <c r="AK101" s="147"/>
+      <c r="AL101" s="147"/>
+      <c r="AM101" s="147"/>
+      <c r="AN101" s="147"/>
+      <c r="AO101" s="147"/>
+      <c r="AP101" s="147"/>
+      <c r="AQ101" s="147"/>
+      <c r="AR101" s="147"/>
+      <c r="AS101" s="147"/>
+      <c r="AT101" s="147"/>
+      <c r="AU101" s="147"/>
+      <c r="AV101" s="147"/>
+      <c r="AW101" s="147"/>
+      <c r="AX101" s="147"/>
+      <c r="AY101" s="147"/>
+      <c r="AZ101" s="147"/>
+      <c r="BA101" s="147"/>
+      <c r="BB101" s="147"/>
+      <c r="BC101" s="147"/>
+      <c r="BD101" s="147"/>
+      <c r="BE101" s="147"/>
+      <c r="BF101" s="147"/>
+      <c r="BG101" s="147"/>
+      <c r="BH101" s="147"/>
+      <c r="BI101" s="147"/>
+      <c r="BJ101" s="147"/>
+      <c r="BK101" s="147"/>
+      <c r="BL101" s="147"/>
+      <c r="BM101" s="147"/>
+      <c r="BN101" s="147"/>
+      <c r="BO101" s="147"/>
+      <c r="BP101" s="147"/>
+      <c r="BQ101" s="147"/>
+      <c r="BR101" s="147"/>
+      <c r="BS101" s="147"/>
+      <c r="BT101" s="147"/>
+      <c r="BU101" s="147"/>
+      <c r="BV101" s="147"/>
+      <c r="BW101" s="147"/>
+      <c r="BX101" s="147"/>
+      <c r="BY101" s="147"/>
+      <c r="BZ101" s="147"/>
+      <c r="CA101" s="147"/>
+      <c r="CB101" s="147"/>
+      <c r="CC101" s="147"/>
+      <c r="CD101" s="147"/>
+      <c r="CE101" s="147"/>
+      <c r="CF101" s="147"/>
+      <c r="CG101" s="147"/>
+      <c r="CH101" s="147"/>
+      <c r="CI101" s="147"/>
+      <c r="CJ101" s="147"/>
+      <c r="CK101" s="147"/>
+      <c r="CL101" s="147"/>
+      <c r="CM101" s="147"/>
+      <c r="CN101" s="147"/>
+      <c r="CO101" s="147"/>
+      <c r="CP101" s="147"/>
+      <c r="CQ101" s="147"/>
+      <c r="CR101" s="147"/>
+      <c r="CS101" s="147"/>
+      <c r="CT101" s="147"/>
+      <c r="CU101" s="147"/>
+      <c r="CV101" s="147"/>
+      <c r="CW101" s="147"/>
+      <c r="CX101" s="147"/>
+      <c r="CY101" s="147"/>
+      <c r="CZ101" s="147"/>
+      <c r="DA101" s="147"/>
+      <c r="DB101" s="147"/>
+      <c r="DC101" s="147"/>
+      <c r="DD101" s="147"/>
+      <c r="DE101" s="147"/>
+      <c r="DF101" s="147"/>
+      <c r="DG101" s="147"/>
+      <c r="DH101" s="147"/>
+      <c r="DI101" s="147"/>
+      <c r="DJ101" s="147"/>
+      <c r="DK101" s="147"/>
+      <c r="DL101" s="147"/>
+      <c r="DM101" s="147"/>
+      <c r="DN101" s="147"/>
+      <c r="DO101" s="147"/>
+      <c r="DP101" s="147"/>
+      <c r="DQ101" s="147"/>
+      <c r="DR101" s="147"/>
+      <c r="DS101" s="147"/>
+      <c r="DT101" s="147"/>
+      <c r="DU101" s="147"/>
+      <c r="DV101" s="147"/>
+      <c r="DW101" s="147"/>
+      <c r="DX101" s="147"/>
+      <c r="DY101" s="147"/>
+      <c r="DZ101" s="147"/>
+      <c r="EA101" s="147"/>
+      <c r="EB101" s="147"/>
+      <c r="EC101" s="147"/>
+      <c r="ED101" s="147"/>
+      <c r="EE101" s="147"/>
+      <c r="EF101" s="147"/>
+      <c r="EG101" s="147"/>
+      <c r="EH101" s="147"/>
+      <c r="EI101" s="147"/>
+      <c r="EJ101" s="147"/>
+      <c r="EK101" s="147"/>
+      <c r="EL101" s="147"/>
+      <c r="EM101" s="147"/>
+      <c r="EN101" s="147"/>
+      <c r="EO101" s="147"/>
+      <c r="EP101" s="147"/>
+      <c r="EQ101" s="147"/>
+      <c r="ER101" s="147"/>
+      <c r="ES101" s="147"/>
+      <c r="ET101" s="147"/>
+      <c r="EU101" s="147"/>
+      <c r="EV101" s="147"/>
+      <c r="EW101" s="147"/>
+      <c r="EX101" s="147"/>
+      <c r="EY101" s="147"/>
+      <c r="EZ101" s="147"/>
+      <c r="FA101" s="147"/>
+      <c r="FB101" s="147"/>
+      <c r="FC101" s="147"/>
+      <c r="FD101" s="147"/>
+      <c r="FE101" s="147"/>
+      <c r="FF101" s="147"/>
+      <c r="FG101" s="147"/>
+      <c r="FH101" s="147"/>
+      <c r="FI101" s="147"/>
+      <c r="FJ101" s="147"/>
+      <c r="FK101" s="147"/>
+      <c r="FL101" s="147"/>
+      <c r="FM101" s="147"/>
+      <c r="FN101" s="147"/>
+      <c r="FO101" s="147"/>
+      <c r="FP101" s="147"/>
+      <c r="FQ101" s="147"/>
+      <c r="FR101" s="147"/>
+      <c r="FS101" s="147"/>
+      <c r="FT101" s="147"/>
+      <c r="FU101" s="147"/>
+      <c r="FV101" s="147"/>
+      <c r="FW101" s="147"/>
+      <c r="FX101" s="147"/>
+      <c r="FY101" s="147"/>
+      <c r="FZ101" s="147"/>
+      <c r="GA101" s="147"/>
+      <c r="GB101" s="147"/>
+      <c r="GC101" s="147"/>
+      <c r="GD101" s="147"/>
+      <c r="GE101" s="147"/>
+    </row>
+    <row r="102" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A102" s="152"/>
+      <c r="B102" s="185" t="s">
+        <v>128</v>
+      </c>
+      <c r="C102" s="186">
+        <v>715</v>
+      </c>
+      <c r="D102" s="186">
+        <v>478</v>
+      </c>
+      <c r="E102" s="186">
+        <v>621</v>
+      </c>
+      <c r="F102" s="186">
+        <v>379</v>
+      </c>
+      <c r="G102" s="186">
+        <v>271</v>
+      </c>
+      <c r="H102" s="186">
+        <v>157</v>
+      </c>
+      <c r="I102" s="186">
+        <v>336</v>
+      </c>
+      <c r="J102" s="209">
+        <v>2957</v>
+      </c>
+      <c r="K102" s="147"/>
+      <c r="L102" s="147"/>
+      <c r="M102" s="147"/>
+      <c r="N102" s="147"/>
+      <c r="O102" s="147"/>
+      <c r="P102" s="147"/>
+      <c r="Q102" s="147"/>
+      <c r="R102" s="147"/>
+      <c r="S102" s="147"/>
+      <c r="T102" s="147"/>
+      <c r="U102" s="147"/>
+      <c r="V102" s="147"/>
+      <c r="W102" s="147"/>
+      <c r="X102" s="147"/>
+      <c r="Y102" s="147"/>
+      <c r="Z102" s="147"/>
+      <c r="AA102" s="147"/>
+      <c r="AB102" s="147"/>
+      <c r="AC102" s="147"/>
+      <c r="AD102" s="147"/>
+      <c r="AE102" s="147"/>
+      <c r="AF102" s="147"/>
+      <c r="AG102" s="147"/>
+      <c r="AH102" s="147"/>
+      <c r="AI102" s="147"/>
+      <c r="AJ102" s="147"/>
+      <c r="AK102" s="147"/>
+      <c r="AL102" s="147"/>
+      <c r="AM102" s="147"/>
+      <c r="AN102" s="147"/>
+      <c r="AO102" s="147"/>
+      <c r="AP102" s="147"/>
+      <c r="AQ102" s="147"/>
+      <c r="AR102" s="147"/>
+      <c r="AS102" s="147"/>
+      <c r="AT102" s="147"/>
+      <c r="AU102" s="147"/>
+      <c r="AV102" s="147"/>
+      <c r="AW102" s="147"/>
+      <c r="AX102" s="147"/>
+      <c r="AY102" s="147"/>
+      <c r="AZ102" s="147"/>
+      <c r="BA102" s="147"/>
+      <c r="BB102" s="147"/>
+      <c r="BC102" s="147"/>
+      <c r="BD102" s="147"/>
+      <c r="BE102" s="147"/>
+      <c r="BF102" s="147"/>
+      <c r="BG102" s="147"/>
+      <c r="BH102" s="147"/>
+      <c r="BI102" s="147"/>
+      <c r="BJ102" s="147"/>
+      <c r="BK102" s="147"/>
+      <c r="BL102" s="147"/>
+      <c r="BM102" s="147"/>
+      <c r="BN102" s="147"/>
+      <c r="BO102" s="147"/>
+      <c r="BP102" s="147"/>
+      <c r="BQ102" s="147"/>
+      <c r="BR102" s="147"/>
+      <c r="BS102" s="147"/>
+      <c r="BT102" s="147"/>
+      <c r="BU102" s="147"/>
+      <c r="BV102" s="147"/>
+      <c r="BW102" s="147"/>
+      <c r="BX102" s="147"/>
+      <c r="BY102" s="147"/>
+      <c r="BZ102" s="147"/>
+      <c r="CA102" s="147"/>
+      <c r="CB102" s="147"/>
+      <c r="CC102" s="147"/>
+      <c r="CD102" s="147"/>
+      <c r="CE102" s="147"/>
+      <c r="CF102" s="147"/>
+      <c r="CG102" s="147"/>
+      <c r="CH102" s="147"/>
+      <c r="CI102" s="147"/>
+      <c r="CJ102" s="147"/>
+      <c r="CK102" s="147"/>
+      <c r="CL102" s="147"/>
+      <c r="CM102" s="147"/>
+      <c r="CN102" s="147"/>
+      <c r="CO102" s="147"/>
+      <c r="CP102" s="147"/>
+      <c r="CQ102" s="147"/>
+      <c r="CR102" s="147"/>
+      <c r="CS102" s="147"/>
+      <c r="CT102" s="147"/>
+      <c r="CU102" s="147"/>
+      <c r="CV102" s="147"/>
+      <c r="CW102" s="147"/>
+      <c r="CX102" s="147"/>
+      <c r="CY102" s="147"/>
+      <c r="CZ102" s="147"/>
+      <c r="DA102" s="147"/>
+      <c r="DB102" s="147"/>
+      <c r="DC102" s="147"/>
+      <c r="DD102" s="147"/>
+      <c r="DE102" s="147"/>
+      <c r="DF102" s="147"/>
+      <c r="DG102" s="147"/>
+      <c r="DH102" s="147"/>
+      <c r="DI102" s="147"/>
+      <c r="DJ102" s="147"/>
+      <c r="DK102" s="147"/>
+      <c r="DL102" s="147"/>
+      <c r="DM102" s="147"/>
+      <c r="DN102" s="147"/>
+      <c r="DO102" s="147"/>
+      <c r="DP102" s="147"/>
+      <c r="DQ102" s="147"/>
+      <c r="DR102" s="147"/>
+      <c r="DS102" s="147"/>
+      <c r="DT102" s="147"/>
+      <c r="DU102" s="147"/>
+      <c r="DV102" s="147"/>
+      <c r="DW102" s="147"/>
+      <c r="DX102" s="147"/>
+      <c r="DY102" s="147"/>
+      <c r="DZ102" s="147"/>
+      <c r="EA102" s="147"/>
+      <c r="EB102" s="147"/>
+      <c r="EC102" s="147"/>
+      <c r="ED102" s="147"/>
+      <c r="EE102" s="147"/>
+      <c r="EF102" s="147"/>
+      <c r="EG102" s="147"/>
+      <c r="EH102" s="147"/>
+      <c r="EI102" s="147"/>
+      <c r="EJ102" s="147"/>
+      <c r="EK102" s="147"/>
+      <c r="EL102" s="147"/>
+      <c r="EM102" s="147"/>
+      <c r="EN102" s="147"/>
+      <c r="EO102" s="147"/>
+      <c r="EP102" s="147"/>
+      <c r="EQ102" s="147"/>
+      <c r="ER102" s="147"/>
+      <c r="ES102" s="147"/>
+      <c r="ET102" s="147"/>
+      <c r="EU102" s="147"/>
+      <c r="EV102" s="147"/>
+      <c r="EW102" s="147"/>
+      <c r="EX102" s="147"/>
+      <c r="EY102" s="147"/>
+      <c r="EZ102" s="147"/>
+      <c r="FA102" s="147"/>
+      <c r="FB102" s="147"/>
+      <c r="FC102" s="147"/>
+      <c r="FD102" s="147"/>
+      <c r="FE102" s="147"/>
+      <c r="FF102" s="147"/>
+      <c r="FG102" s="147"/>
+      <c r="FH102" s="147"/>
+      <c r="FI102" s="147"/>
+      <c r="FJ102" s="147"/>
+      <c r="FK102" s="147"/>
+      <c r="FL102" s="147"/>
+      <c r="FM102" s="147"/>
+      <c r="FN102" s="147"/>
+      <c r="FO102" s="147"/>
+      <c r="FP102" s="147"/>
+      <c r="FQ102" s="147"/>
+      <c r="FR102" s="147"/>
+      <c r="FS102" s="147"/>
+      <c r="FT102" s="147"/>
+      <c r="FU102" s="147"/>
+      <c r="FV102" s="147"/>
+      <c r="FW102" s="147"/>
+      <c r="FX102" s="147"/>
+      <c r="FY102" s="147"/>
+      <c r="FZ102" s="147"/>
+      <c r="GA102" s="147"/>
+      <c r="GB102" s="147"/>
+      <c r="GC102" s="147"/>
+      <c r="GD102" s="147"/>
+      <c r="GE102" s="147"/>
+    </row>
+    <row r="103" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A103" s="148"/>
+      <c r="B103" s="149" t="s">
+        <v>129</v>
+      </c>
+      <c r="C103" s="157">
+        <v>383</v>
+      </c>
+      <c r="D103" s="157">
+        <v>245</v>
+      </c>
+      <c r="E103" s="157">
+        <v>219</v>
+      </c>
+      <c r="F103" s="157">
+        <v>67</v>
+      </c>
+      <c r="G103" s="157">
+        <v>20</v>
+      </c>
+      <c r="H103" s="157">
         <v>6</v>
       </c>
-      <c r="G17" s="195" t="s">
-[...8 lines deleted...]
-      <c r="J17" s="201">
+      <c r="I103" s="157">
+        <v>15</v>
+      </c>
+      <c r="J103" s="160">
+        <v>955</v>
+      </c>
+      <c r="K103" s="147"/>
+      <c r="L103" s="147"/>
+      <c r="M103" s="147"/>
+      <c r="N103" s="147"/>
+      <c r="O103" s="147"/>
+      <c r="P103" s="147"/>
+      <c r="Q103" s="147"/>
+      <c r="R103" s="147"/>
+      <c r="S103" s="147"/>
+      <c r="T103" s="147"/>
+      <c r="U103" s="147"/>
+      <c r="V103" s="147"/>
+      <c r="W103" s="147"/>
+      <c r="X103" s="147"/>
+      <c r="Y103" s="147"/>
+      <c r="Z103" s="147"/>
+      <c r="AA103" s="147"/>
+      <c r="AB103" s="147"/>
+      <c r="AC103" s="147"/>
+      <c r="AD103" s="147"/>
+      <c r="AE103" s="147"/>
+      <c r="AF103" s="147"/>
+      <c r="AG103" s="147"/>
+      <c r="AH103" s="147"/>
+      <c r="AI103" s="147"/>
+      <c r="AJ103" s="147"/>
+      <c r="AK103" s="147"/>
+      <c r="AL103" s="147"/>
+      <c r="AM103" s="147"/>
+      <c r="AN103" s="147"/>
+      <c r="AO103" s="147"/>
+      <c r="AP103" s="147"/>
+      <c r="AQ103" s="147"/>
+      <c r="AR103" s="147"/>
+      <c r="AS103" s="147"/>
+      <c r="AT103" s="147"/>
+      <c r="AU103" s="147"/>
+      <c r="AV103" s="147"/>
+      <c r="AW103" s="147"/>
+      <c r="AX103" s="147"/>
+      <c r="AY103" s="147"/>
+      <c r="AZ103" s="147"/>
+      <c r="BA103" s="147"/>
+      <c r="BB103" s="147"/>
+      <c r="BC103" s="147"/>
+      <c r="BD103" s="147"/>
+      <c r="BE103" s="147"/>
+      <c r="BF103" s="147"/>
+      <c r="BG103" s="147"/>
+      <c r="BH103" s="147"/>
+      <c r="BI103" s="147"/>
+      <c r="BJ103" s="147"/>
+      <c r="BK103" s="147"/>
+      <c r="BL103" s="147"/>
+      <c r="BM103" s="147"/>
+      <c r="BN103" s="147"/>
+      <c r="BO103" s="147"/>
+      <c r="BP103" s="147"/>
+      <c r="BQ103" s="147"/>
+      <c r="BR103" s="147"/>
+      <c r="BS103" s="147"/>
+      <c r="BT103" s="147"/>
+      <c r="BU103" s="147"/>
+      <c r="BV103" s="147"/>
+      <c r="BW103" s="147"/>
+      <c r="BX103" s="147"/>
+      <c r="BY103" s="147"/>
+      <c r="BZ103" s="147"/>
+      <c r="CA103" s="147"/>
+      <c r="CB103" s="147"/>
+      <c r="CC103" s="147"/>
+      <c r="CD103" s="147"/>
+      <c r="CE103" s="147"/>
+      <c r="CF103" s="147"/>
+      <c r="CG103" s="147"/>
+      <c r="CH103" s="147"/>
+      <c r="CI103" s="147"/>
+      <c r="CJ103" s="147"/>
+      <c r="CK103" s="147"/>
+      <c r="CL103" s="147"/>
+      <c r="CM103" s="147"/>
+      <c r="CN103" s="147"/>
+      <c r="CO103" s="147"/>
+      <c r="CP103" s="147"/>
+      <c r="CQ103" s="147"/>
+      <c r="CR103" s="147"/>
+      <c r="CS103" s="147"/>
+      <c r="CT103" s="147"/>
+      <c r="CU103" s="147"/>
+      <c r="CV103" s="147"/>
+      <c r="CW103" s="147"/>
+      <c r="CX103" s="147"/>
+      <c r="CY103" s="147"/>
+      <c r="CZ103" s="147"/>
+      <c r="DA103" s="147"/>
+      <c r="DB103" s="147"/>
+      <c r="DC103" s="147"/>
+      <c r="DD103" s="147"/>
+      <c r="DE103" s="147"/>
+      <c r="DF103" s="147"/>
+      <c r="DG103" s="147"/>
+      <c r="DH103" s="147"/>
+      <c r="DI103" s="147"/>
+      <c r="DJ103" s="147"/>
+      <c r="DK103" s="147"/>
+      <c r="DL103" s="147"/>
+      <c r="DM103" s="147"/>
+      <c r="DN103" s="147"/>
+      <c r="DO103" s="147"/>
+      <c r="DP103" s="147"/>
+      <c r="DQ103" s="147"/>
+      <c r="DR103" s="147"/>
+      <c r="DS103" s="147"/>
+      <c r="DT103" s="147"/>
+      <c r="DU103" s="147"/>
+      <c r="DV103" s="147"/>
+      <c r="DW103" s="147"/>
+      <c r="DX103" s="147"/>
+      <c r="DY103" s="147"/>
+      <c r="DZ103" s="147"/>
+      <c r="EA103" s="147"/>
+      <c r="EB103" s="147"/>
+      <c r="EC103" s="147"/>
+      <c r="ED103" s="147"/>
+      <c r="EE103" s="147"/>
+      <c r="EF103" s="147"/>
+      <c r="EG103" s="147"/>
+      <c r="EH103" s="147"/>
+      <c r="EI103" s="147"/>
+      <c r="EJ103" s="147"/>
+      <c r="EK103" s="147"/>
+      <c r="EL103" s="147"/>
+      <c r="EM103" s="147"/>
+      <c r="EN103" s="147"/>
+      <c r="EO103" s="147"/>
+      <c r="EP103" s="147"/>
+      <c r="EQ103" s="147"/>
+      <c r="ER103" s="147"/>
+      <c r="ES103" s="147"/>
+      <c r="ET103" s="147"/>
+      <c r="EU103" s="147"/>
+      <c r="EV103" s="147"/>
+      <c r="EW103" s="147"/>
+      <c r="EX103" s="147"/>
+      <c r="EY103" s="147"/>
+      <c r="EZ103" s="147"/>
+      <c r="FA103" s="147"/>
+      <c r="FB103" s="147"/>
+      <c r="FC103" s="147"/>
+      <c r="FD103" s="147"/>
+      <c r="FE103" s="147"/>
+      <c r="FF103" s="147"/>
+      <c r="FG103" s="147"/>
+      <c r="FH103" s="147"/>
+      <c r="FI103" s="147"/>
+      <c r="FJ103" s="147"/>
+      <c r="FK103" s="147"/>
+      <c r="FL103" s="147"/>
+      <c r="FM103" s="147"/>
+      <c r="FN103" s="147"/>
+      <c r="FO103" s="147"/>
+      <c r="FP103" s="147"/>
+      <c r="FQ103" s="147"/>
+      <c r="FR103" s="147"/>
+      <c r="FS103" s="147"/>
+      <c r="FT103" s="147"/>
+      <c r="FU103" s="147"/>
+      <c r="FV103" s="147"/>
+      <c r="FW103" s="147"/>
+      <c r="FX103" s="147"/>
+      <c r="FY103" s="147"/>
+      <c r="FZ103" s="147"/>
+      <c r="GA103" s="147"/>
+      <c r="GB103" s="147"/>
+      <c r="GC103" s="147"/>
+      <c r="GD103" s="147"/>
+      <c r="GE103" s="147"/>
+    </row>
+    <row r="104" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A104" s="148"/>
+      <c r="B104" s="188" t="s">
+        <v>34</v>
+      </c>
+      <c r="C104" s="207">
+        <v>1764</v>
+      </c>
+      <c r="D104" s="207">
+        <v>865</v>
+      </c>
+      <c r="E104" s="207">
+        <v>948</v>
+      </c>
+      <c r="F104" s="207">
+        <v>488</v>
+      </c>
+      <c r="G104" s="207">
+        <v>307</v>
+      </c>
+      <c r="H104" s="207">
+        <v>175</v>
+      </c>
+      <c r="I104" s="207">
+        <v>361</v>
+      </c>
+      <c r="J104" s="207">
+        <v>4908</v>
+      </c>
+      <c r="K104" s="147"/>
+      <c r="L104" s="147"/>
+      <c r="M104" s="147"/>
+      <c r="N104" s="147"/>
+      <c r="O104" s="147"/>
+      <c r="P104" s="147"/>
+      <c r="Q104" s="147"/>
+      <c r="R104" s="147"/>
+      <c r="S104" s="147"/>
+      <c r="T104" s="147"/>
+      <c r="U104" s="147"/>
+      <c r="V104" s="147"/>
+      <c r="W104" s="147"/>
+      <c r="X104" s="147"/>
+      <c r="Y104" s="147"/>
+      <c r="Z104" s="147"/>
+      <c r="AA104" s="147"/>
+      <c r="AB104" s="147"/>
+      <c r="AC104" s="147"/>
+      <c r="AD104" s="147"/>
+      <c r="AE104" s="147"/>
+      <c r="AF104" s="147"/>
+      <c r="AG104" s="147"/>
+      <c r="AH104" s="147"/>
+      <c r="AI104" s="147"/>
+      <c r="AJ104" s="147"/>
+      <c r="AK104" s="147"/>
+      <c r="AL104" s="147"/>
+      <c r="AM104" s="147"/>
+      <c r="AN104" s="147"/>
+      <c r="AO104" s="147"/>
+      <c r="AP104" s="147"/>
+      <c r="AQ104" s="147"/>
+      <c r="AR104" s="147"/>
+      <c r="AS104" s="147"/>
+      <c r="AT104" s="147"/>
+      <c r="AU104" s="147"/>
+      <c r="AV104" s="147"/>
+      <c r="AW104" s="147"/>
+      <c r="AX104" s="147"/>
+      <c r="AY104" s="147"/>
+      <c r="AZ104" s="147"/>
+      <c r="BA104" s="147"/>
+      <c r="BB104" s="147"/>
+      <c r="BC104" s="147"/>
+      <c r="BD104" s="147"/>
+      <c r="BE104" s="147"/>
+      <c r="BF104" s="147"/>
+      <c r="BG104" s="147"/>
+      <c r="BH104" s="147"/>
+      <c r="BI104" s="147"/>
+      <c r="BJ104" s="147"/>
+      <c r="BK104" s="147"/>
+      <c r="BL104" s="147"/>
+      <c r="BM104" s="147"/>
+      <c r="BN104" s="147"/>
+      <c r="BO104" s="147"/>
+      <c r="BP104" s="147"/>
+      <c r="BQ104" s="147"/>
+      <c r="BR104" s="147"/>
+      <c r="BS104" s="147"/>
+      <c r="BT104" s="147"/>
+      <c r="BU104" s="147"/>
+      <c r="BV104" s="147"/>
+      <c r="BW104" s="147"/>
+      <c r="BX104" s="147"/>
+      <c r="BY104" s="147"/>
+      <c r="BZ104" s="147"/>
+      <c r="CA104" s="147"/>
+      <c r="CB104" s="147"/>
+      <c r="CC104" s="147"/>
+      <c r="CD104" s="147"/>
+      <c r="CE104" s="147"/>
+      <c r="CF104" s="147"/>
+      <c r="CG104" s="147"/>
+      <c r="CH104" s="147"/>
+      <c r="CI104" s="147"/>
+      <c r="CJ104" s="147"/>
+      <c r="CK104" s="147"/>
+      <c r="CL104" s="147"/>
+      <c r="CM104" s="147"/>
+      <c r="CN104" s="147"/>
+      <c r="CO104" s="147"/>
+      <c r="CP104" s="147"/>
+      <c r="CQ104" s="147"/>
+      <c r="CR104" s="147"/>
+      <c r="CS104" s="147"/>
+      <c r="CT104" s="147"/>
+      <c r="CU104" s="147"/>
+      <c r="CV104" s="147"/>
+      <c r="CW104" s="147"/>
+      <c r="CX104" s="147"/>
+      <c r="CY104" s="147"/>
+      <c r="CZ104" s="147"/>
+      <c r="DA104" s="147"/>
+      <c r="DB104" s="147"/>
+      <c r="DC104" s="147"/>
+      <c r="DD104" s="147"/>
+      <c r="DE104" s="147"/>
+      <c r="DF104" s="147"/>
+      <c r="DG104" s="147"/>
+      <c r="DH104" s="147"/>
+      <c r="DI104" s="147"/>
+      <c r="DJ104" s="147"/>
+      <c r="DK104" s="147"/>
+      <c r="DL104" s="147"/>
+      <c r="DM104" s="147"/>
+      <c r="DN104" s="147"/>
+      <c r="DO104" s="147"/>
+      <c r="DP104" s="147"/>
+      <c r="DQ104" s="147"/>
+      <c r="DR104" s="147"/>
+      <c r="DS104" s="147"/>
+      <c r="DT104" s="147"/>
+      <c r="DU104" s="147"/>
+      <c r="DV104" s="147"/>
+      <c r="DW104" s="147"/>
+      <c r="DX104" s="147"/>
+      <c r="DY104" s="147"/>
+      <c r="DZ104" s="147"/>
+      <c r="EA104" s="147"/>
+      <c r="EB104" s="147"/>
+      <c r="EC104" s="147"/>
+      <c r="ED104" s="147"/>
+      <c r="EE104" s="147"/>
+      <c r="EF104" s="147"/>
+      <c r="EG104" s="147"/>
+      <c r="EH104" s="147"/>
+      <c r="EI104" s="147"/>
+      <c r="EJ104" s="147"/>
+      <c r="EK104" s="147"/>
+      <c r="EL104" s="147"/>
+      <c r="EM104" s="147"/>
+      <c r="EN104" s="147"/>
+      <c r="EO104" s="147"/>
+      <c r="EP104" s="147"/>
+      <c r="EQ104" s="147"/>
+      <c r="ER104" s="147"/>
+      <c r="ES104" s="147"/>
+      <c r="ET104" s="147"/>
+      <c r="EU104" s="147"/>
+      <c r="EV104" s="147"/>
+      <c r="EW104" s="147"/>
+      <c r="EX104" s="147"/>
+      <c r="EY104" s="147"/>
+      <c r="EZ104" s="147"/>
+      <c r="FA104" s="147"/>
+      <c r="FB104" s="147"/>
+      <c r="FC104" s="147"/>
+      <c r="FD104" s="147"/>
+      <c r="FE104" s="147"/>
+      <c r="FF104" s="147"/>
+      <c r="FG104" s="147"/>
+      <c r="FH104" s="147"/>
+      <c r="FI104" s="147"/>
+      <c r="FJ104" s="147"/>
+      <c r="FK104" s="147"/>
+      <c r="FL104" s="147"/>
+      <c r="FM104" s="147"/>
+      <c r="FN104" s="147"/>
+      <c r="FO104" s="147"/>
+      <c r="FP104" s="147"/>
+      <c r="FQ104" s="147"/>
+      <c r="FR104" s="147"/>
+      <c r="FS104" s="147"/>
+      <c r="FT104" s="147"/>
+      <c r="FU104" s="147"/>
+      <c r="FV104" s="147"/>
+      <c r="FW104" s="147"/>
+      <c r="FX104" s="147"/>
+      <c r="FY104" s="147"/>
+      <c r="FZ104" s="147"/>
+      <c r="GA104" s="147"/>
+      <c r="GB104" s="147"/>
+      <c r="GC104" s="147"/>
+      <c r="GD104" s="147"/>
+      <c r="GE104" s="147"/>
+    </row>
+    <row r="105" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A105" s="183"/>
+      <c r="B105" s="149" t="s">
+        <v>219</v>
+      </c>
+      <c r="C105" s="177">
+        <v>15</v>
+      </c>
+      <c r="D105" s="172">
+        <v>6</v>
+      </c>
+      <c r="E105" s="172">
+        <v>12</v>
+      </c>
+      <c r="F105" s="172">
+        <v>4</v>
+      </c>
+      <c r="G105" s="172">
+        <v>0</v>
+      </c>
+      <c r="H105" s="172">
+        <v>0</v>
+      </c>
+      <c r="I105" s="172">
+        <v>0</v>
+      </c>
+      <c r="J105" s="178">
+        <v>37</v>
+      </c>
+      <c r="K105" s="147"/>
+      <c r="L105" s="147"/>
+      <c r="M105" s="147"/>
+      <c r="N105" s="147"/>
+      <c r="O105" s="147"/>
+      <c r="P105" s="147"/>
+      <c r="Q105" s="147"/>
+      <c r="R105" s="147"/>
+      <c r="S105" s="147"/>
+      <c r="T105" s="147"/>
+      <c r="U105" s="147"/>
+      <c r="V105" s="147"/>
+      <c r="W105" s="147"/>
+      <c r="X105" s="147"/>
+      <c r="Y105" s="147"/>
+      <c r="Z105" s="147"/>
+      <c r="AA105" s="147"/>
+      <c r="AB105" s="147"/>
+      <c r="AC105" s="147"/>
+      <c r="AD105" s="147"/>
+      <c r="AE105" s="147"/>
+      <c r="AF105" s="147"/>
+      <c r="AG105" s="147"/>
+      <c r="AH105" s="147"/>
+      <c r="AI105" s="147"/>
+      <c r="AJ105" s="147"/>
+      <c r="AK105" s="147"/>
+      <c r="AL105" s="147"/>
+      <c r="AM105" s="147"/>
+      <c r="AN105" s="147"/>
+      <c r="AO105" s="147"/>
+      <c r="AP105" s="147"/>
+      <c r="AQ105" s="147"/>
+      <c r="AR105" s="147"/>
+      <c r="AS105" s="147"/>
+      <c r="AT105" s="147"/>
+      <c r="AU105" s="147"/>
+      <c r="AV105" s="147"/>
+      <c r="AW105" s="147"/>
+      <c r="AX105" s="147"/>
+      <c r="AY105" s="147"/>
+      <c r="AZ105" s="147"/>
+      <c r="BA105" s="147"/>
+      <c r="BB105" s="147"/>
+      <c r="BC105" s="147"/>
+      <c r="BD105" s="147"/>
+      <c r="BE105" s="147"/>
+      <c r="BF105" s="147"/>
+      <c r="BG105" s="147"/>
+      <c r="BH105" s="147"/>
+      <c r="BI105" s="147"/>
+      <c r="BJ105" s="147"/>
+      <c r="BK105" s="147"/>
+      <c r="BL105" s="147"/>
+      <c r="BM105" s="147"/>
+      <c r="BN105" s="147"/>
+      <c r="BO105" s="147"/>
+      <c r="BP105" s="147"/>
+      <c r="BQ105" s="147"/>
+      <c r="BR105" s="147"/>
+      <c r="BS105" s="147"/>
+      <c r="BT105" s="147"/>
+      <c r="BU105" s="147"/>
+      <c r="BV105" s="147"/>
+      <c r="BW105" s="147"/>
+      <c r="BX105" s="147"/>
+      <c r="BY105" s="147"/>
+      <c r="BZ105" s="147"/>
+      <c r="CA105" s="147"/>
+      <c r="CB105" s="147"/>
+      <c r="CC105" s="147"/>
+      <c r="CD105" s="147"/>
+      <c r="CE105" s="147"/>
+      <c r="CF105" s="147"/>
+      <c r="CG105" s="147"/>
+      <c r="CH105" s="147"/>
+      <c r="CI105" s="147"/>
+      <c r="CJ105" s="147"/>
+      <c r="CK105" s="147"/>
+      <c r="CL105" s="147"/>
+      <c r="CM105" s="147"/>
+      <c r="CN105" s="147"/>
+      <c r="CO105" s="147"/>
+      <c r="CP105" s="147"/>
+      <c r="CQ105" s="147"/>
+      <c r="CR105" s="147"/>
+      <c r="CS105" s="147"/>
+      <c r="CT105" s="147"/>
+      <c r="CU105" s="147"/>
+      <c r="CV105" s="147"/>
+      <c r="CW105" s="147"/>
+      <c r="CX105" s="147"/>
+      <c r="CY105" s="147"/>
+      <c r="CZ105" s="147"/>
+      <c r="DA105" s="147"/>
+      <c r="DB105" s="147"/>
+      <c r="DC105" s="147"/>
+      <c r="DD105" s="147"/>
+      <c r="DE105" s="147"/>
+      <c r="DF105" s="147"/>
+      <c r="DG105" s="147"/>
+      <c r="DH105" s="147"/>
+      <c r="DI105" s="147"/>
+      <c r="DJ105" s="147"/>
+      <c r="DK105" s="147"/>
+      <c r="DL105" s="147"/>
+      <c r="DM105" s="147"/>
+      <c r="DN105" s="147"/>
+      <c r="DO105" s="147"/>
+      <c r="DP105" s="147"/>
+      <c r="DQ105" s="147"/>
+      <c r="DR105" s="147"/>
+      <c r="DS105" s="147"/>
+      <c r="DT105" s="147"/>
+      <c r="DU105" s="147"/>
+      <c r="DV105" s="147"/>
+      <c r="DW105" s="147"/>
+      <c r="DX105" s="147"/>
+      <c r="DY105" s="147"/>
+      <c r="DZ105" s="147"/>
+      <c r="EA105" s="147"/>
+      <c r="EB105" s="147"/>
+      <c r="EC105" s="147"/>
+      <c r="ED105" s="147"/>
+      <c r="EE105" s="147"/>
+      <c r="EF105" s="147"/>
+      <c r="EG105" s="147"/>
+      <c r="EH105" s="147"/>
+      <c r="EI105" s="147"/>
+      <c r="EJ105" s="147"/>
+      <c r="EK105" s="147"/>
+      <c r="EL105" s="147"/>
+      <c r="EM105" s="147"/>
+      <c r="EN105" s="147"/>
+      <c r="EO105" s="147"/>
+      <c r="EP105" s="147"/>
+      <c r="EQ105" s="147"/>
+      <c r="ER105" s="147"/>
+      <c r="ES105" s="147"/>
+      <c r="ET105" s="147"/>
+      <c r="EU105" s="147"/>
+      <c r="EV105" s="147"/>
+      <c r="EW105" s="147"/>
+      <c r="EX105" s="147"/>
+      <c r="EY105" s="147"/>
+      <c r="EZ105" s="147"/>
+      <c r="FA105" s="147"/>
+      <c r="FB105" s="147"/>
+      <c r="FC105" s="147"/>
+      <c r="FD105" s="147"/>
+      <c r="FE105" s="147"/>
+      <c r="FF105" s="147"/>
+      <c r="FG105" s="147"/>
+      <c r="FH105" s="147"/>
+      <c r="FI105" s="147"/>
+      <c r="FJ105" s="147"/>
+      <c r="FK105" s="147"/>
+      <c r="FL105" s="147"/>
+      <c r="FM105" s="147"/>
+      <c r="FN105" s="147"/>
+      <c r="FO105" s="147"/>
+      <c r="FP105" s="147"/>
+      <c r="FQ105" s="147"/>
+      <c r="FR105" s="147"/>
+      <c r="FS105" s="147"/>
+      <c r="FT105" s="147"/>
+      <c r="FU105" s="147"/>
+      <c r="FV105" s="147"/>
+      <c r="FW105" s="147"/>
+      <c r="FX105" s="147"/>
+      <c r="FY105" s="147"/>
+      <c r="FZ105" s="147"/>
+      <c r="GA105" s="147"/>
+      <c r="GB105" s="147"/>
+      <c r="GC105" s="147"/>
+      <c r="GD105" s="147"/>
+      <c r="GE105" s="147"/>
+    </row>
+    <row r="106" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A106" s="180"/>
+      <c r="B106" s="185" t="s">
+        <v>131</v>
+      </c>
+      <c r="C106" s="208">
+        <v>13</v>
+      </c>
+      <c r="D106" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="E106" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="F106" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="G106" s="186">
+        <v>0</v>
+      </c>
+      <c r="H106" s="186">
+        <v>0</v>
+      </c>
+      <c r="I106" s="186">
+        <v>0</v>
+      </c>
+      <c r="J106" s="209">
+        <v>20</v>
+      </c>
+      <c r="K106" s="147"/>
+      <c r="L106" s="147"/>
+      <c r="M106" s="147"/>
+      <c r="N106" s="147"/>
+      <c r="O106" s="147"/>
+      <c r="P106" s="147"/>
+      <c r="Q106" s="147"/>
+      <c r="R106" s="147"/>
+      <c r="S106" s="147"/>
+      <c r="T106" s="147"/>
+      <c r="U106" s="147"/>
+      <c r="V106" s="147"/>
+      <c r="W106" s="147"/>
+      <c r="X106" s="147"/>
+      <c r="Y106" s="147"/>
+      <c r="Z106" s="147"/>
+      <c r="AA106" s="147"/>
+      <c r="AB106" s="147"/>
+      <c r="AC106" s="147"/>
+      <c r="AD106" s="147"/>
+      <c r="AE106" s="147"/>
+      <c r="AF106" s="147"/>
+      <c r="AG106" s="147"/>
+      <c r="AH106" s="147"/>
+      <c r="AI106" s="147"/>
+      <c r="AJ106" s="147"/>
+      <c r="AK106" s="147"/>
+      <c r="AL106" s="147"/>
+      <c r="AM106" s="147"/>
+      <c r="AN106" s="147"/>
+      <c r="AO106" s="147"/>
+      <c r="AP106" s="147"/>
+      <c r="AQ106" s="147"/>
+      <c r="AR106" s="147"/>
+      <c r="AS106" s="147"/>
+      <c r="AT106" s="147"/>
+      <c r="AU106" s="147"/>
+      <c r="AV106" s="147"/>
+      <c r="AW106" s="147"/>
+      <c r="AX106" s="147"/>
+      <c r="AY106" s="147"/>
+      <c r="AZ106" s="147"/>
+      <c r="BA106" s="147"/>
+      <c r="BB106" s="147"/>
+      <c r="BC106" s="147"/>
+      <c r="BD106" s="147"/>
+      <c r="BE106" s="147"/>
+      <c r="BF106" s="147"/>
+      <c r="BG106" s="147"/>
+      <c r="BH106" s="147"/>
+      <c r="BI106" s="147"/>
+      <c r="BJ106" s="147"/>
+      <c r="BK106" s="147"/>
+      <c r="BL106" s="147"/>
+      <c r="BM106" s="147"/>
+      <c r="BN106" s="147"/>
+      <c r="BO106" s="147"/>
+      <c r="BP106" s="147"/>
+      <c r="BQ106" s="147"/>
+      <c r="BR106" s="147"/>
+      <c r="BS106" s="147"/>
+      <c r="BT106" s="147"/>
+      <c r="BU106" s="147"/>
+      <c r="BV106" s="147"/>
+      <c r="BW106" s="147"/>
+      <c r="BX106" s="147"/>
+      <c r="BY106" s="147"/>
+      <c r="BZ106" s="147"/>
+      <c r="CA106" s="147"/>
+      <c r="CB106" s="147"/>
+      <c r="CC106" s="147"/>
+      <c r="CD106" s="147"/>
+      <c r="CE106" s="147"/>
+      <c r="CF106" s="147"/>
+      <c r="CG106" s="147"/>
+      <c r="CH106" s="147"/>
+      <c r="CI106" s="147"/>
+      <c r="CJ106" s="147"/>
+      <c r="CK106" s="147"/>
+      <c r="CL106" s="147"/>
+      <c r="CM106" s="147"/>
+      <c r="CN106" s="147"/>
+      <c r="CO106" s="147"/>
+      <c r="CP106" s="147"/>
+      <c r="CQ106" s="147"/>
+      <c r="CR106" s="147"/>
+      <c r="CS106" s="147"/>
+      <c r="CT106" s="147"/>
+      <c r="CU106" s="147"/>
+      <c r="CV106" s="147"/>
+      <c r="CW106" s="147"/>
+      <c r="CX106" s="147"/>
+      <c r="CY106" s="147"/>
+      <c r="CZ106" s="147"/>
+      <c r="DA106" s="147"/>
+      <c r="DB106" s="147"/>
+      <c r="DC106" s="147"/>
+      <c r="DD106" s="147"/>
+      <c r="DE106" s="147"/>
+      <c r="DF106" s="147"/>
+      <c r="DG106" s="147"/>
+      <c r="DH106" s="147"/>
+      <c r="DI106" s="147"/>
+      <c r="DJ106" s="147"/>
+      <c r="DK106" s="147"/>
+      <c r="DL106" s="147"/>
+      <c r="DM106" s="147"/>
+      <c r="DN106" s="147"/>
+      <c r="DO106" s="147"/>
+      <c r="DP106" s="147"/>
+      <c r="DQ106" s="147"/>
+      <c r="DR106" s="147"/>
+      <c r="DS106" s="147"/>
+      <c r="DT106" s="147"/>
+      <c r="DU106" s="147"/>
+      <c r="DV106" s="147"/>
+      <c r="DW106" s="147"/>
+      <c r="DX106" s="147"/>
+      <c r="DY106" s="147"/>
+      <c r="DZ106" s="147"/>
+      <c r="EA106" s="147"/>
+      <c r="EB106" s="147"/>
+      <c r="EC106" s="147"/>
+      <c r="ED106" s="147"/>
+      <c r="EE106" s="147"/>
+      <c r="EF106" s="147"/>
+      <c r="EG106" s="147"/>
+      <c r="EH106" s="147"/>
+      <c r="EI106" s="147"/>
+      <c r="EJ106" s="147"/>
+      <c r="EK106" s="147"/>
+      <c r="EL106" s="147"/>
+      <c r="EM106" s="147"/>
+      <c r="EN106" s="147"/>
+      <c r="EO106" s="147"/>
+      <c r="EP106" s="147"/>
+      <c r="EQ106" s="147"/>
+      <c r="ER106" s="147"/>
+      <c r="ES106" s="147"/>
+      <c r="ET106" s="147"/>
+      <c r="EU106" s="147"/>
+      <c r="EV106" s="147"/>
+      <c r="EW106" s="147"/>
+      <c r="EX106" s="147"/>
+      <c r="EY106" s="147"/>
+      <c r="EZ106" s="147"/>
+      <c r="FA106" s="147"/>
+      <c r="FB106" s="147"/>
+      <c r="FC106" s="147"/>
+      <c r="FD106" s="147"/>
+      <c r="FE106" s="147"/>
+      <c r="FF106" s="147"/>
+      <c r="FG106" s="147"/>
+      <c r="FH106" s="147"/>
+      <c r="FI106" s="147"/>
+      <c r="FJ106" s="147"/>
+      <c r="FK106" s="147"/>
+      <c r="FL106" s="147"/>
+      <c r="FM106" s="147"/>
+      <c r="FN106" s="147"/>
+      <c r="FO106" s="147"/>
+      <c r="FP106" s="147"/>
+      <c r="FQ106" s="147"/>
+      <c r="FR106" s="147"/>
+      <c r="FS106" s="147"/>
+      <c r="FT106" s="147"/>
+      <c r="FU106" s="147"/>
+      <c r="FV106" s="147"/>
+      <c r="FW106" s="147"/>
+      <c r="FX106" s="147"/>
+      <c r="FY106" s="147"/>
+      <c r="FZ106" s="147"/>
+      <c r="GA106" s="147"/>
+      <c r="GB106" s="147"/>
+      <c r="GC106" s="147"/>
+      <c r="GD106" s="147"/>
+      <c r="GE106" s="147"/>
+    </row>
+    <row r="107" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A107" s="180" t="s">
+        <v>138</v>
+      </c>
+      <c r="B107" s="149" t="s">
+        <v>134</v>
+      </c>
+      <c r="C107" s="165">
+        <v>34</v>
+      </c>
+      <c r="D107" s="157">
+        <v>12</v>
+      </c>
+      <c r="E107" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="F107" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="G107" s="157">
+        <v>0</v>
+      </c>
+      <c r="H107" s="157">
+        <v>0</v>
+      </c>
+      <c r="I107" s="157">
+        <v>0</v>
+      </c>
+      <c r="J107" s="160">
+        <v>49</v>
+      </c>
+      <c r="K107" s="147"/>
+      <c r="L107" s="147"/>
+      <c r="M107" s="147"/>
+      <c r="N107" s="147"/>
+      <c r="O107" s="147"/>
+      <c r="P107" s="147"/>
+      <c r="Q107" s="147"/>
+      <c r="R107" s="147"/>
+      <c r="S107" s="147"/>
+      <c r="T107" s="147"/>
+      <c r="U107" s="147"/>
+      <c r="V107" s="147"/>
+      <c r="W107" s="147"/>
+      <c r="X107" s="147"/>
+      <c r="Y107" s="147"/>
+      <c r="Z107" s="147"/>
+      <c r="AA107" s="147"/>
+      <c r="AB107" s="147"/>
+      <c r="AC107" s="147"/>
+      <c r="AD107" s="147"/>
+      <c r="AE107" s="147"/>
+      <c r="AF107" s="147"/>
+      <c r="AG107" s="147"/>
+      <c r="AH107" s="147"/>
+      <c r="AI107" s="147"/>
+      <c r="AJ107" s="147"/>
+      <c r="AK107" s="147"/>
+      <c r="AL107" s="147"/>
+      <c r="AM107" s="147"/>
+      <c r="AN107" s="147"/>
+      <c r="AO107" s="147"/>
+      <c r="AP107" s="147"/>
+      <c r="AQ107" s="147"/>
+      <c r="AR107" s="147"/>
+      <c r="AS107" s="147"/>
+      <c r="AT107" s="147"/>
+      <c r="AU107" s="147"/>
+      <c r="AV107" s="147"/>
+      <c r="AW107" s="147"/>
+      <c r="AX107" s="147"/>
+      <c r="AY107" s="147"/>
+      <c r="AZ107" s="147"/>
+      <c r="BA107" s="147"/>
+      <c r="BB107" s="147"/>
+      <c r="BC107" s="147"/>
+      <c r="BD107" s="147"/>
+      <c r="BE107" s="147"/>
+      <c r="BF107" s="147"/>
+      <c r="BG107" s="147"/>
+      <c r="BH107" s="147"/>
+      <c r="BI107" s="147"/>
+      <c r="BJ107" s="147"/>
+      <c r="BK107" s="147"/>
+      <c r="BL107" s="147"/>
+      <c r="BM107" s="147"/>
+      <c r="BN107" s="147"/>
+      <c r="BO107" s="147"/>
+      <c r="BP107" s="147"/>
+      <c r="BQ107" s="147"/>
+      <c r="BR107" s="147"/>
+      <c r="BS107" s="147"/>
+      <c r="BT107" s="147"/>
+      <c r="BU107" s="147"/>
+      <c r="BV107" s="147"/>
+      <c r="BW107" s="147"/>
+      <c r="BX107" s="147"/>
+      <c r="BY107" s="147"/>
+      <c r="BZ107" s="147"/>
+      <c r="CA107" s="147"/>
+      <c r="CB107" s="147"/>
+      <c r="CC107" s="147"/>
+      <c r="CD107" s="147"/>
+      <c r="CE107" s="147"/>
+      <c r="CF107" s="147"/>
+      <c r="CG107" s="147"/>
+      <c r="CH107" s="147"/>
+      <c r="CI107" s="147"/>
+      <c r="CJ107" s="147"/>
+      <c r="CK107" s="147"/>
+      <c r="CL107" s="147"/>
+      <c r="CM107" s="147"/>
+      <c r="CN107" s="147"/>
+      <c r="CO107" s="147"/>
+      <c r="CP107" s="147"/>
+      <c r="CQ107" s="147"/>
+      <c r="CR107" s="147"/>
+      <c r="CS107" s="147"/>
+      <c r="CT107" s="147"/>
+      <c r="CU107" s="147"/>
+      <c r="CV107" s="147"/>
+      <c r="CW107" s="147"/>
+      <c r="CX107" s="147"/>
+      <c r="CY107" s="147"/>
+      <c r="CZ107" s="147"/>
+      <c r="DA107" s="147"/>
+      <c r="DB107" s="147"/>
+      <c r="DC107" s="147"/>
+      <c r="DD107" s="147"/>
+      <c r="DE107" s="147"/>
+      <c r="DF107" s="147"/>
+      <c r="DG107" s="147"/>
+      <c r="DH107" s="147"/>
+      <c r="DI107" s="147"/>
+      <c r="DJ107" s="147"/>
+      <c r="DK107" s="147"/>
+      <c r="DL107" s="147"/>
+      <c r="DM107" s="147"/>
+      <c r="DN107" s="147"/>
+      <c r="DO107" s="147"/>
+      <c r="DP107" s="147"/>
+      <c r="DQ107" s="147"/>
+      <c r="DR107" s="147"/>
+      <c r="DS107" s="147"/>
+      <c r="DT107" s="147"/>
+      <c r="DU107" s="147"/>
+      <c r="DV107" s="147"/>
+      <c r="DW107" s="147"/>
+      <c r="DX107" s="147"/>
+      <c r="DY107" s="147"/>
+      <c r="DZ107" s="147"/>
+      <c r="EA107" s="147"/>
+      <c r="EB107" s="147"/>
+      <c r="EC107" s="147"/>
+      <c r="ED107" s="147"/>
+      <c r="EE107" s="147"/>
+      <c r="EF107" s="147"/>
+      <c r="EG107" s="147"/>
+      <c r="EH107" s="147"/>
+      <c r="EI107" s="147"/>
+      <c r="EJ107" s="147"/>
+      <c r="EK107" s="147"/>
+      <c r="EL107" s="147"/>
+      <c r="EM107" s="147"/>
+      <c r="EN107" s="147"/>
+      <c r="EO107" s="147"/>
+      <c r="EP107" s="147"/>
+      <c r="EQ107" s="147"/>
+      <c r="ER107" s="147"/>
+      <c r="ES107" s="147"/>
+      <c r="ET107" s="147"/>
+      <c r="EU107" s="147"/>
+      <c r="EV107" s="147"/>
+      <c r="EW107" s="147"/>
+      <c r="EX107" s="147"/>
+      <c r="EY107" s="147"/>
+      <c r="EZ107" s="147"/>
+      <c r="FA107" s="147"/>
+      <c r="FB107" s="147"/>
+      <c r="FC107" s="147"/>
+      <c r="FD107" s="147"/>
+      <c r="FE107" s="147"/>
+      <c r="FF107" s="147"/>
+      <c r="FG107" s="147"/>
+      <c r="FH107" s="147"/>
+      <c r="FI107" s="147"/>
+      <c r="FJ107" s="147"/>
+      <c r="FK107" s="147"/>
+      <c r="FL107" s="147"/>
+      <c r="FM107" s="147"/>
+      <c r="FN107" s="147"/>
+      <c r="FO107" s="147"/>
+      <c r="FP107" s="147"/>
+      <c r="FQ107" s="147"/>
+      <c r="FR107" s="147"/>
+      <c r="FS107" s="147"/>
+      <c r="FT107" s="147"/>
+      <c r="FU107" s="147"/>
+      <c r="FV107" s="147"/>
+      <c r="FW107" s="147"/>
+      <c r="FX107" s="147"/>
+      <c r="FY107" s="147"/>
+      <c r="FZ107" s="147"/>
+      <c r="GA107" s="147"/>
+      <c r="GB107" s="147"/>
+      <c r="GC107" s="147"/>
+      <c r="GD107" s="147"/>
+      <c r="GE107" s="147"/>
+    </row>
+    <row r="108" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A108" s="180">
+        <v>2025</v>
+      </c>
+      <c r="B108" s="185" t="s">
+        <v>124</v>
+      </c>
+      <c r="C108" s="186">
+        <v>458</v>
+      </c>
+      <c r="D108" s="186">
+        <v>47</v>
+      </c>
+      <c r="E108" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="F108" s="186">
+        <v>0</v>
+      </c>
+      <c r="G108" s="186">
+        <v>0</v>
+      </c>
+      <c r="H108" s="186">
+        <v>0</v>
+      </c>
+      <c r="I108" s="186">
+        <v>0</v>
+      </c>
+      <c r="J108" s="209">
+        <v>507</v>
+      </c>
+      <c r="K108" s="147"/>
+      <c r="L108" s="147"/>
+      <c r="M108" s="147"/>
+      <c r="N108" s="147"/>
+      <c r="O108" s="147"/>
+      <c r="P108" s="147"/>
+      <c r="Q108" s="147"/>
+      <c r="R108" s="147"/>
+      <c r="S108" s="147"/>
+      <c r="T108" s="147"/>
+      <c r="U108" s="147"/>
+      <c r="V108" s="147"/>
+      <c r="W108" s="147"/>
+      <c r="X108" s="147"/>
+      <c r="Y108" s="147"/>
+      <c r="Z108" s="147"/>
+      <c r="AA108" s="147"/>
+      <c r="AB108" s="147"/>
+      <c r="AC108" s="147"/>
+      <c r="AD108" s="147"/>
+      <c r="AE108" s="147"/>
+      <c r="AF108" s="147"/>
+      <c r="AG108" s="147"/>
+      <c r="AH108" s="147"/>
+      <c r="AI108" s="147"/>
+      <c r="AJ108" s="147"/>
+      <c r="AK108" s="147"/>
+      <c r="AL108" s="147"/>
+      <c r="AM108" s="147"/>
+      <c r="AN108" s="147"/>
+      <c r="AO108" s="147"/>
+      <c r="AP108" s="147"/>
+      <c r="AQ108" s="147"/>
+      <c r="AR108" s="147"/>
+      <c r="AS108" s="147"/>
+      <c r="AT108" s="147"/>
+      <c r="AU108" s="147"/>
+      <c r="AV108" s="147"/>
+      <c r="AW108" s="147"/>
+      <c r="AX108" s="147"/>
+      <c r="AY108" s="147"/>
+      <c r="AZ108" s="147"/>
+      <c r="BA108" s="147"/>
+      <c r="BB108" s="147"/>
+      <c r="BC108" s="147"/>
+      <c r="BD108" s="147"/>
+      <c r="BE108" s="147"/>
+      <c r="BF108" s="147"/>
+      <c r="BG108" s="147"/>
+      <c r="BH108" s="147"/>
+      <c r="BI108" s="147"/>
+      <c r="BJ108" s="147"/>
+      <c r="BK108" s="147"/>
+      <c r="BL108" s="147"/>
+      <c r="BM108" s="147"/>
+      <c r="BN108" s="147"/>
+      <c r="BO108" s="147"/>
+      <c r="BP108" s="147"/>
+      <c r="BQ108" s="147"/>
+      <c r="BR108" s="147"/>
+      <c r="BS108" s="147"/>
+      <c r="BT108" s="147"/>
+      <c r="BU108" s="147"/>
+      <c r="BV108" s="147"/>
+      <c r="BW108" s="147"/>
+      <c r="BX108" s="147"/>
+      <c r="BY108" s="147"/>
+      <c r="BZ108" s="147"/>
+      <c r="CA108" s="147"/>
+      <c r="CB108" s="147"/>
+      <c r="CC108" s="147"/>
+      <c r="CD108" s="147"/>
+      <c r="CE108" s="147"/>
+      <c r="CF108" s="147"/>
+      <c r="CG108" s="147"/>
+      <c r="CH108" s="147"/>
+      <c r="CI108" s="147"/>
+      <c r="CJ108" s="147"/>
+      <c r="CK108" s="147"/>
+      <c r="CL108" s="147"/>
+      <c r="CM108" s="147"/>
+      <c r="CN108" s="147"/>
+      <c r="CO108" s="147"/>
+      <c r="CP108" s="147"/>
+      <c r="CQ108" s="147"/>
+      <c r="CR108" s="147"/>
+      <c r="CS108" s="147"/>
+      <c r="CT108" s="147"/>
+      <c r="CU108" s="147"/>
+      <c r="CV108" s="147"/>
+      <c r="CW108" s="147"/>
+      <c r="CX108" s="147"/>
+      <c r="CY108" s="147"/>
+      <c r="CZ108" s="147"/>
+      <c r="DA108" s="147"/>
+      <c r="DB108" s="147"/>
+      <c r="DC108" s="147"/>
+      <c r="DD108" s="147"/>
+      <c r="DE108" s="147"/>
+      <c r="DF108" s="147"/>
+      <c r="DG108" s="147"/>
+      <c r="DH108" s="147"/>
+      <c r="DI108" s="147"/>
+      <c r="DJ108" s="147"/>
+      <c r="DK108" s="147"/>
+      <c r="DL108" s="147"/>
+      <c r="DM108" s="147"/>
+      <c r="DN108" s="147"/>
+      <c r="DO108" s="147"/>
+      <c r="DP108" s="147"/>
+      <c r="DQ108" s="147"/>
+      <c r="DR108" s="147"/>
+      <c r="DS108" s="147"/>
+      <c r="DT108" s="147"/>
+      <c r="DU108" s="147"/>
+      <c r="DV108" s="147"/>
+      <c r="DW108" s="147"/>
+      <c r="DX108" s="147"/>
+      <c r="DY108" s="147"/>
+      <c r="DZ108" s="147"/>
+      <c r="EA108" s="147"/>
+      <c r="EB108" s="147"/>
+      <c r="EC108" s="147"/>
+      <c r="ED108" s="147"/>
+      <c r="EE108" s="147"/>
+      <c r="EF108" s="147"/>
+      <c r="EG108" s="147"/>
+      <c r="EH108" s="147"/>
+      <c r="EI108" s="147"/>
+      <c r="EJ108" s="147"/>
+      <c r="EK108" s="147"/>
+      <c r="EL108" s="147"/>
+      <c r="EM108" s="147"/>
+      <c r="EN108" s="147"/>
+      <c r="EO108" s="147"/>
+      <c r="EP108" s="147"/>
+      <c r="EQ108" s="147"/>
+      <c r="ER108" s="147"/>
+      <c r="ES108" s="147"/>
+      <c r="ET108" s="147"/>
+      <c r="EU108" s="147"/>
+      <c r="EV108" s="147"/>
+      <c r="EW108" s="147"/>
+      <c r="EX108" s="147"/>
+      <c r="EY108" s="147"/>
+      <c r="EZ108" s="147"/>
+      <c r="FA108" s="147"/>
+      <c r="FB108" s="147"/>
+      <c r="FC108" s="147"/>
+      <c r="FD108" s="147"/>
+      <c r="FE108" s="147"/>
+      <c r="FF108" s="147"/>
+      <c r="FG108" s="147"/>
+      <c r="FH108" s="147"/>
+      <c r="FI108" s="147"/>
+      <c r="FJ108" s="147"/>
+      <c r="FK108" s="147"/>
+      <c r="FL108" s="147"/>
+      <c r="FM108" s="147"/>
+      <c r="FN108" s="147"/>
+      <c r="FO108" s="147"/>
+      <c r="FP108" s="147"/>
+      <c r="FQ108" s="147"/>
+      <c r="FR108" s="147"/>
+      <c r="FS108" s="147"/>
+      <c r="FT108" s="147"/>
+      <c r="FU108" s="147"/>
+      <c r="FV108" s="147"/>
+      <c r="FW108" s="147"/>
+      <c r="FX108" s="147"/>
+      <c r="FY108" s="147"/>
+      <c r="FZ108" s="147"/>
+      <c r="GA108" s="147"/>
+      <c r="GB108" s="147"/>
+      <c r="GC108" s="147"/>
+      <c r="GD108" s="147"/>
+      <c r="GE108" s="147"/>
+    </row>
+    <row r="109" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A109" s="181" t="s">
+        <v>34</v>
+      </c>
+      <c r="B109" s="149" t="s">
+        <v>136</v>
+      </c>
+      <c r="C109" s="157">
+        <v>30</v>
+      </c>
+      <c r="D109" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="E109" s="157">
+        <v>11</v>
+      </c>
+      <c r="F109" s="157">
+        <v>0</v>
+      </c>
+      <c r="G109" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="H109" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="I109" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="J109" s="160">
+        <v>47</v>
+      </c>
+      <c r="K109" s="147"/>
+      <c r="L109" s="147"/>
+      <c r="M109" s="147"/>
+      <c r="N109" s="147"/>
+      <c r="O109" s="147"/>
+      <c r="P109" s="147"/>
+      <c r="Q109" s="147"/>
+      <c r="R109" s="147"/>
+      <c r="S109" s="147"/>
+      <c r="T109" s="147"/>
+      <c r="U109" s="147"/>
+      <c r="V109" s="147"/>
+      <c r="W109" s="147"/>
+      <c r="X109" s="147"/>
+      <c r="Y109" s="147"/>
+      <c r="Z109" s="147"/>
+      <c r="AA109" s="147"/>
+      <c r="AB109" s="147"/>
+      <c r="AC109" s="147"/>
+      <c r="AD109" s="147"/>
+      <c r="AE109" s="147"/>
+      <c r="AF109" s="147"/>
+      <c r="AG109" s="147"/>
+      <c r="AH109" s="147"/>
+      <c r="AI109" s="147"/>
+      <c r="AJ109" s="147"/>
+      <c r="AK109" s="147"/>
+      <c r="AL109" s="147"/>
+      <c r="AM109" s="147"/>
+      <c r="AN109" s="147"/>
+      <c r="AO109" s="147"/>
+      <c r="AP109" s="147"/>
+      <c r="AQ109" s="147"/>
+      <c r="AR109" s="147"/>
+      <c r="AS109" s="147"/>
+      <c r="AT109" s="147"/>
+      <c r="AU109" s="147"/>
+      <c r="AV109" s="147"/>
+      <c r="AW109" s="147"/>
+      <c r="AX109" s="147"/>
+      <c r="AY109" s="147"/>
+      <c r="AZ109" s="147"/>
+      <c r="BA109" s="147"/>
+      <c r="BB109" s="147"/>
+      <c r="BC109" s="147"/>
+      <c r="BD109" s="147"/>
+      <c r="BE109" s="147"/>
+      <c r="BF109" s="147"/>
+      <c r="BG109" s="147"/>
+      <c r="BH109" s="147"/>
+      <c r="BI109" s="147"/>
+      <c r="BJ109" s="147"/>
+      <c r="BK109" s="147"/>
+      <c r="BL109" s="147"/>
+      <c r="BM109" s="147"/>
+      <c r="BN109" s="147"/>
+      <c r="BO109" s="147"/>
+      <c r="BP109" s="147"/>
+      <c r="BQ109" s="147"/>
+      <c r="BR109" s="147"/>
+      <c r="BS109" s="147"/>
+      <c r="BT109" s="147"/>
+      <c r="BU109" s="147"/>
+      <c r="BV109" s="147"/>
+      <c r="BW109" s="147"/>
+      <c r="BX109" s="147"/>
+      <c r="BY109" s="147"/>
+      <c r="BZ109" s="147"/>
+      <c r="CA109" s="147"/>
+      <c r="CB109" s="147"/>
+      <c r="CC109" s="147"/>
+      <c r="CD109" s="147"/>
+      <c r="CE109" s="147"/>
+      <c r="CF109" s="147"/>
+      <c r="CG109" s="147"/>
+      <c r="CH109" s="147"/>
+      <c r="CI109" s="147"/>
+      <c r="CJ109" s="147"/>
+      <c r="CK109" s="147"/>
+      <c r="CL109" s="147"/>
+      <c r="CM109" s="147"/>
+      <c r="CN109" s="147"/>
+      <c r="CO109" s="147"/>
+      <c r="CP109" s="147"/>
+      <c r="CQ109" s="147"/>
+      <c r="CR109" s="147"/>
+      <c r="CS109" s="147"/>
+      <c r="CT109" s="147"/>
+      <c r="CU109" s="147"/>
+      <c r="CV109" s="147"/>
+      <c r="CW109" s="147"/>
+      <c r="CX109" s="147"/>
+      <c r="CY109" s="147"/>
+      <c r="CZ109" s="147"/>
+      <c r="DA109" s="147"/>
+      <c r="DB109" s="147"/>
+      <c r="DC109" s="147"/>
+      <c r="DD109" s="147"/>
+      <c r="DE109" s="147"/>
+      <c r="DF109" s="147"/>
+      <c r="DG109" s="147"/>
+      <c r="DH109" s="147"/>
+      <c r="DI109" s="147"/>
+      <c r="DJ109" s="147"/>
+      <c r="DK109" s="147"/>
+      <c r="DL109" s="147"/>
+      <c r="DM109" s="147"/>
+      <c r="DN109" s="147"/>
+      <c r="DO109" s="147"/>
+      <c r="DP109" s="147"/>
+      <c r="DQ109" s="147"/>
+      <c r="DR109" s="147"/>
+      <c r="DS109" s="147"/>
+      <c r="DT109" s="147"/>
+      <c r="DU109" s="147"/>
+      <c r="DV109" s="147"/>
+      <c r="DW109" s="147"/>
+      <c r="DX109" s="147"/>
+      <c r="DY109" s="147"/>
+      <c r="DZ109" s="147"/>
+      <c r="EA109" s="147"/>
+      <c r="EB109" s="147"/>
+      <c r="EC109" s="147"/>
+      <c r="ED109" s="147"/>
+      <c r="EE109" s="147"/>
+      <c r="EF109" s="147"/>
+      <c r="EG109" s="147"/>
+      <c r="EH109" s="147"/>
+      <c r="EI109" s="147"/>
+      <c r="EJ109" s="147"/>
+      <c r="EK109" s="147"/>
+      <c r="EL109" s="147"/>
+      <c r="EM109" s="147"/>
+      <c r="EN109" s="147"/>
+      <c r="EO109" s="147"/>
+      <c r="EP109" s="147"/>
+      <c r="EQ109" s="147"/>
+      <c r="ER109" s="147"/>
+      <c r="ES109" s="147"/>
+      <c r="ET109" s="147"/>
+      <c r="EU109" s="147"/>
+      <c r="EV109" s="147"/>
+      <c r="EW109" s="147"/>
+      <c r="EX109" s="147"/>
+      <c r="EY109" s="147"/>
+      <c r="EZ109" s="147"/>
+      <c r="FA109" s="147"/>
+      <c r="FB109" s="147"/>
+      <c r="FC109" s="147"/>
+      <c r="FD109" s="147"/>
+      <c r="FE109" s="147"/>
+      <c r="FF109" s="147"/>
+      <c r="FG109" s="147"/>
+      <c r="FH109" s="147"/>
+      <c r="FI109" s="147"/>
+      <c r="FJ109" s="147"/>
+      <c r="FK109" s="147"/>
+      <c r="FL109" s="147"/>
+      <c r="FM109" s="147"/>
+      <c r="FN109" s="147"/>
+      <c r="FO109" s="147"/>
+      <c r="FP109" s="147"/>
+      <c r="FQ109" s="147"/>
+      <c r="FR109" s="147"/>
+      <c r="FS109" s="147"/>
+      <c r="FT109" s="147"/>
+      <c r="FU109" s="147"/>
+      <c r="FV109" s="147"/>
+      <c r="FW109" s="147"/>
+      <c r="FX109" s="147"/>
+      <c r="FY109" s="147"/>
+      <c r="FZ109" s="147"/>
+      <c r="GA109" s="147"/>
+      <c r="GB109" s="147"/>
+      <c r="GC109" s="147"/>
+      <c r="GD109" s="147"/>
+      <c r="GE109" s="147"/>
+    </row>
+    <row r="110" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A110" s="181"/>
+      <c r="B110" s="185" t="s">
+        <v>126</v>
+      </c>
+      <c r="C110" s="186">
         <v>68</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B18" s="158" t="s">
+      <c r="D110" s="186">
+        <v>10</v>
+      </c>
+      <c r="E110" s="186">
+        <v>10</v>
+      </c>
+      <c r="F110" s="186">
+        <v>9</v>
+      </c>
+      <c r="G110" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="H110" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="I110" s="186" t="s">
+        <v>108</v>
+      </c>
+      <c r="J110" s="209">
+        <v>104</v>
+      </c>
+      <c r="K110" s="147"/>
+      <c r="L110" s="147"/>
+      <c r="M110" s="147"/>
+      <c r="N110" s="147"/>
+      <c r="O110" s="147"/>
+      <c r="P110" s="147"/>
+      <c r="Q110" s="147"/>
+      <c r="R110" s="147"/>
+      <c r="S110" s="147"/>
+      <c r="T110" s="147"/>
+      <c r="U110" s="147"/>
+      <c r="V110" s="147"/>
+      <c r="W110" s="147"/>
+      <c r="X110" s="147"/>
+      <c r="Y110" s="147"/>
+      <c r="Z110" s="147"/>
+      <c r="AA110" s="147"/>
+      <c r="AB110" s="147"/>
+      <c r="AC110" s="147"/>
+      <c r="AD110" s="147"/>
+      <c r="AE110" s="147"/>
+      <c r="AF110" s="147"/>
+      <c r="AG110" s="147"/>
+      <c r="AH110" s="147"/>
+      <c r="AI110" s="147"/>
+      <c r="AJ110" s="147"/>
+      <c r="AK110" s="147"/>
+      <c r="AL110" s="147"/>
+      <c r="AM110" s="147"/>
+      <c r="AN110" s="147"/>
+      <c r="AO110" s="147"/>
+      <c r="AP110" s="147"/>
+      <c r="AQ110" s="147"/>
+      <c r="AR110" s="147"/>
+      <c r="AS110" s="147"/>
+      <c r="AT110" s="147"/>
+      <c r="AU110" s="147"/>
+      <c r="AV110" s="147"/>
+      <c r="AW110" s="147"/>
+      <c r="AX110" s="147"/>
+      <c r="AY110" s="147"/>
+      <c r="AZ110" s="147"/>
+      <c r="BA110" s="147"/>
+      <c r="BB110" s="147"/>
+      <c r="BC110" s="147"/>
+      <c r="BD110" s="147"/>
+      <c r="BE110" s="147"/>
+      <c r="BF110" s="147"/>
+      <c r="BG110" s="147"/>
+      <c r="BH110" s="147"/>
+      <c r="BI110" s="147"/>
+      <c r="BJ110" s="147"/>
+      <c r="BK110" s="147"/>
+      <c r="BL110" s="147"/>
+      <c r="BM110" s="147"/>
+      <c r="BN110" s="147"/>
+      <c r="BO110" s="147"/>
+      <c r="BP110" s="147"/>
+      <c r="BQ110" s="147"/>
+      <c r="BR110" s="147"/>
+      <c r="BS110" s="147"/>
+      <c r="BT110" s="147"/>
+      <c r="BU110" s="147"/>
+      <c r="BV110" s="147"/>
+      <c r="BW110" s="147"/>
+      <c r="BX110" s="147"/>
+      <c r="BY110" s="147"/>
+      <c r="BZ110" s="147"/>
+      <c r="CA110" s="147"/>
+      <c r="CB110" s="147"/>
+      <c r="CC110" s="147"/>
+      <c r="CD110" s="147"/>
+      <c r="CE110" s="147"/>
+      <c r="CF110" s="147"/>
+      <c r="CG110" s="147"/>
+      <c r="CH110" s="147"/>
+      <c r="CI110" s="147"/>
+      <c r="CJ110" s="147"/>
+      <c r="CK110" s="147"/>
+      <c r="CL110" s="147"/>
+      <c r="CM110" s="147"/>
+      <c r="CN110" s="147"/>
+      <c r="CO110" s="147"/>
+      <c r="CP110" s="147"/>
+      <c r="CQ110" s="147"/>
+      <c r="CR110" s="147"/>
+      <c r="CS110" s="147"/>
+      <c r="CT110" s="147"/>
+      <c r="CU110" s="147"/>
+      <c r="CV110" s="147"/>
+      <c r="CW110" s="147"/>
+      <c r="CX110" s="147"/>
+      <c r="CY110" s="147"/>
+      <c r="CZ110" s="147"/>
+      <c r="DA110" s="147"/>
+      <c r="DB110" s="147"/>
+      <c r="DC110" s="147"/>
+      <c r="DD110" s="147"/>
+      <c r="DE110" s="147"/>
+      <c r="DF110" s="147"/>
+      <c r="DG110" s="147"/>
+      <c r="DH110" s="147"/>
+      <c r="DI110" s="147"/>
+      <c r="DJ110" s="147"/>
+      <c r="DK110" s="147"/>
+      <c r="DL110" s="147"/>
+      <c r="DM110" s="147"/>
+      <c r="DN110" s="147"/>
+      <c r="DO110" s="147"/>
+      <c r="DP110" s="147"/>
+      <c r="DQ110" s="147"/>
+      <c r="DR110" s="147"/>
+      <c r="DS110" s="147"/>
+      <c r="DT110" s="147"/>
+      <c r="DU110" s="147"/>
+      <c r="DV110" s="147"/>
+      <c r="DW110" s="147"/>
+      <c r="DX110" s="147"/>
+      <c r="DY110" s="147"/>
+      <c r="DZ110" s="147"/>
+      <c r="EA110" s="147"/>
+      <c r="EB110" s="147"/>
+      <c r="EC110" s="147"/>
+      <c r="ED110" s="147"/>
+      <c r="EE110" s="147"/>
+      <c r="EF110" s="147"/>
+      <c r="EG110" s="147"/>
+      <c r="EH110" s="147"/>
+      <c r="EI110" s="147"/>
+      <c r="EJ110" s="147"/>
+      <c r="EK110" s="147"/>
+      <c r="EL110" s="147"/>
+      <c r="EM110" s="147"/>
+      <c r="EN110" s="147"/>
+      <c r="EO110" s="147"/>
+      <c r="EP110" s="147"/>
+      <c r="EQ110" s="147"/>
+      <c r="ER110" s="147"/>
+      <c r="ES110" s="147"/>
+      <c r="ET110" s="147"/>
+      <c r="EU110" s="147"/>
+      <c r="EV110" s="147"/>
+      <c r="EW110" s="147"/>
+      <c r="EX110" s="147"/>
+      <c r="EY110" s="147"/>
+      <c r="EZ110" s="147"/>
+      <c r="FA110" s="147"/>
+      <c r="FB110" s="147"/>
+      <c r="FC110" s="147"/>
+      <c r="FD110" s="147"/>
+      <c r="FE110" s="147"/>
+      <c r="FF110" s="147"/>
+      <c r="FG110" s="147"/>
+      <c r="FH110" s="147"/>
+      <c r="FI110" s="147"/>
+      <c r="FJ110" s="147"/>
+      <c r="FK110" s="147"/>
+      <c r="FL110" s="147"/>
+      <c r="FM110" s="147"/>
+      <c r="FN110" s="147"/>
+      <c r="FO110" s="147"/>
+      <c r="FP110" s="147"/>
+      <c r="FQ110" s="147"/>
+      <c r="FR110" s="147"/>
+      <c r="FS110" s="147"/>
+      <c r="FT110" s="147"/>
+      <c r="FU110" s="147"/>
+      <c r="FV110" s="147"/>
+      <c r="FW110" s="147"/>
+      <c r="FX110" s="147"/>
+      <c r="FY110" s="147"/>
+      <c r="FZ110" s="147"/>
+      <c r="GA110" s="147"/>
+      <c r="GB110" s="147"/>
+      <c r="GC110" s="147"/>
+      <c r="GD110" s="147"/>
+      <c r="GE110" s="147"/>
+    </row>
+    <row r="111" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A111" s="184"/>
+      <c r="B111" s="149" t="s">
+        <v>127</v>
+      </c>
+      <c r="C111" s="157">
+        <v>116</v>
+      </c>
+      <c r="D111" s="157">
+        <v>77</v>
+      </c>
+      <c r="E111" s="157">
+        <v>78</v>
+      </c>
+      <c r="F111" s="157">
+        <v>30</v>
+      </c>
+      <c r="G111" s="157">
+        <v>12</v>
+      </c>
+      <c r="H111" s="157">
+        <v>10</v>
+      </c>
+      <c r="I111" s="157">
+        <v>8</v>
+      </c>
+      <c r="J111" s="160">
+        <v>331</v>
+      </c>
+      <c r="K111" s="147"/>
+      <c r="L111" s="147"/>
+      <c r="M111" s="147"/>
+      <c r="N111" s="147"/>
+      <c r="O111" s="147"/>
+      <c r="P111" s="147"/>
+      <c r="Q111" s="147"/>
+      <c r="R111" s="147"/>
+      <c r="S111" s="147"/>
+      <c r="T111" s="147"/>
+      <c r="U111" s="147"/>
+      <c r="V111" s="147"/>
+      <c r="W111" s="147"/>
+      <c r="X111" s="147"/>
+      <c r="Y111" s="147"/>
+      <c r="Z111" s="147"/>
+      <c r="AA111" s="147"/>
+      <c r="AB111" s="147"/>
+      <c r="AC111" s="147"/>
+      <c r="AD111" s="147"/>
+      <c r="AE111" s="147"/>
+      <c r="AF111" s="147"/>
+      <c r="AG111" s="147"/>
+      <c r="AH111" s="147"/>
+      <c r="AI111" s="147"/>
+      <c r="AJ111" s="147"/>
+      <c r="AK111" s="147"/>
+      <c r="AL111" s="147"/>
+      <c r="AM111" s="147"/>
+      <c r="AN111" s="147"/>
+      <c r="AO111" s="147"/>
+      <c r="AP111" s="147"/>
+      <c r="AQ111" s="147"/>
+      <c r="AR111" s="147"/>
+      <c r="AS111" s="147"/>
+      <c r="AT111" s="147"/>
+      <c r="AU111" s="147"/>
+      <c r="AV111" s="147"/>
+      <c r="AW111" s="147"/>
+      <c r="AX111" s="147"/>
+      <c r="AY111" s="147"/>
+      <c r="AZ111" s="147"/>
+      <c r="BA111" s="147"/>
+      <c r="BB111" s="147"/>
+      <c r="BC111" s="147"/>
+      <c r="BD111" s="147"/>
+      <c r="BE111" s="147"/>
+      <c r="BF111" s="147"/>
+      <c r="BG111" s="147"/>
+      <c r="BH111" s="147"/>
+      <c r="BI111" s="147"/>
+      <c r="BJ111" s="147"/>
+      <c r="BK111" s="147"/>
+      <c r="BL111" s="147"/>
+      <c r="BM111" s="147"/>
+      <c r="BN111" s="147"/>
+      <c r="BO111" s="147"/>
+      <c r="BP111" s="147"/>
+      <c r="BQ111" s="147"/>
+      <c r="BR111" s="147"/>
+      <c r="BS111" s="147"/>
+      <c r="BT111" s="147"/>
+      <c r="BU111" s="147"/>
+      <c r="BV111" s="147"/>
+      <c r="BW111" s="147"/>
+      <c r="BX111" s="147"/>
+      <c r="BY111" s="147"/>
+      <c r="BZ111" s="147"/>
+      <c r="CA111" s="147"/>
+      <c r="CB111" s="147"/>
+      <c r="CC111" s="147"/>
+      <c r="CD111" s="147"/>
+      <c r="CE111" s="147"/>
+      <c r="CF111" s="147"/>
+      <c r="CG111" s="147"/>
+      <c r="CH111" s="147"/>
+      <c r="CI111" s="147"/>
+      <c r="CJ111" s="147"/>
+      <c r="CK111" s="147"/>
+      <c r="CL111" s="147"/>
+      <c r="CM111" s="147"/>
+      <c r="CN111" s="147"/>
+      <c r="CO111" s="147"/>
+      <c r="CP111" s="147"/>
+      <c r="CQ111" s="147"/>
+      <c r="CR111" s="147"/>
+      <c r="CS111" s="147"/>
+      <c r="CT111" s="147"/>
+      <c r="CU111" s="147"/>
+      <c r="CV111" s="147"/>
+      <c r="CW111" s="147"/>
+      <c r="CX111" s="147"/>
+      <c r="CY111" s="147"/>
+      <c r="CZ111" s="147"/>
+      <c r="DA111" s="147"/>
+      <c r="DB111" s="147"/>
+      <c r="DC111" s="147"/>
+      <c r="DD111" s="147"/>
+      <c r="DE111" s="147"/>
+      <c r="DF111" s="147"/>
+      <c r="DG111" s="147"/>
+      <c r="DH111" s="147"/>
+      <c r="DI111" s="147"/>
+      <c r="DJ111" s="147"/>
+      <c r="DK111" s="147"/>
+      <c r="DL111" s="147"/>
+      <c r="DM111" s="147"/>
+      <c r="DN111" s="147"/>
+      <c r="DO111" s="147"/>
+      <c r="DP111" s="147"/>
+      <c r="DQ111" s="147"/>
+      <c r="DR111" s="147"/>
+      <c r="DS111" s="147"/>
+      <c r="DT111" s="147"/>
+      <c r="DU111" s="147"/>
+      <c r="DV111" s="147"/>
+      <c r="DW111" s="147"/>
+      <c r="DX111" s="147"/>
+      <c r="DY111" s="147"/>
+      <c r="DZ111" s="147"/>
+      <c r="EA111" s="147"/>
+      <c r="EB111" s="147"/>
+      <c r="EC111" s="147"/>
+      <c r="ED111" s="147"/>
+      <c r="EE111" s="147"/>
+      <c r="EF111" s="147"/>
+      <c r="EG111" s="147"/>
+      <c r="EH111" s="147"/>
+      <c r="EI111" s="147"/>
+      <c r="EJ111" s="147"/>
+      <c r="EK111" s="147"/>
+      <c r="EL111" s="147"/>
+      <c r="EM111" s="147"/>
+      <c r="EN111" s="147"/>
+      <c r="EO111" s="147"/>
+      <c r="EP111" s="147"/>
+      <c r="EQ111" s="147"/>
+      <c r="ER111" s="147"/>
+      <c r="ES111" s="147"/>
+      <c r="ET111" s="147"/>
+      <c r="EU111" s="147"/>
+      <c r="EV111" s="147"/>
+      <c r="EW111" s="147"/>
+      <c r="EX111" s="147"/>
+      <c r="EY111" s="147"/>
+      <c r="EZ111" s="147"/>
+      <c r="FA111" s="147"/>
+      <c r="FB111" s="147"/>
+      <c r="FC111" s="147"/>
+      <c r="FD111" s="147"/>
+      <c r="FE111" s="147"/>
+      <c r="FF111" s="147"/>
+      <c r="FG111" s="147"/>
+      <c r="FH111" s="147"/>
+      <c r="FI111" s="147"/>
+      <c r="FJ111" s="147"/>
+      <c r="FK111" s="147"/>
+      <c r="FL111" s="147"/>
+      <c r="FM111" s="147"/>
+      <c r="FN111" s="147"/>
+      <c r="FO111" s="147"/>
+      <c r="FP111" s="147"/>
+      <c r="FQ111" s="147"/>
+      <c r="FR111" s="147"/>
+      <c r="FS111" s="147"/>
+      <c r="FT111" s="147"/>
+      <c r="FU111" s="147"/>
+      <c r="FV111" s="147"/>
+      <c r="FW111" s="147"/>
+      <c r="FX111" s="147"/>
+      <c r="FY111" s="147"/>
+      <c r="FZ111" s="147"/>
+      <c r="GA111" s="147"/>
+      <c r="GB111" s="147"/>
+      <c r="GC111" s="147"/>
+      <c r="GD111" s="147"/>
+      <c r="GE111" s="147"/>
+    </row>
+    <row r="112" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A112" s="184"/>
+      <c r="B112" s="185" t="s">
         <v>128</v>
       </c>
-      <c r="C18" s="166">
-[...118 lines deleted...]
-      <c r="A19" s="157" t="s">
+      <c r="C112" s="186">
+        <v>840</v>
+      </c>
+      <c r="D112" s="186">
+        <v>480</v>
+      </c>
+      <c r="E112" s="186">
+        <v>610</v>
+      </c>
+      <c r="F112" s="186">
+        <v>410</v>
+      </c>
+      <c r="G112" s="186">
+        <v>255</v>
+      </c>
+      <c r="H112" s="186">
+        <v>178</v>
+      </c>
+      <c r="I112" s="186">
+        <v>375</v>
+      </c>
+      <c r="J112" s="209">
+        <v>3148</v>
+      </c>
+      <c r="K112" s="147"/>
+      <c r="L112" s="147"/>
+      <c r="M112" s="147"/>
+      <c r="N112" s="147"/>
+      <c r="O112" s="147"/>
+      <c r="P112" s="147"/>
+      <c r="Q112" s="147"/>
+      <c r="R112" s="147"/>
+      <c r="S112" s="147"/>
+      <c r="T112" s="147"/>
+      <c r="U112" s="147"/>
+      <c r="V112" s="147"/>
+      <c r="W112" s="147"/>
+      <c r="X112" s="147"/>
+      <c r="Y112" s="147"/>
+      <c r="Z112" s="147"/>
+      <c r="AA112" s="147"/>
+      <c r="AB112" s="147"/>
+      <c r="AC112" s="147"/>
+      <c r="AD112" s="147"/>
+      <c r="AE112" s="147"/>
+      <c r="AF112" s="147"/>
+      <c r="AG112" s="147"/>
+      <c r="AH112" s="147"/>
+      <c r="AI112" s="147"/>
+      <c r="AJ112" s="147"/>
+      <c r="AK112" s="147"/>
+      <c r="AL112" s="147"/>
+      <c r="AM112" s="147"/>
+      <c r="AN112" s="147"/>
+      <c r="AO112" s="147"/>
+      <c r="AP112" s="147"/>
+      <c r="AQ112" s="147"/>
+      <c r="AR112" s="147"/>
+      <c r="AS112" s="147"/>
+      <c r="AT112" s="147"/>
+      <c r="AU112" s="147"/>
+      <c r="AV112" s="147"/>
+      <c r="AW112" s="147"/>
+      <c r="AX112" s="147"/>
+      <c r="AY112" s="147"/>
+      <c r="AZ112" s="147"/>
+      <c r="BA112" s="147"/>
+      <c r="BB112" s="147"/>
+      <c r="BC112" s="147"/>
+      <c r="BD112" s="147"/>
+      <c r="BE112" s="147"/>
+      <c r="BF112" s="147"/>
+      <c r="BG112" s="147"/>
+      <c r="BH112" s="147"/>
+      <c r="BI112" s="147"/>
+      <c r="BJ112" s="147"/>
+      <c r="BK112" s="147"/>
+      <c r="BL112" s="147"/>
+      <c r="BM112" s="147"/>
+      <c r="BN112" s="147"/>
+      <c r="BO112" s="147"/>
+      <c r="BP112" s="147"/>
+      <c r="BQ112" s="147"/>
+      <c r="BR112" s="147"/>
+      <c r="BS112" s="147"/>
+      <c r="BT112" s="147"/>
+      <c r="BU112" s="147"/>
+      <c r="BV112" s="147"/>
+      <c r="BW112" s="147"/>
+      <c r="BX112" s="147"/>
+      <c r="BY112" s="147"/>
+      <c r="BZ112" s="147"/>
+      <c r="CA112" s="147"/>
+      <c r="CB112" s="147"/>
+      <c r="CC112" s="147"/>
+      <c r="CD112" s="147"/>
+      <c r="CE112" s="147"/>
+      <c r="CF112" s="147"/>
+      <c r="CG112" s="147"/>
+      <c r="CH112" s="147"/>
+      <c r="CI112" s="147"/>
+      <c r="CJ112" s="147"/>
+      <c r="CK112" s="147"/>
+      <c r="CL112" s="147"/>
+      <c r="CM112" s="147"/>
+      <c r="CN112" s="147"/>
+      <c r="CO112" s="147"/>
+      <c r="CP112" s="147"/>
+      <c r="CQ112" s="147"/>
+      <c r="CR112" s="147"/>
+      <c r="CS112" s="147"/>
+      <c r="CT112" s="147"/>
+      <c r="CU112" s="147"/>
+      <c r="CV112" s="147"/>
+      <c r="CW112" s="147"/>
+      <c r="CX112" s="147"/>
+      <c r="CY112" s="147"/>
+      <c r="CZ112" s="147"/>
+      <c r="DA112" s="147"/>
+      <c r="DB112" s="147"/>
+      <c r="DC112" s="147"/>
+      <c r="DD112" s="147"/>
+      <c r="DE112" s="147"/>
+      <c r="DF112" s="147"/>
+      <c r="DG112" s="147"/>
+      <c r="DH112" s="147"/>
+      <c r="DI112" s="147"/>
+      <c r="DJ112" s="147"/>
+      <c r="DK112" s="147"/>
+      <c r="DL112" s="147"/>
+      <c r="DM112" s="147"/>
+      <c r="DN112" s="147"/>
+      <c r="DO112" s="147"/>
+      <c r="DP112" s="147"/>
+      <c r="DQ112" s="147"/>
+      <c r="DR112" s="147"/>
+      <c r="DS112" s="147"/>
+      <c r="DT112" s="147"/>
+      <c r="DU112" s="147"/>
+      <c r="DV112" s="147"/>
+      <c r="DW112" s="147"/>
+      <c r="DX112" s="147"/>
+      <c r="DY112" s="147"/>
+      <c r="DZ112" s="147"/>
+      <c r="EA112" s="147"/>
+      <c r="EB112" s="147"/>
+      <c r="EC112" s="147"/>
+      <c r="ED112" s="147"/>
+      <c r="EE112" s="147"/>
+      <c r="EF112" s="147"/>
+      <c r="EG112" s="147"/>
+      <c r="EH112" s="147"/>
+      <c r="EI112" s="147"/>
+      <c r="EJ112" s="147"/>
+      <c r="EK112" s="147"/>
+      <c r="EL112" s="147"/>
+      <c r="EM112" s="147"/>
+      <c r="EN112" s="147"/>
+      <c r="EO112" s="147"/>
+      <c r="EP112" s="147"/>
+      <c r="EQ112" s="147"/>
+      <c r="ER112" s="147"/>
+      <c r="ES112" s="147"/>
+      <c r="ET112" s="147"/>
+      <c r="EU112" s="147"/>
+      <c r="EV112" s="147"/>
+      <c r="EW112" s="147"/>
+      <c r="EX112" s="147"/>
+      <c r="EY112" s="147"/>
+      <c r="EZ112" s="147"/>
+      <c r="FA112" s="147"/>
+      <c r="FB112" s="147"/>
+      <c r="FC112" s="147"/>
+      <c r="FD112" s="147"/>
+      <c r="FE112" s="147"/>
+      <c r="FF112" s="147"/>
+      <c r="FG112" s="147"/>
+      <c r="FH112" s="147"/>
+      <c r="FI112" s="147"/>
+      <c r="FJ112" s="147"/>
+      <c r="FK112" s="147"/>
+      <c r="FL112" s="147"/>
+      <c r="FM112" s="147"/>
+      <c r="FN112" s="147"/>
+      <c r="FO112" s="147"/>
+      <c r="FP112" s="147"/>
+      <c r="FQ112" s="147"/>
+      <c r="FR112" s="147"/>
+      <c r="FS112" s="147"/>
+      <c r="FT112" s="147"/>
+      <c r="FU112" s="147"/>
+      <c r="FV112" s="147"/>
+      <c r="FW112" s="147"/>
+      <c r="FX112" s="147"/>
+      <c r="FY112" s="147"/>
+      <c r="FZ112" s="147"/>
+      <c r="GA112" s="147"/>
+      <c r="GB112" s="147"/>
+      <c r="GC112" s="147"/>
+      <c r="GD112" s="147"/>
+      <c r="GE112" s="147"/>
+    </row>
+    <row r="113" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A113" s="181"/>
+      <c r="B113" s="149" t="s">
+        <v>129</v>
+      </c>
+      <c r="C113" s="157">
+        <v>391</v>
+      </c>
+      <c r="D113" s="157">
+        <v>204</v>
+      </c>
+      <c r="E113" s="157">
+        <v>244</v>
+      </c>
+      <c r="F113" s="157">
+        <v>87</v>
+      </c>
+      <c r="G113" s="157">
+        <v>27</v>
+      </c>
+      <c r="H113" s="157">
+        <v>9</v>
+      </c>
+      <c r="I113" s="157">
+        <v>15</v>
+      </c>
+      <c r="J113" s="160">
+        <v>977</v>
+      </c>
+      <c r="K113" s="147"/>
+      <c r="L113" s="147"/>
+      <c r="M113" s="147"/>
+      <c r="N113" s="147"/>
+      <c r="O113" s="147"/>
+      <c r="P113" s="147"/>
+      <c r="Q113" s="147"/>
+      <c r="R113" s="147"/>
+      <c r="S113" s="147"/>
+      <c r="T113" s="147"/>
+      <c r="U113" s="147"/>
+      <c r="V113" s="147"/>
+      <c r="W113" s="147"/>
+      <c r="X113" s="147"/>
+      <c r="Y113" s="147"/>
+      <c r="Z113" s="147"/>
+      <c r="AA113" s="147"/>
+      <c r="AB113" s="147"/>
+      <c r="AC113" s="147"/>
+      <c r="AD113" s="147"/>
+      <c r="AE113" s="147"/>
+      <c r="AF113" s="147"/>
+      <c r="AG113" s="147"/>
+      <c r="AH113" s="147"/>
+      <c r="AI113" s="147"/>
+      <c r="AJ113" s="147"/>
+      <c r="AK113" s="147"/>
+      <c r="AL113" s="147"/>
+      <c r="AM113" s="147"/>
+      <c r="AN113" s="147"/>
+      <c r="AO113" s="147"/>
+      <c r="AP113" s="147"/>
+      <c r="AQ113" s="147"/>
+      <c r="AR113" s="147"/>
+      <c r="AS113" s="147"/>
+      <c r="AT113" s="147"/>
+      <c r="AU113" s="147"/>
+      <c r="AV113" s="147"/>
+      <c r="AW113" s="147"/>
+      <c r="AX113" s="147"/>
+      <c r="AY113" s="147"/>
+      <c r="AZ113" s="147"/>
+      <c r="BA113" s="147"/>
+      <c r="BB113" s="147"/>
+      <c r="BC113" s="147"/>
+      <c r="BD113" s="147"/>
+      <c r="BE113" s="147"/>
+      <c r="BF113" s="147"/>
+      <c r="BG113" s="147"/>
+      <c r="BH113" s="147"/>
+      <c r="BI113" s="147"/>
+      <c r="BJ113" s="147"/>
+      <c r="BK113" s="147"/>
+      <c r="BL113" s="147"/>
+      <c r="BM113" s="147"/>
+      <c r="BN113" s="147"/>
+      <c r="BO113" s="147"/>
+      <c r="BP113" s="147"/>
+      <c r="BQ113" s="147"/>
+      <c r="BR113" s="147"/>
+      <c r="BS113" s="147"/>
+      <c r="BT113" s="147"/>
+      <c r="BU113" s="147"/>
+      <c r="BV113" s="147"/>
+      <c r="BW113" s="147"/>
+      <c r="BX113" s="147"/>
+      <c r="BY113" s="147"/>
+      <c r="BZ113" s="147"/>
+      <c r="CA113" s="147"/>
+      <c r="CB113" s="147"/>
+      <c r="CC113" s="147"/>
+      <c r="CD113" s="147"/>
+      <c r="CE113" s="147"/>
+      <c r="CF113" s="147"/>
+      <c r="CG113" s="147"/>
+      <c r="CH113" s="147"/>
+      <c r="CI113" s="147"/>
+      <c r="CJ113" s="147"/>
+      <c r="CK113" s="147"/>
+      <c r="CL113" s="147"/>
+      <c r="CM113" s="147"/>
+      <c r="CN113" s="147"/>
+      <c r="CO113" s="147"/>
+      <c r="CP113" s="147"/>
+      <c r="CQ113" s="147"/>
+      <c r="CR113" s="147"/>
+      <c r="CS113" s="147"/>
+      <c r="CT113" s="147"/>
+      <c r="CU113" s="147"/>
+      <c r="CV113" s="147"/>
+      <c r="CW113" s="147"/>
+      <c r="CX113" s="147"/>
+      <c r="CY113" s="147"/>
+      <c r="CZ113" s="147"/>
+      <c r="DA113" s="147"/>
+      <c r="DB113" s="147"/>
+      <c r="DC113" s="147"/>
+      <c r="DD113" s="147"/>
+      <c r="DE113" s="147"/>
+      <c r="DF113" s="147"/>
+      <c r="DG113" s="147"/>
+      <c r="DH113" s="147"/>
+      <c r="DI113" s="147"/>
+      <c r="DJ113" s="147"/>
+      <c r="DK113" s="147"/>
+      <c r="DL113" s="147"/>
+      <c r="DM113" s="147"/>
+      <c r="DN113" s="147"/>
+      <c r="DO113" s="147"/>
+      <c r="DP113" s="147"/>
+      <c r="DQ113" s="147"/>
+      <c r="DR113" s="147"/>
+      <c r="DS113" s="147"/>
+      <c r="DT113" s="147"/>
+      <c r="DU113" s="147"/>
+      <c r="DV113" s="147"/>
+      <c r="DW113" s="147"/>
+      <c r="DX113" s="147"/>
+      <c r="DY113" s="147"/>
+      <c r="DZ113" s="147"/>
+      <c r="EA113" s="147"/>
+      <c r="EB113" s="147"/>
+      <c r="EC113" s="147"/>
+      <c r="ED113" s="147"/>
+      <c r="EE113" s="147"/>
+      <c r="EF113" s="147"/>
+      <c r="EG113" s="147"/>
+      <c r="EH113" s="147"/>
+      <c r="EI113" s="147"/>
+      <c r="EJ113" s="147"/>
+      <c r="EK113" s="147"/>
+      <c r="EL113" s="147"/>
+      <c r="EM113" s="147"/>
+      <c r="EN113" s="147"/>
+      <c r="EO113" s="147"/>
+      <c r="EP113" s="147"/>
+      <c r="EQ113" s="147"/>
+      <c r="ER113" s="147"/>
+      <c r="ES113" s="147"/>
+      <c r="ET113" s="147"/>
+      <c r="EU113" s="147"/>
+      <c r="EV113" s="147"/>
+      <c r="EW113" s="147"/>
+      <c r="EX113" s="147"/>
+      <c r="EY113" s="147"/>
+      <c r="EZ113" s="147"/>
+      <c r="FA113" s="147"/>
+      <c r="FB113" s="147"/>
+      <c r="FC113" s="147"/>
+      <c r="FD113" s="147"/>
+      <c r="FE113" s="147"/>
+      <c r="FF113" s="147"/>
+      <c r="FG113" s="147"/>
+      <c r="FH113" s="147"/>
+      <c r="FI113" s="147"/>
+      <c r="FJ113" s="147"/>
+      <c r="FK113" s="147"/>
+      <c r="FL113" s="147"/>
+      <c r="FM113" s="147"/>
+      <c r="FN113" s="147"/>
+      <c r="FO113" s="147"/>
+      <c r="FP113" s="147"/>
+      <c r="FQ113" s="147"/>
+      <c r="FR113" s="147"/>
+      <c r="FS113" s="147"/>
+      <c r="FT113" s="147"/>
+      <c r="FU113" s="147"/>
+      <c r="FV113" s="147"/>
+      <c r="FW113" s="147"/>
+      <c r="FX113" s="147"/>
+      <c r="FY113" s="147"/>
+      <c r="FZ113" s="147"/>
+      <c r="GA113" s="147"/>
+      <c r="GB113" s="147"/>
+      <c r="GC113" s="147"/>
+      <c r="GD113" s="147"/>
+      <c r="GE113" s="147"/>
+    </row>
+    <row r="114" spans="1:187" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A114" s="182"/>
+      <c r="B114" s="190" t="s">
         <v>34</v>
       </c>
-      <c r="B19" s="194" t="s">
-[...624 lines deleted...]
-      <c r="C24" s="166">
+      <c r="C114" s="193">
+        <v>1965</v>
+      </c>
+      <c r="D114" s="193">
+        <v>844</v>
+      </c>
+      <c r="E114" s="193">
+        <v>973</v>
+      </c>
+      <c r="F114" s="193">
+        <v>541</v>
+      </c>
+      <c r="G114" s="193">
+        <v>299</v>
+      </c>
+      <c r="H114" s="193">
+        <v>198</v>
+      </c>
+      <c r="I114" s="193">
+        <v>400</v>
+      </c>
+      <c r="J114" s="193">
+        <v>5220</v>
+      </c>
+      <c r="K114" s="147"/>
+      <c r="L114" s="147"/>
+      <c r="M114" s="147"/>
+      <c r="N114" s="147"/>
+      <c r="O114" s="147"/>
+      <c r="P114" s="147"/>
+      <c r="Q114" s="147"/>
+      <c r="R114" s="147"/>
+      <c r="S114" s="147"/>
+      <c r="T114" s="147"/>
+      <c r="U114" s="147"/>
+      <c r="V114" s="147"/>
+      <c r="W114" s="147"/>
+      <c r="X114" s="147"/>
+      <c r="Y114" s="147"/>
+      <c r="Z114" s="147"/>
+      <c r="AA114" s="147"/>
+      <c r="AB114" s="147"/>
+      <c r="AC114" s="147"/>
+      <c r="AD114" s="147"/>
+      <c r="AE114" s="147"/>
+      <c r="AF114" s="147"/>
+      <c r="AG114" s="147"/>
+      <c r="AH114" s="147"/>
+      <c r="AI114" s="147"/>
+      <c r="AJ114" s="147"/>
+      <c r="AK114" s="147"/>
+      <c r="AL114" s="147"/>
+      <c r="AM114" s="147"/>
+      <c r="AN114" s="147"/>
+      <c r="AO114" s="147"/>
+      <c r="AP114" s="147"/>
+      <c r="AQ114" s="147"/>
+      <c r="AR114" s="147"/>
+      <c r="AS114" s="147"/>
+      <c r="AT114" s="147"/>
+      <c r="AU114" s="147"/>
+      <c r="AV114" s="147"/>
+      <c r="AW114" s="147"/>
+      <c r="AX114" s="147"/>
+      <c r="AY114" s="147"/>
+      <c r="AZ114" s="147"/>
+      <c r="BA114" s="147"/>
+      <c r="BB114" s="147"/>
+      <c r="BC114" s="147"/>
+      <c r="BD114" s="147"/>
+      <c r="BE114" s="147"/>
+      <c r="BF114" s="147"/>
+      <c r="BG114" s="147"/>
+      <c r="BH114" s="147"/>
+      <c r="BI114" s="147"/>
+      <c r="BJ114" s="147"/>
+      <c r="BK114" s="147"/>
+      <c r="BL114" s="147"/>
+      <c r="BM114" s="147"/>
+      <c r="BN114" s="147"/>
+      <c r="BO114" s="147"/>
+      <c r="BP114" s="147"/>
+      <c r="BQ114" s="147"/>
+      <c r="BR114" s="147"/>
+      <c r="BS114" s="147"/>
+      <c r="BT114" s="147"/>
+      <c r="BU114" s="147"/>
+      <c r="BV114" s="147"/>
+      <c r="BW114" s="147"/>
+      <c r="BX114" s="147"/>
+      <c r="BY114" s="147"/>
+      <c r="BZ114" s="147"/>
+      <c r="CA114" s="147"/>
+      <c r="CB114" s="147"/>
+      <c r="CC114" s="147"/>
+      <c r="CD114" s="147"/>
+      <c r="CE114" s="147"/>
+      <c r="CF114" s="147"/>
+      <c r="CG114" s="147"/>
+      <c r="CH114" s="147"/>
+      <c r="CI114" s="147"/>
+      <c r="CJ114" s="147"/>
+      <c r="CK114" s="147"/>
+      <c r="CL114" s="147"/>
+      <c r="CM114" s="147"/>
+      <c r="CN114" s="147"/>
+      <c r="CO114" s="147"/>
+      <c r="CP114" s="147"/>
+      <c r="CQ114" s="147"/>
+      <c r="CR114" s="147"/>
+      <c r="CS114" s="147"/>
+      <c r="CT114" s="147"/>
+      <c r="CU114" s="147"/>
+      <c r="CV114" s="147"/>
+      <c r="CW114" s="147"/>
+      <c r="CX114" s="147"/>
+      <c r="CY114" s="147"/>
+      <c r="CZ114" s="147"/>
+      <c r="DA114" s="147"/>
+      <c r="DB114" s="147"/>
+      <c r="DC114" s="147"/>
+      <c r="DD114" s="147"/>
+      <c r="DE114" s="147"/>
+      <c r="DF114" s="147"/>
+      <c r="DG114" s="147"/>
+      <c r="DH114" s="147"/>
+      <c r="DI114" s="147"/>
+      <c r="DJ114" s="147"/>
+      <c r="DK114" s="147"/>
+      <c r="DL114" s="147"/>
+      <c r="DM114" s="147"/>
+      <c r="DN114" s="147"/>
+      <c r="DO114" s="147"/>
+      <c r="DP114" s="147"/>
+      <c r="DQ114" s="147"/>
+      <c r="DR114" s="147"/>
+      <c r="DS114" s="147"/>
+      <c r="DT114" s="147"/>
+      <c r="DU114" s="147"/>
+      <c r="DV114" s="147"/>
+      <c r="DW114" s="147"/>
+      <c r="DX114" s="147"/>
+      <c r="DY114" s="147"/>
+      <c r="DZ114" s="147"/>
+      <c r="EA114" s="147"/>
+      <c r="EB114" s="147"/>
+      <c r="EC114" s="147"/>
+      <c r="ED114" s="147"/>
+      <c r="EE114" s="147"/>
+      <c r="EF114" s="147"/>
+      <c r="EG114" s="147"/>
+      <c r="EH114" s="147"/>
+      <c r="EI114" s="147"/>
+      <c r="EJ114" s="147"/>
+      <c r="EK114" s="147"/>
+      <c r="EL114" s="147"/>
+      <c r="EM114" s="147"/>
+      <c r="EN114" s="147"/>
+      <c r="EO114" s="147"/>
+      <c r="EP114" s="147"/>
+      <c r="EQ114" s="147"/>
+      <c r="ER114" s="147"/>
+      <c r="ES114" s="147"/>
+      <c r="ET114" s="147"/>
+      <c r="EU114" s="147"/>
+      <c r="EV114" s="147"/>
+      <c r="EW114" s="147"/>
+      <c r="EX114" s="147"/>
+      <c r="EY114" s="147"/>
+      <c r="EZ114" s="147"/>
+      <c r="FA114" s="147"/>
+      <c r="FB114" s="147"/>
+      <c r="FC114" s="147"/>
+      <c r="FD114" s="147"/>
+      <c r="FE114" s="147"/>
+      <c r="FF114" s="147"/>
+      <c r="FG114" s="147"/>
+      <c r="FH114" s="147"/>
+      <c r="FI114" s="147"/>
+      <c r="FJ114" s="147"/>
+      <c r="FK114" s="147"/>
+      <c r="FL114" s="147"/>
+      <c r="FM114" s="147"/>
+      <c r="FN114" s="147"/>
+      <c r="FO114" s="147"/>
+      <c r="FP114" s="147"/>
+      <c r="FQ114" s="147"/>
+      <c r="FR114" s="147"/>
+      <c r="FS114" s="147"/>
+      <c r="FT114" s="147"/>
+      <c r="FU114" s="147"/>
+      <c r="FV114" s="147"/>
+      <c r="FW114" s="147"/>
+      <c r="FX114" s="147"/>
+      <c r="FY114" s="147"/>
+      <c r="FZ114" s="147"/>
+      <c r="GA114" s="147"/>
+      <c r="GB114" s="147"/>
+      <c r="GC114" s="147"/>
+      <c r="GD114" s="147"/>
+      <c r="GE114" s="147"/>
+    </row>
+    <row r="115" spans="1:187" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="147" t="s">
+        <v>203</v>
+      </c>
+      <c r="B115" s="147"/>
+      <c r="C115" s="147"/>
+      <c r="D115" s="147"/>
+      <c r="E115" s="147"/>
+      <c r="F115" s="147"/>
+      <c r="G115" s="147"/>
+      <c r="H115" s="147"/>
+      <c r="I115" s="147"/>
+      <c r="J115" s="147"/>
+      <c r="K115" s="147"/>
+      <c r="L115" s="147"/>
+      <c r="M115" s="147"/>
+      <c r="N115" s="147"/>
+      <c r="O115" s="147"/>
+      <c r="P115" s="147"/>
+      <c r="Q115" s="147"/>
+      <c r="R115" s="147"/>
+      <c r="S115" s="147"/>
+      <c r="T115" s="147"/>
+      <c r="U115" s="147"/>
+      <c r="V115" s="147"/>
+      <c r="W115" s="147"/>
+      <c r="X115" s="147"/>
+      <c r="Y115" s="147"/>
+      <c r="Z115" s="147"/>
+      <c r="AA115" s="147"/>
+      <c r="AB115" s="147"/>
+      <c r="AC115" s="147"/>
+      <c r="AD115" s="147"/>
+      <c r="AE115" s="147"/>
+      <c r="AF115" s="147"/>
+      <c r="AG115" s="147"/>
+      <c r="AH115" s="147"/>
+      <c r="AI115" s="147"/>
+      <c r="AJ115" s="147"/>
+      <c r="AK115" s="147"/>
+      <c r="AL115" s="147"/>
+      <c r="AM115" s="147"/>
+      <c r="AN115" s="147"/>
+      <c r="AO115" s="147"/>
+      <c r="AP115" s="147"/>
+      <c r="AQ115" s="147"/>
+      <c r="AR115" s="147"/>
+      <c r="AS115" s="147"/>
+      <c r="AT115" s="147"/>
+      <c r="AU115" s="147"/>
+      <c r="AV115" s="147"/>
+      <c r="AW115" s="147"/>
+      <c r="AX115" s="147"/>
+      <c r="AY115" s="147"/>
+      <c r="AZ115" s="147"/>
+      <c r="BA115" s="147"/>
+      <c r="BB115" s="147"/>
+      <c r="BC115" s="147"/>
+      <c r="BD115" s="147"/>
+      <c r="BE115" s="147"/>
+      <c r="BF115" s="147"/>
+      <c r="BG115" s="147"/>
+      <c r="BH115" s="147"/>
+      <c r="BI115" s="147"/>
+      <c r="BJ115" s="147"/>
+      <c r="BK115" s="147"/>
+      <c r="BL115" s="147"/>
+      <c r="BM115" s="147"/>
+      <c r="BN115" s="147"/>
+      <c r="BO115" s="147"/>
+      <c r="BP115" s="147"/>
+      <c r="BQ115" s="147"/>
+      <c r="BR115" s="147"/>
+      <c r="BS115" s="147"/>
+      <c r="BT115" s="147"/>
+      <c r="BU115" s="147"/>
+      <c r="BV115" s="147"/>
+      <c r="BW115" s="147"/>
+      <c r="BX115" s="147"/>
+      <c r="BY115" s="147"/>
+      <c r="BZ115" s="147"/>
+      <c r="CA115" s="147"/>
+      <c r="CB115" s="147"/>
+      <c r="CC115" s="147"/>
+      <c r="CD115" s="147"/>
+      <c r="CE115" s="147"/>
+      <c r="CF115" s="147"/>
+      <c r="CG115" s="147"/>
+      <c r="CH115" s="147"/>
+      <c r="CI115" s="147"/>
+      <c r="CJ115" s="147"/>
+      <c r="CK115" s="147"/>
+      <c r="CL115" s="147"/>
+      <c r="CM115" s="147"/>
+      <c r="CN115" s="147"/>
+      <c r="CO115" s="147"/>
+      <c r="CP115" s="147"/>
+      <c r="CQ115" s="147"/>
+      <c r="CR115" s="147"/>
+      <c r="CS115" s="147"/>
+      <c r="CT115" s="147"/>
+      <c r="CU115" s="147"/>
+      <c r="CV115" s="147"/>
+      <c r="CW115" s="147"/>
+      <c r="CX115" s="147"/>
+      <c r="CY115" s="147"/>
+      <c r="CZ115" s="147"/>
+      <c r="DA115" s="147"/>
+      <c r="DB115" s="147"/>
+      <c r="DC115" s="147"/>
+      <c r="DD115" s="147"/>
+      <c r="DE115" s="147"/>
+      <c r="DF115" s="147"/>
+      <c r="DG115" s="147"/>
+      <c r="DH115" s="147"/>
+      <c r="DI115" s="147"/>
+      <c r="DJ115" s="147"/>
+      <c r="DK115" s="147"/>
+      <c r="DL115" s="147"/>
+      <c r="DM115" s="147"/>
+      <c r="DN115" s="147"/>
+      <c r="DO115" s="147"/>
+      <c r="DP115" s="147"/>
+      <c r="DQ115" s="147"/>
+      <c r="DR115" s="147"/>
+      <c r="DS115" s="147"/>
+      <c r="DT115" s="147"/>
+      <c r="DU115" s="147"/>
+      <c r="DV115" s="147"/>
+      <c r="DW115" s="147"/>
+      <c r="DX115" s="147"/>
+      <c r="DY115" s="147"/>
+      <c r="DZ115" s="147"/>
+      <c r="EA115" s="147"/>
+      <c r="EB115" s="147"/>
+      <c r="EC115" s="147"/>
+      <c r="ED115" s="147"/>
+      <c r="EE115" s="147"/>
+      <c r="EF115" s="147"/>
+      <c r="EG115" s="147"/>
+      <c r="EH115" s="147"/>
+      <c r="EI115" s="147"/>
+      <c r="EJ115" s="147"/>
+      <c r="EK115" s="147"/>
+      <c r="EL115" s="147"/>
+      <c r="EM115" s="147"/>
+      <c r="EN115" s="147"/>
+      <c r="EO115" s="147"/>
+      <c r="EP115" s="147"/>
+      <c r="EQ115" s="147"/>
+      <c r="ER115" s="147"/>
+      <c r="ES115" s="147"/>
+      <c r="ET115" s="147"/>
+      <c r="EU115" s="147"/>
+      <c r="EV115" s="147"/>
+      <c r="EW115" s="147"/>
+      <c r="EX115" s="147"/>
+      <c r="EY115" s="147"/>
+      <c r="EZ115" s="147"/>
+      <c r="FA115" s="147"/>
+      <c r="FB115" s="147"/>
+      <c r="FC115" s="147"/>
+      <c r="FD115" s="147"/>
+      <c r="FE115" s="147"/>
+      <c r="FF115" s="147"/>
+      <c r="FG115" s="147"/>
+      <c r="FH115" s="147"/>
+      <c r="FI115" s="147"/>
+      <c r="FJ115" s="147"/>
+      <c r="FK115" s="147"/>
+      <c r="FL115" s="147"/>
+      <c r="FM115" s="147"/>
+      <c r="FN115" s="147"/>
+      <c r="FO115" s="147"/>
+      <c r="FP115" s="147"/>
+      <c r="FQ115" s="147"/>
+      <c r="FR115" s="147"/>
+      <c r="FS115" s="147"/>
+      <c r="FT115" s="147"/>
+      <c r="FU115" s="147"/>
+      <c r="FV115" s="147"/>
+      <c r="FW115" s="147"/>
+      <c r="FX115" s="147"/>
+      <c r="FY115" s="147"/>
+      <c r="FZ115" s="147"/>
+      <c r="GA115" s="147"/>
+      <c r="GB115" s="147"/>
+      <c r="GC115" s="147"/>
+      <c r="GD115" s="147"/>
+      <c r="GE115" s="147"/>
+    </row>
+    <row r="116" spans="1:187" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="153" t="s">
+        <v>139</v>
+      </c>
+      <c r="B116" s="154"/>
+      <c r="C116" s="166"/>
+      <c r="D116" s="166"/>
+      <c r="E116" s="166"/>
+      <c r="F116" s="166"/>
+      <c r="G116" s="166"/>
+      <c r="H116" s="166"/>
+      <c r="I116" s="166"/>
+      <c r="J116" s="156"/>
+      <c r="K116" s="147"/>
+      <c r="L116" s="147"/>
+      <c r="M116" s="147"/>
+      <c r="N116" s="147"/>
+      <c r="O116" s="147"/>
+      <c r="P116" s="147"/>
+      <c r="Q116" s="147"/>
+      <c r="R116" s="147"/>
+      <c r="S116" s="147"/>
+      <c r="T116" s="147"/>
+      <c r="U116" s="147"/>
+      <c r="V116" s="147"/>
+      <c r="W116" s="147"/>
+      <c r="X116" s="147"/>
+      <c r="Y116" s="147"/>
+      <c r="Z116" s="147"/>
+      <c r="AA116" s="147"/>
+      <c r="AB116" s="147"/>
+      <c r="AC116" s="147"/>
+      <c r="AD116" s="147"/>
+      <c r="AE116" s="147"/>
+      <c r="AF116" s="147"/>
+      <c r="AG116" s="147"/>
+      <c r="AH116" s="147"/>
+      <c r="AI116" s="147"/>
+      <c r="AJ116" s="147"/>
+      <c r="AK116" s="147"/>
+      <c r="AL116" s="147"/>
+      <c r="AM116" s="147"/>
+      <c r="AN116" s="147"/>
+      <c r="AO116" s="147"/>
+      <c r="AP116" s="147"/>
+      <c r="AQ116" s="147"/>
+      <c r="AR116" s="147"/>
+      <c r="AS116" s="147"/>
+      <c r="AT116" s="147"/>
+      <c r="AU116" s="147"/>
+      <c r="AV116" s="147"/>
+      <c r="AW116" s="147"/>
+      <c r="AX116" s="147"/>
+      <c r="AY116" s="147"/>
+      <c r="AZ116" s="147"/>
+      <c r="BA116" s="147"/>
+      <c r="BB116" s="147"/>
+      <c r="BC116" s="147"/>
+      <c r="BD116" s="147"/>
+      <c r="BE116" s="147"/>
+      <c r="BF116" s="147"/>
+      <c r="BG116" s="147"/>
+      <c r="BH116" s="147"/>
+      <c r="BI116" s="147"/>
+      <c r="BJ116" s="147"/>
+      <c r="BK116" s="147"/>
+      <c r="BL116" s="147"/>
+      <c r="BM116" s="147"/>
+      <c r="BN116" s="147"/>
+      <c r="BO116" s="147"/>
+      <c r="BP116" s="147"/>
+      <c r="BQ116" s="147"/>
+      <c r="BR116" s="147"/>
+      <c r="BS116" s="147"/>
+      <c r="BT116" s="147"/>
+      <c r="BU116" s="147"/>
+      <c r="BV116" s="147"/>
+      <c r="BW116" s="147"/>
+      <c r="BX116" s="147"/>
+      <c r="BY116" s="147"/>
+      <c r="BZ116" s="147"/>
+      <c r="CA116" s="147"/>
+      <c r="CB116" s="147"/>
+      <c r="CC116" s="147"/>
+      <c r="CD116" s="147"/>
+      <c r="CE116" s="147"/>
+      <c r="CF116" s="147"/>
+      <c r="CG116" s="147"/>
+      <c r="CH116" s="147"/>
+      <c r="CI116" s="147"/>
+      <c r="CJ116" s="147"/>
+      <c r="CK116" s="147"/>
+      <c r="CL116" s="147"/>
+      <c r="CM116" s="147"/>
+      <c r="CN116" s="147"/>
+      <c r="CO116" s="147"/>
+      <c r="CP116" s="147"/>
+      <c r="CQ116" s="147"/>
+      <c r="CR116" s="147"/>
+      <c r="CS116" s="147"/>
+      <c r="CT116" s="147"/>
+      <c r="CU116" s="147"/>
+      <c r="CV116" s="147"/>
+      <c r="CW116" s="147"/>
+      <c r="CX116" s="147"/>
+      <c r="CY116" s="147"/>
+      <c r="CZ116" s="147"/>
+      <c r="DA116" s="147"/>
+      <c r="DB116" s="147"/>
+      <c r="DC116" s="147"/>
+      <c r="DD116" s="147"/>
+      <c r="DE116" s="147"/>
+      <c r="DF116" s="147"/>
+      <c r="DG116" s="147"/>
+      <c r="DH116" s="147"/>
+      <c r="DI116" s="147"/>
+      <c r="DJ116" s="147"/>
+      <c r="DK116" s="147"/>
+      <c r="DL116" s="147"/>
+      <c r="DM116" s="147"/>
+      <c r="DN116" s="147"/>
+      <c r="DO116" s="147"/>
+      <c r="DP116" s="147"/>
+      <c r="DQ116" s="147"/>
+      <c r="DR116" s="147"/>
+      <c r="DS116" s="147"/>
+      <c r="DT116" s="147"/>
+      <c r="DU116" s="147"/>
+      <c r="DV116" s="147"/>
+      <c r="DW116" s="147"/>
+      <c r="DX116" s="147"/>
+      <c r="DY116" s="147"/>
+      <c r="DZ116" s="147"/>
+      <c r="EA116" s="147"/>
+      <c r="EB116" s="147"/>
+      <c r="EC116" s="147"/>
+      <c r="ED116" s="147"/>
+      <c r="EE116" s="147"/>
+      <c r="EF116" s="147"/>
+      <c r="EG116" s="147"/>
+      <c r="EH116" s="147"/>
+      <c r="EI116" s="147"/>
+      <c r="EJ116" s="147"/>
+      <c r="EK116" s="147"/>
+      <c r="EL116" s="147"/>
+      <c r="EM116" s="147"/>
+      <c r="EN116" s="147"/>
+      <c r="EO116" s="147"/>
+      <c r="EP116" s="147"/>
+      <c r="EQ116" s="147"/>
+      <c r="ER116" s="147"/>
+      <c r="ES116" s="147"/>
+      <c r="ET116" s="147"/>
+      <c r="EU116" s="147"/>
+      <c r="EV116" s="147"/>
+      <c r="EW116" s="147"/>
+      <c r="EX116" s="147"/>
+      <c r="EY116" s="147"/>
+      <c r="EZ116" s="147"/>
+      <c r="FA116" s="147"/>
+      <c r="FB116" s="147"/>
+      <c r="FC116" s="147"/>
+      <c r="FD116" s="147"/>
+      <c r="FE116" s="147"/>
+      <c r="FF116" s="147"/>
+      <c r="FG116" s="147"/>
+      <c r="FH116" s="147"/>
+      <c r="FI116" s="147"/>
+      <c r="FJ116" s="147"/>
+      <c r="FK116" s="147"/>
+      <c r="FL116" s="147"/>
+      <c r="FM116" s="147"/>
+      <c r="FN116" s="147"/>
+      <c r="FO116" s="147"/>
+      <c r="FP116" s="147"/>
+      <c r="FQ116" s="147"/>
+      <c r="FR116" s="147"/>
+      <c r="FS116" s="147"/>
+      <c r="FT116" s="147"/>
+      <c r="FU116" s="147"/>
+      <c r="FV116" s="147"/>
+      <c r="FW116" s="147"/>
+      <c r="FX116" s="147"/>
+      <c r="FY116" s="147"/>
+      <c r="FZ116" s="147"/>
+      <c r="GA116" s="147"/>
+      <c r="GB116" s="147"/>
+      <c r="GC116" s="147"/>
+      <c r="GD116" s="147"/>
+      <c r="GE116" s="147"/>
+    </row>
+    <row r="117" spans="1:187" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="153" t="s">
+        <v>140</v>
+      </c>
+      <c r="B117" s="154"/>
+      <c r="C117" s="166"/>
+      <c r="D117" s="166"/>
+      <c r="E117" s="166"/>
+      <c r="F117" s="166"/>
+      <c r="G117" s="166"/>
+      <c r="H117" s="166"/>
+      <c r="I117" s="166"/>
+      <c r="J117" s="156"/>
+      <c r="K117" s="147"/>
+      <c r="L117" s="147"/>
+      <c r="M117" s="147"/>
+      <c r="N117" s="147"/>
+      <c r="O117" s="147"/>
+      <c r="P117" s="147"/>
+      <c r="Q117" s="147"/>
+      <c r="R117" s="147"/>
+      <c r="S117" s="147"/>
+      <c r="T117" s="147"/>
+      <c r="U117" s="147"/>
+      <c r="V117" s="147"/>
+      <c r="W117" s="147"/>
+      <c r="X117" s="147"/>
+      <c r="Y117" s="147"/>
+      <c r="Z117" s="147"/>
+      <c r="AA117" s="147"/>
+      <c r="AB117" s="147"/>
+      <c r="AC117" s="147"/>
+      <c r="AD117" s="147"/>
+      <c r="AE117" s="147"/>
+      <c r="AF117" s="147"/>
+      <c r="AG117" s="147"/>
+      <c r="AH117" s="147"/>
+      <c r="AI117" s="147"/>
+      <c r="AJ117" s="147"/>
+      <c r="AK117" s="147"/>
+      <c r="AL117" s="147"/>
+      <c r="AM117" s="147"/>
+      <c r="AN117" s="147"/>
+      <c r="AO117" s="147"/>
+      <c r="AP117" s="147"/>
+      <c r="AQ117" s="147"/>
+      <c r="AR117" s="147"/>
+      <c r="AS117" s="147"/>
+      <c r="AT117" s="147"/>
+      <c r="AU117" s="147"/>
+      <c r="AV117" s="147"/>
+      <c r="AW117" s="147"/>
+      <c r="AX117" s="147"/>
+      <c r="AY117" s="147"/>
+      <c r="AZ117" s="147"/>
+      <c r="BA117" s="147"/>
+      <c r="BB117" s="147"/>
+      <c r="BC117" s="147"/>
+      <c r="BD117" s="147"/>
+      <c r="BE117" s="147"/>
+      <c r="BF117" s="147"/>
+      <c r="BG117" s="147"/>
+      <c r="BH117" s="147"/>
+      <c r="BI117" s="147"/>
+      <c r="BJ117" s="147"/>
+      <c r="BK117" s="147"/>
+      <c r="BL117" s="147"/>
+      <c r="BM117" s="147"/>
+      <c r="BN117" s="147"/>
+      <c r="BO117" s="147"/>
+      <c r="BP117" s="147"/>
+      <c r="BQ117" s="147"/>
+      <c r="BR117" s="147"/>
+      <c r="BS117" s="147"/>
+      <c r="BT117" s="147"/>
+      <c r="BU117" s="147"/>
+      <c r="BV117" s="147"/>
+      <c r="BW117" s="147"/>
+      <c r="BX117" s="147"/>
+      <c r="BY117" s="147"/>
+      <c r="BZ117" s="147"/>
+      <c r="CA117" s="147"/>
+      <c r="CB117" s="147"/>
+      <c r="CC117" s="147"/>
+      <c r="CD117" s="147"/>
+      <c r="CE117" s="147"/>
+      <c r="CF117" s="147"/>
+      <c r="CG117" s="147"/>
+      <c r="CH117" s="147"/>
+      <c r="CI117" s="147"/>
+      <c r="CJ117" s="147"/>
+      <c r="CK117" s="147"/>
+      <c r="CL117" s="147"/>
+      <c r="CM117" s="147"/>
+      <c r="CN117" s="147"/>
+      <c r="CO117" s="147"/>
+      <c r="CP117" s="147"/>
+      <c r="CQ117" s="147"/>
+      <c r="CR117" s="147"/>
+      <c r="CS117" s="147"/>
+      <c r="CT117" s="147"/>
+      <c r="CU117" s="147"/>
+      <c r="CV117" s="147"/>
+      <c r="CW117" s="147"/>
+      <c r="CX117" s="147"/>
+      <c r="CY117" s="147"/>
+      <c r="CZ117" s="147"/>
+      <c r="DA117" s="147"/>
+      <c r="DB117" s="147"/>
+      <c r="DC117" s="147"/>
+      <c r="DD117" s="147"/>
+      <c r="DE117" s="147"/>
+      <c r="DF117" s="147"/>
+      <c r="DG117" s="147"/>
+      <c r="DH117" s="147"/>
+      <c r="DI117" s="147"/>
+      <c r="DJ117" s="147"/>
+      <c r="DK117" s="147"/>
+      <c r="DL117" s="147"/>
+      <c r="DM117" s="147"/>
+      <c r="DN117" s="147"/>
+      <c r="DO117" s="147"/>
+      <c r="DP117" s="147"/>
+      <c r="DQ117" s="147"/>
+      <c r="DR117" s="147"/>
+      <c r="DS117" s="147"/>
+      <c r="DT117" s="147"/>
+      <c r="DU117" s="147"/>
+      <c r="DV117" s="147"/>
+      <c r="DW117" s="147"/>
+      <c r="DX117" s="147"/>
+      <c r="DY117" s="147"/>
+      <c r="DZ117" s="147"/>
+      <c r="EA117" s="147"/>
+      <c r="EB117" s="147"/>
+      <c r="EC117" s="147"/>
+      <c r="ED117" s="147"/>
+      <c r="EE117" s="147"/>
+      <c r="EF117" s="147"/>
+      <c r="EG117" s="147"/>
+      <c r="EH117" s="147"/>
+      <c r="EI117" s="147"/>
+      <c r="EJ117" s="147"/>
+      <c r="EK117" s="147"/>
+      <c r="EL117" s="147"/>
+      <c r="EM117" s="147"/>
+      <c r="EN117" s="147"/>
+      <c r="EO117" s="147"/>
+      <c r="EP117" s="147"/>
+      <c r="EQ117" s="147"/>
+      <c r="ER117" s="147"/>
+      <c r="ES117" s="147"/>
+      <c r="ET117" s="147"/>
+      <c r="EU117" s="147"/>
+      <c r="EV117" s="147"/>
+      <c r="EW117" s="147"/>
+      <c r="EX117" s="147"/>
+      <c r="EY117" s="147"/>
+      <c r="EZ117" s="147"/>
+      <c r="FA117" s="147"/>
+      <c r="FB117" s="147"/>
+      <c r="FC117" s="147"/>
+      <c r="FD117" s="147"/>
+      <c r="FE117" s="147"/>
+      <c r="FF117" s="147"/>
+      <c r="FG117" s="147"/>
+      <c r="FH117" s="147"/>
+      <c r="FI117" s="147"/>
+      <c r="FJ117" s="147"/>
+      <c r="FK117" s="147"/>
+      <c r="FL117" s="147"/>
+      <c r="FM117" s="147"/>
+      <c r="FN117" s="147"/>
+      <c r="FO117" s="147"/>
+      <c r="FP117" s="147"/>
+      <c r="FQ117" s="147"/>
+      <c r="FR117" s="147"/>
+      <c r="FS117" s="147"/>
+      <c r="FT117" s="147"/>
+      <c r="FU117" s="147"/>
+      <c r="FV117" s="147"/>
+      <c r="FW117" s="147"/>
+      <c r="FX117" s="147"/>
+      <c r="FY117" s="147"/>
+      <c r="FZ117" s="147"/>
+      <c r="GA117" s="147"/>
+      <c r="GB117" s="147"/>
+      <c r="GC117" s="147"/>
+      <c r="GD117" s="147"/>
+      <c r="GE117" s="147"/>
+    </row>
+    <row r="118" spans="1:187" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="153" t="s">
+        <v>141</v>
+      </c>
+      <c r="B118" s="154"/>
+      <c r="C118" s="166"/>
+      <c r="D118" s="166"/>
+      <c r="E118" s="166"/>
+      <c r="F118" s="166"/>
+      <c r="G118" s="166"/>
+      <c r="H118" s="166"/>
+      <c r="I118" s="166"/>
+      <c r="J118" s="156"/>
+      <c r="K118" s="147"/>
+      <c r="L118" s="147"/>
+      <c r="M118" s="147"/>
+      <c r="N118" s="147"/>
+      <c r="O118" s="147"/>
+      <c r="P118" s="147"/>
+      <c r="Q118" s="147"/>
+      <c r="R118" s="147"/>
+      <c r="S118" s="147"/>
+      <c r="T118" s="147"/>
+      <c r="U118" s="147"/>
+      <c r="V118" s="147"/>
+      <c r="W118" s="147"/>
+      <c r="X118" s="147"/>
+      <c r="Y118" s="147"/>
+      <c r="Z118" s="147"/>
+      <c r="AA118" s="147"/>
+      <c r="AB118" s="147"/>
+      <c r="AC118" s="147"/>
+      <c r="AD118" s="147"/>
+      <c r="AE118" s="147"/>
+      <c r="AF118" s="147"/>
+      <c r="AG118" s="147"/>
+      <c r="AH118" s="147"/>
+      <c r="AI118" s="147"/>
+      <c r="AJ118" s="147"/>
+      <c r="AK118" s="147"/>
+      <c r="AL118" s="147"/>
+      <c r="AM118" s="147"/>
+      <c r="AN118" s="147"/>
+      <c r="AO118" s="147"/>
+      <c r="AP118" s="147"/>
+      <c r="AQ118" s="147"/>
+      <c r="AR118" s="147"/>
+      <c r="AS118" s="147"/>
+      <c r="AT118" s="147"/>
+      <c r="AU118" s="147"/>
+      <c r="AV118" s="147"/>
+      <c r="AW118" s="147"/>
+      <c r="AX118" s="147"/>
+      <c r="AY118" s="147"/>
+      <c r="AZ118" s="147"/>
+      <c r="BA118" s="147"/>
+      <c r="BB118" s="147"/>
+      <c r="BC118" s="147"/>
+      <c r="BD118" s="147"/>
+      <c r="BE118" s="147"/>
+      <c r="BF118" s="147"/>
+      <c r="BG118" s="147"/>
+      <c r="BH118" s="147"/>
+      <c r="BI118" s="147"/>
+      <c r="BJ118" s="147"/>
+      <c r="BK118" s="147"/>
+      <c r="BL118" s="147"/>
+      <c r="BM118" s="147"/>
+      <c r="BN118" s="147"/>
+      <c r="BO118" s="147"/>
+      <c r="BP118" s="147"/>
+      <c r="BQ118" s="147"/>
+      <c r="BR118" s="147"/>
+      <c r="BS118" s="147"/>
+      <c r="BT118" s="147"/>
+      <c r="BU118" s="147"/>
+      <c r="BV118" s="147"/>
+      <c r="BW118" s="147"/>
+      <c r="BX118" s="147"/>
+      <c r="BY118" s="147"/>
+      <c r="BZ118" s="147"/>
+      <c r="CA118" s="147"/>
+      <c r="CB118" s="147"/>
+      <c r="CC118" s="147"/>
+      <c r="CD118" s="147"/>
+      <c r="CE118" s="147"/>
+      <c r="CF118" s="147"/>
+      <c r="CG118" s="147"/>
+      <c r="CH118" s="147"/>
+      <c r="CI118" s="147"/>
+      <c r="CJ118" s="147"/>
+      <c r="CK118" s="147"/>
+      <c r="CL118" s="147"/>
+      <c r="CM118" s="147"/>
+      <c r="CN118" s="147"/>
+      <c r="CO118" s="147"/>
+      <c r="CP118" s="147"/>
+      <c r="CQ118" s="147"/>
+      <c r="CR118" s="147"/>
+      <c r="CS118" s="147"/>
+      <c r="CT118" s="147"/>
+      <c r="CU118" s="147"/>
+      <c r="CV118" s="147"/>
+      <c r="CW118" s="147"/>
+      <c r="CX118" s="147"/>
+      <c r="CY118" s="147"/>
+      <c r="CZ118" s="147"/>
+      <c r="DA118" s="147"/>
+      <c r="DB118" s="147"/>
+      <c r="DC118" s="147"/>
+      <c r="DD118" s="147"/>
+      <c r="DE118" s="147"/>
+      <c r="DF118" s="147"/>
+      <c r="DG118" s="147"/>
+      <c r="DH118" s="147"/>
+      <c r="DI118" s="147"/>
+      <c r="DJ118" s="147"/>
+      <c r="DK118" s="147"/>
+      <c r="DL118" s="147"/>
+      <c r="DM118" s="147"/>
+      <c r="DN118" s="147"/>
+      <c r="DO118" s="147"/>
+      <c r="DP118" s="147"/>
+      <c r="DQ118" s="147"/>
+      <c r="DR118" s="147"/>
+      <c r="DS118" s="147"/>
+      <c r="DT118" s="147"/>
+      <c r="DU118" s="147"/>
+      <c r="DV118" s="147"/>
+      <c r="DW118" s="147"/>
+      <c r="DX118" s="147"/>
+      <c r="DY118" s="147"/>
+      <c r="DZ118" s="147"/>
+      <c r="EA118" s="147"/>
+      <c r="EB118" s="147"/>
+      <c r="EC118" s="147"/>
+      <c r="ED118" s="147"/>
+      <c r="EE118" s="147"/>
+      <c r="EF118" s="147"/>
+      <c r="EG118" s="147"/>
+      <c r="EH118" s="147"/>
+      <c r="EI118" s="147"/>
+      <c r="EJ118" s="147"/>
+      <c r="EK118" s="147"/>
+      <c r="EL118" s="147"/>
+      <c r="EM118" s="147"/>
+      <c r="EN118" s="147"/>
+      <c r="EO118" s="147"/>
+      <c r="EP118" s="147"/>
+      <c r="EQ118" s="147"/>
+      <c r="ER118" s="147"/>
+      <c r="ES118" s="147"/>
+      <c r="ET118" s="147"/>
+      <c r="EU118" s="147"/>
+      <c r="EV118" s="147"/>
+      <c r="EW118" s="147"/>
+      <c r="EX118" s="147"/>
+      <c r="EY118" s="147"/>
+      <c r="EZ118" s="147"/>
+      <c r="FA118" s="147"/>
+      <c r="FB118" s="147"/>
+      <c r="FC118" s="147"/>
+      <c r="FD118" s="147"/>
+      <c r="FE118" s="147"/>
+      <c r="FF118" s="147"/>
+      <c r="FG118" s="147"/>
+      <c r="FH118" s="147"/>
+      <c r="FI118" s="147"/>
+      <c r="FJ118" s="147"/>
+      <c r="FK118" s="147"/>
+      <c r="FL118" s="147"/>
+      <c r="FM118" s="147"/>
+      <c r="FN118" s="147"/>
+      <c r="FO118" s="147"/>
+      <c r="FP118" s="147"/>
+      <c r="FQ118" s="147"/>
+      <c r="FR118" s="147"/>
+      <c r="FS118" s="147"/>
+      <c r="FT118" s="147"/>
+      <c r="FU118" s="147"/>
+      <c r="FV118" s="147"/>
+      <c r="FW118" s="147"/>
+      <c r="FX118" s="147"/>
+      <c r="FY118" s="147"/>
+      <c r="FZ118" s="147"/>
+      <c r="GA118" s="147"/>
+      <c r="GB118" s="147"/>
+      <c r="GC118" s="147"/>
+      <c r="GD118" s="147"/>
+      <c r="GE118" s="147"/>
+    </row>
+    <row r="119" spans="1:187" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="154" t="s">
         <v>142</v>
       </c>
-      <c r="D24" s="166">
-[...14665 lines deleted...]
-      <c r="A119" s="163" t="s">
+      <c r="B119" s="154"/>
+      <c r="C119" s="166"/>
+      <c r="D119" s="166"/>
+      <c r="E119" s="166"/>
+      <c r="F119" s="166"/>
+      <c r="G119" s="167"/>
+      <c r="H119" s="156"/>
+      <c r="I119" s="156"/>
+      <c r="J119" s="156"/>
+      <c r="K119" s="147"/>
+      <c r="L119" s="147"/>
+      <c r="M119" s="147"/>
+      <c r="N119" s="147"/>
+      <c r="O119" s="147"/>
+      <c r="P119" s="147"/>
+      <c r="Q119" s="147"/>
+      <c r="R119" s="147"/>
+      <c r="S119" s="147"/>
+      <c r="T119" s="147"/>
+      <c r="U119" s="147"/>
+      <c r="V119" s="147"/>
+      <c r="W119" s="147"/>
+      <c r="X119" s="147"/>
+      <c r="Y119" s="147"/>
+      <c r="Z119" s="147"/>
+      <c r="AA119" s="147"/>
+      <c r="AB119" s="147"/>
+      <c r="AC119" s="147"/>
+      <c r="AD119" s="147"/>
+      <c r="AE119" s="147"/>
+      <c r="AF119" s="147"/>
+      <c r="AG119" s="147"/>
+      <c r="AH119" s="147"/>
+      <c r="AI119" s="147"/>
+      <c r="AJ119" s="147"/>
+      <c r="AK119" s="147"/>
+      <c r="AL119" s="147"/>
+      <c r="AM119" s="147"/>
+      <c r="AN119" s="147"/>
+      <c r="AO119" s="147"/>
+      <c r="AP119" s="147"/>
+      <c r="AQ119" s="147"/>
+      <c r="AR119" s="147"/>
+      <c r="AS119" s="147"/>
+      <c r="AT119" s="147"/>
+      <c r="AU119" s="147"/>
+      <c r="AV119" s="147"/>
+      <c r="AW119" s="147"/>
+      <c r="AX119" s="147"/>
+      <c r="AY119" s="147"/>
+      <c r="AZ119" s="147"/>
+      <c r="BA119" s="147"/>
+      <c r="BB119" s="147"/>
+      <c r="BC119" s="147"/>
+      <c r="BD119" s="147"/>
+      <c r="BE119" s="147"/>
+      <c r="BF119" s="147"/>
+      <c r="BG119" s="147"/>
+      <c r="BH119" s="147"/>
+      <c r="BI119" s="147"/>
+      <c r="BJ119" s="147"/>
+      <c r="BK119" s="147"/>
+      <c r="BL119" s="147"/>
+      <c r="BM119" s="147"/>
+      <c r="BN119" s="147"/>
+      <c r="BO119" s="147"/>
+      <c r="BP119" s="147"/>
+      <c r="BQ119" s="147"/>
+      <c r="BR119" s="147"/>
+      <c r="BS119" s="147"/>
+      <c r="BT119" s="147"/>
+      <c r="BU119" s="147"/>
+      <c r="BV119" s="147"/>
+      <c r="BW119" s="147"/>
+      <c r="BX119" s="147"/>
+      <c r="BY119" s="147"/>
+      <c r="BZ119" s="147"/>
+      <c r="CA119" s="147"/>
+      <c r="CB119" s="147"/>
+      <c r="CC119" s="147"/>
+      <c r="CD119" s="147"/>
+      <c r="CE119" s="147"/>
+      <c r="CF119" s="147"/>
+      <c r="CG119" s="147"/>
+      <c r="CH119" s="147"/>
+      <c r="CI119" s="147"/>
+      <c r="CJ119" s="147"/>
+      <c r="CK119" s="147"/>
+      <c r="CL119" s="147"/>
+      <c r="CM119" s="147"/>
+      <c r="CN119" s="147"/>
+      <c r="CO119" s="147"/>
+      <c r="CP119" s="147"/>
+      <c r="CQ119" s="147"/>
+      <c r="CR119" s="147"/>
+      <c r="CS119" s="147"/>
+      <c r="CT119" s="147"/>
+      <c r="CU119" s="147"/>
+      <c r="CV119" s="147"/>
+      <c r="CW119" s="147"/>
+      <c r="CX119" s="147"/>
+      <c r="CY119" s="147"/>
+      <c r="CZ119" s="147"/>
+      <c r="DA119" s="147"/>
+      <c r="DB119" s="147"/>
+      <c r="DC119" s="147"/>
+      <c r="DD119" s="147"/>
+      <c r="DE119" s="147"/>
+      <c r="DF119" s="147"/>
+      <c r="DG119" s="147"/>
+      <c r="DH119" s="147"/>
+      <c r="DI119" s="147"/>
+      <c r="DJ119" s="147"/>
+      <c r="DK119" s="147"/>
+      <c r="DL119" s="147"/>
+      <c r="DM119" s="147"/>
+      <c r="DN119" s="147"/>
+      <c r="DO119" s="147"/>
+      <c r="DP119" s="147"/>
+      <c r="DQ119" s="147"/>
+      <c r="DR119" s="147"/>
+      <c r="DS119" s="147"/>
+      <c r="DT119" s="147"/>
+      <c r="DU119" s="147"/>
+      <c r="DV119" s="147"/>
+      <c r="DW119" s="147"/>
+      <c r="DX119" s="147"/>
+      <c r="DY119" s="147"/>
+      <c r="DZ119" s="147"/>
+      <c r="EA119" s="147"/>
+      <c r="EB119" s="147"/>
+      <c r="EC119" s="147"/>
+      <c r="ED119" s="147"/>
+      <c r="EE119" s="147"/>
+      <c r="EF119" s="147"/>
+      <c r="EG119" s="147"/>
+      <c r="EH119" s="147"/>
+      <c r="EI119" s="147"/>
+      <c r="EJ119" s="147"/>
+      <c r="EK119" s="147"/>
+      <c r="EL119" s="147"/>
+      <c r="EM119" s="147"/>
+      <c r="EN119" s="147"/>
+      <c r="EO119" s="147"/>
+      <c r="EP119" s="147"/>
+      <c r="EQ119" s="147"/>
+      <c r="ER119" s="147"/>
+      <c r="ES119" s="147"/>
+      <c r="ET119" s="147"/>
+      <c r="EU119" s="147"/>
+      <c r="EV119" s="147"/>
+      <c r="EW119" s="147"/>
+      <c r="EX119" s="147"/>
+      <c r="EY119" s="147"/>
+      <c r="EZ119" s="147"/>
+      <c r="FA119" s="147"/>
+      <c r="FB119" s="147"/>
+      <c r="FC119" s="147"/>
+      <c r="FD119" s="147"/>
+      <c r="FE119" s="147"/>
+      <c r="FF119" s="147"/>
+      <c r="FG119" s="147"/>
+      <c r="FH119" s="147"/>
+      <c r="FI119" s="147"/>
+      <c r="FJ119" s="147"/>
+      <c r="FK119" s="147"/>
+      <c r="FL119" s="147"/>
+      <c r="FM119" s="147"/>
+      <c r="FN119" s="147"/>
+      <c r="FO119" s="147"/>
+      <c r="FP119" s="147"/>
+      <c r="FQ119" s="147"/>
+      <c r="FR119" s="147"/>
+      <c r="FS119" s="147"/>
+      <c r="FT119" s="147"/>
+      <c r="FU119" s="147"/>
+      <c r="FV119" s="147"/>
+      <c r="FW119" s="147"/>
+      <c r="FX119" s="147"/>
+      <c r="FY119" s="147"/>
+      <c r="FZ119" s="147"/>
+      <c r="GA119" s="147"/>
+      <c r="GB119" s="147"/>
+      <c r="GC119" s="147"/>
+      <c r="GD119" s="147"/>
+      <c r="GE119" s="147"/>
+    </row>
+    <row r="120" spans="1:187" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="154" t="s">
         <v>143</v>
       </c>
-      <c r="B119" s="163"/>
-[...375 lines deleted...]
-      <c r="GE120" s="156"/>
+      <c r="B120" s="154"/>
+      <c r="C120" s="166"/>
+      <c r="D120" s="166"/>
+      <c r="E120" s="166"/>
+      <c r="F120" s="166"/>
+      <c r="G120" s="167"/>
+      <c r="H120" s="156"/>
+      <c r="I120" s="156"/>
+      <c r="J120" s="156"/>
+      <c r="K120" s="147"/>
+      <c r="L120" s="147"/>
+      <c r="M120" s="147"/>
+      <c r="N120" s="147"/>
+      <c r="O120" s="147"/>
+      <c r="P120" s="147"/>
+      <c r="Q120" s="147"/>
+      <c r="R120" s="147"/>
+      <c r="S120" s="147"/>
+      <c r="T120" s="147"/>
+      <c r="U120" s="147"/>
+      <c r="V120" s="147"/>
+      <c r="W120" s="147"/>
+      <c r="X120" s="147"/>
+      <c r="Y120" s="147"/>
+      <c r="Z120" s="147"/>
+      <c r="AA120" s="147"/>
+      <c r="AB120" s="147"/>
+      <c r="AC120" s="147"/>
+      <c r="AD120" s="147"/>
+      <c r="AE120" s="147"/>
+      <c r="AF120" s="147"/>
+      <c r="AG120" s="147"/>
+      <c r="AH120" s="147"/>
+      <c r="AI120" s="147"/>
+      <c r="AJ120" s="147"/>
+      <c r="AK120" s="147"/>
+      <c r="AL120" s="147"/>
+      <c r="AM120" s="147"/>
+      <c r="AN120" s="147"/>
+      <c r="AO120" s="147"/>
+      <c r="AP120" s="147"/>
+      <c r="AQ120" s="147"/>
+      <c r="AR120" s="147"/>
+      <c r="AS120" s="147"/>
+      <c r="AT120" s="147"/>
+      <c r="AU120" s="147"/>
+      <c r="AV120" s="147"/>
+      <c r="AW120" s="147"/>
+      <c r="AX120" s="147"/>
+      <c r="AY120" s="147"/>
+      <c r="AZ120" s="147"/>
+      <c r="BA120" s="147"/>
+      <c r="BB120" s="147"/>
+      <c r="BC120" s="147"/>
+      <c r="BD120" s="147"/>
+      <c r="BE120" s="147"/>
+      <c r="BF120" s="147"/>
+      <c r="BG120" s="147"/>
+      <c r="BH120" s="147"/>
+      <c r="BI120" s="147"/>
+      <c r="BJ120" s="147"/>
+      <c r="BK120" s="147"/>
+      <c r="BL120" s="147"/>
+      <c r="BM120" s="147"/>
+      <c r="BN120" s="147"/>
+      <c r="BO120" s="147"/>
+      <c r="BP120" s="147"/>
+      <c r="BQ120" s="147"/>
+      <c r="BR120" s="147"/>
+      <c r="BS120" s="147"/>
+      <c r="BT120" s="147"/>
+      <c r="BU120" s="147"/>
+      <c r="BV120" s="147"/>
+      <c r="BW120" s="147"/>
+      <c r="BX120" s="147"/>
+      <c r="BY120" s="147"/>
+      <c r="BZ120" s="147"/>
+      <c r="CA120" s="147"/>
+      <c r="CB120" s="147"/>
+      <c r="CC120" s="147"/>
+      <c r="CD120" s="147"/>
+      <c r="CE120" s="147"/>
+      <c r="CF120" s="147"/>
+      <c r="CG120" s="147"/>
+      <c r="CH120" s="147"/>
+      <c r="CI120" s="147"/>
+      <c r="CJ120" s="147"/>
+      <c r="CK120" s="147"/>
+      <c r="CL120" s="147"/>
+      <c r="CM120" s="147"/>
+      <c r="CN120" s="147"/>
+      <c r="CO120" s="147"/>
+      <c r="CP120" s="147"/>
+      <c r="CQ120" s="147"/>
+      <c r="CR120" s="147"/>
+      <c r="CS120" s="147"/>
+      <c r="CT120" s="147"/>
+      <c r="CU120" s="147"/>
+      <c r="CV120" s="147"/>
+      <c r="CW120" s="147"/>
+      <c r="CX120" s="147"/>
+      <c r="CY120" s="147"/>
+      <c r="CZ120" s="147"/>
+      <c r="DA120" s="147"/>
+      <c r="DB120" s="147"/>
+      <c r="DC120" s="147"/>
+      <c r="DD120" s="147"/>
+      <c r="DE120" s="147"/>
+      <c r="DF120" s="147"/>
+      <c r="DG120" s="147"/>
+      <c r="DH120" s="147"/>
+      <c r="DI120" s="147"/>
+      <c r="DJ120" s="147"/>
+      <c r="DK120" s="147"/>
+      <c r="DL120" s="147"/>
+      <c r="DM120" s="147"/>
+      <c r="DN120" s="147"/>
+      <c r="DO120" s="147"/>
+      <c r="DP120" s="147"/>
+      <c r="DQ120" s="147"/>
+      <c r="DR120" s="147"/>
+      <c r="DS120" s="147"/>
+      <c r="DT120" s="147"/>
+      <c r="DU120" s="147"/>
+      <c r="DV120" s="147"/>
+      <c r="DW120" s="147"/>
+      <c r="DX120" s="147"/>
+      <c r="DY120" s="147"/>
+      <c r="DZ120" s="147"/>
+      <c r="EA120" s="147"/>
+      <c r="EB120" s="147"/>
+      <c r="EC120" s="147"/>
+      <c r="ED120" s="147"/>
+      <c r="EE120" s="147"/>
+      <c r="EF120" s="147"/>
+      <c r="EG120" s="147"/>
+      <c r="EH120" s="147"/>
+      <c r="EI120" s="147"/>
+      <c r="EJ120" s="147"/>
+      <c r="EK120" s="147"/>
+      <c r="EL120" s="147"/>
+      <c r="EM120" s="147"/>
+      <c r="EN120" s="147"/>
+      <c r="EO120" s="147"/>
+      <c r="EP120" s="147"/>
+      <c r="EQ120" s="147"/>
+      <c r="ER120" s="147"/>
+      <c r="ES120" s="147"/>
+      <c r="ET120" s="147"/>
+      <c r="EU120" s="147"/>
+      <c r="EV120" s="147"/>
+      <c r="EW120" s="147"/>
+      <c r="EX120" s="147"/>
+      <c r="EY120" s="147"/>
+      <c r="EZ120" s="147"/>
+      <c r="FA120" s="147"/>
+      <c r="FB120" s="147"/>
+      <c r="FC120" s="147"/>
+      <c r="FD120" s="147"/>
+      <c r="FE120" s="147"/>
+      <c r="FF120" s="147"/>
+      <c r="FG120" s="147"/>
+      <c r="FH120" s="147"/>
+      <c r="FI120" s="147"/>
+      <c r="FJ120" s="147"/>
+      <c r="FK120" s="147"/>
+      <c r="FL120" s="147"/>
+      <c r="FM120" s="147"/>
+      <c r="FN120" s="147"/>
+      <c r="FO120" s="147"/>
+      <c r="FP120" s="147"/>
+      <c r="FQ120" s="147"/>
+      <c r="FR120" s="147"/>
+      <c r="FS120" s="147"/>
+      <c r="FT120" s="147"/>
+      <c r="FU120" s="147"/>
+      <c r="FV120" s="147"/>
+      <c r="FW120" s="147"/>
+      <c r="FX120" s="147"/>
+      <c r="FY120" s="147"/>
+      <c r="FZ120" s="147"/>
+      <c r="GA120" s="147"/>
+      <c r="GB120" s="147"/>
+      <c r="GC120" s="147"/>
+      <c r="GD120" s="147"/>
+      <c r="GE120" s="147"/>
     </row>
     <row r="122" spans="1:187" x14ac:dyDescent="0.2">
       <c r="B122" s="1"/>
     </row>
   </sheetData>
   <autoFilter ref="B1:B123" xr:uid="{B928C753-6236-425E-94D5-D65E0570D897}"/>
   <hyperlinks>
     <hyperlink ref="H2" r:id="rId1" xr:uid="{B8EBCFA2-38E9-4CCB-BE8B-D187F086266A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B27EF20-00EC-448B-AD18-D5914949ED8B}">
   <dimension ref="A1:T15"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="F1" workbookViewId="0">
       <selection activeCell="N1" sqref="N1:N2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="17.140625" style="156" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="21" max="16384" width="9.140625" style="156"/>
+    <col min="1" max="1" width="17.140625" style="147" customWidth="1"/>
+    <col min="2" max="17" width="9.140625" style="147"/>
+    <col min="18" max="18" width="14.28515625" style="147" customWidth="1"/>
+    <col min="19" max="19" width="28.140625" style="147" customWidth="1"/>
+    <col min="20" max="20" width="28.42578125" style="147" customWidth="1"/>
+    <col min="21" max="16384" width="9.140625" style="147"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" s="1" customFormat="1" ht="21" x14ac:dyDescent="0.25">
-      <c r="A1" s="231" t="s">
-[...14 lines deleted...]
-      <c r="N1" s="65" t="s">
+      <c r="A1" s="222" t="s">
+        <v>221</v>
+      </c>
+      <c r="B1" s="210"/>
+      <c r="C1" s="210"/>
+      <c r="D1" s="210"/>
+      <c r="E1" s="210"/>
+      <c r="F1" s="210"/>
+      <c r="G1" s="210"/>
+      <c r="H1" s="210"/>
+      <c r="I1" s="210"/>
+      <c r="J1" s="210"/>
+      <c r="K1" s="210"/>
+      <c r="L1" s="210"/>
+      <c r="M1" s="210"/>
+      <c r="N1" s="64" t="s">
+        <v>202</v>
+      </c>
+      <c r="O1" s="210"/>
+    </row>
+    <row r="2" spans="1:20" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2" s="146"/>
+      <c r="B2" s="210"/>
+      <c r="C2" s="210"/>
+      <c r="D2" s="210"/>
+      <c r="E2" s="210"/>
+      <c r="F2" s="210"/>
+      <c r="G2" s="210"/>
+      <c r="H2" s="210"/>
+      <c r="I2" s="210"/>
+      <c r="J2" s="210"/>
+      <c r="K2" s="210"/>
+      <c r="L2" s="210"/>
+      <c r="M2" s="210"/>
+      <c r="N2" s="81" t="s">
+        <v>210</v>
+      </c>
+      <c r="O2" s="210"/>
+    </row>
+    <row r="3" spans="1:20" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A3" s="220" t="s">
+        <v>144</v>
+      </c>
+      <c r="B3" s="221" t="s">
+        <v>145</v>
+      </c>
+      <c r="C3" s="221" t="s">
+        <v>146</v>
+      </c>
+      <c r="D3" s="221" t="s">
+        <v>147</v>
+      </c>
+      <c r="E3" s="221" t="s">
+        <v>148</v>
+      </c>
+      <c r="F3" s="221" t="s">
+        <v>149</v>
+      </c>
+      <c r="G3" s="221" t="s">
+        <v>150</v>
+      </c>
+      <c r="H3" s="221" t="s">
+        <v>151</v>
+      </c>
+      <c r="I3" s="221" t="s">
+        <v>152</v>
+      </c>
+      <c r="J3" s="221" t="s">
+        <v>153</v>
+      </c>
+      <c r="K3" s="221" t="s">
+        <v>154</v>
+      </c>
+      <c r="L3" s="221" t="s">
+        <v>155</v>
+      </c>
+      <c r="M3" s="221" t="s">
+        <v>156</v>
+      </c>
+      <c r="N3" s="221" t="s">
+        <v>157</v>
+      </c>
+      <c r="O3" s="221" t="s">
+        <v>158</v>
+      </c>
+      <c r="R3" s="147"/>
+      <c r="S3" s="147"/>
+      <c r="T3" s="147"/>
+    </row>
+    <row r="4" spans="1:20" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="149" t="s">
+        <v>159</v>
+      </c>
+      <c r="B4" s="211">
+        <v>75</v>
+      </c>
+      <c r="C4" s="211">
+        <v>84</v>
+      </c>
+      <c r="D4" s="211">
+        <v>79</v>
+      </c>
+      <c r="E4" s="212">
+        <v>78</v>
+      </c>
+      <c r="F4" s="212">
+        <v>94</v>
+      </c>
+      <c r="G4" s="212">
+        <v>96</v>
+      </c>
+      <c r="H4" s="212">
+        <v>97</v>
+      </c>
+      <c r="I4" s="212">
+        <v>70</v>
+      </c>
+      <c r="J4" s="212">
+        <v>92</v>
+      </c>
+      <c r="K4" s="211">
+        <v>105</v>
+      </c>
+      <c r="L4" s="211">
+        <v>90</v>
+      </c>
+      <c r="M4" s="211">
+        <v>114</v>
+      </c>
+      <c r="N4" s="211">
+        <v>95</v>
+      </c>
+      <c r="O4" s="211">
+        <v>109</v>
+      </c>
+      <c r="R4" s="147"/>
+      <c r="S4" s="147"/>
+      <c r="T4" s="147"/>
+    </row>
+    <row r="5" spans="1:20" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="216" t="s">
+        <v>160</v>
+      </c>
+      <c r="B5" s="217">
+        <v>672</v>
+      </c>
+      <c r="C5" s="217">
+        <v>722</v>
+      </c>
+      <c r="D5" s="217">
+        <v>791</v>
+      </c>
+      <c r="E5" s="202">
+        <v>780</v>
+      </c>
+      <c r="F5" s="202">
+        <v>816</v>
+      </c>
+      <c r="G5" s="202">
+        <v>904</v>
+      </c>
+      <c r="H5" s="202">
+        <v>892</v>
+      </c>
+      <c r="I5" s="202">
+        <v>912</v>
+      </c>
+      <c r="J5" s="208">
+        <v>905</v>
+      </c>
+      <c r="K5" s="208">
+        <v>943</v>
+      </c>
+      <c r="L5" s="208">
+        <v>950</v>
+      </c>
+      <c r="M5" s="208">
+        <v>984</v>
+      </c>
+      <c r="N5" s="208">
+        <v>976</v>
+      </c>
+      <c r="O5" s="218">
+        <v>956</v>
+      </c>
+      <c r="R5" s="147"/>
+      <c r="S5" s="147"/>
+      <c r="T5" s="147"/>
+    </row>
+    <row r="6" spans="1:20" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="149" t="s">
+        <v>161</v>
+      </c>
+      <c r="B6" s="211">
+        <v>722</v>
+      </c>
+      <c r="C6" s="211">
+        <v>755</v>
+      </c>
+      <c r="D6" s="211">
+        <v>858</v>
+      </c>
+      <c r="E6" s="212">
+        <v>864</v>
+      </c>
+      <c r="F6" s="212">
+        <v>898</v>
+      </c>
+      <c r="G6" s="212">
+        <v>1004</v>
+      </c>
+      <c r="H6" s="212">
+        <v>1021</v>
+      </c>
+      <c r="I6" s="212">
+        <v>1089</v>
+      </c>
+      <c r="J6" s="212">
+        <v>1181</v>
+      </c>
+      <c r="K6" s="211">
+        <v>1237</v>
+      </c>
+      <c r="L6" s="211">
+        <v>1314</v>
+      </c>
+      <c r="M6" s="211">
+        <v>1394</v>
+      </c>
+      <c r="N6" s="211">
+        <v>1423</v>
+      </c>
+      <c r="O6" s="211">
+        <v>1415</v>
+      </c>
+      <c r="R6" s="147"/>
+      <c r="S6" s="147"/>
+      <c r="T6" s="147"/>
+    </row>
+    <row r="7" spans="1:20" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="185" t="s">
+        <v>162</v>
+      </c>
+      <c r="B7" s="217">
+        <v>586</v>
+      </c>
+      <c r="C7" s="217">
+        <v>680</v>
+      </c>
+      <c r="D7" s="217">
+        <v>793</v>
+      </c>
+      <c r="E7" s="219">
+        <v>806</v>
+      </c>
+      <c r="F7" s="219">
+        <v>930</v>
+      </c>
+      <c r="G7" s="219">
+        <v>982</v>
+      </c>
+      <c r="H7" s="219">
+        <v>1073</v>
+      </c>
+      <c r="I7" s="219">
+        <v>1122</v>
+      </c>
+      <c r="J7" s="219">
+        <v>1209</v>
+      </c>
+      <c r="K7" s="217">
+        <v>1358</v>
+      </c>
+      <c r="L7" s="217">
+        <v>1459</v>
+      </c>
+      <c r="M7" s="217">
+        <v>1544</v>
+      </c>
+      <c r="N7" s="217">
+        <v>1669</v>
+      </c>
+      <c r="O7" s="217">
+        <v>1742</v>
+      </c>
+      <c r="R7" s="147"/>
+      <c r="S7" s="147"/>
+      <c r="T7" s="147"/>
+    </row>
+    <row r="8" spans="1:20" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="149" t="s">
+        <v>163</v>
+      </c>
+      <c r="B8" s="211">
+        <v>143</v>
+      </c>
+      <c r="C8" s="211">
+        <v>161</v>
+      </c>
+      <c r="D8" s="211">
+        <v>164</v>
+      </c>
+      <c r="E8" s="212">
+        <v>175</v>
+      </c>
+      <c r="F8" s="212">
+        <v>197</v>
+      </c>
+      <c r="G8" s="212">
+        <v>224</v>
+      </c>
+      <c r="H8" s="212">
+        <v>261</v>
+      </c>
+      <c r="I8" s="212">
+        <v>293</v>
+      </c>
+      <c r="J8" s="212">
+        <v>329</v>
+      </c>
+      <c r="K8" s="211">
+        <v>342</v>
+      </c>
+      <c r="L8" s="211">
+        <v>384</v>
+      </c>
+      <c r="M8" s="211">
+        <v>403</v>
+      </c>
+      <c r="N8" s="211">
+        <v>480</v>
+      </c>
+      <c r="O8" s="211">
+        <v>508</v>
+      </c>
+      <c r="R8" s="147"/>
+      <c r="S8" s="147"/>
+      <c r="T8" s="147"/>
+    </row>
+    <row r="9" spans="1:20" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="213" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" s="214">
+        <v>2198</v>
+      </c>
+      <c r="C9" s="214">
+        <v>2402</v>
+      </c>
+      <c r="D9" s="214">
+        <v>2685</v>
+      </c>
+      <c r="E9" s="215">
+        <v>2703</v>
+      </c>
+      <c r="F9" s="215">
+        <v>2935</v>
+      </c>
+      <c r="G9" s="215">
+        <v>3210</v>
+      </c>
+      <c r="H9" s="215">
+        <v>3344</v>
+      </c>
+      <c r="I9" s="215">
+        <v>3486</v>
+      </c>
+      <c r="J9" s="215">
+        <v>3716</v>
+      </c>
+      <c r="K9" s="214">
+        <v>3985</v>
+      </c>
+      <c r="L9" s="214">
+        <v>4197</v>
+      </c>
+      <c r="M9" s="214">
+        <v>4439</v>
+      </c>
+      <c r="N9" s="214">
+        <v>4643</v>
+      </c>
+      <c r="O9" s="214">
+        <v>4730</v>
+      </c>
+      <c r="R9" s="147"/>
+      <c r="S9" s="147"/>
+      <c r="T9" s="147"/>
+    </row>
+    <row r="10" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A10" s="147" t="s">
         <v>203</v>
       </c>
-      <c r="O1" s="219"/>
-[...271 lines deleted...]
-      <c r="A8" s="158" t="s">
+    </row>
+    <row r="11" spans="1:20" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="154" t="s">
         <v>164</v>
       </c>
-      <c r="B8" s="220">
+      <c r="B11" s="147"/>
+      <c r="C11" s="147"/>
+      <c r="D11" s="147"/>
+      <c r="E11" s="147"/>
+      <c r="F11" s="147"/>
+      <c r="G11" s="147"/>
+      <c r="H11" s="147"/>
+      <c r="I11" s="147"/>
+      <c r="J11" s="147"/>
+      <c r="K11" s="147"/>
+      <c r="L11" s="147"/>
+      <c r="M11" s="147"/>
+      <c r="N11" s="147"/>
+      <c r="O11" s="147"/>
+      <c r="R11" s="147"/>
+      <c r="S11" s="147"/>
+      <c r="T11" s="147"/>
+    </row>
+    <row r="12" spans="1:20" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="154" t="s">
+        <v>165</v>
+      </c>
+      <c r="B12" s="147"/>
+      <c r="C12" s="147"/>
+      <c r="D12" s="147"/>
+      <c r="E12" s="147"/>
+      <c r="F12" s="147"/>
+      <c r="G12" s="147"/>
+      <c r="H12" s="147"/>
+      <c r="I12" s="147"/>
+      <c r="J12" s="147"/>
+      <c r="K12" s="147"/>
+      <c r="L12" s="147"/>
+      <c r="M12" s="147"/>
+      <c r="N12" s="147"/>
+      <c r="O12" s="147"/>
+      <c r="R12" s="147"/>
+      <c r="S12" s="147"/>
+      <c r="T12" s="147"/>
+    </row>
+    <row r="13" spans="1:20" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="154" t="s">
+        <v>166</v>
+      </c>
+      <c r="B13" s="147"/>
+      <c r="C13" s="147"/>
+      <c r="D13" s="147"/>
+      <c r="E13" s="147"/>
+      <c r="F13" s="147"/>
+      <c r="G13" s="147"/>
+      <c r="H13" s="147"/>
+      <c r="I13" s="147"/>
+      <c r="J13" s="147"/>
+      <c r="K13" s="147"/>
+      <c r="L13" s="147"/>
+      <c r="M13" s="147"/>
+      <c r="N13" s="147"/>
+      <c r="O13" s="147"/>
+      <c r="R13" s="147"/>
+      <c r="S13" s="147"/>
+      <c r="T13" s="147"/>
+    </row>
+    <row r="14" spans="1:20" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="154" t="s">
         <v>143</v>
       </c>
-      <c r="C8" s="220">
-[...183 lines deleted...]
-      <c r="T14" s="156"/>
+      <c r="B14" s="147"/>
+      <c r="C14" s="147"/>
+      <c r="D14" s="147"/>
+      <c r="E14" s="147"/>
+      <c r="F14" s="147"/>
+      <c r="G14" s="147"/>
+      <c r="H14" s="147"/>
+      <c r="I14" s="147"/>
+      <c r="J14" s="147"/>
+      <c r="K14" s="147"/>
+      <c r="L14" s="147"/>
+      <c r="M14" s="147"/>
+      <c r="N14" s="147"/>
+      <c r="O14" s="147"/>
+      <c r="R14" s="147"/>
+      <c r="S14" s="147"/>
+      <c r="T14" s="147"/>
     </row>
     <row r="15" spans="1:20" s="1" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A15" s="13"/>
-      <c r="B15" s="156"/>
-[...15 lines deleted...]
-      <c r="T15" s="156"/>
+      <c r="B15" s="147"/>
+      <c r="C15" s="147"/>
+      <c r="D15" s="147"/>
+      <c r="E15" s="147"/>
+      <c r="F15" s="147"/>
+      <c r="G15" s="147"/>
+      <c r="H15" s="147"/>
+      <c r="I15" s="147"/>
+      <c r="J15" s="147"/>
+      <c r="K15" s="147"/>
+      <c r="L15" s="147"/>
+      <c r="M15" s="147"/>
+      <c r="N15" s="147"/>
+      <c r="O15" s="147"/>
+      <c r="R15" s="147"/>
+      <c r="S15" s="147"/>
+      <c r="T15" s="147"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="N2" r:id="rId1" xr:uid="{D8CB7D32-994B-4894-AABB-C8AA443FF76F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C23D4915-E78A-4BD0-BE28-E845DB897BB9}">
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="17.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="52" t="s">
-        <v>227</v>
+      <c r="A1" s="51" t="s">
+        <v>223</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="F2" s="65" t="s">
-        <v>203</v>
+      <c r="F2" s="64" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="235"/>
-      <c r="B3" s="236" t="s">
+      <c r="A3" s="226"/>
+      <c r="B3" s="227" t="s">
+        <v>167</v>
+      </c>
+      <c r="C3" s="227" t="s">
         <v>168</v>
       </c>
-      <c r="C3" s="236" t="s">
-[...3 lines deleted...]
-        <v>212</v>
+      <c r="F3" s="81" t="s">
+        <v>210</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A4" s="232">
+      <c r="A4" s="223">
         <v>43466</v>
       </c>
-      <c r="B4" s="57">
+      <c r="B4" s="56">
         <v>2065</v>
       </c>
-      <c r="C4" s="57">
+      <c r="C4" s="56">
         <v>2198</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="237">
+      <c r="A5" s="228">
         <v>43647</v>
       </c>
-      <c r="B5" s="154">
+      <c r="B5" s="145">
         <v>2166</v>
       </c>
-      <c r="C5" s="154">
+      <c r="C5" s="145">
         <v>2402</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A6" s="232">
+      <c r="A6" s="223">
         <v>43831</v>
       </c>
-      <c r="B6" s="57">
+      <c r="B6" s="56">
         <v>2413</v>
       </c>
-      <c r="C6" s="57">
+      <c r="C6" s="56">
         <v>2685</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A7" s="237">
+      <c r="A7" s="228">
         <v>44013</v>
       </c>
-      <c r="B7" s="154">
+      <c r="B7" s="145">
         <v>2930</v>
       </c>
-      <c r="C7" s="154">
+      <c r="C7" s="145">
         <v>2703</v>
       </c>
     </row>
     <row r="8" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A8" s="232">
+      <c r="A8" s="223">
         <v>44197</v>
       </c>
-      <c r="B8" s="57">
+      <c r="B8" s="56">
         <v>3140</v>
       </c>
-      <c r="C8" s="57">
+      <c r="C8" s="56">
         <v>2935</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A9" s="237">
+      <c r="A9" s="228">
         <v>44409</v>
       </c>
-      <c r="B9" s="154">
+      <c r="B9" s="145">
         <v>3402</v>
       </c>
-      <c r="C9" s="154">
+      <c r="C9" s="145">
         <v>3210</v>
       </c>
     </row>
     <row r="10" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A10" s="232">
+      <c r="A10" s="223">
         <v>44593</v>
       </c>
-      <c r="B10" s="57">
+      <c r="B10" s="56">
         <v>3596</v>
       </c>
-      <c r="C10" s="57">
+      <c r="C10" s="56">
         <v>3344</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A11" s="237">
+      <c r="A11" s="228">
         <v>44743</v>
       </c>
-      <c r="B11" s="154">
+      <c r="B11" s="145">
         <v>3658</v>
       </c>
-      <c r="C11" s="154">
+      <c r="C11" s="145">
         <v>3486</v>
       </c>
     </row>
     <row r="12" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A12" s="232">
+      <c r="A12" s="223">
         <v>44927</v>
       </c>
-      <c r="B12" s="57">
+      <c r="B12" s="56">
         <v>3945</v>
       </c>
-      <c r="C12" s="57">
+      <c r="C12" s="56">
         <v>3716</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A13" s="237">
+      <c r="A13" s="228">
         <v>45108</v>
       </c>
-      <c r="B13" s="154">
+      <c r="B13" s="145">
         <v>4204</v>
       </c>
-      <c r="C13" s="154">
+      <c r="C13" s="145">
         <v>3985</v>
       </c>
     </row>
     <row r="14" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A14" s="232">
+      <c r="A14" s="223">
         <v>45292</v>
       </c>
-      <c r="B14" s="57">
+      <c r="B14" s="56">
         <v>4556</v>
       </c>
-      <c r="C14" s="57">
+      <c r="C14" s="56">
         <v>4197</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A15" s="237">
+      <c r="A15" s="228">
         <v>45383</v>
       </c>
-      <c r="B15" s="154">
+      <c r="B15" s="145">
         <v>4784</v>
       </c>
-      <c r="C15" s="154">
+      <c r="C15" s="145">
         <v>4439</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A16" s="233">
+      <c r="A16" s="224">
         <v>45597</v>
       </c>
-      <c r="B16" s="234">
+      <c r="B16" s="225">
         <v>4908</v>
       </c>
-      <c r="C16" s="234">
+      <c r="C16" s="225">
         <v>4643</v>
       </c>
-      <c r="D16" s="156"/>
+      <c r="D16" s="147"/>
     </row>
     <row r="17" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A17" s="238">
+      <c r="A17" s="229">
         <v>45778</v>
       </c>
-      <c r="B17" s="239">
+      <c r="B17" s="230">
         <v>5220</v>
       </c>
-      <c r="C17" s="239">
+      <c r="C17" s="230">
         <v>4730</v>
       </c>
-      <c r="D17" s="156"/>
+      <c r="D17" s="147"/>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A18" s="156"/>
-[...2 lines deleted...]
-      <c r="D18" s="156"/>
+      <c r="A18" s="147"/>
+      <c r="B18" s="147"/>
+      <c r="C18" s="147"/>
+      <c r="D18" s="147"/>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A19" s="156"/>
-[...2 lines deleted...]
-      <c r="D19" s="156"/>
+      <c r="A19" s="147"/>
+      <c r="B19" s="147"/>
+      <c r="C19" s="147"/>
+      <c r="D19" s="147"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F3" r:id="rId1" xr:uid="{4AFAAC4C-FADA-481B-BD3C-704A4CD671A2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{399C4CA6-E89E-44DC-A739-8D7682D989A1}">
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:N11"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C22" sqref="C22"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15.5703125" style="240" customWidth="1"/>
-    <col min="2" max="16384" width="8.7109375" style="240"/>
+    <col min="1" max="1" width="15.5703125" style="231" customWidth="1"/>
+    <col min="2" max="16384" width="8.7109375" style="231"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="244" t="s">
-[...3 lines deleted...]
-        <v>176</v>
+      <c r="A1" s="234" t="s">
+        <v>233</v>
+      </c>
+      <c r="N1" s="231" t="s">
+        <v>175</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="N2" s="241" t="s">
-        <v>175</v>
+      <c r="N2" s="248" t="s">
+        <v>234</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A3" s="245" t="s">
+      <c r="A3" s="235" t="s">
+        <v>169</v>
+      </c>
+      <c r="B3" s="236" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="236" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="236" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="236" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="236" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="236" t="s">
+        <v>8</v>
+      </c>
+      <c r="H3" s="236" t="s">
+        <v>9</v>
+      </c>
+      <c r="I3" s="236" t="s">
+        <v>10</v>
+      </c>
+      <c r="J3" s="236" t="s">
+        <v>11</v>
+      </c>
+      <c r="K3" s="236" t="s">
+        <v>12</v>
+      </c>
+      <c r="L3" s="236" t="s">
+        <v>13</v>
+      </c>
+      <c r="M3" s="236" t="s">
+        <v>14</v>
+      </c>
+      <c r="N3" s="236" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" ht="16.5" x14ac:dyDescent="0.25">
+      <c r="A4" s="232" t="s">
         <v>170</v>
       </c>
-      <c r="B3" s="246" t="s">
-[...37 lines deleted...]
-      <c r="A4" s="242" t="s">
+      <c r="B4" s="233">
+        <v>78.61</v>
+      </c>
+      <c r="C4" s="233">
+        <v>82.64</v>
+      </c>
+      <c r="D4" s="233">
+        <v>86.29</v>
+      </c>
+      <c r="E4" s="233">
+        <v>88.16</v>
+      </c>
+      <c r="F4" s="233">
+        <v>87.37</v>
+      </c>
+      <c r="G4" s="233">
+        <v>86.71</v>
+      </c>
+      <c r="H4" s="233">
+        <v>85.85</v>
+      </c>
+      <c r="I4" s="233" t="s">
+        <v>225</v>
+      </c>
+      <c r="J4" s="233">
+        <v>88.27</v>
+      </c>
+      <c r="K4" s="233">
+        <v>89.69</v>
+      </c>
+      <c r="L4" s="233">
+        <v>93.42</v>
+      </c>
+      <c r="M4" s="1">
+        <v>102</v>
+      </c>
+      <c r="N4" s="250"/>
+    </row>
+    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A5" s="237" t="s">
         <v>171</v>
       </c>
-      <c r="B4" s="243">
-[...35 lines deleted...]
-      <c r="A5" s="247" t="s">
+      <c r="B5" s="238">
+        <v>69.63</v>
+      </c>
+      <c r="C5" s="238">
+        <v>72.59</v>
+      </c>
+      <c r="D5" s="238">
+        <v>75.83</v>
+      </c>
+      <c r="E5" s="238">
+        <v>78.569999999999993</v>
+      </c>
+      <c r="F5" s="238">
+        <v>81.28</v>
+      </c>
+      <c r="G5" s="238">
+        <v>84.78</v>
+      </c>
+      <c r="H5" s="238">
+        <v>89.48</v>
+      </c>
+      <c r="I5" s="238">
+        <v>92.37</v>
+      </c>
+      <c r="J5" s="238">
+        <v>95.08</v>
+      </c>
+      <c r="K5" s="238">
+        <v>96.45</v>
+      </c>
+      <c r="L5" s="238">
+        <v>99.19</v>
+      </c>
+      <c r="M5" s="238">
+        <v>105.08</v>
+      </c>
+      <c r="N5" s="238">
+        <v>112.05</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A6" s="232" t="s">
         <v>172</v>
       </c>
-      <c r="B5" s="248">
-[...37 lines deleted...]
-      <c r="A6" s="242" t="s">
+      <c r="B6" s="233">
+        <v>59.02</v>
+      </c>
+      <c r="C6" s="233">
+        <v>59.73</v>
+      </c>
+      <c r="D6" s="233">
+        <v>64.010000000000005</v>
+      </c>
+      <c r="E6" s="233">
+        <v>66.11</v>
+      </c>
+      <c r="F6" s="233">
+        <v>67.83</v>
+      </c>
+      <c r="G6" s="233">
+        <v>69.260000000000005</v>
+      </c>
+      <c r="H6" s="233">
+        <v>71.39</v>
+      </c>
+      <c r="I6" s="233">
+        <v>73.290000000000006</v>
+      </c>
+      <c r="J6" s="233">
+        <v>75.760000000000005</v>
+      </c>
+      <c r="K6" s="233">
+        <v>77.19</v>
+      </c>
+      <c r="L6" s="233">
+        <v>79.069999999999993</v>
+      </c>
+      <c r="M6" s="1">
+        <v>82.32</v>
+      </c>
+      <c r="N6" s="250"/>
+    </row>
+    <row r="7" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A7" s="239" t="s">
         <v>173</v>
       </c>
-      <c r="B6" s="243">
-[...38 lines deleted...]
-      <c r="B7" s="250">
+      <c r="B7" s="240">
         <v>58.76</v>
       </c>
-      <c r="C7" s="250">
+      <c r="C7" s="240">
         <v>60.88</v>
       </c>
-      <c r="D7" s="250">
+      <c r="D7" s="240">
         <v>63.46</v>
       </c>
-      <c r="E7" s="250">
+      <c r="E7" s="240">
         <v>66.599999999999994</v>
       </c>
-      <c r="F7" s="250">
+      <c r="F7" s="240">
         <v>66.61</v>
       </c>
-      <c r="G7" s="250">
+      <c r="G7" s="240">
         <v>66.599999999999994</v>
       </c>
-      <c r="H7" s="250">
+      <c r="H7" s="240">
         <v>66.59</v>
       </c>
-      <c r="I7" s="250">
+      <c r="I7" s="240">
         <v>66.59</v>
       </c>
-      <c r="J7" s="250">
+      <c r="J7" s="240">
         <v>68.39</v>
       </c>
-      <c r="K7" s="250">
+      <c r="K7" s="240">
         <v>69.41</v>
       </c>
-      <c r="L7" s="250">
+      <c r="L7" s="240">
         <v>69.41</v>
       </c>
-      <c r="M7" s="250">
+      <c r="M7" s="240">
         <v>74.22</v>
+      </c>
+      <c r="N7" s="240">
+        <v>82.05</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A11" s="231" t="s">
+        <v>232</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="N2" r:id="rId1" xr:uid="{D226C8E1-90BC-4BBC-B9F3-47D9C66D9172}"/>
+    <hyperlink ref="N2" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{4015A502-2779-4D17-BF56-6D15521AE07C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{60572EB7-22B8-4A2F-945A-F0B00B74F667}">
   <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="34.5703125" style="1" customWidth="1"/>
     <col min="2" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="52" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="252"/>
+      <c r="A1" s="51" t="s">
+        <v>229</v>
+      </c>
+      <c r="C1" s="241"/>
       <c r="G1" s="1" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="C2" s="241"/>
+      <c r="G2" s="242" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A3" s="243" t="s">
         <v>176</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="B3" s="255" t="s">
+      <c r="B3" s="244" t="s">
         <v>49</v>
       </c>
-      <c r="C3" s="255" t="s">
+      <c r="C3" s="244" t="s">
         <v>50</v>
       </c>
-      <c r="D3" s="255" t="s">
+      <c r="D3" s="244" t="s">
         <v>51</v>
       </c>
-      <c r="E3" s="255" t="s">
+      <c r="E3" s="244" t="s">
         <v>52</v>
       </c>
-      <c r="F3" s="255" t="s">
+      <c r="F3" s="244" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B4" s="55" t="s">
+        <v>108</v>
+      </c>
+      <c r="C4" s="55" t="s">
+        <v>108</v>
+      </c>
+      <c r="D4" s="55" t="s">
         <v>178</v>
       </c>
-      <c r="B4" s="56" t="s">
-[...11 lines deleted...]
-      <c r="F4" s="56">
+      <c r="E4" s="55" t="s">
+        <v>108</v>
+      </c>
+      <c r="F4" s="55">
         <v>64.27</v>
       </c>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A5" s="28" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="B5" s="256">
+        <v>179</v>
+      </c>
+      <c r="B5" s="245">
         <v>67.23</v>
       </c>
-      <c r="C5" s="256">
+      <c r="C5" s="245">
         <v>69.44</v>
       </c>
-      <c r="D5" s="256">
+      <c r="D5" s="245">
         <v>58.19</v>
       </c>
-      <c r="E5" s="256">
+      <c r="E5" s="245">
         <v>58.5</v>
       </c>
-      <c r="F5" s="256">
+      <c r="F5" s="245">
         <v>57.96</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
-        <v>181</v>
-[...1 lines deleted...]
-      <c r="B6" s="56">
+        <v>180</v>
+      </c>
+      <c r="B6" s="55">
         <v>74.150000000000006</v>
       </c>
-      <c r="C6" s="56">
+      <c r="C6" s="55">
         <v>78.150000000000006</v>
       </c>
-      <c r="D6" s="56">
+      <c r="D6" s="55">
         <v>79.63</v>
       </c>
-      <c r="E6" s="56">
+      <c r="E6" s="55">
         <v>80.59</v>
       </c>
-      <c r="F6" s="56">
+      <c r="F6" s="55">
         <v>83.86</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A7" s="28" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="B7" s="256">
+        <v>181</v>
+      </c>
+      <c r="B7" s="245">
         <v>88.08</v>
       </c>
-      <c r="C7" s="256">
+      <c r="C7" s="245">
         <v>91.13</v>
       </c>
-      <c r="D7" s="256">
+      <c r="D7" s="245">
         <v>92.7</v>
       </c>
-      <c r="E7" s="256">
+      <c r="E7" s="245">
         <v>93.51</v>
       </c>
-      <c r="F7" s="256">
+      <c r="F7" s="245">
         <v>97.55</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="B8" s="56">
+        <v>182</v>
+      </c>
+      <c r="B8" s="55">
         <v>99.58</v>
       </c>
-      <c r="C8" s="56">
+      <c r="C8" s="55">
         <v>102.6</v>
       </c>
-      <c r="D8" s="56">
+      <c r="D8" s="55">
         <v>103.9</v>
       </c>
-      <c r="E8" s="56">
+      <c r="E8" s="55">
         <v>105.31</v>
       </c>
-      <c r="F8" s="56">
+      <c r="F8" s="55">
         <v>109.25</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A9" s="28" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="B9" s="256">
+        <v>183</v>
+      </c>
+      <c r="B9" s="245">
         <v>104.78</v>
       </c>
-      <c r="C9" s="256">
+      <c r="C9" s="245">
         <v>107.77</v>
       </c>
-      <c r="D9" s="256">
+      <c r="D9" s="245">
         <v>110.29</v>
       </c>
-      <c r="E9" s="256">
+      <c r="E9" s="245">
         <v>111.82</v>
       </c>
-      <c r="F9" s="256">
+      <c r="F9" s="245">
         <v>115.36</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="B10" s="56">
+        <v>184</v>
+      </c>
+      <c r="B10" s="55">
         <v>114.64</v>
       </c>
-      <c r="C10" s="56">
+      <c r="C10" s="55">
         <v>117.81</v>
       </c>
-      <c r="D10" s="56">
+      <c r="D10" s="55">
         <v>119.32</v>
       </c>
-      <c r="E10" s="56">
+      <c r="E10" s="55">
         <v>116.46</v>
       </c>
-      <c r="F10" s="56">
+      <c r="F10" s="55">
         <v>119.09</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A11" s="28" t="s">
-        <v>186</v>
-[...10 lines deleted...]
-      <c r="E11" s="256">
+        <v>185</v>
+      </c>
+      <c r="B11" s="245" t="s">
+        <v>108</v>
+      </c>
+      <c r="C11" s="245" t="s">
+        <v>108</v>
+      </c>
+      <c r="D11" s="245" t="s">
+        <v>108</v>
+      </c>
+      <c r="E11" s="245">
         <v>142.13</v>
       </c>
-      <c r="F11" s="256">
+      <c r="F11" s="245">
         <v>139.80000000000001</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A12" s="257" t="s">
+      <c r="A12" s="246" t="s">
         <v>34</v>
       </c>
-      <c r="B12" s="258">
+      <c r="B12" s="247">
         <v>91.62</v>
       </c>
-      <c r="C12" s="258">
+      <c r="C12" s="247">
         <v>94.74</v>
       </c>
-      <c r="D12" s="258">
+      <c r="D12" s="247">
         <v>96.2</v>
       </c>
-      <c r="E12" s="258">
+      <c r="E12" s="247">
         <v>97.2</v>
       </c>
-      <c r="F12" s="258">
+      <c r="F12" s="247">
         <v>100.97</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A13" s="1" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1" xr:uid="{9CD0B862-9624-4E00-9A98-16EBE5B6DFDB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3CE36BDF-A179-4F13-B805-0D41F8C5A23A}">
-  <dimension ref="A1:Q30"/>
+  <dimension ref="A1:Q32"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1275"/>
+    <sheetView topLeftCell="E1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="1275" activePane="bottomLeft"/>
       <selection sqref="A1:A1048576"/>
-      <selection pane="bottomLeft" activeCell="M24" sqref="M24"/>
+      <selection pane="bottomLeft" activeCell="Q24" sqref="Q24:Q25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="28.140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" style="1" customWidth="1"/>
     <col min="3" max="15" width="8.7109375" style="1"/>
     <col min="16" max="17" width="11.140625" style="1" customWidth="1"/>
     <col min="18" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" s="20" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="18" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B1" s="18"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
       <c r="I1" s="18"/>
       <c r="J1" s="18"/>
       <c r="K1" s="18"/>
       <c r="L1" s="18"/>
       <c r="M1" s="18"/>
       <c r="N1" s="18"/>
       <c r="O1" s="18"/>
       <c r="P1" s="1" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="Q1" s="19"/>
     </row>
     <row r="2" spans="1:17" x14ac:dyDescent="0.2">
       <c r="P2" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:17" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="34" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="35" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="35" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="35" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="35" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="35" t="s">
@@ -20279,793 +20422,844 @@
       </c>
       <c r="I3" s="35" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="35" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="35" t="s">
         <v>10</v>
       </c>
       <c r="L3" s="35" t="s">
         <v>11</v>
       </c>
       <c r="M3" s="35" t="s">
         <v>12</v>
       </c>
       <c r="N3" s="35" t="s">
         <v>13</v>
       </c>
       <c r="O3" s="36" t="s">
         <v>14</v>
       </c>
       <c r="P3" s="36" t="s">
         <v>15</v>
       </c>
-    </row>
-    <row r="4" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q3" s="269" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="17" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="6"/>
       <c r="N4" s="6"/>
+      <c r="Q4" s="265" t="s">
+        <v>239</v>
+      </c>
     </row>
     <row r="5" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="21" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="22">
         <v>48</v>
       </c>
       <c r="C5" s="22">
         <v>38</v>
       </c>
       <c r="D5" s="22">
         <v>46</v>
       </c>
       <c r="E5" s="22">
         <v>6</v>
       </c>
       <c r="F5" s="22">
         <v>4</v>
       </c>
       <c r="G5" s="22">
         <v>14</v>
       </c>
       <c r="H5" s="22">
         <v>21</v>
       </c>
       <c r="I5" s="22">
         <v>0</v>
       </c>
       <c r="J5" s="22">
         <v>4</v>
       </c>
       <c r="K5" s="22">
         <v>0</v>
       </c>
       <c r="L5" s="22">
         <v>0</v>
       </c>
       <c r="M5" s="22">
         <v>0</v>
       </c>
       <c r="N5" s="22">
         <v>9</v>
       </c>
       <c r="O5" s="23">
         <v>0</v>
       </c>
       <c r="P5" s="22">
         <v>0</v>
       </c>
+      <c r="Q5" s="266">
+        <v>0</v>
+      </c>
     </row>
     <row r="6" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="8">
         <v>0</v>
       </c>
       <c r="C6" s="8">
         <v>0</v>
       </c>
       <c r="D6" s="8">
         <v>0</v>
       </c>
       <c r="E6" s="8">
         <v>0</v>
       </c>
       <c r="F6" s="8">
         <v>0</v>
       </c>
       <c r="G6" s="8">
         <v>0</v>
       </c>
       <c r="H6" s="8">
         <v>0</v>
       </c>
       <c r="I6" s="8">
         <v>0</v>
       </c>
       <c r="J6" s="8">
         <v>0</v>
       </c>
       <c r="K6" s="8">
         <v>0</v>
       </c>
       <c r="L6" s="8">
         <v>0</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="8">
         <v>0</v>
       </c>
       <c r="O6" s="9">
         <v>0</v>
       </c>
       <c r="P6" s="8">
         <v>0</v>
       </c>
+      <c r="Q6" s="55">
+        <v>0</v>
+      </c>
     </row>
     <row r="7" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="21" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="22">
         <v>0</v>
       </c>
       <c r="C7" s="22">
         <v>19</v>
       </c>
       <c r="D7" s="22">
         <v>4</v>
       </c>
       <c r="E7" s="22">
         <v>22</v>
       </c>
       <c r="F7" s="22">
         <v>4</v>
       </c>
       <c r="G7" s="22">
         <v>0</v>
       </c>
       <c r="H7" s="22">
         <v>5</v>
       </c>
       <c r="I7" s="22">
         <v>0</v>
       </c>
       <c r="J7" s="22">
         <v>0</v>
       </c>
       <c r="K7" s="22">
         <v>0</v>
       </c>
       <c r="L7" s="22">
         <v>0</v>
       </c>
       <c r="M7" s="22">
         <v>0</v>
       </c>
       <c r="N7" s="22">
         <v>0</v>
       </c>
       <c r="O7" s="23">
         <v>0</v>
       </c>
       <c r="P7" s="22">
         <v>0</v>
       </c>
+      <c r="Q7" s="266">
+        <v>0</v>
+      </c>
     </row>
     <row r="8" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="8">
         <v>0</v>
       </c>
       <c r="C8" s="8">
         <v>25</v>
       </c>
       <c r="D8" s="8">
         <v>24</v>
       </c>
       <c r="E8" s="8">
         <v>20</v>
       </c>
       <c r="F8" s="8">
         <v>9</v>
       </c>
       <c r="G8" s="8">
         <v>0</v>
       </c>
       <c r="H8" s="8">
         <v>8</v>
       </c>
       <c r="I8" s="8">
         <v>0</v>
       </c>
       <c r="J8" s="8">
         <v>0</v>
       </c>
       <c r="K8" s="8">
         <v>0</v>
       </c>
       <c r="L8" s="8">
         <v>0</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="8">
         <v>0</v>
       </c>
       <c r="O8" s="9">
         <v>0</v>
       </c>
       <c r="P8" s="8">
         <v>0</v>
       </c>
+      <c r="Q8" s="55">
+        <v>0</v>
+      </c>
     </row>
     <row r="9" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="21" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="22">
         <v>0</v>
       </c>
       <c r="C9" s="22">
         <v>0</v>
       </c>
       <c r="D9" s="22">
         <v>39</v>
       </c>
       <c r="E9" s="22">
         <v>18</v>
       </c>
       <c r="F9" s="22">
         <v>38</v>
       </c>
       <c r="G9" s="22">
         <v>56</v>
       </c>
       <c r="H9" s="22">
         <v>15</v>
       </c>
       <c r="I9" s="22">
         <v>0</v>
       </c>
       <c r="J9" s="22">
         <v>0</v>
       </c>
       <c r="K9" s="22">
         <v>0</v>
       </c>
       <c r="L9" s="22">
         <v>0</v>
       </c>
       <c r="M9" s="22">
         <v>0</v>
       </c>
       <c r="N9" s="22">
         <v>5</v>
       </c>
       <c r="O9" s="23">
         <v>0</v>
       </c>
       <c r="P9" s="22">
         <v>0</v>
       </c>
+      <c r="Q9" s="266">
+        <v>0</v>
+      </c>
     </row>
     <row r="10" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="24" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="25">
         <v>48</v>
       </c>
       <c r="C10" s="25">
         <v>82</v>
       </c>
       <c r="D10" s="25">
         <v>113</v>
       </c>
       <c r="E10" s="25">
         <v>66</v>
       </c>
       <c r="F10" s="25">
         <v>55</v>
       </c>
       <c r="G10" s="25">
         <v>70</v>
       </c>
       <c r="H10" s="25">
         <v>49</v>
       </c>
       <c r="I10" s="25">
         <v>0</v>
       </c>
       <c r="J10" s="25">
         <v>4</v>
       </c>
       <c r="K10" s="25">
         <v>0</v>
       </c>
       <c r="L10" s="25">
         <v>0</v>
       </c>
       <c r="M10" s="25">
         <v>0</v>
       </c>
       <c r="N10" s="25">
         <v>14</v>
       </c>
       <c r="O10" s="26">
         <v>0</v>
       </c>
       <c r="P10" s="25">
         <v>0</v>
       </c>
-    </row>
-    <row r="11" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="Q10" s="267">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q11" s="55"/>
+    </row>
     <row r="12" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="27" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="28"/>
       <c r="L12" s="28"/>
       <c r="M12" s="28"/>
       <c r="N12" s="28"/>
       <c r="O12" s="28"/>
       <c r="P12" s="28"/>
+      <c r="Q12" s="266"/>
     </row>
     <row r="13" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="8">
         <v>1704</v>
       </c>
       <c r="C13" s="8">
         <v>946</v>
       </c>
       <c r="D13" s="8">
         <v>990</v>
       </c>
       <c r="E13" s="8">
         <v>787</v>
       </c>
       <c r="F13" s="8">
         <v>1599</v>
       </c>
       <c r="G13" s="8">
         <v>1152</v>
       </c>
       <c r="H13" s="8">
         <v>1011</v>
       </c>
       <c r="I13" s="8">
         <v>1417</v>
       </c>
       <c r="J13" s="8">
         <v>1284</v>
       </c>
       <c r="K13" s="8">
         <v>537</v>
       </c>
       <c r="L13" s="8">
         <v>2120</v>
       </c>
       <c r="M13" s="8">
         <v>1551</v>
       </c>
       <c r="N13" s="8">
         <v>1722</v>
       </c>
       <c r="O13" s="9">
         <v>1385</v>
       </c>
       <c r="P13" s="8">
         <v>1413</v>
       </c>
+      <c r="Q13" s="55">
+        <v>0</v>
+      </c>
     </row>
     <row r="14" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="21" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="22">
         <v>400</v>
       </c>
       <c r="C14" s="22">
         <v>275</v>
       </c>
       <c r="D14" s="22">
         <v>130</v>
       </c>
       <c r="E14" s="22">
         <v>295</v>
       </c>
       <c r="F14" s="22">
         <v>141</v>
       </c>
       <c r="G14" s="22">
         <v>124</v>
       </c>
       <c r="H14" s="22">
         <v>231</v>
       </c>
       <c r="I14" s="22">
         <v>134</v>
       </c>
       <c r="J14" s="22">
         <v>254</v>
       </c>
       <c r="K14" s="22">
         <v>130</v>
       </c>
       <c r="L14" s="22">
         <v>193</v>
       </c>
       <c r="M14" s="22">
         <v>116</v>
       </c>
       <c r="N14" s="22">
         <v>179</v>
       </c>
       <c r="O14" s="23">
         <v>64</v>
       </c>
       <c r="P14" s="22">
         <v>48</v>
       </c>
+      <c r="Q14" s="266">
+        <v>0</v>
+      </c>
     </row>
     <row r="15" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="8">
         <v>93</v>
       </c>
       <c r="C15" s="8">
         <v>90</v>
       </c>
       <c r="D15" s="8">
         <v>107</v>
       </c>
       <c r="E15" s="8">
         <v>90</v>
       </c>
       <c r="F15" s="8">
         <v>119</v>
       </c>
       <c r="G15" s="8">
         <v>163</v>
       </c>
       <c r="H15" s="8">
         <v>149</v>
       </c>
       <c r="I15" s="8">
         <v>137</v>
       </c>
       <c r="J15" s="8">
         <v>107</v>
       </c>
       <c r="K15" s="8">
         <v>66</v>
       </c>
       <c r="L15" s="8">
         <v>18</v>
       </c>
       <c r="M15" s="8">
         <v>23</v>
       </c>
       <c r="N15" s="8">
         <v>11</v>
       </c>
       <c r="O15" s="9">
         <v>10</v>
       </c>
       <c r="P15" s="8">
         <v>7</v>
       </c>
+      <c r="Q15" s="55">
+        <v>1</v>
+      </c>
     </row>
     <row r="16" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="21" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="22">
         <v>169</v>
       </c>
       <c r="C16" s="22">
         <v>9</v>
       </c>
       <c r="D16" s="22">
         <v>39</v>
       </c>
       <c r="E16" s="22">
         <v>53</v>
       </c>
       <c r="F16" s="22">
         <v>39</v>
       </c>
       <c r="G16" s="22">
         <v>30</v>
       </c>
       <c r="H16" s="22">
         <v>28</v>
       </c>
       <c r="I16" s="22">
         <v>51</v>
       </c>
       <c r="J16" s="22">
         <v>130</v>
       </c>
       <c r="K16" s="22">
         <v>28</v>
       </c>
       <c r="L16" s="22">
         <v>72</v>
       </c>
       <c r="M16" s="22">
         <v>23</v>
       </c>
       <c r="N16" s="22">
         <v>30</v>
       </c>
       <c r="O16" s="23">
         <v>32</v>
       </c>
       <c r="P16" s="22">
         <v>0</v>
       </c>
+      <c r="Q16" s="266">
+        <v>0</v>
+      </c>
     </row>
     <row r="17" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="8">
         <v>4</v>
       </c>
       <c r="C17" s="8">
         <v>8</v>
       </c>
       <c r="D17" s="8">
         <v>0</v>
       </c>
       <c r="E17" s="8">
         <v>8</v>
       </c>
       <c r="F17" s="8">
         <v>60</v>
       </c>
       <c r="G17" s="8">
         <v>29</v>
       </c>
       <c r="H17" s="8">
         <v>136</v>
       </c>
       <c r="I17" s="8">
         <v>20</v>
       </c>
       <c r="J17" s="8">
         <v>7</v>
       </c>
       <c r="K17" s="8">
         <v>0</v>
       </c>
       <c r="L17" s="8">
         <v>0</v>
       </c>
       <c r="M17" s="8">
         <v>0</v>
       </c>
       <c r="N17" s="8">
         <v>0</v>
       </c>
       <c r="O17" s="9">
         <v>0</v>
       </c>
       <c r="P17" s="8">
         <v>30</v>
       </c>
+      <c r="Q17" s="55">
+        <v>0</v>
+      </c>
     </row>
     <row r="18" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="21" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="22">
         <v>0</v>
       </c>
       <c r="C18" s="22">
         <v>0</v>
       </c>
       <c r="D18" s="22">
         <v>0</v>
       </c>
       <c r="E18" s="22">
         <v>0</v>
       </c>
       <c r="F18" s="22">
         <v>0</v>
       </c>
       <c r="G18" s="22">
         <v>0</v>
       </c>
       <c r="H18" s="22">
         <v>0</v>
       </c>
       <c r="I18" s="22">
         <v>0</v>
       </c>
       <c r="J18" s="22">
         <v>0</v>
       </c>
       <c r="K18" s="22">
         <v>0</v>
       </c>
       <c r="L18" s="22">
         <v>0</v>
       </c>
       <c r="M18" s="22">
         <v>0</v>
       </c>
       <c r="N18" s="22">
         <v>0</v>
       </c>
       <c r="O18" s="23">
         <v>17</v>
       </c>
       <c r="P18" s="22">
         <v>6</v>
       </c>
+      <c r="Q18" s="266">
+        <v>0</v>
+      </c>
     </row>
     <row r="19" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="24" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="25">
         <v>2370</v>
       </c>
       <c r="C19" s="25">
         <v>1328</v>
       </c>
       <c r="D19" s="25">
         <v>1266</v>
       </c>
       <c r="E19" s="25">
         <v>1233</v>
       </c>
       <c r="F19" s="25">
         <v>1958</v>
       </c>
       <c r="G19" s="25">
         <v>1498</v>
       </c>
       <c r="H19" s="25">
         <v>1555</v>
       </c>
       <c r="I19" s="25">
         <v>1759</v>
       </c>
       <c r="J19" s="25">
         <v>1782</v>
       </c>
       <c r="K19" s="25">
         <v>761</v>
       </c>
       <c r="L19" s="25">
         <v>2403</v>
       </c>
       <c r="M19" s="25">
         <v>1713</v>
       </c>
       <c r="N19" s="25">
         <v>1942</v>
       </c>
       <c r="O19" s="26">
         <v>1508</v>
       </c>
       <c r="P19" s="25">
         <v>1504</v>
       </c>
+      <c r="Q19" s="267">
+        <v>1</v>
+      </c>
     </row>
     <row r="20" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="30" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="31">
         <v>2418</v>
       </c>
       <c r="C20" s="31">
         <v>1410</v>
       </c>
       <c r="D20" s="31">
         <v>1379</v>
       </c>
       <c r="E20" s="31">
         <v>1299</v>
       </c>
       <c r="F20" s="31">
         <v>2013</v>
       </c>
       <c r="G20" s="31">
         <v>1568</v>
       </c>
       <c r="H20" s="31">
         <v>1604</v>
       </c>
       <c r="I20" s="31">
         <v>1759</v>
       </c>
       <c r="J20" s="31">
         <v>1786</v>
       </c>
       <c r="K20" s="31">
         <v>761</v>
       </c>
       <c r="L20" s="31">
         <v>2403</v>
       </c>
       <c r="M20" s="31">
         <v>1713</v>
       </c>
       <c r="N20" s="31">
         <v>1956</v>
       </c>
       <c r="O20" s="32">
         <v>1508</v>
       </c>
       <c r="P20" s="33">
         <v>1504</v>
       </c>
+      <c r="Q20" s="268">
+        <v>1</v>
+      </c>
     </row>
     <row r="21" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A21" s="10" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="11"/>
       <c r="M21" s="11"/>
       <c r="N21" s="11"/>
       <c r="O21" s="4"/>
       <c r="P21" s="4"/>
     </row>
     <row r="22" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A22" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
@@ -21206,112 +21400,125 @@
       <c r="N28" s="14"/>
       <c r="O28" s="14"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
     </row>
     <row r="29" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A29" s="10"/>
       <c r="B29" s="10"/>
       <c r="C29" s="10"/>
       <c r="D29" s="10"/>
       <c r="E29" s="10"/>
       <c r="F29" s="10"/>
       <c r="G29" s="10"/>
       <c r="H29" s="10"/>
       <c r="I29" s="10"/>
       <c r="J29" s="10"/>
       <c r="K29" s="10"/>
       <c r="L29" s="10"/>
       <c r="M29" s="10"/>
       <c r="N29" s="10"/>
       <c r="O29" s="10"/>
       <c r="P29" s="4"/>
       <c r="Q29" s="4"/>
     </row>
     <row r="30" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A30" s="10"/>
+      <c r="A30" s="10" t="s">
+        <v>236</v>
+      </c>
       <c r="B30" s="10"/>
       <c r="C30" s="16"/>
       <c r="D30" s="16"/>
       <c r="E30" s="16"/>
       <c r="F30" s="16"/>
       <c r="G30" s="16"/>
       <c r="H30" s="16"/>
       <c r="I30" s="16"/>
       <c r="J30" s="16"/>
       <c r="K30" s="16"/>
       <c r="L30" s="16"/>
       <c r="M30" s="16"/>
       <c r="N30" s="16"/>
       <c r="O30" s="16"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
     </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A31" s="1" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" ht="15" x14ac:dyDescent="0.25">
+      <c r="A32" s="248" t="s">
+        <v>234</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A28" r:id="rId1" xr:uid="{3C05AD24-93B9-48DE-BEC1-BDA6AB35369E}"/>
     <hyperlink ref="P2" r:id="rId2" xr:uid="{E81ADAA8-2316-4F2B-B91F-7C3F660D74DF}"/>
+    <hyperlink ref="A32" r:id="rId3" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{BDCA0348-88B8-4C49-93C5-DFEB70735257}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F56902A2-826C-4A4D-BB9A-86DBB6830CF5}">
-  <dimension ref="A1:T29"/>
+  <dimension ref="A1:T32"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-[...2 lines deleted...]
-      <selection pane="bottomLeft" activeCell="K7" sqref="K7"/>
+    <sheetView topLeftCell="H1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="1275" activePane="bottomLeft"/>
+      <selection activeCell="Q3" sqref="Q3"/>
+      <selection pane="bottomLeft" activeCell="S8" sqref="S8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="31.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" style="1" customWidth="1"/>
     <col min="3" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="18" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="P1" s="1" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="R1" s="12"/>
       <c r="S1" s="4"/>
       <c r="T1" s="12"/>
     </row>
     <row r="2" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A2" s="10"/>
       <c r="B2" s="10"/>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
       <c r="F2" s="10"/>
       <c r="G2" s="10"/>
       <c r="H2" s="10"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="10"/>
       <c r="O2" s="4"/>
       <c r="P2" s="5" t="s">
         <v>33</v>
       </c>
       <c r="Q2" s="10"/>
       <c r="R2" s="4"/>
       <c r="S2" s="12"/>
@@ -21340,814 +21547,864 @@
       </c>
       <c r="H3" s="42" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="42" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="42" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="42" t="s">
         <v>10</v>
       </c>
       <c r="L3" s="42" t="s">
         <v>11</v>
       </c>
       <c r="M3" s="42" t="s">
         <v>12</v>
       </c>
       <c r="N3" s="42" t="s">
         <v>13</v>
       </c>
       <c r="O3" s="43" t="s">
         <v>14</v>
       </c>
-      <c r="P3" s="44" t="s">
+      <c r="P3" s="249" t="s">
         <v>15</v>
+      </c>
+      <c r="Q3" s="269" t="s">
+        <v>238</v>
       </c>
     </row>
     <row r="4" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="17" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="6"/>
       <c r="N4" s="6"/>
       <c r="O4" s="37"/>
+      <c r="Q4" s="265" t="s">
+        <v>239</v>
+      </c>
     </row>
     <row r="5" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A5" s="21" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="22">
         <v>38</v>
       </c>
       <c r="C5" s="22">
         <v>12</v>
       </c>
       <c r="D5" s="22">
         <v>28</v>
       </c>
       <c r="E5" s="22">
         <v>51</v>
       </c>
       <c r="F5" s="22">
         <v>49</v>
       </c>
       <c r="G5" s="22">
         <v>22</v>
       </c>
       <c r="H5" s="22">
         <v>4</v>
       </c>
       <c r="I5" s="23">
         <v>0</v>
       </c>
       <c r="J5" s="23">
         <v>14</v>
       </c>
       <c r="K5" s="23">
         <v>0</v>
       </c>
       <c r="L5" s="23">
         <v>21</v>
       </c>
       <c r="M5" s="23">
         <v>4</v>
       </c>
       <c r="N5" s="23">
         <v>0</v>
       </c>
       <c r="O5" s="23">
         <v>0</v>
       </c>
       <c r="P5" s="22">
         <v>0</v>
       </c>
+      <c r="Q5" s="270">
+        <v>0</v>
+      </c>
     </row>
     <row r="6" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A6" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="8">
         <v>0</v>
       </c>
       <c r="C6" s="8">
         <v>0</v>
       </c>
       <c r="D6" s="8">
         <v>0</v>
       </c>
       <c r="E6" s="8">
         <v>0</v>
       </c>
       <c r="F6" s="8">
         <v>0</v>
       </c>
       <c r="G6" s="8">
         <v>0</v>
       </c>
       <c r="H6" s="8">
         <v>0</v>
       </c>
       <c r="I6" s="9">
         <v>0</v>
       </c>
       <c r="J6" s="9">
         <v>0</v>
       </c>
       <c r="K6" s="9">
         <v>0</v>
       </c>
       <c r="L6" s="9">
         <v>0</v>
       </c>
       <c r="M6" s="9">
         <v>0</v>
       </c>
       <c r="N6" s="9">
         <v>0</v>
       </c>
       <c r="O6" s="9">
         <v>0</v>
       </c>
       <c r="P6" s="8">
         <v>0</v>
       </c>
+      <c r="Q6" s="55">
+        <v>0</v>
+      </c>
     </row>
     <row r="7" spans="1:20" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="21" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="22">
         <v>0</v>
       </c>
       <c r="C7" s="22">
         <v>0</v>
       </c>
       <c r="D7" s="22">
         <v>19</v>
       </c>
       <c r="E7" s="22">
         <v>0</v>
       </c>
       <c r="F7" s="22">
         <v>26</v>
       </c>
       <c r="G7" s="22">
         <v>4</v>
       </c>
       <c r="H7" s="22">
         <v>0</v>
       </c>
       <c r="I7" s="23">
         <v>0</v>
       </c>
       <c r="J7" s="23">
         <v>3</v>
       </c>
       <c r="K7" s="23">
         <v>0</v>
       </c>
       <c r="L7" s="23">
         <v>0</v>
       </c>
       <c r="M7" s="23">
         <v>0</v>
       </c>
       <c r="N7" s="23">
         <v>0</v>
       </c>
       <c r="O7" s="23">
         <v>0</v>
       </c>
       <c r="P7" s="22">
         <v>0</v>
       </c>
+      <c r="Q7" s="266">
+        <v>0</v>
+      </c>
     </row>
     <row r="8" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A8" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="8">
         <v>0</v>
       </c>
       <c r="C8" s="8">
         <v>8</v>
       </c>
       <c r="D8" s="8">
         <v>17</v>
       </c>
       <c r="E8" s="8">
         <v>4</v>
       </c>
       <c r="F8" s="8">
         <v>24</v>
       </c>
       <c r="G8" s="8">
         <v>22</v>
       </c>
       <c r="H8" s="8">
         <v>5</v>
       </c>
       <c r="I8" s="9">
         <v>3</v>
       </c>
       <c r="J8" s="9">
         <v>0</v>
       </c>
       <c r="K8" s="9">
         <v>0</v>
       </c>
       <c r="L8" s="9">
         <v>0</v>
       </c>
       <c r="M8" s="9">
         <v>0</v>
       </c>
       <c r="N8" s="9">
         <v>0</v>
       </c>
       <c r="O8" s="9">
         <v>0</v>
       </c>
       <c r="P8" s="8">
         <v>0</v>
       </c>
+      <c r="Q8" s="55">
+        <v>0</v>
+      </c>
     </row>
     <row r="9" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A9" s="21" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="22">
         <v>0</v>
       </c>
       <c r="C9" s="22">
         <v>0</v>
       </c>
       <c r="D9" s="22">
         <v>0</v>
       </c>
       <c r="E9" s="22">
         <v>31</v>
       </c>
       <c r="F9" s="22">
         <v>26</v>
       </c>
       <c r="G9" s="22">
         <v>16</v>
       </c>
       <c r="H9" s="22">
         <v>27</v>
       </c>
       <c r="I9" s="23">
         <v>51</v>
       </c>
       <c r="J9" s="23">
         <v>0</v>
       </c>
       <c r="K9" s="23">
         <v>15</v>
       </c>
       <c r="L9" s="23">
         <v>0</v>
       </c>
       <c r="M9" s="23">
         <v>0</v>
       </c>
       <c r="N9" s="23">
         <v>0</v>
       </c>
       <c r="O9" s="23">
         <v>0</v>
       </c>
       <c r="P9" s="22">
         <v>0</v>
       </c>
+      <c r="Q9" s="266">
+        <v>0</v>
+      </c>
     </row>
     <row r="10" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="24" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="25">
         <v>38</v>
       </c>
       <c r="C10" s="25">
         <v>20</v>
       </c>
       <c r="D10" s="25">
         <v>64</v>
       </c>
       <c r="E10" s="25">
         <v>86</v>
       </c>
       <c r="F10" s="25">
         <v>125</v>
       </c>
       <c r="G10" s="25">
         <v>64</v>
       </c>
       <c r="H10" s="25">
         <v>36</v>
       </c>
       <c r="I10" s="26">
         <v>54</v>
       </c>
       <c r="J10" s="26">
         <v>17</v>
       </c>
       <c r="K10" s="26">
         <v>15</v>
       </c>
       <c r="L10" s="26">
         <v>21</v>
       </c>
       <c r="M10" s="26">
         <v>4</v>
       </c>
       <c r="N10" s="26">
         <v>0</v>
       </c>
       <c r="O10" s="26">
         <v>0</v>
       </c>
       <c r="P10" s="25">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="267">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="38"/>
       <c r="B11" s="39"/>
       <c r="C11" s="39"/>
       <c r="D11" s="39"/>
       <c r="E11" s="39"/>
       <c r="F11" s="39"/>
       <c r="G11" s="39"/>
       <c r="H11" s="39"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="40"/>
       <c r="M11" s="40"/>
       <c r="N11" s="40"/>
       <c r="O11" s="40"/>
       <c r="P11" s="39"/>
+      <c r="Q11" s="55"/>
     </row>
     <row r="12" spans="1:20" ht="15" x14ac:dyDescent="0.2">
-      <c r="A12" s="45" t="s">
+      <c r="A12" s="44" t="s">
         <v>23</v>
       </c>
-      <c r="B12" s="46"/>
-[...13 lines deleted...]
-      <c r="P12" s="46"/>
+      <c r="B12" s="45"/>
+      <c r="C12" s="45"/>
+      <c r="D12" s="45"/>
+      <c r="E12" s="45"/>
+      <c r="F12" s="45"/>
+      <c r="G12" s="45"/>
+      <c r="H12" s="45"/>
+      <c r="I12" s="46"/>
+      <c r="J12" s="46"/>
+      <c r="K12" s="46"/>
+      <c r="L12" s="46"/>
+      <c r="M12" s="46"/>
+      <c r="N12" s="46"/>
+      <c r="O12" s="46"/>
+      <c r="P12" s="45"/>
+      <c r="Q12" s="266"/>
     </row>
     <row r="13" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="8">
         <v>947</v>
       </c>
       <c r="C13" s="8">
         <v>874</v>
       </c>
       <c r="D13" s="8">
         <v>925</v>
       </c>
       <c r="E13" s="8">
         <v>1411</v>
       </c>
       <c r="F13" s="8">
         <v>1143</v>
       </c>
       <c r="G13" s="8">
         <v>800</v>
       </c>
       <c r="H13" s="8">
         <v>951</v>
       </c>
       <c r="I13" s="9">
         <v>1146</v>
       </c>
       <c r="J13" s="9">
         <v>1245</v>
       </c>
       <c r="K13" s="9">
         <v>1088</v>
       </c>
       <c r="L13" s="9">
         <v>1097</v>
       </c>
       <c r="M13" s="9">
         <v>680</v>
       </c>
       <c r="N13" s="9">
         <v>1160</v>
       </c>
       <c r="O13" s="9">
         <v>1241</v>
       </c>
       <c r="P13" s="8">
         <v>1239</v>
       </c>
+      <c r="Q13" s="55">
+        <v>292</v>
+      </c>
     </row>
     <row r="14" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A14" s="21" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="22">
         <v>320</v>
       </c>
       <c r="C14" s="22">
         <v>250</v>
       </c>
       <c r="D14" s="22">
         <v>185</v>
       </c>
       <c r="E14" s="22">
         <v>324</v>
       </c>
       <c r="F14" s="22">
         <v>133</v>
       </c>
       <c r="G14" s="22">
         <v>160</v>
       </c>
       <c r="H14" s="22">
         <v>202</v>
       </c>
       <c r="I14" s="23">
         <v>159</v>
       </c>
       <c r="J14" s="23">
         <v>225</v>
       </c>
       <c r="K14" s="23">
         <v>181</v>
       </c>
       <c r="L14" s="23">
         <v>118</v>
       </c>
       <c r="M14" s="23">
         <v>97</v>
       </c>
       <c r="N14" s="23">
         <v>171</v>
       </c>
       <c r="O14" s="23">
         <v>86</v>
       </c>
       <c r="P14" s="22">
         <v>121</v>
       </c>
+      <c r="Q14" s="266">
+        <v>4</v>
+      </c>
     </row>
     <row r="15" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="8">
         <v>66</v>
       </c>
       <c r="C15" s="8">
         <v>79</v>
       </c>
       <c r="D15" s="8">
         <v>28</v>
       </c>
       <c r="E15" s="8">
         <v>102</v>
       </c>
       <c r="F15" s="8">
         <v>190</v>
       </c>
       <c r="G15" s="8">
         <v>100</v>
       </c>
       <c r="H15" s="8">
         <v>136</v>
       </c>
       <c r="I15" s="9">
         <v>129</v>
       </c>
       <c r="J15" s="9">
         <v>167</v>
       </c>
       <c r="K15" s="9">
         <v>114</v>
       </c>
       <c r="L15" s="9">
         <v>40</v>
       </c>
       <c r="M15" s="9">
         <v>16</v>
       </c>
       <c r="N15" s="9">
         <v>16</v>
       </c>
       <c r="O15" s="9">
         <v>14</v>
       </c>
       <c r="P15" s="8">
         <v>8</v>
       </c>
+      <c r="Q15" s="55">
+        <v>1</v>
+      </c>
     </row>
     <row r="16" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A16" s="21" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="22">
         <v>14</v>
       </c>
       <c r="C16" s="22">
         <v>81</v>
       </c>
       <c r="D16" s="22">
         <v>49</v>
       </c>
       <c r="E16" s="22">
         <v>44</v>
       </c>
       <c r="F16" s="22">
         <v>54</v>
       </c>
       <c r="G16" s="22">
         <v>50</v>
       </c>
       <c r="H16" s="22">
         <v>41</v>
       </c>
       <c r="I16" s="23">
         <v>19</v>
       </c>
       <c r="J16" s="23">
         <v>16</v>
       </c>
       <c r="K16" s="23">
         <v>48</v>
       </c>
       <c r="L16" s="23">
         <v>28</v>
       </c>
       <c r="M16" s="23">
         <v>31</v>
       </c>
       <c r="N16" s="23">
         <v>102</v>
       </c>
       <c r="O16" s="23">
         <v>62</v>
       </c>
       <c r="P16" s="22">
         <v>20</v>
       </c>
+      <c r="Q16" s="266">
+        <v>0</v>
+      </c>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A17" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="8">
         <v>24</v>
       </c>
       <c r="C17" s="8">
         <v>6</v>
       </c>
       <c r="D17" s="8">
         <v>3</v>
       </c>
       <c r="E17" s="8">
         <v>0</v>
       </c>
       <c r="F17" s="8">
         <v>13</v>
       </c>
       <c r="G17" s="8">
         <v>35</v>
       </c>
       <c r="H17" s="8">
         <v>21</v>
       </c>
       <c r="I17" s="9">
         <v>0</v>
       </c>
       <c r="J17" s="9">
         <v>12</v>
       </c>
       <c r="K17" s="9">
         <v>180</v>
       </c>
       <c r="L17" s="9">
         <v>0</v>
       </c>
       <c r="M17" s="9">
         <v>7</v>
       </c>
       <c r="N17" s="9">
         <v>0</v>
       </c>
       <c r="O17" s="9">
         <v>0</v>
       </c>
       <c r="P17" s="8">
         <v>5</v>
       </c>
+      <c r="Q17" s="55">
+        <v>0</v>
+      </c>
     </row>
     <row r="18" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="21" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="22">
         <v>0</v>
       </c>
       <c r="C18" s="22">
         <v>0</v>
       </c>
       <c r="D18" s="22">
         <v>0</v>
       </c>
       <c r="E18" s="22">
         <v>0</v>
       </c>
       <c r="F18" s="22">
         <v>0</v>
       </c>
       <c r="G18" s="22">
         <v>0</v>
       </c>
       <c r="H18" s="22">
         <v>0</v>
       </c>
       <c r="I18" s="23">
         <v>0</v>
       </c>
       <c r="J18" s="23">
         <v>0</v>
       </c>
       <c r="K18" s="23">
         <v>0</v>
       </c>
       <c r="L18" s="23">
         <v>0</v>
       </c>
       <c r="M18" s="23">
         <v>0</v>
       </c>
       <c r="N18" s="23">
         <v>0</v>
       </c>
       <c r="O18" s="23">
         <v>0</v>
       </c>
       <c r="P18" s="22">
         <v>17</v>
       </c>
+      <c r="Q18" s="266">
+        <v>0</v>
+      </c>
     </row>
     <row r="19" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="24" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="25">
         <v>1371</v>
       </c>
       <c r="C19" s="25">
         <v>1290</v>
       </c>
       <c r="D19" s="25">
         <v>1190</v>
       </c>
       <c r="E19" s="25">
         <v>1881</v>
       </c>
       <c r="F19" s="25">
         <v>1533</v>
       </c>
       <c r="G19" s="25">
         <v>1145</v>
       </c>
       <c r="H19" s="25">
         <v>1351</v>
       </c>
       <c r="I19" s="26">
         <v>1453</v>
       </c>
       <c r="J19" s="26">
         <v>1665</v>
       </c>
       <c r="K19" s="26">
         <v>1611</v>
       </c>
       <c r="L19" s="26">
         <v>1283</v>
       </c>
       <c r="M19" s="26">
         <v>831</v>
       </c>
       <c r="N19" s="26">
         <v>1449</v>
       </c>
       <c r="O19" s="26">
         <v>1403</v>
       </c>
       <c r="P19" s="25">
         <v>1410</v>
       </c>
+      <c r="Q19" s="267">
+        <v>297</v>
+      </c>
     </row>
     <row r="20" spans="1:20" ht="15" x14ac:dyDescent="0.25">
-      <c r="A20" s="48" t="s">
+      <c r="A20" s="47" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="33">
         <v>1409</v>
       </c>
       <c r="C20" s="33">
         <v>1310</v>
       </c>
       <c r="D20" s="33">
         <v>1254</v>
       </c>
       <c r="E20" s="33">
         <v>1967</v>
       </c>
       <c r="F20" s="33">
         <v>1658</v>
       </c>
       <c r="G20" s="33">
         <v>1209</v>
       </c>
       <c r="H20" s="33">
         <v>1387</v>
       </c>
-      <c r="I20" s="49">
+      <c r="I20" s="48">
         <v>1507</v>
       </c>
-      <c r="J20" s="49">
+      <c r="J20" s="48">
         <v>1682</v>
       </c>
-      <c r="K20" s="49">
+      <c r="K20" s="48">
         <v>1626</v>
       </c>
-      <c r="L20" s="49">
+      <c r="L20" s="48">
         <v>1304</v>
       </c>
-      <c r="M20" s="49">
+      <c r="M20" s="48">
         <v>835</v>
       </c>
-      <c r="N20" s="49">
+      <c r="N20" s="48">
         <v>1449</v>
       </c>
-      <c r="O20" s="49">
+      <c r="O20" s="48">
         <v>1403</v>
       </c>
       <c r="P20" s="33">
         <v>1410</v>
       </c>
+      <c r="Q20" s="268">
+        <v>297</v>
+      </c>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A21" s="10" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="41"/>
       <c r="J21" s="41"/>
       <c r="K21" s="41"/>
       <c r="L21" s="11"/>
       <c r="M21" s="11"/>
       <c r="N21" s="11"/>
       <c r="O21" s="10"/>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A22" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
@@ -22310,3007 +22567,3499 @@
       <c r="S28" s="10"/>
       <c r="T28" s="10"/>
     </row>
     <row r="29" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A29" s="10"/>
       <c r="B29" s="10"/>
       <c r="C29" s="10"/>
       <c r="D29" s="10"/>
       <c r="E29" s="10"/>
       <c r="F29" s="10"/>
       <c r="G29" s="10"/>
       <c r="H29" s="10"/>
       <c r="I29" s="10"/>
       <c r="J29" s="41"/>
       <c r="K29" s="41"/>
       <c r="L29" s="41"/>
       <c r="M29" s="10"/>
       <c r="N29" s="10"/>
       <c r="O29" s="10"/>
       <c r="P29" s="4"/>
       <c r="Q29" s="4"/>
       <c r="R29" s="10"/>
       <c r="S29" s="41"/>
       <c r="T29" s="10"/>
     </row>
+    <row r="30" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A30" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="B30" s="10"/>
+      <c r="C30" s="16"/>
+      <c r="D30" s="16"/>
+      <c r="E30" s="16"/>
+      <c r="F30" s="16"/>
+      <c r="G30" s="16"/>
+      <c r="H30" s="16"/>
+      <c r="I30" s="16"/>
+      <c r="J30" s="16"/>
+      <c r="K30" s="16"/>
+      <c r="L30" s="16"/>
+      <c r="M30" s="16"/>
+      <c r="N30" s="16"/>
+      <c r="O30" s="16"/>
+      <c r="P30" s="15"/>
+      <c r="Q30" s="15"/>
+    </row>
+    <row r="31" spans="1:20" x14ac:dyDescent="0.2">
+      <c r="A31" s="1" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="32" spans="1:20" ht="15" x14ac:dyDescent="0.25">
+      <c r="A32" s="248" t="s">
+        <v>234</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="P2" r:id="rId1" xr:uid="{F7E0DC78-2FC9-4CCC-9C91-C60E897FD0ED}"/>
     <hyperlink ref="A28" r:id="rId2" xr:uid="{71C1CD5B-1D3B-43F5-990C-0A1F9487E18B}"/>
+    <hyperlink ref="A32" r:id="rId3" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{03E78D6B-16E2-4F8E-BCC1-D4866D352145}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4BD3ED87-34A2-4081-817F-2DAE7E406CF5}">
-  <dimension ref="A1:P9"/>
+  <dimension ref="A1:Q14"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A8" sqref="A8:A9"/>
+      <selection activeCell="A12" sqref="A12:XFD14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="20" style="1" customWidth="1"/>
     <col min="2" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="52" t="s">
+    <row r="1" spans="1:17" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="51" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="2" spans="1:16" ht="15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:17" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
     </row>
-    <row r="3" spans="1:16" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B3" s="259" t="s">
+    <row r="3" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A3" s="255"/>
+      <c r="B3" s="251" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="259" t="s">
+      <c r="C3" s="251" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="259" t="s">
+      <c r="D3" s="251" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="259" t="s">
+      <c r="E3" s="251" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="259" t="s">
+      <c r="F3" s="251" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="259" t="s">
+      <c r="G3" s="251" t="s">
         <v>6</v>
       </c>
-      <c r="H3" s="259" t="s">
+      <c r="H3" s="251" t="s">
         <v>7</v>
       </c>
-      <c r="I3" s="259" t="s">
+      <c r="I3" s="251" t="s">
         <v>8</v>
       </c>
-      <c r="J3" s="259" t="s">
+      <c r="J3" s="251" t="s">
         <v>9</v>
       </c>
-      <c r="K3" s="259" t="s">
+      <c r="K3" s="251" t="s">
         <v>10</v>
       </c>
-      <c r="L3" s="259" t="s">
+      <c r="L3" s="251" t="s">
         <v>11</v>
       </c>
-      <c r="M3" s="259" t="s">
+      <c r="M3" s="251" t="s">
         <v>12</v>
       </c>
-      <c r="N3" s="259" t="s">
+      <c r="N3" s="251" t="s">
         <v>13</v>
       </c>
-      <c r="O3" s="263" t="s">
+      <c r="O3" s="253" t="s">
         <v>14</v>
       </c>
-      <c r="P3" s="263" t="s">
+      <c r="P3" s="253" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="4" spans="1:16" x14ac:dyDescent="0.2">
-[...17 lines deleted...]
-    <row r="5" spans="1:16" ht="15" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A4" s="256"/>
+      <c r="B4" s="252"/>
+      <c r="C4" s="252"/>
+      <c r="D4" s="252"/>
+      <c r="E4" s="252"/>
+      <c r="F4" s="252"/>
+      <c r="G4" s="252"/>
+      <c r="H4" s="252"/>
+      <c r="I4" s="252"/>
+      <c r="J4" s="252"/>
+      <c r="K4" s="252"/>
+      <c r="L4" s="252"/>
+      <c r="M4" s="252"/>
+      <c r="N4" s="252"/>
+      <c r="O4" s="254"/>
+      <c r="P4" s="254"/>
+    </row>
+    <row r="5" spans="1:17" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="29" t="s">
         <v>39</v>
       </c>
-      <c r="B5" s="50">
+      <c r="B5" s="49">
         <v>2418</v>
       </c>
-      <c r="C5" s="50">
+      <c r="C5" s="49">
         <v>1410</v>
       </c>
-      <c r="D5" s="50">
+      <c r="D5" s="49">
         <v>1379</v>
       </c>
-      <c r="E5" s="50">
+      <c r="E5" s="49">
         <v>1299</v>
       </c>
-      <c r="F5" s="50">
+      <c r="F5" s="49">
         <v>2013</v>
       </c>
-      <c r="G5" s="50">
+      <c r="G5" s="49">
         <v>1568</v>
       </c>
-      <c r="H5" s="50">
+      <c r="H5" s="49">
         <v>1604</v>
       </c>
-      <c r="I5" s="50">
+      <c r="I5" s="49">
         <v>1759</v>
       </c>
-      <c r="J5" s="50">
+      <c r="J5" s="49">
         <v>1786</v>
       </c>
-      <c r="K5" s="50">
+      <c r="K5" s="49">
         <v>761</v>
       </c>
-      <c r="L5" s="50">
+      <c r="L5" s="49">
         <v>2403</v>
       </c>
-      <c r="M5" s="50">
+      <c r="M5" s="49">
         <v>1713</v>
       </c>
-      <c r="N5" s="50">
+      <c r="N5" s="49">
         <v>1956</v>
       </c>
-      <c r="O5" s="51">
+      <c r="O5" s="50">
         <v>1508</v>
       </c>
-      <c r="P5" s="50">
+      <c r="P5" s="49">
         <v>1504</v>
       </c>
     </row>
-    <row r="6" spans="1:16" ht="15" x14ac:dyDescent="0.25">
-      <c r="A6" s="53" t="s">
+    <row r="6" spans="1:17" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="52" t="s">
         <v>40</v>
       </c>
-      <c r="B6" s="54">
+      <c r="B6" s="53">
         <v>1409</v>
       </c>
-      <c r="C6" s="54">
+      <c r="C6" s="53">
         <v>1310</v>
       </c>
-      <c r="D6" s="54">
+      <c r="D6" s="53">
         <v>1254</v>
       </c>
-      <c r="E6" s="54">
+      <c r="E6" s="53">
         <v>1967</v>
       </c>
-      <c r="F6" s="54">
+      <c r="F6" s="53">
         <v>1658</v>
       </c>
-      <c r="G6" s="54">
+      <c r="G6" s="53">
         <v>1209</v>
       </c>
-      <c r="H6" s="54">
+      <c r="H6" s="53">
         <v>1387</v>
       </c>
-      <c r="I6" s="55">
+      <c r="I6" s="54">
         <v>1507</v>
       </c>
-      <c r="J6" s="55">
+      <c r="J6" s="54">
         <v>1682</v>
       </c>
-      <c r="K6" s="55">
+      <c r="K6" s="54">
         <v>1626</v>
       </c>
-      <c r="L6" s="55">
+      <c r="L6" s="54">
         <v>1304</v>
       </c>
-      <c r="M6" s="55">
+      <c r="M6" s="54">
         <v>835</v>
       </c>
-      <c r="N6" s="55">
+      <c r="N6" s="54">
         <v>1449</v>
       </c>
-      <c r="O6" s="55">
+      <c r="O6" s="54">
         <v>1403</v>
       </c>
-      <c r="P6" s="55">
+      <c r="P6" s="54">
         <v>1410</v>
       </c>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>33</v>
       </c>
     </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A12" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="B12" s="10"/>
+      <c r="C12" s="16"/>
+      <c r="D12" s="16"/>
+      <c r="E12" s="16"/>
+      <c r="F12" s="16"/>
+      <c r="G12" s="16"/>
+      <c r="H12" s="16"/>
+      <c r="I12" s="16"/>
+      <c r="J12" s="16"/>
+      <c r="K12" s="16"/>
+      <c r="L12" s="16"/>
+      <c r="M12" s="16"/>
+      <c r="N12" s="16"/>
+      <c r="O12" s="16"/>
+      <c r="P12" s="15"/>
+      <c r="Q12" s="15"/>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A13" s="1" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="248" t="s">
+        <v>234</v>
+      </c>
+    </row>
   </sheetData>
   <mergeCells count="16">
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="A3:A4"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="C3:C4"/>
+    <mergeCell ref="D3:D4"/>
+    <mergeCell ref="E3:E4"/>
     <mergeCell ref="M3:M4"/>
     <mergeCell ref="N3:N4"/>
     <mergeCell ref="O3:O4"/>
     <mergeCell ref="P3:P4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="K3:K4"/>
     <mergeCell ref="L3:L4"/>
-    <mergeCell ref="F3:F4"/>
-[...4 lines deleted...]
-    <mergeCell ref="E3:E4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A9" r:id="rId1" xr:uid="{A4F76558-EE14-446B-9D87-C6EAB2417ACC}"/>
+    <hyperlink ref="A14" r:id="rId2" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{8CF87BC2-F2E1-4A4D-A74B-8AFE63307F37}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D05EFF3C-1C30-4306-82C5-C6A1190F3D95}">
-  <dimension ref="A1:M8"/>
+  <dimension ref="A1:N13"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A6" sqref="A6:A7"/>
+    <sheetView topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="31.85546875" style="1" customWidth="1"/>
     <col min="2" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="18" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="A3" s="58" t="s">
+    <row r="1" spans="1:14" ht="18" x14ac:dyDescent="0.25">
+      <c r="A1" s="51" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="3" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="A3" s="57" t="s">
         <v>42</v>
       </c>
-      <c r="B3" s="59" t="s">
+      <c r="B3" s="58" t="s">
         <v>43</v>
       </c>
-      <c r="C3" s="59" t="s">
+      <c r="C3" s="58" t="s">
         <v>44</v>
       </c>
-      <c r="D3" s="59" t="s">
+      <c r="D3" s="58" t="s">
         <v>45</v>
       </c>
-      <c r="E3" s="59" t="s">
+      <c r="E3" s="58" t="s">
         <v>46</v>
       </c>
-      <c r="F3" s="59" t="s">
+      <c r="F3" s="58" t="s">
         <v>47</v>
       </c>
-      <c r="G3" s="59" t="s">
+      <c r="G3" s="58" t="s">
         <v>48</v>
       </c>
-      <c r="H3" s="59" t="s">
+      <c r="H3" s="58" t="s">
         <v>49</v>
       </c>
-      <c r="I3" s="59" t="s">
+      <c r="I3" s="58" t="s">
         <v>50</v>
       </c>
-      <c r="J3" s="59" t="s">
+      <c r="J3" s="58" t="s">
         <v>51</v>
       </c>
-      <c r="K3" s="59" t="s">
+      <c r="K3" s="58" t="s">
         <v>52</v>
       </c>
-      <c r="L3" s="59" t="s">
+      <c r="L3" s="58" t="s">
         <v>53</v>
       </c>
-      <c r="M3" s="59" t="s">
+      <c r="M3" s="58" t="s">
         <v>54</v>
       </c>
-    </row>
-    <row r="4" spans="1:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="N3" s="58" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="29" t="s">
         <v>55</v>
       </c>
-      <c r="B4" s="56">
+      <c r="B4" s="55">
         <v>957</v>
       </c>
-      <c r="C4" s="57">
+      <c r="C4" s="56">
         <v>1223</v>
       </c>
-      <c r="D4" s="56">
+      <c r="D4" s="55">
         <v>1140</v>
       </c>
-      <c r="E4" s="56">
+      <c r="E4" s="55">
         <v>728</v>
       </c>
-      <c r="F4" s="56">
+      <c r="F4" s="55">
         <v>699</v>
       </c>
-      <c r="G4" s="56">
+      <c r="G4" s="55">
         <v>803</v>
       </c>
-      <c r="H4" s="57">
+      <c r="H4" s="56">
         <v>1152</v>
       </c>
-      <c r="I4" s="57">
+      <c r="I4" s="56">
         <v>1102</v>
       </c>
-      <c r="J4" s="57">
+      <c r="J4" s="56">
         <v>1242</v>
       </c>
-      <c r="K4" s="56">
+      <c r="K4" s="55">
         <v>877</v>
       </c>
-      <c r="L4" s="56">
+      <c r="L4" s="55">
         <v>715</v>
       </c>
-      <c r="M4" s="56">
+      <c r="M4" s="55">
         <v>807</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="60" t="s">
+      <c r="N4" s="55">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="59" t="s">
         <v>56</v>
       </c>
-      <c r="B5" s="61">
+      <c r="B5" s="60">
         <v>155</v>
       </c>
-      <c r="C5" s="61">
+      <c r="C5" s="60">
         <v>193</v>
       </c>
-      <c r="D5" s="61">
+      <c r="D5" s="60">
         <v>297</v>
       </c>
-      <c r="E5" s="61">
+      <c r="E5" s="60">
         <v>393</v>
       </c>
-      <c r="F5" s="61">
+      <c r="F5" s="60">
         <v>472</v>
       </c>
-      <c r="G5" s="61">
+      <c r="G5" s="60">
         <v>550</v>
       </c>
-      <c r="H5" s="61">
+      <c r="H5" s="60">
         <v>654</v>
       </c>
-      <c r="I5" s="61">
+      <c r="I5" s="60">
         <v>688</v>
       </c>
-      <c r="J5" s="61">
+      <c r="J5" s="60">
         <v>526</v>
       </c>
-      <c r="K5" s="61">
+      <c r="K5" s="60">
         <v>766</v>
       </c>
-      <c r="L5" s="61">
+      <c r="L5" s="60">
         <v>576</v>
       </c>
-      <c r="M5" s="61">
+      <c r="M5" s="60">
         <v>448</v>
       </c>
-    </row>
-    <row r="6" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="N5" s="60">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
-        <v>203</v>
-[...7 lines deleted...]
-    <row r="8" spans="1:13" x14ac:dyDescent="0.2">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="248" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
-        <v>210</v>
+        <v>208</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.2">
+      <c r="A13" s="1" t="s">
+        <v>232</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A7" r:id="rId1" xr:uid="{3BCBBF16-E801-4BB5-A8CD-79BE0D98D010}"/>
+    <hyperlink ref="A7" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{B2670DDB-D771-4606-8E7F-7542AEFB3D7A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83AF9E37-7E87-47C1-A56C-3BA7F1993F8E}">
-  <dimension ref="A1:M569"/>
+  <dimension ref="A1:M571"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="2145" topLeftCell="A6" activePane="bottomLeft"/>
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A14" sqref="A14"/>
+      <pane ySplit="2145" topLeftCell="A9" activePane="bottomLeft"/>
+      <selection activeCell="G2" sqref="G2"/>
+      <selection pane="bottomLeft" activeCell="A41" sqref="A41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.7109375" style="79" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="6.42578125" style="79"/>
+    <col min="1" max="1" width="11.7109375" style="78" customWidth="1"/>
+    <col min="2" max="2" width="17.28515625" style="78" customWidth="1"/>
+    <col min="3" max="3" width="13.42578125" style="78" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="16.42578125" style="78" customWidth="1"/>
+    <col min="5" max="5" width="13.28515625" style="78" customWidth="1"/>
+    <col min="6" max="6" width="15.42578125" style="78" customWidth="1"/>
+    <col min="7" max="7" width="20.5703125" style="78" customWidth="1"/>
+    <col min="8" max="8" width="12.140625" style="78" customWidth="1"/>
+    <col min="9" max="9" width="3" style="78" customWidth="1"/>
+    <col min="10" max="16384" width="6.42578125" style="78"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="65" customFormat="1" ht="21" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="G1" s="65" t="s">
+    <row r="1" spans="1:11" s="64" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A1" s="80" t="s">
+        <v>211</v>
+      </c>
+      <c r="B1" s="61"/>
+      <c r="C1" s="62"/>
+      <c r="D1" s="62"/>
+      <c r="E1" s="63"/>
+      <c r="G1" s="64" t="s">
+        <v>202</v>
+      </c>
+      <c r="I1" s="65"/>
+      <c r="J1" s="66"/>
+      <c r="K1" s="67"/>
+    </row>
+    <row r="2" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="G2" s="248" t="s">
+        <v>231</v>
+      </c>
+      <c r="I2" s="65"/>
+      <c r="J2" s="65"/>
+      <c r="K2" s="67"/>
+    </row>
+    <row r="3" spans="1:11" s="64" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="257" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" s="257"/>
+      <c r="D3" s="257"/>
+      <c r="E3" s="257" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" s="257"/>
+      <c r="G3" s="257"/>
+      <c r="H3" s="257"/>
+      <c r="I3" s="67"/>
+      <c r="J3" s="67"/>
+      <c r="K3" s="67"/>
+    </row>
+    <row r="4" spans="1:11" s="64" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="82" t="s">
+        <v>59</v>
+      </c>
+      <c r="B4" s="83" t="s">
+        <v>60</v>
+      </c>
+      <c r="C4" s="84" t="s">
+        <v>61</v>
+      </c>
+      <c r="D4" s="84" t="s">
+        <v>62</v>
+      </c>
+      <c r="E4" s="84" t="s">
+        <v>63</v>
+      </c>
+      <c r="F4" s="84" t="s">
+        <v>64</v>
+      </c>
+      <c r="G4" s="84" t="s">
+        <v>65</v>
+      </c>
+      <c r="H4" s="84" t="s">
+        <v>66</v>
+      </c>
+      <c r="I4" s="68"/>
+      <c r="J4" s="68"/>
+      <c r="K4" s="67"/>
+    </row>
+    <row r="5" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="69" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" s="257"/>
+      <c r="C5" s="258"/>
+      <c r="D5" s="258"/>
+      <c r="E5" s="258"/>
+      <c r="F5" s="258"/>
+      <c r="G5" s="258"/>
+      <c r="H5" s="258"/>
+      <c r="I5" s="68"/>
+      <c r="J5" s="68"/>
+      <c r="K5" s="67"/>
+    </row>
+    <row r="6" spans="1:11" s="64" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="85" t="s">
+        <v>67</v>
+      </c>
+      <c r="B6" s="86">
+        <v>44985</v>
+      </c>
+      <c r="C6" s="86">
+        <v>30926</v>
+      </c>
+      <c r="D6" s="90"/>
+      <c r="E6" s="86">
+        <v>6923</v>
+      </c>
+      <c r="F6" s="86">
+        <v>1867</v>
+      </c>
+      <c r="G6" s="86">
+        <v>1105</v>
+      </c>
+      <c r="H6" s="86">
+        <v>9895</v>
+      </c>
+      <c r="I6" s="68"/>
+      <c r="J6" s="71"/>
+      <c r="K6" s="67"/>
+    </row>
+    <row r="7" spans="1:11" s="64" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="70" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" s="79">
+        <v>44988</v>
+      </c>
+      <c r="C7" s="79">
+        <v>31267</v>
+      </c>
+      <c r="D7" s="90"/>
+      <c r="E7" s="79">
+        <v>6496</v>
+      </c>
+      <c r="F7" s="79">
+        <v>1782</v>
+      </c>
+      <c r="G7" s="79">
+        <v>1108</v>
+      </c>
+      <c r="H7" s="79">
+        <v>9386</v>
+      </c>
+      <c r="I7" s="68"/>
+      <c r="J7" s="71"/>
+      <c r="K7" s="67"/>
+    </row>
+    <row r="8" spans="1:11" s="64" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="85" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" s="86">
+        <v>44405</v>
+      </c>
+      <c r="C8" s="86">
+        <v>31222</v>
+      </c>
+      <c r="D8" s="90"/>
+      <c r="E8" s="86">
+        <v>6204</v>
+      </c>
+      <c r="F8" s="86">
+        <v>1704</v>
+      </c>
+      <c r="G8" s="86">
+        <v>1139</v>
+      </c>
+      <c r="H8" s="86">
+        <v>9047</v>
+      </c>
+      <c r="I8" s="68"/>
+      <c r="J8" s="71"/>
+      <c r="K8" s="67"/>
+    </row>
+    <row r="9" spans="1:11" s="64" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="70" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" s="79">
+        <v>44426</v>
+      </c>
+      <c r="C9" s="79">
+        <v>31407</v>
+      </c>
+      <c r="D9" s="90"/>
+      <c r="E9" s="79">
+        <v>6010</v>
+      </c>
+      <c r="F9" s="79">
+        <v>1645</v>
+      </c>
+      <c r="G9" s="79">
+        <v>1053</v>
+      </c>
+      <c r="H9" s="79">
+        <v>8708</v>
+      </c>
+      <c r="J9" s="71"/>
+      <c r="K9" s="67"/>
+    </row>
+    <row r="10" spans="1:11" s="64" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" s="259"/>
+      <c r="C10" s="260"/>
+      <c r="D10" s="260"/>
+      <c r="E10" s="260"/>
+      <c r="F10" s="260"/>
+      <c r="G10" s="260"/>
+      <c r="H10" s="260"/>
+      <c r="I10" s="68"/>
+      <c r="J10" s="72"/>
+      <c r="K10" s="67"/>
+    </row>
+    <row r="11" spans="1:11" s="64" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="70" t="s">
+        <v>67</v>
+      </c>
+      <c r="B11" s="79">
+        <v>44229</v>
+      </c>
+      <c r="C11" s="79">
+        <v>31663</v>
+      </c>
+      <c r="D11" s="90"/>
+      <c r="E11" s="79">
+        <v>6115</v>
+      </c>
+      <c r="F11" s="79">
+        <v>1662</v>
+      </c>
+      <c r="G11" s="79">
+        <v>1049</v>
+      </c>
+      <c r="H11" s="79">
+        <v>8826</v>
+      </c>
+      <c r="I11" s="68"/>
+      <c r="J11" s="71"/>
+      <c r="K11" s="67"/>
+    </row>
+    <row r="12" spans="1:11" s="64" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="85" t="s">
+        <v>68</v>
+      </c>
+      <c r="B12" s="86">
+        <v>44532</v>
+      </c>
+      <c r="C12" s="86">
+        <v>32153</v>
+      </c>
+      <c r="D12" s="90"/>
+      <c r="E12" s="86">
+        <v>6044</v>
+      </c>
+      <c r="F12" s="86">
+        <v>1540</v>
+      </c>
+      <c r="G12" s="86">
+        <v>1035</v>
+      </c>
+      <c r="H12" s="86">
+        <v>8619</v>
+      </c>
+      <c r="I12" s="68"/>
+      <c r="J12" s="71"/>
+      <c r="K12" s="67"/>
+    </row>
+    <row r="13" spans="1:11" s="64" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="70" t="s">
+        <v>71</v>
+      </c>
+      <c r="B13" s="79">
+        <v>44519</v>
+      </c>
+      <c r="C13" s="79">
+        <v>32371</v>
+      </c>
+      <c r="D13" s="90"/>
+      <c r="E13" s="79">
+        <v>5888</v>
+      </c>
+      <c r="F13" s="79">
+        <v>1156</v>
+      </c>
+      <c r="G13" s="79">
+        <v>1321</v>
+      </c>
+      <c r="H13" s="79">
+        <v>8365</v>
+      </c>
+      <c r="I13" s="68"/>
+      <c r="J13" s="71"/>
+      <c r="K13" s="67"/>
+    </row>
+    <row r="14" spans="1:11" s="64" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="85" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" s="86">
+        <v>45105</v>
+      </c>
+      <c r="C14" s="86">
+        <v>32633</v>
+      </c>
+      <c r="D14" s="90"/>
+      <c r="E14" s="86">
+        <v>5796</v>
+      </c>
+      <c r="F14" s="86">
+        <v>1429</v>
+      </c>
+      <c r="G14" s="86">
+        <v>993</v>
+      </c>
+      <c r="H14" s="86">
+        <v>8218</v>
+      </c>
+      <c r="I14" s="68"/>
+      <c r="J14" s="71"/>
+      <c r="K14" s="67"/>
+    </row>
+    <row r="15" spans="1:11" s="64" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="61" t="s">
+        <v>54</v>
+      </c>
+      <c r="B15" s="261"/>
+      <c r="C15" s="262"/>
+      <c r="D15" s="262"/>
+      <c r="E15" s="262"/>
+      <c r="F15" s="262"/>
+      <c r="G15" s="262"/>
+      <c r="H15" s="262"/>
+      <c r="I15" s="68"/>
+      <c r="J15" s="68"/>
+      <c r="K15" s="67"/>
+    </row>
+    <row r="16" spans="1:11" s="64" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="85" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" s="86">
+        <v>45292</v>
+      </c>
+      <c r="C16" s="86">
+        <v>33130</v>
+      </c>
+      <c r="D16" s="90"/>
+      <c r="E16" s="86">
+        <v>5589</v>
+      </c>
+      <c r="F16" s="86">
+        <v>1396</v>
+      </c>
+      <c r="G16" s="86">
+        <v>966</v>
+      </c>
+      <c r="H16" s="86">
+        <v>7951</v>
+      </c>
+      <c r="I16" s="68"/>
+      <c r="J16" s="71"/>
+      <c r="K16" s="67"/>
+    </row>
+    <row r="17" spans="1:11" s="64" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="70" t="s">
+        <v>68</v>
+      </c>
+      <c r="B17" s="79">
+        <v>45615</v>
+      </c>
+      <c r="C17" s="79">
+        <v>33587</v>
+      </c>
+      <c r="D17" s="90"/>
+      <c r="E17" s="79">
+        <v>5586</v>
+      </c>
+      <c r="F17" s="79">
+        <v>1435</v>
+      </c>
+      <c r="G17" s="79">
+        <v>929</v>
+      </c>
+      <c r="H17" s="79">
+        <v>7950</v>
+      </c>
+      <c r="I17" s="68"/>
+      <c r="J17" s="71"/>
+      <c r="K17" s="67"/>
+    </row>
+    <row r="18" spans="1:11" s="64" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="85" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="86">
+        <v>46461</v>
+      </c>
+      <c r="C18" s="86">
+        <v>34651</v>
+      </c>
+      <c r="D18" s="90"/>
+      <c r="E18" s="86">
+        <v>5691</v>
+      </c>
+      <c r="F18" s="86">
+        <v>1456</v>
+      </c>
+      <c r="G18" s="86">
+        <v>950</v>
+      </c>
+      <c r="H18" s="86">
+        <v>8097</v>
+      </c>
+      <c r="I18" s="68"/>
+      <c r="J18" s="71"/>
+      <c r="K18" s="67"/>
+    </row>
+    <row r="19" spans="1:11" s="64" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="70" t="s">
+        <v>70</v>
+      </c>
+      <c r="B19" s="79">
+        <v>47312</v>
+      </c>
+      <c r="C19" s="79">
+        <v>35464</v>
+      </c>
+      <c r="D19" s="90"/>
+      <c r="E19" s="79">
+        <v>5710</v>
+      </c>
+      <c r="F19" s="79">
+        <v>1512</v>
+      </c>
+      <c r="G19" s="79">
+        <v>934</v>
+      </c>
+      <c r="H19" s="79">
+        <v>8156</v>
+      </c>
+      <c r="I19" s="68"/>
+      <c r="J19" s="71"/>
+      <c r="K19" s="67"/>
+    </row>
+    <row r="20" spans="1:11" s="64" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="87" t="s">
+        <v>72</v>
+      </c>
+      <c r="B20" s="259"/>
+      <c r="C20" s="260"/>
+      <c r="D20" s="260"/>
+      <c r="E20" s="260"/>
+      <c r="F20" s="260"/>
+      <c r="G20" s="260"/>
+      <c r="H20" s="260"/>
+      <c r="I20" s="68"/>
+      <c r="J20" s="68"/>
+      <c r="K20" s="67"/>
+    </row>
+    <row r="21" spans="1:11" s="64" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="70" t="s">
+        <v>67</v>
+      </c>
+      <c r="B21" s="79">
+        <v>47936</v>
+      </c>
+      <c r="C21" s="79">
+        <v>36137</v>
+      </c>
+      <c r="D21" s="79">
+        <v>30069</v>
+      </c>
+      <c r="E21" s="79">
+        <v>5708</v>
+      </c>
+      <c r="F21" s="79">
+        <v>1524</v>
+      </c>
+      <c r="G21" s="79">
+        <v>934</v>
+      </c>
+      <c r="H21" s="79">
+        <v>8166</v>
+      </c>
+      <c r="I21" s="68"/>
+      <c r="J21" s="71"/>
+      <c r="K21" s="67"/>
+    </row>
+    <row r="22" spans="1:11" s="64" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="85" t="s">
+        <v>68</v>
+      </c>
+      <c r="B22" s="86">
+        <v>48366</v>
+      </c>
+      <c r="C22" s="86">
+        <v>36741</v>
+      </c>
+      <c r="D22" s="86">
+        <v>30658</v>
+      </c>
+      <c r="E22" s="86">
+        <v>5863</v>
+      </c>
+      <c r="F22" s="86">
+        <v>1648</v>
+      </c>
+      <c r="G22" s="86">
+        <v>1044</v>
+      </c>
+      <c r="H22" s="86">
+        <v>8555</v>
+      </c>
+      <c r="I22" s="68"/>
+      <c r="J22" s="71"/>
+      <c r="K22" s="67"/>
+    </row>
+    <row r="23" spans="1:11" s="64" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="70" t="s">
+        <v>71</v>
+      </c>
+      <c r="B23" s="79">
+        <v>48325</v>
+      </c>
+      <c r="C23" s="79">
+        <v>36891</v>
+      </c>
+      <c r="D23" s="79">
+        <v>30982</v>
+      </c>
+      <c r="E23" s="79">
+        <v>6150</v>
+      </c>
+      <c r="F23" s="79">
+        <v>1706</v>
+      </c>
+      <c r="G23" s="79">
+        <v>1051</v>
+      </c>
+      <c r="H23" s="79">
+        <v>8907</v>
+      </c>
+      <c r="I23" s="68"/>
+      <c r="J23" s="71"/>
+      <c r="K23" s="67"/>
+    </row>
+    <row r="24" spans="1:11" s="64" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="88" t="s">
+        <v>70</v>
+      </c>
+      <c r="B24" s="89">
+        <v>49083</v>
+      </c>
+      <c r="C24" s="89">
+        <v>37635</v>
+      </c>
+      <c r="D24" s="89">
+        <v>31719</v>
+      </c>
+      <c r="E24" s="89">
+        <v>6054</v>
+      </c>
+      <c r="F24" s="89">
+        <v>1697</v>
+      </c>
+      <c r="G24" s="89">
+        <v>1092</v>
+      </c>
+      <c r="H24" s="89">
+        <v>8843</v>
+      </c>
+      <c r="I24" s="68"/>
+      <c r="J24" s="71"/>
+      <c r="K24" s="73"/>
+    </row>
+    <row r="25" spans="1:11" s="64" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="61" t="s">
+        <v>230</v>
+      </c>
+      <c r="B25" s="79"/>
+      <c r="C25" s="79"/>
+      <c r="D25" s="79"/>
+      <c r="E25" s="79"/>
+      <c r="F25" s="79"/>
+      <c r="G25" s="79"/>
+      <c r="H25" s="79"/>
+      <c r="I25" s="68"/>
+      <c r="J25" s="71"/>
+      <c r="K25" s="73"/>
+    </row>
+    <row r="26" spans="1:11" s="64" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="85" t="s">
+        <v>67</v>
+      </c>
+      <c r="B26" s="86">
+        <v>49129</v>
+      </c>
+      <c r="C26" s="86">
+        <v>37939</v>
+      </c>
+      <c r="D26" s="86">
+        <v>32159</v>
+      </c>
+      <c r="E26" s="86">
+        <v>6173</v>
+      </c>
+      <c r="F26" s="86">
+        <v>1686</v>
+      </c>
+      <c r="G26" s="86">
+        <v>1101</v>
+      </c>
+      <c r="H26" s="86">
+        <v>8960</v>
+      </c>
+      <c r="I26" s="68"/>
+      <c r="J26" s="71"/>
+      <c r="K26" s="73"/>
+    </row>
+    <row r="27" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="70" t="s">
         <v>203</v>
       </c>
-      <c r="I1" s="66"/>
-[...571 lines deleted...]
-      <c r="A26" s="65" t="s">
+      <c r="B27" s="74"/>
+      <c r="C27" s="74"/>
+      <c r="D27" s="74"/>
+      <c r="E27" s="74"/>
+      <c r="F27" s="74"/>
+      <c r="G27" s="74"/>
+      <c r="H27" s="75"/>
+      <c r="I27" s="68"/>
+      <c r="J27" s="68"/>
+      <c r="K27" s="67"/>
+    </row>
+    <row r="28" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="64" t="s">
         <v>73</v>
       </c>
-      <c r="C26" s="75"/>
-[...10 lines deleted...]
-      <c r="A27" s="65" t="s">
+      <c r="C28" s="74"/>
+      <c r="D28" s="74"/>
+      <c r="E28" s="74"/>
+      <c r="F28" s="74"/>
+      <c r="G28" s="74"/>
+      <c r="H28" s="74"/>
+      <c r="I28" s="68"/>
+      <c r="J28" s="68"/>
+      <c r="K28" s="67"/>
+    </row>
+    <row r="29" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="64" t="s">
         <v>74</v>
       </c>
-      <c r="C27" s="75"/>
-[...10 lines deleted...]
-      <c r="A28" s="65" t="s">
+      <c r="C29" s="74"/>
+      <c r="D29" s="74"/>
+      <c r="E29" s="74"/>
+      <c r="F29" s="74"/>
+      <c r="G29" s="74"/>
+      <c r="H29" s="74"/>
+      <c r="I29" s="68"/>
+      <c r="J29" s="68"/>
+      <c r="K29" s="67"/>
+    </row>
+    <row r="30" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="64" t="s">
         <v>75</v>
       </c>
-      <c r="C28" s="75"/>
-[...10 lines deleted...]
-      <c r="A29" s="65" t="s">
+      <c r="C30" s="74"/>
+      <c r="D30" s="74"/>
+      <c r="E30" s="74"/>
+      <c r="F30" s="74"/>
+      <c r="G30" s="74"/>
+      <c r="H30" s="74"/>
+      <c r="I30" s="68"/>
+      <c r="J30" s="68"/>
+      <c r="K30" s="67"/>
+    </row>
+    <row r="31" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="64" t="s">
         <v>76</v>
       </c>
-      <c r="C29" s="75"/>
-[...10 lines deleted...]
-      <c r="A30" s="65" t="s">
+      <c r="C31" s="74"/>
+      <c r="D31" s="74"/>
+      <c r="E31" s="74"/>
+      <c r="F31" s="74"/>
+      <c r="G31" s="74"/>
+      <c r="H31" s="74"/>
+      <c r="I31" s="68"/>
+      <c r="J31" s="68"/>
+      <c r="K31" s="67"/>
+    </row>
+    <row r="32" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="64" t="s">
         <v>77</v>
       </c>
-      <c r="C30" s="75"/>
-[...10 lines deleted...]
-      <c r="A31" s="71" t="s">
+      <c r="C32" s="74"/>
+      <c r="D32" s="74"/>
+      <c r="E32" s="74"/>
+      <c r="F32" s="74"/>
+      <c r="G32" s="74"/>
+      <c r="H32" s="74"/>
+      <c r="I32" s="68"/>
+      <c r="J32" s="68"/>
+      <c r="K32" s="67"/>
+    </row>
+    <row r="33" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="70" t="s">
         <v>78</v>
       </c>
-      <c r="B31" s="71"/>
-[...11 lines deleted...]
-      <c r="A32" s="71" t="s">
+      <c r="B33" s="70"/>
+      <c r="C33" s="74"/>
+      <c r="D33" s="74"/>
+      <c r="E33" s="74"/>
+      <c r="F33" s="74"/>
+      <c r="G33" s="74"/>
+      <c r="H33" s="74"/>
+      <c r="I33" s="68"/>
+      <c r="J33" s="68"/>
+      <c r="K33" s="67"/>
+    </row>
+    <row r="34" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="70" t="s">
         <v>79</v>
       </c>
-      <c r="B32" s="71"/>
-[...11 lines deleted...]
-      <c r="A33" s="65" t="s">
+      <c r="B34" s="70"/>
+      <c r="C34" s="74"/>
+      <c r="D34" s="74"/>
+      <c r="E34" s="74"/>
+      <c r="F34" s="74"/>
+      <c r="G34" s="74"/>
+      <c r="H34" s="74"/>
+      <c r="I34" s="68"/>
+      <c r="J34" s="68"/>
+      <c r="K34" s="67"/>
+    </row>
+    <row r="35" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="64" t="s">
         <v>80</v>
       </c>
-      <c r="C33" s="75"/>
-[...12 lines deleted...]
-      <c r="A34" s="71" t="s">
+      <c r="C35" s="74"/>
+      <c r="D35" s="74"/>
+      <c r="E35" s="74"/>
+      <c r="F35" s="74"/>
+      <c r="G35" s="74"/>
+      <c r="H35" s="74"/>
+      <c r="I35" s="68"/>
+      <c r="J35" s="68"/>
+      <c r="K35" s="67"/>
+      <c r="L35" s="67"/>
+      <c r="M35" s="67"/>
+    </row>
+    <row r="36" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="70" t="s">
         <v>81</v>
       </c>
-      <c r="B34" s="71"/>
-[...12 lines deleted...]
-      <c r="A35" s="65" t="s">
+      <c r="B36" s="70"/>
+      <c r="C36" s="76"/>
+      <c r="D36" s="76"/>
+      <c r="F36" s="74"/>
+      <c r="G36" s="74"/>
+      <c r="H36" s="74"/>
+      <c r="I36" s="68"/>
+      <c r="J36" s="68"/>
+      <c r="K36" s="67"/>
+      <c r="L36" s="67"/>
+      <c r="M36" s="67"/>
+    </row>
+    <row r="37" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="64" t="s">
         <v>82</v>
       </c>
-      <c r="C35" s="75"/>
-[...36 lines deleted...]
-      <c r="H37" s="68"/>
+      <c r="C37" s="74"/>
+      <c r="D37" s="74"/>
+      <c r="E37" s="74"/>
+      <c r="F37" s="74"/>
+      <c r="G37" s="74"/>
+      <c r="H37" s="74"/>
       <c r="I37" s="68"/>
       <c r="J37" s="68"/>
-      <c r="K37" s="68"/>
-[...11 lines deleted...]
-      <c r="H38" s="68"/>
+      <c r="K37" s="67"/>
+      <c r="L37" s="67"/>
+      <c r="M37" s="67"/>
+    </row>
+    <row r="38" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="70" t="s">
+        <v>83</v>
+      </c>
+      <c r="B38" s="70"/>
+      <c r="C38" s="74"/>
+      <c r="D38" s="74"/>
+      <c r="E38" s="74"/>
+      <c r="F38" s="74"/>
+      <c r="G38" s="74"/>
+      <c r="H38" s="74"/>
       <c r="I38" s="68"/>
       <c r="J38" s="68"/>
-      <c r="K38" s="68"/>
-[...547 lines deleted...]
-    <row r="569" s="68" customFormat="1" x14ac:dyDescent="0.25"/>
+      <c r="K38" s="67"/>
+      <c r="L38" s="67"/>
+      <c r="M38" s="67"/>
+    </row>
+    <row r="39" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="77"/>
+      <c r="B39" s="77"/>
+      <c r="C39" s="67"/>
+      <c r="D39" s="67"/>
+      <c r="E39" s="67"/>
+      <c r="F39" s="67"/>
+      <c r="G39" s="67"/>
+      <c r="H39" s="67"/>
+      <c r="I39" s="67"/>
+      <c r="J39" s="67"/>
+      <c r="K39" s="67"/>
+      <c r="L39" s="67"/>
+      <c r="M39" s="67"/>
+    </row>
+    <row r="40" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="67"/>
+      <c r="B40" s="67"/>
+      <c r="C40" s="67"/>
+      <c r="D40" s="67"/>
+      <c r="E40" s="67"/>
+      <c r="F40" s="67"/>
+      <c r="G40" s="67"/>
+      <c r="H40" s="67"/>
+      <c r="I40" s="67"/>
+      <c r="J40" s="67"/>
+      <c r="K40" s="67"/>
+      <c r="L40" s="67"/>
+      <c r="M40" s="67"/>
+    </row>
+    <row r="41" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="67" t="s">
+        <v>232</v>
+      </c>
+      <c r="B41" s="67"/>
+      <c r="C41" s="67"/>
+      <c r="D41" s="67"/>
+      <c r="E41" s="67"/>
+      <c r="F41" s="67"/>
+      <c r="G41" s="67"/>
+      <c r="H41" s="67"/>
+      <c r="I41" s="67"/>
+      <c r="J41" s="67"/>
+      <c r="K41" s="67"/>
+      <c r="L41" s="67"/>
+      <c r="M41" s="67"/>
+    </row>
+    <row r="42" spans="1:13" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="43" spans="1:13" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="44" spans="1:13" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="45" spans="1:13" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="46" spans="1:13" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="47" spans="1:13" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="48" spans="1:13" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="49" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="50" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="51" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="52" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="53" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="54" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="55" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="56" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="57" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="58" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="59" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="60" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="61" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="62" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="63" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="64" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="65" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="66" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="67" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="68" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="69" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="70" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="71" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="72" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="73" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="74" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="75" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="76" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="77" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="78" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="79" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="80" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="81" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="82" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="83" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="84" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="85" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="86" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="87" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="88" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="89" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="90" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="91" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="92" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="93" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="94" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="95" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="96" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="97" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="98" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="99" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="100" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="101" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="102" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="103" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="104" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="105" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="106" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="107" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="108" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="109" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="110" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="111" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="112" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="113" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="114" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="115" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="116" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="117" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="118" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="119" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="120" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="121" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="122" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="123" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="124" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="125" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="126" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="127" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="128" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="129" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="130" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="131" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="132" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="133" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="134" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="135" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="136" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="137" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="138" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="139" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="140" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="141" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="142" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="143" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="144" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="145" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="146" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="147" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="148" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="149" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="150" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="151" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="152" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="153" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="154" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="155" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="156" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="157" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="158" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="159" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="160" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="161" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="162" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="163" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="164" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="165" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="166" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="167" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="168" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="169" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="170" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="171" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="172" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="173" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="174" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="175" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="176" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="177" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="178" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="179" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="180" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="181" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="182" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="183" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="184" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="185" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="186" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="187" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="188" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="189" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="190" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="191" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="192" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="193" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="194" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="195" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="196" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="197" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="198" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="199" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="200" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="201" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="202" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="203" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="204" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="205" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="206" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="207" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="208" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="209" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="210" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="211" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="212" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="213" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="214" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="215" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="216" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="217" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="218" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="219" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="220" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="221" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="222" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="223" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="224" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="225" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="226" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="227" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="228" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="229" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="230" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="231" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="232" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="233" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="234" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="235" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="236" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="237" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="238" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="239" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="240" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="241" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="242" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="243" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="244" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="245" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="246" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="247" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="248" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="249" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="250" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="251" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="252" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="253" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="254" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="255" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="256" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="257" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="258" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="259" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="260" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="261" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="262" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="263" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="264" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="265" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="266" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="267" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="268" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="269" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="270" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="271" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="272" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="273" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="274" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="275" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="276" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="277" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="278" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="279" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="280" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="281" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="282" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="283" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="284" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="285" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="286" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="287" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="288" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="289" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="290" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="291" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="292" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="293" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="294" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="295" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="296" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="297" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="298" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="299" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="300" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="301" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="302" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="303" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="304" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="305" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="306" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="307" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="308" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="309" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="310" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="311" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="312" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="313" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="314" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="315" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="316" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="317" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="318" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="319" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="320" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="321" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="322" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="323" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="324" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="325" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="326" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="327" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="328" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="329" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="330" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="331" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="332" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="333" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="334" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="335" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="336" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="337" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="338" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="339" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="340" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="341" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="342" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="343" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="344" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="345" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="346" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="347" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="348" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="349" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="350" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="351" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="352" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="353" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="354" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="355" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="356" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="357" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="358" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="359" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="360" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="361" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="362" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="363" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="364" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="365" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="366" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="367" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="368" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="369" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="370" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="371" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="372" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="373" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="374" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="375" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="376" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="377" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="378" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="379" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="380" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="381" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="382" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="383" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="384" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="385" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="386" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="387" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="388" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="389" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="390" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="391" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="392" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="393" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="394" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="395" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="396" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="397" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="398" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="399" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="400" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="401" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="402" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="403" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="404" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="405" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="406" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="407" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="408" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="409" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="410" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="411" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="412" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="413" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="414" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="415" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="416" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="417" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="418" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="419" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="420" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="421" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="422" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="423" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="424" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="425" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="426" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="427" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="428" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="429" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="430" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="431" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="432" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="433" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="434" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="435" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="436" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="437" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="438" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="439" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="440" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="441" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="442" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="443" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="444" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="445" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="446" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="447" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="448" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="449" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="450" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="451" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="452" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="453" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="454" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="455" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="456" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="457" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="458" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="459" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="460" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="461" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="462" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="463" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="464" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="465" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="466" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="467" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="468" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="469" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="470" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="471" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="472" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="473" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="474" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="475" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="476" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="477" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="478" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="479" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="480" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="481" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="482" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="483" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="484" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="485" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="486" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="487" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="488" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="489" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="490" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="491" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="492" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="493" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="494" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="495" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="496" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="497" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="498" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="499" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="500" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="501" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="502" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="503" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="504" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="505" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="506" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="507" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="508" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="509" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="510" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="511" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="512" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="513" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="514" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="515" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="516" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="517" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="518" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="519" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="520" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="521" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="522" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="523" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="524" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="525" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="526" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="527" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="528" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="529" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="530" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="531" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="532" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="533" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="534" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="535" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="536" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="537" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="538" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="539" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="540" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="541" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="542" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="543" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="544" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="545" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="546" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="547" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="548" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="549" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="550" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="551" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="552" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="553" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="554" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="555" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="556" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="557" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="558" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="559" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="560" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="561" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="562" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="563" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="564" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="565" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="566" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="567" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="568" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="569" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="570" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="571" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:H3"/>
     <mergeCell ref="B5:H5"/>
     <mergeCell ref="B10:H10"/>
     <mergeCell ref="B20:H20"/>
     <mergeCell ref="B15:H15"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="G2" r:id="rId1" xr:uid="{231285CD-3918-4733-BC27-BE7393328053}"/>
+    <hyperlink ref="G2" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-april-june-2025" xr:uid="{B3A237E5-9D42-4B2E-8F1E-4A48EE3BA472}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C5EE9374-588B-4F9E-B100-CDBEC5AADE10}">
-  <dimension ref="A1:F27"/>
+  <dimension ref="A1:Q32"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="1785" topLeftCell="A5"/>
+      <pane ySplit="1785" topLeftCell="A22" activePane="bottomLeft"/>
       <selection activeCell="F2" sqref="F2:F3"/>
-      <selection pane="bottomLeft" activeCell="B16" sqref="B16"/>
+      <selection pane="bottomLeft" activeCell="A30" sqref="A30:XFD32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="33.42578125" style="1" customWidth="1"/>
-    <col min="2" max="2" width="20.28515625" style="56" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="21.28515625" style="56" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.28515625" style="55" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="20.7109375" style="55" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21.28515625" style="55" bestFit="1" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="52" t="s">
-        <v>215</v>
+      <c r="A1" s="51" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="F2" s="65" t="s">
-        <v>203</v>
+      <c r="F2" s="64" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A3" s="98"/>
-      <c r="B3" s="271" t="s">
+      <c r="A3" s="97"/>
+      <c r="B3" s="263" t="s">
         <v>57</v>
       </c>
-      <c r="C3" s="272"/>
-      <c r="D3" s="116" t="s">
+      <c r="C3" s="264"/>
+      <c r="D3" s="115" t="s">
         <v>58</v>
       </c>
-      <c r="F3" s="82" t="s">
-        <v>212</v>
+      <c r="F3" s="81" t="s">
+        <v>210</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="45" x14ac:dyDescent="0.2">
-      <c r="A4" s="96" t="s">
+      <c r="A4" s="95" t="s">
         <v>84</v>
       </c>
-      <c r="B4" s="112" t="s">
+      <c r="B4" s="111" t="s">
         <v>60</v>
       </c>
-      <c r="C4" s="106" t="s">
+      <c r="C4" s="105" t="s">
         <v>61</v>
       </c>
-      <c r="D4" s="97" t="s">
+      <c r="D4" s="96" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="15" x14ac:dyDescent="0.2">
-      <c r="A5" s="92" t="s">
+      <c r="A5" s="91" t="s">
         <v>85</v>
       </c>
-      <c r="B5" s="113">
+      <c r="B5" s="112">
         <v>26248</v>
       </c>
-      <c r="C5" s="107">
+      <c r="C5" s="106">
         <v>13042</v>
       </c>
-      <c r="D5" s="95">
+      <c r="D5" s="94">
         <v>8766</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="15" x14ac:dyDescent="0.2">
-      <c r="A6" s="99" t="s">
+      <c r="A6" s="98" t="s">
         <v>86</v>
       </c>
-      <c r="B6" s="114">
+      <c r="B6" s="113">
         <v>27515</v>
       </c>
-      <c r="C6" s="108">
+      <c r="C6" s="107">
         <v>14152</v>
       </c>
-      <c r="D6" s="101">
+      <c r="D6" s="100">
         <v>8462</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="15" x14ac:dyDescent="0.2">
-      <c r="A7" s="92" t="s">
+      <c r="A7" s="91" t="s">
         <v>87</v>
       </c>
-      <c r="B7" s="113">
+      <c r="B7" s="112">
         <v>29608</v>
       </c>
-      <c r="C7" s="107">
+      <c r="C7" s="106">
         <v>15527</v>
       </c>
-      <c r="D7" s="95">
+      <c r="D7" s="94">
         <v>7603</v>
       </c>
     </row>
     <row r="8" spans="1:6" ht="15" x14ac:dyDescent="0.2">
-      <c r="A8" s="99" t="s">
+      <c r="A8" s="98" t="s">
         <v>88</v>
       </c>
-      <c r="B8" s="114">
+      <c r="B8" s="113">
         <v>31908</v>
       </c>
-      <c r="C8" s="108">
+      <c r="C8" s="107">
         <v>17223</v>
       </c>
-      <c r="D8" s="101">
+      <c r="D8" s="100">
         <v>7978</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="15" x14ac:dyDescent="0.2">
-      <c r="A9" s="92" t="s">
+      <c r="A9" s="91" t="s">
         <v>89</v>
       </c>
-      <c r="B9" s="113">
+      <c r="B9" s="112">
         <v>36182</v>
       </c>
-      <c r="C9" s="107">
+      <c r="C9" s="106">
         <v>19703</v>
       </c>
-      <c r="D9" s="95">
+      <c r="D9" s="94">
         <v>7772</v>
       </c>
     </row>
     <row r="10" spans="1:6" ht="15" x14ac:dyDescent="0.2">
-      <c r="A10" s="99" t="s">
+      <c r="A10" s="98" t="s">
         <v>90</v>
       </c>
-      <c r="B10" s="114">
+      <c r="B10" s="113">
         <v>39688</v>
       </c>
-      <c r="C10" s="108">
+      <c r="C10" s="107">
         <v>21364</v>
       </c>
-      <c r="D10" s="101">
+      <c r="D10" s="100">
         <v>7289</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="15" x14ac:dyDescent="0.2">
-      <c r="A11" s="92" t="s">
+      <c r="A11" s="91" t="s">
         <v>91</v>
       </c>
-      <c r="B11" s="113">
+      <c r="B11" s="112">
         <v>38923</v>
       </c>
-      <c r="C11" s="107">
+      <c r="C11" s="106">
         <v>20481</v>
       </c>
-      <c r="D11" s="95">
+      <c r="D11" s="94">
         <v>8132</v>
       </c>
     </row>
     <row r="12" spans="1:6" ht="15" x14ac:dyDescent="0.2">
-      <c r="A12" s="99" t="s">
+      <c r="A12" s="98" t="s">
         <v>92</v>
       </c>
-      <c r="B12" s="114">
+      <c r="B12" s="113">
         <v>38120</v>
       </c>
-      <c r="C12" s="108">
+      <c r="C12" s="107">
         <v>19716</v>
       </c>
-      <c r="D12" s="101">
+      <c r="D12" s="100">
         <v>9192</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="15" x14ac:dyDescent="0.2">
-      <c r="A13" s="92" t="s">
+      <c r="A13" s="91" t="s">
         <v>93</v>
       </c>
-      <c r="B13" s="113">
+      <c r="B13" s="112">
         <v>39891</v>
       </c>
-      <c r="C13" s="107">
+      <c r="C13" s="106">
         <v>20967</v>
       </c>
-      <c r="D13" s="95">
+      <c r="D13" s="94">
         <v>8074</v>
       </c>
     </row>
     <row r="14" spans="1:6" ht="15" x14ac:dyDescent="0.2">
-      <c r="A14" s="99" t="s">
+      <c r="A14" s="98" t="s">
         <v>94</v>
       </c>
-      <c r="B14" s="114">
+      <c r="B14" s="113">
         <v>34533</v>
       </c>
-      <c r="C14" s="108">
+      <c r="C14" s="107">
         <v>20211</v>
       </c>
-      <c r="D14" s="101">
+      <c r="D14" s="100">
         <v>7691</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="15" x14ac:dyDescent="0.2">
-      <c r="A15" s="92" t="s">
+      <c r="A15" s="91" t="s">
         <v>43</v>
       </c>
-      <c r="B15" s="113">
+      <c r="B15" s="112">
         <v>41356</v>
       </c>
-      <c r="C15" s="107">
+      <c r="C15" s="106">
         <v>22414</v>
       </c>
-      <c r="D15" s="95">
+      <c r="D15" s="94">
         <v>8144</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="15" x14ac:dyDescent="0.2">
-      <c r="A16" s="99" t="s">
+      <c r="A16" s="98" t="s">
         <v>44</v>
       </c>
-      <c r="B16" s="114">
+      <c r="B16" s="113">
         <v>39967</v>
       </c>
-      <c r="C16" s="108">
+      <c r="C16" s="107">
         <v>21586</v>
       </c>
-      <c r="D16" s="101">
+      <c r="D16" s="100">
         <v>8809</v>
       </c>
     </row>
-    <row r="17" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A17" s="92" t="s">
+    <row r="17" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A17" s="91" t="s">
         <v>45</v>
       </c>
-      <c r="B17" s="113">
+      <c r="B17" s="112">
         <v>39338</v>
       </c>
-      <c r="C17" s="107">
+      <c r="C17" s="106">
         <v>22097</v>
       </c>
-      <c r="D17" s="95">
+      <c r="D17" s="94">
         <v>8129</v>
       </c>
     </row>
-    <row r="18" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A18" s="99" t="s">
+    <row r="18" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A18" s="98" t="s">
         <v>46</v>
       </c>
-      <c r="B18" s="114">
+      <c r="B18" s="113">
         <v>37586</v>
       </c>
-      <c r="C18" s="108">
+      <c r="C18" s="107">
         <v>22645</v>
       </c>
-      <c r="D18" s="101">
+      <c r="D18" s="100">
         <v>7805</v>
       </c>
     </row>
-    <row r="19" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A19" s="92" t="s">
+    <row r="19" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A19" s="91" t="s">
         <v>47</v>
       </c>
-      <c r="B19" s="113">
+      <c r="B19" s="112">
         <v>37611</v>
       </c>
-      <c r="C19" s="107">
+      <c r="C19" s="106">
         <v>23694</v>
       </c>
-      <c r="D19" s="95">
+      <c r="D19" s="94">
         <v>7672</v>
       </c>
     </row>
-    <row r="20" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A20" s="99" t="s">
+    <row r="20" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A20" s="98" t="s">
         <v>48</v>
       </c>
-      <c r="B20" s="114">
+      <c r="B20" s="113">
         <v>36198</v>
       </c>
-      <c r="C20" s="108">
+      <c r="C20" s="107">
         <v>24148</v>
       </c>
-      <c r="D20" s="101">
+      <c r="D20" s="100">
         <v>7373</v>
       </c>
     </row>
-    <row r="21" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A21" s="92" t="s">
+    <row r="21" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A21" s="91" t="s">
         <v>49</v>
       </c>
-      <c r="B21" s="113">
+      <c r="B21" s="112">
         <v>37859</v>
       </c>
-      <c r="C21" s="107">
+      <c r="C21" s="106">
         <v>26387</v>
       </c>
-      <c r="D21" s="95">
+      <c r="D21" s="94">
         <v>7696</v>
       </c>
     </row>
-    <row r="22" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A22" s="105" t="s">
+    <row r="22" spans="1:17" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="104" t="s">
         <v>50</v>
       </c>
-      <c r="B22" s="114">
+      <c r="B22" s="113">
         <v>38745</v>
       </c>
-      <c r="C22" s="108">
+      <c r="C22" s="107">
         <v>27745</v>
       </c>
-      <c r="D22" s="101">
+      <c r="D22" s="100">
         <v>6654</v>
       </c>
     </row>
-    <row r="23" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A23" s="92" t="s">
+    <row r="23" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A23" s="91" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="113">
+      <c r="B23" s="112">
         <v>43971</v>
       </c>
-      <c r="C23" s="107">
+      <c r="C23" s="106">
         <v>30288</v>
       </c>
-      <c r="D23" s="95">
+      <c r="D23" s="94">
         <v>5844</v>
       </c>
     </row>
-    <row r="24" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A24" s="99" t="s">
+    <row r="24" spans="1:17" ht="15" x14ac:dyDescent="0.2">
+      <c r="A24" s="98" t="s">
         <v>52</v>
       </c>
-      <c r="B24" s="114">
+      <c r="B24" s="113">
         <v>44426</v>
       </c>
-      <c r="C24" s="109">
+      <c r="C24" s="108">
         <v>31407</v>
       </c>
-      <c r="D24" s="100">
+      <c r="D24" s="99">
         <v>6010</v>
       </c>
     </row>
-    <row r="25" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A25" s="93" t="s">
+    <row r="25" spans="1:17" ht="15" x14ac:dyDescent="0.25">
+      <c r="A25" s="92" t="s">
         <v>53</v>
       </c>
-      <c r="B25" s="113">
+      <c r="B25" s="112">
         <v>45105</v>
       </c>
-      <c r="C25" s="110">
+      <c r="C25" s="109">
         <v>32633</v>
       </c>
-      <c r="D25" s="94">
+      <c r="D25" s="93">
         <v>5796</v>
       </c>
     </row>
-    <row r="26" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A26" s="102" t="s">
+    <row r="26" spans="1:17" ht="15" x14ac:dyDescent="0.25">
+      <c r="A26" s="101" t="s">
         <v>54</v>
       </c>
-      <c r="B26" s="114">
+      <c r="B26" s="113">
         <v>47312</v>
       </c>
-      <c r="C26" s="109">
+      <c r="C26" s="108">
         <v>35464</v>
       </c>
-      <c r="D26" s="100">
+      <c r="D26" s="99">
         <v>5710</v>
       </c>
     </row>
-    <row r="27" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A27" s="103" t="s">
+    <row r="27" spans="1:17" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="102" t="s">
         <v>72</v>
       </c>
-      <c r="B27" s="115">
+      <c r="B27" s="114">
         <v>49083</v>
       </c>
-      <c r="C27" s="111">
+      <c r="C27" s="110">
         <v>37635</v>
       </c>
-      <c r="D27" s="104">
+      <c r="D27" s="103">
         <v>6054</v>
       </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A30" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="B30" s="10"/>
+      <c r="C30" s="16"/>
+      <c r="D30" s="16"/>
+      <c r="E30" s="16"/>
+      <c r="F30" s="16"/>
+      <c r="G30" s="16"/>
+      <c r="H30" s="16"/>
+      <c r="I30" s="16"/>
+      <c r="J30" s="16"/>
+      <c r="K30" s="16"/>
+      <c r="L30" s="16"/>
+      <c r="M30" s="16"/>
+      <c r="N30" s="16"/>
+      <c r="O30" s="16"/>
+      <c r="P30" s="15"/>
+      <c r="Q30" s="15"/>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A31" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
+    </row>
+    <row r="32" spans="1:17" ht="15" x14ac:dyDescent="0.25">
+      <c r="A32" s="248" t="s">
+        <v>234</v>
+      </c>
+      <c r="B32" s="1"/>
+      <c r="C32" s="1"/>
+      <c r="D32" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B3:C3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F3" r:id="rId1" xr:uid="{24CF5D24-7905-4029-B6F7-62B8E5CDCAD3}"/>
+    <hyperlink ref="A32" r:id="rId2" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{0D6312E8-5B82-402F-8A8F-1D7E1EF217F8}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{258FC497-2583-40D8-86AB-E435178663B0}">
-  <dimension ref="A1:Q19"/>
+  <dimension ref="A1:AD27"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H1" sqref="H1:H2"/>
+      <selection activeCell="H27" sqref="H27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.7109375" style="1"/>
     <col min="2" max="2" width="13.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.5703125" style="1" customWidth="1"/>
     <col min="4" max="4" width="9.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="17.28515625" style="1" customWidth="1"/>
     <col min="6" max="6" width="18.7109375" style="1" customWidth="1"/>
-    <col min="7" max="7" width="11.42578125" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="15" max="16384" width="8.7109375" style="1"/>
+    <col min="7" max="7" width="14.140625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="11.42578125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="15.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="16" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="18.85546875" style="1" customWidth="1"/>
+    <col min="12" max="12" width="13.140625" style="1" customWidth="1"/>
+    <col min="13" max="13" width="9.5703125" style="1" customWidth="1"/>
+    <col min="14" max="14" width="15.140625" style="1" customWidth="1"/>
+    <col min="15" max="15" width="8.7109375" style="1"/>
+    <col min="16" max="16" width="13.28515625" style="1" customWidth="1"/>
+    <col min="17" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="21" x14ac:dyDescent="0.25">
-      <c r="A1" s="52" t="s">
+    <row r="1" spans="1:28" ht="21" x14ac:dyDescent="0.25">
+      <c r="A1" s="51" t="s">
+        <v>215</v>
+      </c>
+      <c r="J1" s="64" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="2" spans="1:28" ht="15" x14ac:dyDescent="0.25">
+      <c r="A2" s="116"/>
+      <c r="B2" s="117"/>
+      <c r="C2" s="117"/>
+      <c r="D2" s="117"/>
+      <c r="E2" s="117"/>
+      <c r="F2" s="117"/>
+      <c r="G2" s="118"/>
+      <c r="H2" s="118"/>
+      <c r="I2" s="118"/>
+      <c r="J2" s="81" t="s">
+        <v>210</v>
+      </c>
+      <c r="K2" s="117"/>
+      <c r="L2" s="117"/>
+      <c r="M2" s="117"/>
+      <c r="N2" s="117"/>
+      <c r="O2" s="117"/>
+      <c r="P2" s="117"/>
+      <c r="Q2" s="117"/>
+      <c r="R2" s="117"/>
+      <c r="S2" s="117"/>
+    </row>
+    <row r="3" spans="1:28" s="274" customFormat="1" ht="68.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="271" t="s">
+        <v>95</v>
+      </c>
+      <c r="B3" s="272" t="s">
+        <v>96</v>
+      </c>
+      <c r="C3" s="272" t="s">
+        <v>97</v>
+      </c>
+      <c r="D3" s="272" t="s">
+        <v>98</v>
+      </c>
+      <c r="E3" s="272" t="s">
+        <v>99</v>
+      </c>
+      <c r="F3" s="272" t="s">
+        <v>100</v>
+      </c>
+      <c r="G3" s="272" t="s">
+        <v>101</v>
+      </c>
+      <c r="H3" s="272" t="s">
+        <v>240</v>
+      </c>
+      <c r="I3" s="272" t="s">
+        <v>242</v>
+      </c>
+      <c r="J3" s="272" t="s">
+        <v>241</v>
+      </c>
+      <c r="K3" s="272" t="s">
+        <v>102</v>
+      </c>
+      <c r="L3" s="272" t="s">
+        <v>103</v>
+      </c>
+      <c r="M3" s="272" t="s">
+        <v>104</v>
+      </c>
+      <c r="N3" s="272" t="s">
+        <v>105</v>
+      </c>
+      <c r="O3" s="272" t="s">
+        <v>106</v>
+      </c>
+      <c r="P3" s="273" t="s">
+        <v>107</v>
+      </c>
+      <c r="Q3" s="271" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:28" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="119" t="s">
+        <v>47</v>
+      </c>
+      <c r="B4" s="123">
+        <v>3971</v>
+      </c>
+      <c r="C4" s="123">
+        <v>1739</v>
+      </c>
+      <c r="D4" s="123">
+        <v>865</v>
+      </c>
+      <c r="E4" s="123">
+        <v>2668</v>
+      </c>
+      <c r="F4" s="123">
+        <v>1406</v>
+      </c>
+      <c r="G4" s="123">
+        <v>661</v>
+      </c>
+      <c r="H4" s="123"/>
+      <c r="I4" s="123"/>
+      <c r="J4" s="123">
+        <v>4119</v>
+      </c>
+      <c r="K4" s="123">
+        <v>435</v>
+      </c>
+      <c r="L4" s="123">
+        <v>72</v>
+      </c>
+      <c r="M4" s="123">
+        <v>188</v>
+      </c>
+      <c r="N4" s="123">
+        <v>1519</v>
+      </c>
+      <c r="O4" s="123">
+        <v>721</v>
+      </c>
+      <c r="P4" s="123">
+        <v>209</v>
+      </c>
+      <c r="Q4" s="124">
+        <v>17556</v>
+      </c>
+      <c r="R4" s="120"/>
+      <c r="S4" s="120"/>
+    </row>
+    <row r="5" spans="1:28" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="129" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" s="130">
+        <v>3744</v>
+      </c>
+      <c r="C5" s="130">
+        <v>1776</v>
+      </c>
+      <c r="D5" s="130">
+        <v>917</v>
+      </c>
+      <c r="E5" s="130">
+        <v>2679</v>
+      </c>
+      <c r="F5" s="130">
+        <v>1404</v>
+      </c>
+      <c r="G5" s="130">
+        <v>558</v>
+      </c>
+      <c r="H5" s="130"/>
+      <c r="I5" s="130"/>
+      <c r="J5" s="130">
+        <v>4201</v>
+      </c>
+      <c r="K5" s="130">
+        <v>402</v>
+      </c>
+      <c r="L5" s="130">
+        <v>132</v>
+      </c>
+      <c r="M5" s="130">
+        <v>181</v>
+      </c>
+      <c r="N5" s="130">
+        <v>1494</v>
+      </c>
+      <c r="O5" s="130">
+        <v>572</v>
+      </c>
+      <c r="P5" s="130">
+        <v>120</v>
+      </c>
+      <c r="Q5" s="131">
+        <v>18180</v>
+      </c>
+      <c r="R5" s="121"/>
+      <c r="S5" s="120"/>
+    </row>
+    <row r="6" spans="1:28" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="119" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" s="123">
+        <v>3890</v>
+      </c>
+      <c r="C6" s="123">
+        <v>1804</v>
+      </c>
+      <c r="D6" s="123">
+        <v>1174</v>
+      </c>
+      <c r="E6" s="123">
+        <v>2779</v>
+      </c>
+      <c r="F6" s="123">
+        <v>1245</v>
+      </c>
+      <c r="G6" s="123">
+        <v>481</v>
+      </c>
+      <c r="H6" s="123"/>
+      <c r="I6" s="123"/>
+      <c r="J6" s="123">
+        <v>4588</v>
+      </c>
+      <c r="K6" s="123">
+        <v>339</v>
+      </c>
+      <c r="L6" s="123">
+        <v>54</v>
+      </c>
+      <c r="M6" s="123">
+        <v>123</v>
+      </c>
+      <c r="N6" s="123">
+        <v>1448</v>
+      </c>
+      <c r="O6" s="123">
         <v>218</v>
       </c>
-      <c r="H1" s="65" t="s">
-[...64 lines deleted...]
-      <c r="N3" s="137" t="s">
+      <c r="P6" s="123">
+        <v>59</v>
+      </c>
+      <c r="Q6" s="125">
+        <v>18202</v>
+      </c>
+      <c r="R6" s="121"/>
+      <c r="S6" s="120"/>
+    </row>
+    <row r="7" spans="1:28" s="122" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="132" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" s="133">
+        <v>3650</v>
+      </c>
+      <c r="C7" s="133">
+        <v>1683</v>
+      </c>
+      <c r="D7" s="133">
+        <v>1147</v>
+      </c>
+      <c r="E7" s="133">
+        <v>2327</v>
+      </c>
+      <c r="F7" s="133">
+        <v>1304</v>
+      </c>
+      <c r="G7" s="133">
+        <v>335</v>
+      </c>
+      <c r="H7" s="133"/>
+      <c r="I7" s="133"/>
+      <c r="J7" s="133">
+        <v>4239</v>
+      </c>
+      <c r="K7" s="133">
+        <v>361</v>
+      </c>
+      <c r="L7" s="133">
+        <v>44</v>
+      </c>
+      <c r="M7" s="133">
+        <v>89</v>
+      </c>
+      <c r="N7" s="133">
+        <v>1415</v>
+      </c>
+      <c r="O7" s="133">
+        <v>134</v>
+      </c>
+      <c r="P7" s="133">
+        <v>74</v>
+      </c>
+      <c r="Q7" s="131">
+        <v>16802</v>
+      </c>
+    </row>
+    <row r="8" spans="1:28" s="122" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="122" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" s="126">
+        <v>4166</v>
+      </c>
+      <c r="C8" s="126">
+        <v>1752</v>
+      </c>
+      <c r="D8" s="126">
+        <v>1222</v>
+      </c>
+      <c r="E8" s="126">
+        <v>1689</v>
+      </c>
+      <c r="F8" s="126">
+        <v>1012</v>
+      </c>
+      <c r="G8" s="126">
+        <v>286</v>
+      </c>
+      <c r="H8" s="126"/>
+      <c r="I8" s="126"/>
+      <c r="J8" s="126">
+        <v>3576</v>
+      </c>
+      <c r="K8" s="126">
+        <v>366</v>
+      </c>
+      <c r="L8" s="126">
+        <v>63</v>
+      </c>
+      <c r="M8" s="126">
+        <v>37</v>
+      </c>
+      <c r="N8" s="126">
+        <v>1639</v>
+      </c>
+      <c r="O8" s="126">
+        <v>134</v>
+      </c>
+      <c r="P8" s="126">
+        <v>49</v>
+      </c>
+      <c r="Q8" s="124">
+        <v>15991</v>
+      </c>
+    </row>
+    <row r="9" spans="1:28" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="132" t="s">
+        <v>52</v>
+      </c>
+      <c r="B9" s="133">
+        <v>3606</v>
+      </c>
+      <c r="C9" s="133">
+        <v>1611</v>
+      </c>
+      <c r="D9" s="133">
+        <v>1110</v>
+      </c>
+      <c r="E9" s="133">
+        <v>2463</v>
+      </c>
+      <c r="F9" s="133">
+        <v>966</v>
+      </c>
+      <c r="G9" s="133">
+        <v>180</v>
+      </c>
+      <c r="H9" s="133"/>
+      <c r="I9" s="133"/>
+      <c r="J9" s="133">
+        <v>3781</v>
+      </c>
+      <c r="K9" s="133">
+        <v>311</v>
+      </c>
+      <c r="L9" s="133">
+        <v>30</v>
+      </c>
+      <c r="M9" s="133" t="s">
+        <v>108</v>
+      </c>
+      <c r="N9" s="133">
+        <v>1435</v>
+      </c>
+      <c r="O9" s="133">
+        <v>92</v>
+      </c>
+      <c r="P9" s="133">
+        <v>126</v>
+      </c>
+      <c r="Q9" s="134">
+        <v>15758</v>
+      </c>
+    </row>
+    <row r="10" spans="1:28" s="122" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="122" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" s="126">
+        <v>3505</v>
+      </c>
+      <c r="C10" s="126">
+        <v>1559</v>
+      </c>
+      <c r="D10" s="126">
+        <v>1128</v>
+      </c>
+      <c r="E10" s="126">
+        <v>2892</v>
+      </c>
+      <c r="F10" s="126">
+        <v>1107</v>
+      </c>
+      <c r="G10" s="126">
+        <v>167</v>
+      </c>
+      <c r="H10" s="126"/>
+      <c r="I10" s="126"/>
+      <c r="J10" s="126">
+        <v>3732</v>
+      </c>
+      <c r="K10" s="126">
+        <v>315</v>
+      </c>
+      <c r="L10" s="126">
+        <v>60</v>
+      </c>
+      <c r="M10" s="126">
+        <v>56</v>
+      </c>
+      <c r="N10" s="126">
+        <v>1221</v>
+      </c>
+      <c r="O10" s="126">
+        <v>94</v>
+      </c>
+      <c r="P10" s="126">
+        <v>129</v>
+      </c>
+      <c r="Q10" s="124">
+        <v>15965</v>
+      </c>
+    </row>
+    <row r="11" spans="1:28" s="122" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="132" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" s="130">
+        <v>3657</v>
+      </c>
+      <c r="C11" s="130">
+        <v>1506</v>
+      </c>
+      <c r="D11" s="130">
+        <v>1199</v>
+      </c>
+      <c r="E11" s="130">
+        <v>2710</v>
+      </c>
+      <c r="F11" s="130">
+        <v>1401</v>
+      </c>
+      <c r="G11" s="130">
+        <v>204</v>
+      </c>
+      <c r="H11" s="130"/>
+      <c r="I11" s="130"/>
+      <c r="J11" s="130">
+        <v>4355</v>
+      </c>
+      <c r="K11" s="130">
+        <v>346</v>
+      </c>
+      <c r="L11" s="130">
+        <v>62</v>
+      </c>
+      <c r="M11" s="130">
+        <v>77</v>
+      </c>
+      <c r="N11" s="130">
+        <v>1218</v>
+      </c>
+      <c r="O11" s="130">
+        <v>80</v>
+      </c>
+      <c r="P11" s="130">
+        <v>128</v>
+      </c>
+      <c r="Q11" s="134">
+        <v>16943</v>
+      </c>
+    </row>
+    <row r="12" spans="1:28" s="122" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="135" t="s">
+        <v>72</v>
+      </c>
+      <c r="B12" s="136">
+        <v>3621</v>
+      </c>
+      <c r="C12" s="136">
+        <v>1404</v>
+      </c>
+      <c r="D12" s="136">
+        <v>1205</v>
+      </c>
+      <c r="E12" s="136">
+        <v>2544</v>
+      </c>
+      <c r="F12" s="136">
+        <v>1349</v>
+      </c>
+      <c r="G12" s="136">
+        <v>185</v>
+      </c>
+      <c r="H12" s="136"/>
+      <c r="I12" s="136"/>
+      <c r="J12" s="136">
+        <v>3934</v>
+      </c>
+      <c r="K12" s="136">
+        <v>430</v>
+      </c>
+      <c r="L12" s="136">
+        <v>36</v>
+      </c>
+      <c r="M12" s="136">
+        <v>76</v>
+      </c>
+      <c r="N12" s="136">
+        <v>966</v>
+      </c>
+      <c r="O12" s="136">
+        <v>93</v>
+      </c>
+      <c r="P12" s="136">
+        <v>62</v>
+      </c>
+      <c r="Q12" s="137">
+        <v>15905</v>
+      </c>
+    </row>
+    <row r="13" spans="1:28" s="275" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="275" t="s">
+        <v>238</v>
+      </c>
+      <c r="B13" s="276"/>
+      <c r="C13" s="276"/>
+      <c r="D13" s="276"/>
+      <c r="E13" s="276"/>
+      <c r="F13" s="276"/>
+      <c r="G13" s="276"/>
+      <c r="H13" s="276"/>
+      <c r="I13" s="276"/>
+      <c r="J13" s="276"/>
+      <c r="K13" s="276"/>
+      <c r="L13" s="276"/>
+      <c r="M13" s="276"/>
+      <c r="N13" s="276"/>
+      <c r="O13" s="276"/>
+      <c r="P13" s="276"/>
+      <c r="Q13" s="277"/>
+    </row>
+    <row r="14" spans="1:28" s="278" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="278" t="s">
+        <v>239</v>
+      </c>
+      <c r="B14" s="279">
+        <v>859</v>
+      </c>
+      <c r="C14" s="279">
+        <v>328</v>
+      </c>
+      <c r="D14" s="279">
+        <v>400</v>
+      </c>
+      <c r="E14" s="279">
+        <v>604</v>
+      </c>
+      <c r="F14" s="279">
+        <v>376</v>
+      </c>
+      <c r="G14" s="279">
+        <v>0</v>
+      </c>
+      <c r="H14" s="279">
+        <v>26</v>
+      </c>
+      <c r="I14" s="279">
         <v>107</v>
       </c>
-      <c r="O3" s="135" t="s">
-[...452 lines deleted...]
-      <c r="A14" s="127" t="s">
+      <c r="J14" s="279">
+        <v>947</v>
+      </c>
+      <c r="K14" s="279">
+        <v>119</v>
+      </c>
+      <c r="L14" s="279">
+        <v>11</v>
+      </c>
+      <c r="M14" s="279">
+        <v>19</v>
+      </c>
+      <c r="N14" s="279">
+        <v>256</v>
+      </c>
+      <c r="O14" s="279">
+        <v>21</v>
+      </c>
+      <c r="P14" s="279">
+        <v>24</v>
+      </c>
+      <c r="Q14" s="280">
+        <v>4097</v>
+      </c>
+    </row>
+    <row r="15" spans="1:28" s="122" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="123"/>
+      <c r="C15" s="123"/>
+      <c r="D15" s="123"/>
+      <c r="E15" s="123"/>
+      <c r="F15" s="123"/>
+      <c r="G15" s="123"/>
+      <c r="H15" s="123"/>
+      <c r="I15" s="123"/>
+      <c r="J15" s="123"/>
+      <c r="K15" s="123"/>
+      <c r="L15" s="123"/>
+      <c r="M15" s="123"/>
+      <c r="N15" s="123"/>
+      <c r="O15" s="123"/>
+      <c r="P15" s="123"/>
+      <c r="Q15" s="124"/>
+    </row>
+    <row r="16" spans="1:28" s="283" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="281" t="s">
         <v>109</v>
       </c>
-      <c r="B14" s="118"/>
-[...15 lines deleted...]
-      <c r="A15" s="127" t="s">
+      <c r="B16" s="282"/>
+      <c r="C16" s="282"/>
+      <c r="D16" s="282"/>
+      <c r="E16" s="282"/>
+      <c r="F16" s="282"/>
+      <c r="G16" s="282"/>
+      <c r="H16" s="282"/>
+      <c r="I16" s="282"/>
+      <c r="J16" s="282"/>
+      <c r="K16" s="282"/>
+      <c r="L16" s="282"/>
+      <c r="M16" s="282"/>
+      <c r="N16" s="282"/>
+      <c r="O16" s="282"/>
+      <c r="P16" s="282"/>
+      <c r="Q16" s="282"/>
+      <c r="R16" s="282"/>
+      <c r="S16" s="282"/>
+      <c r="T16" s="282"/>
+      <c r="U16" s="282"/>
+      <c r="V16" s="282"/>
+      <c r="W16" s="282"/>
+      <c r="X16" s="282"/>
+      <c r="Y16" s="282"/>
+      <c r="Z16" s="282"/>
+      <c r="AA16" s="282"/>
+      <c r="AB16" s="282"/>
+    </row>
+    <row r="17" spans="1:30" s="283" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="281" t="s">
         <v>110</v>
       </c>
-      <c r="B15" s="121"/>
-[...15 lines deleted...]
-      <c r="A16" s="127" t="s">
+      <c r="B17" s="284"/>
+      <c r="C17" s="284"/>
+      <c r="D17" s="284"/>
+      <c r="E17" s="284"/>
+      <c r="F17" s="284"/>
+      <c r="G17" s="284"/>
+      <c r="H17" s="284"/>
+      <c r="I17" s="284"/>
+      <c r="J17" s="284"/>
+      <c r="K17" s="284"/>
+      <c r="L17" s="284"/>
+      <c r="M17" s="284"/>
+      <c r="N17" s="284"/>
+      <c r="O17" s="284"/>
+      <c r="P17" s="284"/>
+      <c r="Q17" s="284"/>
+      <c r="R17" s="284"/>
+      <c r="S17" s="284"/>
+      <c r="T17" s="284"/>
+      <c r="U17" s="284"/>
+      <c r="V17" s="284"/>
+      <c r="W17" s="284"/>
+      <c r="X17" s="284"/>
+      <c r="Y17" s="284"/>
+      <c r="Z17" s="284"/>
+      <c r="AA17" s="284"/>
+      <c r="AB17" s="284"/>
+    </row>
+    <row r="18" spans="1:30" s="283" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="281" t="s">
         <v>111</v>
       </c>
-      <c r="B16" s="121"/>
-[...15 lines deleted...]
-      <c r="A17" s="127" t="s">
+      <c r="B18" s="284"/>
+      <c r="C18" s="284"/>
+      <c r="D18" s="284"/>
+      <c r="E18" s="284"/>
+      <c r="F18" s="284"/>
+      <c r="G18" s="284"/>
+      <c r="H18" s="284"/>
+      <c r="I18" s="284"/>
+      <c r="J18" s="284"/>
+      <c r="K18" s="284"/>
+      <c r="L18" s="284"/>
+      <c r="M18" s="284"/>
+      <c r="N18" s="284"/>
+      <c r="O18" s="284"/>
+      <c r="P18" s="284"/>
+      <c r="Q18" s="284"/>
+      <c r="R18" s="284"/>
+      <c r="S18" s="284"/>
+      <c r="T18" s="284"/>
+      <c r="U18" s="284"/>
+      <c r="V18" s="284"/>
+      <c r="W18" s="284"/>
+      <c r="X18" s="284"/>
+      <c r="Y18" s="284"/>
+      <c r="Z18" s="284"/>
+      <c r="AA18" s="284"/>
+      <c r="AB18" s="284"/>
+    </row>
+    <row r="19" spans="1:30" s="283" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="281" t="s">
         <v>112</v>
       </c>
-      <c r="B17" s="128"/>
-[...15 lines deleted...]
-      <c r="A18" s="118" t="s">
+      <c r="B19" s="285"/>
+      <c r="C19" s="285"/>
+      <c r="D19" s="285"/>
+      <c r="E19" s="285"/>
+      <c r="F19" s="285"/>
+      <c r="G19" s="285"/>
+      <c r="H19" s="285"/>
+      <c r="I19" s="285"/>
+      <c r="J19" s="285"/>
+      <c r="K19" s="285"/>
+      <c r="L19" s="285"/>
+      <c r="M19" s="285"/>
+      <c r="N19" s="285"/>
+      <c r="O19" s="285"/>
+      <c r="P19" s="285"/>
+      <c r="Q19" s="285"/>
+      <c r="R19" s="285"/>
+      <c r="S19" s="285"/>
+      <c r="T19" s="285"/>
+      <c r="U19" s="285"/>
+      <c r="V19" s="285"/>
+      <c r="W19" s="285"/>
+      <c r="X19" s="285"/>
+      <c r="Y19" s="285"/>
+      <c r="Z19" s="285"/>
+      <c r="AA19" s="285"/>
+      <c r="AB19" s="285"/>
+    </row>
+    <row r="20" spans="1:30" s="283" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="282" t="s">
         <v>113</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>114</v>
+      <c r="B20" s="282"/>
+      <c r="C20" s="282"/>
+      <c r="D20" s="282"/>
+      <c r="E20" s="282"/>
+      <c r="F20" s="282"/>
+      <c r="G20" s="282"/>
+      <c r="H20" s="282"/>
+      <c r="I20" s="282"/>
+      <c r="J20" s="282"/>
+      <c r="K20" s="282"/>
+      <c r="L20" s="282"/>
+      <c r="M20" s="282"/>
+      <c r="N20" s="282"/>
+      <c r="O20" s="282"/>
+      <c r="P20" s="282"/>
+      <c r="Q20" s="282"/>
+      <c r="R20" s="282"/>
+      <c r="S20" s="282"/>
+      <c r="T20" s="282"/>
+      <c r="U20" s="282"/>
+      <c r="V20" s="282"/>
+      <c r="W20" s="282"/>
+      <c r="X20" s="282"/>
+      <c r="Y20" s="282"/>
+      <c r="Z20" s="282"/>
+      <c r="AA20" s="282"/>
+      <c r="AB20" s="282"/>
+    </row>
+    <row r="21" spans="1:30" s="283" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="286" t="s">
+        <v>243</v>
+      </c>
+      <c r="B21" s="282"/>
+      <c r="C21" s="282"/>
+      <c r="D21" s="282"/>
+      <c r="E21" s="282"/>
+      <c r="F21" s="282"/>
+      <c r="G21" s="282"/>
+      <c r="H21" s="288"/>
+      <c r="I21" s="288"/>
+      <c r="J21" s="282"/>
+      <c r="K21" s="282"/>
+      <c r="L21" s="282"/>
+      <c r="M21" s="282"/>
+      <c r="N21" s="282"/>
+      <c r="O21" s="282"/>
+      <c r="P21" s="282"/>
+      <c r="Q21" s="282"/>
+      <c r="R21" s="282"/>
+      <c r="S21" s="282"/>
+      <c r="T21" s="282"/>
+      <c r="U21" s="282"/>
+      <c r="V21" s="282"/>
+      <c r="W21" s="282"/>
+      <c r="X21" s="282"/>
+      <c r="Y21" s="282"/>
+      <c r="Z21" s="282"/>
+      <c r="AA21" s="282"/>
+      <c r="AB21" s="282"/>
+    </row>
+    <row r="22" spans="1:30" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="287" t="s">
+        <v>244</v>
+      </c>
+      <c r="B22" s="282"/>
+      <c r="C22" s="282"/>
+      <c r="D22" s="282"/>
+      <c r="E22" s="282"/>
+      <c r="F22" s="282"/>
+      <c r="G22" s="282"/>
+      <c r="H22" s="282"/>
+      <c r="I22" s="282"/>
+      <c r="J22" s="282"/>
+      <c r="K22" s="282"/>
+      <c r="L22" s="282"/>
+      <c r="M22" s="282"/>
+      <c r="N22" s="282"/>
+      <c r="O22" s="282"/>
+      <c r="P22" s="282"/>
+      <c r="Q22" s="282"/>
+      <c r="R22" s="282"/>
+      <c r="S22" s="282"/>
+      <c r="T22" s="282"/>
+      <c r="U22" s="282"/>
+      <c r="V22" s="282"/>
+      <c r="W22" s="282"/>
+      <c r="X22" s="282"/>
+      <c r="Y22" s="282"/>
+      <c r="Z22" s="282"/>
+      <c r="AA22" s="282"/>
+      <c r="AB22" s="282"/>
+      <c r="AC22" s="282"/>
+      <c r="AD22" s="282"/>
+    </row>
+    <row r="25" spans="1:30" x14ac:dyDescent="0.2">
+      <c r="A25" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="B25" s="10"/>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16"/>
+      <c r="E25" s="16"/>
+      <c r="F25" s="16"/>
+      <c r="G25" s="16"/>
+      <c r="H25" s="16"/>
+      <c r="I25" s="16"/>
+      <c r="J25" s="16"/>
+      <c r="K25" s="16"/>
+      <c r="L25" s="16"/>
+      <c r="M25" s="16"/>
+      <c r="N25" s="16"/>
+      <c r="O25" s="16"/>
+      <c r="P25" s="16"/>
+      <c r="Q25" s="16"/>
+      <c r="R25" s="15"/>
+      <c r="S25" s="15"/>
+    </row>
+    <row r="26" spans="1:30" x14ac:dyDescent="0.2">
+      <c r="A26" s="1" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="27" spans="1:30" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="248" t="s">
+        <v>234</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="H2" r:id="rId1" xr:uid="{0BD2A948-E73B-4EC0-9E4C-3BA0562A1F9D}"/>
+    <hyperlink ref="J2" r:id="rId1" xr:uid="{0BD2A948-E73B-4EC0-9E4C-3BA0562A1F9D}"/>
+    <hyperlink ref="A27" r:id="rId2" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{AFCA941D-ED73-436F-A1F8-620DD13A3642}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6DE2FAE3-6433-44E2-B774-20547DED777E}">
-  <dimension ref="A1:K14"/>
+  <dimension ref="A1:Q22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A13" sqref="A13:A14"/>
+      <selection activeCell="E14" sqref="E14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.42578125" style="1" customWidth="1"/>
     <col min="2" max="3" width="11.140625" style="1" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="149" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="K1" s="52"/>
+    <row r="1" spans="1:11" s="140" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="51" t="s">
+        <v>217</v>
+      </c>
+      <c r="B1" s="51"/>
+      <c r="C1" s="51"/>
+      <c r="D1" s="51"/>
+      <c r="E1" s="51"/>
+      <c r="F1" s="51"/>
+      <c r="G1" s="51"/>
+      <c r="H1" s="51"/>
+      <c r="I1" s="51"/>
+      <c r="J1" s="51"/>
+      <c r="K1" s="51"/>
     </row>
     <row r="3" spans="1:11" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="135" t="s">
+      <c r="A3" s="127" t="s">
         <v>42</v>
       </c>
-      <c r="B3" s="136" t="s">
+      <c r="B3" s="128" t="s">
+        <v>114</v>
+      </c>
+      <c r="C3" s="141" t="s">
         <v>115</v>
       </c>
-      <c r="C3" s="150" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:11" ht="15" x14ac:dyDescent="0.25">
-      <c r="A4" s="120" t="s">
+      <c r="A4" s="119" t="s">
         <v>47</v>
       </c>
-      <c r="B4" s="131">
+      <c r="B4" s="123">
         <v>18573</v>
       </c>
-      <c r="C4" s="147">
+      <c r="C4" s="138">
         <v>11889</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="138" t="s">
+      <c r="A5" s="129" t="s">
         <v>48</v>
       </c>
-      <c r="B5" s="142">
+      <c r="B5" s="133">
         <v>18180</v>
       </c>
-      <c r="C5" s="152">
+      <c r="C5" s="143">
         <v>11877</v>
       </c>
     </row>
     <row r="6" spans="1:11" ht="15" x14ac:dyDescent="0.25">
-      <c r="A6" s="120" t="s">
+      <c r="A6" s="119" t="s">
         <v>49</v>
       </c>
-      <c r="B6" s="134">
+      <c r="B6" s="126">
         <v>18202</v>
       </c>
-      <c r="C6" s="148">
+      <c r="C6" s="139">
         <v>12512</v>
       </c>
     </row>
     <row r="7" spans="1:11" ht="15" x14ac:dyDescent="0.25">
-      <c r="A7" s="141" t="s">
+      <c r="A7" s="132" t="s">
         <v>50</v>
       </c>
-      <c r="B7" s="142">
+      <c r="B7" s="133">
         <v>16802</v>
       </c>
-      <c r="C7" s="153">
+      <c r="C7" s="144">
         <v>11323</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="15" x14ac:dyDescent="0.25">
-      <c r="A8" s="123" t="s">
+      <c r="A8" s="122" t="s">
         <v>51</v>
       </c>
-      <c r="B8" s="131">
+      <c r="B8" s="123">
         <v>15991</v>
       </c>
-      <c r="C8" s="147">
+      <c r="C8" s="138">
         <v>9889</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="15" x14ac:dyDescent="0.25">
-      <c r="A9" s="141" t="s">
+      <c r="A9" s="132" t="s">
         <v>52</v>
       </c>
-      <c r="B9" s="139">
+      <c r="B9" s="130">
         <v>15758</v>
       </c>
-      <c r="C9" s="154">
+      <c r="C9" s="145">
         <v>10135</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="15" x14ac:dyDescent="0.25">
-      <c r="A10" s="123" t="s">
+      <c r="A10" s="122" t="s">
         <v>53</v>
       </c>
-      <c r="B10" s="131">
+      <c r="B10" s="123">
         <v>15965</v>
       </c>
-      <c r="C10" s="147">
+      <c r="C10" s="138">
         <v>10349</v>
       </c>
     </row>
     <row r="11" spans="1:11" ht="15" x14ac:dyDescent="0.25">
-      <c r="A11" s="141" t="s">
+      <c r="A11" s="132" t="s">
         <v>54</v>
       </c>
-      <c r="B11" s="139">
+      <c r="B11" s="130">
         <v>16943</v>
       </c>
-      <c r="C11" s="153">
+      <c r="C11" s="144">
         <v>11537</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="15" x14ac:dyDescent="0.25">
-      <c r="A12" s="144" t="s">
+      <c r="A12" s="135" t="s">
         <v>72</v>
       </c>
-      <c r="B12" s="145">
+      <c r="B12" s="136">
         <v>15905</v>
       </c>
-      <c r="C12" s="151">
+      <c r="C12" s="142">
         <v>10855</v>
       </c>
     </row>
-    <row r="13" spans="1:11" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      </c>
+    <row r="13" spans="1:11" ht="15" x14ac:dyDescent="0.25">
+      <c r="A13" s="275" t="s">
+        <v>230</v>
+      </c>
+      <c r="B13" s="276"/>
+      <c r="C13" s="289"/>
     </row>
     <row r="14" spans="1:11" ht="15" x14ac:dyDescent="0.25">
-      <c r="A14" s="82" t="s">
-        <v>212</v>
+      <c r="A14" s="278" t="s">
+        <v>239</v>
+      </c>
+      <c r="B14" s="279">
+        <v>4097</v>
+      </c>
+      <c r="C14" s="290">
+        <v>2748</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="122"/>
+      <c r="B15" s="123"/>
+      <c r="C15" s="138"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A16" s="64" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="81" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A20" s="10" t="s">
+        <v>236</v>
+      </c>
+      <c r="B20" s="10"/>
+      <c r="C20" s="16"/>
+      <c r="D20" s="16"/>
+      <c r="E20" s="16"/>
+      <c r="F20" s="16"/>
+      <c r="G20" s="16"/>
+      <c r="H20" s="16"/>
+      <c r="I20" s="16"/>
+      <c r="J20" s="16"/>
+      <c r="K20" s="16"/>
+      <c r="L20" s="16"/>
+      <c r="M20" s="16"/>
+      <c r="N20" s="16"/>
+      <c r="O20" s="16"/>
+      <c r="P20" s="15"/>
+      <c r="Q20" s="15"/>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A21" s="1" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="248" t="s">
+        <v>234</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A14" r:id="rId1" xr:uid="{B7A19B89-2520-4466-A81E-2689C40944AB}"/>
+    <hyperlink ref="A17" r:id="rId1" xr:uid="{B7A19B89-2520-4466-A81E-2689C40944AB}"/>
+    <hyperlink ref="A22" r:id="rId2" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{379FE6FE-C004-479C-BFE3-77E3E2F48F48}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>Contents</vt:lpstr>
       <vt:lpstr>1 SHDP Starts</vt:lpstr>
       <vt:lpstr>2 SHDP Completions</vt:lpstr>