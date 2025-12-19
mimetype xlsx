--- v1 (2025-11-27)
+++ v2 (2025-12-19)
@@ -11,108 +11,108 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\NEW Housing Review\Report excel tables\formatted tables\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3B2772D5-AD98-4F41-A6AE-0A69C9F13193}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A03DB30B-6D99-4BED-9A0C-AF16DE44B203}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-45" yWindow="0" windowWidth="13755" windowHeight="15585" firstSheet="13" activeTab="13" xr2:uid="{E5D2A334-A4AA-4225-B2D2-447719ACE507}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="10" activeTab="13" xr2:uid="{E5D2A334-A4AA-4225-B2D2-447719ACE507}"/>
   </bookViews>
   <sheets>
     <sheet name="Contents" sheetId="14" r:id="rId1"/>
     <sheet name="1 SHDP Starts" sheetId="1" r:id="rId2"/>
     <sheet name="2 SHDP Completions" sheetId="2" r:id="rId3"/>
     <sheet name="3 SHDP Starts &amp; Completions" sheetId="3" r:id="rId4"/>
     <sheet name="4 Co Ownership Activity" sheetId="4" r:id="rId5"/>
     <sheet name="5 Social Housing Waiting List" sheetId="5" r:id="rId6"/>
     <sheet name="6 Waiting list summary table" sheetId="6" r:id="rId7"/>
     <sheet name="7 Homeless presenters - Reasons" sheetId="7" r:id="rId8"/>
     <sheet name="8 Homeless Presenters &amp; FDA" sheetId="8" r:id="rId9"/>
     <sheet name="9 TA Households Length of Stay" sheetId="9" r:id="rId10"/>
     <sheet name="10 TA Children by Age" sheetId="10" r:id="rId11"/>
     <sheet name="11 Summary TA Household &amp; Child" sheetId="11" r:id="rId12"/>
     <sheet name="12 Social Rents UK Regions" sheetId="12" r:id="rId13"/>
     <sheet name="13 HA Average Rents NI" sheetId="13" r:id="rId14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="1">'9 TA Households Length of Stay'!$B$1:$B$123</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="J14" i="9" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="806" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="813" uniqueCount="246">
   <si>
     <t>Type of Housing</t>
   </si>
   <si>
     <t>2010/11</t>
   </si>
   <si>
     <t>2011/12</t>
   </si>
   <si>
     <t>2012/13</t>
   </si>
   <si>
     <t>2013/14</t>
   </si>
   <si>
     <t>2014/15</t>
   </si>
   <si>
     <t>2015/16</t>
   </si>
   <si>
     <t>2016/17</t>
   </si>
   <si>
@@ -854,103 +854,106 @@
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>R</t>
     </r>
   </si>
   <si>
     <t>Average weekly local authority rents by UK region 2012-13 to 2023-24</t>
   </si>
   <si>
     <t>Note: The 2023/24 data is not yet available</t>
   </si>
   <si>
     <t xml:space="preserve"> Average Housing Association Rents NI (£)  </t>
   </si>
   <si>
     <t xml:space="preserve">Table 13: Average Housing Association Rents NI (£)                                            </t>
   </si>
   <si>
     <t>2025-26</t>
   </si>
   <si>
-    <t>Northern Ireland Housing Bulletin April - June 2025 | Department for Communities</t>
-[...1 lines deleted...]
-  <si>
     <t>Data last updated October 2025</t>
   </si>
   <si>
     <t>Table 12: Average weekly local authority rents by UK region 2012-13 to 2024-25</t>
   </si>
   <si>
     <t>Northern Ireland Housing Statistics 2024-25 | Department for Communities</t>
   </si>
   <si>
     <t>For the most recent quarterly data please follow the link below:</t>
   </si>
   <si>
     <t>This data is updated annually (Financial year)</t>
   </si>
   <si>
     <t>Table 4: Northern Ireland Co-Ownership Housing Scheme activity 2004-05 to 2024-25</t>
   </si>
   <si>
     <t>2025/26</t>
   </si>
   <si>
     <t>Apr-Jun</t>
   </si>
   <si>
     <t>Hate Crime</t>
   </si>
   <si>
     <r>
       <t>Accommodation not reasonable</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>2</t>
     </r>
   </si>
   <si>
     <t>Violence/Risk     of Violence</t>
   </si>
   <si>
     <t xml:space="preserve">    These revisions are performed in accordance with T3.9 of the UK Statistics Code of Practice for Statistics.</t>
   </si>
   <si>
     <t>5.  As a result of the  removal Rule 23 points (intimidation points) with effect from midnight on 31st March 2025, there are no acceptances for intimidation. The two new reasons of "Hate Crime" and "Violence/Risk of Violence" have been introduced in place of "Intimidation".</t>
+  </si>
+  <si>
+    <t>Jul-Sep</t>
+  </si>
+  <si>
+    <t>https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-july-september-2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="[$-809]dddd&quot;, &quot;mmmm&quot; &quot;dd&quot;, &quot;yyyy"/>
     <numFmt numFmtId="165" formatCode="&quot; &quot;#,##0.00&quot; &quot;;&quot; (&quot;#,##0.00&quot;)&quot;;&quot; -&quot;00&quot; &quot;;&quot; &quot;@&quot; &quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0&quot; &quot;;&quot;-&quot;#,##0&quot; &quot;"/>
     <numFmt numFmtId="167" formatCode="0.0%"/>
   </numFmts>
   <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
@@ -2106,88 +2109,50 @@
     <xf numFmtId="0" fontId="6" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="30" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="30" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="18" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="18" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="20" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="4" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...36 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="23" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="4" borderId="3" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="4" borderId="3" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="5" borderId="3" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2207,50 +2172,88 @@
     <xf numFmtId="166" fontId="4" fillId="25" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="25" borderId="0" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="26" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="26" borderId="0" xfId="8" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="26" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="3" fontId="7" fillId="26" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="9" fontId="7" fillId="26" borderId="0" xfId="10" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="26" borderId="0" xfId="11" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="26" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="27" borderId="0" xfId="8" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="4" fillId="24" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="25" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="4" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="6" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="3" borderId="0" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="6" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="13">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 7" xfId="9" xr:uid="{650F5C90-B615-48A2-8C34-898065B8C31B}"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Hyperlink 2 2 2" xfId="5" xr:uid="{F193ED8B-28A6-4B9F-82C7-10C167092D6B}"/>
     <cellStyle name="Hyperlink 3 2" xfId="4" xr:uid="{A519B7AD-B86D-4E81-83A5-53E0D8B55EC4}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 16" xfId="11" xr:uid="{9377C172-FD4E-4C6D-8BB9-F42B5A34FA35}"/>
     <cellStyle name="Normal 2 3 2" xfId="3" xr:uid="{3F39E94C-6D0D-4330-BB92-719B790A9EE9}"/>
     <cellStyle name="Normal 2 6" xfId="7" xr:uid="{50436EDD-E013-4E07-BE67-413C773AB65C}"/>
     <cellStyle name="Normal 20" xfId="6" xr:uid="{E2242398-0655-4147-90E6-5F60357A4F6C}"/>
     <cellStyle name="Normal 4 3" xfId="8" xr:uid="{65AF8B23-11DF-4313-883E-FAAA92F1055F}"/>
     <cellStyle name="Percent 2" xfId="12" xr:uid="{6A119CFF-FBB8-4B2F-B4CC-783F9390C825}"/>
     <cellStyle name="Percent 7" xfId="10" xr:uid="{862AD4C7-EE03-44E2-8B62-FEEF2C436263}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -2577,79 +2580,79 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2023-24" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/scheme-types" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-july-september-2025" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/scheme-types" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/scheme-types" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-july-september-2025" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/scheme-types" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-april-june-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-july-september-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-july-september-2025" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-january-march-2025" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-july-september-2025" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C48199C2-8F89-464C-B4A5-23D0D58C4D57}">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="102" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="B1" s="29" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
         <v>187</v>
@@ -19844,59 +19847,59 @@
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F3" r:id="rId1" xr:uid="{4AFAAC4C-FADA-481B-BD3C-704A4CD671A2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{399C4CA6-E89E-44DC-A739-8D7682D989A1}">
   <dimension ref="A1:N11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C22" sqref="C22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.5703125" style="231" customWidth="1"/>
     <col min="2" max="16384" width="8.7109375" style="231"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="234" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="N1" s="231" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="N2" s="248" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A3" s="235" t="s">
         <v>169</v>
       </c>
       <c r="B3" s="236" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="236" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="236" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="236" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="236" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="236" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="236" t="s">
@@ -20073,51 +20076,51 @@
       </c>
       <c r="H7" s="240">
         <v>66.59</v>
       </c>
       <c r="I7" s="240">
         <v>66.59</v>
       </c>
       <c r="J7" s="240">
         <v>68.39</v>
       </c>
       <c r="K7" s="240">
         <v>69.41</v>
       </c>
       <c r="L7" s="240">
         <v>69.41</v>
       </c>
       <c r="M7" s="240">
         <v>74.22</v>
       </c>
       <c r="N7" s="240">
         <v>82.05</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A11" s="231" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="N2" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{4015A502-2779-4D17-BF56-6D15521AE07C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{60572EB7-22B8-4A2F-945A-F0B00B74F667}">
   <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="G5" sqref="G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="34.5703125" style="1" customWidth="1"/>
     <col min="2" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.25">
@@ -20328,223 +20331,233 @@
       <c r="D12" s="247">
         <v>96.2</v>
       </c>
       <c r="E12" s="247">
         <v>97.2</v>
       </c>
       <c r="F12" s="247">
         <v>100.97</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A13" s="1" t="s">
         <v>227</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1" xr:uid="{9CD0B862-9624-4E00-9A98-16EBE5B6DFDB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3CE36BDF-A179-4F13-B805-0D41F8C5A23A}">
-  <dimension ref="A1:Q32"/>
+  <dimension ref="A1:R32"/>
   <sheetViews>
     <sheetView topLeftCell="E1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1275" activePane="bottomLeft"/>
-      <selection sqref="A1:A1048576"/>
-      <selection pane="bottomLeft" activeCell="Q24" sqref="Q24:Q25"/>
+      <selection activeCell="P2" sqref="P2"/>
+      <selection pane="bottomLeft" activeCell="U30" sqref="U30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="28.140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" style="1" customWidth="1"/>
-    <col min="3" max="15" width="8.7109375" style="1"/>
+    <col min="3" max="14" width="8.7109375" style="1"/>
+    <col min="15" max="15" width="10.7109375" style="1" customWidth="1"/>
     <col min="16" max="17" width="11.140625" style="1" customWidth="1"/>
     <col min="18" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" s="20" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:18" s="20" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="18" t="s">
         <v>200</v>
       </c>
       <c r="B1" s="18"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="18"/>
       <c r="H1" s="18"/>
       <c r="I1" s="18"/>
       <c r="J1" s="18"/>
       <c r="K1" s="18"/>
       <c r="L1" s="18"/>
       <c r="M1" s="18"/>
       <c r="N1" s="18"/>
       <c r="O1" s="18"/>
       <c r="P1" s="1" t="s">
         <v>205</v>
       </c>
       <c r="Q1" s="19"/>
     </row>
-    <row r="2" spans="1:17" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-    <row r="3" spans="1:17" ht="15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:18" ht="15" x14ac:dyDescent="0.25">
+      <c r="P2" s="248" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="34" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="35" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="35" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="35" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="35" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="35" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="35" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="35" t="s">
         <v>7</v>
       </c>
       <c r="I3" s="35" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="35" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="35" t="s">
         <v>10</v>
       </c>
       <c r="L3" s="35" t="s">
         <v>11</v>
       </c>
       <c r="M3" s="35" t="s">
         <v>12</v>
       </c>
       <c r="N3" s="35" t="s">
         <v>13</v>
       </c>
       <c r="O3" s="36" t="s">
         <v>14</v>
       </c>
       <c r="P3" s="36" t="s">
         <v>15</v>
       </c>
-      <c r="Q3" s="269" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="Q3" s="255" t="s">
+        <v>237</v>
+      </c>
+      <c r="R3" s="255" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="17" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="6"/>
       <c r="N4" s="6"/>
-      <c r="Q4" s="265" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q4" s="251" t="s">
+        <v>238</v>
+      </c>
+      <c r="R4" s="251" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="21" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="22">
         <v>48</v>
       </c>
       <c r="C5" s="22">
         <v>38</v>
       </c>
       <c r="D5" s="22">
         <v>46</v>
       </c>
       <c r="E5" s="22">
         <v>6</v>
       </c>
       <c r="F5" s="22">
         <v>4</v>
       </c>
       <c r="G5" s="22">
         <v>14</v>
       </c>
       <c r="H5" s="22">
         <v>21</v>
       </c>
       <c r="I5" s="22">
         <v>0</v>
       </c>
       <c r="J5" s="22">
         <v>4</v>
       </c>
       <c r="K5" s="22">
         <v>0</v>
       </c>
       <c r="L5" s="22">
         <v>0</v>
       </c>
       <c r="M5" s="22">
         <v>0</v>
       </c>
       <c r="N5" s="22">
         <v>9</v>
       </c>
       <c r="O5" s="23">
         <v>0</v>
       </c>
       <c r="P5" s="22">
         <v>0</v>
       </c>
-      <c r="Q5" s="266">
+      <c r="Q5" s="252">
         <v>0</v>
       </c>
-    </row>
-    <row r="6" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R5" s="252">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="8">
         <v>0</v>
       </c>
       <c r="C6" s="8">
         <v>0</v>
       </c>
       <c r="D6" s="8">
         <v>0</v>
       </c>
       <c r="E6" s="8">
         <v>0</v>
       </c>
       <c r="F6" s="8">
         <v>0</v>
       </c>
       <c r="G6" s="8">
         <v>0</v>
       </c>
       <c r="H6" s="8">
         <v>0</v>
       </c>
       <c r="I6" s="8">
@@ -20552,105 +20565,111 @@
       </c>
       <c r="J6" s="8">
         <v>0</v>
       </c>
       <c r="K6" s="8">
         <v>0</v>
       </c>
       <c r="L6" s="8">
         <v>0</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="8">
         <v>0</v>
       </c>
       <c r="O6" s="9">
         <v>0</v>
       </c>
       <c r="P6" s="8">
         <v>0</v>
       </c>
       <c r="Q6" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="7" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R6" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="21" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="22">
         <v>0</v>
       </c>
       <c r="C7" s="22">
         <v>19</v>
       </c>
       <c r="D7" s="22">
         <v>4</v>
       </c>
       <c r="E7" s="22">
         <v>22</v>
       </c>
       <c r="F7" s="22">
         <v>4</v>
       </c>
       <c r="G7" s="22">
         <v>0</v>
       </c>
       <c r="H7" s="22">
         <v>5</v>
       </c>
       <c r="I7" s="22">
         <v>0</v>
       </c>
       <c r="J7" s="22">
         <v>0</v>
       </c>
       <c r="K7" s="22">
         <v>0</v>
       </c>
       <c r="L7" s="22">
         <v>0</v>
       </c>
       <c r="M7" s="22">
         <v>0</v>
       </c>
       <c r="N7" s="22">
         <v>0</v>
       </c>
       <c r="O7" s="23">
         <v>0</v>
       </c>
       <c r="P7" s="22">
         <v>0</v>
       </c>
-      <c r="Q7" s="266">
+      <c r="Q7" s="252">
         <v>0</v>
       </c>
-    </row>
-    <row r="8" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R7" s="252">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="8">
         <v>0</v>
       </c>
       <c r="C8" s="8">
         <v>25</v>
       </c>
       <c r="D8" s="8">
         <v>24</v>
       </c>
       <c r="E8" s="8">
         <v>20</v>
       </c>
       <c r="F8" s="8">
         <v>9</v>
       </c>
       <c r="G8" s="8">
         <v>0</v>
       </c>
       <c r="H8" s="8">
         <v>8</v>
       </c>
       <c r="I8" s="8">
@@ -20658,182 +20677,193 @@
       </c>
       <c r="J8" s="8">
         <v>0</v>
       </c>
       <c r="K8" s="8">
         <v>0</v>
       </c>
       <c r="L8" s="8">
         <v>0</v>
       </c>
       <c r="M8" s="8">
         <v>0</v>
       </c>
       <c r="N8" s="8">
         <v>0</v>
       </c>
       <c r="O8" s="9">
         <v>0</v>
       </c>
       <c r="P8" s="8">
         <v>0</v>
       </c>
       <c r="Q8" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="9" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R8" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="21" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="22">
         <v>0</v>
       </c>
       <c r="C9" s="22">
         <v>0</v>
       </c>
       <c r="D9" s="22">
         <v>39</v>
       </c>
       <c r="E9" s="22">
         <v>18</v>
       </c>
       <c r="F9" s="22">
         <v>38</v>
       </c>
       <c r="G9" s="22">
         <v>56</v>
       </c>
       <c r="H9" s="22">
         <v>15</v>
       </c>
       <c r="I9" s="22">
         <v>0</v>
       </c>
       <c r="J9" s="22">
         <v>0</v>
       </c>
       <c r="K9" s="22">
         <v>0</v>
       </c>
       <c r="L9" s="22">
         <v>0</v>
       </c>
       <c r="M9" s="22">
         <v>0</v>
       </c>
       <c r="N9" s="22">
         <v>5</v>
       </c>
       <c r="O9" s="23">
         <v>0</v>
       </c>
       <c r="P9" s="22">
         <v>0</v>
       </c>
-      <c r="Q9" s="266">
+      <c r="Q9" s="252">
         <v>0</v>
       </c>
-    </row>
-    <row r="10" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="R9" s="252">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="24" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="25">
         <v>48</v>
       </c>
       <c r="C10" s="25">
         <v>82</v>
       </c>
       <c r="D10" s="25">
         <v>113</v>
       </c>
       <c r="E10" s="25">
         <v>66</v>
       </c>
       <c r="F10" s="25">
         <v>55</v>
       </c>
       <c r="G10" s="25">
         <v>70</v>
       </c>
       <c r="H10" s="25">
         <v>49</v>
       </c>
       <c r="I10" s="25">
         <v>0</v>
       </c>
       <c r="J10" s="25">
         <v>4</v>
       </c>
       <c r="K10" s="25">
         <v>0</v>
       </c>
       <c r="L10" s="25">
         <v>0</v>
       </c>
       <c r="M10" s="25">
         <v>0</v>
       </c>
       <c r="N10" s="25">
         <v>14</v>
       </c>
       <c r="O10" s="26">
         <v>0</v>
       </c>
       <c r="P10" s="25">
         <v>0</v>
       </c>
-      <c r="Q10" s="267">
+      <c r="Q10" s="253">
         <v>0</v>
       </c>
-    </row>
-    <row r="11" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R10" s="253">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="Q11" s="55"/>
-    </row>
-    <row r="12" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="R11" s="55"/>
+    </row>
+    <row r="12" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="27" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="28"/>
       <c r="C12" s="28"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="28"/>
       <c r="L12" s="28"/>
       <c r="M12" s="28"/>
       <c r="N12" s="28"/>
       <c r="O12" s="28"/>
       <c r="P12" s="28"/>
-      <c r="Q12" s="266"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="Q12" s="252"/>
+      <c r="R12" s="252"/>
+    </row>
+    <row r="13" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="8">
         <v>1704</v>
       </c>
       <c r="C13" s="8">
         <v>946</v>
       </c>
       <c r="D13" s="8">
         <v>990</v>
       </c>
       <c r="E13" s="8">
         <v>787</v>
       </c>
       <c r="F13" s="8">
         <v>1599</v>
       </c>
       <c r="G13" s="8">
         <v>1152</v>
       </c>
       <c r="H13" s="8">
         <v>1011</v>
       </c>
       <c r="I13" s="8">
@@ -20841,105 +20871,111 @@
       </c>
       <c r="J13" s="8">
         <v>1284</v>
       </c>
       <c r="K13" s="8">
         <v>537</v>
       </c>
       <c r="L13" s="8">
         <v>2120</v>
       </c>
       <c r="M13" s="8">
         <v>1551</v>
       </c>
       <c r="N13" s="8">
         <v>1722</v>
       </c>
       <c r="O13" s="9">
         <v>1385</v>
       </c>
       <c r="P13" s="8">
         <v>1413</v>
       </c>
       <c r="Q13" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="14" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R13" s="55">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="21" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="22">
         <v>400</v>
       </c>
       <c r="C14" s="22">
         <v>275</v>
       </c>
       <c r="D14" s="22">
         <v>130</v>
       </c>
       <c r="E14" s="22">
         <v>295</v>
       </c>
       <c r="F14" s="22">
         <v>141</v>
       </c>
       <c r="G14" s="22">
         <v>124</v>
       </c>
       <c r="H14" s="22">
         <v>231</v>
       </c>
       <c r="I14" s="22">
         <v>134</v>
       </c>
       <c r="J14" s="22">
         <v>254</v>
       </c>
       <c r="K14" s="22">
         <v>130</v>
       </c>
       <c r="L14" s="22">
         <v>193</v>
       </c>
       <c r="M14" s="22">
         <v>116</v>
       </c>
       <c r="N14" s="22">
         <v>179</v>
       </c>
       <c r="O14" s="23">
         <v>64</v>
       </c>
       <c r="P14" s="22">
         <v>48</v>
       </c>
-      <c r="Q14" s="266">
+      <c r="Q14" s="252">
         <v>0</v>
       </c>
-    </row>
-    <row r="15" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R14" s="252">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="8">
         <v>93</v>
       </c>
       <c r="C15" s="8">
         <v>90</v>
       </c>
       <c r="D15" s="8">
         <v>107</v>
       </c>
       <c r="E15" s="8">
         <v>90</v>
       </c>
       <c r="F15" s="8">
         <v>119</v>
       </c>
       <c r="G15" s="8">
         <v>163</v>
       </c>
       <c r="H15" s="8">
         <v>149</v>
       </c>
       <c r="I15" s="8">
@@ -20947,105 +20983,111 @@
       </c>
       <c r="J15" s="8">
         <v>107</v>
       </c>
       <c r="K15" s="8">
         <v>66</v>
       </c>
       <c r="L15" s="8">
         <v>18</v>
       </c>
       <c r="M15" s="8">
         <v>23</v>
       </c>
       <c r="N15" s="8">
         <v>11</v>
       </c>
       <c r="O15" s="9">
         <v>10</v>
       </c>
       <c r="P15" s="8">
         <v>7</v>
       </c>
       <c r="Q15" s="55">
         <v>1</v>
       </c>
-    </row>
-    <row r="16" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R15" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="21" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="22">
         <v>169</v>
       </c>
       <c r="C16" s="22">
         <v>9</v>
       </c>
       <c r="D16" s="22">
         <v>39</v>
       </c>
       <c r="E16" s="22">
         <v>53</v>
       </c>
       <c r="F16" s="22">
         <v>39</v>
       </c>
       <c r="G16" s="22">
         <v>30</v>
       </c>
       <c r="H16" s="22">
         <v>28</v>
       </c>
       <c r="I16" s="22">
         <v>51</v>
       </c>
       <c r="J16" s="22">
         <v>130</v>
       </c>
       <c r="K16" s="22">
         <v>28</v>
       </c>
       <c r="L16" s="22">
         <v>72</v>
       </c>
       <c r="M16" s="22">
         <v>23</v>
       </c>
       <c r="N16" s="22">
         <v>30</v>
       </c>
       <c r="O16" s="23">
         <v>32</v>
       </c>
       <c r="P16" s="22">
         <v>0</v>
       </c>
-      <c r="Q16" s="266">
+      <c r="Q16" s="252">
         <v>0</v>
       </c>
-    </row>
-    <row r="17" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R16" s="252">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="8">
         <v>4</v>
       </c>
       <c r="C17" s="8">
         <v>8</v>
       </c>
       <c r="D17" s="8">
         <v>0</v>
       </c>
       <c r="E17" s="8">
         <v>8</v>
       </c>
       <c r="F17" s="8">
         <v>60</v>
       </c>
       <c r="G17" s="8">
         <v>29</v>
       </c>
       <c r="H17" s="8">
         <v>136</v>
       </c>
       <c r="I17" s="8">
@@ -21053,495 +21095,507 @@
       </c>
       <c r="J17" s="8">
         <v>7</v>
       </c>
       <c r="K17" s="8">
         <v>0</v>
       </c>
       <c r="L17" s="8">
         <v>0</v>
       </c>
       <c r="M17" s="8">
         <v>0</v>
       </c>
       <c r="N17" s="8">
         <v>0</v>
       </c>
       <c r="O17" s="9">
         <v>0</v>
       </c>
       <c r="P17" s="8">
         <v>30</v>
       </c>
       <c r="Q17" s="55">
         <v>0</v>
       </c>
-    </row>
-    <row r="18" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R17" s="55">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="21" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="22">
         <v>0</v>
       </c>
       <c r="C18" s="22">
         <v>0</v>
       </c>
       <c r="D18" s="22">
         <v>0</v>
       </c>
       <c r="E18" s="22">
         <v>0</v>
       </c>
       <c r="F18" s="22">
         <v>0</v>
       </c>
       <c r="G18" s="22">
         <v>0</v>
       </c>
       <c r="H18" s="22">
         <v>0</v>
       </c>
       <c r="I18" s="22">
         <v>0</v>
       </c>
       <c r="J18" s="22">
         <v>0</v>
       </c>
       <c r="K18" s="22">
         <v>0</v>
       </c>
       <c r="L18" s="22">
         <v>0</v>
       </c>
       <c r="M18" s="22">
         <v>0</v>
       </c>
       <c r="N18" s="22">
         <v>0</v>
       </c>
       <c r="O18" s="23">
         <v>17</v>
       </c>
       <c r="P18" s="22">
         <v>6</v>
       </c>
-      <c r="Q18" s="266">
+      <c r="Q18" s="252">
         <v>0</v>
       </c>
-    </row>
-    <row r="19" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="R18" s="252">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="24" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="25">
         <v>2370</v>
       </c>
       <c r="C19" s="25">
         <v>1328</v>
       </c>
       <c r="D19" s="25">
         <v>1266</v>
       </c>
       <c r="E19" s="25">
         <v>1233</v>
       </c>
       <c r="F19" s="25">
         <v>1958</v>
       </c>
       <c r="G19" s="25">
         <v>1498</v>
       </c>
       <c r="H19" s="25">
         <v>1555</v>
       </c>
       <c r="I19" s="25">
         <v>1759</v>
       </c>
       <c r="J19" s="25">
         <v>1782</v>
       </c>
       <c r="K19" s="25">
         <v>761</v>
       </c>
       <c r="L19" s="25">
         <v>2403</v>
       </c>
       <c r="M19" s="25">
         <v>1713</v>
       </c>
       <c r="N19" s="25">
         <v>1942</v>
       </c>
       <c r="O19" s="26">
         <v>1508</v>
       </c>
       <c r="P19" s="25">
         <v>1504</v>
       </c>
-      <c r="Q19" s="267">
+      <c r="Q19" s="253">
         <v>1</v>
       </c>
-    </row>
-    <row r="20" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="R19" s="253">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="30" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="31">
         <v>2418</v>
       </c>
       <c r="C20" s="31">
         <v>1410</v>
       </c>
       <c r="D20" s="31">
         <v>1379</v>
       </c>
       <c r="E20" s="31">
         <v>1299</v>
       </c>
       <c r="F20" s="31">
         <v>2013</v>
       </c>
       <c r="G20" s="31">
         <v>1568</v>
       </c>
       <c r="H20" s="31">
         <v>1604</v>
       </c>
       <c r="I20" s="31">
         <v>1759</v>
       </c>
       <c r="J20" s="31">
         <v>1786</v>
       </c>
       <c r="K20" s="31">
         <v>761</v>
       </c>
       <c r="L20" s="31">
         <v>2403</v>
       </c>
       <c r="M20" s="31">
         <v>1713</v>
       </c>
       <c r="N20" s="31">
         <v>1956</v>
       </c>
       <c r="O20" s="32">
         <v>1508</v>
       </c>
       <c r="P20" s="33">
         <v>1504</v>
       </c>
-      <c r="Q20" s="268">
+      <c r="Q20" s="254">
         <v>1</v>
       </c>
-    </row>
-    <row r="21" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="R20" s="254">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A21" s="10" t="s">
         <v>203</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="10"/>
       <c r="J21" s="10"/>
       <c r="K21" s="10"/>
       <c r="L21" s="11"/>
       <c r="M21" s="11"/>
       <c r="N21" s="11"/>
       <c r="O21" s="4"/>
       <c r="P21" s="4"/>
     </row>
-    <row r="22" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A22" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
       <c r="H22" s="10"/>
       <c r="I22" s="10"/>
       <c r="J22" s="10"/>
       <c r="K22" s="10"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
       <c r="N22" s="10"/>
       <c r="O22" s="10"/>
       <c r="P22" s="4"/>
       <c r="Q22" s="4"/>
     </row>
-    <row r="23" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A23" s="12" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="10"/>
       <c r="C23" s="10"/>
       <c r="D23" s="10"/>
       <c r="E23" s="10"/>
       <c r="F23" s="10"/>
       <c r="G23" s="10"/>
       <c r="H23" s="10"/>
       <c r="I23" s="10"/>
       <c r="J23" s="10"/>
       <c r="K23" s="10"/>
       <c r="L23" s="10"/>
       <c r="M23" s="10"/>
       <c r="N23" s="10"/>
       <c r="O23" s="10"/>
       <c r="P23" s="4"/>
       <c r="Q23" s="4"/>
     </row>
-    <row r="24" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A24" s="12" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="10"/>
       <c r="C24" s="10"/>
       <c r="D24" s="10"/>
       <c r="E24" s="10"/>
       <c r="F24" s="10"/>
       <c r="G24" s="10"/>
       <c r="H24" s="10"/>
       <c r="I24" s="10"/>
       <c r="J24" s="10"/>
       <c r="K24" s="10"/>
       <c r="L24" s="10"/>
       <c r="M24" s="10"/>
       <c r="N24" s="10"/>
       <c r="O24" s="10"/>
       <c r="P24" s="4"/>
       <c r="Q24" s="4"/>
     </row>
-    <row r="25" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A25" s="12" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="10"/>
       <c r="C25" s="10"/>
       <c r="D25" s="10"/>
       <c r="E25" s="10"/>
       <c r="F25" s="10"/>
       <c r="G25" s="10"/>
       <c r="H25" s="10"/>
       <c r="I25" s="10"/>
       <c r="J25" s="10"/>
       <c r="K25" s="10"/>
       <c r="L25" s="10"/>
       <c r="M25" s="10"/>
       <c r="N25" s="10"/>
       <c r="O25" s="10"/>
       <c r="P25" s="4"/>
       <c r="Q25" s="4"/>
     </row>
-    <row r="26" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A26" s="12" t="s">
         <v>30</v>
       </c>
       <c r="B26" s="10"/>
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
       <c r="E26" s="10"/>
       <c r="F26" s="10"/>
       <c r="G26" s="10"/>
       <c r="H26" s="10"/>
       <c r="I26" s="10"/>
       <c r="J26" s="10"/>
       <c r="K26" s="10"/>
       <c r="L26" s="10"/>
       <c r="M26" s="10"/>
       <c r="N26" s="10"/>
       <c r="O26" s="10"/>
       <c r="P26" s="4"/>
       <c r="Q26" s="4"/>
     </row>
-    <row r="27" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A27" s="12" t="s">
         <v>31</v>
       </c>
       <c r="B27" s="12"/>
       <c r="C27" s="12"/>
       <c r="D27" s="12"/>
       <c r="E27" s="12"/>
       <c r="F27" s="10"/>
       <c r="G27" s="10"/>
       <c r="H27" s="10"/>
       <c r="I27" s="10"/>
       <c r="J27" s="10"/>
       <c r="K27" s="10"/>
       <c r="L27" s="10"/>
       <c r="M27" s="10"/>
       <c r="N27" s="10"/>
       <c r="O27" s="10"/>
       <c r="P27" s="4"/>
       <c r="Q27" s="4"/>
     </row>
-    <row r="28" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A28" s="13" t="s">
         <v>32</v>
       </c>
       <c r="B28" s="12"/>
       <c r="C28" s="14"/>
       <c r="D28" s="14"/>
       <c r="E28" s="14"/>
       <c r="F28" s="14"/>
       <c r="G28" s="14"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="14"/>
       <c r="L28" s="14"/>
       <c r="M28" s="14"/>
       <c r="N28" s="14"/>
       <c r="O28" s="14"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
     </row>
-    <row r="29" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A29" s="10"/>
       <c r="B29" s="10"/>
       <c r="C29" s="10"/>
       <c r="D29" s="10"/>
       <c r="E29" s="10"/>
       <c r="F29" s="10"/>
       <c r="G29" s="10"/>
       <c r="H29" s="10"/>
       <c r="I29" s="10"/>
       <c r="J29" s="10"/>
       <c r="K29" s="10"/>
       <c r="L29" s="10"/>
       <c r="M29" s="10"/>
       <c r="N29" s="10"/>
       <c r="O29" s="10"/>
       <c r="P29" s="4"/>
       <c r="Q29" s="4"/>
     </row>
-    <row r="30" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A30" s="10" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B30" s="10"/>
       <c r="C30" s="16"/>
       <c r="D30" s="16"/>
       <c r="E30" s="16"/>
       <c r="F30" s="16"/>
       <c r="G30" s="16"/>
       <c r="H30" s="16"/>
       <c r="I30" s="16"/>
       <c r="J30" s="16"/>
       <c r="K30" s="16"/>
       <c r="L30" s="16"/>
       <c r="M30" s="16"/>
       <c r="N30" s="16"/>
       <c r="O30" s="16"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
     </row>
-    <row r="31" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A31" s="1" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:17" ht="15" x14ac:dyDescent="0.25">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="32" spans="1:18" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="248" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A28" r:id="rId1" xr:uid="{3C05AD24-93B9-48DE-BEC1-BDA6AB35369E}"/>
-    <hyperlink ref="P2" r:id="rId2" xr:uid="{E81ADAA8-2316-4F2B-B91F-7C3F660D74DF}"/>
-    <hyperlink ref="A32" r:id="rId3" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{BDCA0348-88B8-4C49-93C5-DFEB70735257}"/>
+    <hyperlink ref="A32" r:id="rId2" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{BDCA0348-88B8-4C49-93C5-DFEB70735257}"/>
+    <hyperlink ref="P2" r:id="rId3" xr:uid="{BC550156-2E8A-4932-8DF1-5C63CB9D6296}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F56902A2-826C-4A4D-BB9A-86DBB6830CF5}">
   <dimension ref="A1:T32"/>
   <sheetViews>
     <sheetView topLeftCell="H1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1275" activePane="bottomLeft"/>
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="S8" sqref="S8"/>
+      <pane ySplit="1275"/>
+      <selection activeCell="Q2" sqref="Q2"/>
+      <selection pane="bottomLeft" activeCell="Q31" sqref="Q31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="31.28515625" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" style="1" customWidth="1"/>
     <col min="3" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="18" t="s">
         <v>204</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="P1" s="1" t="s">
         <v>202</v>
       </c>
       <c r="R1" s="12"/>
       <c r="S1" s="4"/>
       <c r="T1" s="12"/>
     </row>
-    <row r="2" spans="1:20" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="10"/>
       <c r="B2" s="10"/>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
       <c r="F2" s="10"/>
       <c r="G2" s="10"/>
       <c r="H2" s="10"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
       <c r="L2" s="10"/>
       <c r="O2" s="4"/>
-      <c r="P2" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q2" s="10"/>
+      <c r="P2" s="5"/>
+      <c r="Q2" s="248" t="s">
+        <v>245</v>
+      </c>
       <c r="R2" s="4"/>
       <c r="S2" s="12"/>
     </row>
     <row r="3" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="34" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="42" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="42" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="42" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="42" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="42" t="s">
         <v>5</v>
       </c>
       <c r="G3" s="42" t="s">
         <v>6</v>
       </c>
@@ -21550,74 +21604,80 @@
       </c>
       <c r="I3" s="42" t="s">
         <v>8</v>
       </c>
       <c r="J3" s="42" t="s">
         <v>9</v>
       </c>
       <c r="K3" s="42" t="s">
         <v>10</v>
       </c>
       <c r="L3" s="42" t="s">
         <v>11</v>
       </c>
       <c r="M3" s="42" t="s">
         <v>12</v>
       </c>
       <c r="N3" s="42" t="s">
         <v>13</v>
       </c>
       <c r="O3" s="43" t="s">
         <v>14</v>
       </c>
       <c r="P3" s="249" t="s">
         <v>15</v>
       </c>
-      <c r="Q3" s="269" t="s">
-        <v>238</v>
+      <c r="Q3" s="255" t="s">
+        <v>237</v>
+      </c>
+      <c r="R3" s="255" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="4" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="17" t="s">
         <v>18</v>
       </c>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
       <c r="K4" s="6"/>
       <c r="L4" s="6"/>
       <c r="M4" s="6"/>
       <c r="N4" s="6"/>
       <c r="O4" s="37"/>
-      <c r="Q4" s="265" t="s">
-        <v>239</v>
+      <c r="Q4" s="251" t="s">
+        <v>238</v>
+      </c>
+      <c r="R4" s="251" t="s">
+        <v>238</v>
       </c>
     </row>
     <row r="5" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A5" s="21" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="22">
         <v>38</v>
       </c>
       <c r="C5" s="22">
         <v>12</v>
       </c>
       <c r="D5" s="22">
         <v>28</v>
       </c>
       <c r="E5" s="22">
         <v>51</v>
       </c>
       <c r="F5" s="22">
         <v>49</v>
       </c>
       <c r="G5" s="22">
         <v>22</v>
       </c>
       <c r="H5" s="22">
@@ -21625,51 +21685,54 @@
       </c>
       <c r="I5" s="23">
         <v>0</v>
       </c>
       <c r="J5" s="23">
         <v>14</v>
       </c>
       <c r="K5" s="23">
         <v>0</v>
       </c>
       <c r="L5" s="23">
         <v>21</v>
       </c>
       <c r="M5" s="23">
         <v>4</v>
       </c>
       <c r="N5" s="23">
         <v>0</v>
       </c>
       <c r="O5" s="23">
         <v>0</v>
       </c>
       <c r="P5" s="22">
         <v>0</v>
       </c>
-      <c r="Q5" s="270">
+      <c r="Q5" s="256">
+        <v>0</v>
+      </c>
+      <c r="R5" s="256">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A6" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="8">
         <v>0</v>
       </c>
       <c r="C6" s="8">
         <v>0</v>
       </c>
       <c r="D6" s="8">
         <v>0</v>
       </c>
       <c r="E6" s="8">
         <v>0</v>
       </c>
       <c r="F6" s="8">
         <v>0</v>
       </c>
       <c r="G6" s="8">
         <v>0</v>
       </c>
@@ -21681,101 +21744,107 @@
       </c>
       <c r="J6" s="9">
         <v>0</v>
       </c>
       <c r="K6" s="9">
         <v>0</v>
       </c>
       <c r="L6" s="9">
         <v>0</v>
       </c>
       <c r="M6" s="9">
         <v>0</v>
       </c>
       <c r="N6" s="9">
         <v>0</v>
       </c>
       <c r="O6" s="9">
         <v>0</v>
       </c>
       <c r="P6" s="8">
         <v>0</v>
       </c>
       <c r="Q6" s="55">
         <v>0</v>
       </c>
+      <c r="R6" s="55">
+        <v>0</v>
+      </c>
     </row>
     <row r="7" spans="1:20" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="21" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="22">
         <v>0</v>
       </c>
       <c r="C7" s="22">
         <v>0</v>
       </c>
       <c r="D7" s="22">
         <v>19</v>
       </c>
       <c r="E7" s="22">
         <v>0</v>
       </c>
       <c r="F7" s="22">
         <v>26</v>
       </c>
       <c r="G7" s="22">
         <v>4</v>
       </c>
       <c r="H7" s="22">
         <v>0</v>
       </c>
       <c r="I7" s="23">
         <v>0</v>
       </c>
       <c r="J7" s="23">
         <v>3</v>
       </c>
       <c r="K7" s="23">
         <v>0</v>
       </c>
       <c r="L7" s="23">
         <v>0</v>
       </c>
       <c r="M7" s="23">
         <v>0</v>
       </c>
       <c r="N7" s="23">
         <v>0</v>
       </c>
       <c r="O7" s="23">
         <v>0</v>
       </c>
       <c r="P7" s="22">
         <v>0</v>
       </c>
-      <c r="Q7" s="266">
+      <c r="Q7" s="252">
+        <v>0</v>
+      </c>
+      <c r="R7" s="252">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A8" s="7" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="8">
         <v>0</v>
       </c>
       <c r="C8" s="8">
         <v>8</v>
       </c>
       <c r="D8" s="8">
         <v>17</v>
       </c>
       <c r="E8" s="8">
         <v>4</v>
       </c>
       <c r="F8" s="8">
         <v>24</v>
       </c>
       <c r="G8" s="8">
         <v>22</v>
       </c>
@@ -21787,101 +21856,107 @@
       </c>
       <c r="J8" s="9">
         <v>0</v>
       </c>
       <c r="K8" s="9">
         <v>0</v>
       </c>
       <c r="L8" s="9">
         <v>0</v>
       </c>
       <c r="M8" s="9">
         <v>0</v>
       </c>
       <c r="N8" s="9">
         <v>0</v>
       </c>
       <c r="O8" s="9">
         <v>0</v>
       </c>
       <c r="P8" s="8">
         <v>0</v>
       </c>
       <c r="Q8" s="55">
         <v>0</v>
       </c>
+      <c r="R8" s="55">
+        <v>0</v>
+      </c>
     </row>
     <row r="9" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A9" s="21" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="22">
         <v>0</v>
       </c>
       <c r="C9" s="22">
         <v>0</v>
       </c>
       <c r="D9" s="22">
         <v>0</v>
       </c>
       <c r="E9" s="22">
         <v>31</v>
       </c>
       <c r="F9" s="22">
         <v>26</v>
       </c>
       <c r="G9" s="22">
         <v>16</v>
       </c>
       <c r="H9" s="22">
         <v>27</v>
       </c>
       <c r="I9" s="23">
         <v>51</v>
       </c>
       <c r="J9" s="23">
         <v>0</v>
       </c>
       <c r="K9" s="23">
         <v>15</v>
       </c>
       <c r="L9" s="23">
         <v>0</v>
       </c>
       <c r="M9" s="23">
         <v>0</v>
       </c>
       <c r="N9" s="23">
         <v>0</v>
       </c>
       <c r="O9" s="23">
         <v>0</v>
       </c>
       <c r="P9" s="22">
         <v>0</v>
       </c>
-      <c r="Q9" s="266">
+      <c r="Q9" s="252">
+        <v>0</v>
+      </c>
+      <c r="R9" s="252">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A10" s="24" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="25">
         <v>38</v>
       </c>
       <c r="C10" s="25">
         <v>20</v>
       </c>
       <c r="D10" s="25">
         <v>64</v>
       </c>
       <c r="E10" s="25">
         <v>86</v>
       </c>
       <c r="F10" s="25">
         <v>125</v>
       </c>
       <c r="G10" s="25">
         <v>64</v>
       </c>
@@ -21890,93 +21965,98 @@
       </c>
       <c r="I10" s="26">
         <v>54</v>
       </c>
       <c r="J10" s="26">
         <v>17</v>
       </c>
       <c r="K10" s="26">
         <v>15</v>
       </c>
       <c r="L10" s="26">
         <v>21</v>
       </c>
       <c r="M10" s="26">
         <v>4</v>
       </c>
       <c r="N10" s="26">
         <v>0</v>
       </c>
       <c r="O10" s="26">
         <v>0</v>
       </c>
       <c r="P10" s="25">
         <v>0</v>
       </c>
-      <c r="Q10" s="267">
+      <c r="Q10" s="253">
+        <v>0</v>
+      </c>
+      <c r="R10" s="253">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="38"/>
       <c r="B11" s="39"/>
       <c r="C11" s="39"/>
       <c r="D11" s="39"/>
       <c r="E11" s="39"/>
       <c r="F11" s="39"/>
       <c r="G11" s="39"/>
       <c r="H11" s="39"/>
       <c r="I11" s="40"/>
       <c r="J11" s="40"/>
       <c r="K11" s="40"/>
       <c r="L11" s="40"/>
       <c r="M11" s="40"/>
       <c r="N11" s="40"/>
       <c r="O11" s="40"/>
       <c r="P11" s="39"/>
       <c r="Q11" s="55"/>
+      <c r="R11" s="55"/>
     </row>
     <row r="12" spans="1:20" ht="15" x14ac:dyDescent="0.2">
       <c r="A12" s="44" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="45"/>
       <c r="C12" s="45"/>
       <c r="D12" s="45"/>
       <c r="E12" s="45"/>
       <c r="F12" s="45"/>
       <c r="G12" s="45"/>
       <c r="H12" s="45"/>
       <c r="I12" s="46"/>
       <c r="J12" s="46"/>
       <c r="K12" s="46"/>
       <c r="L12" s="46"/>
       <c r="M12" s="46"/>
       <c r="N12" s="46"/>
       <c r="O12" s="46"/>
       <c r="P12" s="45"/>
-      <c r="Q12" s="266"/>
+      <c r="Q12" s="252"/>
+      <c r="R12" s="252"/>
     </row>
     <row r="13" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A13" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="8">
         <v>947</v>
       </c>
       <c r="C13" s="8">
         <v>874</v>
       </c>
       <c r="D13" s="8">
         <v>925</v>
       </c>
       <c r="E13" s="8">
         <v>1411</v>
       </c>
       <c r="F13" s="8">
         <v>1143</v>
       </c>
       <c r="G13" s="8">
         <v>800</v>
       </c>
       <c r="H13" s="8">
         <v>951</v>
@@ -21986,102 +22066,108 @@
       </c>
       <c r="J13" s="9">
         <v>1245</v>
       </c>
       <c r="K13" s="9">
         <v>1088</v>
       </c>
       <c r="L13" s="9">
         <v>1097</v>
       </c>
       <c r="M13" s="9">
         <v>680</v>
       </c>
       <c r="N13" s="9">
         <v>1160</v>
       </c>
       <c r="O13" s="9">
         <v>1241</v>
       </c>
       <c r="P13" s="8">
         <v>1239</v>
       </c>
       <c r="Q13" s="55">
         <v>292</v>
       </c>
+      <c r="R13" s="55">
+        <v>167</v>
+      </c>
     </row>
     <row r="14" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A14" s="21" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="22">
         <v>320</v>
       </c>
       <c r="C14" s="22">
         <v>250</v>
       </c>
       <c r="D14" s="22">
         <v>185</v>
       </c>
       <c r="E14" s="22">
         <v>324</v>
       </c>
       <c r="F14" s="22">
         <v>133</v>
       </c>
       <c r="G14" s="22">
         <v>160</v>
       </c>
       <c r="H14" s="22">
         <v>202</v>
       </c>
       <c r="I14" s="23">
         <v>159</v>
       </c>
       <c r="J14" s="23">
         <v>225</v>
       </c>
       <c r="K14" s="23">
         <v>181</v>
       </c>
       <c r="L14" s="23">
         <v>118</v>
       </c>
       <c r="M14" s="23">
         <v>97</v>
       </c>
       <c r="N14" s="23">
         <v>171</v>
       </c>
       <c r="O14" s="23">
         <v>86</v>
       </c>
       <c r="P14" s="22">
         <v>121</v>
       </c>
-      <c r="Q14" s="266">
+      <c r="Q14" s="252">
         <v>4</v>
+      </c>
+      <c r="R14" s="252">
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="8">
         <v>66</v>
       </c>
       <c r="C15" s="8">
         <v>79</v>
       </c>
       <c r="D15" s="8">
         <v>28</v>
       </c>
       <c r="E15" s="8">
         <v>102</v>
       </c>
       <c r="F15" s="8">
         <v>190</v>
       </c>
       <c r="G15" s="8">
         <v>100</v>
       </c>
       <c r="H15" s="8">
@@ -22092,101 +22178,107 @@
       </c>
       <c r="J15" s="9">
         <v>167</v>
       </c>
       <c r="K15" s="9">
         <v>114</v>
       </c>
       <c r="L15" s="9">
         <v>40</v>
       </c>
       <c r="M15" s="9">
         <v>16</v>
       </c>
       <c r="N15" s="9">
         <v>16</v>
       </c>
       <c r="O15" s="9">
         <v>14</v>
       </c>
       <c r="P15" s="8">
         <v>8</v>
       </c>
       <c r="Q15" s="55">
         <v>1</v>
       </c>
+      <c r="R15" s="55">
+        <v>2</v>
+      </c>
     </row>
     <row r="16" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A16" s="21" t="s">
         <v>20</v>
       </c>
       <c r="B16" s="22">
         <v>14</v>
       </c>
       <c r="C16" s="22">
         <v>81</v>
       </c>
       <c r="D16" s="22">
         <v>49</v>
       </c>
       <c r="E16" s="22">
         <v>44</v>
       </c>
       <c r="F16" s="22">
         <v>54</v>
       </c>
       <c r="G16" s="22">
         <v>50</v>
       </c>
       <c r="H16" s="22">
         <v>41</v>
       </c>
       <c r="I16" s="23">
         <v>19</v>
       </c>
       <c r="J16" s="23">
         <v>16</v>
       </c>
       <c r="K16" s="23">
         <v>48</v>
       </c>
       <c r="L16" s="23">
         <v>28</v>
       </c>
       <c r="M16" s="23">
         <v>31</v>
       </c>
       <c r="N16" s="23">
         <v>102</v>
       </c>
       <c r="O16" s="23">
         <v>62</v>
       </c>
       <c r="P16" s="22">
         <v>20</v>
       </c>
-      <c r="Q16" s="266">
+      <c r="Q16" s="252">
+        <v>0</v>
+      </c>
+      <c r="R16" s="252">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A17" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B17" s="8">
         <v>24</v>
       </c>
       <c r="C17" s="8">
         <v>6</v>
       </c>
       <c r="D17" s="8">
         <v>3</v>
       </c>
       <c r="E17" s="8">
         <v>0</v>
       </c>
       <c r="F17" s="8">
         <v>13</v>
       </c>
       <c r="G17" s="8">
         <v>35</v>
       </c>
@@ -22198,102 +22290,108 @@
       </c>
       <c r="J17" s="9">
         <v>12</v>
       </c>
       <c r="K17" s="9">
         <v>180</v>
       </c>
       <c r="L17" s="9">
         <v>0</v>
       </c>
       <c r="M17" s="9">
         <v>7</v>
       </c>
       <c r="N17" s="9">
         <v>0</v>
       </c>
       <c r="O17" s="9">
         <v>0</v>
       </c>
       <c r="P17" s="8">
         <v>5</v>
       </c>
       <c r="Q17" s="55">
         <v>0</v>
       </c>
+      <c r="R17" s="55">
+        <v>0</v>
+      </c>
     </row>
     <row r="18" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="21" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="22">
         <v>0</v>
       </c>
       <c r="C18" s="22">
         <v>0</v>
       </c>
       <c r="D18" s="22">
         <v>0</v>
       </c>
       <c r="E18" s="22">
         <v>0</v>
       </c>
       <c r="F18" s="22">
         <v>0</v>
       </c>
       <c r="G18" s="22">
         <v>0</v>
       </c>
       <c r="H18" s="22">
         <v>0</v>
       </c>
       <c r="I18" s="23">
         <v>0</v>
       </c>
       <c r="J18" s="23">
         <v>0</v>
       </c>
       <c r="K18" s="23">
         <v>0</v>
       </c>
       <c r="L18" s="23">
         <v>0</v>
       </c>
       <c r="M18" s="23">
         <v>0</v>
       </c>
       <c r="N18" s="23">
         <v>0</v>
       </c>
       <c r="O18" s="23">
         <v>0</v>
       </c>
       <c r="P18" s="22">
         <v>17</v>
       </c>
-      <c r="Q18" s="266">
+      <c r="Q18" s="252">
         <v>0</v>
+      </c>
+      <c r="R18" s="252">
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A19" s="24" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="25">
         <v>1371</v>
       </c>
       <c r="C19" s="25">
         <v>1290</v>
       </c>
       <c r="D19" s="25">
         <v>1190</v>
       </c>
       <c r="E19" s="25">
         <v>1881</v>
       </c>
       <c r="F19" s="25">
         <v>1533</v>
       </c>
       <c r="G19" s="25">
         <v>1145</v>
       </c>
       <c r="H19" s="25">
@@ -22301,52 +22399,55 @@
       </c>
       <c r="I19" s="26">
         <v>1453</v>
       </c>
       <c r="J19" s="26">
         <v>1665</v>
       </c>
       <c r="K19" s="26">
         <v>1611</v>
       </c>
       <c r="L19" s="26">
         <v>1283</v>
       </c>
       <c r="M19" s="26">
         <v>831</v>
       </c>
       <c r="N19" s="26">
         <v>1449</v>
       </c>
       <c r="O19" s="26">
         <v>1403</v>
       </c>
       <c r="P19" s="25">
         <v>1410</v>
       </c>
-      <c r="Q19" s="267">
+      <c r="Q19" s="253">
         <v>297</v>
+      </c>
+      <c r="R19" s="253">
+        <v>206</v>
       </c>
     </row>
     <row r="20" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="47" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="33">
         <v>1409</v>
       </c>
       <c r="C20" s="33">
         <v>1310</v>
       </c>
       <c r="D20" s="33">
         <v>1254</v>
       </c>
       <c r="E20" s="33">
         <v>1967</v>
       </c>
       <c r="F20" s="33">
         <v>1658</v>
       </c>
       <c r="G20" s="33">
         <v>1209</v>
       </c>
       <c r="H20" s="33">
@@ -22354,52 +22455,55 @@
       </c>
       <c r="I20" s="48">
         <v>1507</v>
       </c>
       <c r="J20" s="48">
         <v>1682</v>
       </c>
       <c r="K20" s="48">
         <v>1626</v>
       </c>
       <c r="L20" s="48">
         <v>1304</v>
       </c>
       <c r="M20" s="48">
         <v>835</v>
       </c>
       <c r="N20" s="48">
         <v>1449</v>
       </c>
       <c r="O20" s="48">
         <v>1403</v>
       </c>
       <c r="P20" s="33">
         <v>1410</v>
       </c>
-      <c r="Q20" s="268">
+      <c r="Q20" s="254">
         <v>297</v>
+      </c>
+      <c r="R20" s="254">
+        <v>206</v>
       </c>
     </row>
     <row r="21" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A21" s="10" t="s">
         <v>203</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="10"/>
       <c r="D21" s="10"/>
       <c r="E21" s="10"/>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10"/>
       <c r="I21" s="41"/>
       <c r="J21" s="41"/>
       <c r="K21" s="41"/>
       <c r="L21" s="11"/>
       <c r="M21" s="11"/>
       <c r="N21" s="11"/>
       <c r="O21" s="10"/>
     </row>
     <row r="22" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A22" s="12" t="s">
         <v>26</v>
       </c>
@@ -22569,186 +22673,186 @@
     </row>
     <row r="29" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A29" s="10"/>
       <c r="B29" s="10"/>
       <c r="C29" s="10"/>
       <c r="D29" s="10"/>
       <c r="E29" s="10"/>
       <c r="F29" s="10"/>
       <c r="G29" s="10"/>
       <c r="H29" s="10"/>
       <c r="I29" s="10"/>
       <c r="J29" s="41"/>
       <c r="K29" s="41"/>
       <c r="L29" s="41"/>
       <c r="M29" s="10"/>
       <c r="N29" s="10"/>
       <c r="O29" s="10"/>
       <c r="P29" s="4"/>
       <c r="Q29" s="4"/>
       <c r="R29" s="10"/>
       <c r="S29" s="41"/>
       <c r="T29" s="10"/>
     </row>
     <row r="30" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A30" s="10" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B30" s="10"/>
       <c r="C30" s="16"/>
       <c r="D30" s="16"/>
       <c r="E30" s="16"/>
       <c r="F30" s="16"/>
       <c r="G30" s="16"/>
       <c r="H30" s="16"/>
       <c r="I30" s="16"/>
       <c r="J30" s="16"/>
       <c r="K30" s="16"/>
       <c r="L30" s="16"/>
       <c r="M30" s="16"/>
       <c r="N30" s="16"/>
       <c r="O30" s="16"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
     </row>
     <row r="31" spans="1:20" x14ac:dyDescent="0.2">
       <c r="A31" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
     </row>
     <row r="32" spans="1:20" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="248" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="P2" r:id="rId1" xr:uid="{F7E0DC78-2FC9-4CCC-9C91-C60E897FD0ED}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A32" r:id="rId3" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{03E78D6B-16E2-4F8E-BCC1-D4866D352145}"/>
+    <hyperlink ref="A28" r:id="rId1" xr:uid="{71C1CD5B-1D3B-43F5-990C-0A1F9487E18B}"/>
+    <hyperlink ref="A32" r:id="rId2" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{03E78D6B-16E2-4F8E-BCC1-D4866D352145}"/>
+    <hyperlink ref="Q2" r:id="rId3" xr:uid="{3B3C6848-1D8F-43A7-AA5C-ED2DF78EF4B0}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4BD3ED87-34A2-4081-817F-2DAE7E406CF5}">
   <dimension ref="A1:Q14"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="C1" workbookViewId="0">
       <selection activeCell="A12" sqref="A12:XFD14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="20" style="1" customWidth="1"/>
     <col min="2" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="51" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="2" spans="1:17" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
     </row>
     <row r="3" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A3" s="255"/>
-      <c r="B3" s="251" t="s">
+      <c r="A3" s="281"/>
+      <c r="B3" s="277" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="251" t="s">
+      <c r="C3" s="277" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="251" t="s">
+      <c r="D3" s="277" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="251" t="s">
+      <c r="E3" s="277" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="251" t="s">
+      <c r="F3" s="277" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="251" t="s">
+      <c r="G3" s="277" t="s">
         <v>6</v>
       </c>
-      <c r="H3" s="251" t="s">
+      <c r="H3" s="277" t="s">
         <v>7</v>
       </c>
-      <c r="I3" s="251" t="s">
+      <c r="I3" s="277" t="s">
         <v>8</v>
       </c>
-      <c r="J3" s="251" t="s">
+      <c r="J3" s="277" t="s">
         <v>9</v>
       </c>
-      <c r="K3" s="251" t="s">
+      <c r="K3" s="277" t="s">
         <v>10</v>
       </c>
-      <c r="L3" s="251" t="s">
+      <c r="L3" s="277" t="s">
         <v>11</v>
       </c>
-      <c r="M3" s="251" t="s">
+      <c r="M3" s="277" t="s">
         <v>12</v>
       </c>
-      <c r="N3" s="251" t="s">
+      <c r="N3" s="277" t="s">
         <v>13</v>
       </c>
-      <c r="O3" s="253" t="s">
+      <c r="O3" s="279" t="s">
         <v>14</v>
       </c>
-      <c r="P3" s="253" t="s">
+      <c r="P3" s="279" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A4" s="256"/>
-[...14 lines deleted...]
-      <c r="P4" s="254"/>
+      <c r="A4" s="282"/>
+      <c r="B4" s="278"/>
+      <c r="C4" s="278"/>
+      <c r="D4" s="278"/>
+      <c r="E4" s="278"/>
+      <c r="F4" s="278"/>
+      <c r="G4" s="278"/>
+      <c r="H4" s="278"/>
+      <c r="I4" s="278"/>
+      <c r="J4" s="278"/>
+      <c r="K4" s="278"/>
+      <c r="L4" s="278"/>
+      <c r="M4" s="278"/>
+      <c r="N4" s="278"/>
+      <c r="O4" s="280"/>
+      <c r="P4" s="280"/>
     </row>
     <row r="5" spans="1:17" ht="15" x14ac:dyDescent="0.25">
       <c r="A5" s="29" t="s">
         <v>39</v>
       </c>
       <c r="B5" s="49">
         <v>2418</v>
       </c>
       <c r="C5" s="49">
         <v>1410</v>
       </c>
       <c r="D5" s="49">
         <v>1379</v>
       </c>
       <c r="E5" s="49">
         <v>1299</v>
       </c>
       <c r="F5" s="49">
         <v>2013</v>
       </c>
       <c r="G5" s="49">
         <v>1568</v>
       </c>
       <c r="H5" s="49">
         <v>1604</v>
@@ -22818,123 +22922,123 @@
       <c r="M6" s="54">
         <v>835</v>
       </c>
       <c r="N6" s="54">
         <v>1449</v>
       </c>
       <c r="O6" s="54">
         <v>1403</v>
       </c>
       <c r="P6" s="54">
         <v>1410</v>
       </c>
     </row>
     <row r="8" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="9" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A9" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A12" s="10" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B12" s="10"/>
       <c r="C12" s="16"/>
       <c r="D12" s="16"/>
       <c r="E12" s="16"/>
       <c r="F12" s="16"/>
       <c r="G12" s="16"/>
       <c r="H12" s="16"/>
       <c r="I12" s="16"/>
       <c r="J12" s="16"/>
       <c r="K12" s="16"/>
       <c r="L12" s="16"/>
       <c r="M12" s="16"/>
       <c r="N12" s="16"/>
       <c r="O12" s="16"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
     </row>
     <row r="13" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A13" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
     </row>
     <row r="14" spans="1:17" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="248" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="M3:M4"/>
     <mergeCell ref="N3:N4"/>
     <mergeCell ref="O3:O4"/>
     <mergeCell ref="P3:P4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="K3:K4"/>
     <mergeCell ref="L3:L4"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A9" r:id="rId1" xr:uid="{A4F76558-EE14-446B-9D87-C6EAB2417ACC}"/>
     <hyperlink ref="A14" r:id="rId2" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{8CF87BC2-F2E1-4A4D-A74B-8AFE63307F37}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D05EFF3C-1C30-4306-82C5-C6A1190F3D95}">
   <dimension ref="A1:N13"/>
   <sheetViews>
     <sheetView topLeftCell="B1" workbookViewId="0">
       <selection activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="31.85546875" style="1" customWidth="1"/>
     <col min="2" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="51" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
     </row>
     <row r="3" spans="1:14" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="57" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="58" t="s">
         <v>43</v>
       </c>
       <c r="C3" s="58" t="s">
         <v>44</v>
       </c>
       <c r="D3" s="58" t="s">
         <v>45</v>
       </c>
       <c r="E3" s="58" t="s">
         <v>46</v>
       </c>
       <c r="F3" s="58" t="s">
         <v>47</v>
       </c>
       <c r="G3" s="58" t="s">
         <v>48</v>
       </c>
       <c r="H3" s="58" t="s">
@@ -23032,174 +23136,174 @@
         <v>688</v>
       </c>
       <c r="J5" s="60">
         <v>526</v>
       </c>
       <c r="K5" s="60">
         <v>766</v>
       </c>
       <c r="L5" s="60">
         <v>576</v>
       </c>
       <c r="M5" s="60">
         <v>448</v>
       </c>
       <c r="N5" s="60">
         <v>551</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="7" spans="1:14" ht="15" x14ac:dyDescent="0.25">
       <c r="A7" s="248" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A13" s="1" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A7" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{B2670DDB-D771-4606-8E7F-7542AEFB3D7A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83AF9E37-7E87-47C1-A56C-3BA7F1993F8E}">
-  <dimension ref="A1:M571"/>
+  <dimension ref="A1:M573"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="2145" topLeftCell="A9" activePane="bottomLeft"/>
+      <pane ySplit="2145" topLeftCell="A13"/>
       <selection activeCell="G2" sqref="G2"/>
-      <selection pane="bottomLeft" activeCell="A41" sqref="A41"/>
+      <selection pane="bottomLeft" activeCell="I30" sqref="I30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="6.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.7109375" style="78" customWidth="1"/>
     <col min="2" max="2" width="17.28515625" style="78" customWidth="1"/>
     <col min="3" max="3" width="13.42578125" style="78" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" style="78" customWidth="1"/>
     <col min="5" max="5" width="13.28515625" style="78" customWidth="1"/>
     <col min="6" max="6" width="15.42578125" style="78" customWidth="1"/>
     <col min="7" max="7" width="20.5703125" style="78" customWidth="1"/>
     <col min="8" max="8" width="12.140625" style="78" customWidth="1"/>
     <col min="9" max="9" width="3" style="78" customWidth="1"/>
     <col min="10" max="16384" width="6.42578125" style="78"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" s="64" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="80" t="s">
         <v>211</v>
       </c>
       <c r="B1" s="61"/>
       <c r="C1" s="62"/>
       <c r="D1" s="62"/>
       <c r="E1" s="63"/>
       <c r="G1" s="64" t="s">
         <v>202</v>
       </c>
       <c r="I1" s="65"/>
       <c r="J1" s="66"/>
       <c r="K1" s="67"/>
     </row>
     <row r="2" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
       <c r="G2" s="248" t="s">
-        <v>231</v>
+        <v>245</v>
       </c>
       <c r="I2" s="65"/>
       <c r="J2" s="65"/>
       <c r="K2" s="67"/>
     </row>
     <row r="3" spans="1:11" s="64" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="257" t="s">
+      <c r="B3" s="283" t="s">
         <v>57</v>
       </c>
-      <c r="C3" s="257"/>
-[...1 lines deleted...]
-      <c r="E3" s="257" t="s">
+      <c r="C3" s="283"/>
+      <c r="D3" s="283"/>
+      <c r="E3" s="283" t="s">
         <v>58</v>
       </c>
-      <c r="F3" s="257"/>
-[...1 lines deleted...]
-      <c r="H3" s="257"/>
+      <c r="F3" s="283"/>
+      <c r="G3" s="283"/>
+      <c r="H3" s="283"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
     </row>
     <row r="4" spans="1:11" s="64" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="82" t="s">
         <v>59</v>
       </c>
       <c r="B4" s="83" t="s">
         <v>60</v>
       </c>
       <c r="C4" s="84" t="s">
         <v>61</v>
       </c>
       <c r="D4" s="84" t="s">
         <v>62</v>
       </c>
       <c r="E4" s="84" t="s">
         <v>63</v>
       </c>
       <c r="F4" s="84" t="s">
         <v>64</v>
       </c>
       <c r="G4" s="84" t="s">
         <v>65</v>
       </c>
       <c r="H4" s="84" t="s">
         <v>66</v>
       </c>
       <c r="I4" s="68"/>
       <c r="J4" s="68"/>
       <c r="K4" s="67"/>
     </row>
     <row r="5" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" s="69" t="s">
         <v>52</v>
       </c>
-      <c r="B5" s="257"/>
-[...5 lines deleted...]
-      <c r="H5" s="258"/>
+      <c r="B5" s="283"/>
+      <c r="C5" s="284"/>
+      <c r="D5" s="284"/>
+      <c r="E5" s="284"/>
+      <c r="F5" s="284"/>
+      <c r="G5" s="284"/>
+      <c r="H5" s="284"/>
       <c r="I5" s="68"/>
       <c r="J5" s="68"/>
       <c r="K5" s="67"/>
     </row>
     <row r="6" spans="1:11" s="64" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="85" t="s">
         <v>67</v>
       </c>
       <c r="B6" s="86">
         <v>44985</v>
       </c>
       <c r="C6" s="86">
         <v>30926</v>
       </c>
       <c r="D6" s="90"/>
       <c r="E6" s="86">
         <v>6923</v>
       </c>
       <c r="F6" s="86">
         <v>1867</v>
       </c>
       <c r="G6" s="86">
         <v>1105</v>
       </c>
       <c r="H6" s="86">
@@ -23271,57 +23375,57 @@
         <v>44426</v>
       </c>
       <c r="C9" s="79">
         <v>31407</v>
       </c>
       <c r="D9" s="90"/>
       <c r="E9" s="79">
         <v>6010</v>
       </c>
       <c r="F9" s="79">
         <v>1645</v>
       </c>
       <c r="G9" s="79">
         <v>1053</v>
       </c>
       <c r="H9" s="79">
         <v>8708</v>
       </c>
       <c r="J9" s="71"/>
       <c r="K9" s="67"/>
     </row>
     <row r="10" spans="1:11" s="64" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="87" t="s">
         <v>53</v>
       </c>
-      <c r="B10" s="259"/>
-[...5 lines deleted...]
-      <c r="H10" s="260"/>
+      <c r="B10" s="285"/>
+      <c r="C10" s="286"/>
+      <c r="D10" s="286"/>
+      <c r="E10" s="286"/>
+      <c r="F10" s="286"/>
+      <c r="G10" s="286"/>
+      <c r="H10" s="286"/>
       <c r="I10" s="68"/>
       <c r="J10" s="72"/>
       <c r="K10" s="67"/>
     </row>
     <row r="11" spans="1:11" s="64" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="70" t="s">
         <v>67</v>
       </c>
       <c r="B11" s="79">
         <v>44229</v>
       </c>
       <c r="C11" s="79">
         <v>31663</v>
       </c>
       <c r="D11" s="90"/>
       <c r="E11" s="79">
         <v>6115</v>
       </c>
       <c r="F11" s="79">
         <v>1662</v>
       </c>
       <c r="G11" s="79">
         <v>1049</v>
       </c>
       <c r="H11" s="79">
@@ -23394,57 +23498,57 @@
       </c>
       <c r="C14" s="86">
         <v>32633</v>
       </c>
       <c r="D14" s="90"/>
       <c r="E14" s="86">
         <v>5796</v>
       </c>
       <c r="F14" s="86">
         <v>1429</v>
       </c>
       <c r="G14" s="86">
         <v>993</v>
       </c>
       <c r="H14" s="86">
         <v>8218</v>
       </c>
       <c r="I14" s="68"/>
       <c r="J14" s="71"/>
       <c r="K14" s="67"/>
     </row>
     <row r="15" spans="1:11" s="64" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="61" t="s">
         <v>54</v>
       </c>
-      <c r="B15" s="261"/>
-[...5 lines deleted...]
-      <c r="H15" s="262"/>
+      <c r="B15" s="287"/>
+      <c r="C15" s="288"/>
+      <c r="D15" s="288"/>
+      <c r="E15" s="288"/>
+      <c r="F15" s="288"/>
+      <c r="G15" s="288"/>
+      <c r="H15" s="288"/>
       <c r="I15" s="68"/>
       <c r="J15" s="68"/>
       <c r="K15" s="67"/>
     </row>
     <row r="16" spans="1:11" s="64" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="85" t="s">
         <v>67</v>
       </c>
       <c r="B16" s="86">
         <v>45292</v>
       </c>
       <c r="C16" s="86">
         <v>33130</v>
       </c>
       <c r="D16" s="90"/>
       <c r="E16" s="86">
         <v>5589</v>
       </c>
       <c r="F16" s="86">
         <v>1396</v>
       </c>
       <c r="G16" s="86">
         <v>966</v>
       </c>
       <c r="H16" s="86">
@@ -23517,57 +23621,57 @@
       </c>
       <c r="C19" s="79">
         <v>35464</v>
       </c>
       <c r="D19" s="90"/>
       <c r="E19" s="79">
         <v>5710</v>
       </c>
       <c r="F19" s="79">
         <v>1512</v>
       </c>
       <c r="G19" s="79">
         <v>934</v>
       </c>
       <c r="H19" s="79">
         <v>8156</v>
       </c>
       <c r="I19" s="68"/>
       <c r="J19" s="71"/>
       <c r="K19" s="67"/>
     </row>
     <row r="20" spans="1:11" s="64" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="87" t="s">
         <v>72</v>
       </c>
-      <c r="B20" s="259"/>
-[...5 lines deleted...]
-      <c r="H20" s="260"/>
+      <c r="B20" s="285"/>
+      <c r="C20" s="286"/>
+      <c r="D20" s="286"/>
+      <c r="E20" s="286"/>
+      <c r="F20" s="286"/>
+      <c r="G20" s="286"/>
+      <c r="H20" s="286"/>
       <c r="I20" s="68"/>
       <c r="J20" s="68"/>
       <c r="K20" s="67"/>
     </row>
     <row r="21" spans="1:11" s="64" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="70" t="s">
         <v>67</v>
       </c>
       <c r="B21" s="79">
         <v>47936</v>
       </c>
       <c r="C21" s="79">
         <v>36137</v>
       </c>
       <c r="D21" s="79">
         <v>30069</v>
       </c>
       <c r="E21" s="79">
         <v>5708</v>
       </c>
       <c r="F21" s="79">
         <v>1524</v>
       </c>
       <c r="G21" s="79">
         <v>934</v>
@@ -23688,279 +23792,319 @@
       <c r="B26" s="86">
         <v>49129</v>
       </c>
       <c r="C26" s="86">
         <v>37939</v>
       </c>
       <c r="D26" s="86">
         <v>32159</v>
       </c>
       <c r="E26" s="86">
         <v>6173</v>
       </c>
       <c r="F26" s="86">
         <v>1686</v>
       </c>
       <c r="G26" s="86">
         <v>1101</v>
       </c>
       <c r="H26" s="86">
         <v>8960</v>
       </c>
       <c r="I26" s="68"/>
       <c r="J26" s="71"/>
       <c r="K26" s="73"/>
     </row>
-    <row r="27" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:11" s="64" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="70" t="s">
+        <v>68</v>
+      </c>
+      <c r="B27" s="79">
+        <v>49588</v>
+      </c>
+      <c r="C27" s="79">
+        <v>38336</v>
+      </c>
+      <c r="D27" s="79">
+        <v>32607</v>
+      </c>
+      <c r="E27" s="79">
+        <v>6073</v>
+      </c>
+      <c r="F27" s="79">
+        <v>1595</v>
+      </c>
+      <c r="G27" s="79">
+        <v>1016</v>
+      </c>
+      <c r="H27" s="79">
+        <v>8684</v>
+      </c>
+      <c r="I27" s="68"/>
+      <c r="J27" s="71"/>
+      <c r="K27" s="73"/>
+    </row>
+    <row r="28" spans="1:11" s="64" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="85"/>
+      <c r="B28" s="86"/>
+      <c r="C28" s="86"/>
+      <c r="D28" s="86"/>
+      <c r="E28" s="86"/>
+      <c r="F28" s="86"/>
+      <c r="G28" s="86"/>
+      <c r="H28" s="86"/>
+      <c r="I28" s="68"/>
+      <c r="J28" s="71"/>
+      <c r="K28" s="73"/>
+    </row>
+    <row r="29" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="70" t="s">
         <v>203</v>
       </c>
-      <c r="B27" s="74"/>
-[...27 lines deleted...]
-      </c>
+      <c r="B29" s="74"/>
       <c r="C29" s="74"/>
       <c r="D29" s="74"/>
       <c r="E29" s="74"/>
       <c r="F29" s="74"/>
       <c r="G29" s="74"/>
-      <c r="H29" s="74"/>
+      <c r="H29" s="75"/>
       <c r="I29" s="68"/>
       <c r="J29" s="68"/>
       <c r="K29" s="67"/>
     </row>
     <row r="30" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A30" s="64" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C30" s="74"/>
       <c r="D30" s="74"/>
       <c r="E30" s="74"/>
       <c r="F30" s="74"/>
       <c r="G30" s="74"/>
       <c r="H30" s="74"/>
       <c r="I30" s="68"/>
       <c r="J30" s="68"/>
       <c r="K30" s="67"/>
     </row>
     <row r="31" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A31" s="64" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C31" s="74"/>
       <c r="D31" s="74"/>
       <c r="E31" s="74"/>
       <c r="F31" s="74"/>
       <c r="G31" s="74"/>
       <c r="H31" s="74"/>
       <c r="I31" s="68"/>
       <c r="J31" s="68"/>
       <c r="K31" s="67"/>
     </row>
     <row r="32" spans="1:11" s="64" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A32" s="64" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C32" s="74"/>
       <c r="D32" s="74"/>
       <c r="E32" s="74"/>
       <c r="F32" s="74"/>
       <c r="G32" s="74"/>
       <c r="H32" s="74"/>
       <c r="I32" s="68"/>
       <c r="J32" s="68"/>
       <c r="K32" s="67"/>
     </row>
     <row r="33" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="70" t="s">
-[...2 lines deleted...]
-      <c r="B33" s="70"/>
+      <c r="A33" s="64" t="s">
+        <v>76</v>
+      </c>
       <c r="C33" s="74"/>
       <c r="D33" s="74"/>
       <c r="E33" s="74"/>
       <c r="F33" s="74"/>
       <c r="G33" s="74"/>
       <c r="H33" s="74"/>
       <c r="I33" s="68"/>
       <c r="J33" s="68"/>
       <c r="K33" s="67"/>
     </row>
     <row r="34" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="70" t="s">
-[...2 lines deleted...]
-      <c r="B34" s="70"/>
+      <c r="A34" s="64" t="s">
+        <v>77</v>
+      </c>
       <c r="C34" s="74"/>
       <c r="D34" s="74"/>
       <c r="E34" s="74"/>
       <c r="F34" s="74"/>
       <c r="G34" s="74"/>
       <c r="H34" s="74"/>
       <c r="I34" s="68"/>
       <c r="J34" s="68"/>
       <c r="K34" s="67"/>
     </row>
     <row r="35" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A35" s="70" t="s">
+        <v>78</v>
+      </c>
+      <c r="B35" s="70"/>
       <c r="C35" s="74"/>
       <c r="D35" s="74"/>
       <c r="E35" s="74"/>
       <c r="F35" s="74"/>
       <c r="G35" s="74"/>
       <c r="H35" s="74"/>
       <c r="I35" s="68"/>
       <c r="J35" s="68"/>
       <c r="K35" s="67"/>
-      <c r="L35" s="67"/>
-      <c r="M35" s="67"/>
     </row>
     <row r="36" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" s="70" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B36" s="70"/>
-      <c r="C36" s="76"/>
-      <c r="D36" s="76"/>
+      <c r="C36" s="74"/>
+      <c r="D36" s="74"/>
+      <c r="E36" s="74"/>
       <c r="F36" s="74"/>
       <c r="G36" s="74"/>
       <c r="H36" s="74"/>
       <c r="I36" s="68"/>
       <c r="J36" s="68"/>
       <c r="K36" s="67"/>
-      <c r="L36" s="67"/>
-      <c r="M36" s="67"/>
     </row>
     <row r="37" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="64" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C37" s="74"/>
       <c r="D37" s="74"/>
       <c r="E37" s="74"/>
       <c r="F37" s="74"/>
       <c r="G37" s="74"/>
       <c r="H37" s="74"/>
       <c r="I37" s="68"/>
       <c r="J37" s="68"/>
       <c r="K37" s="67"/>
       <c r="L37" s="67"/>
       <c r="M37" s="67"/>
     </row>
     <row r="38" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A38" s="70" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B38" s="70"/>
-      <c r="C38" s="74"/>
-[...1 lines deleted...]
-      <c r="E38" s="74"/>
+      <c r="C38" s="76"/>
+      <c r="D38" s="76"/>
       <c r="F38" s="74"/>
       <c r="G38" s="74"/>
       <c r="H38" s="74"/>
       <c r="I38" s="68"/>
       <c r="J38" s="68"/>
       <c r="K38" s="67"/>
       <c r="L38" s="67"/>
       <c r="M38" s="67"/>
     </row>
     <row r="39" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="77"/>
-[...8 lines deleted...]
-      <c r="J39" s="67"/>
+      <c r="A39" s="64" t="s">
+        <v>82</v>
+      </c>
+      <c r="C39" s="74"/>
+      <c r="D39" s="74"/>
+      <c r="E39" s="74"/>
+      <c r="F39" s="74"/>
+      <c r="G39" s="74"/>
+      <c r="H39" s="74"/>
+      <c r="I39" s="68"/>
+      <c r="J39" s="68"/>
       <c r="K39" s="67"/>
       <c r="L39" s="67"/>
       <c r="M39" s="67"/>
     </row>
     <row r="40" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="67"/>
-[...8 lines deleted...]
-      <c r="J40" s="67"/>
+      <c r="A40" s="70" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="70"/>
+      <c r="C40" s="74"/>
+      <c r="D40" s="74"/>
+      <c r="E40" s="74"/>
+      <c r="F40" s="74"/>
+      <c r="G40" s="74"/>
+      <c r="H40" s="74"/>
+      <c r="I40" s="68"/>
+      <c r="J40" s="68"/>
       <c r="K40" s="67"/>
       <c r="L40" s="67"/>
       <c r="M40" s="67"/>
     </row>
     <row r="41" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="67" t="s">
-[...2 lines deleted...]
-      <c r="B41" s="67"/>
+      <c r="A41" s="77"/>
+      <c r="B41" s="77"/>
       <c r="C41" s="67"/>
       <c r="D41" s="67"/>
       <c r="E41" s="67"/>
       <c r="F41" s="67"/>
       <c r="G41" s="67"/>
       <c r="H41" s="67"/>
       <c r="I41" s="67"/>
       <c r="J41" s="67"/>
       <c r="K41" s="67"/>
       <c r="L41" s="67"/>
       <c r="M41" s="67"/>
     </row>
-    <row r="42" spans="1:13" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
-    <row r="43" spans="1:13" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="42" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="67"/>
+      <c r="B42" s="67"/>
+      <c r="C42" s="67"/>
+      <c r="D42" s="67"/>
+      <c r="E42" s="67"/>
+      <c r="F42" s="67"/>
+      <c r="G42" s="67"/>
+      <c r="H42" s="67"/>
+      <c r="I42" s="67"/>
+      <c r="J42" s="67"/>
+      <c r="K42" s="67"/>
+      <c r="L42" s="67"/>
+      <c r="M42" s="67"/>
+    </row>
+    <row r="43" spans="1:13" s="64" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="67" t="s">
+        <v>231</v>
+      </c>
+      <c r="B43" s="67"/>
+      <c r="C43" s="67"/>
+      <c r="D43" s="67"/>
+      <c r="E43" s="67"/>
+      <c r="F43" s="67"/>
+      <c r="G43" s="67"/>
+      <c r="H43" s="67"/>
+      <c r="I43" s="67"/>
+      <c r="J43" s="67"/>
+      <c r="K43" s="67"/>
+      <c r="L43" s="67"/>
+      <c r="M43" s="67"/>
+    </row>
     <row r="44" spans="1:13" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="45" spans="1:13" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="46" spans="1:13" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="47" spans="1:13" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="48" spans="1:13" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="49" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="50" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="51" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="52" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="53" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="54" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="55" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="56" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="57" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="58" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="59" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="60" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="61" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="62" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="63" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="64" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="65" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="66" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="67" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="68" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
@@ -24445,101 +24589,103 @@
     <row r="547" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="548" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="549" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="550" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="551" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="552" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="553" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="554" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="555" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="556" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="557" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="558" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="559" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="560" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="561" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="562" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="563" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="564" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="565" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="566" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="567" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="568" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="569" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="570" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="571" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="572" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="573" s="67" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:H3"/>
     <mergeCell ref="B5:H5"/>
     <mergeCell ref="B10:H10"/>
     <mergeCell ref="B20:H20"/>
     <mergeCell ref="B15:H15"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="G2" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-bulletin-april-june-2025" xr:uid="{B3A237E5-9D42-4B2E-8F1E-4A48EE3BA472}"/>
+    <hyperlink ref="G2" r:id="rId1" xr:uid="{FF7B9ABC-DCCB-48E2-A699-23EF85DEAADF}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C5EE9374-588B-4F9E-B100-CDBEC5AADE10}">
   <dimension ref="A1:Q32"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1785" topLeftCell="A22" activePane="bottomLeft"/>
       <selection activeCell="F2" sqref="F2:F3"/>
       <selection pane="bottomLeft" activeCell="A30" sqref="A30:XFD32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="33.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="20.28515625" style="55" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="20.7109375" style="55" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.28515625" style="55" bestFit="1" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="51" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="F2" s="64" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="3" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="97"/>
-      <c r="B3" s="263" t="s">
+      <c r="B3" s="289" t="s">
         <v>57</v>
       </c>
-      <c r="C3" s="264"/>
+      <c r="C3" s="290"/>
       <c r="D3" s="115" t="s">
         <v>58</v>
       </c>
       <c r="F3" s="81" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="45" x14ac:dyDescent="0.2">
       <c r="A4" s="95" t="s">
         <v>84</v>
       </c>
       <c r="B4" s="111" t="s">
         <v>60</v>
       </c>
       <c r="C4" s="105" t="s">
         <v>61</v>
       </c>
       <c r="D4" s="96" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="15" x14ac:dyDescent="0.2">
       <c r="A5" s="91" t="s">
         <v>85</v>
       </c>
@@ -24841,207 +24987,207 @@
         <v>47312</v>
       </c>
       <c r="C26" s="108">
         <v>35464</v>
       </c>
       <c r="D26" s="99">
         <v>5710</v>
       </c>
     </row>
     <row r="27" spans="1:17" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="102" t="s">
         <v>72</v>
       </c>
       <c r="B27" s="114">
         <v>49083</v>
       </c>
       <c r="C27" s="110">
         <v>37635</v>
       </c>
       <c r="D27" s="103">
         <v>6054</v>
       </c>
     </row>
     <row r="30" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A30" s="10" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B30" s="10"/>
       <c r="C30" s="16"/>
       <c r="D30" s="16"/>
       <c r="E30" s="16"/>
       <c r="F30" s="16"/>
       <c r="G30" s="16"/>
       <c r="H30" s="16"/>
       <c r="I30" s="16"/>
       <c r="J30" s="16"/>
       <c r="K30" s="16"/>
       <c r="L30" s="16"/>
       <c r="M30" s="16"/>
       <c r="N30" s="16"/>
       <c r="O30" s="16"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
     </row>
     <row r="31" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A31" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B31" s="1"/>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
     </row>
     <row r="32" spans="1:17" ht="15" x14ac:dyDescent="0.25">
       <c r="A32" s="248" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B32" s="1"/>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B3:C3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F3" r:id="rId1" xr:uid="{24CF5D24-7905-4029-B6F7-62B8E5CDCAD3}"/>
     <hyperlink ref="A32" r:id="rId2" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{0D6312E8-5B82-402F-8A8F-1D7E1EF217F8}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{258FC497-2583-40D8-86AB-E435178663B0}">
   <dimension ref="A1:AD27"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H27" sqref="H27"/>
+      <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.7109375" style="1"/>
     <col min="2" max="2" width="13.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.5703125" style="1" customWidth="1"/>
     <col min="4" max="4" width="9.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="17.28515625" style="1" customWidth="1"/>
     <col min="6" max="6" width="18.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="14.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="11.42578125" style="1" customWidth="1"/>
     <col min="9" max="9" width="15.7109375" style="1" customWidth="1"/>
     <col min="10" max="10" width="16" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="18.85546875" style="1" customWidth="1"/>
     <col min="12" max="12" width="13.140625" style="1" customWidth="1"/>
     <col min="13" max="13" width="9.5703125" style="1" customWidth="1"/>
     <col min="14" max="14" width="15.140625" style="1" customWidth="1"/>
     <col min="15" max="15" width="8.7109375" style="1"/>
     <col min="16" max="16" width="13.28515625" style="1" customWidth="1"/>
     <col min="17" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="51" t="s">
         <v>215</v>
       </c>
       <c r="J1" s="64" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="2" spans="1:28" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="116"/>
       <c r="B2" s="117"/>
       <c r="C2" s="117"/>
       <c r="D2" s="117"/>
       <c r="E2" s="117"/>
       <c r="F2" s="117"/>
       <c r="G2" s="118"/>
       <c r="H2" s="118"/>
       <c r="I2" s="118"/>
-      <c r="J2" s="81" t="s">
-        <v>210</v>
+      <c r="J2" s="248" t="s">
+        <v>245</v>
       </c>
       <c r="K2" s="117"/>
       <c r="L2" s="117"/>
       <c r="M2" s="117"/>
       <c r="N2" s="117"/>
       <c r="O2" s="117"/>
       <c r="P2" s="117"/>
       <c r="Q2" s="117"/>
       <c r="R2" s="117"/>
       <c r="S2" s="117"/>
     </row>
-    <row r="3" spans="1:28" s="274" customFormat="1" ht="68.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="271" t="s">
+    <row r="3" spans="1:28" s="260" customFormat="1" ht="68.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="257" t="s">
         <v>95</v>
       </c>
-      <c r="B3" s="272" t="s">
+      <c r="B3" s="258" t="s">
         <v>96</v>
       </c>
-      <c r="C3" s="272" t="s">
+      <c r="C3" s="258" t="s">
         <v>97</v>
       </c>
-      <c r="D3" s="272" t="s">
+      <c r="D3" s="258" t="s">
         <v>98</v>
       </c>
-      <c r="E3" s="272" t="s">
+      <c r="E3" s="258" t="s">
         <v>99</v>
       </c>
-      <c r="F3" s="272" t="s">
+      <c r="F3" s="258" t="s">
         <v>100</v>
       </c>
-      <c r="G3" s="272" t="s">
+      <c r="G3" s="258" t="s">
         <v>101</v>
       </c>
-      <c r="H3" s="272" t="s">
+      <c r="H3" s="258" t="s">
+        <v>239</v>
+      </c>
+      <c r="I3" s="258" t="s">
+        <v>241</v>
+      </c>
+      <c r="J3" s="258" t="s">
         <v>240</v>
       </c>
-      <c r="I3" s="272" t="s">
-[...5 lines deleted...]
-      <c r="K3" s="272" t="s">
+      <c r="K3" s="258" t="s">
         <v>102</v>
       </c>
-      <c r="L3" s="272" t="s">
+      <c r="L3" s="258" t="s">
         <v>103</v>
       </c>
-      <c r="M3" s="272" t="s">
+      <c r="M3" s="258" t="s">
         <v>104</v>
       </c>
-      <c r="N3" s="272" t="s">
+      <c r="N3" s="258" t="s">
         <v>105</v>
       </c>
-      <c r="O3" s="272" t="s">
+      <c r="O3" s="258" t="s">
         <v>106</v>
       </c>
-      <c r="P3" s="273" t="s">
+      <c r="P3" s="259" t="s">
         <v>107</v>
       </c>
-      <c r="Q3" s="271" t="s">
+      <c r="Q3" s="257" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:28" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="119" t="s">
         <v>47</v>
       </c>
       <c r="B4" s="123">
         <v>3971</v>
       </c>
       <c r="C4" s="123">
         <v>1739</v>
       </c>
       <c r="D4" s="123">
         <v>865</v>
       </c>
       <c r="E4" s="123">
         <v>2668</v>
       </c>
       <c r="F4" s="123">
         <v>1406</v>
       </c>
       <c r="G4" s="123">
         <v>661</v>
       </c>
@@ -25448,416 +25594,451 @@
       <c r="J12" s="136">
         <v>3934</v>
       </c>
       <c r="K12" s="136">
         <v>430</v>
       </c>
       <c r="L12" s="136">
         <v>36</v>
       </c>
       <c r="M12" s="136">
         <v>76</v>
       </c>
       <c r="N12" s="136">
         <v>966</v>
       </c>
       <c r="O12" s="136">
         <v>93</v>
       </c>
       <c r="P12" s="136">
         <v>62</v>
       </c>
       <c r="Q12" s="137">
         <v>15905</v>
       </c>
     </row>
-    <row r="13" spans="1:28" s="275" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="275" t="s">
+    <row r="13" spans="1:28" s="122" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="261" t="s">
+        <v>237</v>
+      </c>
+      <c r="B13" s="262"/>
+      <c r="C13" s="262"/>
+      <c r="D13" s="262"/>
+      <c r="E13" s="262"/>
+      <c r="F13" s="262"/>
+      <c r="G13" s="262"/>
+      <c r="H13" s="262"/>
+      <c r="I13" s="262"/>
+      <c r="J13" s="262"/>
+      <c r="K13" s="262"/>
+      <c r="L13" s="262"/>
+      <c r="M13" s="262"/>
+      <c r="N13" s="262"/>
+      <c r="O13" s="262"/>
+      <c r="P13" s="262"/>
+      <c r="Q13" s="263"/>
+    </row>
+    <row r="14" spans="1:28" s="122" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="264" t="s">
         <v>238</v>
       </c>
-      <c r="B13" s="276"/>
-[...23 lines deleted...]
-      <c r="C14" s="279">
+      <c r="B14" s="265">
+        <v>862</v>
+      </c>
+      <c r="C14" s="265">
         <v>328</v>
       </c>
-      <c r="D14" s="279">
-[...5 lines deleted...]
-      <c r="F14" s="279">
+      <c r="D14" s="265">
+        <v>403</v>
+      </c>
+      <c r="E14" s="265">
+        <v>609</v>
+      </c>
+      <c r="F14" s="265">
         <v>376</v>
       </c>
-      <c r="G14" s="279">
+      <c r="G14" s="265">
         <v>0</v>
       </c>
-      <c r="H14" s="279">
+      <c r="H14" s="265">
         <v>26</v>
       </c>
-      <c r="I14" s="279">
+      <c r="I14" s="265">
         <v>107</v>
       </c>
-      <c r="J14" s="279">
-[...2 lines deleted...]
-      <c r="K14" s="279">
+      <c r="J14" s="265">
+        <v>949</v>
+      </c>
+      <c r="K14" s="265">
         <v>119</v>
       </c>
-      <c r="L14" s="279">
+      <c r="L14" s="265">
         <v>11</v>
       </c>
-      <c r="M14" s="279">
+      <c r="M14" s="265">
         <v>19</v>
       </c>
-      <c r="N14" s="279">
-[...2 lines deleted...]
-      <c r="O14" s="279">
+      <c r="N14" s="265">
+        <v>253</v>
+      </c>
+      <c r="O14" s="265">
         <v>21</v>
       </c>
-      <c r="P14" s="279">
+      <c r="P14" s="265">
         <v>24</v>
       </c>
-      <c r="Q14" s="280">
-        <v>4097</v>
+      <c r="Q14" s="266">
+        <v>4107</v>
       </c>
     </row>
     <row r="15" spans="1:28" s="122" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="123"/>
-[...17 lines deleted...]
-      <c r="A16" s="281" t="s">
+      <c r="A15" s="264" t="s">
+        <v>244</v>
+      </c>
+      <c r="B15" s="265">
+        <v>915</v>
+      </c>
+      <c r="C15" s="265">
+        <v>365</v>
+      </c>
+      <c r="D15" s="265">
+        <v>383</v>
+      </c>
+      <c r="E15" s="265">
+        <v>588</v>
+      </c>
+      <c r="F15" s="265">
+        <v>351</v>
+      </c>
+      <c r="G15" s="265">
+        <v>0</v>
+      </c>
+      <c r="H15" s="265">
+        <v>23</v>
+      </c>
+      <c r="I15" s="265">
+        <v>144</v>
+      </c>
+      <c r="J15" s="265">
+        <v>917</v>
+      </c>
+      <c r="K15" s="265">
+        <v>118</v>
+      </c>
+      <c r="L15" s="265">
+        <v>6</v>
+      </c>
+      <c r="M15" s="265">
+        <v>22</v>
+      </c>
+      <c r="N15" s="265">
+        <v>231</v>
+      </c>
+      <c r="O15" s="265">
+        <v>26</v>
+      </c>
+      <c r="P15" s="265">
+        <v>21</v>
+      </c>
+      <c r="Q15" s="266">
+        <v>4110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:28" s="269" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A16" s="267" t="s">
         <v>109</v>
       </c>
-      <c r="B16" s="282"/>
-[...28 lines deleted...]
-      <c r="A17" s="281" t="s">
+      <c r="B16" s="268"/>
+      <c r="C16" s="268"/>
+      <c r="D16" s="268"/>
+      <c r="E16" s="268"/>
+      <c r="F16" s="268"/>
+      <c r="G16" s="268"/>
+      <c r="H16" s="268"/>
+      <c r="I16" s="268"/>
+      <c r="J16" s="268"/>
+      <c r="K16" s="268"/>
+      <c r="L16" s="268"/>
+      <c r="M16" s="268"/>
+      <c r="N16" s="268"/>
+      <c r="O16" s="268"/>
+      <c r="P16" s="268"/>
+      <c r="Q16" s="268"/>
+      <c r="R16" s="268"/>
+      <c r="S16" s="268"/>
+      <c r="T16" s="268"/>
+      <c r="U16" s="268"/>
+      <c r="V16" s="268"/>
+      <c r="W16" s="268"/>
+      <c r="X16" s="268"/>
+      <c r="Y16" s="268"/>
+      <c r="Z16" s="268"/>
+      <c r="AA16" s="268"/>
+      <c r="AB16" s="268"/>
+    </row>
+    <row r="17" spans="1:30" s="269" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A17" s="267" t="s">
         <v>110</v>
       </c>
-      <c r="B17" s="284"/>
-[...28 lines deleted...]
-      <c r="A18" s="281" t="s">
+      <c r="B17" s="270"/>
+      <c r="C17" s="270"/>
+      <c r="D17" s="270"/>
+      <c r="E17" s="270"/>
+      <c r="F17" s="270"/>
+      <c r="G17" s="270"/>
+      <c r="H17" s="270"/>
+      <c r="I17" s="270"/>
+      <c r="J17" s="270"/>
+      <c r="K17" s="270"/>
+      <c r="L17" s="270"/>
+      <c r="M17" s="270"/>
+      <c r="N17" s="270"/>
+      <c r="O17" s="270"/>
+      <c r="P17" s="270"/>
+      <c r="Q17" s="270"/>
+      <c r="R17" s="270"/>
+      <c r="S17" s="270"/>
+      <c r="T17" s="270"/>
+      <c r="U17" s="270"/>
+      <c r="V17" s="270"/>
+      <c r="W17" s="270"/>
+      <c r="X17" s="270"/>
+      <c r="Y17" s="270"/>
+      <c r="Z17" s="270"/>
+      <c r="AA17" s="270"/>
+      <c r="AB17" s="270"/>
+    </row>
+    <row r="18" spans="1:30" s="269" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A18" s="267" t="s">
         <v>111</v>
       </c>
-      <c r="B18" s="284"/>
-[...28 lines deleted...]
-      <c r="A19" s="281" t="s">
+      <c r="B18" s="270"/>
+      <c r="C18" s="270"/>
+      <c r="D18" s="270"/>
+      <c r="E18" s="270"/>
+      <c r="F18" s="270"/>
+      <c r="G18" s="270"/>
+      <c r="H18" s="270"/>
+      <c r="I18" s="270"/>
+      <c r="J18" s="270"/>
+      <c r="K18" s="270"/>
+      <c r="L18" s="270"/>
+      <c r="M18" s="270"/>
+      <c r="N18" s="270"/>
+      <c r="O18" s="270"/>
+      <c r="P18" s="270"/>
+      <c r="Q18" s="270"/>
+      <c r="R18" s="270"/>
+      <c r="S18" s="270"/>
+      <c r="T18" s="270"/>
+      <c r="U18" s="270"/>
+      <c r="V18" s="270"/>
+      <c r="W18" s="270"/>
+      <c r="X18" s="270"/>
+      <c r="Y18" s="270"/>
+      <c r="Z18" s="270"/>
+      <c r="AA18" s="270"/>
+      <c r="AB18" s="270"/>
+    </row>
+    <row r="19" spans="1:30" s="269" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A19" s="267" t="s">
         <v>112</v>
       </c>
-      <c r="B19" s="285"/>
-[...28 lines deleted...]
-      <c r="A20" s="282" t="s">
+      <c r="B19" s="271"/>
+      <c r="C19" s="271"/>
+      <c r="D19" s="271"/>
+      <c r="E19" s="271"/>
+      <c r="F19" s="271"/>
+      <c r="G19" s="271"/>
+      <c r="H19" s="271"/>
+      <c r="I19" s="271"/>
+      <c r="J19" s="271"/>
+      <c r="K19" s="271"/>
+      <c r="L19" s="271"/>
+      <c r="M19" s="271"/>
+      <c r="N19" s="271"/>
+      <c r="O19" s="271"/>
+      <c r="P19" s="271"/>
+      <c r="Q19" s="271"/>
+      <c r="R19" s="271"/>
+      <c r="S19" s="271"/>
+      <c r="T19" s="271"/>
+      <c r="U19" s="271"/>
+      <c r="V19" s="271"/>
+      <c r="W19" s="271"/>
+      <c r="X19" s="271"/>
+      <c r="Y19" s="271"/>
+      <c r="Z19" s="271"/>
+      <c r="AA19" s="271"/>
+      <c r="AB19" s="271"/>
+    </row>
+    <row r="20" spans="1:30" s="269" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="268" t="s">
         <v>113</v>
       </c>
-      <c r="B20" s="282"/>
-[...28 lines deleted...]
-      <c r="A21" s="286" t="s">
+      <c r="B20" s="268"/>
+      <c r="C20" s="268"/>
+      <c r="D20" s="268"/>
+      <c r="E20" s="268"/>
+      <c r="F20" s="268"/>
+      <c r="G20" s="268"/>
+      <c r="H20" s="268"/>
+      <c r="I20" s="268"/>
+      <c r="J20" s="268"/>
+      <c r="K20" s="268"/>
+      <c r="L20" s="268"/>
+      <c r="M20" s="268"/>
+      <c r="N20" s="268"/>
+      <c r="O20" s="268"/>
+      <c r="P20" s="268"/>
+      <c r="Q20" s="268"/>
+      <c r="R20" s="268"/>
+      <c r="S20" s="268"/>
+      <c r="T20" s="268"/>
+      <c r="U20" s="268"/>
+      <c r="V20" s="268"/>
+      <c r="W20" s="268"/>
+      <c r="X20" s="268"/>
+      <c r="Y20" s="268"/>
+      <c r="Z20" s="268"/>
+      <c r="AA20" s="268"/>
+      <c r="AB20" s="268"/>
+    </row>
+    <row r="21" spans="1:30" s="269" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A21" s="272" t="s">
+        <v>242</v>
+      </c>
+      <c r="B21" s="268"/>
+      <c r="C21" s="268"/>
+      <c r="D21" s="268"/>
+      <c r="E21" s="268"/>
+      <c r="F21" s="268"/>
+      <c r="G21" s="268"/>
+      <c r="H21" s="274"/>
+      <c r="I21" s="274"/>
+      <c r="J21" s="268"/>
+      <c r="K21" s="268"/>
+      <c r="L21" s="268"/>
+      <c r="M21" s="268"/>
+      <c r="N21" s="268"/>
+      <c r="O21" s="268"/>
+      <c r="P21" s="268"/>
+      <c r="Q21" s="268"/>
+      <c r="R21" s="268"/>
+      <c r="S21" s="268"/>
+      <c r="T21" s="268"/>
+      <c r="U21" s="268"/>
+      <c r="V21" s="268"/>
+      <c r="W21" s="268"/>
+      <c r="X21" s="268"/>
+      <c r="Y21" s="268"/>
+      <c r="Z21" s="268"/>
+      <c r="AA21" s="268"/>
+      <c r="AB21" s="268"/>
+    </row>
+    <row r="22" spans="1:30" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="273" t="s">
         <v>243</v>
       </c>
-      <c r="B21" s="282"/>
-[...59 lines deleted...]
-      <c r="AD22" s="282"/>
+      <c r="B22" s="268"/>
+      <c r="C22" s="268"/>
+      <c r="D22" s="268"/>
+      <c r="E22" s="268"/>
+      <c r="F22" s="268"/>
+      <c r="G22" s="268"/>
+      <c r="H22" s="268"/>
+      <c r="I22" s="268"/>
+      <c r="J22" s="268"/>
+      <c r="K22" s="268"/>
+      <c r="L22" s="268"/>
+      <c r="M22" s="268"/>
+      <c r="N22" s="268"/>
+      <c r="O22" s="268"/>
+      <c r="P22" s="268"/>
+      <c r="Q22" s="268"/>
+      <c r="R22" s="268"/>
+      <c r="S22" s="268"/>
+      <c r="T22" s="268"/>
+      <c r="U22" s="268"/>
+      <c r="V22" s="268"/>
+      <c r="W22" s="268"/>
+      <c r="X22" s="268"/>
+      <c r="Y22" s="268"/>
+      <c r="Z22" s="268"/>
+      <c r="AA22" s="268"/>
+      <c r="AB22" s="268"/>
+      <c r="AC22" s="268"/>
+      <c r="AD22" s="268"/>
     </row>
     <row r="25" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A25" s="10" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B25" s="10"/>
       <c r="C25" s="16"/>
       <c r="D25" s="16"/>
       <c r="E25" s="16"/>
       <c r="F25" s="16"/>
       <c r="G25" s="16"/>
       <c r="H25" s="16"/>
       <c r="I25" s="16"/>
       <c r="J25" s="16"/>
       <c r="K25" s="16"/>
       <c r="L25" s="16"/>
       <c r="M25" s="16"/>
       <c r="N25" s="16"/>
       <c r="O25" s="16"/>
       <c r="P25" s="16"/>
       <c r="Q25" s="16"/>
       <c r="R25" s="15"/>
       <c r="S25" s="15"/>
     </row>
     <row r="26" spans="1:30" x14ac:dyDescent="0.2">
       <c r="A26" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
     </row>
     <row r="27" spans="1:30" ht="15" x14ac:dyDescent="0.25">
       <c r="A27" s="248" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="J2" r:id="rId1" xr:uid="{0BD2A948-E73B-4EC0-9E4C-3BA0562A1F9D}"/>
-    <hyperlink ref="A27" r:id="rId2" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{AFCA941D-ED73-436F-A1F8-620DD13A3642}"/>
+    <hyperlink ref="A27" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{AFCA941D-ED73-436F-A1F8-620DD13A3642}"/>
+    <hyperlink ref="J2" r:id="rId2" xr:uid="{BBA67AAF-FEC4-4F4F-83A4-D8F43B7DE213}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6DE2FAE3-6433-44E2-B774-20547DED777E}">
   <dimension ref="A1:Q22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E14" sqref="E14"/>
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.42578125" style="1" customWidth="1"/>
     <col min="2" max="3" width="11.140625" style="1" customWidth="1"/>
     <col min="4" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" s="140" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="51" t="s">
         <v>217</v>
       </c>
       <c r="B1" s="51"/>
       <c r="C1" s="51"/>
       <c r="D1" s="51"/>
       <c r="E1" s="51"/>
       <c r="F1" s="51"/>
       <c r="G1" s="51"/>
       <c r="H1" s="51"/>
       <c r="I1" s="51"/>
       <c r="J1" s="51"/>
       <c r="K1" s="51"/>
     </row>
     <row r="3" spans="1:11" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
@@ -25949,117 +26130,123 @@
       </c>
     </row>
     <row r="11" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A11" s="132" t="s">
         <v>54</v>
       </c>
       <c r="B11" s="130">
         <v>16943</v>
       </c>
       <c r="C11" s="144">
         <v>11537</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A12" s="135" t="s">
         <v>72</v>
       </c>
       <c r="B12" s="136">
         <v>15905</v>
       </c>
       <c r="C12" s="142">
         <v>10855</v>
       </c>
     </row>
     <row r="13" spans="1:11" ht="15" x14ac:dyDescent="0.25">
-      <c r="A13" s="275" t="s">
+      <c r="A13" s="261" t="s">
         <v>230</v>
       </c>
-      <c r="B13" s="276"/>
-      <c r="C13" s="289"/>
+      <c r="B13" s="262"/>
+      <c r="C13" s="275"/>
     </row>
     <row r="14" spans="1:11" ht="15" x14ac:dyDescent="0.25">
-      <c r="A14" s="278" t="s">
-[...6 lines deleted...]
-        <v>2748</v>
+      <c r="A14" s="264" t="s">
+        <v>238</v>
+      </c>
+      <c r="B14" s="265">
+        <v>4107</v>
+      </c>
+      <c r="C14" s="276">
+        <v>2904</v>
       </c>
     </row>
     <row r="15" spans="1:11" ht="15" x14ac:dyDescent="0.25">
-      <c r="A15" s="122"/>
-[...1 lines deleted...]
-      <c r="C15" s="138"/>
+      <c r="A15" s="264" t="s">
+        <v>244</v>
+      </c>
+      <c r="B15" s="265">
+        <v>4110</v>
+      </c>
+      <c r="C15" s="276">
+        <v>2462</v>
+      </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A16" s="64" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="15" x14ac:dyDescent="0.25">
-      <c r="A17" s="81" t="s">
-        <v>210</v>
+      <c r="A17" s="248" t="s">
+        <v>245</v>
       </c>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A20" s="10" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="16"/>
       <c r="D20" s="16"/>
       <c r="E20" s="16"/>
       <c r="F20" s="16"/>
       <c r="G20" s="16"/>
       <c r="H20" s="16"/>
       <c r="I20" s="16"/>
       <c r="J20" s="16"/>
       <c r="K20" s="16"/>
       <c r="L20" s="16"/>
       <c r="M20" s="16"/>
       <c r="N20" s="16"/>
       <c r="O20" s="16"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
     </row>
     <row r="21" spans="1:17" x14ac:dyDescent="0.2">
       <c r="A21" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
     </row>
     <row r="22" spans="1:17" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="248" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A17" r:id="rId1" xr:uid="{B7A19B89-2520-4466-A81E-2689C40944AB}"/>
-    <hyperlink ref="A22" r:id="rId2" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{379FE6FE-C004-479C-BFE3-77E3E2F48F48}"/>
+    <hyperlink ref="A22" r:id="rId1" display="https://www.communities-ni.gov.uk/publications/northern-ireland-housing-statistics-2024-25" xr:uid="{379FE6FE-C004-479C-BFE3-77E3E2F48F48}"/>
+    <hyperlink ref="A17" r:id="rId2" xr:uid="{7417CA31-8151-4A46-8645-EAC816E16FE5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>14</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>Contents</vt:lpstr>
       <vt:lpstr>1 SHDP Starts</vt:lpstr>
       <vt:lpstr>2 SHDP Completions</vt:lpstr>