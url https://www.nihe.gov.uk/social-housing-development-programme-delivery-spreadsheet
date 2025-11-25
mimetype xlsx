--- v0 (2025-10-08)
+++ v1 (2025-11-25)
@@ -2,823 +2,794 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Land and Rengeneration\DPG\Programme Spreadsheet\Backup Spreadsheets\2025\September 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\WIP\Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B06FDADA-0C2B-4D1B-B885-A9FAA7599342}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9EB2A5AA-5714-4BB0-BA38-7C28ED6C48C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{CA7E61F6-FFB6-4260-9CF4-932581C85470}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6F16BC55-87AD-4D57-9F53-E054FAAB373A}"/>
   </bookViews>
   <sheets>
-    <sheet name="SHDP" sheetId="1" r:id="rId1"/>
+    <sheet name="Social Housing Schemes" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">SHDP!$A$1:$BQ$598</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">SHDP!$1:$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Social Housing Schemes'!$A$1:$M$591</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Social Housing Schemes'!$D$1:$M$512</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Social Housing Schemes'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Ferguson, Declan</author>
-    <author>tc={77E5391D-29C8-41B0-AE07-C5E8394E7D4A}</author>
+    <author>tc={F67D1A2B-E37C-43CA-B18A-196B48E1DF6E}</author>
     <author>Declan Ferguson</author>
-    <author>tc={63A70D94-F748-45C8-BD3B-42A075E0FA13}</author>
-[...2 lines deleted...]
-    <author>tc={ACC4EEFA-57A9-417D-AE98-BB9C91EA0B2F}</author>
+    <author>tc={389791AB-346F-4265-B47D-030D6BA90C93}</author>
   </authors>
   <commentList>
-    <comment ref="E81" authorId="0" shapeId="0" xr:uid="{A470D4D4-097D-4A37-B69B-E9D09FC5A83C}">
+    <comment ref="E92" authorId="0" shapeId="0" xr:uid="{1C245571-A1FC-4CEA-A38D-C1D0F9E47EA6}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E82" authorId="0" shapeId="0" xr:uid="{F788E41A-CEE6-4E9B-ADE7-24080FECFD7C}">
+    <comment ref="E93" authorId="0" shapeId="0" xr:uid="{6B7FD26A-9A97-4F97-A3C6-C5A723431A3A}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E83" authorId="0" shapeId="0" xr:uid="{21FDD067-06F7-46C7-8F64-D5F88CBDE3F8}">
+    <comment ref="E94" authorId="0" shapeId="0" xr:uid="{52426CA7-2FFD-41F5-A96C-74F206AC4C6B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E84" authorId="0" shapeId="0" xr:uid="{555DFAD0-64B6-4887-961A-F538B88C1593}">
+    <comment ref="E95" authorId="0" shapeId="0" xr:uid="{A3A18061-0DAA-4C78-B829-74CB235D5AB7}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E85" authorId="0" shapeId="0" xr:uid="{B1DC765C-9511-4F8C-88EC-5F2BF332981D}">
+    <comment ref="E96" authorId="0" shapeId="0" xr:uid="{CF7A3F54-3AD1-4342-9C88-E27C9503141A}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E137" authorId="0" shapeId="0" xr:uid="{CDFF1CCA-E163-4D58-B554-DC0275AC5C57}">
+    <comment ref="E145" authorId="0" shapeId="0" xr:uid="{0E86235B-FC52-4745-AD77-0E8D1A55B734}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Corrib Avenue, Belfast</t>
         </r>
       </text>
     </comment>
-    <comment ref="E138" authorId="0" shapeId="0" xr:uid="{30CEC986-6646-4A69-BBC0-F2AD07CE7933}">
+    <comment ref="E146" authorId="0" shapeId="0" xr:uid="{AC394DCE-562B-4911-8A18-BF0A14CABE12}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Corrib Avenue, Belfast</t>
         </r>
       </text>
     </comment>
-    <comment ref="E253" authorId="0" shapeId="0" xr:uid="{3B1B73B4-D442-4581-9DB3-1E9F871024F5}">
+    <comment ref="E255" authorId="0" shapeId="0" xr:uid="{1DF2B801-D21D-4400-BDCB-08206FF0BBE8}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Lagmore Hazel View</t>
         </r>
       </text>
     </comment>
-    <comment ref="E254" authorId="0" shapeId="0" xr:uid="{6808505D-8542-4370-94C7-7FA6368F8E51}">
+    <comment ref="E256" authorId="0" shapeId="0" xr:uid="{C3CEBEE8-EB14-4A77-99B1-83C97BBB117C}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Lagmore Hazel View</t>
         </r>
       </text>
     </comment>
-    <comment ref="E264" authorId="1" shapeId="0" xr:uid="{77E5391D-29C8-41B0-AE07-C5E8394E7D4A}">
+    <comment ref="E266" authorId="1" shapeId="0" xr:uid="{F67D1A2B-E37C-43CA-B18A-196B48E1DF6E}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Hopewell Avenue?</t>
       </text>
     </comment>
-    <comment ref="E278" authorId="2" shapeId="0" xr:uid="{8F9DA328-3E7B-45DC-82EF-2A969D3FD053}">
+    <comment ref="E288" authorId="2" shapeId="0" xr:uid="{4FCED8D8-834D-4BA6-B083-FADF89E8E5F2}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Declan Ferguson:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 4a &amp; 4b Garryduff Road Shared Housing Units &amp; 5 Garryduff Road New build CAT1</t>
         </r>
       </text>
     </comment>
-    <comment ref="E281" authorId="2" shapeId="0" xr:uid="{C7F6E5F4-76FA-4450-BA9E-3D6E61B0DFE8}">
+    <comment ref="E291" authorId="2" shapeId="0" xr:uid="{1FED6B43-2C4B-41DA-979B-BAE60D16E659}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Declan Ferguson:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 4a &amp; 4b Garryduff Road Shared Housing Units &amp; 5 Garryduff Road New build CAT1</t>
         </r>
       </text>
     </comment>
-    <comment ref="H352" authorId="0" shapeId="0" xr:uid="{6185AA74-085A-4920-B6CF-25EE94F190DB}">
+    <comment ref="H351" authorId="0" shapeId="0" xr:uid="{9281F06E-1D39-4434-AD2B-C28410A5445C}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 10/3</t>
         </r>
       </text>
     </comment>
-    <comment ref="H365" authorId="0" shapeId="0" xr:uid="{EEC2A244-5EF5-4CCE-B196-9F866BCF2E6F}">
+    <comment ref="H364" authorId="0" shapeId="0" xr:uid="{F41375DB-BBBA-42D5-B460-0B21381875E8}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Elderly Sheltered </t>
         </r>
       </text>
     </comment>
-    <comment ref="E367" authorId="0" shapeId="0" xr:uid="{97FEF2E8-7393-4283-83F3-57196CC57349}">
+    <comment ref="E366" authorId="0" shapeId="0" xr:uid="{1425869E-C6AD-45B9-9ECF-9632CE5B1DB2}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Also known as Granges Street</t>
         </r>
       </text>
     </comment>
-    <comment ref="E368" authorId="0" shapeId="0" xr:uid="{3D27C7E0-31F4-4351-8D86-40A2E44EADC3}">
+    <comment ref="E367" authorId="0" shapeId="0" xr:uid="{D7342F1E-5A40-45ED-BF4A-12C4D4B11099}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Also known as Granges Street</t>
         </r>
       </text>
     </comment>
-    <comment ref="H401" authorId="2" shapeId="0" xr:uid="{6C0CC825-7A48-41A0-8F80-3398110F23BE}">
+    <comment ref="H400" authorId="2" shapeId="0" xr:uid="{FFE3D525-8F4C-4DFD-B250-9C01B18CD58C}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Declan Ferguson:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 3/10/11</t>
         </r>
       </text>
     </comment>
-    <comment ref="H402" authorId="2" shapeId="0" xr:uid="{AFB1A67E-5387-4018-9389-494A21088AAA}">
+    <comment ref="H401" authorId="2" shapeId="0" xr:uid="{5C175CB7-15B7-4573-AA9A-D535B04630BE}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Declan Ferguson:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 3/10/11</t>
         </r>
       </text>
     </comment>
-    <comment ref="E452" authorId="0" shapeId="0" xr:uid="{16D1124A-32FD-488F-9764-A361CD370834}">
+    <comment ref="E456" authorId="0" shapeId="0" xr:uid="{67443F52-E9A5-46A9-9B81-70D0DD525BCB}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Also known as Ballyoran Manor</t>
         </r>
       </text>
     </comment>
-    <comment ref="H470" authorId="3" shapeId="0" xr:uid="{63A70D94-F748-45C8-BD3B-42A075E0FA13}">
+    <comment ref="H475" authorId="3" shapeId="0" xr:uid="{389791AB-346F-4265-B47D-030D6BA90C93}">
       <text>
         <t xml:space="preserve">[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Wheelchair 
 </t>
       </text>
     </comment>
-    <comment ref="H473" authorId="4" shapeId="0" xr:uid="{8F916546-A528-4819-BEE6-6CE368FBFA91}">
-[...8 lines deleted...]
-    <comment ref="H487" authorId="0" shapeId="0" xr:uid="{30C0F840-F18E-4661-8148-506D33FF8BC1}">
+    <comment ref="H499" authorId="0" shapeId="0" xr:uid="{1EF6210D-1505-4255-A6B4-E38A065C45DE}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 10/6
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="E488" authorId="0" shapeId="0" xr:uid="{87893914-7B94-4B0A-82F6-4EAADE28E589}">
+    <comment ref="E500" authorId="0" shapeId="0" xr:uid="{8C348EB2-AE1C-40C1-922E-CD7427C49CDD}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E489" authorId="0" shapeId="0" xr:uid="{3C4C7467-36CB-4FA5-9F3D-6A807205B0CC}">
+    <comment ref="E501" authorId="0" shapeId="0" xr:uid="{229D8AD1-6A5C-48B4-81CA-7969220790FE}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E490" authorId="0" shapeId="0" xr:uid="{128142BE-0460-4838-95FC-1B8E815806DE}">
+    <comment ref="E502" authorId="0" shapeId="0" xr:uid="{A766B8E5-79F7-49C6-8106-754B228EC26C}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E491" authorId="0" shapeId="0" xr:uid="{1840AE4B-281A-4275-84FF-C81D21F88689}">
+    <comment ref="E503" authorId="0" shapeId="0" xr:uid="{250E2A42-6089-4355-8F76-18D463A7BAF8}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E492" authorId="0" shapeId="0" xr:uid="{4BDE4E0D-F195-4362-A540-690396537446}">
+    <comment ref="E504" authorId="0" shapeId="0" xr:uid="{DAA0CF9D-5A69-45FF-8AB9-ED550D9E8055}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E493" authorId="0" shapeId="0" xr:uid="{8F9C45ED-A5A3-40BD-81E5-2EFC7DEFA650}">
+    <comment ref="E505" authorId="0" shapeId="0" xr:uid="{2C8B87CC-12C2-4193-9DA0-E39BDFAD7F47}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E494" authorId="0" shapeId="0" xr:uid="{B0FAC9DF-FDC1-404A-A8B5-CB3A48A0400D}">
+    <comment ref="E506" authorId="0" shapeId="0" xr:uid="{252BAB61-7DD4-4DCE-BBA2-01FAF5DDD753}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E495" authorId="0" shapeId="0" xr:uid="{AA38A627-5126-4FB5-853C-EF8F78CC77F2}">
+    <comment ref="E507" authorId="0" shapeId="0" xr:uid="{9891DD4E-3BF3-459D-914E-C69AB83EEBE0}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="H568" authorId="5" shapeId="0" xr:uid="{7D44992D-73D5-4515-9014-E9C84FCF0876}">
-[...7 lines deleted...]
-    <comment ref="H579" authorId="0" shapeId="0" xr:uid="{A95B17C8-3941-4F71-99B9-77746755A712}">
+    <comment ref="H575" authorId="0" shapeId="0" xr:uid="{42D1CBB0-0BE0-4006-AAB5-C4C258C7AA45}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Wheelchair</t>
         </r>
       </text>
     </comment>
-    <comment ref="H588" authorId="6" shapeId="0" xr:uid="{ACC4EEFA-57A9-417D-AE98-BB9C91EA0B2F}">
-[...7 lines deleted...]
-    </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7153" uniqueCount="588">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7092" uniqueCount="583">
   <si>
     <t>Housing 
 Association</t>
   </si>
   <si>
     <t xml:space="preserve">Current Local Government District </t>
   </si>
   <si>
     <t xml:space="preserve">Parliamentary 
 Constituency </t>
   </si>
   <si>
     <t>NIHE District</t>
   </si>
   <si>
     <t>Scheme Name</t>
   </si>
   <si>
     <t xml:space="preserve">Location </t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Need 
@@ -1015,137 +986,131 @@
   <si>
     <t>Ahoghill</t>
   </si>
   <si>
     <t>Coleraine</t>
   </si>
   <si>
     <t>East Londonderry</t>
   </si>
   <si>
     <t>Shell Hill</t>
   </si>
   <si>
     <t>Ards &amp; North Down</t>
   </si>
   <si>
     <t>Strangford</t>
   </si>
   <si>
     <t>Newtownards</t>
   </si>
   <si>
     <t>Quarry Heights</t>
   </si>
   <si>
-    <t>Farmhill Road</t>
-[...1 lines deleted...]
-  <si>
     <t>Ashgrove</t>
   </si>
   <si>
     <t>Belfast North</t>
   </si>
   <si>
     <t>Parkside Gardens</t>
   </si>
   <si>
     <t>East Antrim</t>
   </si>
   <si>
     <t>Carrickfergus</t>
   </si>
   <si>
     <t>Windsor Avenue</t>
   </si>
   <si>
     <t xml:space="preserve">Whitehead </t>
   </si>
   <si>
     <t>Craigavon</t>
   </si>
   <si>
     <t>Upper Bann</t>
   </si>
   <si>
     <t>Lurgan</t>
   </si>
   <si>
     <t>Kiln Lane</t>
   </si>
   <si>
-    <t>Old Klimore Road</t>
+    <t>Old Kilmore Road</t>
   </si>
   <si>
     <t>Moira</t>
   </si>
   <si>
+    <t>Social Housing via Planning Gain</t>
+  </si>
+  <si>
     <t>Downpatrick</t>
   </si>
   <si>
     <t xml:space="preserve">Lawnfield </t>
   </si>
   <si>
     <t>Newcastle</t>
   </si>
   <si>
     <t>Steeple Park</t>
   </si>
   <si>
     <t>South Street</t>
   </si>
   <si>
+    <t>2029/30</t>
+  </si>
+  <si>
     <t>Serpentine Ph 1</t>
   </si>
   <si>
     <t>Sloan Street</t>
   </si>
   <si>
     <t>Serpentine Ph 2</t>
   </si>
   <si>
     <t>Loughview</t>
   </si>
   <si>
-    <t>2029/30</t>
-[...1 lines deleted...]
-  <si>
     <t>Larne</t>
   </si>
   <si>
     <t>Bank Road</t>
   </si>
   <si>
     <t>Shore Road</t>
   </si>
   <si>
-    <t>Newtown Road</t>
-[...4 lines deleted...]
-  <si>
     <t>Apex Housing</t>
   </si>
   <si>
     <t>Craigmore Way</t>
   </si>
   <si>
     <t>2018/19</t>
   </si>
   <si>
     <t>2020/21</t>
   </si>
   <si>
     <t>West Belfast</t>
   </si>
   <si>
     <t>Belfast West</t>
   </si>
   <si>
     <t>Glenmona</t>
   </si>
   <si>
     <t>Newtownabbey High School</t>
   </si>
   <si>
     <t>2021/22</t>
@@ -1375,84 +1340,87 @@
   <si>
     <t xml:space="preserve">Strabane </t>
   </si>
   <si>
     <t>Patrician Villas</t>
   </si>
   <si>
     <t>Strabane</t>
   </si>
   <si>
     <t>Old Strabane Road</t>
   </si>
   <si>
     <t>St Patrick Street</t>
   </si>
   <si>
     <t>The Arches Centre, Newtownards Road</t>
   </si>
   <si>
     <t>Rossary Church Road</t>
   </si>
   <si>
     <t>Enniskillen</t>
   </si>
   <si>
+    <t>Granges/Main Street</t>
+  </si>
+  <si>
     <t xml:space="preserve">General Needs </t>
   </si>
   <si>
     <t>10 Bridge Street</t>
   </si>
   <si>
     <t>Church Meadows</t>
   </si>
   <si>
     <t>Gregg Street</t>
   </si>
   <si>
     <t>Church Meadows Phase 2</t>
   </si>
   <si>
     <t>Fairview</t>
   </si>
   <si>
     <t>Saintfield</t>
   </si>
   <si>
     <t>Old Warrenpoint Road</t>
   </si>
   <si>
     <t>40 Fort Street</t>
   </si>
   <si>
     <t xml:space="preserve">Banbridge </t>
   </si>
   <si>
     <t>Reimprovement</t>
   </si>
   <si>
-    <t>Watson's Road</t>
+    <t>Watsons Road</t>
   </si>
   <si>
     <t>Ballyearl Drive</t>
   </si>
   <si>
     <t>Beech Grove</t>
   </si>
   <si>
     <t>Irish Green Street</t>
   </si>
   <si>
     <t xml:space="preserve">Urban </t>
   </si>
   <si>
     <t>34-36 Market Square</t>
   </si>
   <si>
     <t xml:space="preserve">Lisburn </t>
   </si>
   <si>
     <t>Castle View</t>
   </si>
   <si>
     <t xml:space="preserve">Rathfriland </t>
   </si>
@@ -1471,50 +1439,53 @@
   <si>
     <t>Lisnagole Road</t>
   </si>
   <si>
     <t>Maguiresbridge</t>
   </si>
   <si>
     <t xml:space="preserve"> Mountjoy Road Ph 2</t>
   </si>
   <si>
     <t>25-27 Market Square</t>
   </si>
   <si>
     <t>Old Coach Road</t>
   </si>
   <si>
     <t>Hillsborough</t>
   </si>
   <si>
     <t xml:space="preserve">Ballymena </t>
   </si>
   <si>
     <t>Fountain Place</t>
   </si>
   <si>
+    <t>Duke Street</t>
+  </si>
+  <si>
     <t>26 Coalisland Road</t>
   </si>
   <si>
     <t>Moneydarragh Road</t>
   </si>
   <si>
     <t>Annalong</t>
   </si>
   <si>
     <t>Ark</t>
   </si>
   <si>
     <t>Circular Road</t>
   </si>
   <si>
     <t>Armagh</t>
   </si>
   <si>
     <t xml:space="preserve">18-52 Ogle Street </t>
   </si>
   <si>
     <t>Malone Mews</t>
   </si>
   <si>
     <t>Tillie &amp; Henderson Factory Site</t>
@@ -1696,65 +1667,56 @@
   <si>
     <t>Supported</t>
   </si>
   <si>
     <t>Belfast Shankill</t>
   </si>
   <si>
     <t>Cairnmartin, Phase 3 (T)</t>
   </si>
   <si>
     <t>Rushmere Glen</t>
   </si>
   <si>
     <t>Victoria Street Phase 1</t>
   </si>
   <si>
     <t>Victoria Street Phase 2</t>
   </si>
   <si>
     <t>233 - 263 Shore Road</t>
   </si>
   <si>
     <t>Beresford, Coleraine Phase 2</t>
   </si>
   <si>
-    <t>Social Housing via Planning Gain</t>
-[...1 lines deleted...]
-  <si>
     <t>The Mount</t>
   </si>
   <si>
     <t>Former Crepe Weavers</t>
   </si>
   <si>
-    <t>Drumadoon Road</t>
-[...4 lines deleted...]
-  <si>
     <t>Ballyoan, Park Hill, Derry Phase 3</t>
   </si>
   <si>
     <t>Coolnagard Phase 2a</t>
   </si>
   <si>
     <t>Coolnagard Phase 2b</t>
   </si>
   <si>
     <t>Glengormley</t>
   </si>
   <si>
     <t>Old Eglish Road Phase 2</t>
   </si>
   <si>
     <t>153 Ormeau Road</t>
   </si>
   <si>
     <t>Existing Satisfactory Purchase</t>
   </si>
   <si>
     <t>28-34 Ballynahinch Road</t>
   </si>
   <si>
     <t>160 Moira Road</t>
@@ -1778,50 +1740,53 @@
     <t xml:space="preserve">Newtownabbey </t>
   </si>
   <si>
     <t>Eden Avenue</t>
   </si>
   <si>
     <t>Dumbarton House</t>
   </si>
   <si>
     <t>Mental Health</t>
   </si>
   <si>
     <t>Skegoneill Avenue</t>
   </si>
   <si>
     <t>Bradley Park</t>
   </si>
   <si>
     <t>Draperstown</t>
   </si>
   <si>
     <t>Becketts Bar, Stewartstown Road</t>
   </si>
   <si>
     <t>Gransha (Surplus)</t>
+  </si>
+  <si>
+    <t>Eglinton</t>
   </si>
   <si>
     <t>Clanmil</t>
   </si>
   <si>
     <t>50-54 Waterloo Street</t>
   </si>
   <si>
     <t>Pound Lane, Downe Hospital Phase 2</t>
   </si>
   <si>
     <t>Savoy Redevelopment (Blocks B &amp; C)</t>
   </si>
   <si>
     <t>Lough Neagh Terrace</t>
   </si>
   <si>
     <t>6 Maple Villa</t>
   </si>
   <si>
     <t>65 Evish Road</t>
   </si>
   <si>
     <t>Deerpark Hotel</t>
   </si>
@@ -1898,287 +1863,281 @@
   <si>
     <t>Killypaddy Road</t>
   </si>
   <si>
     <t>Lisnaskea</t>
   </si>
   <si>
     <t>Moybrick Road</t>
   </si>
   <si>
     <t>Dromara</t>
   </si>
   <si>
     <t>Carnagat Road</t>
   </si>
   <si>
     <t>Havelock House, Ormeau Road</t>
   </si>
   <si>
     <t>Ballynakilly Road</t>
   </si>
   <si>
     <t>Ballygudden Road</t>
   </si>
   <si>
-    <t>Eglinton</t>
-[...1 lines deleted...]
-  <si>
     <t>1A Abercorn Road</t>
   </si>
   <si>
     <t>Derryvale</t>
   </si>
   <si>
     <t>6 Garden Terrace</t>
   </si>
   <si>
     <t>1 Gallaun</t>
   </si>
   <si>
     <t>Mountpottinger Road</t>
   </si>
   <si>
     <t>42-50 Ormeau Road</t>
   </si>
   <si>
     <t>1-21 Castlereagh Road</t>
   </si>
   <si>
     <t>32-38 Molesworth Street</t>
   </si>
   <si>
     <t>Mullan Mews</t>
   </si>
   <si>
     <t>18-20 Alliance Avenue</t>
   </si>
   <si>
     <t>Cliftonpark Avenue (T)</t>
   </si>
   <si>
     <t>Newmarket Street</t>
   </si>
   <si>
     <t>Liskey Road</t>
   </si>
   <si>
     <t>21 Northland Road</t>
   </si>
   <si>
+    <t>Glenbryn Phase 3 (Surplus)</t>
+  </si>
+  <si>
+    <t>Connswater</t>
+  </si>
+  <si>
+    <t>Doagh Road/Monkstown Road (Aspen View)</t>
+  </si>
+  <si>
+    <t>14 Cedarhurst Road</t>
+  </si>
+  <si>
+    <t>Newtownbreda</t>
+  </si>
+  <si>
+    <t>Barna Square</t>
+  </si>
+  <si>
+    <t>85-101 Church Street</t>
+  </si>
+  <si>
+    <t>Dunmurry High School Phase 2 (S)</t>
+  </si>
+  <si>
+    <t>208 Ballyduff Road</t>
+  </si>
+  <si>
+    <t>197-199 Castlereagh Road</t>
+  </si>
+  <si>
+    <t>141-147 Upper Dunmurry Lane</t>
+  </si>
+  <si>
+    <t>146 Parkgate Avenue</t>
+  </si>
+  <si>
+    <t>Severn Street</t>
+  </si>
+  <si>
+    <t>Princes Avenue</t>
+  </si>
+  <si>
+    <t>Knock Road</t>
+  </si>
+  <si>
+    <t>Grove</t>
+  </si>
+  <si>
+    <t>Former Grove PS Site,North Queen Street (S)</t>
+  </si>
+  <si>
+    <t>Newington/Apex Housing</t>
+  </si>
+  <si>
+    <t>148 Ligoniel Road (Lands to the west of Wolfhill Centre)</t>
+  </si>
+  <si>
+    <t>Upper Long Streets, Belfast (T)</t>
+  </si>
+  <si>
+    <t>2031/32</t>
+  </si>
+  <si>
+    <t>7 Weavers Hill Mews</t>
+  </si>
+  <si>
+    <t>13 Mountainhill Walk</t>
+  </si>
+  <si>
+    <t>1 Hardinge Place</t>
+  </si>
+  <si>
+    <t>6 Lothair Avenue</t>
+  </si>
+  <si>
+    <t>8 Pacific Avenue</t>
+  </si>
+  <si>
+    <t>14 Lothair Avenue</t>
+  </si>
+  <si>
+    <t>24 Ligoniel Road</t>
+  </si>
+  <si>
+    <t>32 Oceanic Avenue</t>
+  </si>
+  <si>
+    <t>NB Housing</t>
+  </si>
+  <si>
+    <t>Bridge Street</t>
+  </si>
+  <si>
+    <t>Kilkeel</t>
+  </si>
+  <si>
+    <t>48-50 Bridge Street</t>
+  </si>
+  <si>
+    <t>Glenavy</t>
+  </si>
+  <si>
+    <t>22-30 Hopefield Avenue</t>
+  </si>
+  <si>
+    <t>Springfield Road / Highcairn Road</t>
+  </si>
+  <si>
+    <t>Lower Clonard</t>
+  </si>
+  <si>
+    <t>Commedagh Drive (T)</t>
+  </si>
+  <si>
+    <t>7 Upper Suffolk Road (T)</t>
+  </si>
+  <si>
+    <t>Craigyhill Bungalows (T)</t>
+  </si>
+  <si>
+    <t>3-5 Belfast Road</t>
+  </si>
+  <si>
+    <t>Leamington Place</t>
+  </si>
+  <si>
+    <t>283-285 Kingsway</t>
+  </si>
+  <si>
+    <t>72-78 Connsbrook Avenue</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belfast </t>
+  </si>
+  <si>
+    <t>935 Crumlin Road</t>
+  </si>
+  <si>
+    <t>Linn Road (T)</t>
+  </si>
+  <si>
+    <t>Langley Street, Belfast Phase 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mill Avenue, Ligoniel </t>
+  </si>
+  <si>
+    <t xml:space="preserve">New Build </t>
+  </si>
+  <si>
+    <t>Kintyre Road</t>
+  </si>
+  <si>
+    <t>Planning Gain</t>
+  </si>
+  <si>
+    <t>372-382 Oldpark Road</t>
+  </si>
+  <si>
+    <t>Keswick Street</t>
+  </si>
+  <si>
+    <t>Oaklee/Trinity</t>
+  </si>
+  <si>
+    <t>Hannahstown Phase 1A (S)</t>
+  </si>
+  <si>
+    <t>2014/15</t>
+  </si>
+  <si>
+    <t>Radius</t>
+  </si>
+  <si>
+    <t>Visteon, Blacks Road</t>
+  </si>
+  <si>
+    <t>2017/18</t>
+  </si>
+  <si>
+    <t>St Patrick's Barracks (Strategic DfC-owned site)</t>
+  </si>
+  <si>
+    <t>Gasworks Site (S)</t>
+  </si>
+  <si>
     <t>Castle Street</t>
   </si>
   <si>
-    <t>Glenbryn Phase 3 (Surplus)</t>
-[...187 lines deleted...]
-  <si>
     <t>Comber</t>
   </si>
   <si>
     <t>Belvoir Park</t>
   </si>
   <si>
     <t>Laurel Hill, Coleraine Ph 3 (S)</t>
   </si>
   <si>
     <t>New Build (Design &amp; Construct)</t>
   </si>
   <si>
     <t>Replacement of Clare House (DfC Site)</t>
   </si>
   <si>
     <t>Cliftonville GC, Westland Road</t>
   </si>
   <si>
     <t>Brown Square (NIHE)</t>
   </si>
   <si>
     <t>Foyle Road (4 Letterkenny Road)</t>
   </si>
   <si>
     <t>41-47 Tates Avenue</t>
@@ -2378,119 +2337,119 @@
   <si>
     <t>Aghadowey</t>
   </si>
   <si>
     <t>Leckagh Cottages (T)</t>
   </si>
   <si>
     <t>Killowen Drive (T)</t>
   </si>
   <si>
     <t>Gardenmore House (T)</t>
   </si>
   <si>
     <t>Coastguard Road (T)</t>
   </si>
   <si>
     <t>Broadway Village (T)</t>
   </si>
   <si>
     <t>Pilot Street, Belfast</t>
   </si>
   <si>
     <t>Norglen Gardens / Mountain View Centre</t>
   </si>
   <si>
-    <t>Knock Road</t>
-[...1 lines deleted...]
-  <si>
     <t>Triangle</t>
   </si>
   <si>
     <t xml:space="preserve">Triangle  </t>
   </si>
   <si>
     <t xml:space="preserve">2A Garryduff Road </t>
   </si>
   <si>
     <t>2A Garryduff Road</t>
   </si>
   <si>
     <t>Parkview</t>
   </si>
   <si>
+    <t>duke Street</t>
+  </si>
+  <si>
     <t>Broombeg (T)</t>
   </si>
   <si>
     <t>Ramoan Road (T)</t>
   </si>
   <si>
     <t>Church Road (T)</t>
   </si>
   <si>
     <t>Rasharkin</t>
   </si>
   <si>
     <t>57 Church Street</t>
   </si>
   <si>
     <t>Edenmore Road</t>
   </si>
   <si>
     <t>Edenmore Road Ph 2</t>
   </si>
   <si>
     <t>1 Milltown Road</t>
   </si>
   <si>
     <t>57 Portstewart Road</t>
   </si>
   <si>
     <t>Mullagh Lane</t>
   </si>
   <si>
     <t>Maghera</t>
   </si>
   <si>
     <t>27 Belfast Road</t>
   </si>
   <si>
     <t>177-179 Old Cullybackey Road</t>
   </si>
   <si>
-    <t xml:space="preserve">HOU2 Gorteen </t>
+    <t>6-8 Main Street</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Limavady </t>
   </si>
   <si>
     <t>Woven</t>
   </si>
   <si>
     <t>Adria Factory Site</t>
   </si>
   <si>
-    <t>Duke Street</t>
-[...1 lines deleted...]
-  <si>
     <t>Woodstock/Beersbridge Road</t>
   </si>
   <si>
     <t>Lorne Street</t>
   </si>
   <si>
     <t>Parker Avenue (T)</t>
   </si>
   <si>
     <t>Glenmanus Road (T)</t>
   </si>
   <si>
     <t>McKeens Avenue (T)</t>
   </si>
   <si>
     <t>Ormeau Centre (Verner Street)</t>
   </si>
   <si>
     <t>22 Glenmanus Village</t>
   </si>
   <si>
     <t>Glenmanus Phase 2 (T)</t>
   </si>
   <si>
     <t>Marlborough House</t>
@@ -2504,160 +2463,144 @@
   <si>
     <t>Curly Hill Road</t>
   </si>
   <si>
     <t>Quarterlands Road</t>
   </si>
   <si>
     <t>Ballyquinn Road/Main Street</t>
   </si>
   <si>
     <t>Cornagrade Road Phase 2, Enniskillen</t>
   </si>
   <si>
     <t xml:space="preserve">333-335 Antrim Road </t>
   </si>
   <si>
     <t>333-335 Antrim Road</t>
   </si>
   <si>
     <t xml:space="preserve">Windsor Terrace </t>
   </si>
   <si>
     <t>Windsor Terrace</t>
   </si>
   <si>
-    <t xml:space="preserve">Wolf Hill, Ligoniel </t>
-[...1 lines deleted...]
-  <si>
     <t>Utility Street</t>
   </si>
   <si>
     <t>Ardnaclowney Drive</t>
   </si>
   <si>
     <t xml:space="preserve">Urban  </t>
   </si>
   <si>
     <t xml:space="preserve">Brianswell </t>
   </si>
   <si>
     <t>Burn Road Ph2</t>
   </si>
   <si>
     <t>Ramoan Gardens</t>
   </si>
   <si>
     <t xml:space="preserve">Ballycastle </t>
   </si>
   <si>
     <t>10-13 Waterloo Place</t>
   </si>
   <si>
+    <t>Status</t>
+  </si>
+  <si>
     <t>Units</t>
-  </si>
-[...1 lines deleted...]
-    <t>Status</t>
   </si>
   <si>
     <t>Completed 2025/26</t>
   </si>
   <si>
     <t>Construction On-going</t>
   </si>
   <si>
     <t>Programmed to Start</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
-    </font>
-[...11 lines deleted...]
-      <charset val="1"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -2720,97 +2663,97 @@
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{F4FF6001-8115-4C26-A4FA-535EC0A8F420}"/>
-    <cellStyle name="Normal_Sheet2" xfId="2" xr:uid="{AD5FFF63-92C6-4BF4-AE8A-3BF402FC5AE4}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{C8F19161-1516-40D0-8F3C-F2FF81C20386}"/>
+    <cellStyle name="Normal_Sheet2" xfId="2" xr:uid="{DE1B71DA-55F9-44D9-8B7A-03691588E3B9}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <person displayName="Weir, Natasha" id="{15E6B373-B571-43CF-A584-298D66934D95}" userId="S::Weir_Na@nigov.net::162d30c4-00ec-47be-92ac-0327bb08ff11" providerId="AD"/>
+  <person displayName="Weir, Natasha" id="{2EC64D8C-17A2-467D-B7B7-F3E689D7284A}" userId="S::Weir_Na@nigov.net::162d30c4-00ec-47be-92ac-0327bb08ff11" providerId="AD"/>
 </personList>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -3057,26036 +3000,32519 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <threadedComment ref="E264" dT="2025-04-28T10:44:19.34" personId="{15E6B373-B571-43CF-A584-298D66934D95}" id="{77E5391D-29C8-41B0-AE07-C5E8394E7D4A}">
+  <threadedComment ref="E266" dT="2025-04-28T10:44:19.34" personId="{2EC64D8C-17A2-467D-B7B7-F3E689D7284A}" id="{F67D1A2B-E37C-43CA-B18A-196B48E1DF6E}">
     <text>Hopewell Avenue?</text>
   </threadedComment>
-  <threadedComment ref="H470" dT="2025-04-28T10:30:37.22" personId="{15E6B373-B571-43CF-A584-298D66934D95}" id="{63A70D94-F748-45C8-BD3B-42A075E0FA13}">
+  <threadedComment ref="H475" dT="2025-04-28T10:30:37.22" personId="{2EC64D8C-17A2-467D-B7B7-F3E689D7284A}" id="{389791AB-346F-4265-B47D-030D6BA90C93}">
     <text xml:space="preserve">Wheelchair 
-</text>
-[...9 lines deleted...]
-    <text xml:space="preserve">Active Elderly
 </text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3F44352E-9EC4-4F53-836A-45661530DB76}">
-  <dimension ref="A1:BQ598"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{19759609-8749-485E-8FD5-1D2468CF4357}">
+  <dimension ref="A1:BS591"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="15.6328125" defaultRowHeight="25" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="15.5703125" defaultRowHeight="24.95" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="15.6328125" style="1"/>
-[...3 lines deleted...]
-    <col min="15" max="16384" width="15.6328125" style="1"/>
+    <col min="1" max="1" width="15.5703125" style="1"/>
+    <col min="2" max="3" width="15.5703125" style="4"/>
+    <col min="4" max="13" width="15.5703125" style="1"/>
+    <col min="14" max="14" width="15.5703125" style="2"/>
+    <col min="15" max="16384" width="15.5703125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="6" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="12" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="12" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="6" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="K1" s="6" t="s">
         <v>1</v>
       </c>
       <c r="L1" s="12" t="s">
         <v>2</v>
       </c>
       <c r="M1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="N1" s="5"/>
     </row>
-    <row r="2" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>115</v>
+        <v>24</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>114</v>
+        <v>27</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="1">
+        <v>2</v>
+      </c>
+      <c r="K2" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L2" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M2" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="N2" s="17"/>
+      <c r="O2" s="18"/>
+      <c r="P2" s="18"/>
+      <c r="Q2" s="18"/>
+      <c r="R2" s="18"/>
+      <c r="S2" s="18"/>
+      <c r="T2" s="18"/>
+      <c r="U2" s="18"/>
+      <c r="V2" s="18"/>
+      <c r="W2" s="18"/>
+      <c r="X2" s="18"/>
+      <c r="Y2" s="18"/>
+      <c r="Z2" s="18"/>
+      <c r="AA2" s="18"/>
+      <c r="AB2" s="18"/>
+      <c r="AC2" s="18"/>
+      <c r="AD2" s="18"/>
+      <c r="AE2" s="18"/>
+      <c r="AF2" s="18"/>
+      <c r="AG2" s="18"/>
+      <c r="AH2" s="18"/>
+      <c r="AI2" s="18"/>
+      <c r="AJ2" s="18"/>
+      <c r="AK2" s="18"/>
+      <c r="AL2" s="18"/>
+      <c r="AM2" s="18"/>
+      <c r="AN2" s="18"/>
+      <c r="AO2" s="18"/>
+      <c r="AP2" s="18"/>
+      <c r="AQ2" s="18"/>
+      <c r="AR2" s="18"/>
+      <c r="AS2" s="18"/>
+      <c r="AT2" s="18"/>
+      <c r="AU2" s="18"/>
+      <c r="AV2" s="18"/>
+      <c r="AW2" s="18"/>
+      <c r="AX2" s="18"/>
+      <c r="AY2" s="18"/>
+      <c r="AZ2" s="18"/>
+      <c r="BA2" s="18"/>
+      <c r="BB2" s="18"/>
+      <c r="BC2" s="18"/>
+      <c r="BD2" s="18"/>
+      <c r="BE2" s="18"/>
+      <c r="BF2" s="18"/>
+      <c r="BG2" s="18"/>
+      <c r="BH2" s="18"/>
+      <c r="BI2" s="18"/>
+      <c r="BJ2" s="18"/>
+      <c r="BK2" s="18"/>
+      <c r="BL2" s="18"/>
+      <c r="BM2" s="18"/>
+      <c r="BN2" s="18"/>
+      <c r="BO2" s="18"/>
+      <c r="BP2" s="18"/>
+      <c r="BQ2" s="18"/>
+      <c r="BR2" s="18"/>
+      <c r="BS2" s="18"/>
+    </row>
+    <row r="3" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>24</v>
-      </c>
-[...16 lines deleted...]
-        <v>115</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>121</v>
+        <v>27</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J3" s="1">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="K3" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L3" s="1" t="s">
-        <v>111</v>
+        <v>23</v>
       </c>
       <c r="M3" s="1" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-    <row r="4" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+      <c r="N3" s="5"/>
+      <c r="O3" s="6"/>
+      <c r="P3" s="6"/>
+      <c r="Q3" s="6"/>
+      <c r="R3" s="6"/>
+      <c r="S3" s="6"/>
+      <c r="T3" s="6"/>
+      <c r="U3" s="6"/>
+      <c r="V3" s="6"/>
+      <c r="W3" s="6"/>
+      <c r="X3" s="6"/>
+      <c r="Y3" s="6"/>
+      <c r="Z3" s="6"/>
+      <c r="AA3" s="6"/>
+      <c r="AB3" s="6"/>
+      <c r="AC3" s="6"/>
+      <c r="AD3" s="6"/>
+      <c r="AE3" s="6"/>
+      <c r="AF3" s="6"/>
+      <c r="AG3" s="6"/>
+      <c r="AH3" s="6"/>
+      <c r="AI3" s="6"/>
+      <c r="AJ3" s="6"/>
+      <c r="AK3" s="6"/>
+      <c r="AL3" s="6"/>
+      <c r="AM3" s="6"/>
+      <c r="AN3" s="6"/>
+      <c r="AO3" s="6"/>
+      <c r="AP3" s="6"/>
+      <c r="AQ3" s="6"/>
+      <c r="AR3" s="6"/>
+      <c r="AS3" s="6"/>
+      <c r="AT3" s="6"/>
+      <c r="AU3" s="6"/>
+      <c r="AV3" s="6"/>
+      <c r="AW3" s="6"/>
+      <c r="AX3" s="6"/>
+      <c r="AY3" s="6"/>
+      <c r="AZ3" s="6"/>
+      <c r="BA3" s="6"/>
+      <c r="BB3" s="6"/>
+      <c r="BC3" s="6"/>
+      <c r="BD3" s="6"/>
+      <c r="BE3" s="6"/>
+      <c r="BF3" s="6"/>
+      <c r="BG3" s="6"/>
+      <c r="BH3" s="6"/>
+      <c r="BI3" s="6"/>
+      <c r="BJ3" s="6"/>
+      <c r="BK3" s="6"/>
+      <c r="BL3" s="6"/>
+      <c r="BM3" s="6"/>
+      <c r="BN3" s="6"/>
+      <c r="BO3" s="6"/>
+      <c r="BP3" s="6"/>
+      <c r="BQ3" s="6"/>
+      <c r="BR3" s="6"/>
+      <c r="BS3" s="6"/>
+    </row>
+    <row r="4" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>162</v>
+        <v>112</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J4" s="1">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="K4" s="1" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="L4" s="1" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="M4" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="5" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>56</v>
+      </c>
+      <c r="N4" s="3"/>
+      <c r="O4" s="1"/>
+      <c r="P4" s="1"/>
+      <c r="Q4" s="1"/>
+      <c r="R4" s="1"/>
+      <c r="S4" s="1"/>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+      <c r="X4" s="1"/>
+      <c r="Y4" s="1"/>
+      <c r="Z4" s="1"/>
+      <c r="AA4" s="1"/>
+      <c r="AB4" s="1"/>
+      <c r="AC4" s="1"/>
+      <c r="AD4" s="1"/>
+      <c r="AE4" s="1"/>
+      <c r="AF4" s="1"/>
+      <c r="AG4" s="1"/>
+      <c r="AH4" s="1"/>
+      <c r="AI4" s="1"/>
+      <c r="AJ4" s="1"/>
+      <c r="AK4" s="1"/>
+      <c r="AL4" s="1"/>
+      <c r="AM4" s="1"/>
+      <c r="AN4" s="1"/>
+      <c r="AO4" s="1"/>
+      <c r="AP4" s="1"/>
+      <c r="AQ4" s="1"/>
+      <c r="AR4" s="1"/>
+      <c r="AS4" s="1"/>
+      <c r="AT4" s="1"/>
+      <c r="AU4" s="1"/>
+      <c r="AV4" s="1"/>
+      <c r="AW4" s="1"/>
+      <c r="AX4" s="1"/>
+      <c r="AY4" s="1"/>
+      <c r="AZ4" s="1"/>
+      <c r="BA4" s="1"/>
+      <c r="BB4" s="1"/>
+      <c r="BC4" s="1"/>
+      <c r="BD4" s="1"/>
+      <c r="BE4" s="1"/>
+      <c r="BF4" s="1"/>
+      <c r="BG4" s="1"/>
+      <c r="BH4" s="1"/>
+      <c r="BI4" s="1"/>
+      <c r="BJ4" s="1"/>
+      <c r="BK4" s="1"/>
+      <c r="BL4" s="1"/>
+      <c r="BM4" s="1"/>
+      <c r="BN4" s="1"/>
+      <c r="BO4" s="1"/>
+      <c r="BP4" s="1"/>
+      <c r="BQ4" s="1"/>
+      <c r="BR4" s="1"/>
+      <c r="BS4" s="1"/>
+    </row>
+    <row r="5" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>162</v>
+        <v>119</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J5" s="1">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>13</v>
+        <v>109</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="6" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N5" s="3"/>
+      <c r="O5" s="1"/>
+      <c r="P5" s="1"/>
+      <c r="Q5" s="1"/>
+      <c r="R5" s="1"/>
+      <c r="S5" s="1"/>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+      <c r="X5" s="1"/>
+      <c r="Y5" s="1"/>
+      <c r="Z5" s="1"/>
+      <c r="AA5" s="1"/>
+      <c r="AB5" s="1"/>
+      <c r="AC5" s="1"/>
+      <c r="AD5" s="1"/>
+      <c r="AE5" s="1"/>
+      <c r="AF5" s="1"/>
+      <c r="AG5" s="1"/>
+      <c r="AH5" s="1"/>
+      <c r="AI5" s="1"/>
+      <c r="AJ5" s="1"/>
+      <c r="AK5" s="1"/>
+      <c r="AL5" s="1"/>
+      <c r="AM5" s="1"/>
+      <c r="AN5" s="1"/>
+      <c r="AO5" s="1"/>
+      <c r="AP5" s="1"/>
+      <c r="AQ5" s="1"/>
+      <c r="AR5" s="1"/>
+      <c r="AS5" s="1"/>
+      <c r="AT5" s="1"/>
+      <c r="AU5" s="1"/>
+      <c r="AV5" s="1"/>
+      <c r="AW5" s="1"/>
+      <c r="AX5" s="1"/>
+      <c r="AY5" s="1"/>
+      <c r="AZ5" s="1"/>
+      <c r="BA5" s="1"/>
+      <c r="BB5" s="1"/>
+      <c r="BC5" s="1"/>
+      <c r="BD5" s="1"/>
+      <c r="BE5" s="1"/>
+      <c r="BF5" s="1"/>
+      <c r="BG5" s="1"/>
+      <c r="BH5" s="1"/>
+      <c r="BI5" s="1"/>
+      <c r="BJ5" s="1"/>
+      <c r="BK5" s="1"/>
+      <c r="BL5" s="1"/>
+      <c r="BM5" s="1"/>
+      <c r="BN5" s="1"/>
+      <c r="BO5" s="1"/>
+      <c r="BP5" s="1"/>
+      <c r="BQ5" s="1"/>
+      <c r="BR5" s="1"/>
+      <c r="BS5" s="1"/>
+    </row>
+    <row r="6" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E6" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="E6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="1" t="s">
-        <v>164</v>
+        <v>48</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J6" s="1">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="L6" s="1" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="M6" s="1" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-    <row r="7" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N6" s="19"/>
+      <c r="O6" s="1"/>
+      <c r="P6" s="1"/>
+      <c r="Q6" s="1"/>
+      <c r="R6" s="1"/>
+      <c r="S6" s="1"/>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+      <c r="X6" s="1"/>
+      <c r="Y6" s="1"/>
+      <c r="Z6" s="1"/>
+      <c r="AA6" s="1"/>
+      <c r="AB6" s="1"/>
+      <c r="AC6" s="1"/>
+      <c r="AD6" s="1"/>
+      <c r="AE6" s="1"/>
+      <c r="AF6" s="1"/>
+      <c r="AG6" s="1"/>
+      <c r="AH6" s="1"/>
+      <c r="AI6" s="1"/>
+      <c r="AJ6" s="1"/>
+      <c r="AK6" s="1"/>
+      <c r="AL6" s="1"/>
+      <c r="AM6" s="1"/>
+      <c r="AN6" s="1"/>
+      <c r="AO6" s="1"/>
+      <c r="AP6" s="1"/>
+      <c r="AQ6" s="1"/>
+      <c r="AR6" s="1"/>
+      <c r="AS6" s="1"/>
+      <c r="AT6" s="1"/>
+      <c r="AU6" s="1"/>
+      <c r="AV6" s="1"/>
+      <c r="AW6" s="1"/>
+      <c r="AX6" s="1"/>
+      <c r="AY6" s="1"/>
+      <c r="AZ6" s="1"/>
+      <c r="BA6" s="1"/>
+      <c r="BB6" s="1"/>
+      <c r="BC6" s="1"/>
+      <c r="BD6" s="1"/>
+      <c r="BE6" s="1"/>
+      <c r="BF6" s="1"/>
+      <c r="BG6" s="1"/>
+      <c r="BH6" s="1"/>
+      <c r="BI6" s="1"/>
+      <c r="BJ6" s="1"/>
+      <c r="BK6" s="1"/>
+      <c r="BL6" s="1"/>
+      <c r="BM6" s="1"/>
+      <c r="BN6" s="1"/>
+      <c r="BO6" s="1"/>
+      <c r="BP6" s="1"/>
+      <c r="BQ6" s="1"/>
+      <c r="BR6" s="1"/>
+      <c r="BS6" s="1"/>
+    </row>
+    <row r="7" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="E7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="1" t="s">
-        <v>164</v>
+        <v>48</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J7" s="1">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="L7" s="1" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="M7" s="1" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-    <row r="8" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N7" s="19"/>
+    </row>
+    <row r="8" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
-        <v>585</v>
-[...4 lines deleted...]
-      <c r="C8" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>202</v>
+        <v>163</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J8" s="1">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="K8" s="1" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="M8" s="1" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-    <row r="9" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>162</v>
+      </c>
+      <c r="N8" s="19"/>
+    </row>
+    <row r="9" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>236</v>
+        <v>163</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>235</v>
+        <v>162</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J9" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>13</v>
+        <v>86</v>
       </c>
       <c r="M9" s="1" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-    <row r="10" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>162</v>
+      </c>
+      <c r="N9" s="19"/>
+    </row>
+    <row r="10" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>261</v>
+        <v>166</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>262</v>
+        <v>28</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J10" s="1">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="K10" s="1" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>240</v>
+        <v>30</v>
       </c>
       <c r="M10" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="11" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+      <c r="N10" s="19"/>
+    </row>
+    <row r="11" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>267</v>
+        <v>158</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>277</v>
+        <v>166</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>65</v>
+        <v>28</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J11" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="12" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+      <c r="N11" s="19"/>
+    </row>
+    <row r="12" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
-        <v>585</v>
-[...4 lines deleted...]
-      <c r="C12" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C12" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>267</v>
+        <v>158</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>278</v>
+        <v>201</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>65</v>
+        <v>162</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J12" s="1">
-        <v>80</v>
+        <v>4</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="M12" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="13" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>162</v>
+      </c>
+      <c r="N12" s="3"/>
+    </row>
+    <row r="13" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>267</v>
+        <v>233</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>278</v>
+        <v>236</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>65</v>
+        <v>235</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J13" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>67</v>
+        <v>235</v>
       </c>
       <c r="N13" s="3"/>
     </row>
-    <row r="14" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>267</v>
+        <v>233</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>278</v>
+        <v>242</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>65</v>
+        <v>241</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J14" s="1">
         <v>8</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="L14" s="1" t="s">
-        <v>66</v>
+        <v>240</v>
       </c>
       <c r="M14" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="15" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>241</v>
+      </c>
+      <c r="N14" s="5"/>
+      <c r="O14" s="6"/>
+      <c r="P14" s="6"/>
+      <c r="Q14" s="6"/>
+      <c r="R14" s="6"/>
+      <c r="S14" s="6"/>
+      <c r="T14" s="6"/>
+      <c r="U14" s="6"/>
+      <c r="V14" s="6"/>
+      <c r="W14" s="6"/>
+      <c r="X14" s="6"/>
+      <c r="Y14" s="6"/>
+      <c r="Z14" s="6"/>
+      <c r="AA14" s="6"/>
+      <c r="AB14" s="6"/>
+      <c r="AC14" s="6"/>
+      <c r="AD14" s="6"/>
+      <c r="AE14" s="6"/>
+      <c r="AF14" s="6"/>
+      <c r="AG14" s="6"/>
+      <c r="AH14" s="6"/>
+      <c r="AI14" s="6"/>
+      <c r="AJ14" s="6"/>
+      <c r="AK14" s="6"/>
+      <c r="AL14" s="6"/>
+      <c r="AM14" s="6"/>
+      <c r="AN14" s="6"/>
+      <c r="AO14" s="6"/>
+      <c r="AP14" s="6"/>
+      <c r="AQ14" s="6"/>
+      <c r="AR14" s="6"/>
+      <c r="AS14" s="6"/>
+      <c r="AT14" s="6"/>
+      <c r="AU14" s="6"/>
+      <c r="AV14" s="6"/>
+      <c r="AW14" s="6"/>
+      <c r="AX14" s="6"/>
+      <c r="AY14" s="6"/>
+      <c r="AZ14" s="6"/>
+      <c r="BA14" s="6"/>
+      <c r="BB14" s="6"/>
+      <c r="BC14" s="6"/>
+      <c r="BD14" s="6"/>
+      <c r="BE14" s="6"/>
+      <c r="BF14" s="6"/>
+      <c r="BG14" s="6"/>
+      <c r="BH14" s="6"/>
+      <c r="BI14" s="6"/>
+      <c r="BJ14" s="6"/>
+      <c r="BK14" s="6"/>
+      <c r="BL14" s="6"/>
+      <c r="BM14" s="6"/>
+      <c r="BN14" s="6"/>
+      <c r="BO14" s="6"/>
+      <c r="BP14" s="6"/>
+      <c r="BQ14" s="6"/>
+      <c r="BR14" s="6"/>
+      <c r="BS14" s="6"/>
+    </row>
+    <row r="15" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>267</v>
+        <v>233</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>279</v>
+        <v>261</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>128</v>
+        <v>262</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J15" s="1">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>124</v>
+        <v>74</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>125</v>
+        <v>240</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-    <row r="16" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+      <c r="N15" s="19"/>
+    </row>
+    <row r="16" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>128</v>
+        <v>65</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J16" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-    <row r="17" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N16" s="17"/>
+      <c r="O16" s="6"/>
+      <c r="P16" s="6"/>
+      <c r="Q16" s="6"/>
+      <c r="R16" s="6"/>
+      <c r="S16" s="6"/>
+      <c r="T16" s="6"/>
+      <c r="U16" s="6"/>
+      <c r="V16" s="6"/>
+      <c r="W16" s="6"/>
+      <c r="X16" s="6"/>
+      <c r="Y16" s="6"/>
+      <c r="Z16" s="6"/>
+      <c r="AA16" s="6"/>
+      <c r="AB16" s="6"/>
+      <c r="AC16" s="6"/>
+      <c r="AD16" s="6"/>
+      <c r="AE16" s="6"/>
+      <c r="AF16" s="6"/>
+      <c r="AG16" s="6"/>
+      <c r="AH16" s="6"/>
+      <c r="AI16" s="6"/>
+      <c r="AJ16" s="6"/>
+      <c r="AK16" s="6"/>
+      <c r="AL16" s="6"/>
+      <c r="AM16" s="6"/>
+      <c r="AN16" s="6"/>
+      <c r="AO16" s="6"/>
+      <c r="AP16" s="6"/>
+      <c r="AQ16" s="6"/>
+      <c r="AR16" s="6"/>
+      <c r="AS16" s="6"/>
+      <c r="AT16" s="6"/>
+      <c r="AU16" s="6"/>
+      <c r="AV16" s="6"/>
+      <c r="AW16" s="6"/>
+      <c r="AX16" s="6"/>
+      <c r="AY16" s="6"/>
+      <c r="AZ16" s="6"/>
+      <c r="BA16" s="6"/>
+      <c r="BB16" s="6"/>
+      <c r="BC16" s="6"/>
+      <c r="BD16" s="6"/>
+      <c r="BE16" s="6"/>
+      <c r="BF16" s="6"/>
+      <c r="BG16" s="6"/>
+      <c r="BH16" s="6"/>
+      <c r="BI16" s="6"/>
+      <c r="BJ16" s="6"/>
+      <c r="BK16" s="6"/>
+      <c r="BL16" s="6"/>
+      <c r="BM16" s="6"/>
+      <c r="BN16" s="6"/>
+      <c r="BO16" s="6"/>
+      <c r="BP16" s="6"/>
+      <c r="BQ16" s="6"/>
+      <c r="BR16" s="6"/>
+      <c r="BS16" s="6"/>
+    </row>
+    <row r="17" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="1" t="s">
-        <v>585</v>
-[...4 lines deleted...]
-      <c r="C17" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>317</v>
+        <v>278</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J17" s="1">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="K17" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-    <row r="18" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N17" s="17"/>
+      <c r="O17" s="18"/>
+      <c r="P17" s="18"/>
+      <c r="Q17" s="18"/>
+      <c r="R17" s="18"/>
+      <c r="S17" s="18"/>
+      <c r="T17" s="18"/>
+      <c r="U17" s="18"/>
+      <c r="V17" s="18"/>
+      <c r="W17" s="18"/>
+      <c r="X17" s="18"/>
+      <c r="Y17" s="18"/>
+      <c r="Z17" s="18"/>
+      <c r="AA17" s="18"/>
+      <c r="AB17" s="18"/>
+      <c r="AC17" s="18"/>
+      <c r="AD17" s="18"/>
+      <c r="AE17" s="18"/>
+      <c r="AF17" s="18"/>
+      <c r="AG17" s="18"/>
+      <c r="AH17" s="18"/>
+      <c r="AI17" s="18"/>
+      <c r="AJ17" s="18"/>
+      <c r="AK17" s="18"/>
+      <c r="AL17" s="18"/>
+      <c r="AM17" s="18"/>
+      <c r="AN17" s="18"/>
+      <c r="AO17" s="18"/>
+      <c r="AP17" s="18"/>
+      <c r="AQ17" s="18"/>
+      <c r="AR17" s="18"/>
+      <c r="AS17" s="18"/>
+      <c r="AT17" s="18"/>
+      <c r="AU17" s="18"/>
+      <c r="AV17" s="18"/>
+      <c r="AW17" s="18"/>
+      <c r="AX17" s="18"/>
+      <c r="AY17" s="18"/>
+      <c r="AZ17" s="18"/>
+      <c r="BA17" s="18"/>
+      <c r="BB17" s="18"/>
+      <c r="BC17" s="18"/>
+      <c r="BD17" s="18"/>
+      <c r="BE17" s="18"/>
+      <c r="BF17" s="18"/>
+      <c r="BG17" s="18"/>
+      <c r="BH17" s="18"/>
+      <c r="BI17" s="18"/>
+      <c r="BJ17" s="18"/>
+      <c r="BK17" s="18"/>
+      <c r="BL17" s="18"/>
+      <c r="BM17" s="18"/>
+      <c r="BN17" s="18"/>
+      <c r="BO17" s="18"/>
+      <c r="BP17" s="18"/>
+      <c r="BQ17" s="18"/>
+      <c r="BR17" s="18"/>
+      <c r="BS17" s="18"/>
+    </row>
+    <row r="18" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>333</v>
+        <v>267</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>336</v>
+        <v>278</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>241</v>
+        <v>65</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J18" s="1">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>240</v>
+        <v>66</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>241</v>
-[...3 lines deleted...]
-    <row r="19" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N18" s="17"/>
+      <c r="O18" s="18"/>
+      <c r="P18" s="18"/>
+      <c r="Q18" s="18"/>
+      <c r="R18" s="18"/>
+      <c r="S18" s="18"/>
+      <c r="T18" s="18"/>
+      <c r="U18" s="18"/>
+      <c r="V18" s="18"/>
+      <c r="W18" s="18"/>
+      <c r="X18" s="18"/>
+      <c r="Y18" s="18"/>
+      <c r="Z18" s="18"/>
+      <c r="AA18" s="18"/>
+      <c r="AB18" s="18"/>
+      <c r="AC18" s="18"/>
+      <c r="AD18" s="18"/>
+      <c r="AE18" s="18"/>
+      <c r="AF18" s="18"/>
+      <c r="AG18" s="18"/>
+      <c r="AH18" s="18"/>
+      <c r="AI18" s="18"/>
+      <c r="AJ18" s="18"/>
+      <c r="AK18" s="18"/>
+      <c r="AL18" s="18"/>
+      <c r="AM18" s="18"/>
+      <c r="AN18" s="18"/>
+      <c r="AO18" s="18"/>
+      <c r="AP18" s="18"/>
+      <c r="AQ18" s="18"/>
+      <c r="AR18" s="18"/>
+      <c r="AS18" s="18"/>
+      <c r="AT18" s="18"/>
+      <c r="AU18" s="18"/>
+      <c r="AV18" s="18"/>
+      <c r="AW18" s="18"/>
+      <c r="AX18" s="18"/>
+      <c r="AY18" s="18"/>
+      <c r="AZ18" s="18"/>
+      <c r="BA18" s="18"/>
+      <c r="BB18" s="18"/>
+      <c r="BC18" s="18"/>
+      <c r="BD18" s="18"/>
+      <c r="BE18" s="18"/>
+      <c r="BF18" s="18"/>
+      <c r="BG18" s="18"/>
+      <c r="BH18" s="18"/>
+      <c r="BI18" s="18"/>
+      <c r="BJ18" s="18"/>
+      <c r="BK18" s="18"/>
+      <c r="BL18" s="18"/>
+      <c r="BM18" s="18"/>
+      <c r="BN18" s="18"/>
+      <c r="BO18" s="18"/>
+      <c r="BP18" s="18"/>
+      <c r="BQ18" s="18"/>
+      <c r="BR18" s="18"/>
+      <c r="BS18" s="18"/>
+    </row>
+    <row r="19" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>333</v>
+        <v>267</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>339</v>
+        <v>278</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>192</v>
+        <v>65</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J19" s="1">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-    <row r="20" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N19" s="17"/>
+      <c r="O19" s="18"/>
+      <c r="P19" s="18"/>
+      <c r="Q19" s="18"/>
+      <c r="R19" s="18"/>
+      <c r="S19" s="18"/>
+      <c r="T19" s="18"/>
+      <c r="U19" s="18"/>
+      <c r="V19" s="18"/>
+      <c r="W19" s="18"/>
+      <c r="X19" s="18"/>
+      <c r="Y19" s="18"/>
+      <c r="Z19" s="18"/>
+      <c r="AA19" s="18"/>
+      <c r="AB19" s="18"/>
+      <c r="AC19" s="18"/>
+      <c r="AD19" s="18"/>
+      <c r="AE19" s="18"/>
+      <c r="AF19" s="18"/>
+      <c r="AG19" s="18"/>
+      <c r="AH19" s="18"/>
+      <c r="AI19" s="18"/>
+      <c r="AJ19" s="18"/>
+      <c r="AK19" s="18"/>
+      <c r="AL19" s="18"/>
+      <c r="AM19" s="18"/>
+      <c r="AN19" s="18"/>
+      <c r="AO19" s="18"/>
+      <c r="AP19" s="18"/>
+      <c r="AQ19" s="18"/>
+      <c r="AR19" s="18"/>
+      <c r="AS19" s="18"/>
+      <c r="AT19" s="18"/>
+      <c r="AU19" s="18"/>
+      <c r="AV19" s="18"/>
+      <c r="AW19" s="18"/>
+      <c r="AX19" s="18"/>
+      <c r="AY19" s="18"/>
+      <c r="AZ19" s="18"/>
+      <c r="BA19" s="18"/>
+      <c r="BB19" s="18"/>
+      <c r="BC19" s="18"/>
+      <c r="BD19" s="18"/>
+      <c r="BE19" s="18"/>
+      <c r="BF19" s="18"/>
+      <c r="BG19" s="18"/>
+      <c r="BH19" s="18"/>
+      <c r="BI19" s="18"/>
+      <c r="BJ19" s="18"/>
+      <c r="BK19" s="18"/>
+      <c r="BL19" s="18"/>
+      <c r="BM19" s="18"/>
+      <c r="BN19" s="18"/>
+      <c r="BO19" s="18"/>
+      <c r="BP19" s="18"/>
+      <c r="BQ19" s="18"/>
+      <c r="BR19" s="18"/>
+      <c r="BS19" s="18"/>
+    </row>
+    <row r="20" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>115</v>
+        <v>24</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>333</v>
+        <v>267</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>339</v>
+        <v>279</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>192</v>
+        <v>126</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J20" s="1">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="K20" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L20" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M20" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="L20" s="1" t="s">
-[...7 lines deleted...]
-    <row r="21" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N20" s="5"/>
+      <c r="O20" s="6"/>
+      <c r="P20" s="6"/>
+      <c r="Q20" s="6"/>
+      <c r="R20" s="6"/>
+      <c r="S20" s="6"/>
+      <c r="T20" s="6"/>
+      <c r="U20" s="6"/>
+      <c r="V20" s="6"/>
+      <c r="W20" s="6"/>
+      <c r="X20" s="6"/>
+      <c r="Y20" s="6"/>
+      <c r="Z20" s="6"/>
+      <c r="AA20" s="6"/>
+      <c r="AB20" s="6"/>
+      <c r="AC20" s="6"/>
+      <c r="AD20" s="6"/>
+      <c r="AE20" s="6"/>
+      <c r="AF20" s="6"/>
+      <c r="AG20" s="6"/>
+      <c r="AH20" s="6"/>
+      <c r="AI20" s="6"/>
+      <c r="AJ20" s="6"/>
+      <c r="AK20" s="6"/>
+      <c r="AL20" s="6"/>
+      <c r="AM20" s="6"/>
+      <c r="AN20" s="6"/>
+      <c r="AO20" s="6"/>
+      <c r="AP20" s="6"/>
+      <c r="AQ20" s="6"/>
+      <c r="AR20" s="6"/>
+      <c r="AS20" s="6"/>
+      <c r="AT20" s="6"/>
+      <c r="AU20" s="6"/>
+      <c r="AV20" s="6"/>
+      <c r="AW20" s="6"/>
+      <c r="AX20" s="6"/>
+      <c r="AY20" s="6"/>
+      <c r="AZ20" s="6"/>
+      <c r="BA20" s="6"/>
+      <c r="BB20" s="6"/>
+      <c r="BC20" s="6"/>
+      <c r="BD20" s="6"/>
+      <c r="BE20" s="6"/>
+      <c r="BF20" s="6"/>
+      <c r="BG20" s="6"/>
+      <c r="BH20" s="6"/>
+      <c r="BI20" s="6"/>
+      <c r="BJ20" s="6"/>
+      <c r="BK20" s="6"/>
+      <c r="BL20" s="6"/>
+      <c r="BM20" s="6"/>
+      <c r="BN20" s="6"/>
+      <c r="BO20" s="6"/>
+      <c r="BP20" s="6"/>
+      <c r="BQ20" s="6"/>
+      <c r="BR20" s="6"/>
+      <c r="BS20" s="6"/>
+    </row>
+    <row r="21" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>333</v>
+        <v>267</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>341</v>
+        <v>279</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>14</v>
+        <v>126</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J21" s="1">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="K21" s="1" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="L21" s="1" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="M21" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="22" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>124</v>
+      </c>
+      <c r="N21" s="5"/>
+      <c r="O21" s="6"/>
+      <c r="P21" s="6"/>
+      <c r="Q21" s="6"/>
+      <c r="R21" s="6"/>
+      <c r="S21" s="6"/>
+      <c r="T21" s="6"/>
+      <c r="U21" s="6"/>
+      <c r="V21" s="6"/>
+      <c r="W21" s="6"/>
+      <c r="X21" s="6"/>
+      <c r="Y21" s="6"/>
+      <c r="Z21" s="6"/>
+      <c r="AA21" s="6"/>
+      <c r="AB21" s="6"/>
+      <c r="AC21" s="6"/>
+      <c r="AD21" s="6"/>
+      <c r="AE21" s="6"/>
+      <c r="AF21" s="6"/>
+      <c r="AG21" s="6"/>
+      <c r="AH21" s="6"/>
+      <c r="AI21" s="6"/>
+      <c r="AJ21" s="6"/>
+      <c r="AK21" s="6"/>
+      <c r="AL21" s="6"/>
+      <c r="AM21" s="6"/>
+      <c r="AN21" s="6"/>
+      <c r="AO21" s="6"/>
+      <c r="AP21" s="6"/>
+      <c r="AQ21" s="6"/>
+      <c r="AR21" s="6"/>
+      <c r="AS21" s="6"/>
+      <c r="AT21" s="6"/>
+      <c r="AU21" s="6"/>
+      <c r="AV21" s="6"/>
+      <c r="AW21" s="6"/>
+      <c r="AX21" s="6"/>
+      <c r="AY21" s="6"/>
+      <c r="AZ21" s="6"/>
+      <c r="BA21" s="6"/>
+      <c r="BB21" s="6"/>
+      <c r="BC21" s="6"/>
+      <c r="BD21" s="6"/>
+      <c r="BE21" s="6"/>
+      <c r="BF21" s="6"/>
+      <c r="BG21" s="6"/>
+      <c r="BH21" s="6"/>
+      <c r="BI21" s="6"/>
+      <c r="BJ21" s="6"/>
+      <c r="BK21" s="6"/>
+      <c r="BL21" s="6"/>
+      <c r="BM21" s="6"/>
+      <c r="BN21" s="6"/>
+      <c r="BO21" s="6"/>
+      <c r="BP21" s="6"/>
+      <c r="BQ21" s="6"/>
+      <c r="BR21" s="6"/>
+      <c r="BS21" s="6"/>
+    </row>
+    <row r="22" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="1" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="B22" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B22" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="C22" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>333</v>
+        <v>267</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>376</v>
+        <v>311</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>92</v>
+        <v>115</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>316</v>
+        <v>16</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J22" s="1">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="K22" s="1" t="s">
-        <v>12</v>
+        <v>116</v>
       </c>
       <c r="L22" s="1" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="M22" s="1" t="s">
-        <v>92</v>
+        <v>115</v>
       </c>
       <c r="N22" s="3"/>
     </row>
-    <row r="23" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="1" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="B23" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>115</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J23" s="1">
-        <v>34</v>
+        <v>4</v>
       </c>
       <c r="K23" s="1" t="s">
-        <v>43</v>
+        <v>116</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>82</v>
+        <v>117</v>
       </c>
       <c r="M23" s="1" t="s">
-        <v>290</v>
+        <v>115</v>
       </c>
       <c r="N23" s="3"/>
     </row>
-    <row r="24" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="1" t="s">
-        <v>585</v>
-[...4 lines deleted...]
-      <c r="C24" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C24" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>389</v>
+        <v>267</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>390</v>
+        <v>314</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J24" s="1">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="K24" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L24" s="1" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="M24" s="1" t="s">
-        <v>290</v>
+        <v>35</v>
       </c>
       <c r="N24" s="3"/>
     </row>
-    <row r="25" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>418</v>
+        <v>331</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>430</v>
+        <v>334</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>65</v>
+        <v>241</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J25" s="1">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="K25" s="1" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="L25" s="1" t="s">
-        <v>66</v>
+        <v>240</v>
       </c>
       <c r="M25" s="1" t="s">
-        <v>67</v>
+        <v>241</v>
       </c>
       <c r="N25" s="3"/>
     </row>
-    <row r="26" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>418</v>
+        <v>331</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>430</v>
+        <v>337</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>65</v>
+        <v>190</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J26" s="1">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="K26" s="1" t="s">
-        <v>36</v>
+        <v>122</v>
       </c>
       <c r="L26" s="1" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>67</v>
+        <v>188</v>
       </c>
       <c r="N26" s="3"/>
     </row>
-    <row r="27" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>418</v>
+        <v>331</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>432</v>
+        <v>337</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>433</v>
+        <v>190</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J27" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="K27" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L27" s="1" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="M27" s="1" t="s">
-        <v>62</v>
+        <v>188</v>
       </c>
       <c r="N27" s="3"/>
     </row>
-    <row r="28" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>418</v>
+        <v>331</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>432</v>
+        <v>339</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>433</v>
+        <v>14</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J28" s="1">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="K28" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L28" s="1" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="M28" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="29" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N28" s="17"/>
+      <c r="O28" s="18"/>
+      <c r="P28" s="18"/>
+      <c r="Q28" s="18"/>
+      <c r="R28" s="18"/>
+      <c r="S28" s="18"/>
+      <c r="T28" s="18"/>
+      <c r="U28" s="18"/>
+      <c r="V28" s="18"/>
+      <c r="W28" s="18"/>
+      <c r="X28" s="18"/>
+      <c r="Y28" s="18"/>
+      <c r="Z28" s="18"/>
+      <c r="AA28" s="18"/>
+      <c r="AB28" s="18"/>
+      <c r="AC28" s="18"/>
+      <c r="AD28" s="18"/>
+      <c r="AE28" s="18"/>
+      <c r="AF28" s="18"/>
+      <c r="AG28" s="18"/>
+      <c r="AH28" s="18"/>
+      <c r="AI28" s="18"/>
+      <c r="AJ28" s="18"/>
+      <c r="AK28" s="18"/>
+      <c r="AL28" s="18"/>
+      <c r="AM28" s="18"/>
+      <c r="AN28" s="18"/>
+      <c r="AO28" s="18"/>
+      <c r="AP28" s="18"/>
+      <c r="AQ28" s="18"/>
+      <c r="AR28" s="18"/>
+      <c r="AS28" s="18"/>
+      <c r="AT28" s="18"/>
+      <c r="AU28" s="18"/>
+      <c r="AV28" s="18"/>
+      <c r="AW28" s="18"/>
+      <c r="AX28" s="18"/>
+      <c r="AY28" s="18"/>
+      <c r="AZ28" s="18"/>
+      <c r="BA28" s="18"/>
+      <c r="BB28" s="18"/>
+      <c r="BC28" s="18"/>
+      <c r="BD28" s="18"/>
+      <c r="BE28" s="18"/>
+      <c r="BF28" s="18"/>
+      <c r="BG28" s="18"/>
+      <c r="BH28" s="18"/>
+      <c r="BI28" s="18"/>
+      <c r="BJ28" s="18"/>
+      <c r="BK28" s="18"/>
+      <c r="BL28" s="18"/>
+      <c r="BM28" s="18"/>
+      <c r="BN28" s="18"/>
+      <c r="BO28" s="18"/>
+      <c r="BP28" s="18"/>
+      <c r="BQ28" s="18"/>
+      <c r="BR28" s="18"/>
+      <c r="BS28" s="18"/>
+    </row>
+    <row r="29" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="1" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="B29" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B29" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C29" s="4" t="s">
+      <c r="C29" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>459</v>
+        <v>331</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>373</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>16</v>
+        <v>313</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J29" s="1">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="K29" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L29" s="1" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="M29" s="1" t="s">
-        <v>116</v>
+        <v>92</v>
       </c>
       <c r="N29" s="3"/>
     </row>
-    <row r="30" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="1" t="s">
-        <v>585</v>
-[...4 lines deleted...]
-      <c r="C30" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>459</v>
+        <v>385</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>386</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J30" s="1">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="K30" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L30" s="1" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="M30" s="1" t="s">
-        <v>116</v>
+        <v>290</v>
       </c>
       <c r="N30" s="3"/>
     </row>
-    <row r="31" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="1" t="s">
-        <v>585</v>
-[...4 lines deleted...]
-      <c r="C31" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>459</v>
+        <v>385</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>386</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J31" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K31" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L31" s="1" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="M31" s="1" t="s">
-        <v>116</v>
+        <v>290</v>
       </c>
       <c r="N31" s="3"/>
     </row>
-    <row r="32" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>580</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>24</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>463</v>
+        <v>413</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>425</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>316</v>
+        <v>16</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>462</v>
+        <v>32</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J32" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="K32" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L32" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="N32" s="3"/>
     </row>
-    <row r="33" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="1" t="s">
-        <v>585</v>
-[...4 lines deleted...]
-      <c r="C33" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>464</v>
+        <v>413</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>425</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>316</v>
+        <v>16</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>462</v>
+        <v>26</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J33" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K33" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L33" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="N33" s="3"/>
     </row>
-    <row r="34" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="1" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>580</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>24</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>465</v>
+        <v>413</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>427</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>21</v>
+        <v>428</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>305</v>
+        <v>16</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J34" s="1">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="K34" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L34" s="1" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="M34" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="35" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N34" s="19"/>
+    </row>
+    <row r="35" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="1" t="s">
-        <v>585</v>
-[...4 lines deleted...]
-      <c r="C35" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>533</v>
+        <v>413</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>537</v>
+        <v>427</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>21</v>
+        <v>428</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J35" s="1">
+        <v>1</v>
+      </c>
+      <c r="K35" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M35" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N35" s="19"/>
+    </row>
+    <row r="36" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H36" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="I35" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="I36" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J36" s="1">
-        <v>6</v>
+        <v>104</v>
       </c>
       <c r="K36" s="1" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="L36" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M36" s="1" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="N36" s="3"/>
     </row>
-    <row r="37" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="1" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="B37" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C37" s="4" t="s">
+      <c r="C37" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>533</v>
+        <v>441</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>537</v>
+        <v>444</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J37" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K37" s="1" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="L37" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="1" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="N37" s="3"/>
     </row>
-    <row r="38" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>552</v>
+        <v>441</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>556</v>
+        <v>444</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J38" s="1">
-        <v>29</v>
+        <v>6</v>
       </c>
       <c r="K38" s="1" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="L38" s="1" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="M38" s="1" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-    <row r="39" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>50</v>
+      </c>
+      <c r="N38" s="19"/>
+    </row>
+    <row r="39" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="1" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>552</v>
+        <v>441</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>556</v>
+        <v>444</v>
       </c>
       <c r="F39" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J39" s="1">
+        <v>10</v>
+      </c>
+      <c r="K39" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="L39" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M39" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="N39" s="19"/>
+    </row>
+    <row r="40" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E40" s="8" t="s">
+        <v>455</v>
+      </c>
+      <c r="F40" s="1" t="s">
         <v>34</v>
-      </c>
-[...40 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J40" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K40" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="L40" s="1" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="M40" s="1" t="s">
-        <v>14</v>
+        <v>114</v>
       </c>
       <c r="N40" s="3"/>
     </row>
-    <row r="41" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B41" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B41" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="C41" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>441</v>
+      </c>
+      <c r="E41" s="8" t="s">
+        <v>455</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J41" s="1">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="K41" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L41" s="1" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="M41" s="1" t="s">
-        <v>21</v>
+        <v>114</v>
       </c>
       <c r="N41" s="3"/>
     </row>
-    <row r="42" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B42" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B42" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="C42" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>441</v>
+      </c>
+      <c r="E42" s="8" t="s">
+        <v>455</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J42" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K42" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L42" s="1" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="M42" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N42" s="3"/>
+    </row>
+    <row r="43" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B43" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E43" s="8" t="s">
+        <v>459</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J43" s="1">
+        <v>1</v>
+      </c>
+      <c r="K43" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M43" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N43" s="3"/>
+    </row>
+    <row r="44" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E44" s="8" t="s">
+        <v>460</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J44" s="1">
+        <v>1</v>
+      </c>
+      <c r="K44" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M44" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N44" s="3"/>
+    </row>
+    <row r="45" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B45" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E45" s="8" t="s">
+        <v>461</v>
+      </c>
+      <c r="F45" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="N42" s="3"/>
-[...103 lines deleted...]
-      </c>
       <c r="G45" s="1" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J45" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="K45" s="1" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="L45" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M45" s="1" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="N45" s="3"/>
     </row>
-    <row r="46" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B46" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C46" s="4" t="s">
+      <c r="C46" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>11</v>
+        <v>510</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>52</v>
+        <v>511</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J46" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="K46" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L46" s="1" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="M46" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="47" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N46" s="5"/>
+      <c r="O46" s="6"/>
+      <c r="P46" s="6"/>
+      <c r="Q46" s="6"/>
+      <c r="R46" s="6"/>
+      <c r="S46" s="6"/>
+      <c r="T46" s="6"/>
+      <c r="U46" s="6"/>
+      <c r="V46" s="6"/>
+      <c r="W46" s="6"/>
+      <c r="X46" s="6"/>
+      <c r="Y46" s="6"/>
+      <c r="Z46" s="6"/>
+      <c r="AA46" s="6"/>
+      <c r="AB46" s="6"/>
+      <c r="AC46" s="6"/>
+      <c r="AD46" s="6"/>
+      <c r="AE46" s="6"/>
+      <c r="AF46" s="6"/>
+      <c r="AG46" s="6"/>
+      <c r="AH46" s="6"/>
+      <c r="AI46" s="6"/>
+      <c r="AJ46" s="6"/>
+      <c r="AK46" s="6"/>
+      <c r="AL46" s="6"/>
+      <c r="AM46" s="6"/>
+      <c r="AN46" s="6"/>
+      <c r="AO46" s="6"/>
+      <c r="AP46" s="6"/>
+      <c r="AQ46" s="6"/>
+      <c r="AR46" s="6"/>
+      <c r="AS46" s="6"/>
+      <c r="AT46" s="6"/>
+      <c r="AU46" s="6"/>
+      <c r="AV46" s="6"/>
+      <c r="AW46" s="6"/>
+      <c r="AX46" s="6"/>
+      <c r="AY46" s="6"/>
+      <c r="AZ46" s="6"/>
+      <c r="BA46" s="6"/>
+      <c r="BB46" s="6"/>
+      <c r="BC46" s="6"/>
+      <c r="BD46" s="6"/>
+      <c r="BE46" s="6"/>
+      <c r="BF46" s="6"/>
+      <c r="BG46" s="6"/>
+      <c r="BH46" s="6"/>
+      <c r="BI46" s="6"/>
+      <c r="BJ46" s="6"/>
+      <c r="BK46" s="6"/>
+      <c r="BL46" s="6"/>
+      <c r="BM46" s="6"/>
+      <c r="BN46" s="6"/>
+      <c r="BO46" s="6"/>
+      <c r="BP46" s="6"/>
+      <c r="BQ46" s="6"/>
+      <c r="BR46" s="6"/>
+      <c r="BS46" s="6"/>
+    </row>
+    <row r="47" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B47" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C47" s="4" t="s">
+      <c r="C47" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>11</v>
+        <v>510</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>52</v>
+        <v>511</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J47" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K47" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L47" s="1" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="M47" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="48" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N47" s="5"/>
+      <c r="O47" s="6"/>
+      <c r="P47" s="6"/>
+      <c r="Q47" s="6"/>
+      <c r="R47" s="6"/>
+      <c r="S47" s="6"/>
+      <c r="T47" s="6"/>
+      <c r="U47" s="6"/>
+      <c r="V47" s="6"/>
+      <c r="W47" s="6"/>
+      <c r="X47" s="6"/>
+      <c r="Y47" s="6"/>
+      <c r="Z47" s="6"/>
+      <c r="AA47" s="6"/>
+      <c r="AB47" s="6"/>
+      <c r="AC47" s="6"/>
+      <c r="AD47" s="6"/>
+      <c r="AE47" s="6"/>
+      <c r="AF47" s="6"/>
+      <c r="AG47" s="6"/>
+      <c r="AH47" s="6"/>
+      <c r="AI47" s="6"/>
+      <c r="AJ47" s="6"/>
+      <c r="AK47" s="6"/>
+      <c r="AL47" s="6"/>
+      <c r="AM47" s="6"/>
+      <c r="AN47" s="6"/>
+      <c r="AO47" s="6"/>
+      <c r="AP47" s="6"/>
+      <c r="AQ47" s="6"/>
+      <c r="AR47" s="6"/>
+      <c r="AS47" s="6"/>
+      <c r="AT47" s="6"/>
+      <c r="AU47" s="6"/>
+      <c r="AV47" s="6"/>
+      <c r="AW47" s="6"/>
+      <c r="AX47" s="6"/>
+      <c r="AY47" s="6"/>
+      <c r="AZ47" s="6"/>
+      <c r="BA47" s="6"/>
+      <c r="BB47" s="6"/>
+      <c r="BC47" s="6"/>
+      <c r="BD47" s="6"/>
+      <c r="BE47" s="6"/>
+      <c r="BF47" s="6"/>
+      <c r="BG47" s="6"/>
+      <c r="BH47" s="6"/>
+      <c r="BI47" s="6"/>
+      <c r="BJ47" s="6"/>
+      <c r="BK47" s="6"/>
+      <c r="BL47" s="6"/>
+      <c r="BM47" s="6"/>
+      <c r="BN47" s="6"/>
+      <c r="BO47" s="6"/>
+      <c r="BP47" s="6"/>
+      <c r="BQ47" s="6"/>
+      <c r="BR47" s="6"/>
+      <c r="BS47" s="6"/>
+    </row>
+    <row r="48" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="1" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      <c r="C48" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="B48" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C48" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>11</v>
+        <v>528</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>64</v>
+        <v>532</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J48" s="1">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="K48" s="1" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="L48" s="1" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="M48" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-    <row r="49" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+      <c r="N48" s="17"/>
+      <c r="O48" s="6"/>
+      <c r="P48" s="6"/>
+      <c r="Q48" s="6"/>
+      <c r="R48" s="6"/>
+      <c r="S48" s="6"/>
+      <c r="T48" s="6"/>
+      <c r="U48" s="6"/>
+      <c r="V48" s="6"/>
+      <c r="W48" s="6"/>
+      <c r="X48" s="6"/>
+      <c r="Y48" s="6"/>
+      <c r="Z48" s="6"/>
+      <c r="AA48" s="6"/>
+      <c r="AB48" s="6"/>
+      <c r="AC48" s="6"/>
+      <c r="AD48" s="6"/>
+      <c r="AE48" s="6"/>
+      <c r="AF48" s="6"/>
+      <c r="AG48" s="6"/>
+      <c r="AH48" s="6"/>
+      <c r="AI48" s="6"/>
+      <c r="AJ48" s="6"/>
+      <c r="AK48" s="6"/>
+      <c r="AL48" s="6"/>
+      <c r="AM48" s="6"/>
+      <c r="AN48" s="6"/>
+      <c r="AO48" s="6"/>
+      <c r="AP48" s="6"/>
+      <c r="AQ48" s="6"/>
+      <c r="AR48" s="6"/>
+      <c r="AS48" s="6"/>
+      <c r="AT48" s="6"/>
+      <c r="AU48" s="6"/>
+      <c r="AV48" s="6"/>
+      <c r="AW48" s="6"/>
+      <c r="AX48" s="6"/>
+      <c r="AY48" s="6"/>
+      <c r="AZ48" s="6"/>
+      <c r="BA48" s="6"/>
+      <c r="BB48" s="6"/>
+      <c r="BC48" s="6"/>
+      <c r="BD48" s="6"/>
+      <c r="BE48" s="6"/>
+      <c r="BF48" s="6"/>
+      <c r="BG48" s="6"/>
+      <c r="BH48" s="6"/>
+      <c r="BI48" s="6"/>
+      <c r="BJ48" s="6"/>
+      <c r="BK48" s="6"/>
+      <c r="BL48" s="6"/>
+      <c r="BM48" s="6"/>
+      <c r="BN48" s="6"/>
+      <c r="BO48" s="6"/>
+      <c r="BP48" s="6"/>
+      <c r="BQ48" s="6"/>
+      <c r="BR48" s="6"/>
+      <c r="BS48" s="6"/>
+    </row>
+    <row r="49" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="1" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>19</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>11</v>
+        <v>528</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>69</v>
+        <v>533</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J49" s="1">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="K49" s="1" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="L49" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M49" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="50" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+      <c r="N49" s="17"/>
+      <c r="O49" s="6"/>
+      <c r="P49" s="6"/>
+      <c r="Q49" s="6"/>
+      <c r="R49" s="6"/>
+      <c r="S49" s="6"/>
+      <c r="T49" s="6"/>
+      <c r="U49" s="6"/>
+      <c r="V49" s="6"/>
+      <c r="W49" s="6"/>
+      <c r="X49" s="6"/>
+      <c r="Y49" s="6"/>
+      <c r="Z49" s="6"/>
+      <c r="AA49" s="6"/>
+      <c r="AB49" s="6"/>
+      <c r="AC49" s="6"/>
+      <c r="AD49" s="6"/>
+      <c r="AE49" s="6"/>
+      <c r="AF49" s="6"/>
+      <c r="AG49" s="6"/>
+      <c r="AH49" s="6"/>
+      <c r="AI49" s="6"/>
+      <c r="AJ49" s="6"/>
+      <c r="AK49" s="6"/>
+      <c r="AL49" s="6"/>
+      <c r="AM49" s="6"/>
+      <c r="AN49" s="6"/>
+      <c r="AO49" s="6"/>
+      <c r="AP49" s="6"/>
+      <c r="AQ49" s="6"/>
+      <c r="AR49" s="6"/>
+      <c r="AS49" s="6"/>
+      <c r="AT49" s="6"/>
+      <c r="AU49" s="6"/>
+      <c r="AV49" s="6"/>
+      <c r="AW49" s="6"/>
+      <c r="AX49" s="6"/>
+      <c r="AY49" s="6"/>
+      <c r="AZ49" s="6"/>
+      <c r="BA49" s="6"/>
+      <c r="BB49" s="6"/>
+      <c r="BC49" s="6"/>
+      <c r="BD49" s="6"/>
+      <c r="BE49" s="6"/>
+      <c r="BF49" s="6"/>
+      <c r="BG49" s="6"/>
+      <c r="BH49" s="6"/>
+      <c r="BI49" s="6"/>
+      <c r="BJ49" s="6"/>
+      <c r="BK49" s="6"/>
+      <c r="BL49" s="6"/>
+      <c r="BM49" s="6"/>
+      <c r="BN49" s="6"/>
+      <c r="BO49" s="6"/>
+      <c r="BP49" s="6"/>
+      <c r="BQ49" s="6"/>
+      <c r="BR49" s="6"/>
+      <c r="BS49" s="6"/>
+    </row>
+    <row r="50" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="1" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>19</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>11</v>
+        <v>528</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>69</v>
+        <v>532</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>70</v>
+        <v>21</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J50" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K50" s="1" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="L50" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M50" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="51" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+      <c r="N50" s="17"/>
+      <c r="O50" s="6"/>
+      <c r="P50" s="6"/>
+      <c r="Q50" s="6"/>
+      <c r="R50" s="6"/>
+      <c r="S50" s="6"/>
+      <c r="T50" s="6"/>
+      <c r="U50" s="6"/>
+      <c r="V50" s="6"/>
+      <c r="W50" s="6"/>
+      <c r="X50" s="6"/>
+      <c r="Y50" s="6"/>
+      <c r="Z50" s="6"/>
+      <c r="AA50" s="6"/>
+      <c r="AB50" s="6"/>
+      <c r="AC50" s="6"/>
+      <c r="AD50" s="6"/>
+      <c r="AE50" s="6"/>
+      <c r="AF50" s="6"/>
+      <c r="AG50" s="6"/>
+      <c r="AH50" s="6"/>
+      <c r="AI50" s="6"/>
+      <c r="AJ50" s="6"/>
+      <c r="AK50" s="6"/>
+      <c r="AL50" s="6"/>
+      <c r="AM50" s="6"/>
+      <c r="AN50" s="6"/>
+      <c r="AO50" s="6"/>
+      <c r="AP50" s="6"/>
+      <c r="AQ50" s="6"/>
+      <c r="AR50" s="6"/>
+      <c r="AS50" s="6"/>
+      <c r="AT50" s="6"/>
+      <c r="AU50" s="6"/>
+      <c r="AV50" s="6"/>
+      <c r="AW50" s="6"/>
+      <c r="AX50" s="6"/>
+      <c r="AY50" s="6"/>
+      <c r="AZ50" s="6"/>
+      <c r="BA50" s="6"/>
+      <c r="BB50" s="6"/>
+      <c r="BC50" s="6"/>
+      <c r="BD50" s="6"/>
+      <c r="BE50" s="6"/>
+      <c r="BF50" s="6"/>
+      <c r="BG50" s="6"/>
+      <c r="BH50" s="6"/>
+      <c r="BI50" s="6"/>
+      <c r="BJ50" s="6"/>
+      <c r="BK50" s="6"/>
+      <c r="BL50" s="6"/>
+      <c r="BM50" s="6"/>
+      <c r="BN50" s="6"/>
+      <c r="BO50" s="6"/>
+      <c r="BP50" s="6"/>
+      <c r="BQ50" s="6"/>
+      <c r="BR50" s="6"/>
+      <c r="BS50" s="6"/>
+    </row>
+    <row r="51" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="1" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      <c r="C51" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>11</v>
+        <v>549</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>73</v>
+        <v>552</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J51" s="1">
-        <v>6</v>
+        <v>29</v>
       </c>
       <c r="K51" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L51" s="1" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="M51" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="52" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+      <c r="N51" s="5"/>
+    </row>
+    <row r="52" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="1" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      <c r="C52" s="4" t="s">
+        <v>580</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>11</v>
+        <v>549</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>73</v>
+        <v>552</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J52" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K52" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L52" s="1" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="M52" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="53" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+      <c r="N52" s="5"/>
+    </row>
+    <row r="53" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>19</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H53" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J53" s="1">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="K53" s="1" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="L53" s="1" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="M53" s="1" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="N53" s="5"/>
     </row>
-    <row r="54" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C54" s="4" t="s">
+      <c r="C54" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>77</v>
+        <v>31</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J54" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K54" s="1" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="L54" s="1" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="M54" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="55" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+      <c r="N54" s="19"/>
+      <c r="O54" s="2"/>
+      <c r="P54" s="2"/>
+      <c r="Q54" s="2"/>
+      <c r="R54" s="2"/>
+      <c r="S54" s="2"/>
+      <c r="T54" s="2"/>
+      <c r="U54" s="2"/>
+      <c r="V54" s="2"/>
+      <c r="W54" s="2"/>
+      <c r="X54" s="2"/>
+      <c r="Y54" s="2"/>
+      <c r="Z54" s="2"/>
+      <c r="AA54" s="2"/>
+      <c r="AB54" s="2"/>
+      <c r="AC54" s="2"/>
+      <c r="AD54" s="2"/>
+      <c r="AE54" s="2"/>
+      <c r="AF54" s="2"/>
+      <c r="AG54" s="2"/>
+      <c r="AH54" s="2"/>
+      <c r="AI54" s="2"/>
+      <c r="AJ54" s="2"/>
+      <c r="AK54" s="2"/>
+      <c r="AL54" s="2"/>
+      <c r="AM54" s="2"/>
+      <c r="AN54" s="2"/>
+      <c r="AO54" s="2"/>
+      <c r="AP54" s="2"/>
+      <c r="AQ54" s="2"/>
+      <c r="AR54" s="2"/>
+      <c r="AS54" s="2"/>
+      <c r="AT54" s="2"/>
+      <c r="AU54" s="2"/>
+      <c r="AV54" s="2"/>
+      <c r="AW54" s="2"/>
+      <c r="AX54" s="2"/>
+      <c r="AY54" s="2"/>
+      <c r="AZ54" s="2"/>
+      <c r="BA54" s="2"/>
+      <c r="BB54" s="2"/>
+      <c r="BC54" s="2"/>
+      <c r="BD54" s="2"/>
+      <c r="BE54" s="2"/>
+      <c r="BF54" s="2"/>
+      <c r="BG54" s="2"/>
+      <c r="BH54" s="2"/>
+      <c r="BI54" s="2"/>
+      <c r="BJ54" s="2"/>
+      <c r="BK54" s="2"/>
+      <c r="BL54" s="2"/>
+      <c r="BM54" s="2"/>
+      <c r="BN54" s="2"/>
+      <c r="BO54" s="2"/>
+      <c r="BP54" s="2"/>
+      <c r="BQ54" s="2"/>
+      <c r="BR54" s="2"/>
+      <c r="BS54" s="2"/>
+    </row>
+    <row r="55" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>25</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>81</v>
+        <v>31</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J55" s="1">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="K55" s="1" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="L55" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="M55" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="56" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+      <c r="N55" s="19"/>
+      <c r="O55" s="2"/>
+      <c r="P55" s="2"/>
+      <c r="Q55" s="2"/>
+      <c r="R55" s="2"/>
+      <c r="S55" s="2"/>
+      <c r="T55" s="2"/>
+      <c r="U55" s="2"/>
+      <c r="V55" s="2"/>
+      <c r="W55" s="2"/>
+      <c r="X55" s="2"/>
+      <c r="Y55" s="2"/>
+      <c r="Z55" s="2"/>
+      <c r="AA55" s="2"/>
+      <c r="AB55" s="2"/>
+      <c r="AC55" s="2"/>
+      <c r="AD55" s="2"/>
+      <c r="AE55" s="2"/>
+      <c r="AF55" s="2"/>
+      <c r="AG55" s="2"/>
+      <c r="AH55" s="2"/>
+      <c r="AI55" s="2"/>
+      <c r="AJ55" s="2"/>
+      <c r="AK55" s="2"/>
+      <c r="AL55" s="2"/>
+      <c r="AM55" s="2"/>
+      <c r="AN55" s="2"/>
+      <c r="AO55" s="2"/>
+      <c r="AP55" s="2"/>
+      <c r="AQ55" s="2"/>
+      <c r="AR55" s="2"/>
+      <c r="AS55" s="2"/>
+      <c r="AT55" s="2"/>
+      <c r="AU55" s="2"/>
+      <c r="AV55" s="2"/>
+      <c r="AW55" s="2"/>
+      <c r="AX55" s="2"/>
+      <c r="AY55" s="2"/>
+      <c r="AZ55" s="2"/>
+      <c r="BA55" s="2"/>
+      <c r="BB55" s="2"/>
+      <c r="BC55" s="2"/>
+      <c r="BD55" s="2"/>
+      <c r="BE55" s="2"/>
+      <c r="BF55" s="2"/>
+      <c r="BG55" s="2"/>
+      <c r="BH55" s="2"/>
+      <c r="BI55" s="2"/>
+      <c r="BJ55" s="2"/>
+      <c r="BK55" s="2"/>
+      <c r="BL55" s="2"/>
+      <c r="BM55" s="2"/>
+      <c r="BN55" s="2"/>
+      <c r="BO55" s="2"/>
+      <c r="BP55" s="2"/>
+      <c r="BQ55" s="2"/>
+      <c r="BR55" s="2"/>
+      <c r="BS55" s="2"/>
+    </row>
+    <row r="56" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B56" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B56" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C56" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J56" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="K56" s="1" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="L56" s="1" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="M56" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="57" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>50</v>
+      </c>
+      <c r="N56" s="19"/>
+    </row>
+    <row r="57" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>581</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J57" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="K57" s="1" t="s">
         <v>51</v>
       </c>
       <c r="L57" s="1" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
       <c r="M57" s="1" t="s">
-        <v>83</v>
+        <v>50</v>
       </c>
       <c r="N57" s="3"/>
-    </row>
-    <row r="58" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O57" s="1"/>
+      <c r="P57" s="1"/>
+      <c r="Q57" s="1"/>
+      <c r="R57" s="1"/>
+      <c r="S57" s="1"/>
+      <c r="T57" s="1"/>
+      <c r="U57" s="1"/>
+      <c r="V57" s="1"/>
+      <c r="W57" s="1"/>
+      <c r="X57" s="1"/>
+      <c r="Y57" s="1"/>
+      <c r="Z57" s="1"/>
+      <c r="AA57" s="1"/>
+      <c r="AB57" s="1"/>
+      <c r="AC57" s="1"/>
+      <c r="AD57" s="1"/>
+      <c r="AE57" s="1"/>
+      <c r="AF57" s="1"/>
+      <c r="AG57" s="1"/>
+      <c r="AH57" s="1"/>
+      <c r="AI57" s="1"/>
+      <c r="AJ57" s="1"/>
+      <c r="AK57" s="1"/>
+      <c r="AL57" s="1"/>
+      <c r="AM57" s="1"/>
+      <c r="AN57" s="1"/>
+      <c r="AO57" s="1"/>
+      <c r="AP57" s="1"/>
+      <c r="AQ57" s="1"/>
+      <c r="AR57" s="1"/>
+      <c r="AS57" s="1"/>
+      <c r="AT57" s="1"/>
+      <c r="AU57" s="1"/>
+      <c r="AV57" s="1"/>
+      <c r="AW57" s="1"/>
+      <c r="AX57" s="1"/>
+      <c r="AY57" s="1"/>
+      <c r="AZ57" s="1"/>
+      <c r="BA57" s="1"/>
+      <c r="BB57" s="1"/>
+      <c r="BC57" s="1"/>
+      <c r="BD57" s="1"/>
+      <c r="BE57" s="1"/>
+      <c r="BF57" s="1"/>
+      <c r="BG57" s="1"/>
+      <c r="BH57" s="1"/>
+      <c r="BI57" s="1"/>
+      <c r="BJ57" s="1"/>
+      <c r="BK57" s="1"/>
+      <c r="BL57" s="1"/>
+      <c r="BM57" s="1"/>
+      <c r="BN57" s="1"/>
+      <c r="BO57" s="1"/>
+      <c r="BP57" s="1"/>
+      <c r="BQ57" s="1"/>
+      <c r="BR57" s="1"/>
+      <c r="BS57" s="1"/>
+    </row>
+    <row r="58" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>581</v>
+      </c>
+      <c r="B58" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J58" s="1">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>51</v>
       </c>
       <c r="L58" s="1" t="s">
-        <v>82</v>
+        <v>23</v>
       </c>
       <c r="M58" s="1" t="s">
-        <v>83</v>
+        <v>50</v>
       </c>
       <c r="N58" s="3"/>
-    </row>
-    <row r="59" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O58" s="1"/>
+      <c r="P58" s="1"/>
+      <c r="Q58" s="1"/>
+      <c r="R58" s="1"/>
+      <c r="S58" s="1"/>
+      <c r="T58" s="1"/>
+      <c r="U58" s="1"/>
+      <c r="V58" s="1"/>
+      <c r="W58" s="1"/>
+      <c r="X58" s="1"/>
+      <c r="Y58" s="1"/>
+      <c r="Z58" s="1"/>
+      <c r="AA58" s="1"/>
+      <c r="AB58" s="1"/>
+      <c r="AC58" s="1"/>
+      <c r="AD58" s="1"/>
+      <c r="AE58" s="1"/>
+      <c r="AF58" s="1"/>
+      <c r="AG58" s="1"/>
+      <c r="AH58" s="1"/>
+      <c r="AI58" s="1"/>
+      <c r="AJ58" s="1"/>
+      <c r="AK58" s="1"/>
+      <c r="AL58" s="1"/>
+      <c r="AM58" s="1"/>
+      <c r="AN58" s="1"/>
+      <c r="AO58" s="1"/>
+      <c r="AP58" s="1"/>
+      <c r="AQ58" s="1"/>
+      <c r="AR58" s="1"/>
+      <c r="AS58" s="1"/>
+      <c r="AT58" s="1"/>
+      <c r="AU58" s="1"/>
+      <c r="AV58" s="1"/>
+      <c r="AW58" s="1"/>
+      <c r="AX58" s="1"/>
+      <c r="AY58" s="1"/>
+      <c r="AZ58" s="1"/>
+      <c r="BA58" s="1"/>
+      <c r="BB58" s="1"/>
+      <c r="BC58" s="1"/>
+      <c r="BD58" s="1"/>
+      <c r="BE58" s="1"/>
+      <c r="BF58" s="1"/>
+      <c r="BG58" s="1"/>
+      <c r="BH58" s="1"/>
+      <c r="BI58" s="1"/>
+      <c r="BJ58" s="1"/>
+      <c r="BK58" s="1"/>
+      <c r="BL58" s="1"/>
+      <c r="BM58" s="1"/>
+      <c r="BN58" s="1"/>
+      <c r="BO58" s="1"/>
+      <c r="BP58" s="1"/>
+      <c r="BQ58" s="1"/>
+      <c r="BR58" s="1"/>
+      <c r="BS58" s="1"/>
+    </row>
+    <row r="59" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>84</v>
+        <v>64</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J59" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="K59" s="1" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L59" s="1" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="M59" s="1" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-    <row r="60" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>35</v>
+      </c>
+      <c r="N59" s="3"/>
+      <c r="O59" s="1"/>
+      <c r="P59" s="1"/>
+      <c r="Q59" s="1"/>
+      <c r="R59" s="1"/>
+      <c r="S59" s="1"/>
+      <c r="T59" s="1"/>
+      <c r="U59" s="1"/>
+      <c r="V59" s="1"/>
+      <c r="W59" s="1"/>
+      <c r="X59" s="1"/>
+      <c r="Y59" s="1"/>
+      <c r="Z59" s="1"/>
+      <c r="AA59" s="1"/>
+      <c r="AB59" s="1"/>
+      <c r="AC59" s="1"/>
+      <c r="AD59" s="1"/>
+      <c r="AE59" s="1"/>
+      <c r="AF59" s="1"/>
+      <c r="AG59" s="1"/>
+      <c r="AH59" s="1"/>
+      <c r="AI59" s="1"/>
+      <c r="AJ59" s="1"/>
+      <c r="AK59" s="1"/>
+      <c r="AL59" s="1"/>
+      <c r="AM59" s="1"/>
+      <c r="AN59" s="1"/>
+      <c r="AO59" s="1"/>
+      <c r="AP59" s="1"/>
+      <c r="AQ59" s="1"/>
+      <c r="AR59" s="1"/>
+      <c r="AS59" s="1"/>
+      <c r="AT59" s="1"/>
+      <c r="AU59" s="1"/>
+      <c r="AV59" s="1"/>
+      <c r="AW59" s="1"/>
+      <c r="AX59" s="1"/>
+      <c r="AY59" s="1"/>
+      <c r="AZ59" s="1"/>
+      <c r="BA59" s="1"/>
+      <c r="BB59" s="1"/>
+      <c r="BC59" s="1"/>
+      <c r="BD59" s="1"/>
+      <c r="BE59" s="1"/>
+      <c r="BF59" s="1"/>
+      <c r="BG59" s="1"/>
+      <c r="BH59" s="1"/>
+      <c r="BI59" s="1"/>
+      <c r="BJ59" s="1"/>
+      <c r="BK59" s="1"/>
+      <c r="BL59" s="1"/>
+      <c r="BM59" s="1"/>
+      <c r="BN59" s="1"/>
+      <c r="BO59" s="1"/>
+      <c r="BP59" s="1"/>
+      <c r="BQ59" s="1"/>
+      <c r="BR59" s="1"/>
+      <c r="BS59" s="1"/>
+    </row>
+    <row r="60" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="1" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B60" s="4" t="s">
+        <v>25</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>89</v>
+        <v>69</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H60" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J60" s="1">
+        <v>9</v>
+      </c>
+      <c r="K60" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="L60" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M60" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="N60" s="3"/>
+      <c r="O60" s="1"/>
+      <c r="P60" s="1"/>
+      <c r="Q60" s="1"/>
+      <c r="R60" s="1"/>
+      <c r="S60" s="1"/>
+      <c r="T60" s="1"/>
+      <c r="U60" s="1"/>
+      <c r="V60" s="1"/>
+      <c r="W60" s="1"/>
+      <c r="X60" s="1"/>
+      <c r="Y60" s="1"/>
+      <c r="Z60" s="1"/>
+      <c r="AA60" s="1"/>
+      <c r="AB60" s="1"/>
+      <c r="AC60" s="1"/>
+      <c r="AD60" s="1"/>
+      <c r="AE60" s="1"/>
+      <c r="AF60" s="1"/>
+      <c r="AG60" s="1"/>
+      <c r="AH60" s="1"/>
+      <c r="AI60" s="1"/>
+      <c r="AJ60" s="1"/>
+      <c r="AK60" s="1"/>
+      <c r="AL60" s="1"/>
+      <c r="AM60" s="1"/>
+      <c r="AN60" s="1"/>
+      <c r="AO60" s="1"/>
+      <c r="AP60" s="1"/>
+      <c r="AQ60" s="1"/>
+      <c r="AR60" s="1"/>
+      <c r="AS60" s="1"/>
+      <c r="AT60" s="1"/>
+      <c r="AU60" s="1"/>
+      <c r="AV60" s="1"/>
+      <c r="AW60" s="1"/>
+      <c r="AX60" s="1"/>
+      <c r="AY60" s="1"/>
+      <c r="AZ60" s="1"/>
+      <c r="BA60" s="1"/>
+      <c r="BB60" s="1"/>
+      <c r="BC60" s="1"/>
+      <c r="BD60" s="1"/>
+      <c r="BE60" s="1"/>
+      <c r="BF60" s="1"/>
+      <c r="BG60" s="1"/>
+      <c r="BH60" s="1"/>
+      <c r="BI60" s="1"/>
+      <c r="BJ60" s="1"/>
+      <c r="BK60" s="1"/>
+      <c r="BL60" s="1"/>
+      <c r="BM60" s="1"/>
+      <c r="BN60" s="1"/>
+      <c r="BO60" s="1"/>
+      <c r="BP60" s="1"/>
+      <c r="BQ60" s="1"/>
+      <c r="BR60" s="1"/>
+      <c r="BS60" s="1"/>
+    </row>
+    <row r="61" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B61" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>33</v>
-      </c>
-[...19 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>89</v>
+        <v>69</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H61" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J61" s="1">
         <v>2</v>
       </c>
       <c r="K61" s="1" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="L61" s="1" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="M61" s="1" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-    <row r="62" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>50</v>
+      </c>
+      <c r="N61" s="3"/>
+      <c r="O61" s="1"/>
+      <c r="P61" s="1"/>
+      <c r="Q61" s="1"/>
+      <c r="R61" s="1"/>
+      <c r="S61" s="1"/>
+      <c r="T61" s="1"/>
+      <c r="U61" s="1"/>
+      <c r="V61" s="1"/>
+      <c r="W61" s="1"/>
+      <c r="X61" s="1"/>
+      <c r="Y61" s="1"/>
+      <c r="Z61" s="1"/>
+      <c r="AA61" s="1"/>
+      <c r="AB61" s="1"/>
+      <c r="AC61" s="1"/>
+      <c r="AD61" s="1"/>
+      <c r="AE61" s="1"/>
+      <c r="AF61" s="1"/>
+      <c r="AG61" s="1"/>
+      <c r="AH61" s="1"/>
+      <c r="AI61" s="1"/>
+      <c r="AJ61" s="1"/>
+      <c r="AK61" s="1"/>
+      <c r="AL61" s="1"/>
+      <c r="AM61" s="1"/>
+      <c r="AN61" s="1"/>
+      <c r="AO61" s="1"/>
+      <c r="AP61" s="1"/>
+      <c r="AQ61" s="1"/>
+      <c r="AR61" s="1"/>
+      <c r="AS61" s="1"/>
+      <c r="AT61" s="1"/>
+      <c r="AU61" s="1"/>
+      <c r="AV61" s="1"/>
+      <c r="AW61" s="1"/>
+      <c r="AX61" s="1"/>
+      <c r="AY61" s="1"/>
+      <c r="AZ61" s="1"/>
+      <c r="BA61" s="1"/>
+      <c r="BB61" s="1"/>
+      <c r="BC61" s="1"/>
+      <c r="BD61" s="1"/>
+      <c r="BE61" s="1"/>
+      <c r="BF61" s="1"/>
+      <c r="BG61" s="1"/>
+      <c r="BH61" s="1"/>
+      <c r="BI61" s="1"/>
+      <c r="BJ61" s="1"/>
+      <c r="BK61" s="1"/>
+      <c r="BL61" s="1"/>
+      <c r="BM61" s="1"/>
+      <c r="BN61" s="1"/>
+      <c r="BO61" s="1"/>
+      <c r="BP61" s="1"/>
+      <c r="BQ61" s="1"/>
+      <c r="BR61" s="1"/>
+      <c r="BS61" s="1"/>
+    </row>
+    <row r="62" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="1" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      <c r="C62" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B62" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C62" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J62" s="1">
-        <v>95</v>
+        <v>6</v>
       </c>
       <c r="K62" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="L62" s="1" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="M62" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="63" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N62" s="3"/>
+    </row>
+    <row r="63" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="1" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      <c r="C63" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B63" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C63" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>108</v>
+        <v>73</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H63" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J63" s="1">
+        <v>5</v>
+      </c>
+      <c r="K63" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L63" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M63" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="N63" s="3"/>
+    </row>
+    <row r="64" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B64" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="K63" s="1" t="s">
-[...18 lines deleted...]
-        <v>46</v>
+      <c r="C64" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>113</v>
+        <v>77</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H64" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J64" s="1">
-        <v>443</v>
+        <v>19</v>
       </c>
       <c r="K64" s="1" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="L64" s="1" t="s">
-        <v>111</v>
+        <v>75</v>
       </c>
       <c r="M64" s="1" t="s">
-        <v>112</v>
+        <v>76</v>
       </c>
       <c r="N64" s="3"/>
     </row>
-    <row r="65" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>25</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>113</v>
+        <v>77</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J65" s="1">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="K65" s="1" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="L65" s="1" t="s">
-        <v>111</v>
+        <v>75</v>
       </c>
       <c r="M65" s="1" t="s">
-        <v>112</v>
+        <v>76</v>
       </c>
       <c r="N65" s="3"/>
     </row>
-    <row r="66" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>24</v>
+      </c>
+      <c r="C66" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>113</v>
+        <v>80</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J66" s="1">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="K66" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L66" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="M66" s="1" t="s">
-        <v>112</v>
+        <v>79</v>
       </c>
       <c r="N66" s="3"/>
     </row>
-    <row r="67" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="C67" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C67" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>117</v>
+        <v>34</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H67" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J67" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K67" s="1" t="s">
-        <v>118</v>
+        <v>34</v>
       </c>
       <c r="L67" s="1" t="s">
-        <v>119</v>
+        <v>55</v>
       </c>
       <c r="M67" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-    <row r="68" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N67" s="3"/>
+    </row>
+    <row r="68" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>122</v>
+        <v>83</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J68" s="1">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="K68" s="1" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="L68" s="1" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="M68" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="69" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>82</v>
+      </c>
+      <c r="N68" s="3"/>
+    </row>
+    <row r="69" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>122</v>
+        <v>83</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J69" s="1">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="K69" s="1" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="L69" s="1" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="M69" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="70" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>82</v>
+      </c>
+      <c r="N69" s="3"/>
+    </row>
+    <row r="70" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>122</v>
+        <v>83</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H70" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J70" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="K70" s="1" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="L70" s="1" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="M70" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="71" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>82</v>
+      </c>
+      <c r="N70" s="3"/>
+    </row>
+    <row r="71" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>101</v>
+        <v>46</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>127</v>
+        <v>88</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>128</v>
+        <v>87</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J71" s="1">
-        <v>378</v>
+        <v>33</v>
       </c>
       <c r="K71" s="1" t="s">
-        <v>124</v>
+        <v>58</v>
       </c>
       <c r="L71" s="1" t="s">
-        <v>125</v>
+        <v>86</v>
       </c>
       <c r="M71" s="1" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-    <row r="72" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+      <c r="N71" s="3"/>
+    </row>
+    <row r="72" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>101</v>
+        <v>46</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>127</v>
+        <v>88</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>128</v>
+        <v>87</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J72" s="1">
-        <v>43</v>
+        <v>2</v>
       </c>
       <c r="K72" s="1" t="s">
-        <v>124</v>
+        <v>58</v>
       </c>
       <c r="L72" s="1" t="s">
-        <v>125</v>
+        <v>86</v>
       </c>
       <c r="M72" s="1" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-    <row r="73" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+      <c r="N72" s="3"/>
+    </row>
+    <row r="73" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>137</v>
+        <v>106</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J73" s="1">
-        <v>10</v>
+        <v>95</v>
       </c>
       <c r="K73" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="L73" s="1" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="M73" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="74" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N73" s="3"/>
+    </row>
+    <row r="74" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>137</v>
+        <v>106</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>138</v>
+        <v>14</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J74" s="1">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="K74" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="L74" s="1" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="M74" s="1" t="s">
-        <v>71</v>
+        <v>14</v>
       </c>
       <c r="N74" s="3"/>
     </row>
-    <row r="75" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>137</v>
+        <v>111</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>138</v>
+        <v>34</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J75" s="1">
-        <v>3</v>
+        <v>443</v>
       </c>
       <c r="K75" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L75" s="1" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="M75" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="76" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N75" s="5"/>
+      <c r="O75" s="6"/>
+      <c r="P75" s="6"/>
+      <c r="Q75" s="6"/>
+      <c r="R75" s="6"/>
+      <c r="S75" s="6"/>
+      <c r="T75" s="6"/>
+      <c r="U75" s="6"/>
+      <c r="V75" s="6"/>
+      <c r="W75" s="6"/>
+      <c r="X75" s="6"/>
+      <c r="Y75" s="6"/>
+      <c r="Z75" s="6"/>
+      <c r="AA75" s="6"/>
+      <c r="AB75" s="6"/>
+      <c r="AC75" s="6"/>
+      <c r="AD75" s="6"/>
+      <c r="AE75" s="6"/>
+      <c r="AF75" s="6"/>
+      <c r="AG75" s="6"/>
+      <c r="AH75" s="6"/>
+      <c r="AI75" s="6"/>
+      <c r="AJ75" s="6"/>
+      <c r="AK75" s="6"/>
+      <c r="AL75" s="6"/>
+      <c r="AM75" s="6"/>
+      <c r="AN75" s="6"/>
+      <c r="AO75" s="6"/>
+      <c r="AP75" s="6"/>
+      <c r="AQ75" s="6"/>
+      <c r="AR75" s="6"/>
+      <c r="AS75" s="6"/>
+      <c r="AT75" s="6"/>
+      <c r="AU75" s="6"/>
+      <c r="AV75" s="6"/>
+      <c r="AW75" s="6"/>
+      <c r="AX75" s="6"/>
+      <c r="AY75" s="6"/>
+      <c r="AZ75" s="6"/>
+      <c r="BA75" s="6"/>
+      <c r="BB75" s="6"/>
+      <c r="BC75" s="6"/>
+      <c r="BD75" s="6"/>
+      <c r="BE75" s="6"/>
+      <c r="BF75" s="6"/>
+      <c r="BG75" s="6"/>
+      <c r="BH75" s="6"/>
+      <c r="BI75" s="6"/>
+      <c r="BJ75" s="6"/>
+      <c r="BK75" s="6"/>
+      <c r="BL75" s="6"/>
+      <c r="BM75" s="6"/>
+      <c r="BN75" s="6"/>
+      <c r="BO75" s="6"/>
+      <c r="BP75" s="6"/>
+      <c r="BQ75" s="6"/>
+      <c r="BR75" s="6"/>
+      <c r="BS75" s="6"/>
+    </row>
+    <row r="76" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>144</v>
+        <v>111</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>145</v>
+        <v>34</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J76" s="1">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="K76" s="1" t="s">
-        <v>124</v>
+        <v>34</v>
       </c>
       <c r="L76" s="1" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="M76" s="1" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-    <row r="77" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N76" s="5"/>
+      <c r="O76" s="6"/>
+      <c r="P76" s="6"/>
+      <c r="Q76" s="6"/>
+      <c r="R76" s="6"/>
+      <c r="S76" s="6"/>
+      <c r="T76" s="6"/>
+      <c r="U76" s="6"/>
+      <c r="V76" s="6"/>
+      <c r="W76" s="6"/>
+      <c r="X76" s="6"/>
+      <c r="Y76" s="6"/>
+      <c r="Z76" s="6"/>
+      <c r="AA76" s="6"/>
+      <c r="AB76" s="6"/>
+      <c r="AC76" s="6"/>
+      <c r="AD76" s="6"/>
+      <c r="AE76" s="6"/>
+      <c r="AF76" s="6"/>
+      <c r="AG76" s="6"/>
+      <c r="AH76" s="6"/>
+      <c r="AI76" s="6"/>
+      <c r="AJ76" s="6"/>
+      <c r="AK76" s="6"/>
+      <c r="AL76" s="6"/>
+      <c r="AM76" s="6"/>
+      <c r="AN76" s="6"/>
+      <c r="AO76" s="6"/>
+      <c r="AP76" s="6"/>
+      <c r="AQ76" s="6"/>
+      <c r="AR76" s="6"/>
+      <c r="AS76" s="6"/>
+      <c r="AT76" s="6"/>
+      <c r="AU76" s="6"/>
+      <c r="AV76" s="6"/>
+      <c r="AW76" s="6"/>
+      <c r="AX76" s="6"/>
+      <c r="AY76" s="6"/>
+      <c r="AZ76" s="6"/>
+      <c r="BA76" s="6"/>
+      <c r="BB76" s="6"/>
+      <c r="BC76" s="6"/>
+      <c r="BD76" s="6"/>
+      <c r="BE76" s="6"/>
+      <c r="BF76" s="6"/>
+      <c r="BG76" s="6"/>
+      <c r="BH76" s="6"/>
+      <c r="BI76" s="6"/>
+      <c r="BJ76" s="6"/>
+      <c r="BK76" s="6"/>
+      <c r="BL76" s="6"/>
+      <c r="BM76" s="6"/>
+      <c r="BN76" s="6"/>
+      <c r="BO76" s="6"/>
+      <c r="BP76" s="6"/>
+      <c r="BQ76" s="6"/>
+      <c r="BR76" s="6"/>
+      <c r="BS76" s="6"/>
+    </row>
+    <row r="77" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="1" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      <c r="C77" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>146</v>
+        <v>34</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J77" s="1">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="K77" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M77" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="N77" s="5"/>
+      <c r="O77" s="6"/>
+      <c r="P77" s="6"/>
+      <c r="Q77" s="6"/>
+      <c r="R77" s="6"/>
+      <c r="S77" s="6"/>
+      <c r="T77" s="6"/>
+      <c r="U77" s="6"/>
+      <c r="V77" s="6"/>
+      <c r="W77" s="6"/>
+      <c r="X77" s="6"/>
+      <c r="Y77" s="6"/>
+      <c r="Z77" s="6"/>
+      <c r="AA77" s="6"/>
+      <c r="AB77" s="6"/>
+      <c r="AC77" s="6"/>
+      <c r="AD77" s="6"/>
+      <c r="AE77" s="6"/>
+      <c r="AF77" s="6"/>
+      <c r="AG77" s="6"/>
+      <c r="AH77" s="6"/>
+      <c r="AI77" s="6"/>
+      <c r="AJ77" s="6"/>
+      <c r="AK77" s="6"/>
+      <c r="AL77" s="6"/>
+      <c r="AM77" s="6"/>
+      <c r="AN77" s="6"/>
+      <c r="AO77" s="6"/>
+      <c r="AP77" s="6"/>
+      <c r="AQ77" s="6"/>
+      <c r="AR77" s="6"/>
+      <c r="AS77" s="6"/>
+      <c r="AT77" s="6"/>
+      <c r="AU77" s="6"/>
+      <c r="AV77" s="6"/>
+      <c r="AW77" s="6"/>
+      <c r="AX77" s="6"/>
+      <c r="AY77" s="6"/>
+      <c r="AZ77" s="6"/>
+      <c r="BA77" s="6"/>
+      <c r="BB77" s="6"/>
+      <c r="BC77" s="6"/>
+      <c r="BD77" s="6"/>
+      <c r="BE77" s="6"/>
+      <c r="BF77" s="6"/>
+      <c r="BG77" s="6"/>
+      <c r="BH77" s="6"/>
+      <c r="BI77" s="6"/>
+      <c r="BJ77" s="6"/>
+      <c r="BK77" s="6"/>
+      <c r="BL77" s="6"/>
+      <c r="BM77" s="6"/>
+      <c r="BN77" s="6"/>
+      <c r="BO77" s="6"/>
+      <c r="BP77" s="6"/>
+      <c r="BQ77" s="6"/>
+      <c r="BR77" s="6"/>
+      <c r="BS77" s="6"/>
+    </row>
+    <row r="78" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E78" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="L77" s="1" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="F78" s="1" t="s">
-        <v>146</v>
+        <v>115</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J78" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K78" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="L78" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="M78" s="1" t="s">
-        <v>146</v>
+        <v>115</v>
       </c>
       <c r="N78" s="3"/>
     </row>
-    <row r="79" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>581</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>148</v>
+        <v>120</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>149</v>
+        <v>65</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J79" s="1">
-        <v>22</v>
+        <v>98</v>
       </c>
       <c r="K79" s="1" t="s">
-        <v>118</v>
+        <v>36</v>
       </c>
       <c r="L79" s="1" t="s">
-        <v>118</v>
+        <v>66</v>
       </c>
       <c r="M79" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-    <row r="80" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N79" s="5"/>
+      <c r="O79" s="6"/>
+      <c r="P79" s="6"/>
+      <c r="Q79" s="6"/>
+      <c r="R79" s="6"/>
+      <c r="S79" s="6"/>
+      <c r="T79" s="6"/>
+      <c r="U79" s="6"/>
+      <c r="V79" s="6"/>
+      <c r="W79" s="6"/>
+      <c r="X79" s="6"/>
+      <c r="Y79" s="6"/>
+      <c r="Z79" s="6"/>
+      <c r="AA79" s="6"/>
+      <c r="AB79" s="6"/>
+      <c r="AC79" s="6"/>
+      <c r="AD79" s="6"/>
+      <c r="AE79" s="6"/>
+      <c r="AF79" s="6"/>
+      <c r="AG79" s="6"/>
+      <c r="AH79" s="6"/>
+      <c r="AI79" s="6"/>
+      <c r="AJ79" s="6"/>
+      <c r="AK79" s="6"/>
+      <c r="AL79" s="6"/>
+      <c r="AM79" s="6"/>
+      <c r="AN79" s="6"/>
+      <c r="AO79" s="6"/>
+      <c r="AP79" s="6"/>
+      <c r="AQ79" s="6"/>
+      <c r="AR79" s="6"/>
+      <c r="AS79" s="6"/>
+      <c r="AT79" s="6"/>
+      <c r="AU79" s="6"/>
+      <c r="AV79" s="6"/>
+      <c r="AW79" s="6"/>
+      <c r="AX79" s="6"/>
+      <c r="AY79" s="6"/>
+      <c r="AZ79" s="6"/>
+      <c r="BA79" s="6"/>
+      <c r="BB79" s="6"/>
+      <c r="BC79" s="6"/>
+      <c r="BD79" s="6"/>
+      <c r="BE79" s="6"/>
+      <c r="BF79" s="6"/>
+      <c r="BG79" s="6"/>
+      <c r="BH79" s="6"/>
+      <c r="BI79" s="6"/>
+      <c r="BJ79" s="6"/>
+      <c r="BK79" s="6"/>
+      <c r="BL79" s="6"/>
+      <c r="BM79" s="6"/>
+      <c r="BN79" s="6"/>
+      <c r="BO79" s="6"/>
+      <c r="BP79" s="6"/>
+      <c r="BQ79" s="6"/>
+      <c r="BR79" s="6"/>
+      <c r="BS79" s="6"/>
+    </row>
+    <row r="80" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>152</v>
+        <v>120</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>153</v>
+        <v>65</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J80" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="K80" s="1" t="s">
-        <v>118</v>
+        <v>36</v>
       </c>
       <c r="L80" s="1" t="s">
-        <v>118</v>
+        <v>66</v>
       </c>
       <c r="M80" s="1" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-    <row r="81" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N80" s="5"/>
+      <c r="O80" s="6"/>
+      <c r="P80" s="6"/>
+      <c r="Q80" s="6"/>
+      <c r="R80" s="6"/>
+      <c r="S80" s="6"/>
+      <c r="T80" s="6"/>
+      <c r="U80" s="6"/>
+      <c r="V80" s="6"/>
+      <c r="W80" s="6"/>
+      <c r="X80" s="6"/>
+      <c r="Y80" s="6"/>
+      <c r="Z80" s="6"/>
+      <c r="AA80" s="6"/>
+      <c r="AB80" s="6"/>
+      <c r="AC80" s="6"/>
+      <c r="AD80" s="6"/>
+      <c r="AE80" s="6"/>
+      <c r="AF80" s="6"/>
+      <c r="AG80" s="6"/>
+      <c r="AH80" s="6"/>
+      <c r="AI80" s="6"/>
+      <c r="AJ80" s="6"/>
+      <c r="AK80" s="6"/>
+      <c r="AL80" s="6"/>
+      <c r="AM80" s="6"/>
+      <c r="AN80" s="6"/>
+      <c r="AO80" s="6"/>
+      <c r="AP80" s="6"/>
+      <c r="AQ80" s="6"/>
+      <c r="AR80" s="6"/>
+      <c r="AS80" s="6"/>
+      <c r="AT80" s="6"/>
+      <c r="AU80" s="6"/>
+      <c r="AV80" s="6"/>
+      <c r="AW80" s="6"/>
+      <c r="AX80" s="6"/>
+      <c r="AY80" s="6"/>
+      <c r="AZ80" s="6"/>
+      <c r="BA80" s="6"/>
+      <c r="BB80" s="6"/>
+      <c r="BC80" s="6"/>
+      <c r="BD80" s="6"/>
+      <c r="BE80" s="6"/>
+      <c r="BF80" s="6"/>
+      <c r="BG80" s="6"/>
+      <c r="BH80" s="6"/>
+      <c r="BI80" s="6"/>
+      <c r="BJ80" s="6"/>
+      <c r="BK80" s="6"/>
+      <c r="BL80" s="6"/>
+      <c r="BM80" s="6"/>
+      <c r="BN80" s="6"/>
+      <c r="BO80" s="6"/>
+      <c r="BP80" s="6"/>
+      <c r="BQ80" s="6"/>
+      <c r="BR80" s="6"/>
+      <c r="BS80" s="6"/>
+    </row>
+    <row r="81" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>155</v>
+        <v>120</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>149</v>
+        <v>65</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J81" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="K81" s="1" t="s">
-        <v>118</v>
+        <v>36</v>
       </c>
       <c r="L81" s="1" t="s">
-        <v>118</v>
+        <v>66</v>
       </c>
       <c r="M81" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-    <row r="82" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N81" s="5"/>
+      <c r="O81" s="6"/>
+      <c r="P81" s="6"/>
+      <c r="Q81" s="6"/>
+      <c r="R81" s="6"/>
+      <c r="S81" s="6"/>
+      <c r="T81" s="6"/>
+      <c r="U81" s="6"/>
+      <c r="V81" s="6"/>
+      <c r="W81" s="6"/>
+      <c r="X81" s="6"/>
+      <c r="Y81" s="6"/>
+      <c r="Z81" s="6"/>
+      <c r="AA81" s="6"/>
+      <c r="AB81" s="6"/>
+      <c r="AC81" s="6"/>
+      <c r="AD81" s="6"/>
+      <c r="AE81" s="6"/>
+      <c r="AF81" s="6"/>
+      <c r="AG81" s="6"/>
+      <c r="AH81" s="6"/>
+      <c r="AI81" s="6"/>
+      <c r="AJ81" s="6"/>
+      <c r="AK81" s="6"/>
+      <c r="AL81" s="6"/>
+      <c r="AM81" s="6"/>
+      <c r="AN81" s="6"/>
+      <c r="AO81" s="6"/>
+      <c r="AP81" s="6"/>
+      <c r="AQ81" s="6"/>
+      <c r="AR81" s="6"/>
+      <c r="AS81" s="6"/>
+      <c r="AT81" s="6"/>
+      <c r="AU81" s="6"/>
+      <c r="AV81" s="6"/>
+      <c r="AW81" s="6"/>
+      <c r="AX81" s="6"/>
+      <c r="AY81" s="6"/>
+      <c r="AZ81" s="6"/>
+      <c r="BA81" s="6"/>
+      <c r="BB81" s="6"/>
+      <c r="BC81" s="6"/>
+      <c r="BD81" s="6"/>
+      <c r="BE81" s="6"/>
+      <c r="BF81" s="6"/>
+      <c r="BG81" s="6"/>
+      <c r="BH81" s="6"/>
+      <c r="BI81" s="6"/>
+      <c r="BJ81" s="6"/>
+      <c r="BK81" s="6"/>
+      <c r="BL81" s="6"/>
+      <c r="BM81" s="6"/>
+      <c r="BN81" s="6"/>
+      <c r="BO81" s="6"/>
+      <c r="BP81" s="6"/>
+      <c r="BQ81" s="6"/>
+      <c r="BR81" s="6"/>
+      <c r="BS81" s="6"/>
+    </row>
+    <row r="82" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>20</v>
+        <v>97</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>156</v>
+        <v>125</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>149</v>
+        <v>126</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J82" s="1">
-        <v>1</v>
+        <v>378</v>
       </c>
       <c r="K82" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="L82" s="1" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="M82" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-    <row r="83" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>124</v>
+      </c>
+      <c r="N82" s="5"/>
+      <c r="O82" s="6"/>
+      <c r="P82" s="6"/>
+      <c r="Q82" s="6"/>
+      <c r="R82" s="6"/>
+      <c r="S82" s="6"/>
+      <c r="T82" s="6"/>
+      <c r="U82" s="6"/>
+      <c r="V82" s="6"/>
+      <c r="W82" s="6"/>
+      <c r="X82" s="6"/>
+      <c r="Y82" s="6"/>
+      <c r="Z82" s="6"/>
+      <c r="AA82" s="6"/>
+      <c r="AB82" s="6"/>
+      <c r="AC82" s="6"/>
+      <c r="AD82" s="6"/>
+      <c r="AE82" s="6"/>
+      <c r="AF82" s="6"/>
+      <c r="AG82" s="6"/>
+      <c r="AH82" s="6"/>
+      <c r="AI82" s="6"/>
+      <c r="AJ82" s="6"/>
+      <c r="AK82" s="6"/>
+      <c r="AL82" s="6"/>
+      <c r="AM82" s="6"/>
+      <c r="AN82" s="6"/>
+      <c r="AO82" s="6"/>
+      <c r="AP82" s="6"/>
+      <c r="AQ82" s="6"/>
+      <c r="AR82" s="6"/>
+      <c r="AS82" s="6"/>
+      <c r="AT82" s="6"/>
+      <c r="AU82" s="6"/>
+      <c r="AV82" s="6"/>
+      <c r="AW82" s="6"/>
+      <c r="AX82" s="6"/>
+      <c r="AY82" s="6"/>
+      <c r="AZ82" s="6"/>
+      <c r="BA82" s="6"/>
+      <c r="BB82" s="6"/>
+      <c r="BC82" s="6"/>
+      <c r="BD82" s="6"/>
+      <c r="BE82" s="6"/>
+      <c r="BF82" s="6"/>
+      <c r="BG82" s="6"/>
+      <c r="BH82" s="6"/>
+      <c r="BI82" s="6"/>
+      <c r="BJ82" s="6"/>
+      <c r="BK82" s="6"/>
+      <c r="BL82" s="6"/>
+      <c r="BM82" s="6"/>
+      <c r="BN82" s="6"/>
+      <c r="BO82" s="6"/>
+      <c r="BP82" s="6"/>
+      <c r="BQ82" s="6"/>
+      <c r="BR82" s="6"/>
+      <c r="BS82" s="6"/>
+    </row>
+    <row r="83" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>20</v>
+        <v>97</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J83" s="1">
-        <v>1</v>
+        <v>43</v>
       </c>
       <c r="K83" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="L83" s="1" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="M83" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-    <row r="84" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>124</v>
+      </c>
+      <c r="N83" s="5"/>
+      <c r="O83" s="6"/>
+      <c r="P83" s="6"/>
+      <c r="Q83" s="6"/>
+      <c r="R83" s="6"/>
+      <c r="S83" s="6"/>
+      <c r="T83" s="6"/>
+      <c r="U83" s="6"/>
+      <c r="V83" s="6"/>
+      <c r="W83" s="6"/>
+      <c r="X83" s="6"/>
+      <c r="Y83" s="6"/>
+      <c r="Z83" s="6"/>
+      <c r="AA83" s="6"/>
+      <c r="AB83" s="6"/>
+      <c r="AC83" s="6"/>
+      <c r="AD83" s="6"/>
+      <c r="AE83" s="6"/>
+      <c r="AF83" s="6"/>
+      <c r="AG83" s="6"/>
+      <c r="AH83" s="6"/>
+      <c r="AI83" s="6"/>
+      <c r="AJ83" s="6"/>
+      <c r="AK83" s="6"/>
+      <c r="AL83" s="6"/>
+      <c r="AM83" s="6"/>
+      <c r="AN83" s="6"/>
+      <c r="AO83" s="6"/>
+      <c r="AP83" s="6"/>
+      <c r="AQ83" s="6"/>
+      <c r="AR83" s="6"/>
+      <c r="AS83" s="6"/>
+      <c r="AT83" s="6"/>
+      <c r="AU83" s="6"/>
+      <c r="AV83" s="6"/>
+      <c r="AW83" s="6"/>
+      <c r="AX83" s="6"/>
+      <c r="AY83" s="6"/>
+      <c r="AZ83" s="6"/>
+      <c r="BA83" s="6"/>
+      <c r="BB83" s="6"/>
+      <c r="BC83" s="6"/>
+      <c r="BD83" s="6"/>
+      <c r="BE83" s="6"/>
+      <c r="BF83" s="6"/>
+      <c r="BG83" s="6"/>
+      <c r="BH83" s="6"/>
+      <c r="BI83" s="6"/>
+      <c r="BJ83" s="6"/>
+      <c r="BK83" s="6"/>
+      <c r="BL83" s="6"/>
+      <c r="BM83" s="6"/>
+      <c r="BN83" s="6"/>
+      <c r="BO83" s="6"/>
+      <c r="BP83" s="6"/>
+      <c r="BQ83" s="6"/>
+      <c r="BR83" s="6"/>
+      <c r="BS83" s="6"/>
+    </row>
+    <row r="84" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>158</v>
+        <v>135</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>117</v>
+        <v>136</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J84" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="K84" s="1" t="s">
-        <v>118</v>
+        <v>22</v>
       </c>
       <c r="L84" s="1" t="s">
-        <v>119</v>
+        <v>72</v>
       </c>
       <c r="M84" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-    <row r="85" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N84" s="19"/>
+    </row>
+    <row r="85" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>159</v>
+        <v>135</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>117</v>
+        <v>136</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J85" s="1">
         <v>1</v>
       </c>
       <c r="K85" s="1" t="s">
-        <v>118</v>
+        <v>22</v>
       </c>
       <c r="L85" s="1" t="s">
-        <v>119</v>
+        <v>72</v>
       </c>
       <c r="M85" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-    <row r="86" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N85" s="19"/>
+    </row>
+    <row r="86" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>161</v>
+        <v>135</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>94</v>
+        <v>136</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J86" s="1">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="L86" s="1" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="M86" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="87" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N86" s="19"/>
+    </row>
+    <row r="87" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="1" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      <c r="C87" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B87" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C87" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>161</v>
+        <v>142</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>94</v>
+        <v>143</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J87" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K87" s="1" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="L87" s="1" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="M87" s="1" t="s">
-        <v>92</v>
+        <v>141</v>
       </c>
       <c r="N87" s="3"/>
     </row>
-    <row r="88" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B88" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C88" s="4" t="s">
+        <v>46</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>163</v>
+        <v>145</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>128</v>
+        <v>144</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J88" s="1">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="K88" s="1" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="L88" s="1" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="M88" s="1" t="s">
-        <v>129</v>
+        <v>144</v>
       </c>
       <c r="N88" s="3"/>
     </row>
-    <row r="89" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B89" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>166</v>
+        <v>145</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>167</v>
+        <v>144</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J89" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K89" s="1" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="L89" s="1" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="M89" s="1" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-    <row r="90" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>144</v>
+      </c>
+      <c r="N89" s="3"/>
+      <c r="O89" s="1"/>
+      <c r="P89" s="1"/>
+      <c r="Q89" s="1"/>
+      <c r="R89" s="1"/>
+      <c r="S89" s="1"/>
+      <c r="T89" s="1"/>
+      <c r="U89" s="1"/>
+      <c r="V89" s="1"/>
+      <c r="W89" s="1"/>
+      <c r="X89" s="1"/>
+      <c r="Y89" s="1"/>
+      <c r="Z89" s="1"/>
+      <c r="AA89" s="1"/>
+      <c r="AB89" s="1"/>
+      <c r="AC89" s="1"/>
+      <c r="AD89" s="1"/>
+      <c r="AE89" s="1"/>
+      <c r="AF89" s="1"/>
+      <c r="AG89" s="1"/>
+      <c r="AH89" s="1"/>
+      <c r="AI89" s="1"/>
+      <c r="AJ89" s="1"/>
+      <c r="AK89" s="1"/>
+      <c r="AL89" s="1"/>
+      <c r="AM89" s="1"/>
+      <c r="AN89" s="1"/>
+      <c r="AO89" s="1"/>
+      <c r="AP89" s="1"/>
+      <c r="AQ89" s="1"/>
+      <c r="AR89" s="1"/>
+      <c r="AS89" s="1"/>
+      <c r="AT89" s="1"/>
+      <c r="AU89" s="1"/>
+      <c r="AV89" s="1"/>
+      <c r="AW89" s="1"/>
+      <c r="AX89" s="1"/>
+      <c r="AY89" s="1"/>
+      <c r="AZ89" s="1"/>
+      <c r="BA89" s="1"/>
+      <c r="BB89" s="1"/>
+      <c r="BC89" s="1"/>
+      <c r="BD89" s="1"/>
+      <c r="BE89" s="1"/>
+      <c r="BF89" s="1"/>
+      <c r="BG89" s="1"/>
+      <c r="BH89" s="1"/>
+      <c r="BI89" s="1"/>
+      <c r="BJ89" s="1"/>
+      <c r="BK89" s="1"/>
+      <c r="BL89" s="1"/>
+      <c r="BM89" s="1"/>
+      <c r="BN89" s="1"/>
+      <c r="BO89" s="1"/>
+      <c r="BP89" s="1"/>
+      <c r="BQ89" s="1"/>
+      <c r="BR89" s="1"/>
+      <c r="BS89" s="1"/>
+    </row>
+    <row r="90" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C90" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>166</v>
+        <v>146</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>167</v>
+        <v>147</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J90" s="1">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="K90" s="1" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="L90" s="1" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="M90" s="1" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-    <row r="91" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>144</v>
+      </c>
+      <c r="N90" s="3"/>
+    </row>
+    <row r="91" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B91" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="B91" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C91" s="4" t="s">
+      <c r="C91" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>166</v>
+        <v>150</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>167</v>
+        <v>151</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J91" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="K91" s="1" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="L91" s="1" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="M91" s="1" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-    <row r="92" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>149</v>
+      </c>
+      <c r="N91" s="19"/>
+    </row>
+    <row r="92" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>28</v>
+        <v>147</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J92" s="1">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="K92" s="1" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="L92" s="1" t="s">
-        <v>30</v>
+        <v>116</v>
       </c>
       <c r="M92" s="1" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-    <row r="93" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>144</v>
+      </c>
+      <c r="N92" s="19"/>
+    </row>
+    <row r="93" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>168</v>
+        <v>154</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>28</v>
+        <v>147</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J93" s="1">
         <v>1</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="L93" s="1" t="s">
-        <v>30</v>
+        <v>116</v>
       </c>
       <c r="M93" s="1" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-    <row r="94" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>144</v>
+      </c>
+      <c r="N93" s="19"/>
+    </row>
+    <row r="94" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>169</v>
+        <v>155</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>170</v>
+        <v>115</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J94" s="1">
-        <v>44</v>
+        <v>1</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="L94" s="1" t="s">
-        <v>87</v>
+        <v>117</v>
       </c>
       <c r="M94" s="1" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-    <row r="95" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>115</v>
+      </c>
+      <c r="N94" s="19"/>
+    </row>
+    <row r="95" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>169</v>
+        <v>156</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>170</v>
+        <v>115</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J95" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="K95" s="1" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="L95" s="1" t="s">
-        <v>87</v>
+        <v>117</v>
       </c>
       <c r="M95" s="1" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-    <row r="96" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>115</v>
+      </c>
+      <c r="N95" s="19"/>
+    </row>
+    <row r="96" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>160</v>
+        <v>105</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>170</v>
+        <v>115</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J96" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="L96" s="1" t="s">
-        <v>87</v>
+        <v>117</v>
       </c>
       <c r="M96" s="1" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-    <row r="97" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>115</v>
+      </c>
+      <c r="N96" s="19"/>
+    </row>
+    <row r="97" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>173</v>
+        <v>159</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H97" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J97" s="1">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="K97" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="L97" s="1" t="s">
-        <v>87</v>
+        <v>59</v>
       </c>
       <c r="M97" s="1" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-    <row r="98" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+      <c r="N97" s="3"/>
+    </row>
+    <row r="98" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>173</v>
+        <v>159</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J98" s="1">
         <v>4</v>
       </c>
       <c r="K98" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="L98" s="1" t="s">
-        <v>87</v>
+        <v>59</v>
       </c>
       <c r="M98" s="1" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-    <row r="99" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+      <c r="N98" s="3"/>
+    </row>
+    <row r="99" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>174</v>
+        <v>161</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>175</v>
+        <v>126</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J99" s="1">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="L99" s="1" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="M99" s="1" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-    <row r="100" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N99" s="5"/>
+      <c r="O99" s="6"/>
+      <c r="P99" s="6"/>
+      <c r="Q99" s="6"/>
+      <c r="R99" s="6"/>
+      <c r="S99" s="6"/>
+      <c r="T99" s="6"/>
+      <c r="U99" s="6"/>
+      <c r="V99" s="6"/>
+      <c r="W99" s="6"/>
+      <c r="X99" s="6"/>
+      <c r="Y99" s="6"/>
+      <c r="Z99" s="6"/>
+      <c r="AA99" s="6"/>
+      <c r="AB99" s="6"/>
+      <c r="AC99" s="6"/>
+      <c r="AD99" s="6"/>
+      <c r="AE99" s="6"/>
+      <c r="AF99" s="6"/>
+      <c r="AG99" s="6"/>
+      <c r="AH99" s="6"/>
+      <c r="AI99" s="6"/>
+      <c r="AJ99" s="6"/>
+      <c r="AK99" s="6"/>
+      <c r="AL99" s="6"/>
+      <c r="AM99" s="6"/>
+      <c r="AN99" s="6"/>
+      <c r="AO99" s="6"/>
+      <c r="AP99" s="6"/>
+      <c r="AQ99" s="6"/>
+      <c r="AR99" s="6"/>
+      <c r="AS99" s="6"/>
+      <c r="AT99" s="6"/>
+      <c r="AU99" s="6"/>
+      <c r="AV99" s="6"/>
+      <c r="AW99" s="6"/>
+      <c r="AX99" s="6"/>
+      <c r="AY99" s="6"/>
+      <c r="AZ99" s="6"/>
+      <c r="BA99" s="6"/>
+      <c r="BB99" s="6"/>
+      <c r="BC99" s="6"/>
+      <c r="BD99" s="6"/>
+      <c r="BE99" s="6"/>
+      <c r="BF99" s="6"/>
+      <c r="BG99" s="6"/>
+      <c r="BH99" s="6"/>
+      <c r="BI99" s="6"/>
+      <c r="BJ99" s="6"/>
+      <c r="BK99" s="6"/>
+      <c r="BL99" s="6"/>
+      <c r="BM99" s="6"/>
+      <c r="BN99" s="6"/>
+      <c r="BO99" s="6"/>
+      <c r="BP99" s="6"/>
+      <c r="BQ99" s="6"/>
+      <c r="BR99" s="6"/>
+      <c r="BS99" s="6"/>
+    </row>
+    <row r="100" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B100" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B100" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C100" s="1" t="s">
+      <c r="C100" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J100" s="1">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="L100" s="1" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="M100" s="1" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-    <row r="101" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>141</v>
+      </c>
+      <c r="N100" s="19"/>
+    </row>
+    <row r="101" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B101" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B101" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="C101" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>174</v>
+        <v>164</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J101" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="L101" s="1" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="M101" s="1" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-    <row r="102" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>141</v>
+      </c>
+      <c r="N101" s="19"/>
+    </row>
+    <row r="102" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B102" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C102" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>178</v>
+        <v>164</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>71</v>
+        <v>165</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H102" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J102" s="1">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="K102" s="1" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="L102" s="1" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="M102" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="103" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>141</v>
+      </c>
+      <c r="N102" s="19"/>
+      <c r="O102" s="1"/>
+      <c r="P102" s="1"/>
+      <c r="Q102" s="1"/>
+      <c r="R102" s="1"/>
+      <c r="S102" s="1"/>
+      <c r="T102" s="1"/>
+      <c r="U102" s="1"/>
+      <c r="V102" s="1"/>
+      <c r="W102" s="1"/>
+      <c r="X102" s="1"/>
+      <c r="Y102" s="1"/>
+      <c r="Z102" s="1"/>
+      <c r="AA102" s="1"/>
+      <c r="AB102" s="1"/>
+      <c r="AC102" s="1"/>
+      <c r="AD102" s="1"/>
+      <c r="AE102" s="1"/>
+      <c r="AF102" s="1"/>
+      <c r="AG102" s="1"/>
+      <c r="AH102" s="1"/>
+      <c r="AI102" s="1"/>
+      <c r="AJ102" s="1"/>
+      <c r="AK102" s="1"/>
+      <c r="AL102" s="1"/>
+      <c r="AM102" s="1"/>
+      <c r="AN102" s="1"/>
+      <c r="AO102" s="1"/>
+      <c r="AP102" s="1"/>
+      <c r="AQ102" s="1"/>
+      <c r="AR102" s="1"/>
+      <c r="AS102" s="1"/>
+      <c r="AT102" s="1"/>
+      <c r="AU102" s="1"/>
+      <c r="AV102" s="1"/>
+      <c r="AW102" s="1"/>
+      <c r="AX102" s="1"/>
+      <c r="AY102" s="1"/>
+      <c r="AZ102" s="1"/>
+      <c r="BA102" s="1"/>
+      <c r="BB102" s="1"/>
+      <c r="BC102" s="1"/>
+      <c r="BD102" s="1"/>
+      <c r="BE102" s="1"/>
+      <c r="BF102" s="1"/>
+      <c r="BG102" s="1"/>
+      <c r="BH102" s="1"/>
+      <c r="BI102" s="1"/>
+      <c r="BJ102" s="1"/>
+      <c r="BK102" s="1"/>
+      <c r="BL102" s="1"/>
+      <c r="BM102" s="1"/>
+      <c r="BN102" s="1"/>
+      <c r="BO102" s="1"/>
+      <c r="BP102" s="1"/>
+      <c r="BQ102" s="1"/>
+      <c r="BR102" s="1"/>
+      <c r="BS102" s="1"/>
+    </row>
+    <row r="103" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>71</v>
+        <v>168</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J103" s="1">
-        <v>1</v>
+        <v>44</v>
       </c>
       <c r="K103" s="1" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="L103" s="1" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="M103" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="104" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+      <c r="N103" s="19"/>
+      <c r="O103" s="1"/>
+      <c r="P103" s="1"/>
+      <c r="Q103" s="1"/>
+      <c r="R103" s="1"/>
+      <c r="S103" s="1"/>
+      <c r="T103" s="1"/>
+      <c r="U103" s="1"/>
+      <c r="V103" s="1"/>
+      <c r="W103" s="1"/>
+      <c r="X103" s="1"/>
+      <c r="Y103" s="1"/>
+      <c r="Z103" s="1"/>
+      <c r="AA103" s="1"/>
+      <c r="AB103" s="1"/>
+      <c r="AC103" s="1"/>
+      <c r="AD103" s="1"/>
+      <c r="AE103" s="1"/>
+      <c r="AF103" s="1"/>
+      <c r="AG103" s="1"/>
+      <c r="AH103" s="1"/>
+      <c r="AI103" s="1"/>
+      <c r="AJ103" s="1"/>
+      <c r="AK103" s="1"/>
+      <c r="AL103" s="1"/>
+      <c r="AM103" s="1"/>
+      <c r="AN103" s="1"/>
+      <c r="AO103" s="1"/>
+      <c r="AP103" s="1"/>
+      <c r="AQ103" s="1"/>
+      <c r="AR103" s="1"/>
+      <c r="AS103" s="1"/>
+      <c r="AT103" s="1"/>
+      <c r="AU103" s="1"/>
+      <c r="AV103" s="1"/>
+      <c r="AW103" s="1"/>
+      <c r="AX103" s="1"/>
+      <c r="AY103" s="1"/>
+      <c r="AZ103" s="1"/>
+      <c r="BA103" s="1"/>
+      <c r="BB103" s="1"/>
+      <c r="BC103" s="1"/>
+      <c r="BD103" s="1"/>
+      <c r="BE103" s="1"/>
+      <c r="BF103" s="1"/>
+      <c r="BG103" s="1"/>
+      <c r="BH103" s="1"/>
+      <c r="BI103" s="1"/>
+      <c r="BJ103" s="1"/>
+      <c r="BK103" s="1"/>
+      <c r="BL103" s="1"/>
+      <c r="BM103" s="1"/>
+      <c r="BN103" s="1"/>
+      <c r="BO103" s="1"/>
+      <c r="BP103" s="1"/>
+      <c r="BQ103" s="1"/>
+      <c r="BR103" s="1"/>
+      <c r="BS103" s="1"/>
+    </row>
+    <row r="104" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>188</v>
+        <v>167</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>189</v>
+        <v>168</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J104" s="1">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="K104" s="1" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="L104" s="1" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="M104" s="1" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-    <row r="105" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+      <c r="N104" s="19"/>
+    </row>
+    <row r="105" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>188</v>
+        <v>167</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>189</v>
+        <v>168</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J105" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K105" s="1" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="L105" s="1" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="M105" s="1" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-    <row r="106" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+      <c r="N105" s="19"/>
+    </row>
+    <row r="106" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>188</v>
+        <v>171</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>189</v>
+        <v>87</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J106" s="1">
-        <v>3</v>
+        <v>38</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="L106" s="1" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="M106" s="1" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-    <row r="107" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+      <c r="N106" s="17"/>
+      <c r="O106" s="6"/>
+      <c r="P106" s="6"/>
+      <c r="Q106" s="6"/>
+      <c r="R106" s="6"/>
+      <c r="S106" s="6"/>
+      <c r="T106" s="6"/>
+      <c r="U106" s="6"/>
+      <c r="V106" s="6"/>
+      <c r="W106" s="6"/>
+      <c r="X106" s="6"/>
+      <c r="Y106" s="6"/>
+      <c r="Z106" s="6"/>
+      <c r="AA106" s="6"/>
+      <c r="AB106" s="6"/>
+      <c r="AC106" s="6"/>
+      <c r="AD106" s="6"/>
+      <c r="AE106" s="6"/>
+      <c r="AF106" s="6"/>
+      <c r="AG106" s="6"/>
+      <c r="AH106" s="6"/>
+      <c r="AI106" s="6"/>
+      <c r="AJ106" s="6"/>
+      <c r="AK106" s="6"/>
+      <c r="AL106" s="6"/>
+      <c r="AM106" s="6"/>
+      <c r="AN106" s="6"/>
+      <c r="AO106" s="6"/>
+      <c r="AP106" s="6"/>
+      <c r="AQ106" s="6"/>
+      <c r="AR106" s="6"/>
+      <c r="AS106" s="6"/>
+      <c r="AT106" s="6"/>
+      <c r="AU106" s="6"/>
+      <c r="AV106" s="6"/>
+      <c r="AW106" s="6"/>
+      <c r="AX106" s="6"/>
+      <c r="AY106" s="6"/>
+      <c r="AZ106" s="6"/>
+      <c r="BA106" s="6"/>
+      <c r="BB106" s="6"/>
+      <c r="BC106" s="6"/>
+      <c r="BD106" s="6"/>
+      <c r="BE106" s="6"/>
+      <c r="BF106" s="6"/>
+      <c r="BG106" s="6"/>
+      <c r="BH106" s="6"/>
+      <c r="BI106" s="6"/>
+      <c r="BJ106" s="6"/>
+      <c r="BK106" s="6"/>
+      <c r="BL106" s="6"/>
+      <c r="BM106" s="6"/>
+      <c r="BN106" s="6"/>
+      <c r="BO106" s="6"/>
+      <c r="BP106" s="6"/>
+      <c r="BQ106" s="6"/>
+      <c r="BR106" s="6"/>
+      <c r="BS106" s="6"/>
+    </row>
+    <row r="107" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="1" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      <c r="C107" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C107" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>199</v>
+        <v>171</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J107" s="1">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="K107" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="L107" s="1" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="M107" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="108" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+      <c r="N107" s="5"/>
+      <c r="O107" s="6"/>
+      <c r="P107" s="6"/>
+      <c r="Q107" s="6"/>
+      <c r="R107" s="6"/>
+      <c r="S107" s="6"/>
+      <c r="T107" s="6"/>
+      <c r="U107" s="6"/>
+      <c r="V107" s="6"/>
+      <c r="W107" s="6"/>
+      <c r="X107" s="6"/>
+      <c r="Y107" s="6"/>
+      <c r="Z107" s="6"/>
+      <c r="AA107" s="6"/>
+      <c r="AB107" s="6"/>
+      <c r="AC107" s="6"/>
+      <c r="AD107" s="6"/>
+      <c r="AE107" s="6"/>
+      <c r="AF107" s="6"/>
+      <c r="AG107" s="6"/>
+      <c r="AH107" s="6"/>
+      <c r="AI107" s="6"/>
+      <c r="AJ107" s="6"/>
+      <c r="AK107" s="6"/>
+      <c r="AL107" s="6"/>
+      <c r="AM107" s="6"/>
+      <c r="AN107" s="6"/>
+      <c r="AO107" s="6"/>
+      <c r="AP107" s="6"/>
+      <c r="AQ107" s="6"/>
+      <c r="AR107" s="6"/>
+      <c r="AS107" s="6"/>
+      <c r="AT107" s="6"/>
+      <c r="AU107" s="6"/>
+      <c r="AV107" s="6"/>
+      <c r="AW107" s="6"/>
+      <c r="AX107" s="6"/>
+      <c r="AY107" s="6"/>
+      <c r="AZ107" s="6"/>
+      <c r="BA107" s="6"/>
+      <c r="BB107" s="6"/>
+      <c r="BC107" s="6"/>
+      <c r="BD107" s="6"/>
+      <c r="BE107" s="6"/>
+      <c r="BF107" s="6"/>
+      <c r="BG107" s="6"/>
+      <c r="BH107" s="6"/>
+      <c r="BI107" s="6"/>
+      <c r="BJ107" s="6"/>
+      <c r="BK107" s="6"/>
+      <c r="BL107" s="6"/>
+      <c r="BM107" s="6"/>
+      <c r="BN107" s="6"/>
+      <c r="BO107" s="6"/>
+      <c r="BP107" s="6"/>
+      <c r="BQ107" s="6"/>
+      <c r="BR107" s="6"/>
+      <c r="BS107" s="6"/>
+    </row>
+    <row r="108" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B108" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="B108" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C108" s="4" t="s">
-        <v>20</v>
+      <c r="C108" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>200</v>
+        <v>172</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="H108" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J108" s="1">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="K108" s="1" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="L108" s="1" t="s">
-        <v>87</v>
+        <v>116</v>
       </c>
       <c r="M108" s="1" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
       <c r="N108" s="3"/>
     </row>
-    <row r="109" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B109" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="B109" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C109" s="4" t="s">
+      <c r="C109" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>203</v>
+        <v>172</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>204</v>
+        <v>173</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J109" s="1">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="K109" s="1" t="s">
-        <v>12</v>
+        <v>116</v>
       </c>
       <c r="L109" s="1" t="s">
-        <v>75</v>
+        <v>116</v>
       </c>
       <c r="M109" s="1" t="s">
-        <v>92</v>
+        <v>149</v>
       </c>
       <c r="N109" s="3"/>
     </row>
-    <row r="110" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B110" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="B110" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C110" s="4" t="s">
+      <c r="C110" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>205</v>
+        <v>172</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>14</v>
+        <v>173</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J110" s="1">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="K110" s="1" t="s">
-        <v>12</v>
+        <v>116</v>
       </c>
       <c r="L110" s="1" t="s">
-        <v>13</v>
+        <v>116</v>
       </c>
       <c r="M110" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="111" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>149</v>
+      </c>
+      <c r="N110" s="3"/>
+    </row>
+    <row r="111" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>115</v>
+        <v>24</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>237</v>
+        <v>176</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J111" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="K111" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L111" s="1" t="s">
-        <v>37</v>
+        <v>72</v>
       </c>
       <c r="M111" s="1" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-    <row r="112" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N111" s="3"/>
+    </row>
+    <row r="112" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>115</v>
+        <v>24</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>238</v>
+        <v>176</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>128</v>
+        <v>71</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J112" s="1">
-        <v>64</v>
+        <v>1</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="L112" s="1" t="s">
-        <v>125</v>
+        <v>72</v>
       </c>
       <c r="M112" s="1" t="s">
-        <v>129</v>
+        <v>71</v>
       </c>
       <c r="N112" s="3"/>
     </row>
-    <row r="113" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>238</v>
+        <v>186</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>128</v>
+        <v>187</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J113" s="1">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="K113" s="1" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="L113" s="1" t="s">
-        <v>125</v>
+        <v>72</v>
       </c>
       <c r="M113" s="1" t="s">
-        <v>129</v>
+        <v>185</v>
       </c>
       <c r="N113" s="3"/>
     </row>
-    <row r="114" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>238</v>
+        <v>186</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>128</v>
+        <v>187</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H114" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J114" s="1">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="K114" s="1" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="L114" s="1" t="s">
-        <v>125</v>
+        <v>72</v>
       </c>
       <c r="M114" s="1" t="s">
-        <v>129</v>
+        <v>185</v>
       </c>
       <c r="N114" s="3"/>
     </row>
-    <row r="115" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>239</v>
+        <v>186</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>65</v>
+        <v>187</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H115" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J115" s="1">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="K115" s="1" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="L115" s="1" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="M115" s="1" t="s">
-        <v>67</v>
+        <v>185</v>
       </c>
       <c r="N115" s="3"/>
     </row>
-    <row r="116" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B116" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C116" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>242</v>
+        <v>198</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>241</v>
+        <v>65</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J116" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="K116" s="1" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="L116" s="1" t="s">
-        <v>240</v>
+        <v>66</v>
       </c>
       <c r="M116" s="1" t="s">
-        <v>241</v>
+        <v>67</v>
       </c>
       <c r="N116" s="3"/>
     </row>
-    <row r="117" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="1" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      <c r="C117" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B117" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C117" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>243</v>
+        <v>199</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>14</v>
+        <v>162</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H117" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J117" s="1">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="K117" s="1" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="L117" s="1" t="s">
-        <v>13</v>
+        <v>86</v>
       </c>
       <c r="M117" s="1" t="s">
-        <v>14</v>
+        <v>162</v>
       </c>
       <c r="N117" s="3"/>
     </row>
-    <row r="118" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B118" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B118" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C118" s="1" t="s">
-        <v>46</v>
+      <c r="C118" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>249</v>
+        <v>202</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>117</v>
+        <v>203</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J118" s="1">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="K118" s="1" t="s">
-        <v>118</v>
+        <v>12</v>
       </c>
       <c r="L118" s="1" t="s">
-        <v>119</v>
+        <v>75</v>
       </c>
       <c r="M118" s="1" t="s">
-        <v>117</v>
+        <v>92</v>
       </c>
       <c r="N118" s="3"/>
     </row>
-    <row r="119" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B119" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B119" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C119" s="1" t="s">
-        <v>46</v>
+      <c r="C119" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>249</v>
+        <v>204</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>117</v>
+        <v>14</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J119" s="1">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="K119" s="1" t="s">
-        <v>118</v>
+        <v>12</v>
       </c>
       <c r="L119" s="1" t="s">
-        <v>119</v>
+        <v>13</v>
       </c>
       <c r="M119" s="1" t="s">
-        <v>117</v>
+        <v>14</v>
       </c>
       <c r="N119" s="3"/>
     </row>
-    <row r="120" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>255</v>
+        <v>237</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>256</v>
+        <v>34</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H120" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J120" s="1">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="L120" s="1" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="M120" s="1" t="s">
-        <v>14</v>
+        <v>114</v>
       </c>
       <c r="N120" s="3"/>
     </row>
-    <row r="121" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>255</v>
+        <v>238</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>256</v>
+        <v>126</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J121" s="1">
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="K121" s="1" t="s">
-        <v>58</v>
+        <v>122</v>
       </c>
       <c r="L121" s="1" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="M121" s="1" t="s">
-        <v>14</v>
+        <v>127</v>
       </c>
       <c r="N121" s="3"/>
     </row>
-    <row r="122" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>257</v>
+        <v>238</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J122" s="1">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="K122" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L122" s="1" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="M122" s="1" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="N122" s="3"/>
     </row>
-    <row r="123" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>258</v>
+        <v>238</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J123" s="1">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K123" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L123" s="1" t="s">
-        <v>55</v>
+        <v>123</v>
       </c>
       <c r="M123" s="1" t="s">
-        <v>80</v>
+        <v>127</v>
       </c>
       <c r="N123" s="3"/>
     </row>
-    <row r="124" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>259</v>
+        <v>239</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>260</v>
+        <v>65</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J124" s="1">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="K124" s="1" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="L124" s="1" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="M124" s="1" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-    <row r="125" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N124" s="5"/>
+      <c r="O124" s="6"/>
+      <c r="P124" s="6"/>
+      <c r="Q124" s="6"/>
+      <c r="R124" s="6"/>
+      <c r="S124" s="6"/>
+      <c r="T124" s="6"/>
+      <c r="U124" s="6"/>
+      <c r="V124" s="6"/>
+      <c r="W124" s="6"/>
+      <c r="X124" s="6"/>
+      <c r="Y124" s="6"/>
+      <c r="Z124" s="6"/>
+      <c r="AA124" s="6"/>
+      <c r="AB124" s="6"/>
+      <c r="AC124" s="6"/>
+      <c r="AD124" s="6"/>
+      <c r="AE124" s="6"/>
+      <c r="AF124" s="6"/>
+      <c r="AG124" s="6"/>
+      <c r="AH124" s="6"/>
+      <c r="AI124" s="6"/>
+      <c r="AJ124" s="6"/>
+      <c r="AK124" s="6"/>
+      <c r="AL124" s="6"/>
+      <c r="AM124" s="6"/>
+      <c r="AN124" s="6"/>
+      <c r="AO124" s="6"/>
+      <c r="AP124" s="6"/>
+      <c r="AQ124" s="6"/>
+      <c r="AR124" s="6"/>
+      <c r="AS124" s="6"/>
+      <c r="AT124" s="6"/>
+      <c r="AU124" s="6"/>
+      <c r="AV124" s="6"/>
+      <c r="AW124" s="6"/>
+      <c r="AX124" s="6"/>
+      <c r="AY124" s="6"/>
+      <c r="AZ124" s="6"/>
+      <c r="BA124" s="6"/>
+      <c r="BB124" s="6"/>
+      <c r="BC124" s="6"/>
+      <c r="BD124" s="6"/>
+      <c r="BE124" s="6"/>
+      <c r="BF124" s="6"/>
+      <c r="BG124" s="6"/>
+      <c r="BH124" s="6"/>
+      <c r="BI124" s="6"/>
+      <c r="BJ124" s="6"/>
+      <c r="BK124" s="6"/>
+      <c r="BL124" s="6"/>
+      <c r="BM124" s="6"/>
+      <c r="BN124" s="6"/>
+      <c r="BO124" s="6"/>
+      <c r="BP124" s="6"/>
+      <c r="BQ124" s="6"/>
+      <c r="BR124" s="6"/>
+      <c r="BS124" s="6"/>
+    </row>
+    <row r="125" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>260</v>
+        <v>14</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J125" s="1">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="K125" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="L125" s="1" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="M125" s="1" t="s">
-        <v>187</v>
+        <v>14</v>
       </c>
       <c r="N125" s="3"/>
     </row>
-    <row r="126" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>109</v>
+        <v>25</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>267</v>
+        <v>233</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>268</v>
+        <v>249</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H126" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J126" s="1">
+        <v>42</v>
+      </c>
+      <c r="K126" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L126" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="M126" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="N126" s="3"/>
+    </row>
+    <row r="127" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="E127" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H127" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I127" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J127" s="1">
+        <v>3</v>
+      </c>
+      <c r="K127" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L127" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="M127" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="N127" s="3"/>
+    </row>
+    <row r="128" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B128" s="1" t="s">
         <v>24</v>
-      </c>
-[...58 lines deleted...]
-        <v>109</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>267</v>
+        <v>233</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>268</v>
+        <v>255</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>128</v>
+        <v>256</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J128" s="1">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>124</v>
+        <v>58</v>
       </c>
       <c r="L128" s="1" t="s">
-        <v>125</v>
+        <v>13</v>
       </c>
       <c r="M128" s="1" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-    <row r="129" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N128" s="19"/>
+    </row>
+    <row r="129" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>267</v>
+        <v>233</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>268</v>
+        <v>255</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>128</v>
+        <v>256</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H129" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J129" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K129" s="1" t="s">
-        <v>124</v>
+        <v>58</v>
       </c>
       <c r="L129" s="1" t="s">
-        <v>125</v>
+        <v>13</v>
       </c>
       <c r="M129" s="1" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-    <row r="130" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N129" s="19"/>
+    </row>
+    <row r="130" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>115</v>
+        <v>24</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>267</v>
+        <v>233</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>270</v>
+        <v>257</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H130" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J130" s="7">
-        <v>21</v>
+      <c r="J130" s="1">
+        <v>27</v>
       </c>
       <c r="K130" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L130" s="1" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M130" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="131" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N130" s="19"/>
+    </row>
+    <row r="131" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>267</v>
+        <v>233</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>271</v>
+        <v>258</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H131" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J131" s="1">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="K131" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L131" s="1" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="M131" s="1" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-    <row r="132" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N131" s="19"/>
+    </row>
+    <row r="132" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>267</v>
+        <v>233</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>83</v>
+        <v>260</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H132" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J132" s="1">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="L132" s="1" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="M132" s="1" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-    <row r="133" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>185</v>
+      </c>
+      <c r="N132" s="19"/>
+    </row>
+    <row r="133" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>267</v>
+        <v>233</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>272</v>
+        <v>259</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>42</v>
+        <v>260</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J133" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="K133" s="1" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="L133" s="1" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="M133" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="134" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>185</v>
+      </c>
+      <c r="N133" s="19"/>
+    </row>
+    <row r="134" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="1" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      <c r="C134" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C134" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H134" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J134" s="1">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="K134" s="1" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="L134" s="1" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
       <c r="M134" s="1" t="s">
-        <v>42</v>
+        <v>127</v>
       </c>
       <c r="N134" s="3"/>
     </row>
-    <row r="135" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="1" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      <c r="C135" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C135" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>42</v>
+        <v>126</v>
       </c>
       <c r="G135" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H135" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I135" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J135" s="1">
         <v>16</v>
       </c>
-      <c r="H135" s="1" t="s">
+      <c r="K135" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L135" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M135" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="N135" s="3"/>
+    </row>
+    <row r="136" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="E136" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H136" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I135" s="1" t="s">
-[...54 lines deleted...]
-        <v>42</v>
+      <c r="I136" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J136" s="1">
+        <v>21</v>
+      </c>
+      <c r="K136" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L136" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M136" s="1" t="s">
+        <v>127</v>
       </c>
       <c r="N136" s="3"/>
     </row>
-    <row r="137" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>19</v>
+        <v>107</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J137" s="1">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="K137" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L137" s="1" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="M137" s="1" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="N137" s="3"/>
     </row>
-    <row r="138" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J138" s="1">
-        <v>1</v>
+      <c r="J138" s="7">
+        <v>21</v>
       </c>
       <c r="K138" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L138" s="1" t="s">
-        <v>111</v>
+        <v>61</v>
       </c>
       <c r="M138" s="1" t="s">
-        <v>112</v>
+        <v>62</v>
       </c>
       <c r="N138" s="3"/>
     </row>
-    <row r="139" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H139" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J139" s="1">
-        <v>43</v>
+        <v>84</v>
       </c>
       <c r="K139" s="1" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="L139" s="1" t="s">
-        <v>13</v>
+        <v>81</v>
       </c>
       <c r="M139" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="140" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>82</v>
+      </c>
+      <c r="N139" s="19"/>
+      <c r="O139" s="2"/>
+      <c r="P139" s="2"/>
+      <c r="Q139" s="2"/>
+      <c r="R139" s="2"/>
+      <c r="S139" s="2"/>
+      <c r="T139" s="2"/>
+      <c r="U139" s="2"/>
+      <c r="V139" s="2"/>
+      <c r="W139" s="2"/>
+      <c r="X139" s="2"/>
+      <c r="Y139" s="2"/>
+      <c r="Z139" s="2"/>
+      <c r="AA139" s="2"/>
+      <c r="AB139" s="2"/>
+      <c r="AC139" s="2"/>
+      <c r="AD139" s="2"/>
+      <c r="AE139" s="2"/>
+      <c r="AF139" s="2"/>
+      <c r="AG139" s="2"/>
+      <c r="AH139" s="2"/>
+      <c r="AI139" s="2"/>
+      <c r="AJ139" s="2"/>
+      <c r="AK139" s="2"/>
+    </row>
+    <row r="140" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J140" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K140" s="1" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="L140" s="1" t="s">
-        <v>13</v>
+        <v>81</v>
       </c>
       <c r="M140" s="1" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
       <c r="N140" s="3"/>
     </row>
-    <row r="141" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>581</v>
+      </c>
+      <c r="B141" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C141" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H141" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J141" s="1">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="K141" s="1" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="L141" s="1" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="M141" s="1" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="N141" s="3"/>
     </row>
-    <row r="142" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B142" s="4" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="C142" s="4" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>128</v>
+        <v>42</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H142" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J142" s="1">
-        <v>109</v>
+        <v>3</v>
       </c>
       <c r="K142" s="1" t="s">
-        <v>124</v>
+        <v>43</v>
       </c>
       <c r="L142" s="1" t="s">
-        <v>125</v>
+        <v>44</v>
       </c>
       <c r="M142" s="1" t="s">
-        <v>129</v>
+        <v>42</v>
       </c>
       <c r="N142" s="3"/>
     </row>
-    <row r="143" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>128</v>
+        <v>42</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H143" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I143" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J143" s="1">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="K143" s="1" t="s">
-        <v>124</v>
+        <v>43</v>
       </c>
       <c r="L143" s="1" t="s">
-        <v>125</v>
+        <v>44</v>
       </c>
       <c r="M143" s="1" t="s">
-        <v>129</v>
+        <v>42</v>
       </c>
       <c r="N143" s="3"/>
-    </row>
-    <row r="144" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AL143" s="2"/>
+      <c r="AM143" s="2"/>
+      <c r="AN143" s="2"/>
+      <c r="AO143" s="2"/>
+      <c r="AP143" s="2"/>
+      <c r="AQ143" s="2"/>
+      <c r="AR143" s="2"/>
+      <c r="AS143" s="2"/>
+      <c r="AT143" s="2"/>
+      <c r="AU143" s="2"/>
+      <c r="AV143" s="2"/>
+      <c r="AW143" s="2"/>
+      <c r="AX143" s="2"/>
+      <c r="AY143" s="2"/>
+      <c r="AZ143" s="2"/>
+      <c r="BA143" s="2"/>
+      <c r="BB143" s="2"/>
+      <c r="BC143" s="2"/>
+      <c r="BD143" s="2"/>
+      <c r="BE143" s="2"/>
+      <c r="BF143" s="2"/>
+      <c r="BG143" s="2"/>
+      <c r="BH143" s="2"/>
+      <c r="BI143" s="2"/>
+      <c r="BJ143" s="2"/>
+      <c r="BK143" s="2"/>
+      <c r="BL143" s="2"/>
+      <c r="BM143" s="2"/>
+      <c r="BN143" s="2"/>
+      <c r="BO143" s="2"/>
+      <c r="BP143" s="2"/>
+      <c r="BQ143" s="2"/>
+      <c r="BR143" s="2"/>
+      <c r="BS143" s="2"/>
+    </row>
+    <row r="144" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B144" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="B144" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="C144" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D144" s="1" t="s">
+      <c r="C144" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" s="8" t="s">
         <v>267</v>
       </c>
-      <c r="E144" s="1" t="s">
-[...5 lines deleted...]
-      <c r="G144" s="1" t="s">
+      <c r="E144" s="8" t="s">
+        <v>273</v>
+      </c>
+      <c r="F144" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G144" s="8" t="s">
         <v>16</v>
       </c>
-      <c r="H144" s="1" t="s">
-[...19 lines deleted...]
-    <row r="145" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="H144" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="I144" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="J144" s="8">
+        <v>20</v>
+      </c>
+      <c r="K144" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="L144" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="M144" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="N144" s="13"/>
+      <c r="O144" s="8"/>
+      <c r="P144" s="8"/>
+      <c r="Q144" s="8"/>
+      <c r="R144" s="8"/>
+      <c r="S144" s="8"/>
+      <c r="T144" s="8"/>
+      <c r="U144" s="8"/>
+      <c r="V144" s="8"/>
+      <c r="W144" s="8"/>
+      <c r="X144" s="8"/>
+      <c r="Y144" s="8"/>
+      <c r="Z144" s="8"/>
+      <c r="AA144" s="8"/>
+      <c r="AB144" s="8"/>
+      <c r="AC144" s="8"/>
+      <c r="AD144" s="8"/>
+      <c r="AE144" s="8"/>
+      <c r="AF144" s="8"/>
+      <c r="AG144" s="8"/>
+      <c r="AH144" s="8"/>
+      <c r="AI144" s="8"/>
+      <c r="AJ144" s="8"/>
+      <c r="AK144" s="8"/>
+      <c r="AL144" s="8"/>
+      <c r="AM144" s="8"/>
+      <c r="AN144" s="8"/>
+      <c r="AO144" s="8"/>
+      <c r="AP144" s="8"/>
+      <c r="AQ144" s="8"/>
+      <c r="AR144" s="8"/>
+      <c r="AS144" s="8"/>
+      <c r="AT144" s="8"/>
+      <c r="AU144" s="8"/>
+      <c r="AV144" s="8"/>
+      <c r="AW144" s="8"/>
+      <c r="AX144" s="8"/>
+      <c r="AY144" s="8"/>
+      <c r="AZ144" s="8"/>
+      <c r="BA144" s="8"/>
+      <c r="BB144" s="8"/>
+      <c r="BC144" s="8"/>
+      <c r="BD144" s="8"/>
+      <c r="BE144" s="8"/>
+      <c r="BF144" s="8"/>
+      <c r="BG144" s="8"/>
+      <c r="BH144" s="8"/>
+      <c r="BI144" s="8"/>
+      <c r="BJ144" s="8"/>
+      <c r="BK144" s="8"/>
+      <c r="BL144" s="8"/>
+      <c r="BM144" s="8"/>
+      <c r="BN144" s="8"/>
+      <c r="BO144" s="8"/>
+      <c r="BP144" s="8"/>
+      <c r="BQ144" s="8"/>
+      <c r="BR144" s="8"/>
+      <c r="BS144" s="8"/>
+    </row>
+    <row r="145" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H145" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J145" s="1">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K145" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L145" s="1" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M145" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="146" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N145" s="5"/>
+      <c r="O145" s="6"/>
+      <c r="P145" s="6"/>
+      <c r="Q145" s="6"/>
+      <c r="R145" s="6"/>
+      <c r="S145" s="6"/>
+      <c r="T145" s="6"/>
+      <c r="U145" s="6"/>
+      <c r="V145" s="6"/>
+      <c r="W145" s="6"/>
+      <c r="X145" s="6"/>
+      <c r="Y145" s="6"/>
+      <c r="Z145" s="6"/>
+      <c r="AA145" s="6"/>
+      <c r="AB145" s="6"/>
+      <c r="AC145" s="6"/>
+      <c r="AD145" s="6"/>
+      <c r="AE145" s="6"/>
+      <c r="AF145" s="6"/>
+      <c r="AG145" s="6"/>
+      <c r="AH145" s="6"/>
+      <c r="AI145" s="6"/>
+      <c r="AJ145" s="6"/>
+      <c r="AK145" s="6"/>
+      <c r="AL145" s="6"/>
+      <c r="AM145" s="6"/>
+      <c r="AN145" s="6"/>
+      <c r="AO145" s="6"/>
+      <c r="AP145" s="6"/>
+      <c r="AQ145" s="6"/>
+      <c r="AR145" s="6"/>
+      <c r="AS145" s="6"/>
+      <c r="AT145" s="6"/>
+      <c r="AU145" s="6"/>
+      <c r="AV145" s="6"/>
+      <c r="AW145" s="6"/>
+      <c r="AX145" s="6"/>
+      <c r="AY145" s="6"/>
+      <c r="AZ145" s="6"/>
+      <c r="BA145" s="6"/>
+      <c r="BB145" s="6"/>
+      <c r="BC145" s="6"/>
+      <c r="BD145" s="6"/>
+      <c r="BE145" s="6"/>
+      <c r="BF145" s="6"/>
+      <c r="BG145" s="6"/>
+      <c r="BH145" s="6"/>
+      <c r="BI145" s="6"/>
+      <c r="BJ145" s="6"/>
+      <c r="BK145" s="6"/>
+      <c r="BL145" s="6"/>
+      <c r="BM145" s="6"/>
+      <c r="BN145" s="6"/>
+      <c r="BO145" s="6"/>
+      <c r="BP145" s="6"/>
+      <c r="BQ145" s="6"/>
+      <c r="BR145" s="6"/>
+      <c r="BS145" s="6"/>
+    </row>
+    <row r="146" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H146" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I146" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J146" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K146" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L146" s="1" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M146" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="147" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N146" s="5"/>
+      <c r="O146" s="6"/>
+      <c r="P146" s="6"/>
+      <c r="Q146" s="6"/>
+      <c r="R146" s="6"/>
+      <c r="S146" s="6"/>
+      <c r="T146" s="6"/>
+      <c r="U146" s="6"/>
+      <c r="V146" s="6"/>
+      <c r="W146" s="6"/>
+      <c r="X146" s="6"/>
+      <c r="Y146" s="6"/>
+      <c r="Z146" s="6"/>
+      <c r="AA146" s="6"/>
+      <c r="AB146" s="6"/>
+      <c r="AC146" s="6"/>
+      <c r="AD146" s="6"/>
+      <c r="AE146" s="6"/>
+      <c r="AF146" s="6"/>
+      <c r="AG146" s="6"/>
+      <c r="AH146" s="6"/>
+      <c r="AI146" s="6"/>
+      <c r="AJ146" s="6"/>
+      <c r="AK146" s="6"/>
+      <c r="AL146" s="6"/>
+      <c r="AM146" s="6"/>
+      <c r="AN146" s="6"/>
+      <c r="AO146" s="6"/>
+      <c r="AP146" s="6"/>
+      <c r="AQ146" s="6"/>
+      <c r="AR146" s="6"/>
+      <c r="AS146" s="6"/>
+      <c r="AT146" s="6"/>
+      <c r="AU146" s="6"/>
+      <c r="AV146" s="6"/>
+      <c r="AW146" s="6"/>
+      <c r="AX146" s="6"/>
+      <c r="AY146" s="6"/>
+      <c r="AZ146" s="6"/>
+      <c r="BA146" s="6"/>
+      <c r="BB146" s="6"/>
+      <c r="BC146" s="6"/>
+      <c r="BD146" s="6"/>
+      <c r="BE146" s="6"/>
+      <c r="BF146" s="6"/>
+      <c r="BG146" s="6"/>
+      <c r="BH146" s="6"/>
+      <c r="BI146" s="6"/>
+      <c r="BJ146" s="6"/>
+      <c r="BK146" s="6"/>
+      <c r="BL146" s="6"/>
+      <c r="BM146" s="6"/>
+      <c r="BN146" s="6"/>
+      <c r="BO146" s="6"/>
+      <c r="BP146" s="6"/>
+      <c r="BQ146" s="6"/>
+      <c r="BR146" s="6"/>
+      <c r="BS146" s="6"/>
+    </row>
+    <row r="147" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H147" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J147" s="1">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="K147" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L147" s="1" t="s">
-        <v>111</v>
+        <v>13</v>
       </c>
       <c r="M147" s="1" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-    <row r="148" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N147" s="5"/>
+      <c r="O147" s="6"/>
+      <c r="P147" s="6"/>
+      <c r="Q147" s="6"/>
+      <c r="R147" s="6"/>
+      <c r="S147" s="6"/>
+      <c r="T147" s="6"/>
+      <c r="U147" s="6"/>
+      <c r="V147" s="6"/>
+      <c r="W147" s="6"/>
+      <c r="X147" s="6"/>
+      <c r="Y147" s="6"/>
+      <c r="Z147" s="6"/>
+      <c r="AA147" s="6"/>
+      <c r="AB147" s="6"/>
+      <c r="AC147" s="6"/>
+      <c r="AD147" s="6"/>
+      <c r="AE147" s="6"/>
+      <c r="AF147" s="6"/>
+      <c r="AG147" s="6"/>
+      <c r="AH147" s="6"/>
+      <c r="AI147" s="6"/>
+      <c r="AJ147" s="6"/>
+      <c r="AK147" s="6"/>
+      <c r="AL147" s="18"/>
+      <c r="AM147" s="18"/>
+      <c r="AN147" s="18"/>
+      <c r="AO147" s="18"/>
+      <c r="AP147" s="18"/>
+      <c r="AQ147" s="18"/>
+      <c r="AR147" s="18"/>
+      <c r="AS147" s="18"/>
+      <c r="AT147" s="18"/>
+      <c r="AU147" s="18"/>
+      <c r="AV147" s="18"/>
+      <c r="AW147" s="18"/>
+      <c r="AX147" s="18"/>
+      <c r="AY147" s="18"/>
+      <c r="AZ147" s="18"/>
+      <c r="BA147" s="18"/>
+      <c r="BB147" s="18"/>
+      <c r="BC147" s="18"/>
+      <c r="BD147" s="18"/>
+      <c r="BE147" s="18"/>
+      <c r="BF147" s="18"/>
+      <c r="BG147" s="18"/>
+      <c r="BH147" s="18"/>
+      <c r="BI147" s="18"/>
+      <c r="BJ147" s="18"/>
+      <c r="BK147" s="18"/>
+      <c r="BL147" s="18"/>
+      <c r="BM147" s="18"/>
+      <c r="BN147" s="18"/>
+      <c r="BO147" s="18"/>
+      <c r="BP147" s="18"/>
+      <c r="BQ147" s="18"/>
+      <c r="BR147" s="18"/>
+      <c r="BS147" s="18"/>
+    </row>
+    <row r="148" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H148" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I148" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J148" s="1">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="K148" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L148" s="1" t="s">
-        <v>111</v>
+        <v>13</v>
       </c>
       <c r="M148" s="1" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-    <row r="149" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N148" s="5"/>
+      <c r="O148" s="6"/>
+      <c r="P148" s="6"/>
+      <c r="Q148" s="6"/>
+      <c r="R148" s="6"/>
+      <c r="S148" s="6"/>
+      <c r="T148" s="6"/>
+      <c r="U148" s="6"/>
+      <c r="V148" s="6"/>
+      <c r="W148" s="6"/>
+      <c r="X148" s="6"/>
+      <c r="Y148" s="6"/>
+      <c r="Z148" s="6"/>
+      <c r="AA148" s="6"/>
+      <c r="AB148" s="6"/>
+      <c r="AC148" s="6"/>
+      <c r="AD148" s="6"/>
+      <c r="AE148" s="6"/>
+      <c r="AF148" s="6"/>
+      <c r="AG148" s="6"/>
+      <c r="AH148" s="6"/>
+      <c r="AI148" s="6"/>
+      <c r="AJ148" s="6"/>
+      <c r="AK148" s="6"/>
+      <c r="AL148" s="6"/>
+      <c r="AM148" s="6"/>
+      <c r="AN148" s="6"/>
+      <c r="AO148" s="6"/>
+      <c r="AP148" s="6"/>
+      <c r="AQ148" s="6"/>
+      <c r="AR148" s="6"/>
+      <c r="AS148" s="6"/>
+      <c r="AT148" s="6"/>
+      <c r="AU148" s="6"/>
+      <c r="AV148" s="6"/>
+      <c r="AW148" s="6"/>
+      <c r="AX148" s="6"/>
+      <c r="AY148" s="6"/>
+      <c r="AZ148" s="6"/>
+      <c r="BA148" s="6"/>
+      <c r="BB148" s="6"/>
+      <c r="BC148" s="6"/>
+      <c r="BD148" s="6"/>
+      <c r="BE148" s="6"/>
+      <c r="BF148" s="6"/>
+      <c r="BG148" s="6"/>
+      <c r="BH148" s="6"/>
+      <c r="BI148" s="6"/>
+      <c r="BJ148" s="6"/>
+      <c r="BK148" s="6"/>
+      <c r="BL148" s="6"/>
+      <c r="BM148" s="6"/>
+      <c r="BN148" s="6"/>
+      <c r="BO148" s="6"/>
+      <c r="BP148" s="6"/>
+      <c r="BQ148" s="6"/>
+      <c r="BR148" s="6"/>
+      <c r="BS148" s="6"/>
+    </row>
+    <row r="149" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J149" s="1">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K149" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L149" s="1" t="s">
-        <v>111</v>
+        <v>13</v>
       </c>
       <c r="M149" s="1" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-    <row r="150" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N149" s="5"/>
+      <c r="O149" s="6"/>
+      <c r="P149" s="6"/>
+      <c r="Q149" s="6"/>
+      <c r="R149" s="6"/>
+      <c r="S149" s="6"/>
+      <c r="T149" s="6"/>
+      <c r="U149" s="6"/>
+      <c r="V149" s="6"/>
+      <c r="W149" s="6"/>
+      <c r="X149" s="6"/>
+      <c r="Y149" s="6"/>
+      <c r="Z149" s="6"/>
+      <c r="AA149" s="6"/>
+      <c r="AB149" s="6"/>
+      <c r="AC149" s="6"/>
+      <c r="AD149" s="6"/>
+      <c r="AE149" s="6"/>
+      <c r="AF149" s="6"/>
+      <c r="AG149" s="6"/>
+      <c r="AH149" s="6"/>
+      <c r="AI149" s="6"/>
+      <c r="AJ149" s="6"/>
+      <c r="AK149" s="6"/>
+      <c r="AL149" s="18"/>
+      <c r="AM149" s="18"/>
+      <c r="AN149" s="18"/>
+      <c r="AO149" s="18"/>
+      <c r="AP149" s="18"/>
+      <c r="AQ149" s="18"/>
+      <c r="AR149" s="18"/>
+      <c r="AS149" s="18"/>
+      <c r="AT149" s="18"/>
+      <c r="AU149" s="18"/>
+      <c r="AV149" s="18"/>
+      <c r="AW149" s="18"/>
+      <c r="AX149" s="18"/>
+      <c r="AY149" s="18"/>
+      <c r="AZ149" s="18"/>
+      <c r="BA149" s="18"/>
+      <c r="BB149" s="18"/>
+      <c r="BC149" s="18"/>
+      <c r="BD149" s="18"/>
+      <c r="BE149" s="18"/>
+      <c r="BF149" s="18"/>
+      <c r="BG149" s="18"/>
+      <c r="BH149" s="18"/>
+      <c r="BI149" s="18"/>
+      <c r="BJ149" s="18"/>
+      <c r="BK149" s="18"/>
+      <c r="BL149" s="18"/>
+      <c r="BM149" s="18"/>
+      <c r="BN149" s="18"/>
+      <c r="BO149" s="18"/>
+      <c r="BP149" s="18"/>
+      <c r="BQ149" s="18"/>
+      <c r="BR149" s="18"/>
+      <c r="BS149" s="18"/>
+    </row>
+    <row r="150" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B150" s="4" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C150" s="4" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>288</v>
+        <v>276</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I150" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J150" s="1">
-        <v>172</v>
+        <v>109</v>
       </c>
       <c r="K150" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L150" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="M150" s="1" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-    <row r="151" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N150" s="5"/>
+      <c r="O150" s="6"/>
+      <c r="P150" s="6"/>
+      <c r="Q150" s="6"/>
+      <c r="R150" s="6"/>
+      <c r="S150" s="6"/>
+      <c r="T150" s="6"/>
+      <c r="U150" s="6"/>
+      <c r="V150" s="6"/>
+      <c r="W150" s="6"/>
+      <c r="X150" s="6"/>
+      <c r="Y150" s="6"/>
+      <c r="Z150" s="6"/>
+      <c r="AA150" s="6"/>
+      <c r="AB150" s="6"/>
+      <c r="AC150" s="6"/>
+      <c r="AD150" s="6"/>
+      <c r="AE150" s="6"/>
+      <c r="AF150" s="6"/>
+      <c r="AG150" s="6"/>
+      <c r="AH150" s="6"/>
+      <c r="AI150" s="6"/>
+      <c r="AJ150" s="6"/>
+      <c r="AK150" s="6"/>
+      <c r="AL150" s="6"/>
+      <c r="AM150" s="6"/>
+      <c r="AN150" s="6"/>
+      <c r="AO150" s="6"/>
+      <c r="AP150" s="6"/>
+      <c r="AQ150" s="6"/>
+      <c r="AR150" s="6"/>
+      <c r="AS150" s="6"/>
+      <c r="AT150" s="6"/>
+      <c r="AU150" s="6"/>
+      <c r="AV150" s="6"/>
+      <c r="AW150" s="6"/>
+      <c r="AX150" s="6"/>
+      <c r="AY150" s="6"/>
+      <c r="AZ150" s="6"/>
+      <c r="BA150" s="6"/>
+      <c r="BB150" s="6"/>
+      <c r="BC150" s="6"/>
+      <c r="BD150" s="6"/>
+      <c r="BE150" s="6"/>
+      <c r="BF150" s="6"/>
+      <c r="BG150" s="6"/>
+      <c r="BH150" s="6"/>
+      <c r="BI150" s="6"/>
+      <c r="BJ150" s="6"/>
+      <c r="BK150" s="6"/>
+      <c r="BL150" s="6"/>
+      <c r="BM150" s="6"/>
+      <c r="BN150" s="6"/>
+      <c r="BO150" s="6"/>
+      <c r="BP150" s="6"/>
+      <c r="BQ150" s="6"/>
+      <c r="BR150" s="6"/>
+      <c r="BS150" s="6"/>
+    </row>
+    <row r="151" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>288</v>
+        <v>276</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H151" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J151" s="1">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="K151" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L151" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="M151" s="1" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-    <row r="152" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N151" s="5"/>
+      <c r="O151" s="6"/>
+      <c r="P151" s="6"/>
+      <c r="Q151" s="6"/>
+      <c r="R151" s="6"/>
+      <c r="S151" s="6"/>
+      <c r="T151" s="6"/>
+      <c r="U151" s="6"/>
+      <c r="V151" s="6"/>
+      <c r="W151" s="6"/>
+      <c r="X151" s="6"/>
+      <c r="Y151" s="6"/>
+      <c r="Z151" s="6"/>
+      <c r="AA151" s="6"/>
+      <c r="AB151" s="6"/>
+      <c r="AC151" s="6"/>
+      <c r="AD151" s="6"/>
+      <c r="AE151" s="6"/>
+      <c r="AF151" s="6"/>
+      <c r="AG151" s="6"/>
+      <c r="AH151" s="6"/>
+      <c r="AI151" s="6"/>
+      <c r="AJ151" s="6"/>
+      <c r="AK151" s="6"/>
+      <c r="AL151" s="6"/>
+      <c r="AM151" s="6"/>
+      <c r="AN151" s="6"/>
+      <c r="AO151" s="6"/>
+      <c r="AP151" s="6"/>
+      <c r="AQ151" s="6"/>
+      <c r="AR151" s="6"/>
+      <c r="AS151" s="6"/>
+      <c r="AT151" s="6"/>
+      <c r="AU151" s="6"/>
+      <c r="AV151" s="6"/>
+      <c r="AW151" s="6"/>
+      <c r="AX151" s="6"/>
+      <c r="AY151" s="6"/>
+      <c r="AZ151" s="6"/>
+      <c r="BA151" s="6"/>
+      <c r="BB151" s="6"/>
+      <c r="BC151" s="6"/>
+      <c r="BD151" s="6"/>
+      <c r="BE151" s="6"/>
+      <c r="BF151" s="6"/>
+      <c r="BG151" s="6"/>
+      <c r="BH151" s="6"/>
+      <c r="BI151" s="6"/>
+      <c r="BJ151" s="6"/>
+      <c r="BK151" s="6"/>
+      <c r="BL151" s="6"/>
+      <c r="BM151" s="6"/>
+      <c r="BN151" s="6"/>
+      <c r="BO151" s="6"/>
+      <c r="BP151" s="6"/>
+      <c r="BQ151" s="6"/>
+      <c r="BR151" s="6"/>
+      <c r="BS151" s="6"/>
+    </row>
+    <row r="152" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B152" s="4" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C152" s="4" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>289</v>
+        <v>276</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>197</v>
+        <v>126</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H152" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J152" s="1">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="K152" s="1" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="L152" s="1" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="M152" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-    <row r="153" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N152" s="5"/>
+      <c r="O152" s="6"/>
+      <c r="P152" s="6"/>
+      <c r="Q152" s="6"/>
+      <c r="R152" s="6"/>
+      <c r="S152" s="6"/>
+      <c r="T152" s="6"/>
+      <c r="U152" s="6"/>
+      <c r="V152" s="6"/>
+      <c r="W152" s="6"/>
+      <c r="X152" s="6"/>
+      <c r="Y152" s="6"/>
+      <c r="Z152" s="6"/>
+      <c r="AA152" s="6"/>
+      <c r="AB152" s="6"/>
+      <c r="AC152" s="6"/>
+      <c r="AD152" s="6"/>
+      <c r="AE152" s="6"/>
+      <c r="AF152" s="6"/>
+      <c r="AG152" s="6"/>
+      <c r="AH152" s="6"/>
+      <c r="AI152" s="6"/>
+      <c r="AJ152" s="6"/>
+      <c r="AK152" s="6"/>
+      <c r="AL152" s="6"/>
+      <c r="AM152" s="6"/>
+      <c r="AN152" s="6"/>
+      <c r="AO152" s="6"/>
+      <c r="AP152" s="6"/>
+      <c r="AQ152" s="6"/>
+      <c r="AR152" s="6"/>
+      <c r="AS152" s="6"/>
+      <c r="AT152" s="6"/>
+      <c r="AU152" s="6"/>
+      <c r="AV152" s="6"/>
+      <c r="AW152" s="6"/>
+      <c r="AX152" s="6"/>
+      <c r="AY152" s="6"/>
+      <c r="AZ152" s="6"/>
+      <c r="BA152" s="6"/>
+      <c r="BB152" s="6"/>
+      <c r="BC152" s="6"/>
+      <c r="BD152" s="6"/>
+      <c r="BE152" s="6"/>
+      <c r="BF152" s="6"/>
+      <c r="BG152" s="6"/>
+      <c r="BH152" s="6"/>
+      <c r="BI152" s="6"/>
+      <c r="BJ152" s="6"/>
+      <c r="BK152" s="6"/>
+      <c r="BL152" s="6"/>
+      <c r="BM152" s="6"/>
+      <c r="BN152" s="6"/>
+      <c r="BO152" s="6"/>
+      <c r="BP152" s="6"/>
+      <c r="BQ152" s="6"/>
+      <c r="BR152" s="6"/>
+      <c r="BS152" s="6"/>
+    </row>
+    <row r="153" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J153" s="1">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="K153" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="L153" s="1" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="M153" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-    <row r="154" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N153" s="19"/>
+    </row>
+    <row r="154" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E154" s="1" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H154" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I154" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J154" s="1">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="K154" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L154" s="1" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="M154" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="155" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N154" s="19"/>
+    </row>
+    <row r="155" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E155" s="1" t="s">
-        <v>294</v>
+        <v>286</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H155" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J155" s="1">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="K155" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L155" s="1" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="M155" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="156" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>285</v>
+      </c>
+      <c r="N155" s="19"/>
+    </row>
+    <row r="156" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E156" s="1" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H156" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I156" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J156" s="1">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="K156" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="L156" s="1" t="s">
-        <v>30</v>
+        <v>109</v>
       </c>
       <c r="M156" s="1" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-    <row r="157" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>285</v>
+      </c>
+      <c r="N156" s="19"/>
+    </row>
+    <row r="157" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E157" s="1" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H157" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I157" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J157" s="1">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="K157" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="L157" s="1" t="s">
-        <v>30</v>
+        <v>109</v>
       </c>
       <c r="M157" s="1" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-    <row r="158" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>285</v>
+      </c>
+      <c r="N157" s="19"/>
+    </row>
+    <row r="158" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B158" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B158" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C158" s="1" t="s">
-        <v>33</v>
+      <c r="C158" s="4" t="s">
+        <v>46</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E158" s="1" t="s">
-        <v>300</v>
+        <v>288</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>86</v>
+        <v>126</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H158" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I158" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J158" s="1">
-        <v>38</v>
+        <v>172</v>
       </c>
       <c r="K158" s="1" t="s">
-        <v>58</v>
+        <v>122</v>
       </c>
       <c r="L158" s="1" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="M158" s="1" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-    <row r="159" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>141</v>
+      </c>
+      <c r="N158" s="19"/>
+    </row>
+    <row r="159" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>581</v>
+      </c>
+      <c r="B159" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C159" s="4" t="s">
+        <v>46</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E159" s="1" t="s">
-        <v>301</v>
+        <v>288</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>88</v>
+        <v>126</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H159" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I159" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J159" s="1">
         <v>17</v>
       </c>
-      <c r="I159" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K159" s="1" t="s">
-        <v>58</v>
+        <v>122</v>
       </c>
       <c r="L159" s="1" t="s">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="M159" s="1" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-    <row r="160" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>141</v>
+      </c>
+      <c r="N159" s="19"/>
+    </row>
+    <row r="160" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>581</v>
+      </c>
+      <c r="B160" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C160" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E160" s="1" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>88</v>
+        <v>195</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H160" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J160" s="1">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="K160" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="L160" s="1" t="s">
-        <v>87</v>
+        <v>117</v>
       </c>
       <c r="M160" s="1" t="s">
-        <v>88</v>
+        <v>115</v>
       </c>
       <c r="N160" s="3"/>
     </row>
-    <row r="161" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>581</v>
+      </c>
+      <c r="B161" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C161" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E161" s="1" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>88</v>
+        <v>195</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H161" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J161" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K161" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="L161" s="1" t="s">
-        <v>87</v>
+        <v>117</v>
       </c>
       <c r="M161" s="1" t="s">
-        <v>88</v>
+        <v>115</v>
       </c>
       <c r="N161" s="3"/>
     </row>
-    <row r="162" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>581</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E162" s="1" t="s">
-        <v>311</v>
+        <v>294</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H162" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J162" s="1">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="K162" s="1" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="L162" s="1" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="M162" s="1" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="N162" s="3"/>
     </row>
-    <row r="163" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>581</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>311</v>
+        <v>294</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H163" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J163" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K163" s="1" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="L163" s="1" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="M163" s="1" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="N163" s="3"/>
-    </row>
-    <row r="164" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O163" s="1"/>
+      <c r="P163" s="1"/>
+      <c r="Q163" s="1"/>
+      <c r="R163" s="1"/>
+      <c r="S163" s="1"/>
+      <c r="T163" s="1"/>
+      <c r="U163" s="1"/>
+      <c r="V163" s="1"/>
+      <c r="W163" s="1"/>
+      <c r="X163" s="1"/>
+      <c r="Y163" s="1"/>
+      <c r="Z163" s="1"/>
+      <c r="AA163" s="1"/>
+      <c r="AB163" s="1"/>
+      <c r="AC163" s="1"/>
+      <c r="AD163" s="1"/>
+      <c r="AE163" s="1"/>
+      <c r="AF163" s="1"/>
+      <c r="AG163" s="1"/>
+      <c r="AH163" s="1"/>
+      <c r="AI163" s="1"/>
+      <c r="AJ163" s="1"/>
+      <c r="AK163" s="1"/>
+      <c r="AL163" s="1"/>
+      <c r="AM163" s="1"/>
+      <c r="AN163" s="1"/>
+      <c r="AO163" s="1"/>
+      <c r="AP163" s="1"/>
+      <c r="AQ163" s="1"/>
+      <c r="AR163" s="1"/>
+      <c r="AS163" s="1"/>
+      <c r="AT163" s="1"/>
+      <c r="AU163" s="1"/>
+      <c r="AV163" s="1"/>
+      <c r="AW163" s="1"/>
+      <c r="AX163" s="1"/>
+      <c r="AY163" s="1"/>
+      <c r="AZ163" s="1"/>
+      <c r="BA163" s="1"/>
+      <c r="BB163" s="1"/>
+      <c r="BC163" s="1"/>
+      <c r="BD163" s="1"/>
+      <c r="BE163" s="1"/>
+      <c r="BF163" s="1"/>
+      <c r="BG163" s="1"/>
+      <c r="BH163" s="1"/>
+      <c r="BI163" s="1"/>
+      <c r="BJ163" s="1"/>
+      <c r="BK163" s="1"/>
+      <c r="BL163" s="1"/>
+      <c r="BM163" s="1"/>
+      <c r="BN163" s="1"/>
+      <c r="BO163" s="1"/>
+      <c r="BP163" s="1"/>
+      <c r="BQ163" s="1"/>
+      <c r="BR163" s="1"/>
+      <c r="BS163" s="1"/>
+    </row>
+    <row r="164" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B164" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="B164" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C164" s="4" t="s">
+      <c r="C164" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>314</v>
+        <v>295</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H164" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J164" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K164" s="1" t="s">
-        <v>118</v>
+        <v>29</v>
       </c>
       <c r="L164" s="1" t="s">
-        <v>119</v>
+        <v>30</v>
       </c>
       <c r="M164" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-    <row r="165" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+      <c r="N164" s="19"/>
+      <c r="O164" s="1"/>
+      <c r="P164" s="1"/>
+      <c r="Q164" s="1"/>
+      <c r="R164" s="1"/>
+      <c r="S164" s="1"/>
+      <c r="T164" s="1"/>
+      <c r="U164" s="1"/>
+      <c r="V164" s="1"/>
+      <c r="W164" s="1"/>
+      <c r="X164" s="1"/>
+      <c r="Y164" s="1"/>
+      <c r="Z164" s="1"/>
+      <c r="AA164" s="1"/>
+      <c r="AB164" s="1"/>
+      <c r="AC164" s="1"/>
+      <c r="AD164" s="1"/>
+      <c r="AE164" s="1"/>
+      <c r="AF164" s="1"/>
+      <c r="AG164" s="1"/>
+      <c r="AH164" s="1"/>
+      <c r="AI164" s="1"/>
+      <c r="AJ164" s="1"/>
+      <c r="AK164" s="1"/>
+      <c r="AL164" s="1"/>
+      <c r="AM164" s="1"/>
+      <c r="AN164" s="1"/>
+      <c r="AO164" s="1"/>
+      <c r="AP164" s="1"/>
+      <c r="AQ164" s="1"/>
+      <c r="AR164" s="1"/>
+      <c r="AS164" s="1"/>
+      <c r="AT164" s="1"/>
+      <c r="AU164" s="1"/>
+      <c r="AV164" s="1"/>
+      <c r="AW164" s="1"/>
+      <c r="AX164" s="1"/>
+      <c r="AY164" s="1"/>
+      <c r="AZ164" s="1"/>
+      <c r="BA164" s="1"/>
+      <c r="BB164" s="1"/>
+      <c r="BC164" s="1"/>
+      <c r="BD164" s="1"/>
+      <c r="BE164" s="1"/>
+      <c r="BF164" s="1"/>
+      <c r="BG164" s="1"/>
+      <c r="BH164" s="1"/>
+      <c r="BI164" s="1"/>
+      <c r="BJ164" s="1"/>
+      <c r="BK164" s="1"/>
+      <c r="BL164" s="1"/>
+      <c r="BM164" s="1"/>
+      <c r="BN164" s="1"/>
+      <c r="BO164" s="1"/>
+      <c r="BP164" s="1"/>
+      <c r="BQ164" s="1"/>
+      <c r="BR164" s="1"/>
+      <c r="BS164" s="1"/>
+    </row>
+    <row r="165" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B165" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="B165" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C165" s="4" t="s">
+      <c r="C165" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>314</v>
+        <v>295</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>117</v>
+        <v>28</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H165" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J165" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K165" s="1" t="s">
-        <v>118</v>
+        <v>29</v>
       </c>
       <c r="L165" s="1" t="s">
-        <v>119</v>
+        <v>30</v>
       </c>
       <c r="M165" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-    <row r="166" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+      <c r="N165" s="19"/>
+    </row>
+    <row r="166" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E166" s="1" t="s">
-        <v>315</v>
+        <v>300</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>316</v>
+        <v>16</v>
       </c>
       <c r="H166" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J166" s="1">
-        <v>3</v>
+        <v>38</v>
       </c>
       <c r="K166" s="1" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="L166" s="1" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="M166" s="1" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-    <row r="167" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+      <c r="N166" s="3"/>
+      <c r="O166" s="1"/>
+      <c r="P166" s="1"/>
+      <c r="Q166" s="1"/>
+      <c r="R166" s="1"/>
+      <c r="S166" s="1"/>
+      <c r="T166" s="1"/>
+      <c r="U166" s="1"/>
+      <c r="V166" s="1"/>
+      <c r="W166" s="1"/>
+      <c r="X166" s="1"/>
+      <c r="Y166" s="1"/>
+      <c r="Z166" s="1"/>
+      <c r="AA166" s="1"/>
+      <c r="AB166" s="1"/>
+      <c r="AC166" s="1"/>
+      <c r="AD166" s="1"/>
+      <c r="AE166" s="1"/>
+      <c r="AF166" s="1"/>
+      <c r="AG166" s="1"/>
+      <c r="AH166" s="1"/>
+      <c r="AI166" s="1"/>
+      <c r="AJ166" s="1"/>
+      <c r="AK166" s="1"/>
+      <c r="AL166" s="1"/>
+      <c r="AM166" s="1"/>
+      <c r="AN166" s="1"/>
+      <c r="AO166" s="1"/>
+      <c r="AP166" s="1"/>
+      <c r="AQ166" s="1"/>
+      <c r="AR166" s="1"/>
+      <c r="AS166" s="1"/>
+      <c r="AT166" s="1"/>
+      <c r="AU166" s="1"/>
+      <c r="AV166" s="1"/>
+      <c r="AW166" s="1"/>
+      <c r="AX166" s="1"/>
+      <c r="AY166" s="1"/>
+      <c r="AZ166" s="1"/>
+      <c r="BA166" s="1"/>
+      <c r="BB166" s="1"/>
+      <c r="BC166" s="1"/>
+      <c r="BD166" s="1"/>
+      <c r="BE166" s="1"/>
+      <c r="BF166" s="1"/>
+      <c r="BG166" s="1"/>
+      <c r="BH166" s="1"/>
+      <c r="BI166" s="1"/>
+      <c r="BJ166" s="1"/>
+      <c r="BK166" s="1"/>
+      <c r="BL166" s="1"/>
+      <c r="BM166" s="1"/>
+      <c r="BN166" s="1"/>
+      <c r="BO166" s="1"/>
+      <c r="BP166" s="1"/>
+      <c r="BQ166" s="1"/>
+      <c r="BR166" s="1"/>
+      <c r="BS166" s="1"/>
+    </row>
+    <row r="167" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B167" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="B167" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C167" s="4" t="s">
-        <v>20</v>
+      <c r="C167" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>318</v>
+        <v>301</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H167" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J167" s="1">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="K167" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="L167" s="1" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="M167" s="1" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="N167" s="3"/>
-    </row>
-    <row r="168" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O167" s="1"/>
+      <c r="P167" s="1"/>
+      <c r="Q167" s="1"/>
+      <c r="R167" s="1"/>
+      <c r="S167" s="1"/>
+      <c r="T167" s="1"/>
+      <c r="U167" s="1"/>
+      <c r="V167" s="1"/>
+      <c r="W167" s="1"/>
+      <c r="X167" s="1"/>
+      <c r="Y167" s="1"/>
+      <c r="Z167" s="1"/>
+      <c r="AA167" s="1"/>
+      <c r="AB167" s="1"/>
+      <c r="AC167" s="1"/>
+      <c r="AD167" s="1"/>
+      <c r="AE167" s="1"/>
+      <c r="AF167" s="1"/>
+      <c r="AG167" s="1"/>
+      <c r="AH167" s="1"/>
+      <c r="AI167" s="1"/>
+      <c r="AJ167" s="1"/>
+      <c r="AK167" s="1"/>
+      <c r="AL167" s="1"/>
+      <c r="AM167" s="1"/>
+      <c r="AN167" s="1"/>
+      <c r="AO167" s="1"/>
+      <c r="AP167" s="1"/>
+      <c r="AQ167" s="1"/>
+      <c r="AR167" s="1"/>
+      <c r="AS167" s="1"/>
+      <c r="AT167" s="1"/>
+      <c r="AU167" s="1"/>
+      <c r="AV167" s="1"/>
+      <c r="AW167" s="1"/>
+      <c r="AX167" s="1"/>
+      <c r="AY167" s="1"/>
+      <c r="AZ167" s="1"/>
+      <c r="BA167" s="1"/>
+      <c r="BB167" s="1"/>
+      <c r="BC167" s="1"/>
+      <c r="BD167" s="1"/>
+      <c r="BE167" s="1"/>
+      <c r="BF167" s="1"/>
+      <c r="BG167" s="1"/>
+      <c r="BH167" s="1"/>
+      <c r="BI167" s="1"/>
+      <c r="BJ167" s="1"/>
+      <c r="BK167" s="1"/>
+      <c r="BL167" s="1"/>
+      <c r="BM167" s="1"/>
+      <c r="BN167" s="1"/>
+      <c r="BO167" s="1"/>
+      <c r="BP167" s="1"/>
+      <c r="BQ167" s="1"/>
+      <c r="BR167" s="1"/>
+      <c r="BS167" s="1"/>
+    </row>
+    <row r="168" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>318</v>
+        <v>302</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J168" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="K168" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="L168" s="1" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="M168" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="169" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+      <c r="N168" s="3"/>
+      <c r="O168" s="1"/>
+      <c r="P168" s="1"/>
+      <c r="Q168" s="1"/>
+      <c r="R168" s="1"/>
+      <c r="S168" s="1"/>
+      <c r="T168" s="1"/>
+      <c r="U168" s="1"/>
+      <c r="V168" s="1"/>
+      <c r="W168" s="1"/>
+      <c r="X168" s="1"/>
+      <c r="Y168" s="1"/>
+      <c r="Z168" s="1"/>
+      <c r="AA168" s="1"/>
+      <c r="AB168" s="1"/>
+      <c r="AC168" s="1"/>
+      <c r="AD168" s="1"/>
+      <c r="AE168" s="1"/>
+      <c r="AF168" s="1"/>
+      <c r="AG168" s="1"/>
+      <c r="AH168" s="1"/>
+      <c r="AI168" s="1"/>
+      <c r="AJ168" s="1"/>
+      <c r="AK168" s="1"/>
+      <c r="AL168" s="1"/>
+      <c r="AM168" s="1"/>
+      <c r="AN168" s="1"/>
+      <c r="AO168" s="1"/>
+      <c r="AP168" s="1"/>
+      <c r="AQ168" s="1"/>
+      <c r="AR168" s="1"/>
+      <c r="AS168" s="1"/>
+      <c r="AT168" s="1"/>
+      <c r="AU168" s="1"/>
+      <c r="AV168" s="1"/>
+      <c r="AW168" s="1"/>
+      <c r="AX168" s="1"/>
+      <c r="AY168" s="1"/>
+      <c r="AZ168" s="1"/>
+      <c r="BA168" s="1"/>
+      <c r="BB168" s="1"/>
+      <c r="BC168" s="1"/>
+      <c r="BD168" s="1"/>
+      <c r="BE168" s="1"/>
+      <c r="BF168" s="1"/>
+      <c r="BG168" s="1"/>
+      <c r="BH168" s="1"/>
+      <c r="BI168" s="1"/>
+      <c r="BJ168" s="1"/>
+      <c r="BK168" s="1"/>
+      <c r="BL168" s="1"/>
+      <c r="BM168" s="1"/>
+      <c r="BN168" s="1"/>
+      <c r="BO168" s="1"/>
+      <c r="BP168" s="1"/>
+      <c r="BQ168" s="1"/>
+      <c r="BR168" s="1"/>
+      <c r="BS168" s="1"/>
+    </row>
+    <row r="169" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>318</v>
+        <v>302</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H169" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I169" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J169" s="1">
         <v>2</v>
       </c>
       <c r="K169" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="L169" s="1" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="M169" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="170" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+      <c r="N169" s="3"/>
+    </row>
+    <row r="170" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B170" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B170" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C170" s="1" t="s">
+      <c r="C170" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D170" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>319</v>
+        <v>308</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>146</v>
+        <v>28</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H170" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I170" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J170" s="1">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="K170" s="1" t="s">
-        <v>118</v>
+        <v>29</v>
       </c>
       <c r="L170" s="1" t="s">
-        <v>118</v>
+        <v>30</v>
       </c>
       <c r="M170" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-    <row r="171" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+      <c r="N170" s="19"/>
+    </row>
+    <row r="171" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B171" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B171" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C171" s="1" t="s">
+      <c r="C171" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E171" s="1" t="s">
-        <v>319</v>
+        <v>308</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>146</v>
+        <v>28</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H171" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J171" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K171" s="1" t="s">
-        <v>118</v>
+        <v>29</v>
       </c>
       <c r="L171" s="1" t="s">
-        <v>118</v>
+        <v>30</v>
       </c>
       <c r="M171" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-    <row r="172" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+      <c r="N171" s="19"/>
+    </row>
+    <row r="172" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>581</v>
+      </c>
+      <c r="B172" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C172" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E172" s="1" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>16</v>
+        <v>313</v>
       </c>
       <c r="H172" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J172" s="1">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="K172" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L172" s="1" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="M172" s="1" t="s">
-        <v>67</v>
+        <v>114</v>
       </c>
       <c r="N172" s="3"/>
     </row>
-    <row r="173" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="1" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      <c r="C173" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B173" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C173" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D173" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>65</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J173" s="1">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="K173" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L173" s="1" t="s">
         <v>66</v>
       </c>
       <c r="M173" s="1" t="s">
         <v>67</v>
       </c>
       <c r="N173" s="3"/>
     </row>
-    <row r="174" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="1" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      <c r="C174" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B174" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C174" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E174" s="1" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>65</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H174" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J174" s="1">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="K174" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L174" s="1" t="s">
         <v>66</v>
       </c>
       <c r="M174" s="1" t="s">
         <v>67</v>
       </c>
       <c r="N174" s="3"/>
     </row>
-    <row r="175" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="1" t="s">
-        <v>586</v>
-[...4 lines deleted...]
-      <c r="C175" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B175" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C175" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H175" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J175" s="1">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="K175" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L175" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="M175" s="1" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="N175" s="3"/>
     </row>
-    <row r="176" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>324</v>
+        <v>144</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H176" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J176" s="1">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="K176" s="1" t="s">
-        <v>43</v>
+        <v>116</v>
       </c>
       <c r="L176" s="1" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
       <c r="M176" s="1" t="s">
-        <v>290</v>
+        <v>144</v>
       </c>
       <c r="N176" s="3"/>
     </row>
-    <row r="177" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>325</v>
+        <v>316</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>164</v>
+        <v>144</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J177" s="1">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="K177" s="1" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="L177" s="1" t="s">
-        <v>87</v>
+        <v>116</v>
       </c>
       <c r="M177" s="1" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-    <row r="178" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>144</v>
+      </c>
+      <c r="N177" s="3"/>
+    </row>
+    <row r="178" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>164</v>
+        <v>65</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H178" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J178" s="1">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="K178" s="1" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="L178" s="1" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="M178" s="1" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-    <row r="179" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N178" s="3"/>
+    </row>
+    <row r="179" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>110</v>
+        <v>25</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>333</v>
+        <v>267</v>
       </c>
       <c r="E179" s="1" t="s">
-        <v>334</v>
+        <v>318</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>128</v>
+        <v>65</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H179" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J179" s="1">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="K179" s="1" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="L179" s="1" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="M179" s="1" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-    <row r="180" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N179" s="3"/>
+    </row>
+    <row r="180" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>110</v>
+        <v>25</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>333</v>
+        <v>267</v>
       </c>
       <c r="E180" s="1" t="s">
-        <v>335</v>
+        <v>318</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>92</v>
+        <v>65</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H180" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I180" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J180" s="1">
-        <v>41</v>
+        <v>6</v>
       </c>
       <c r="K180" s="1" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="L180" s="1" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="M180" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="181" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N180" s="3"/>
+    </row>
+    <row r="181" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>110</v>
+        <v>25</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>333</v>
+        <v>267</v>
       </c>
       <c r="E181" s="1" t="s">
-        <v>335</v>
+        <v>319</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H181" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J181" s="1">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="K181" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="L181" s="1" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="M181" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="182" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N181" s="3"/>
+    </row>
+    <row r="182" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>110</v>
+        <v>25</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>333</v>
+        <v>267</v>
       </c>
       <c r="E182" s="1" t="s">
-        <v>335</v>
+        <v>320</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>92</v>
+        <v>321</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H182" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J182" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="K182" s="1" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="L182" s="1" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M182" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="183" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>290</v>
+      </c>
+      <c r="N182" s="3"/>
+    </row>
+    <row r="183" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>333</v>
+        <v>267</v>
       </c>
       <c r="E183" s="1" t="s">
-        <v>337</v>
+        <v>322</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>251</v>
+        <v>162</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H183" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I183" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J183" s="1">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="K183" s="1" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="L183" s="1" t="s">
-        <v>44</v>
+        <v>86</v>
       </c>
       <c r="M183" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="184" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>162</v>
+      </c>
+      <c r="N183" s="3"/>
+    </row>
+    <row r="184" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>333</v>
+        <v>267</v>
       </c>
       <c r="E184" s="1" t="s">
-        <v>337</v>
+        <v>322</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>251</v>
+        <v>162</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H184" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I184" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J184" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="K184" s="1" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="L184" s="1" t="s">
-        <v>44</v>
+        <v>86</v>
       </c>
       <c r="M184" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="185" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>162</v>
+      </c>
+      <c r="N184" s="3"/>
+    </row>
+    <row r="185" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="C185" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D185" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E185" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H185" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I185" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J185" s="1">
+        <v>19</v>
+      </c>
+      <c r="K185" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L185" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M185" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="N185" s="3"/>
+    </row>
+    <row r="186" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E186" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="E185" s="1" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="F186" s="1" t="s">
-        <v>42</v>
+        <v>92</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H186" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I186" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J186" s="1">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="K186" s="1" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="L186" s="1" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="M186" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="187" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+      <c r="N186" s="14"/>
+      <c r="O186" s="20"/>
+      <c r="P186" s="20"/>
+      <c r="Q186" s="20"/>
+      <c r="R186" s="20"/>
+      <c r="S186" s="20"/>
+      <c r="T186" s="20"/>
+      <c r="U186" s="20"/>
+      <c r="V186" s="20"/>
+      <c r="W186" s="20"/>
+      <c r="X186" s="20"/>
+      <c r="Y186" s="20"/>
+      <c r="Z186" s="20"/>
+      <c r="AA186" s="20"/>
+      <c r="AB186" s="20"/>
+      <c r="AC186" s="20"/>
+      <c r="AD186" s="20"/>
+      <c r="AE186" s="20"/>
+      <c r="AF186" s="20"/>
+      <c r="AG186" s="20"/>
+      <c r="AH186" s="20"/>
+      <c r="AI186" s="20"/>
+      <c r="AJ186" s="20"/>
+      <c r="AK186" s="20"/>
+    </row>
+    <row r="187" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>19</v>
+        <v>108</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="D187" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E187" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="E187" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F187" s="1" t="s">
-        <v>42</v>
+        <v>92</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H187" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I187" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J187" s="1">
+        <v>20</v>
+      </c>
+      <c r="K187" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="K187" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L187" s="1" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="M187" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="188" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+      <c r="N187" s="14"/>
+      <c r="O187" s="20"/>
+      <c r="P187" s="20"/>
+      <c r="Q187" s="20"/>
+      <c r="R187" s="20"/>
+      <c r="S187" s="20"/>
+      <c r="T187" s="20"/>
+      <c r="U187" s="20"/>
+      <c r="V187" s="20"/>
+      <c r="W187" s="20"/>
+      <c r="X187" s="20"/>
+      <c r="Y187" s="20"/>
+      <c r="Z187" s="20"/>
+      <c r="AA187" s="20"/>
+      <c r="AB187" s="20"/>
+      <c r="AC187" s="20"/>
+      <c r="AD187" s="20"/>
+      <c r="AE187" s="20"/>
+      <c r="AF187" s="20"/>
+      <c r="AG187" s="20"/>
+      <c r="AH187" s="20"/>
+      <c r="AI187" s="20"/>
+      <c r="AJ187" s="20"/>
+      <c r="AK187" s="20"/>
+    </row>
+    <row r="188" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>19</v>
+        <v>108</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="D188" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E188" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="E188" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F188" s="1" t="s">
-        <v>42</v>
+        <v>92</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H188" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I188" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J188" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K188" s="1" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="L188" s="1" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="M188" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="189" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+      <c r="N188" s="3"/>
+    </row>
+    <row r="189" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E189" s="1" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>34</v>
+        <v>251</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H189" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I189" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J189" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="K189" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L189" s="1" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="M189" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="190" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+      <c r="N189" s="3"/>
+    </row>
+    <row r="190" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E190" s="1" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>34</v>
+        <v>251</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H190" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I190" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J190" s="1">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="K190" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L190" s="1" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="M190" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="191" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+      <c r="N190" s="14"/>
+      <c r="O190" s="20"/>
+      <c r="P190" s="20"/>
+      <c r="Q190" s="20"/>
+      <c r="R190" s="20"/>
+      <c r="S190" s="20"/>
+      <c r="T190" s="20"/>
+      <c r="U190" s="20"/>
+      <c r="V190" s="20"/>
+      <c r="W190" s="20"/>
+      <c r="X190" s="20"/>
+      <c r="Y190" s="20"/>
+      <c r="Z190" s="20"/>
+      <c r="AA190" s="20"/>
+      <c r="AB190" s="20"/>
+      <c r="AC190" s="20"/>
+      <c r="AD190" s="20"/>
+      <c r="AE190" s="20"/>
+      <c r="AF190" s="20"/>
+      <c r="AG190" s="20"/>
+      <c r="AH190" s="20"/>
+      <c r="AI190" s="20"/>
+      <c r="AJ190" s="20"/>
+      <c r="AK190" s="20"/>
+    </row>
+    <row r="191" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E191" s="1" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>16</v>
+        <v>313</v>
       </c>
       <c r="H191" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J191" s="1">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="K191" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L191" s="1" t="s">
-        <v>55</v>
+        <v>109</v>
       </c>
       <c r="M191" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="192" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N191" s="3"/>
+    </row>
+    <row r="192" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H192" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J192" s="1">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="K192" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L192" s="1" t="s">
-        <v>111</v>
+        <v>44</v>
       </c>
       <c r="M192" s="1" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-    <row r="193" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+      <c r="N192" s="15"/>
+      <c r="O192" s="21"/>
+      <c r="P192" s="21"/>
+      <c r="Q192" s="21"/>
+      <c r="R192" s="21"/>
+      <c r="S192" s="21"/>
+      <c r="T192" s="21"/>
+      <c r="U192" s="21"/>
+      <c r="V192" s="21"/>
+      <c r="W192" s="21"/>
+      <c r="X192" s="21"/>
+      <c r="Y192" s="21"/>
+      <c r="Z192" s="21"/>
+      <c r="AA192" s="21"/>
+      <c r="AB192" s="21"/>
+      <c r="AC192" s="21"/>
+      <c r="AD192" s="21"/>
+      <c r="AE192" s="21"/>
+      <c r="AF192" s="21"/>
+      <c r="AG192" s="21"/>
+      <c r="AH192" s="21"/>
+      <c r="AI192" s="21"/>
+      <c r="AJ192" s="21"/>
+      <c r="AK192" s="21"/>
+      <c r="AL192" s="6"/>
+      <c r="AM192" s="6"/>
+      <c r="AN192" s="6"/>
+      <c r="AO192" s="6"/>
+      <c r="AP192" s="6"/>
+      <c r="AQ192" s="6"/>
+      <c r="AR192" s="6"/>
+      <c r="AS192" s="6"/>
+      <c r="AT192" s="6"/>
+      <c r="AU192" s="6"/>
+      <c r="AV192" s="6"/>
+      <c r="AW192" s="6"/>
+      <c r="AX192" s="6"/>
+      <c r="AY192" s="6"/>
+      <c r="AZ192" s="6"/>
+      <c r="BA192" s="6"/>
+      <c r="BB192" s="6"/>
+      <c r="BC192" s="6"/>
+      <c r="BD192" s="6"/>
+      <c r="BE192" s="6"/>
+      <c r="BF192" s="6"/>
+      <c r="BG192" s="6"/>
+      <c r="BH192" s="6"/>
+      <c r="BI192" s="6"/>
+      <c r="BJ192" s="6"/>
+      <c r="BK192" s="6"/>
+      <c r="BL192" s="6"/>
+      <c r="BM192" s="6"/>
+      <c r="BN192" s="6"/>
+      <c r="BO192" s="6"/>
+      <c r="BP192" s="6"/>
+      <c r="BQ192" s="6"/>
+      <c r="BR192" s="6"/>
+      <c r="BS192" s="6"/>
+    </row>
+    <row r="193" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B193" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E193" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H193" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I193" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J193" s="1">
+        <v>12</v>
+      </c>
+      <c r="K193" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L193" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="M193" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N193" s="15"/>
+      <c r="O193" s="21"/>
+      <c r="P193" s="21"/>
+      <c r="Q193" s="21"/>
+      <c r="R193" s="21"/>
+      <c r="S193" s="21"/>
+      <c r="T193" s="21"/>
+      <c r="U193" s="21"/>
+      <c r="V193" s="21"/>
+      <c r="W193" s="21"/>
+      <c r="X193" s="21"/>
+      <c r="Y193" s="21"/>
+      <c r="Z193" s="21"/>
+      <c r="AA193" s="21"/>
+      <c r="AB193" s="21"/>
+      <c r="AC193" s="21"/>
+      <c r="AD193" s="21"/>
+      <c r="AE193" s="21"/>
+      <c r="AF193" s="21"/>
+      <c r="AG193" s="21"/>
+      <c r="AH193" s="21"/>
+      <c r="AI193" s="21"/>
+      <c r="AJ193" s="21"/>
+      <c r="AK193" s="21"/>
+      <c r="AL193" s="6"/>
+      <c r="AM193" s="6"/>
+      <c r="AN193" s="6"/>
+      <c r="AO193" s="6"/>
+      <c r="AP193" s="6"/>
+      <c r="AQ193" s="6"/>
+      <c r="AR193" s="6"/>
+      <c r="AS193" s="6"/>
+      <c r="AT193" s="6"/>
+      <c r="AU193" s="6"/>
+      <c r="AV193" s="6"/>
+      <c r="AW193" s="6"/>
+      <c r="AX193" s="6"/>
+      <c r="AY193" s="6"/>
+      <c r="AZ193" s="6"/>
+      <c r="BA193" s="6"/>
+      <c r="BB193" s="6"/>
+      <c r="BC193" s="6"/>
+      <c r="BD193" s="6"/>
+      <c r="BE193" s="6"/>
+      <c r="BF193" s="6"/>
+      <c r="BG193" s="6"/>
+      <c r="BH193" s="6"/>
+      <c r="BI193" s="6"/>
+      <c r="BJ193" s="6"/>
+      <c r="BK193" s="6"/>
+      <c r="BL193" s="6"/>
+      <c r="BM193" s="6"/>
+      <c r="BN193" s="6"/>
+      <c r="BO193" s="6"/>
+      <c r="BP193" s="6"/>
+      <c r="BQ193" s="6"/>
+      <c r="BR193" s="6"/>
+      <c r="BS193" s="6"/>
+    </row>
+    <row r="194" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E194" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H194" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I194" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J194" s="1">
+        <v>1</v>
+      </c>
+      <c r="K194" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L194" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="M194" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N194" s="15"/>
+      <c r="O194" s="21"/>
+      <c r="P194" s="21"/>
+      <c r="Q194" s="21"/>
+      <c r="R194" s="21"/>
+      <c r="S194" s="21"/>
+      <c r="T194" s="21"/>
+      <c r="U194" s="21"/>
+      <c r="V194" s="21"/>
+      <c r="W194" s="21"/>
+      <c r="X194" s="21"/>
+      <c r="Y194" s="21"/>
+      <c r="Z194" s="21"/>
+      <c r="AA194" s="21"/>
+      <c r="AB194" s="21"/>
+      <c r="AC194" s="21"/>
+      <c r="AD194" s="21"/>
+      <c r="AE194" s="21"/>
+      <c r="AF194" s="21"/>
+      <c r="AG194" s="21"/>
+      <c r="AH194" s="21"/>
+      <c r="AI194" s="21"/>
+      <c r="AJ194" s="21"/>
+      <c r="AK194" s="21"/>
+      <c r="AL194" s="6"/>
+      <c r="AM194" s="6"/>
+      <c r="AN194" s="6"/>
+      <c r="AO194" s="6"/>
+      <c r="AP194" s="6"/>
+      <c r="AQ194" s="6"/>
+      <c r="AR194" s="6"/>
+      <c r="AS194" s="6"/>
+      <c r="AT194" s="6"/>
+      <c r="AU194" s="6"/>
+      <c r="AV194" s="6"/>
+      <c r="AW194" s="6"/>
+      <c r="AX194" s="6"/>
+      <c r="AY194" s="6"/>
+      <c r="AZ194" s="6"/>
+      <c r="BA194" s="6"/>
+      <c r="BB194" s="6"/>
+      <c r="BC194" s="6"/>
+      <c r="BD194" s="6"/>
+      <c r="BE194" s="6"/>
+      <c r="BF194" s="6"/>
+      <c r="BG194" s="6"/>
+      <c r="BH194" s="6"/>
+      <c r="BI194" s="6"/>
+      <c r="BJ194" s="6"/>
+      <c r="BK194" s="6"/>
+      <c r="BL194" s="6"/>
+      <c r="BM194" s="6"/>
+      <c r="BN194" s="6"/>
+      <c r="BO194" s="6"/>
+      <c r="BP194" s="6"/>
+      <c r="BQ194" s="6"/>
+      <c r="BR194" s="6"/>
+      <c r="BS194" s="6"/>
+    </row>
+    <row r="195" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B195" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C193" s="1" t="s">
+      <c r="C195" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="D193" s="1" t="s">
-[...82 lines deleted...]
-      </c>
       <c r="D195" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E195" s="1" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J195" s="1">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="K195" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L195" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="M195" s="1" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-    <row r="196" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N195" s="14"/>
+      <c r="O195" s="20"/>
+      <c r="P195" s="20"/>
+      <c r="Q195" s="20"/>
+      <c r="R195" s="20"/>
+      <c r="S195" s="20"/>
+      <c r="T195" s="20"/>
+      <c r="U195" s="20"/>
+      <c r="V195" s="20"/>
+      <c r="W195" s="20"/>
+      <c r="X195" s="20"/>
+      <c r="Y195" s="20"/>
+      <c r="Z195" s="20"/>
+      <c r="AA195" s="20"/>
+      <c r="AB195" s="20"/>
+      <c r="AC195" s="20"/>
+      <c r="AD195" s="20"/>
+      <c r="AE195" s="20"/>
+      <c r="AF195" s="20"/>
+      <c r="AG195" s="20"/>
+      <c r="AH195" s="20"/>
+      <c r="AI195" s="20"/>
+      <c r="AJ195" s="20"/>
+      <c r="AK195" s="20"/>
+    </row>
+    <row r="196" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H196" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J196" s="1">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="K196" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L196" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="M196" s="1" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-    <row r="197" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N196" s="14"/>
+      <c r="O196" s="20"/>
+      <c r="P196" s="20"/>
+      <c r="Q196" s="20"/>
+      <c r="R196" s="20"/>
+      <c r="S196" s="20"/>
+      <c r="T196" s="20"/>
+      <c r="U196" s="20"/>
+      <c r="V196" s="20"/>
+      <c r="W196" s="20"/>
+      <c r="X196" s="20"/>
+      <c r="Y196" s="20"/>
+      <c r="Z196" s="20"/>
+      <c r="AA196" s="20"/>
+      <c r="AB196" s="20"/>
+      <c r="AC196" s="20"/>
+      <c r="AD196" s="20"/>
+      <c r="AE196" s="20"/>
+      <c r="AF196" s="20"/>
+      <c r="AG196" s="20"/>
+      <c r="AH196" s="20"/>
+      <c r="AI196" s="20"/>
+      <c r="AJ196" s="20"/>
+      <c r="AK196" s="20"/>
+    </row>
+    <row r="197" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H197" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I197" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J197" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K197" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L197" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="M197" s="1" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-    <row r="198" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N197" s="14"/>
+      <c r="O197" s="20"/>
+      <c r="P197" s="20"/>
+      <c r="Q197" s="20"/>
+      <c r="R197" s="20"/>
+      <c r="S197" s="20"/>
+      <c r="T197" s="20"/>
+      <c r="U197" s="20"/>
+      <c r="V197" s="20"/>
+      <c r="W197" s="20"/>
+      <c r="X197" s="20"/>
+      <c r="Y197" s="20"/>
+      <c r="Z197" s="20"/>
+      <c r="AA197" s="20"/>
+      <c r="AB197" s="20"/>
+      <c r="AC197" s="20"/>
+      <c r="AD197" s="20"/>
+      <c r="AE197" s="20"/>
+      <c r="AF197" s="20"/>
+      <c r="AG197" s="20"/>
+      <c r="AH197" s="20"/>
+      <c r="AI197" s="20"/>
+      <c r="AJ197" s="20"/>
+      <c r="AK197" s="20"/>
+    </row>
+    <row r="198" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>151</v>
+        <v>34</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H198" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J198" s="1">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="K198" s="1" t="s">
-        <v>118</v>
+        <v>34</v>
       </c>
       <c r="L198" s="1" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="M198" s="1" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-    <row r="199" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N198" s="14"/>
+      <c r="O198" s="20"/>
+      <c r="P198" s="20"/>
+      <c r="Q198" s="20"/>
+      <c r="R198" s="20"/>
+      <c r="S198" s="20"/>
+      <c r="T198" s="20"/>
+      <c r="U198" s="20"/>
+      <c r="V198" s="20"/>
+      <c r="W198" s="20"/>
+      <c r="X198" s="20"/>
+      <c r="Y198" s="20"/>
+      <c r="Z198" s="20"/>
+      <c r="AA198" s="20"/>
+      <c r="AB198" s="20"/>
+      <c r="AC198" s="20"/>
+      <c r="AD198" s="20"/>
+      <c r="AE198" s="20"/>
+      <c r="AF198" s="20"/>
+      <c r="AG198" s="20"/>
+      <c r="AH198" s="20"/>
+      <c r="AI198" s="20"/>
+      <c r="AJ198" s="20"/>
+      <c r="AK198" s="20"/>
+    </row>
+    <row r="199" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A199" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>151</v>
+        <v>34</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H199" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I199" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J199" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K199" s="1" t="s">
-        <v>118</v>
+        <v>34</v>
       </c>
       <c r="L199" s="1" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="M199" s="1" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-    <row r="200" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N199" s="14"/>
+      <c r="O199" s="20"/>
+      <c r="P199" s="20"/>
+      <c r="Q199" s="20"/>
+      <c r="R199" s="20"/>
+      <c r="S199" s="20"/>
+      <c r="T199" s="20"/>
+      <c r="U199" s="20"/>
+      <c r="V199" s="20"/>
+      <c r="W199" s="20"/>
+      <c r="X199" s="20"/>
+      <c r="Y199" s="20"/>
+      <c r="Z199" s="20"/>
+      <c r="AA199" s="20"/>
+      <c r="AB199" s="20"/>
+      <c r="AC199" s="20"/>
+      <c r="AD199" s="20"/>
+      <c r="AE199" s="20"/>
+      <c r="AF199" s="20"/>
+      <c r="AG199" s="20"/>
+      <c r="AH199" s="20"/>
+      <c r="AI199" s="20"/>
+      <c r="AJ199" s="20"/>
+      <c r="AK199" s="20"/>
+    </row>
+    <row r="200" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A200" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C200" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>356</v>
+        <v>34</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H200" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I200" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J200" s="1">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="K200" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L200" s="1" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M200" s="1" t="s">
-        <v>67</v>
-[...26 lines deleted...]
-    <row r="201" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N200" s="14"/>
+      <c r="O200" s="20"/>
+      <c r="P200" s="20"/>
+      <c r="Q200" s="20"/>
+      <c r="R200" s="20"/>
+      <c r="S200" s="20"/>
+      <c r="T200" s="20"/>
+      <c r="U200" s="20"/>
+      <c r="V200" s="20"/>
+      <c r="W200" s="20"/>
+      <c r="X200" s="20"/>
+      <c r="Y200" s="20"/>
+      <c r="Z200" s="20"/>
+      <c r="AA200" s="20"/>
+      <c r="AB200" s="20"/>
+      <c r="AC200" s="20"/>
+      <c r="AD200" s="20"/>
+      <c r="AE200" s="20"/>
+      <c r="AF200" s="20"/>
+      <c r="AG200" s="20"/>
+      <c r="AH200" s="20"/>
+      <c r="AI200" s="20"/>
+      <c r="AJ200" s="20"/>
+      <c r="AK200" s="20"/>
+    </row>
+    <row r="201" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A201" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>355</v>
+        <v>347</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>356</v>
+        <v>34</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H201" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J201" s="1">
-        <v>2</v>
+        <v>102</v>
       </c>
       <c r="K201" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L201" s="1" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M201" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="202" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N201" s="19"/>
+    </row>
+    <row r="202" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A202" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>358</v>
+        <v>347</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I202" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J202" s="1">
-        <v>51</v>
+        <v>8</v>
       </c>
       <c r="K202" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L202" s="1" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M202" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="203" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N202" s="19"/>
+      <c r="O202" s="1"/>
+      <c r="P202" s="1"/>
+      <c r="Q202" s="1"/>
+      <c r="R202" s="1"/>
+      <c r="S202" s="1"/>
+      <c r="T202" s="1"/>
+      <c r="U202" s="1"/>
+      <c r="V202" s="1"/>
+      <c r="W202" s="1"/>
+      <c r="X202" s="1"/>
+      <c r="Y202" s="1"/>
+      <c r="Z202" s="1"/>
+      <c r="AA202" s="1"/>
+      <c r="AB202" s="1"/>
+      <c r="AC202" s="1"/>
+      <c r="AD202" s="1"/>
+      <c r="AE202" s="1"/>
+      <c r="AF202" s="1"/>
+      <c r="AG202" s="1"/>
+      <c r="AH202" s="1"/>
+      <c r="AI202" s="1"/>
+      <c r="AJ202" s="1"/>
+      <c r="AK202" s="1"/>
+      <c r="AL202" s="1"/>
+      <c r="AM202" s="1"/>
+      <c r="AN202" s="1"/>
+      <c r="AO202" s="1"/>
+      <c r="AP202" s="1"/>
+      <c r="AQ202" s="1"/>
+      <c r="AR202" s="1"/>
+      <c r="AS202" s="1"/>
+      <c r="AT202" s="1"/>
+      <c r="AU202" s="1"/>
+      <c r="AV202" s="1"/>
+      <c r="AW202" s="1"/>
+      <c r="AX202" s="1"/>
+      <c r="AY202" s="1"/>
+      <c r="AZ202" s="1"/>
+      <c r="BA202" s="1"/>
+      <c r="BB202" s="1"/>
+      <c r="BC202" s="1"/>
+      <c r="BD202" s="1"/>
+      <c r="BE202" s="1"/>
+      <c r="BF202" s="1"/>
+      <c r="BG202" s="1"/>
+      <c r="BH202" s="1"/>
+      <c r="BI202" s="1"/>
+      <c r="BJ202" s="1"/>
+      <c r="BK202" s="1"/>
+      <c r="BL202" s="1"/>
+      <c r="BM202" s="1"/>
+      <c r="BN202" s="1"/>
+      <c r="BO202" s="1"/>
+      <c r="BP202" s="1"/>
+      <c r="BQ202" s="1"/>
+      <c r="BR202" s="1"/>
+      <c r="BS202" s="1"/>
+    </row>
+    <row r="203" spans="1:71" s="8" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A203" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E203" s="1" t="s">
-        <v>358</v>
+        <v>347</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H203" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I203" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J203" s="1">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="K203" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L203" s="1" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M203" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="204" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N203" s="19"/>
+      <c r="O203" s="1"/>
+      <c r="P203" s="1"/>
+      <c r="Q203" s="1"/>
+      <c r="R203" s="1"/>
+      <c r="S203" s="1"/>
+      <c r="T203" s="1"/>
+      <c r="U203" s="1"/>
+      <c r="V203" s="1"/>
+      <c r="W203" s="1"/>
+      <c r="X203" s="1"/>
+      <c r="Y203" s="1"/>
+      <c r="Z203" s="1"/>
+      <c r="AA203" s="1"/>
+      <c r="AB203" s="1"/>
+      <c r="AC203" s="1"/>
+      <c r="AD203" s="1"/>
+      <c r="AE203" s="1"/>
+      <c r="AF203" s="1"/>
+      <c r="AG203" s="1"/>
+      <c r="AH203" s="1"/>
+      <c r="AI203" s="1"/>
+      <c r="AJ203" s="1"/>
+      <c r="AK203" s="1"/>
+      <c r="AL203" s="1"/>
+      <c r="AM203" s="1"/>
+      <c r="AN203" s="1"/>
+      <c r="AO203" s="1"/>
+      <c r="AP203" s="1"/>
+      <c r="AQ203" s="1"/>
+      <c r="AR203" s="1"/>
+      <c r="AS203" s="1"/>
+      <c r="AT203" s="1"/>
+      <c r="AU203" s="1"/>
+      <c r="AV203" s="1"/>
+      <c r="AW203" s="1"/>
+      <c r="AX203" s="1"/>
+      <c r="AY203" s="1"/>
+      <c r="AZ203" s="1"/>
+      <c r="BA203" s="1"/>
+      <c r="BB203" s="1"/>
+      <c r="BC203" s="1"/>
+      <c r="BD203" s="1"/>
+      <c r="BE203" s="1"/>
+      <c r="BF203" s="1"/>
+      <c r="BG203" s="1"/>
+      <c r="BH203" s="1"/>
+      <c r="BI203" s="1"/>
+      <c r="BJ203" s="1"/>
+      <c r="BK203" s="1"/>
+      <c r="BL203" s="1"/>
+      <c r="BM203" s="1"/>
+      <c r="BN203" s="1"/>
+      <c r="BO203" s="1"/>
+      <c r="BP203" s="1"/>
+      <c r="BQ203" s="1"/>
+      <c r="BR203" s="1"/>
+      <c r="BS203" s="1"/>
+    </row>
+    <row r="204" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A204" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>358</v>
+        <v>348</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>34</v>
+        <v>149</v>
       </c>
       <c r="G204" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H204" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I204" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J204" s="1">
         <v>16</v>
       </c>
-      <c r="H204" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K204" s="1" t="s">
-        <v>34</v>
+        <v>116</v>
       </c>
       <c r="L204" s="1" t="s">
-        <v>61</v>
+        <v>116</v>
       </c>
       <c r="M204" s="1" t="s">
-        <v>62</v>
+        <v>149</v>
       </c>
       <c r="N204" s="3"/>
       <c r="O204" s="1"/>
       <c r="P204" s="1"/>
       <c r="Q204" s="1"/>
       <c r="R204" s="1"/>
       <c r="S204" s="1"/>
       <c r="T204" s="1"/>
       <c r="U204" s="1"/>
       <c r="V204" s="1"/>
       <c r="W204" s="1"/>
       <c r="X204" s="1"/>
       <c r="Y204" s="1"/>
       <c r="Z204" s="1"/>
       <c r="AA204" s="1"/>
       <c r="AB204" s="1"/>
       <c r="AC204" s="1"/>
       <c r="AD204" s="1"/>
       <c r="AE204" s="1"/>
       <c r="AF204" s="1"/>
       <c r="AG204" s="1"/>
       <c r="AH204" s="1"/>
       <c r="AI204" s="1"/>
       <c r="AJ204" s="1"/>
       <c r="AK204" s="1"/>
-    </row>
-    <row r="205" spans="1:37" s="8" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AL204" s="1"/>
+      <c r="AM204" s="1"/>
+      <c r="AN204" s="1"/>
+      <c r="AO204" s="1"/>
+      <c r="AP204" s="1"/>
+      <c r="AQ204" s="1"/>
+      <c r="AR204" s="1"/>
+      <c r="AS204" s="1"/>
+      <c r="AT204" s="1"/>
+      <c r="AU204" s="1"/>
+      <c r="AV204" s="1"/>
+      <c r="AW204" s="1"/>
+      <c r="AX204" s="1"/>
+      <c r="AY204" s="1"/>
+      <c r="AZ204" s="1"/>
+      <c r="BA204" s="1"/>
+      <c r="BB204" s="1"/>
+      <c r="BC204" s="1"/>
+      <c r="BD204" s="1"/>
+      <c r="BE204" s="1"/>
+      <c r="BF204" s="1"/>
+      <c r="BG204" s="1"/>
+      <c r="BH204" s="1"/>
+      <c r="BI204" s="1"/>
+      <c r="BJ204" s="1"/>
+      <c r="BK204" s="1"/>
+      <c r="BL204" s="1"/>
+      <c r="BM204" s="1"/>
+      <c r="BN204" s="1"/>
+      <c r="BO204" s="1"/>
+      <c r="BP204" s="1"/>
+      <c r="BQ204" s="1"/>
+      <c r="BR204" s="1"/>
+      <c r="BS204" s="1"/>
+    </row>
+    <row r="205" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>360</v>
+        <v>348</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>34</v>
+        <v>149</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I205" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J205" s="1">
-        <v>41</v>
+        <v>2</v>
       </c>
       <c r="K205" s="1" t="s">
-        <v>34</v>
+        <v>116</v>
       </c>
       <c r="L205" s="1" t="s">
-        <v>37</v>
+        <v>116</v>
       </c>
       <c r="M205" s="1" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-    <row r="206" spans="1:37" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>149</v>
+      </c>
+      <c r="N205" s="19"/>
+      <c r="O205" s="2"/>
+      <c r="P205" s="2"/>
+      <c r="Q205" s="2"/>
+      <c r="R205" s="2"/>
+      <c r="S205" s="2"/>
+      <c r="T205" s="2"/>
+      <c r="U205" s="2"/>
+      <c r="V205" s="2"/>
+      <c r="W205" s="2"/>
+      <c r="X205" s="2"/>
+      <c r="Y205" s="2"/>
+      <c r="Z205" s="2"/>
+      <c r="AA205" s="2"/>
+      <c r="AB205" s="2"/>
+      <c r="AC205" s="2"/>
+      <c r="AD205" s="2"/>
+      <c r="AE205" s="2"/>
+      <c r="AF205" s="2"/>
+      <c r="AG205" s="2"/>
+      <c r="AH205" s="2"/>
+      <c r="AI205" s="2"/>
+      <c r="AJ205" s="2"/>
+      <c r="AK205" s="2"/>
+      <c r="AL205" s="2"/>
+      <c r="AM205" s="2"/>
+      <c r="AN205" s="2"/>
+      <c r="AO205" s="2"/>
+      <c r="AP205" s="2"/>
+      <c r="AQ205" s="2"/>
+      <c r="AR205" s="2"/>
+      <c r="AS205" s="2"/>
+      <c r="AT205" s="2"/>
+      <c r="AU205" s="2"/>
+      <c r="AV205" s="2"/>
+      <c r="AW205" s="2"/>
+      <c r="AX205" s="2"/>
+      <c r="AY205" s="2"/>
+      <c r="AZ205" s="2"/>
+      <c r="BA205" s="2"/>
+      <c r="BB205" s="2"/>
+      <c r="BC205" s="2"/>
+      <c r="BD205" s="2"/>
+      <c r="BE205" s="2"/>
+      <c r="BF205" s="2"/>
+      <c r="BG205" s="2"/>
+      <c r="BH205" s="2"/>
+      <c r="BI205" s="2"/>
+      <c r="BJ205" s="2"/>
+      <c r="BK205" s="2"/>
+      <c r="BL205" s="2"/>
+      <c r="BM205" s="2"/>
+      <c r="BN205" s="2"/>
+      <c r="BO205" s="2"/>
+      <c r="BP205" s="2"/>
+      <c r="BQ205" s="2"/>
+      <c r="BR205" s="2"/>
+      <c r="BS205" s="2"/>
+    </row>
+    <row r="206" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>34</v>
+        <v>354</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I206" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J206" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="K206" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L206" s="1" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="M206" s="1" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-    <row r="207" spans="1:37" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N206" s="3"/>
+      <c r="O206" s="1"/>
+      <c r="P206" s="1"/>
+      <c r="Q206" s="1"/>
+      <c r="R206" s="1"/>
+      <c r="S206" s="1"/>
+      <c r="T206" s="1"/>
+      <c r="U206" s="1"/>
+      <c r="V206" s="1"/>
+      <c r="W206" s="1"/>
+      <c r="X206" s="1"/>
+      <c r="Y206" s="1"/>
+      <c r="Z206" s="1"/>
+      <c r="AA206" s="1"/>
+      <c r="AB206" s="1"/>
+      <c r="AC206" s="1"/>
+      <c r="AD206" s="1"/>
+      <c r="AE206" s="1"/>
+      <c r="AF206" s="1"/>
+      <c r="AG206" s="1"/>
+      <c r="AH206" s="1"/>
+      <c r="AI206" s="1"/>
+      <c r="AJ206" s="1"/>
+      <c r="AK206" s="1"/>
+      <c r="AL206" s="1"/>
+      <c r="AM206" s="1"/>
+      <c r="AN206" s="1"/>
+      <c r="AO206" s="1"/>
+      <c r="AP206" s="1"/>
+      <c r="AQ206" s="1"/>
+      <c r="AR206" s="1"/>
+      <c r="AS206" s="1"/>
+      <c r="AT206" s="1"/>
+      <c r="AU206" s="1"/>
+      <c r="AV206" s="1"/>
+      <c r="AW206" s="1"/>
+      <c r="AX206" s="1"/>
+      <c r="AY206" s="1"/>
+      <c r="AZ206" s="1"/>
+      <c r="BA206" s="1"/>
+      <c r="BB206" s="1"/>
+      <c r="BC206" s="1"/>
+      <c r="BD206" s="1"/>
+      <c r="BE206" s="1"/>
+      <c r="BF206" s="1"/>
+      <c r="BG206" s="1"/>
+      <c r="BH206" s="1"/>
+      <c r="BI206" s="1"/>
+      <c r="BJ206" s="1"/>
+      <c r="BK206" s="1"/>
+      <c r="BL206" s="1"/>
+      <c r="BM206" s="1"/>
+      <c r="BN206" s="1"/>
+      <c r="BO206" s="1"/>
+      <c r="BP206" s="1"/>
+      <c r="BQ206" s="1"/>
+      <c r="BR206" s="1"/>
+      <c r="BS206" s="1"/>
+    </row>
+    <row r="207" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>34</v>
+        <v>354</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I207" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J207" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="K207" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L207" s="1" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="M207" s="1" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-    <row r="208" spans="1:37" s="17" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N207" s="3"/>
+      <c r="O207" s="1"/>
+      <c r="P207" s="1"/>
+      <c r="Q207" s="1"/>
+      <c r="R207" s="1"/>
+      <c r="S207" s="1"/>
+      <c r="T207" s="1"/>
+      <c r="U207" s="1"/>
+      <c r="V207" s="1"/>
+      <c r="W207" s="1"/>
+      <c r="X207" s="1"/>
+      <c r="Y207" s="1"/>
+      <c r="Z207" s="1"/>
+      <c r="AA207" s="1"/>
+      <c r="AB207" s="1"/>
+      <c r="AC207" s="1"/>
+      <c r="AD207" s="1"/>
+      <c r="AE207" s="1"/>
+      <c r="AF207" s="1"/>
+      <c r="AG207" s="1"/>
+      <c r="AH207" s="1"/>
+      <c r="AI207" s="1"/>
+      <c r="AJ207" s="1"/>
+      <c r="AK207" s="1"/>
+      <c r="AL207" s="1"/>
+      <c r="AM207" s="1"/>
+      <c r="AN207" s="1"/>
+      <c r="AO207" s="1"/>
+      <c r="AP207" s="1"/>
+      <c r="AQ207" s="1"/>
+      <c r="AR207" s="1"/>
+      <c r="AS207" s="1"/>
+      <c r="AT207" s="1"/>
+      <c r="AU207" s="1"/>
+      <c r="AV207" s="1"/>
+      <c r="AW207" s="1"/>
+      <c r="AX207" s="1"/>
+      <c r="AY207" s="1"/>
+      <c r="AZ207" s="1"/>
+      <c r="BA207" s="1"/>
+      <c r="BB207" s="1"/>
+      <c r="BC207" s="1"/>
+      <c r="BD207" s="1"/>
+      <c r="BE207" s="1"/>
+      <c r="BF207" s="1"/>
+      <c r="BG207" s="1"/>
+      <c r="BH207" s="1"/>
+      <c r="BI207" s="1"/>
+      <c r="BJ207" s="1"/>
+      <c r="BK207" s="1"/>
+      <c r="BL207" s="1"/>
+      <c r="BM207" s="1"/>
+      <c r="BN207" s="1"/>
+      <c r="BO207" s="1"/>
+      <c r="BP207" s="1"/>
+      <c r="BQ207" s="1"/>
+      <c r="BR207" s="1"/>
+      <c r="BS207" s="1"/>
+    </row>
+    <row r="208" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H208" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I208" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J208" s="1">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="K208" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L208" s="1" t="s">
-        <v>111</v>
+        <v>61</v>
       </c>
       <c r="M208" s="1" t="s">
-        <v>112</v>
-[...26 lines deleted...]
-    <row r="209" spans="1:37" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N208" s="19"/>
+      <c r="O208" s="1"/>
+      <c r="P208" s="1"/>
+      <c r="Q208" s="1"/>
+      <c r="R208" s="1"/>
+      <c r="S208" s="1"/>
+      <c r="T208" s="1"/>
+      <c r="U208" s="1"/>
+      <c r="V208" s="1"/>
+      <c r="W208" s="1"/>
+      <c r="X208" s="1"/>
+      <c r="Y208" s="1"/>
+      <c r="Z208" s="1"/>
+      <c r="AA208" s="1"/>
+      <c r="AB208" s="1"/>
+      <c r="AC208" s="1"/>
+      <c r="AD208" s="1"/>
+      <c r="AE208" s="1"/>
+      <c r="AF208" s="1"/>
+      <c r="AG208" s="1"/>
+      <c r="AH208" s="1"/>
+      <c r="AI208" s="1"/>
+      <c r="AJ208" s="1"/>
+      <c r="AK208" s="1"/>
+      <c r="AL208" s="1"/>
+      <c r="AM208" s="1"/>
+      <c r="AN208" s="1"/>
+      <c r="AO208" s="1"/>
+      <c r="AP208" s="1"/>
+      <c r="AQ208" s="1"/>
+      <c r="AR208" s="1"/>
+      <c r="AS208" s="1"/>
+      <c r="AT208" s="1"/>
+      <c r="AU208" s="1"/>
+      <c r="AV208" s="1"/>
+      <c r="AW208" s="1"/>
+      <c r="AX208" s="1"/>
+      <c r="AY208" s="1"/>
+      <c r="AZ208" s="1"/>
+      <c r="BA208" s="1"/>
+      <c r="BB208" s="1"/>
+      <c r="BC208" s="1"/>
+      <c r="BD208" s="1"/>
+      <c r="BE208" s="1"/>
+      <c r="BF208" s="1"/>
+      <c r="BG208" s="1"/>
+      <c r="BH208" s="1"/>
+      <c r="BI208" s="1"/>
+      <c r="BJ208" s="1"/>
+      <c r="BK208" s="1"/>
+      <c r="BL208" s="1"/>
+      <c r="BM208" s="1"/>
+      <c r="BN208" s="1"/>
+      <c r="BO208" s="1"/>
+      <c r="BP208" s="1"/>
+      <c r="BQ208" s="1"/>
+      <c r="BR208" s="1"/>
+      <c r="BS208" s="1"/>
+    </row>
+    <row r="209" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J209" s="1">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="K209" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L209" s="1" t="s">
-        <v>111</v>
+        <v>61</v>
       </c>
       <c r="M209" s="1" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-    <row r="210" spans="1:37" s="17" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N209" s="19"/>
+      <c r="O209" s="1"/>
+      <c r="P209" s="1"/>
+      <c r="Q209" s="1"/>
+      <c r="R209" s="1"/>
+      <c r="S209" s="1"/>
+      <c r="T209" s="1"/>
+      <c r="U209" s="1"/>
+      <c r="V209" s="1"/>
+      <c r="W209" s="1"/>
+      <c r="X209" s="1"/>
+      <c r="Y209" s="1"/>
+      <c r="Z209" s="1"/>
+      <c r="AA209" s="1"/>
+      <c r="AB209" s="1"/>
+      <c r="AC209" s="1"/>
+      <c r="AD209" s="1"/>
+      <c r="AE209" s="1"/>
+      <c r="AF209" s="1"/>
+      <c r="AG209" s="1"/>
+      <c r="AH209" s="1"/>
+      <c r="AI209" s="1"/>
+      <c r="AJ209" s="1"/>
+      <c r="AK209" s="1"/>
+      <c r="AL209" s="1"/>
+      <c r="AM209" s="1"/>
+      <c r="AN209" s="1"/>
+      <c r="AO209" s="1"/>
+      <c r="AP209" s="1"/>
+      <c r="AQ209" s="1"/>
+      <c r="AR209" s="1"/>
+      <c r="AS209" s="1"/>
+      <c r="AT209" s="1"/>
+      <c r="AU209" s="1"/>
+      <c r="AV209" s="1"/>
+      <c r="AW209" s="1"/>
+      <c r="AX209" s="1"/>
+      <c r="AY209" s="1"/>
+      <c r="AZ209" s="1"/>
+      <c r="BA209" s="1"/>
+      <c r="BB209" s="1"/>
+      <c r="BC209" s="1"/>
+      <c r="BD209" s="1"/>
+      <c r="BE209" s="1"/>
+      <c r="BF209" s="1"/>
+      <c r="BG209" s="1"/>
+      <c r="BH209" s="1"/>
+      <c r="BI209" s="1"/>
+      <c r="BJ209" s="1"/>
+      <c r="BK209" s="1"/>
+      <c r="BL209" s="1"/>
+      <c r="BM209" s="1"/>
+      <c r="BN209" s="1"/>
+      <c r="BO209" s="1"/>
+      <c r="BP209" s="1"/>
+      <c r="BQ209" s="1"/>
+      <c r="BR209" s="1"/>
+      <c r="BS209" s="1"/>
+    </row>
+    <row r="210" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H210" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I210" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J210" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K210" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L210" s="1" t="s">
-        <v>111</v>
+        <v>61</v>
       </c>
       <c r="M210" s="1" t="s">
-        <v>112</v>
-[...26 lines deleted...]
-    <row r="211" spans="1:37" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N210" s="19"/>
+      <c r="O210" s="1"/>
+      <c r="P210" s="1"/>
+      <c r="Q210" s="1"/>
+      <c r="R210" s="1"/>
+      <c r="S210" s="1"/>
+      <c r="T210" s="1"/>
+      <c r="U210" s="1"/>
+      <c r="V210" s="1"/>
+      <c r="W210" s="1"/>
+      <c r="X210" s="1"/>
+      <c r="Y210" s="1"/>
+      <c r="Z210" s="1"/>
+      <c r="AA210" s="1"/>
+      <c r="AB210" s="1"/>
+      <c r="AC210" s="1"/>
+      <c r="AD210" s="1"/>
+      <c r="AE210" s="1"/>
+      <c r="AF210" s="1"/>
+      <c r="AG210" s="1"/>
+      <c r="AH210" s="1"/>
+      <c r="AI210" s="1"/>
+      <c r="AJ210" s="1"/>
+      <c r="AK210" s="1"/>
+      <c r="AL210" s="1"/>
+      <c r="AM210" s="1"/>
+      <c r="AN210" s="1"/>
+      <c r="AO210" s="1"/>
+      <c r="AP210" s="1"/>
+      <c r="AQ210" s="1"/>
+      <c r="AR210" s="1"/>
+      <c r="AS210" s="1"/>
+      <c r="AT210" s="1"/>
+      <c r="AU210" s="1"/>
+      <c r="AV210" s="1"/>
+      <c r="AW210" s="1"/>
+      <c r="AX210" s="1"/>
+      <c r="AY210" s="1"/>
+      <c r="AZ210" s="1"/>
+      <c r="BA210" s="1"/>
+      <c r="BB210" s="1"/>
+      <c r="BC210" s="1"/>
+      <c r="BD210" s="1"/>
+      <c r="BE210" s="1"/>
+      <c r="BF210" s="1"/>
+      <c r="BG210" s="1"/>
+      <c r="BH210" s="1"/>
+      <c r="BI210" s="1"/>
+      <c r="BJ210" s="1"/>
+      <c r="BK210" s="1"/>
+      <c r="BL210" s="1"/>
+      <c r="BM210" s="1"/>
+      <c r="BN210" s="1"/>
+      <c r="BO210" s="1"/>
+      <c r="BP210" s="1"/>
+      <c r="BQ210" s="1"/>
+      <c r="BR210" s="1"/>
+      <c r="BS210" s="1"/>
+    </row>
+    <row r="211" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C211" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H211" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I211" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J211" s="1">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="K211" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="L211" s="1" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="M211" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="212" spans="1:37" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+      <c r="N211" s="3"/>
+      <c r="O211" s="1"/>
+      <c r="P211" s="1"/>
+      <c r="Q211" s="1"/>
+      <c r="R211" s="1"/>
+      <c r="S211" s="1"/>
+      <c r="T211" s="1"/>
+      <c r="U211" s="1"/>
+      <c r="V211" s="1"/>
+      <c r="W211" s="1"/>
+      <c r="X211" s="1"/>
+      <c r="Y211" s="1"/>
+      <c r="Z211" s="1"/>
+      <c r="AA211" s="1"/>
+      <c r="AB211" s="1"/>
+      <c r="AC211" s="1"/>
+      <c r="AD211" s="1"/>
+      <c r="AE211" s="1"/>
+      <c r="AF211" s="1"/>
+      <c r="AG211" s="1"/>
+      <c r="AH211" s="1"/>
+      <c r="AI211" s="1"/>
+      <c r="AJ211" s="1"/>
+      <c r="AK211" s="1"/>
+      <c r="AL211" s="1"/>
+      <c r="AM211" s="1"/>
+      <c r="AN211" s="1"/>
+      <c r="AO211" s="1"/>
+      <c r="AP211" s="1"/>
+      <c r="AQ211" s="1"/>
+      <c r="AR211" s="1"/>
+      <c r="AS211" s="1"/>
+      <c r="AT211" s="1"/>
+      <c r="AU211" s="1"/>
+      <c r="AV211" s="1"/>
+      <c r="AW211" s="1"/>
+      <c r="AX211" s="1"/>
+      <c r="AY211" s="1"/>
+      <c r="AZ211" s="1"/>
+      <c r="BA211" s="1"/>
+      <c r="BB211" s="1"/>
+      <c r="BC211" s="1"/>
+      <c r="BD211" s="1"/>
+      <c r="BE211" s="1"/>
+      <c r="BF211" s="1"/>
+      <c r="BG211" s="1"/>
+      <c r="BH211" s="1"/>
+      <c r="BI211" s="1"/>
+      <c r="BJ211" s="1"/>
+      <c r="BK211" s="1"/>
+      <c r="BL211" s="1"/>
+      <c r="BM211" s="1"/>
+      <c r="BN211" s="1"/>
+      <c r="BO211" s="1"/>
+      <c r="BP211" s="1"/>
+      <c r="BQ211" s="1"/>
+      <c r="BR211" s="1"/>
+      <c r="BS211" s="1"/>
+    </row>
+    <row r="212" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>25</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>375</v>
+        <v>358</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>151</v>
+        <v>34</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>316</v>
+        <v>16</v>
       </c>
       <c r="H212" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I212" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J212" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K212" s="1" t="s">
-        <v>118</v>
+        <v>34</v>
       </c>
       <c r="L212" s="1" t="s">
-        <v>118</v>
+        <v>37</v>
       </c>
       <c r="M212" s="1" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-    <row r="213" spans="1:37" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+      <c r="N212" s="3"/>
+      <c r="O212" s="1"/>
+      <c r="P212" s="1"/>
+      <c r="Q212" s="1"/>
+      <c r="R212" s="1"/>
+      <c r="S212" s="1"/>
+      <c r="T212" s="1"/>
+      <c r="U212" s="1"/>
+      <c r="V212" s="1"/>
+      <c r="W212" s="1"/>
+      <c r="X212" s="1"/>
+      <c r="Y212" s="1"/>
+      <c r="Z212" s="1"/>
+      <c r="AA212" s="1"/>
+      <c r="AB212" s="1"/>
+      <c r="AC212" s="1"/>
+      <c r="AD212" s="1"/>
+      <c r="AE212" s="1"/>
+      <c r="AF212" s="1"/>
+      <c r="AG212" s="1"/>
+      <c r="AH212" s="1"/>
+      <c r="AI212" s="1"/>
+      <c r="AJ212" s="1"/>
+      <c r="AK212" s="1"/>
+      <c r="AL212" s="1"/>
+      <c r="AM212" s="1"/>
+      <c r="AN212" s="1"/>
+      <c r="AO212" s="1"/>
+      <c r="AP212" s="1"/>
+      <c r="AQ212" s="1"/>
+      <c r="AR212" s="1"/>
+      <c r="AS212" s="1"/>
+      <c r="AT212" s="1"/>
+      <c r="AU212" s="1"/>
+      <c r="AV212" s="1"/>
+      <c r="AW212" s="1"/>
+      <c r="AX212" s="1"/>
+      <c r="AY212" s="1"/>
+      <c r="AZ212" s="1"/>
+      <c r="BA212" s="1"/>
+      <c r="BB212" s="1"/>
+      <c r="BC212" s="1"/>
+      <c r="BD212" s="1"/>
+      <c r="BE212" s="1"/>
+      <c r="BF212" s="1"/>
+      <c r="BG212" s="1"/>
+      <c r="BH212" s="1"/>
+      <c r="BI212" s="1"/>
+      <c r="BJ212" s="1"/>
+      <c r="BK212" s="1"/>
+      <c r="BL212" s="1"/>
+      <c r="BM212" s="1"/>
+      <c r="BN212" s="1"/>
+      <c r="BO212" s="1"/>
+      <c r="BP212" s="1"/>
+      <c r="BQ212" s="1"/>
+      <c r="BR212" s="1"/>
+      <c r="BS212" s="1"/>
+    </row>
+    <row r="213" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>25</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>377</v>
+        <v>358</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H213" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I213" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J213" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="K213" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L213" s="1" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="M213" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="214" spans="1:37" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+      <c r="N213" s="3"/>
+      <c r="O213" s="1"/>
+      <c r="P213" s="1"/>
+      <c r="Q213" s="1"/>
+      <c r="R213" s="1"/>
+      <c r="S213" s="1"/>
+      <c r="T213" s="1"/>
+      <c r="U213" s="1"/>
+      <c r="V213" s="1"/>
+      <c r="W213" s="1"/>
+      <c r="X213" s="1"/>
+      <c r="Y213" s="1"/>
+      <c r="Z213" s="1"/>
+      <c r="AA213" s="1"/>
+      <c r="AB213" s="1"/>
+      <c r="AC213" s="1"/>
+      <c r="AD213" s="1"/>
+      <c r="AE213" s="1"/>
+      <c r="AF213" s="1"/>
+      <c r="AG213" s="1"/>
+      <c r="AH213" s="1"/>
+      <c r="AI213" s="1"/>
+      <c r="AJ213" s="1"/>
+      <c r="AK213" s="1"/>
+      <c r="AL213" s="1"/>
+      <c r="AM213" s="1"/>
+      <c r="AN213" s="1"/>
+      <c r="AO213" s="1"/>
+      <c r="AP213" s="1"/>
+      <c r="AQ213" s="1"/>
+      <c r="AR213" s="1"/>
+      <c r="AS213" s="1"/>
+      <c r="AT213" s="1"/>
+      <c r="AU213" s="1"/>
+      <c r="AV213" s="1"/>
+      <c r="AW213" s="1"/>
+      <c r="AX213" s="1"/>
+      <c r="AY213" s="1"/>
+      <c r="AZ213" s="1"/>
+      <c r="BA213" s="1"/>
+      <c r="BB213" s="1"/>
+      <c r="BC213" s="1"/>
+      <c r="BD213" s="1"/>
+      <c r="BE213" s="1"/>
+      <c r="BF213" s="1"/>
+      <c r="BG213" s="1"/>
+      <c r="BH213" s="1"/>
+      <c r="BI213" s="1"/>
+      <c r="BJ213" s="1"/>
+      <c r="BK213" s="1"/>
+      <c r="BL213" s="1"/>
+      <c r="BM213" s="1"/>
+      <c r="BN213" s="1"/>
+      <c r="BO213" s="1"/>
+      <c r="BP213" s="1"/>
+      <c r="BQ213" s="1"/>
+      <c r="BR213" s="1"/>
+      <c r="BS213" s="1"/>
+    </row>
+    <row r="214" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C214" s="4" t="s">
+      <c r="C214" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>377</v>
+        <v>359</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I214" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J214" s="1">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="K214" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L214" s="1" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M214" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="215" spans="1:37" s="17" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N214" s="3"/>
+      <c r="O214" s="1"/>
+      <c r="P214" s="1"/>
+      <c r="Q214" s="1"/>
+      <c r="R214" s="1"/>
+      <c r="S214" s="1"/>
+      <c r="T214" s="1"/>
+      <c r="U214" s="1"/>
+      <c r="V214" s="1"/>
+      <c r="W214" s="1"/>
+      <c r="X214" s="1"/>
+      <c r="Y214" s="1"/>
+      <c r="Z214" s="1"/>
+      <c r="AA214" s="1"/>
+      <c r="AB214" s="1"/>
+      <c r="AC214" s="1"/>
+      <c r="AD214" s="1"/>
+      <c r="AE214" s="1"/>
+      <c r="AF214" s="1"/>
+      <c r="AG214" s="1"/>
+      <c r="AH214" s="1"/>
+      <c r="AI214" s="1"/>
+      <c r="AJ214" s="1"/>
+      <c r="AK214" s="1"/>
+      <c r="AL214" s="1"/>
+      <c r="AM214" s="1"/>
+      <c r="AN214" s="1"/>
+      <c r="AO214" s="1"/>
+      <c r="AP214" s="1"/>
+      <c r="AQ214" s="1"/>
+      <c r="AR214" s="1"/>
+      <c r="AS214" s="1"/>
+      <c r="AT214" s="1"/>
+      <c r="AU214" s="1"/>
+      <c r="AV214" s="1"/>
+      <c r="AW214" s="1"/>
+      <c r="AX214" s="1"/>
+      <c r="AY214" s="1"/>
+      <c r="AZ214" s="1"/>
+      <c r="BA214" s="1"/>
+      <c r="BB214" s="1"/>
+      <c r="BC214" s="1"/>
+      <c r="BD214" s="1"/>
+      <c r="BE214" s="1"/>
+      <c r="BF214" s="1"/>
+      <c r="BG214" s="1"/>
+      <c r="BH214" s="1"/>
+      <c r="BI214" s="1"/>
+      <c r="BJ214" s="1"/>
+      <c r="BK214" s="1"/>
+      <c r="BL214" s="1"/>
+      <c r="BM214" s="1"/>
+      <c r="BN214" s="1"/>
+      <c r="BO214" s="1"/>
+      <c r="BP214" s="1"/>
+      <c r="BQ214" s="1"/>
+      <c r="BR214" s="1"/>
+      <c r="BS214" s="1"/>
+    </row>
+    <row r="215" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="C215" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C215" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>378</v>
+        <v>359</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I215" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J215" s="1">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="K215" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L215" s="1" t="s">
-        <v>37</v>
+        <v>109</v>
       </c>
       <c r="M215" s="1" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-    <row r="216" spans="1:37" s="17" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N215" s="3"/>
+      <c r="O215" s="1"/>
+      <c r="P215" s="1"/>
+      <c r="Q215" s="1"/>
+      <c r="R215" s="1"/>
+      <c r="S215" s="1"/>
+      <c r="T215" s="1"/>
+      <c r="U215" s="1"/>
+      <c r="V215" s="1"/>
+      <c r="W215" s="1"/>
+      <c r="X215" s="1"/>
+      <c r="Y215" s="1"/>
+      <c r="Z215" s="1"/>
+      <c r="AA215" s="1"/>
+      <c r="AB215" s="1"/>
+      <c r="AC215" s="1"/>
+      <c r="AD215" s="1"/>
+      <c r="AE215" s="1"/>
+      <c r="AF215" s="1"/>
+      <c r="AG215" s="1"/>
+      <c r="AH215" s="1"/>
+      <c r="AI215" s="1"/>
+      <c r="AJ215" s="1"/>
+      <c r="AK215" s="1"/>
+      <c r="AL215" s="1"/>
+      <c r="AM215" s="1"/>
+      <c r="AN215" s="1"/>
+      <c r="AO215" s="1"/>
+      <c r="AP215" s="1"/>
+      <c r="AQ215" s="1"/>
+      <c r="AR215" s="1"/>
+      <c r="AS215" s="1"/>
+      <c r="AT215" s="1"/>
+      <c r="AU215" s="1"/>
+      <c r="AV215" s="1"/>
+      <c r="AW215" s="1"/>
+      <c r="AX215" s="1"/>
+      <c r="AY215" s="1"/>
+      <c r="AZ215" s="1"/>
+      <c r="BA215" s="1"/>
+      <c r="BB215" s="1"/>
+      <c r="BC215" s="1"/>
+      <c r="BD215" s="1"/>
+      <c r="BE215" s="1"/>
+      <c r="BF215" s="1"/>
+      <c r="BG215" s="1"/>
+      <c r="BH215" s="1"/>
+      <c r="BI215" s="1"/>
+      <c r="BJ215" s="1"/>
+      <c r="BK215" s="1"/>
+      <c r="BL215" s="1"/>
+      <c r="BM215" s="1"/>
+      <c r="BN215" s="1"/>
+      <c r="BO215" s="1"/>
+      <c r="BP215" s="1"/>
+      <c r="BQ215" s="1"/>
+      <c r="BR215" s="1"/>
+      <c r="BS215" s="1"/>
+    </row>
+    <row r="216" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="C216" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C216" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>378</v>
+        <v>359</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I216" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J216" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K216" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L216" s="1" t="s">
-        <v>37</v>
+        <v>109</v>
       </c>
       <c r="M216" s="1" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-    <row r="217" spans="1:37" s="17" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N216" s="3"/>
+      <c r="O216" s="1"/>
+      <c r="P216" s="1"/>
+      <c r="Q216" s="1"/>
+      <c r="R216" s="1"/>
+      <c r="S216" s="1"/>
+      <c r="T216" s="1"/>
+      <c r="U216" s="1"/>
+      <c r="V216" s="1"/>
+      <c r="W216" s="1"/>
+      <c r="X216" s="1"/>
+      <c r="Y216" s="1"/>
+      <c r="Z216" s="1"/>
+      <c r="AA216" s="1"/>
+      <c r="AB216" s="1"/>
+      <c r="AC216" s="1"/>
+      <c r="AD216" s="1"/>
+      <c r="AE216" s="1"/>
+      <c r="AF216" s="1"/>
+      <c r="AG216" s="1"/>
+      <c r="AH216" s="1"/>
+      <c r="AI216" s="1"/>
+      <c r="AJ216" s="1"/>
+      <c r="AK216" s="1"/>
+      <c r="AL216" s="1"/>
+      <c r="AM216" s="1"/>
+      <c r="AN216" s="1"/>
+      <c r="AO216" s="1"/>
+      <c r="AP216" s="1"/>
+      <c r="AQ216" s="1"/>
+      <c r="AR216" s="1"/>
+      <c r="AS216" s="1"/>
+      <c r="AT216" s="1"/>
+      <c r="AU216" s="1"/>
+      <c r="AV216" s="1"/>
+      <c r="AW216" s="1"/>
+      <c r="AX216" s="1"/>
+      <c r="AY216" s="1"/>
+      <c r="AZ216" s="1"/>
+      <c r="BA216" s="1"/>
+      <c r="BB216" s="1"/>
+      <c r="BC216" s="1"/>
+      <c r="BD216" s="1"/>
+      <c r="BE216" s="1"/>
+      <c r="BF216" s="1"/>
+      <c r="BG216" s="1"/>
+      <c r="BH216" s="1"/>
+      <c r="BI216" s="1"/>
+      <c r="BJ216" s="1"/>
+      <c r="BK216" s="1"/>
+      <c r="BL216" s="1"/>
+      <c r="BM216" s="1"/>
+      <c r="BN216" s="1"/>
+      <c r="BO216" s="1"/>
+      <c r="BP216" s="1"/>
+      <c r="BQ216" s="1"/>
+      <c r="BR216" s="1"/>
+      <c r="BS216" s="1"/>
+    </row>
+    <row r="217" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A217" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C217" s="4" t="s">
-        <v>33</v>
+      <c r="C217" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>379</v>
+        <v>366</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H217" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I217" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J217" s="1">
+        <v>48</v>
+      </c>
+      <c r="K217" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="L217" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="M217" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="N217" s="3"/>
+      <c r="O217" s="1"/>
+      <c r="P217" s="1"/>
+      <c r="Q217" s="1"/>
+      <c r="R217" s="1"/>
+      <c r="S217" s="1"/>
+      <c r="T217" s="1"/>
+      <c r="U217" s="1"/>
+      <c r="V217" s="1"/>
+      <c r="W217" s="1"/>
+      <c r="X217" s="1"/>
+      <c r="Y217" s="1"/>
+      <c r="Z217" s="1"/>
+      <c r="AA217" s="1"/>
+      <c r="AB217" s="1"/>
+      <c r="AC217" s="1"/>
+      <c r="AD217" s="1"/>
+      <c r="AE217" s="1"/>
+      <c r="AF217" s="1"/>
+      <c r="AG217" s="1"/>
+      <c r="AH217" s="1"/>
+      <c r="AI217" s="1"/>
+      <c r="AJ217" s="1"/>
+      <c r="AK217" s="1"/>
+      <c r="AL217" s="1"/>
+      <c r="AM217" s="1"/>
+      <c r="AN217" s="1"/>
+      <c r="AO217" s="1"/>
+      <c r="AP217" s="1"/>
+      <c r="AQ217" s="1"/>
+      <c r="AR217" s="1"/>
+      <c r="AS217" s="1"/>
+      <c r="AT217" s="1"/>
+      <c r="AU217" s="1"/>
+      <c r="AV217" s="1"/>
+      <c r="AW217" s="1"/>
+      <c r="AX217" s="1"/>
+      <c r="AY217" s="1"/>
+      <c r="AZ217" s="1"/>
+      <c r="BA217" s="1"/>
+      <c r="BB217" s="1"/>
+      <c r="BC217" s="1"/>
+      <c r="BD217" s="1"/>
+      <c r="BE217" s="1"/>
+      <c r="BF217" s="1"/>
+      <c r="BG217" s="1"/>
+      <c r="BH217" s="1"/>
+      <c r="BI217" s="1"/>
+      <c r="BJ217" s="1"/>
+      <c r="BK217" s="1"/>
+      <c r="BL217" s="1"/>
+      <c r="BM217" s="1"/>
+      <c r="BN217" s="1"/>
+      <c r="BO217" s="1"/>
+      <c r="BP217" s="1"/>
+      <c r="BQ217" s="1"/>
+      <c r="BR217" s="1"/>
+      <c r="BS217" s="1"/>
+    </row>
+    <row r="218" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C218" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E218" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H218" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="K217" s="1" t="s">
+      <c r="I218" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J218" s="1">
+        <v>1</v>
+      </c>
+      <c r="K218" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L218" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M218" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="N218" s="3"/>
+      <c r="O218" s="1"/>
+      <c r="P218" s="1"/>
+      <c r="Q218" s="1"/>
+      <c r="R218" s="1"/>
+      <c r="S218" s="1"/>
+      <c r="T218" s="1"/>
+      <c r="U218" s="1"/>
+      <c r="V218" s="1"/>
+      <c r="W218" s="1"/>
+      <c r="X218" s="1"/>
+      <c r="Y218" s="1"/>
+      <c r="Z218" s="1"/>
+      <c r="AA218" s="1"/>
+      <c r="AB218" s="1"/>
+      <c r="AC218" s="1"/>
+      <c r="AD218" s="1"/>
+      <c r="AE218" s="1"/>
+      <c r="AF218" s="1"/>
+      <c r="AG218" s="1"/>
+      <c r="AH218" s="1"/>
+      <c r="AI218" s="1"/>
+      <c r="AJ218" s="1"/>
+      <c r="AK218" s="1"/>
+      <c r="AL218" s="1"/>
+      <c r="AM218" s="1"/>
+      <c r="AN218" s="1"/>
+      <c r="AO218" s="1"/>
+      <c r="AP218" s="1"/>
+      <c r="AQ218" s="1"/>
+      <c r="AR218" s="1"/>
+      <c r="AS218" s="1"/>
+      <c r="AT218" s="1"/>
+      <c r="AU218" s="1"/>
+      <c r="AV218" s="1"/>
+      <c r="AW218" s="1"/>
+      <c r="AX218" s="1"/>
+      <c r="AY218" s="1"/>
+      <c r="AZ218" s="1"/>
+      <c r="BA218" s="1"/>
+      <c r="BB218" s="1"/>
+      <c r="BC218" s="1"/>
+      <c r="BD218" s="1"/>
+      <c r="BE218" s="1"/>
+      <c r="BF218" s="1"/>
+      <c r="BG218" s="1"/>
+      <c r="BH218" s="1"/>
+      <c r="BI218" s="1"/>
+      <c r="BJ218" s="1"/>
+      <c r="BK218" s="1"/>
+      <c r="BL218" s="1"/>
+      <c r="BM218" s="1"/>
+      <c r="BN218" s="1"/>
+      <c r="BO218" s="1"/>
+      <c r="BP218" s="1"/>
+      <c r="BQ218" s="1"/>
+      <c r="BR218" s="1"/>
+      <c r="BS218" s="1"/>
+    </row>
+    <row r="219" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C219" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E219" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="F219" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="L217" s="1" t="s">
-[...67 lines deleted...]
-      </c>
       <c r="G219" s="1" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H219" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I219" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J219" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="K219" s="1" t="s">
-        <v>118</v>
+        <v>34</v>
       </c>
       <c r="L219" s="1" t="s">
-        <v>118</v>
+        <v>61</v>
       </c>
       <c r="M219" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-    <row r="220" spans="1:37" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N219" s="3"/>
+      <c r="O219" s="1"/>
+      <c r="P219" s="1"/>
+      <c r="Q219" s="1"/>
+      <c r="R219" s="1"/>
+      <c r="S219" s="1"/>
+      <c r="T219" s="1"/>
+      <c r="U219" s="1"/>
+      <c r="V219" s="1"/>
+      <c r="W219" s="1"/>
+      <c r="X219" s="1"/>
+      <c r="Y219" s="1"/>
+      <c r="Z219" s="1"/>
+      <c r="AA219" s="1"/>
+      <c r="AB219" s="1"/>
+      <c r="AC219" s="1"/>
+      <c r="AD219" s="1"/>
+      <c r="AE219" s="1"/>
+      <c r="AF219" s="1"/>
+      <c r="AG219" s="1"/>
+      <c r="AH219" s="1"/>
+      <c r="AI219" s="1"/>
+      <c r="AJ219" s="1"/>
+      <c r="AK219" s="1"/>
+      <c r="AL219" s="1"/>
+      <c r="AM219" s="1"/>
+      <c r="AN219" s="1"/>
+      <c r="AO219" s="1"/>
+      <c r="AP219" s="1"/>
+      <c r="AQ219" s="1"/>
+      <c r="AR219" s="1"/>
+      <c r="AS219" s="1"/>
+      <c r="AT219" s="1"/>
+      <c r="AU219" s="1"/>
+      <c r="AV219" s="1"/>
+      <c r="AW219" s="1"/>
+      <c r="AX219" s="1"/>
+      <c r="AY219" s="1"/>
+      <c r="AZ219" s="1"/>
+      <c r="BA219" s="1"/>
+      <c r="BB219" s="1"/>
+      <c r="BC219" s="1"/>
+      <c r="BD219" s="1"/>
+      <c r="BE219" s="1"/>
+      <c r="BF219" s="1"/>
+      <c r="BG219" s="1"/>
+      <c r="BH219" s="1"/>
+      <c r="BI219" s="1"/>
+      <c r="BJ219" s="1"/>
+      <c r="BK219" s="1"/>
+      <c r="BL219" s="1"/>
+      <c r="BM219" s="1"/>
+      <c r="BN219" s="1"/>
+      <c r="BO219" s="1"/>
+      <c r="BP219" s="1"/>
+      <c r="BQ219" s="1"/>
+      <c r="BR219" s="1"/>
+      <c r="BS219" s="1"/>
+    </row>
+    <row r="220" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C220" s="4" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E220" s="1" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>146</v>
+        <v>34</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H220" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I220" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J220" s="1">
         <v>1</v>
       </c>
       <c r="K220" s="1" t="s">
-        <v>118</v>
+        <v>34</v>
       </c>
       <c r="L220" s="1" t="s">
-        <v>118</v>
+        <v>61</v>
       </c>
       <c r="M220" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-    <row r="221" spans="1:37" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N220" s="3"/>
+    </row>
+    <row r="221" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>25</v>
+      </c>
+      <c r="C221" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>389</v>
+        <v>331</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>391</v>
+        <v>375</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>392</v>
+        <v>34</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H221" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I221" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J221" s="1">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="K221" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L221" s="1" t="s">
         <v>37</v>
       </c>
       <c r="M221" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="222" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+      <c r="N221" s="3"/>
+    </row>
+    <row r="222" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>25</v>
+      </c>
+      <c r="C222" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>389</v>
+        <v>331</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>391</v>
+        <v>375</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>392</v>
+        <v>34</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H222" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I222" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J222" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K222" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L222" s="1" t="s">
         <v>37</v>
       </c>
       <c r="M222" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="223" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+      <c r="N222" s="3"/>
+    </row>
+    <row r="223" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C223" s="1" t="s">
+      <c r="C223" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>389</v>
+        <v>331</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>393</v>
+        <v>376</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H223" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I223" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J223" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="K223" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L223" s="1" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="M223" s="1" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="N223" s="3"/>
     </row>
-    <row r="224" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A224" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C224" s="1" t="s">
+      <c r="C224" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>389</v>
+        <v>331</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>393</v>
+        <v>376</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H224" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I224" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J224" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K224" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L224" s="1" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="M224" s="1" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="N224" s="3"/>
     </row>
-    <row r="225" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A225" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C225" s="1" t="s">
-        <v>33</v>
+      <c r="C225" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>389</v>
+        <v>331</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>394</v>
+        <v>377</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H225" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I225" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J225" s="1">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="K225" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="L225" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="M225" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-    <row r="226" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>144</v>
+      </c>
+      <c r="N225" s="3"/>
+    </row>
+    <row r="226" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A226" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C226" s="1" t="s">
-        <v>33</v>
+      <c r="C226" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>389</v>
+        <v>331</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>394</v>
+        <v>377</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H226" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I226" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J226" s="1">
         <v>1</v>
       </c>
       <c r="K226" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="L226" s="1" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="M226" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-    <row r="227" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>144</v>
+      </c>
+      <c r="N226" s="3"/>
+    </row>
+    <row r="227" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A227" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>397</v>
+        <v>387</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>34</v>
+        <v>388</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I227" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J227" s="1">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="K227" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L227" s="1" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="M227" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="228" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N227" s="5"/>
+      <c r="O227" s="6"/>
+      <c r="P227" s="6"/>
+      <c r="Q227" s="6"/>
+      <c r="R227" s="6"/>
+      <c r="S227" s="6"/>
+      <c r="T227" s="6"/>
+      <c r="U227" s="6"/>
+      <c r="V227" s="6"/>
+      <c r="W227" s="6"/>
+      <c r="X227" s="6"/>
+      <c r="Y227" s="6"/>
+      <c r="Z227" s="6"/>
+      <c r="AA227" s="6"/>
+      <c r="AB227" s="6"/>
+      <c r="AC227" s="6"/>
+      <c r="AD227" s="6"/>
+      <c r="AE227" s="6"/>
+      <c r="AF227" s="6"/>
+      <c r="AG227" s="6"/>
+      <c r="AH227" s="6"/>
+      <c r="AI227" s="6"/>
+      <c r="AJ227" s="6"/>
+      <c r="AK227" s="6"/>
+      <c r="AL227" s="6"/>
+      <c r="AM227" s="6"/>
+      <c r="AN227" s="6"/>
+      <c r="AO227" s="6"/>
+      <c r="AP227" s="6"/>
+      <c r="AQ227" s="6"/>
+      <c r="AR227" s="6"/>
+      <c r="AS227" s="6"/>
+      <c r="AT227" s="6"/>
+      <c r="AU227" s="6"/>
+      <c r="AV227" s="6"/>
+      <c r="AW227" s="6"/>
+      <c r="AX227" s="6"/>
+      <c r="AY227" s="6"/>
+      <c r="AZ227" s="6"/>
+      <c r="BA227" s="6"/>
+      <c r="BB227" s="6"/>
+      <c r="BC227" s="6"/>
+      <c r="BD227" s="6"/>
+      <c r="BE227" s="6"/>
+      <c r="BF227" s="6"/>
+      <c r="BG227" s="6"/>
+      <c r="BH227" s="6"/>
+      <c r="BI227" s="6"/>
+      <c r="BJ227" s="6"/>
+      <c r="BK227" s="6"/>
+      <c r="BL227" s="6"/>
+      <c r="BM227" s="6"/>
+      <c r="BN227" s="6"/>
+      <c r="BO227" s="6"/>
+      <c r="BP227" s="6"/>
+      <c r="BQ227" s="6"/>
+      <c r="BR227" s="6"/>
+      <c r="BS227" s="6"/>
+    </row>
+    <row r="228" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B228" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>397</v>
+        <v>387</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>34</v>
+        <v>388</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H228" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I228" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J228" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K228" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L228" s="1" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="M228" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="229" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N228" s="5"/>
+      <c r="O228" s="6"/>
+      <c r="P228" s="6"/>
+      <c r="Q228" s="6"/>
+      <c r="R228" s="6"/>
+      <c r="S228" s="6"/>
+      <c r="T228" s="6"/>
+      <c r="U228" s="6"/>
+      <c r="V228" s="6"/>
+      <c r="W228" s="6"/>
+      <c r="X228" s="6"/>
+      <c r="Y228" s="6"/>
+      <c r="Z228" s="6"/>
+      <c r="AA228" s="6"/>
+      <c r="AB228" s="6"/>
+      <c r="AC228" s="6"/>
+      <c r="AD228" s="6"/>
+      <c r="AE228" s="6"/>
+      <c r="AF228" s="6"/>
+      <c r="AG228" s="6"/>
+      <c r="AH228" s="6"/>
+      <c r="AI228" s="6"/>
+      <c r="AJ228" s="6"/>
+      <c r="AK228" s="6"/>
+      <c r="AL228" s="6"/>
+      <c r="AM228" s="6"/>
+      <c r="AN228" s="6"/>
+      <c r="AO228" s="6"/>
+      <c r="AP228" s="6"/>
+      <c r="AQ228" s="6"/>
+      <c r="AR228" s="6"/>
+      <c r="AS228" s="6"/>
+      <c r="AT228" s="6"/>
+      <c r="AU228" s="6"/>
+      <c r="AV228" s="6"/>
+      <c r="AW228" s="6"/>
+      <c r="AX228" s="6"/>
+      <c r="AY228" s="6"/>
+      <c r="AZ228" s="6"/>
+      <c r="BA228" s="6"/>
+      <c r="BB228" s="6"/>
+      <c r="BC228" s="6"/>
+      <c r="BD228" s="6"/>
+      <c r="BE228" s="6"/>
+      <c r="BF228" s="6"/>
+      <c r="BG228" s="6"/>
+      <c r="BH228" s="6"/>
+      <c r="BI228" s="6"/>
+      <c r="BJ228" s="6"/>
+      <c r="BK228" s="6"/>
+      <c r="BL228" s="6"/>
+      <c r="BM228" s="6"/>
+      <c r="BN228" s="6"/>
+      <c r="BO228" s="6"/>
+      <c r="BP228" s="6"/>
+      <c r="BQ228" s="6"/>
+      <c r="BR228" s="6"/>
+      <c r="BS228" s="6"/>
+    </row>
+    <row r="229" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C229" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D229" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="E229" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="E229" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F229" s="1" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I229" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J229" s="1">
         <v>19</v>
       </c>
       <c r="K229" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L229" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="M229" s="1" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-    <row r="230" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>56</v>
+      </c>
+      <c r="N229" s="3"/>
+    </row>
+    <row r="230" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A230" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C230" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D230" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="E230" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="E230" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F230" s="1" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H230" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I230" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J230" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K230" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L230" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="M230" s="1" t="s">
-        <v>285</v>
+        <v>56</v>
       </c>
       <c r="N230" s="3"/>
     </row>
-    <row r="231" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A231" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>34</v>
+        <v>144</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H231" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I231" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J231" s="1">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="K231" s="1" t="s">
-        <v>34</v>
+        <v>116</v>
       </c>
       <c r="L231" s="1" t="s">
-        <v>61</v>
+        <v>116</v>
       </c>
       <c r="M231" s="1" t="s">
-        <v>62</v>
+        <v>144</v>
       </c>
       <c r="N231" s="3"/>
     </row>
-    <row r="232" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A232" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>34</v>
+        <v>144</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H232" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I232" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J232" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K232" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L232" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M232" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="N232" s="3"/>
+    </row>
+    <row r="233" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A233" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="E233" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="F233" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="L232" s="1" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="G233" s="1" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="H233" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I233" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J233" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K233" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="L233" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="M233" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="234" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N233" s="3"/>
+    </row>
+    <row r="234" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A234" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>418</v>
+        <v>385</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>421</v>
+        <v>393</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I234" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J234" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="K234" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L234" s="1" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="M234" s="1" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="N234" s="3"/>
-    </row>
-    <row r="235" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O234" s="1"/>
+      <c r="P234" s="1"/>
+      <c r="Q234" s="1"/>
+      <c r="R234" s="1"/>
+      <c r="S234" s="1"/>
+      <c r="T234" s="1"/>
+      <c r="U234" s="1"/>
+      <c r="V234" s="1"/>
+      <c r="W234" s="1"/>
+      <c r="X234" s="1"/>
+      <c r="Y234" s="1"/>
+      <c r="Z234" s="1"/>
+      <c r="AA234" s="1"/>
+      <c r="AB234" s="1"/>
+      <c r="AC234" s="1"/>
+      <c r="AD234" s="1"/>
+      <c r="AE234" s="1"/>
+      <c r="AF234" s="1"/>
+      <c r="AG234" s="1"/>
+      <c r="AH234" s="1"/>
+      <c r="AI234" s="1"/>
+      <c r="AJ234" s="1"/>
+      <c r="AK234" s="1"/>
+      <c r="AL234" s="1"/>
+      <c r="AM234" s="1"/>
+      <c r="AN234" s="1"/>
+      <c r="AO234" s="1"/>
+      <c r="AP234" s="1"/>
+      <c r="AQ234" s="1"/>
+      <c r="AR234" s="1"/>
+      <c r="AS234" s="1"/>
+      <c r="AT234" s="1"/>
+      <c r="AU234" s="1"/>
+      <c r="AV234" s="1"/>
+      <c r="AW234" s="1"/>
+      <c r="AX234" s="1"/>
+      <c r="AY234" s="1"/>
+      <c r="AZ234" s="1"/>
+      <c r="BA234" s="1"/>
+      <c r="BB234" s="1"/>
+      <c r="BC234" s="1"/>
+      <c r="BD234" s="1"/>
+      <c r="BE234" s="1"/>
+      <c r="BF234" s="1"/>
+      <c r="BG234" s="1"/>
+      <c r="BH234" s="1"/>
+      <c r="BI234" s="1"/>
+      <c r="BJ234" s="1"/>
+      <c r="BK234" s="1"/>
+      <c r="BL234" s="1"/>
+      <c r="BM234" s="1"/>
+      <c r="BN234" s="1"/>
+      <c r="BO234" s="1"/>
+      <c r="BP234" s="1"/>
+      <c r="BQ234" s="1"/>
+      <c r="BR234" s="1"/>
+      <c r="BS234" s="1"/>
+    </row>
+    <row r="235" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>418</v>
+        <v>385</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>425</v>
+        <v>394</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I235" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J235" s="1">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="K235" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L235" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="M235" s="1" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-    <row r="236" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>285</v>
+      </c>
+      <c r="N235" s="19"/>
+    </row>
+    <row r="236" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A236" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>418</v>
+        <v>385</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>429</v>
+        <v>394</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>422</v>
+        <v>34</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H236" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I236" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J236" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="K236" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L236" s="1" t="s">
-        <v>44</v>
+        <v>109</v>
       </c>
       <c r="M236" s="1" t="s">
-        <v>67</v>
-[...26 lines deleted...]
-    <row r="237" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>285</v>
+      </c>
+      <c r="N236" s="19"/>
+    </row>
+    <row r="237" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A237" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C237" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>418</v>
+        <v>385</v>
       </c>
       <c r="E237" s="1" t="s">
-        <v>431</v>
+        <v>395</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H237" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I237" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J237" s="1">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="K237" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L237" s="1" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="M237" s="1" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="N237" s="3"/>
     </row>
-    <row r="238" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="1" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>445</v>
+        <v>581</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>24</v>
       </c>
       <c r="C238" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-        <v>444</v>
+        <v>385</v>
+      </c>
+      <c r="E238" s="1" t="s">
+        <v>395</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H238" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I238" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J238" s="1">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="K238" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L238" s="1" t="s">
-        <v>111</v>
+        <v>61</v>
       </c>
       <c r="M238" s="1" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-    <row r="239" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N238" s="3"/>
+    </row>
+    <row r="239" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A239" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>19</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>446</v>
+        <v>413</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>447</v>
+        <v>414</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>34</v>
+        <v>415</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="H239" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I239" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J239" s="1">
-        <v>186</v>
+        <v>9</v>
       </c>
       <c r="K239" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L239" s="1" t="s">
-        <v>111</v>
+        <v>59</v>
       </c>
       <c r="M239" s="1" t="s">
-        <v>112</v>
+        <v>14</v>
       </c>
       <c r="N239" s="3"/>
     </row>
-    <row r="240" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>19</v>
+      </c>
+      <c r="C240" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>446</v>
+        <v>413</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>447</v>
+        <v>416</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I240" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J240" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="K240" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L240" s="1" t="s">
-        <v>111</v>
+        <v>66</v>
       </c>
       <c r="M240" s="1" t="s">
-        <v>112</v>
+        <v>67</v>
       </c>
       <c r="N240" s="3"/>
     </row>
-    <row r="241" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C241" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>446</v>
+        <v>413</v>
       </c>
       <c r="E241" s="1" t="s">
-        <v>449</v>
+        <v>420</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H241" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I241" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J241" s="1">
-        <v>104</v>
+        <v>2</v>
       </c>
       <c r="K241" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L241" s="1" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="M241" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="242" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N241" s="3"/>
+    </row>
+    <row r="242" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C242" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>446</v>
+        <v>413</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>449</v>
+        <v>424</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>50</v>
+        <v>417</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J242" s="1">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="K242" s="1" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L242" s="1" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="M242" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="243" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N242" s="3"/>
+    </row>
+    <row r="243" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C243" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>446</v>
+        <v>413</v>
       </c>
       <c r="E243" s="1" t="s">
-        <v>449</v>
+        <v>426</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H243" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I243" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J243" s="1">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="K243" s="1" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L243" s="1" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="M243" s="1" t="s">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="N243" s="3"/>
     </row>
-    <row r="244" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A244" s="1" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>581</v>
+      </c>
+      <c r="B244" s="11" t="s">
+        <v>440</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>449</v>
+        <v>438</v>
+      </c>
+      <c r="E244" s="4" t="s">
+        <v>439</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H244" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I244" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J244" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K244" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L244" s="1" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="M244" s="1" t="s">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="N244" s="3"/>
     </row>
-    <row r="245" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="C245" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="C245" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H245" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I245" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J245" s="1">
-        <v>86</v>
+        <v>186</v>
       </c>
       <c r="K245" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L245" s="1" t="s">
-        <v>37</v>
+        <v>109</v>
       </c>
       <c r="M245" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="N245" s="3"/>
     </row>
-    <row r="246" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A246" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="C246" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="C246" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E246" s="1" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G246" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H246" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I246" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J246" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="K246" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L246" s="1" t="s">
-        <v>37</v>
+        <v>109</v>
       </c>
       <c r="M246" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="N246" s="3"/>
     </row>
-    <row r="247" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A247" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>581</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>454</v>
+        <v>40</v>
       </c>
       <c r="H247" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I247" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J247" s="1">
-        <v>61</v>
+        <v>86</v>
       </c>
       <c r="K247" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L247" s="1" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="M247" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="248" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+      <c r="N247" s="17"/>
+      <c r="O247" s="18"/>
+      <c r="P247" s="18"/>
+      <c r="Q247" s="18"/>
+      <c r="R247" s="18"/>
+      <c r="S247" s="18"/>
+      <c r="T247" s="18"/>
+      <c r="U247" s="18"/>
+      <c r="V247" s="18"/>
+      <c r="W247" s="18"/>
+      <c r="X247" s="18"/>
+      <c r="Y247" s="18"/>
+      <c r="Z247" s="18"/>
+      <c r="AA247" s="18"/>
+      <c r="AB247" s="18"/>
+      <c r="AC247" s="18"/>
+      <c r="AD247" s="18"/>
+      <c r="AE247" s="18"/>
+      <c r="AF247" s="18"/>
+      <c r="AG247" s="18"/>
+      <c r="AH247" s="18"/>
+      <c r="AI247" s="18"/>
+      <c r="AJ247" s="18"/>
+      <c r="AK247" s="18"/>
+      <c r="AL247" s="18"/>
+      <c r="AM247" s="18"/>
+      <c r="AN247" s="18"/>
+      <c r="AO247" s="18"/>
+      <c r="AP247" s="18"/>
+      <c r="AQ247" s="18"/>
+      <c r="AR247" s="18"/>
+      <c r="AS247" s="18"/>
+      <c r="AT247" s="18"/>
+      <c r="AU247" s="18"/>
+      <c r="AV247" s="18"/>
+      <c r="AW247" s="18"/>
+      <c r="AX247" s="18"/>
+      <c r="AY247" s="18"/>
+      <c r="AZ247" s="18"/>
+      <c r="BA247" s="18"/>
+      <c r="BB247" s="18"/>
+      <c r="BC247" s="18"/>
+      <c r="BD247" s="18"/>
+      <c r="BE247" s="18"/>
+      <c r="BF247" s="18"/>
+      <c r="BG247" s="18"/>
+      <c r="BH247" s="18"/>
+      <c r="BI247" s="18"/>
+      <c r="BJ247" s="18"/>
+      <c r="BK247" s="18"/>
+      <c r="BL247" s="18"/>
+      <c r="BM247" s="18"/>
+      <c r="BN247" s="18"/>
+      <c r="BO247" s="18"/>
+      <c r="BP247" s="18"/>
+      <c r="BQ247" s="18"/>
+      <c r="BR247" s="18"/>
+      <c r="BS247" s="18"/>
+    </row>
+    <row r="248" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A248" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>581</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>454</v>
+        <v>40</v>
       </c>
       <c r="H248" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I248" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J248" s="1">
         <v>8</v>
       </c>
       <c r="K248" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L248" s="1" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="M248" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="249" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+      <c r="N248" s="5"/>
+      <c r="O248" s="6"/>
+      <c r="P248" s="6"/>
+      <c r="Q248" s="6"/>
+      <c r="R248" s="6"/>
+      <c r="S248" s="6"/>
+      <c r="T248" s="6"/>
+      <c r="U248" s="6"/>
+      <c r="V248" s="6"/>
+      <c r="W248" s="6"/>
+      <c r="X248" s="6"/>
+      <c r="Y248" s="6"/>
+      <c r="Z248" s="6"/>
+      <c r="AA248" s="6"/>
+      <c r="AB248" s="6"/>
+      <c r="AC248" s="6"/>
+      <c r="AD248" s="6"/>
+      <c r="AE248" s="6"/>
+      <c r="AF248" s="6"/>
+      <c r="AG248" s="6"/>
+      <c r="AH248" s="6"/>
+      <c r="AI248" s="6"/>
+      <c r="AJ248" s="6"/>
+      <c r="AK248" s="6"/>
+      <c r="AL248" s="6"/>
+      <c r="AM248" s="6"/>
+      <c r="AN248" s="6"/>
+      <c r="AO248" s="6"/>
+      <c r="AP248" s="6"/>
+      <c r="AQ248" s="6"/>
+      <c r="AR248" s="6"/>
+      <c r="AS248" s="6"/>
+      <c r="AT248" s="6"/>
+      <c r="AU248" s="6"/>
+      <c r="AV248" s="6"/>
+      <c r="AW248" s="6"/>
+      <c r="AX248" s="6"/>
+      <c r="AY248" s="6"/>
+      <c r="AZ248" s="6"/>
+      <c r="BA248" s="6"/>
+      <c r="BB248" s="6"/>
+      <c r="BC248" s="6"/>
+      <c r="BD248" s="6"/>
+      <c r="BE248" s="6"/>
+      <c r="BF248" s="6"/>
+      <c r="BG248" s="6"/>
+      <c r="BH248" s="6"/>
+      <c r="BI248" s="6"/>
+      <c r="BJ248" s="6"/>
+      <c r="BK248" s="6"/>
+      <c r="BL248" s="6"/>
+      <c r="BM248" s="6"/>
+      <c r="BN248" s="6"/>
+      <c r="BO248" s="6"/>
+      <c r="BP248" s="6"/>
+      <c r="BQ248" s="6"/>
+      <c r="BR248" s="6"/>
+      <c r="BS248" s="6"/>
+    </row>
+    <row r="249" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A249" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B249" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C249" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I249" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J249" s="1">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="K249" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L249" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M249" s="1" t="s">
         <v>71</v>
       </c>
       <c r="N249" s="3"/>
     </row>
-    <row r="250" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B250" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C250" s="4" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E250" s="1" t="s">
-        <v>458</v>
+        <v>449</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>128</v>
+        <v>71</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>16</v>
+        <v>450</v>
       </c>
       <c r="H250" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I250" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J250" s="1">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="K250" s="1" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="L250" s="1" t="s">
-        <v>125</v>
+        <v>72</v>
       </c>
       <c r="M250" s="1" t="s">
-        <v>129</v>
+        <v>71</v>
       </c>
       <c r="N250" s="3"/>
     </row>
-    <row r="251" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A251" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B251" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E251" s="1" t="s">
-        <v>458</v>
+        <v>449</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>128</v>
+        <v>71</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>16</v>
+        <v>450</v>
       </c>
       <c r="H251" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I251" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J251" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="K251" s="1" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="L251" s="1" t="s">
-        <v>125</v>
+        <v>72</v>
       </c>
       <c r="M251" s="1" t="s">
-        <v>129</v>
+        <v>71</v>
       </c>
       <c r="N251" s="3"/>
     </row>
-    <row r="252" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A252" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B252" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C252" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E252" s="1" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H252" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I252" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J252" s="1">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="K252" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L252" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="M252" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="N252" s="3"/>
     </row>
-    <row r="253" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A253" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B253" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>460</v>
+        <v>441</v>
+      </c>
+      <c r="E253" s="1" t="s">
+        <v>454</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H253" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I253" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J253" s="1">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="K253" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L253" s="1" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="M253" s="1" t="s">
-        <v>285</v>
+        <v>127</v>
       </c>
       <c r="N253" s="3"/>
     </row>
-    <row r="254" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="254" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A254" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B254" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C254" s="4" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>460</v>
+        <v>441</v>
+      </c>
+      <c r="E254" s="1" t="s">
+        <v>454</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H254" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I254" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J254" s="1">
         <v>4</v>
       </c>
       <c r="K254" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L254" s="1" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="M254" s="1" t="s">
-        <v>285</v>
+        <v>127</v>
       </c>
       <c r="N254" s="3"/>
     </row>
-    <row r="255" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A255" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B255" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C255" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E255" s="8" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H255" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I255" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J255" s="1">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="K255" s="1" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="L255" s="1" t="s">
-        <v>75</v>
+        <v>109</v>
       </c>
       <c r="M255" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="256" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>285</v>
+      </c>
+      <c r="N255" s="3"/>
+    </row>
+    <row r="256" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A256" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B256" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C256" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E256" s="8" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H256" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I256" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J256" s="1">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="K256" s="1" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="L256" s="1" t="s">
-        <v>75</v>
+        <v>109</v>
       </c>
       <c r="M256" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="257" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>285</v>
+      </c>
+      <c r="N256" s="3"/>
+    </row>
+    <row r="257" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A257" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B257" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C257" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E257" s="8" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>76</v>
       </c>
       <c r="G257" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H257" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I257" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J257" s="1">
-        <v>8</v>
+        <v>78</v>
       </c>
       <c r="K257" s="1" t="s">
         <v>74</v>
       </c>
       <c r="L257" s="1" t="s">
         <v>75</v>
       </c>
       <c r="M257" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="N257" s="18"/>
-[...1 lines deleted...]
-    <row r="258" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N257" s="3"/>
+    </row>
+    <row r="258" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A258" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B258" s="4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C258" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>466</v>
+        <v>441</v>
+      </c>
+      <c r="E258" s="8" t="s">
+        <v>457</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="G258" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H258" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I258" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J258" s="1">
         <v>9</v>
       </c>
       <c r="K258" s="1" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="L258" s="1" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="M258" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="259" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+      <c r="N258" s="3"/>
+    </row>
+    <row r="259" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A259" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B259" s="4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C259" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>466</v>
+        <v>441</v>
+      </c>
+      <c r="E259" s="8" t="s">
+        <v>457</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="G259" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H259" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I259" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J259" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="K259" s="1" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="L259" s="1" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="M259" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="260" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+      <c r="N259" s="3"/>
+    </row>
+    <row r="260" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A260" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B260" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C260" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E260" s="1" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>468</v>
+        <v>34</v>
       </c>
       <c r="G260" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H260" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I260" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J260" s="1">
         <v>9</v>
       </c>
       <c r="K260" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L260" s="1" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="M260" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="261" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N260" s="3"/>
+    </row>
+    <row r="261" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A261" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B261" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C261" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E261" s="1" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>468</v>
+        <v>34</v>
       </c>
       <c r="G261" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H261" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I261" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J261" s="1">
         <v>1</v>
       </c>
       <c r="K261" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L261" s="1" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="M261" s="1" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="N261" s="3"/>
     </row>
-    <row r="262" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A262" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B262" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C262" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E262" s="1" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>34</v>
+        <v>464</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>208</v>
+        <v>16</v>
       </c>
       <c r="H262" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>297</v>
+        <v>18</v>
       </c>
       <c r="J262" s="1">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="K262" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L262" s="1" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="M262" s="1" t="s">
-        <v>116</v>
+        <v>56</v>
       </c>
       <c r="N262" s="3"/>
     </row>
-    <row r="263" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="263" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A263" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B263" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C263" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E263" s="1" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>34</v>
+        <v>464</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>208</v>
+        <v>16</v>
       </c>
       <c r="H263" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I263" s="1" t="s">
-        <v>297</v>
+        <v>18</v>
       </c>
       <c r="J263" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K263" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L263" s="1" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="M263" s="1" t="s">
-        <v>116</v>
+        <v>56</v>
       </c>
       <c r="N263" s="3"/>
     </row>
-    <row r="264" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="264" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A264" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B264" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C264" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E264" s="1" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>40</v>
+        <v>207</v>
       </c>
       <c r="H264" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I264" s="1" t="s">
-        <v>18</v>
+        <v>297</v>
       </c>
       <c r="J264" s="1">
         <v>28</v>
       </c>
       <c r="K264" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L264" s="1" t="s">
-        <v>111</v>
+        <v>37</v>
       </c>
       <c r="M264" s="1" t="s">
-        <v>298</v>
+        <v>114</v>
       </c>
       <c r="N264" s="3"/>
     </row>
-    <row r="265" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="265" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A265" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B265" s="4" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>25</v>
+      </c>
+      <c r="C265" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>475</v>
+        <v>441</v>
+      </c>
+      <c r="E265" s="1" t="s">
+        <v>465</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>316</v>
+        <v>207</v>
       </c>
       <c r="H265" s="1" t="s">
-        <v>462</v>
+        <v>26</v>
       </c>
       <c r="I265" s="1" t="s">
-        <v>18</v>
+        <v>297</v>
       </c>
       <c r="J265" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K265" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L265" s="1" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="M265" s="1" t="s">
-        <v>62</v>
+        <v>114</v>
       </c>
       <c r="N265" s="3"/>
     </row>
-    <row r="266" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A266" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B266" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C266" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>49</v>
+        <v>441</v>
       </c>
       <c r="E266" s="1" t="s">
-        <v>477</v>
+        <v>466</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>478</v>
+        <v>34</v>
       </c>
       <c r="G266" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H266" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I266" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J266" s="1">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="K266" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L266" s="1" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="M266" s="1" t="s">
-        <v>476</v>
+        <v>298</v>
       </c>
       <c r="N266" s="3"/>
     </row>
-    <row r="267" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A267" s="1" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>581</v>
+      </c>
+      <c r="B267" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="C267" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E267" s="8" t="s">
+        <v>471</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H267" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="I267" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J267" s="1">
+        <v>1</v>
+      </c>
+      <c r="K267" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L267" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M267" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N267" s="3"/>
+    </row>
+    <row r="268" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A268" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C268" s="1" t="s">
         <v>20</v>
-      </c>
-[...40 lines deleted...]
-        <v>33</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H268" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I268" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J268" s="7">
-        <v>13</v>
+      <c r="J268" s="1">
+        <v>8</v>
       </c>
       <c r="K268" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L268" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M268" s="1" t="s">
-        <v>21</v>
+        <v>472</v>
       </c>
       <c r="N268" s="3"/>
     </row>
-    <row r="269" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A269" s="1" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>581</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>113</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H269" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I269" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J269" s="7">
-        <v>1</v>
+      <c r="J269" s="1">
+        <v>2</v>
       </c>
       <c r="K269" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L269" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M269" s="1" t="s">
-        <v>21</v>
+        <v>472</v>
       </c>
       <c r="N269" s="3"/>
     </row>
-    <row r="270" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="270" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A270" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B270" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C270" s="4" t="s">
+      <c r="C270" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>491</v>
+        <v>475</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>330</v>
+        <v>476</v>
       </c>
       <c r="G270" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H270" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I270" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J270" s="7">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="K270" s="1" t="s">
-        <v>118</v>
+        <v>22</v>
       </c>
       <c r="L270" s="1" t="s">
-        <v>118</v>
+        <v>23</v>
       </c>
       <c r="M270" s="1" t="s">
-        <v>151</v>
+        <v>21</v>
       </c>
       <c r="N270" s="3"/>
     </row>
-    <row r="271" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="271" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A271" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B271" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B271" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>498</v>
+        <v>475</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>499</v>
+        <v>476</v>
       </c>
       <c r="G271" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H271" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I271" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J271" s="7">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K271" s="1" t="s">
-        <v>118</v>
+        <v>22</v>
       </c>
       <c r="L271" s="1" t="s">
-        <v>118</v>
+        <v>23</v>
       </c>
       <c r="M271" s="1" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="N271" s="3"/>
     </row>
-    <row r="272" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="272" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A272" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B272" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C272" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>500</v>
+        <v>487</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>501</v>
+        <v>327</v>
       </c>
       <c r="G272" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H272" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I272" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J272" s="7">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="K272" s="1" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="L272" s="1" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="M272" s="1" t="s">
-        <v>133</v>
+        <v>149</v>
       </c>
       <c r="N272" s="3"/>
     </row>
-    <row r="273" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="273" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A273" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E273" s="1" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H273" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I273" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J273" s="7">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="K273" s="1" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="L273" s="1" t="s">
-        <v>82</v>
+        <v>116</v>
       </c>
       <c r="M273" s="1" t="s">
-        <v>476</v>
-[...3 lines deleted...]
-    <row r="274" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+      <c r="N273" s="19"/>
+    </row>
+    <row r="274" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A274" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B274" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E274" s="1" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H274" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I274" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J274" s="7">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="K274" s="1" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="L274" s="1" t="s">
-        <v>82</v>
+        <v>117</v>
       </c>
       <c r="M274" s="1" t="s">
-        <v>476</v>
-[...3 lines deleted...]
-    <row r="275" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>131</v>
+      </c>
+      <c r="N274" s="19"/>
+    </row>
+    <row r="275" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A275" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E275" s="1" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>316</v>
+        <v>40</v>
       </c>
       <c r="H275" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I275" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J275" s="7">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="K275" s="1" t="s">
-        <v>118</v>
+        <v>22</v>
       </c>
       <c r="L275" s="1" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="M275" s="1" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-    <row r="276" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>472</v>
+      </c>
+      <c r="N275" s="19"/>
+    </row>
+    <row r="276" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A276" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B276" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>514</v>
+        <v>49</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>515</v>
+        <v>498</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>34</v>
+        <v>499</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H276" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>49</v>
+      </c>
+      <c r="J276" s="7">
+        <v>3</v>
       </c>
       <c r="K276" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L276" s="1" t="s">
-        <v>61</v>
+        <v>81</v>
       </c>
       <c r="M276" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="277" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>472</v>
+      </c>
+      <c r="N276" s="19"/>
+    </row>
+    <row r="277" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A277" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>514</v>
+        <v>49</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>34</v>
+        <v>501</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>40</v>
+        <v>313</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>49</v>
+      </c>
+      <c r="J277" s="7">
+        <v>1</v>
       </c>
       <c r="K277" s="1" t="s">
-        <v>34</v>
+        <v>116</v>
       </c>
       <c r="L277" s="1" t="s">
-        <v>61</v>
+        <v>116</v>
       </c>
       <c r="M277" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="278" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>144</v>
+      </c>
+      <c r="N277" s="19"/>
+    </row>
+    <row r="278" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A278" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C278" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>534</v>
+        <v>49</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>535</v>
+        <v>505</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>21</v>
+        <v>506</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>40</v>
+        <v>313</v>
       </c>
       <c r="H278" s="1" t="s">
-        <v>296</v>
+        <v>17</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>49</v>
+      </c>
+      <c r="J278" s="7">
+        <v>1</v>
       </c>
       <c r="K278" s="1" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="L278" s="1" t="s">
-        <v>23</v>
+        <v>81</v>
       </c>
       <c r="M278" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="279" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>50</v>
+      </c>
+      <c r="N278" s="19"/>
+    </row>
+    <row r="279" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A279" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B279" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C279" s="4" t="s">
+        <v>46</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="E279" s="1" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>21</v>
+        <v>185</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H279" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I279" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J279" s="1">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="K279" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L279" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M279" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="280" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>185</v>
+      </c>
+      <c r="N279" s="19"/>
+    </row>
+    <row r="280" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A280" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B280" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C280" s="4" t="s">
+        <v>46</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>21</v>
+        <v>185</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H280" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I280" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J280" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="K280" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L280" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M280" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="281" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>185</v>
+      </c>
+      <c r="N280" s="19"/>
+    </row>
+    <row r="281" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A281" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B281" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C281" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="E281" s="1" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>208</v>
+        <v>16</v>
       </c>
       <c r="H281" s="1" t="s">
-        <v>296</v>
+        <v>17</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>297</v>
+        <v>18</v>
       </c>
       <c r="J281" s="1">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="K281" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L281" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M281" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="N281" s="3"/>
-[...1 lines deleted...]
-    <row r="282" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N281" s="19"/>
+    </row>
+    <row r="282" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A282" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B282" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B282" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C282" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="E282" s="1" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>187</v>
+        <v>21</v>
       </c>
       <c r="G282" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H282" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I282" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J282" s="1">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="K282" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L282" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="M282" s="1" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-    <row r="283" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+      <c r="N282" s="19"/>
+    </row>
+    <row r="283" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A283" s="1" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="B283" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B283" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C283" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="E283" s="1" t="s">
         <v>542</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>187</v>
+        <v>71</v>
       </c>
       <c r="G283" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H283" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I283" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J283" s="1">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
       <c r="K283" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L283" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M283" s="1" t="s">
-        <v>187</v>
+        <v>71</v>
       </c>
       <c r="N283" s="3"/>
     </row>
-    <row r="284" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="284" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A284" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B284" s="4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C284" s="4" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>187</v>
+        <v>71</v>
       </c>
       <c r="G284" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H284" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I284" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J284" s="1">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="K284" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L284" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M284" s="1" t="s">
-        <v>187</v>
-[...26 lines deleted...]
-    <row r="285" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N284" s="3"/>
+    </row>
+    <row r="285" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A285" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B285" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C285" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="E285" s="1" t="s">
         <v>543</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>187</v>
+        <v>544</v>
       </c>
       <c r="G285" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H285" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J285" s="1">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="K285" s="1" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="L285" s="1" t="s">
-        <v>72</v>
+        <v>116</v>
       </c>
       <c r="M285" s="1" t="s">
-        <v>187</v>
-[...26 lines deleted...]
-    <row r="286" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>149</v>
+      </c>
+      <c r="N285" s="3"/>
+    </row>
+    <row r="286" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A286" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B286" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C286" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="E286" s="1" t="s">
         <v>545</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H286" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I286" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J286" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="K286" s="1" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="L286" s="1" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="M286" s="1" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="N286" s="3"/>
     </row>
-    <row r="287" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A287" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B287" s="4" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>25</v>
+      </c>
+      <c r="C287" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="E287" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H287" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J287" s="1">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="K287" s="1" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="L287" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M287" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="N287" s="3"/>
+    </row>
+    <row r="288" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A288" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C288" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="E288" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="F288" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="N287" s="3"/>
-[...19 lines deleted...]
-      </c>
       <c r="G288" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>32</v>
+        <v>296</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>18</v>
+        <v>297</v>
       </c>
       <c r="J288" s="1">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="K288" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L288" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="M288" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="289" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+      <c r="N288" s="19"/>
+    </row>
+    <row r="289" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A289" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>581</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C289" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>546</v>
+        <v>530</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I289" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J289" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="K289" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L289" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="M289" s="1" t="s">
-        <v>71</v>
-[...26 lines deleted...]
-    <row r="290" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+      <c r="N289" s="19"/>
+    </row>
+    <row r="290" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A290" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>581</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C290" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>547</v>
+        <v>530</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>548</v>
+        <v>21</v>
       </c>
       <c r="G290" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H290" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I290" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J290" s="1">
+        <v>1</v>
+      </c>
+      <c r="K290" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L290" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M290" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="N290" s="19"/>
+      <c r="O290" s="1"/>
+      <c r="P290" s="1"/>
+      <c r="Q290" s="1"/>
+      <c r="R290" s="1"/>
+      <c r="S290" s="1"/>
+      <c r="T290" s="1"/>
+      <c r="U290" s="1"/>
+      <c r="V290" s="1"/>
+      <c r="W290" s="1"/>
+      <c r="X290" s="1"/>
+      <c r="Y290" s="1"/>
+      <c r="Z290" s="1"/>
+      <c r="AA290" s="1"/>
+      <c r="AB290" s="1"/>
+      <c r="AC290" s="1"/>
+      <c r="AD290" s="1"/>
+      <c r="AE290" s="1"/>
+      <c r="AF290" s="1"/>
+      <c r="AG290" s="1"/>
+      <c r="AH290" s="1"/>
+      <c r="AI290" s="1"/>
+      <c r="AJ290" s="1"/>
+      <c r="AK290" s="1"/>
+      <c r="AL290" s="1"/>
+      <c r="AM290" s="1"/>
+      <c r="AN290" s="1"/>
+      <c r="AO290" s="1"/>
+      <c r="AP290" s="1"/>
+      <c r="AQ290" s="1"/>
+      <c r="AR290" s="1"/>
+      <c r="AS290" s="1"/>
+      <c r="AT290" s="1"/>
+      <c r="AU290" s="1"/>
+      <c r="AV290" s="1"/>
+      <c r="AW290" s="1"/>
+      <c r="AX290" s="1"/>
+      <c r="AY290" s="1"/>
+      <c r="AZ290" s="1"/>
+      <c r="BA290" s="1"/>
+      <c r="BB290" s="1"/>
+      <c r="BC290" s="1"/>
+      <c r="BD290" s="1"/>
+      <c r="BE290" s="1"/>
+      <c r="BF290" s="1"/>
+      <c r="BG290" s="1"/>
+      <c r="BH290" s="1"/>
+      <c r="BI290" s="1"/>
+      <c r="BJ290" s="1"/>
+      <c r="BK290" s="1"/>
+      <c r="BL290" s="1"/>
+      <c r="BM290" s="1"/>
+      <c r="BN290" s="1"/>
+      <c r="BO290" s="1"/>
+      <c r="BP290" s="1"/>
+      <c r="BQ290" s="1"/>
+      <c r="BR290" s="1"/>
+      <c r="BS290" s="1"/>
+    </row>
+    <row r="291" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A291" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C291" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="E291" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="F291" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H291" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="I291" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="J291" s="1">
+        <v>5</v>
+      </c>
+      <c r="K291" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L291" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M291" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="N291" s="19"/>
+      <c r="O291" s="1"/>
+      <c r="P291" s="1"/>
+      <c r="Q291" s="1"/>
+      <c r="R291" s="1"/>
+      <c r="S291" s="1"/>
+      <c r="T291" s="1"/>
+      <c r="U291" s="1"/>
+      <c r="V291" s="1"/>
+      <c r="W291" s="1"/>
+      <c r="X291" s="1"/>
+      <c r="Y291" s="1"/>
+      <c r="Z291" s="1"/>
+      <c r="AA291" s="1"/>
+      <c r="AB291" s="1"/>
+      <c r="AC291" s="1"/>
+      <c r="AD291" s="1"/>
+      <c r="AE291" s="1"/>
+      <c r="AF291" s="1"/>
+      <c r="AG291" s="1"/>
+      <c r="AH291" s="1"/>
+      <c r="AI291" s="1"/>
+      <c r="AJ291" s="1"/>
+      <c r="AK291" s="1"/>
+      <c r="AL291" s="1"/>
+      <c r="AM291" s="1"/>
+      <c r="AN291" s="1"/>
+      <c r="AO291" s="1"/>
+      <c r="AP291" s="1"/>
+      <c r="AQ291" s="1"/>
+      <c r="AR291" s="1"/>
+      <c r="AS291" s="1"/>
+      <c r="AT291" s="1"/>
+      <c r="AU291" s="1"/>
+      <c r="AV291" s="1"/>
+      <c r="AW291" s="1"/>
+      <c r="AX291" s="1"/>
+      <c r="AY291" s="1"/>
+      <c r="AZ291" s="1"/>
+      <c r="BA291" s="1"/>
+      <c r="BB291" s="1"/>
+      <c r="BC291" s="1"/>
+      <c r="BD291" s="1"/>
+      <c r="BE291" s="1"/>
+      <c r="BF291" s="1"/>
+      <c r="BG291" s="1"/>
+      <c r="BH291" s="1"/>
+      <c r="BI291" s="1"/>
+      <c r="BJ291" s="1"/>
+      <c r="BK291" s="1"/>
+      <c r="BL291" s="1"/>
+      <c r="BM291" s="1"/>
+      <c r="BN291" s="1"/>
+      <c r="BO291" s="1"/>
+      <c r="BP291" s="1"/>
+      <c r="BQ291" s="1"/>
+      <c r="BR291" s="1"/>
+      <c r="BS291" s="1"/>
+    </row>
+    <row r="292" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A292" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C292" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="E292" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="F292" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G292" s="1" t="s">
         <v>16</v>
-      </c>
-[...82 lines deleted...]
-        <v>60</v>
       </c>
       <c r="H292" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J292" s="1">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="K292" s="1" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="L292" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M292" s="1" t="s">
-        <v>50</v>
+        <v>185</v>
       </c>
       <c r="N292" s="3"/>
-    </row>
-    <row r="293" spans="1:37" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O292" s="1"/>
+      <c r="P292" s="1"/>
+      <c r="Q292" s="1"/>
+      <c r="R292" s="1"/>
+      <c r="S292" s="1"/>
+      <c r="T292" s="1"/>
+      <c r="U292" s="1"/>
+      <c r="V292" s="1"/>
+      <c r="W292" s="1"/>
+      <c r="X292" s="1"/>
+      <c r="Y292" s="1"/>
+      <c r="Z292" s="1"/>
+      <c r="AA292" s="1"/>
+      <c r="AB292" s="1"/>
+      <c r="AC292" s="1"/>
+      <c r="AD292" s="1"/>
+      <c r="AE292" s="1"/>
+      <c r="AF292" s="1"/>
+      <c r="AG292" s="1"/>
+      <c r="AH292" s="1"/>
+      <c r="AI292" s="1"/>
+      <c r="AJ292" s="1"/>
+      <c r="AK292" s="1"/>
+      <c r="AL292" s="1"/>
+      <c r="AM292" s="1"/>
+      <c r="AN292" s="1"/>
+      <c r="AO292" s="1"/>
+      <c r="AP292" s="1"/>
+      <c r="AQ292" s="1"/>
+      <c r="AR292" s="1"/>
+      <c r="AS292" s="1"/>
+      <c r="AT292" s="1"/>
+      <c r="AU292" s="1"/>
+      <c r="AV292" s="1"/>
+      <c r="AW292" s="1"/>
+      <c r="AX292" s="1"/>
+      <c r="AY292" s="1"/>
+      <c r="AZ292" s="1"/>
+      <c r="BA292" s="1"/>
+      <c r="BB292" s="1"/>
+      <c r="BC292" s="1"/>
+      <c r="BD292" s="1"/>
+      <c r="BE292" s="1"/>
+      <c r="BF292" s="1"/>
+      <c r="BG292" s="1"/>
+      <c r="BH292" s="1"/>
+      <c r="BI292" s="1"/>
+      <c r="BJ292" s="1"/>
+      <c r="BK292" s="1"/>
+      <c r="BL292" s="1"/>
+      <c r="BM292" s="1"/>
+      <c r="BN292" s="1"/>
+      <c r="BO292" s="1"/>
+      <c r="BP292" s="1"/>
+      <c r="BQ292" s="1"/>
+      <c r="BR292" s="1"/>
+      <c r="BS292" s="1"/>
+    </row>
+    <row r="293" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A293" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="C293" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C293" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>552</v>
+        <v>529</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>553</v>
+        <v>538</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H293" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I293" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J293" s="1">
-        <v>42</v>
+        <v>3</v>
       </c>
       <c r="K293" s="1" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="L293" s="1" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="M293" s="1" t="s">
-        <v>190</v>
-[...26 lines deleted...]
-    <row r="294" spans="1:37" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>185</v>
+      </c>
+      <c r="N293" s="3"/>
+      <c r="O293" s="1"/>
+      <c r="P293" s="1"/>
+      <c r="Q293" s="1"/>
+      <c r="R293" s="1"/>
+      <c r="S293" s="1"/>
+      <c r="T293" s="1"/>
+      <c r="U293" s="1"/>
+      <c r="V293" s="1"/>
+      <c r="W293" s="1"/>
+      <c r="X293" s="1"/>
+      <c r="Y293" s="1"/>
+      <c r="Z293" s="1"/>
+      <c r="AA293" s="1"/>
+      <c r="AB293" s="1"/>
+      <c r="AC293" s="1"/>
+      <c r="AD293" s="1"/>
+      <c r="AE293" s="1"/>
+      <c r="AF293" s="1"/>
+      <c r="AG293" s="1"/>
+      <c r="AH293" s="1"/>
+      <c r="AI293" s="1"/>
+      <c r="AJ293" s="1"/>
+      <c r="AK293" s="1"/>
+      <c r="AL293" s="1"/>
+      <c r="AM293" s="1"/>
+      <c r="AN293" s="1"/>
+      <c r="AO293" s="1"/>
+      <c r="AP293" s="1"/>
+      <c r="AQ293" s="1"/>
+      <c r="AR293" s="1"/>
+      <c r="AS293" s="1"/>
+      <c r="AT293" s="1"/>
+      <c r="AU293" s="1"/>
+      <c r="AV293" s="1"/>
+      <c r="AW293" s="1"/>
+      <c r="AX293" s="1"/>
+      <c r="AY293" s="1"/>
+      <c r="AZ293" s="1"/>
+      <c r="BA293" s="1"/>
+      <c r="BB293" s="1"/>
+      <c r="BC293" s="1"/>
+      <c r="BD293" s="1"/>
+      <c r="BE293" s="1"/>
+      <c r="BF293" s="1"/>
+      <c r="BG293" s="1"/>
+      <c r="BH293" s="1"/>
+      <c r="BI293" s="1"/>
+      <c r="BJ293" s="1"/>
+      <c r="BK293" s="1"/>
+      <c r="BL293" s="1"/>
+      <c r="BM293" s="1"/>
+      <c r="BN293" s="1"/>
+      <c r="BO293" s="1"/>
+      <c r="BP293" s="1"/>
+      <c r="BQ293" s="1"/>
+      <c r="BR293" s="1"/>
+      <c r="BS293" s="1"/>
+    </row>
+    <row r="294" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A294" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C294" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="G294" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H294" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I294" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J294" s="1">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="K294" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L294" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M294" s="1" t="s">
-        <v>190</v>
-[...26 lines deleted...]
-    <row r="295" spans="1:37" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>188</v>
+      </c>
+      <c r="N294" s="3"/>
+    </row>
+    <row r="295" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A295" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H295" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I295" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J295" s="1">
         <v>26</v>
       </c>
-      <c r="I295" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K295" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L295" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M295" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="N295" s="3"/>
+    </row>
+    <row r="296" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A296" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C296" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="E296" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="F296" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="N295" s="15"/>
-[...42 lines deleted...]
-      </c>
       <c r="G296" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H296" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I296" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J296" s="1">
-        <v>39</v>
+        <v>4</v>
       </c>
       <c r="K296" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L296" s="1" t="s">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="M296" s="1" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-    <row r="297" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>188</v>
+      </c>
+      <c r="N296" s="3"/>
+    </row>
+    <row r="297" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A297" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C297" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E297" s="1" t="s">
-        <v>554</v>
+        <v>229</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G297" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H297" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I297" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J297" s="1">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="K297" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L297" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="M297" s="1" t="s">
-        <v>129</v>
-[...26 lines deleted...]
-    <row r="298" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N297" s="3"/>
+    </row>
+    <row r="298" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A298" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C298" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>554</v>
+        <v>229</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G298" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H298" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I298" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J298" s="1">
-        <v>5</v>
+        <v>29</v>
       </c>
       <c r="K298" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L298" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="M298" s="1" t="s">
-        <v>129</v>
-[...26 lines deleted...]
-    <row r="299" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N298" s="3"/>
+    </row>
+    <row r="299" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A299" s="1" t="s">
-        <v>586</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>581</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>555</v>
+        <v>229</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="G299" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H299" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I299" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J299" s="1">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="K299" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L299" s="1" t="s">
-        <v>61</v>
+        <v>123</v>
       </c>
       <c r="M299" s="1" t="s">
-        <v>62</v>
-[...26 lines deleted...]
-    <row r="300" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N299" s="3"/>
+    </row>
+    <row r="300" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A300" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B300" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C300" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G300" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H300" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I300" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J300" s="1">
-        <v>4</v>
+        <v>27</v>
       </c>
       <c r="K300" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L300" s="1" t="s">
         <v>61</v>
       </c>
       <c r="M300" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="N300" s="14"/>
-[...24 lines deleted...]
-    <row r="301" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N300" s="19"/>
+      <c r="O300" s="2"/>
+      <c r="P300" s="2"/>
+      <c r="Q300" s="2"/>
+      <c r="R300" s="2"/>
+      <c r="S300" s="2"/>
+      <c r="T300" s="2"/>
+      <c r="U300" s="2"/>
+      <c r="V300" s="2"/>
+      <c r="W300" s="2"/>
+      <c r="X300" s="2"/>
+      <c r="Y300" s="2"/>
+      <c r="Z300" s="2"/>
+      <c r="AA300" s="2"/>
+      <c r="AB300" s="2"/>
+      <c r="AC300" s="2"/>
+      <c r="AD300" s="2"/>
+      <c r="AE300" s="2"/>
+      <c r="AF300" s="2"/>
+      <c r="AG300" s="2"/>
+      <c r="AH300" s="2"/>
+      <c r="AI300" s="2"/>
+      <c r="AJ300" s="2"/>
+      <c r="AK300" s="2"/>
+      <c r="AL300" s="2"/>
+      <c r="AM300" s="2"/>
+      <c r="AN300" s="2"/>
+      <c r="AO300" s="2"/>
+      <c r="AP300" s="2"/>
+      <c r="AQ300" s="2"/>
+      <c r="AR300" s="2"/>
+      <c r="AS300" s="2"/>
+      <c r="AT300" s="2"/>
+      <c r="AU300" s="2"/>
+      <c r="AV300" s="2"/>
+      <c r="AW300" s="2"/>
+      <c r="AX300" s="2"/>
+      <c r="AY300" s="2"/>
+      <c r="AZ300" s="2"/>
+      <c r="BA300" s="2"/>
+      <c r="BB300" s="2"/>
+      <c r="BC300" s="2"/>
+      <c r="BD300" s="2"/>
+      <c r="BE300" s="2"/>
+      <c r="BF300" s="2"/>
+      <c r="BG300" s="2"/>
+      <c r="BH300" s="2"/>
+      <c r="BI300" s="2"/>
+      <c r="BJ300" s="2"/>
+      <c r="BK300" s="2"/>
+      <c r="BL300" s="2"/>
+      <c r="BM300" s="2"/>
+      <c r="BN300" s="2"/>
+      <c r="BO300" s="2"/>
+      <c r="BP300" s="2"/>
+      <c r="BQ300" s="2"/>
+      <c r="BR300" s="2"/>
+      <c r="BS300" s="2"/>
+    </row>
+    <row r="301" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A301" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B301" s="4" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>559</v>
+        <v>551</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H301" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I301" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J301" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K301" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L301" s="1" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="M301" s="1" t="s">
-        <v>83</v>
-[...26 lines deleted...]
-    <row r="302" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N301" s="19"/>
+      <c r="O301" s="2"/>
+      <c r="P301" s="2"/>
+      <c r="Q301" s="2"/>
+      <c r="R301" s="2"/>
+      <c r="S301" s="2"/>
+      <c r="T301" s="2"/>
+      <c r="U301" s="2"/>
+      <c r="V301" s="2"/>
+      <c r="W301" s="2"/>
+      <c r="X301" s="2"/>
+      <c r="Y301" s="2"/>
+      <c r="Z301" s="2"/>
+      <c r="AA301" s="2"/>
+      <c r="AB301" s="2"/>
+      <c r="AC301" s="2"/>
+      <c r="AD301" s="2"/>
+      <c r="AE301" s="2"/>
+      <c r="AF301" s="2"/>
+      <c r="AG301" s="2"/>
+      <c r="AH301" s="2"/>
+      <c r="AI301" s="2"/>
+      <c r="AJ301" s="2"/>
+      <c r="AK301" s="2"/>
+      <c r="AL301" s="2"/>
+      <c r="AM301" s="2"/>
+      <c r="AN301" s="2"/>
+      <c r="AO301" s="2"/>
+      <c r="AP301" s="2"/>
+      <c r="AQ301" s="2"/>
+      <c r="AR301" s="2"/>
+      <c r="AS301" s="2"/>
+      <c r="AT301" s="2"/>
+      <c r="AU301" s="2"/>
+      <c r="AV301" s="2"/>
+      <c r="AW301" s="2"/>
+      <c r="AX301" s="2"/>
+      <c r="AY301" s="2"/>
+      <c r="AZ301" s="2"/>
+      <c r="BA301" s="2"/>
+      <c r="BB301" s="2"/>
+      <c r="BC301" s="2"/>
+      <c r="BD301" s="2"/>
+      <c r="BE301" s="2"/>
+      <c r="BF301" s="2"/>
+      <c r="BG301" s="2"/>
+      <c r="BH301" s="2"/>
+      <c r="BI301" s="2"/>
+      <c r="BJ301" s="2"/>
+      <c r="BK301" s="2"/>
+      <c r="BL301" s="2"/>
+      <c r="BM301" s="2"/>
+      <c r="BN301" s="2"/>
+      <c r="BO301" s="2"/>
+      <c r="BP301" s="2"/>
+      <c r="BQ301" s="2"/>
+      <c r="BR301" s="2"/>
+      <c r="BS301" s="2"/>
+    </row>
+    <row r="302" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A302" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B302" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C302" s="4" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E302" s="1" t="s">
-        <v>565</v>
+        <v>555</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H302" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I302" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J302" s="1">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="K302" s="1" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="L302" s="1" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="M302" s="1" t="s">
-        <v>71</v>
-[...26 lines deleted...]
-    <row r="303" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>82</v>
+      </c>
+      <c r="N302" s="5"/>
+      <c r="O302" s="6"/>
+      <c r="P302" s="6"/>
+      <c r="Q302" s="6"/>
+      <c r="R302" s="6"/>
+      <c r="S302" s="6"/>
+      <c r="T302" s="6"/>
+      <c r="U302" s="6"/>
+      <c r="V302" s="6"/>
+      <c r="W302" s="6"/>
+      <c r="X302" s="6"/>
+      <c r="Y302" s="6"/>
+      <c r="Z302" s="6"/>
+      <c r="AA302" s="6"/>
+      <c r="AB302" s="6"/>
+      <c r="AC302" s="6"/>
+      <c r="AD302" s="6"/>
+      <c r="AE302" s="6"/>
+      <c r="AF302" s="6"/>
+      <c r="AG302" s="6"/>
+      <c r="AH302" s="6"/>
+      <c r="AI302" s="6"/>
+      <c r="AJ302" s="6"/>
+      <c r="AK302" s="6"/>
+      <c r="AL302" s="6"/>
+      <c r="AM302" s="6"/>
+      <c r="AN302" s="6"/>
+      <c r="AO302" s="6"/>
+      <c r="AP302" s="6"/>
+      <c r="AQ302" s="6"/>
+      <c r="AR302" s="6"/>
+      <c r="AS302" s="6"/>
+      <c r="AT302" s="6"/>
+      <c r="AU302" s="6"/>
+      <c r="AV302" s="6"/>
+      <c r="AW302" s="6"/>
+      <c r="AX302" s="6"/>
+      <c r="AY302" s="6"/>
+      <c r="AZ302" s="6"/>
+      <c r="BA302" s="6"/>
+      <c r="BB302" s="6"/>
+      <c r="BC302" s="6"/>
+      <c r="BD302" s="6"/>
+      <c r="BE302" s="6"/>
+      <c r="BF302" s="6"/>
+      <c r="BG302" s="6"/>
+      <c r="BH302" s="6"/>
+      <c r="BI302" s="6"/>
+      <c r="BJ302" s="6"/>
+      <c r="BK302" s="6"/>
+      <c r="BL302" s="6"/>
+      <c r="BM302" s="6"/>
+      <c r="BN302" s="6"/>
+      <c r="BO302" s="6"/>
+      <c r="BP302" s="6"/>
+      <c r="BQ302" s="6"/>
+      <c r="BR302" s="6"/>
+      <c r="BS302" s="6"/>
+    </row>
+    <row r="303" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A303" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B303" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C303" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E303" s="1" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>71</v>
       </c>
       <c r="G303" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H303" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I303" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J303" s="1">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="K303" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L303" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M303" s="1" t="s">
         <v>71</v>
       </c>
       <c r="N303" s="3"/>
     </row>
-    <row r="304" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A304" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B304" s="4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C304" s="4" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>192</v>
+        <v>71</v>
       </c>
       <c r="G304" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H304" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I304" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J304" s="1">
-        <v>69</v>
+        <v>5</v>
       </c>
       <c r="K304" s="1" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="L304" s="1" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="M304" s="1" t="s">
-        <v>190</v>
-[...26 lines deleted...]
-    <row r="305" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N304" s="3"/>
+    </row>
+    <row r="305" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A305" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B305" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C305" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H305" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I305" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J305" s="1">
-        <v>6</v>
+        <v>69</v>
       </c>
       <c r="K305" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L305" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M305" s="1" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="N305" s="3"/>
     </row>
-    <row r="306" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A306" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B306" s="4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C306" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>313</v>
+        <v>190</v>
       </c>
       <c r="G306" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H306" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I306" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J306" s="1">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="K306" s="1" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="L306" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="M306" s="1" t="s">
-        <v>290</v>
-[...26 lines deleted...]
-    <row r="307" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>188</v>
+      </c>
+      <c r="N306" s="3"/>
+    </row>
+    <row r="307" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A307" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B307" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C307" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E307" s="1" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="G307" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H307" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I307" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J307" s="1">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
       <c r="K307" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L307" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M307" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="N307" s="14"/>
-[...24 lines deleted...]
-    <row r="308" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N307" s="19"/>
+    </row>
+    <row r="308" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A308" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B308" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C308" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E308" s="1" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="G308" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H308" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I308" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J308" s="1">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="K308" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L308" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M308" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="N308" s="14"/>
-[...24 lines deleted...]
-    <row r="309" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N308" s="19"/>
+    </row>
+    <row r="309" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A309" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B309" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E309" s="1" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>123</v>
+        <v>310</v>
       </c>
       <c r="G309" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H309" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I309" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J309" s="1">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="K309" s="1" t="s">
-        <v>124</v>
+        <v>43</v>
       </c>
       <c r="L309" s="1" t="s">
-        <v>125</v>
+        <v>55</v>
       </c>
       <c r="M309" s="1" t="s">
-        <v>129</v>
-[...26 lines deleted...]
-    <row r="310" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>290</v>
+      </c>
+      <c r="N309" s="19"/>
+    </row>
+    <row r="310" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A310" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B310" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C310" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E310" s="1" t="s">
-        <v>573</v>
+        <v>568</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G310" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H310" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I310" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J310" s="1">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="K310" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L310" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="M310" s="1" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-    <row r="311" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N310" s="19"/>
+    </row>
+    <row r="311" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A311" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="B311" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C311" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E311" s="1" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G311" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I311" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J311" s="1">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="K311" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L311" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="M311" s="1" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-    <row r="312" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N311" s="19"/>
+      <c r="O311" s="1"/>
+      <c r="P311" s="1"/>
+      <c r="Q311" s="1"/>
+      <c r="R311" s="1"/>
+      <c r="S311" s="1"/>
+      <c r="T311" s="1"/>
+      <c r="U311" s="1"/>
+      <c r="V311" s="1"/>
+      <c r="W311" s="1"/>
+      <c r="X311" s="1"/>
+      <c r="Y311" s="1"/>
+      <c r="Z311" s="1"/>
+      <c r="AA311" s="1"/>
+      <c r="AB311" s="1"/>
+      <c r="AC311" s="1"/>
+      <c r="AD311" s="1"/>
+      <c r="AE311" s="1"/>
+      <c r="AF311" s="1"/>
+      <c r="AG311" s="1"/>
+      <c r="AH311" s="1"/>
+      <c r="AI311" s="1"/>
+      <c r="AJ311" s="1"/>
+      <c r="AK311" s="1"/>
+      <c r="AL311" s="1"/>
+      <c r="AM311" s="1"/>
+      <c r="AN311" s="1"/>
+      <c r="AO311" s="1"/>
+      <c r="AP311" s="1"/>
+      <c r="AQ311" s="1"/>
+      <c r="AR311" s="1"/>
+      <c r="AS311" s="1"/>
+      <c r="AT311" s="1"/>
+      <c r="AU311" s="1"/>
+      <c r="AV311" s="1"/>
+      <c r="AW311" s="1"/>
+      <c r="AX311" s="1"/>
+      <c r="AY311" s="1"/>
+      <c r="AZ311" s="1"/>
+      <c r="BA311" s="1"/>
+      <c r="BB311" s="1"/>
+      <c r="BC311" s="1"/>
+      <c r="BD311" s="1"/>
+      <c r="BE311" s="1"/>
+      <c r="BF311" s="1"/>
+      <c r="BG311" s="1"/>
+      <c r="BH311" s="1"/>
+      <c r="BI311" s="1"/>
+      <c r="BJ311" s="1"/>
+      <c r="BK311" s="1"/>
+      <c r="BL311" s="1"/>
+      <c r="BM311" s="1"/>
+      <c r="BN311" s="1"/>
+      <c r="BO311" s="1"/>
+      <c r="BP311" s="1"/>
+      <c r="BQ311" s="1"/>
+      <c r="BR311" s="1"/>
+      <c r="BS311" s="1"/>
+    </row>
+    <row r="312" spans="1:71" s="22" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A312" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>581</v>
+      </c>
+      <c r="B312" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C312" s="4" t="s">
+        <v>46</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>11</v>
+        <v>549</v>
       </c>
       <c r="E312" s="1" t="s">
-        <v>38</v>
+        <v>568</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>39</v>
+        <v>121</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H312" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I312" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J312" s="1">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="K312" s="1" t="s">
-        <v>36</v>
+        <v>122</v>
       </c>
       <c r="L312" s="1" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="M312" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-    <row r="313" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N312" s="19"/>
+      <c r="O312" s="1"/>
+      <c r="P312" s="1"/>
+      <c r="Q312" s="1"/>
+      <c r="R312" s="1"/>
+      <c r="S312" s="1"/>
+      <c r="T312" s="1"/>
+      <c r="U312" s="1"/>
+      <c r="V312" s="1"/>
+      <c r="W312" s="1"/>
+      <c r="X312" s="1"/>
+      <c r="Y312" s="1"/>
+      <c r="Z312" s="1"/>
+      <c r="AA312" s="1"/>
+      <c r="AB312" s="1"/>
+      <c r="AC312" s="1"/>
+      <c r="AD312" s="1"/>
+      <c r="AE312" s="1"/>
+      <c r="AF312" s="1"/>
+      <c r="AG312" s="1"/>
+      <c r="AH312" s="1"/>
+      <c r="AI312" s="1"/>
+      <c r="AJ312" s="1"/>
+      <c r="AK312" s="1"/>
+      <c r="AL312" s="1"/>
+      <c r="AM312" s="1"/>
+      <c r="AN312" s="1"/>
+      <c r="AO312" s="1"/>
+      <c r="AP312" s="1"/>
+      <c r="AQ312" s="1"/>
+      <c r="AR312" s="1"/>
+      <c r="AS312" s="1"/>
+      <c r="AT312" s="1"/>
+      <c r="AU312" s="1"/>
+      <c r="AV312" s="1"/>
+      <c r="AW312" s="1"/>
+      <c r="AX312" s="1"/>
+      <c r="AY312" s="1"/>
+      <c r="AZ312" s="1"/>
+      <c r="BA312" s="1"/>
+      <c r="BB312" s="1"/>
+      <c r="BC312" s="1"/>
+      <c r="BD312" s="1"/>
+      <c r="BE312" s="1"/>
+      <c r="BF312" s="1"/>
+      <c r="BG312" s="1"/>
+      <c r="BH312" s="1"/>
+      <c r="BI312" s="1"/>
+      <c r="BJ312" s="1"/>
+      <c r="BK312" s="1"/>
+      <c r="BL312" s="1"/>
+      <c r="BM312" s="1"/>
+      <c r="BN312" s="1"/>
+      <c r="BO312" s="1"/>
+      <c r="BP312" s="1"/>
+      <c r="BQ312" s="1"/>
+      <c r="BR312" s="1"/>
+      <c r="BS312" s="1"/>
+    </row>
+    <row r="313" spans="1:71" s="22" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A313" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H313" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I313" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J313" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="K313" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L313" s="1" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="M313" s="1" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="N313" s="3"/>
-    </row>
-    <row r="314" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O313" s="1"/>
+      <c r="P313" s="1"/>
+      <c r="Q313" s="1"/>
+      <c r="R313" s="1"/>
+      <c r="S313" s="1"/>
+      <c r="T313" s="1"/>
+      <c r="U313" s="1"/>
+      <c r="V313" s="1"/>
+      <c r="W313" s="1"/>
+      <c r="X313" s="1"/>
+      <c r="Y313" s="1"/>
+      <c r="Z313" s="1"/>
+      <c r="AA313" s="1"/>
+      <c r="AB313" s="1"/>
+      <c r="AC313" s="1"/>
+      <c r="AD313" s="1"/>
+      <c r="AE313" s="1"/>
+      <c r="AF313" s="1"/>
+      <c r="AG313" s="1"/>
+      <c r="AH313" s="1"/>
+      <c r="AI313" s="1"/>
+      <c r="AJ313" s="1"/>
+      <c r="AK313" s="1"/>
+      <c r="AL313" s="1"/>
+      <c r="AM313" s="1"/>
+      <c r="AN313" s="1"/>
+      <c r="AO313" s="1"/>
+      <c r="AP313" s="1"/>
+      <c r="AQ313" s="1"/>
+      <c r="AR313" s="1"/>
+      <c r="AS313" s="1"/>
+      <c r="AT313" s="1"/>
+      <c r="AU313" s="1"/>
+      <c r="AV313" s="1"/>
+      <c r="AW313" s="1"/>
+      <c r="AX313" s="1"/>
+      <c r="AY313" s="1"/>
+      <c r="AZ313" s="1"/>
+      <c r="BA313" s="1"/>
+      <c r="BB313" s="1"/>
+      <c r="BC313" s="1"/>
+      <c r="BD313" s="1"/>
+      <c r="BE313" s="1"/>
+      <c r="BF313" s="1"/>
+      <c r="BG313" s="1"/>
+      <c r="BH313" s="1"/>
+      <c r="BI313" s="1"/>
+      <c r="BJ313" s="1"/>
+      <c r="BK313" s="1"/>
+      <c r="BL313" s="1"/>
+      <c r="BM313" s="1"/>
+      <c r="BN313" s="1"/>
+      <c r="BO313" s="1"/>
+      <c r="BP313" s="1"/>
+      <c r="BQ313" s="1"/>
+      <c r="BR313" s="1"/>
+      <c r="BS313" s="1"/>
+    </row>
+    <row r="314" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A314" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B314" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C314" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E314" s="1" t="s">
         <v>45</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G314" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H314" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I314" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J314" s="1">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="K314" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L314" s="1" t="s">
         <v>44</v>
       </c>
       <c r="M314" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="N314" s="18"/>
-[...1 lines deleted...]
-    <row r="315" spans="1:37" s="21" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N314" s="3"/>
+    </row>
+    <row r="315" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A315" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C315" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H315" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I315" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J315" s="1">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="K315" s="1" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="L315" s="1" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="M315" s="1" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="N315" s="3"/>
-      <c r="O315" s="1"/>
-[...23 lines deleted...]
-    <row r="316" spans="1:37" s="21" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="316" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A316" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B316" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C316" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E316" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G316" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I316" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J316" s="1">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="K316" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L316" s="1" t="s">
         <v>13</v>
       </c>
       <c r="M316" s="1" t="s">
         <v>14</v>
       </c>
       <c r="N316" s="3"/>
-      <c r="O316" s="1"/>
-[...23 lines deleted...]
-    <row r="317" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="317" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A317" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C317" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C317" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>63</v>
+        <v>47</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="G317" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H317" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J317" s="1">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="K317" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L317" s="1" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="M317" s="1" t="s">
-        <v>62</v>
-[...26 lines deleted...]
-    <row r="318" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N317" s="3"/>
+    </row>
+    <row r="318" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A318" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B318" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C318" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E318" s="1" t="s">
         <v>63</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G318" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H318" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I318" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J318" s="1">
-        <v>3</v>
+        <v>32</v>
       </c>
       <c r="K318" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L318" s="1" t="s">
         <v>61</v>
       </c>
       <c r="M318" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="N318" s="14"/>
-[...24 lines deleted...]
-    <row r="319" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N318" s="3"/>
+    </row>
+    <row r="319" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B319" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B319" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="C319" s="1" t="s">
+      <c r="C319" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="G319" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H319" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I319" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J319" s="1">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="K319" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L319" s="1" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="M319" s="1" t="s">
-        <v>67</v>
-[...26 lines deleted...]
-    <row r="320" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N319" s="3"/>
+    </row>
+    <row r="320" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E320" s="1" t="s">
         <v>68</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>65</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H320" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I320" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J320" s="1">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="K320" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L320" s="1" t="s">
         <v>66</v>
       </c>
       <c r="M320" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="N320" s="14"/>
-[...24 lines deleted...]
-    <row r="321" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N320" s="3"/>
+    </row>
+    <row r="321" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="C321" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C321" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="G321" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H321" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I321" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J321" s="1">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="K321" s="1" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="L321" s="1" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="M321" s="1" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="N321" s="3"/>
     </row>
-    <row r="322" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C322" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H322" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I322" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J322" s="1">
         <v>24</v>
       </c>
       <c r="K322" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L322" s="1" t="s">
         <v>13</v>
       </c>
       <c r="M322" s="1" t="s">
         <v>14</v>
       </c>
       <c r="N322" s="3"/>
     </row>
-    <row r="323" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B323" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C323" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E323" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F323" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="F323" s="1" t="s">
+      <c r="G323" s="1" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="H323" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I323" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J323" s="1">
         <v>8</v>
       </c>
       <c r="K323" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L323" s="1" t="s">
         <v>66</v>
       </c>
       <c r="M323" s="1" t="s">
         <v>67</v>
       </c>
       <c r="N323" s="3"/>
     </row>
-    <row r="324" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B324" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C324" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E324" s="1" t="s">
         <v>93</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>94</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H324" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I324" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J324" s="1">
         <v>9</v>
       </c>
       <c r="K324" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L324" s="1" t="s">
         <v>59</v>
       </c>
       <c r="M324" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="N324" s="18"/>
-[...1 lines deleted...]
-    <row r="325" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N324" s="3"/>
+    </row>
+    <row r="325" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A325" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B325" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C325" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E325" s="1" t="s">
         <v>93</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>94</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H325" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I325" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J325" s="1">
         <v>3</v>
       </c>
       <c r="K325" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L325" s="1" t="s">
         <v>59</v>
       </c>
       <c r="M325" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="N325" s="18"/>
-[...1 lines deleted...]
-    <row r="326" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N325" s="3"/>
+    </row>
+    <row r="326" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A326" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B326" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E326" s="1" t="s">
         <v>95</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G326" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H326" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I326" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J326" s="1">
         <v>35</v>
       </c>
       <c r="K326" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L326" s="1" t="s">
         <v>44</v>
       </c>
       <c r="M326" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="N326" s="18"/>
-[...1 lines deleted...]
-    <row r="327" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N326" s="3"/>
+    </row>
+    <row r="327" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A327" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B327" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E327" s="1" t="s">
         <v>95</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H327" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I327" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J327" s="1">
         <v>5</v>
       </c>
       <c r="K327" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L327" s="1" t="s">
         <v>44</v>
       </c>
       <c r="M327" s="1" t="s">
         <v>42</v>
       </c>
       <c r="N327" s="3"/>
     </row>
-    <row r="328" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A328" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E328" s="1" t="s">
         <v>96</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>76</v>
       </c>
       <c r="G328" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H328" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I328" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J328" s="1">
         <v>8</v>
       </c>
       <c r="K328" s="1" t="s">
         <v>74</v>
       </c>
       <c r="L328" s="1" t="s">
         <v>75</v>
       </c>
       <c r="M328" s="1" t="s">
         <v>76</v>
       </c>
       <c r="N328" s="3"/>
     </row>
-    <row r="329" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A329" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E329" s="1" t="s">
         <v>96</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>76</v>
       </c>
       <c r="G329" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H329" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I329" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J329" s="1">
         <v>1</v>
       </c>
       <c r="K329" s="1" t="s">
         <v>74</v>
       </c>
       <c r="L329" s="1" t="s">
         <v>75</v>
       </c>
       <c r="M329" s="1" t="s">
         <v>76</v>
       </c>
       <c r="N329" s="3"/>
     </row>
-    <row r="330" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="330" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A330" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G330" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H330" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I330" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J330" s="1">
         <v>32</v>
       </c>
       <c r="K330" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L330" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M330" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="N330" s="3"/>
     </row>
-    <row r="331" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A331" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>65</v>
       </c>
       <c r="G331" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H331" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I331" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J331" s="1">
         <v>43</v>
       </c>
       <c r="K331" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L331" s="1" t="s">
         <v>66</v>
       </c>
       <c r="M331" s="1" t="s">
         <v>67</v>
       </c>
       <c r="N331" s="3"/>
     </row>
-    <row r="332" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A332" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B332" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C332" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G332" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H332" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I332" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J332" s="1">
         <v>32</v>
       </c>
       <c r="K332" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L332" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M332" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="N332" s="3"/>
     </row>
-    <row r="333" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A333" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B333" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G333" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H333" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I333" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J333" s="1">
         <v>60</v>
       </c>
       <c r="K333" s="1" t="s">
         <v>51</v>
       </c>
       <c r="L333" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="M333" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="M333" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N333" s="3"/>
     </row>
-    <row r="334" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="334" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A334" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E334" s="1" t="s">
         <v>103</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>102</v>
       </c>
       <c r="G334" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H334" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I334" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J334" s="1">
         <v>22</v>
       </c>
       <c r="K334" s="1" t="s">
         <v>51</v>
       </c>
       <c r="L334" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M334" s="1" t="s">
         <v>102</v>
       </c>
       <c r="N334" s="3"/>
     </row>
-    <row r="335" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A335" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E335" s="1" t="s">
         <v>103</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>102</v>
       </c>
       <c r="G335" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H335" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I335" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J335" s="1">
         <v>3</v>
       </c>
       <c r="K335" s="1" t="s">
         <v>51</v>
       </c>
       <c r="L335" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M335" s="1" t="s">
         <v>102</v>
       </c>
       <c r="N335" s="3"/>
     </row>
-    <row r="336" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="336" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A336" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B336" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C336" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E336" s="1" t="s">
         <v>104</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>75</v>
       </c>
       <c r="G336" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H336" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="I336" s="1" t="s">
-        <v>49</v>
+      <c r="I336" s="1">
+        <v>4</v>
       </c>
       <c r="J336" s="1">
         <v>16</v>
       </c>
       <c r="K336" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L336" s="1" t="s">
         <v>75</v>
       </c>
       <c r="M336" s="1" t="s">
         <v>92</v>
       </c>
       <c r="N336" s="3"/>
     </row>
-    <row r="337" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A337" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B337" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C337" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E337" s="1" t="s">
         <v>104</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>75</v>
       </c>
       <c r="G337" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H337" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I337" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J337" s="1">
         <v>3</v>
       </c>
       <c r="K337" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L337" s="1" t="s">
         <v>75</v>
       </c>
       <c r="M337" s="1" t="s">
         <v>92</v>
       </c>
       <c r="N337" s="3"/>
     </row>
-    <row r="338" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A338" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B338" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C338" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C338" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D338" s="1" t="s">
-        <v>11</v>
+        <v>105</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="G338" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H338" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I338" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J338" s="1">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="K338" s="1" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="L338" s="1" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="M338" s="1" t="s">
-        <v>14</v>
+        <v>127</v>
       </c>
       <c r="N338" s="3"/>
     </row>
-    <row r="339" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A339" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>582</v>
+      </c>
+      <c r="B339" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C339" s="4" t="s">
+        <v>130</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H339" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I339" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J339" s="1">
-        <v>8</v>
+        <v>200</v>
       </c>
       <c r="K339" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L339" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M339" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="L339" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N339" s="3"/>
     </row>
-    <row r="340" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="340" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A340" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B340" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C340" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C340" s="4" t="s">
+      <c r="D340" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E340" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="D340" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E340" s="1" t="s">
+      <c r="F340" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H340" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I340" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J340" s="1">
+        <v>1</v>
+      </c>
+      <c r="K340" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="L340" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="M340" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="F340" s="1" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="N340" s="3"/>
     </row>
-    <row r="341" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A341" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C341" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B341" s="1" t="s">
         <v>33</v>
       </c>
+      <c r="C341" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="D341" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E341" s="1" t="s">
         <v>134</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>135</v>
+        <v>34</v>
       </c>
       <c r="G341" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H341" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I341" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J341" s="1">
-        <v>1</v>
+        <v>41</v>
       </c>
       <c r="K341" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="L341" s="1" t="s">
-        <v>119</v>
+        <v>55</v>
       </c>
       <c r="M341" s="1" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-    <row r="342" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N341" s="19"/>
+    </row>
+    <row r="342" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A342" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H342" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I342" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J342" s="1">
-        <v>41</v>
+        <v>259</v>
       </c>
       <c r="K342" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L342" s="1" t="s">
-        <v>55</v>
+        <v>123</v>
       </c>
       <c r="M342" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="343" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N342" s="19"/>
+    </row>
+    <row r="343" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A343" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B343" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>101</v>
+        <v>41</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H343" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I343" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J343" s="1">
-        <v>259</v>
+        <v>121</v>
       </c>
       <c r="K343" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L343" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="M343" s="1" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-    <row r="344" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N343" s="19"/>
+    </row>
+    <row r="344" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A344" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>33</v>
+      </c>
+      <c r="C344" s="4" t="s">
+        <v>130</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G344" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H344" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I344" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J344" s="1">
-        <v>121</v>
+        <v>150</v>
       </c>
       <c r="K344" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L344" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="M344" s="1" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-    <row r="345" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N344" s="19"/>
+    </row>
+    <row r="345" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A345" s="1" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>582</v>
+      </c>
+      <c r="B345" s="4" t="s">
+        <v>46</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H345" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I345" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J345" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="K345" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L345" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M345" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="L345" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N345" s="3"/>
     </row>
-    <row r="346" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A346" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B346" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C346" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C346" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D346" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H346" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I346" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J346" s="1">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="K346" s="1" t="s">
-        <v>124</v>
+        <v>34</v>
       </c>
       <c r="L346" s="1" t="s">
-        <v>125</v>
+        <v>55</v>
       </c>
       <c r="M346" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N346" s="19"/>
+    </row>
+    <row r="347" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A347" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="F347" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="N346" s="3"/>
-[...19 lines deleted...]
-      </c>
       <c r="G347" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H347" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I347" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J347" s="1">
-        <v>12</v>
+        <v>150</v>
       </c>
       <c r="K347" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L347" s="1" t="s">
-        <v>55</v>
+        <v>123</v>
       </c>
       <c r="M347" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="348" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N347" s="19"/>
+    </row>
+    <row r="348" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A348" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B348" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C348" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C348" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D348" s="1" t="s">
-        <v>107</v>
+        <v>158</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>154</v>
+        <v>169</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>128</v>
+        <v>170</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H348" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J348" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
       <c r="K348" s="1" t="s">
-        <v>124</v>
+        <v>12</v>
       </c>
       <c r="L348" s="1" t="s">
-        <v>125</v>
+        <v>13</v>
       </c>
       <c r="M348" s="1" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-    <row r="349" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N348" s="19"/>
+    </row>
+    <row r="349" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A349" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C349" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="G349" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H349" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I349" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J349" s="1">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="K349" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L349" s="1" t="s">
         <v>13</v>
       </c>
       <c r="M349" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="N349" s="3"/>
-[...1 lines deleted...]
-    <row r="350" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N349" s="19"/>
+    </row>
+    <row r="350" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A350" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>46</v>
+        <v>130</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>172</v>
+        <v>14</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H350" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I350" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J350" s="1">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="K350" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L350" s="1" t="s">
         <v>13</v>
       </c>
       <c r="M350" s="1" t="s">
         <v>14</v>
       </c>
       <c r="N350" s="3"/>
     </row>
-    <row r="351" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A351" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B351" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C351" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="C351" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D351" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="G351" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H351" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I351" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J351" s="1">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K351" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="L351" s="1" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="M351" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="352" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+      <c r="N351" s="19"/>
+    </row>
+    <row r="352" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A352" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C352" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G352" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H352" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I352" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J352" s="1">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="K352" s="1" t="s">
         <v>29</v>
       </c>
       <c r="L352" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M352" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="N352" s="3"/>
-[...1 lines deleted...]
-    <row r="353" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N352" s="19"/>
+    </row>
+    <row r="353" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A353" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E353" s="1" t="s">
         <v>177</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>28</v>
+        <v>178</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H353" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I353" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J353" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="K353" s="1" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="L353" s="1" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="M353" s="1" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="N353" s="3"/>
     </row>
-    <row r="354" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A354" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E354" s="1" t="s">
         <v>179</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>180</v>
+        <v>34</v>
       </c>
       <c r="G354" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H354" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I354" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J354" s="1">
-        <v>12</v>
+        <v>92</v>
       </c>
       <c r="K354" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L354" s="1" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="M354" s="1" t="s">
-        <v>42</v>
+        <v>114</v>
       </c>
       <c r="N354" s="3"/>
     </row>
-    <row r="355" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A355" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>101</v>
+        <v>33</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E355" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="F355" s="1" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H355" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I355" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J355" s="1">
-        <v>92</v>
+        <v>16</v>
       </c>
       <c r="K355" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L355" s="1" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="M355" s="1" t="s">
-        <v>116</v>
+        <v>14</v>
       </c>
       <c r="N355" s="3"/>
     </row>
-    <row r="356" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A356" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>183</v>
+        <v>85</v>
       </c>
       <c r="G356" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H356" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J356" s="1">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="K356" s="1" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="L356" s="1" t="s">
-        <v>13</v>
+        <v>86</v>
       </c>
       <c r="M356" s="1" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="N356" s="3"/>
     </row>
-    <row r="357" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A357" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G357" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H357" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I357" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J357" s="1">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="K357" s="1" t="s">
         <v>58</v>
       </c>
       <c r="L357" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="M357" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="M357" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N357" s="3"/>
     </row>
-    <row r="358" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="358" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A358" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="G358" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H358" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I358" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J358" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K358" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="L358" s="1" t="s">
-        <v>87</v>
+        <v>55</v>
       </c>
       <c r="M358" s="1" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="N358" s="3"/>
     </row>
-    <row r="359" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="359" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A359" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B359" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C359" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C359" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D359" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>34</v>
+        <v>190</v>
       </c>
       <c r="G359" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H359" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I359" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J359" s="1">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="K359" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L359" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="M359" s="1" t="s">
-        <v>80</v>
+        <v>188</v>
       </c>
       <c r="N359" s="3"/>
     </row>
-    <row r="360" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="360" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A360" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B360" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C360" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="G360" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H360" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I360" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J360" s="1">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="K360" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L360" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M360" s="1" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="N360" s="3"/>
     </row>
-    <row r="361" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A361" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B361" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B361" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C361" s="1" t="s">
+      <c r="C361" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E361" s="1" t="s">
         <v>191</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>192</v>
+        <v>121</v>
       </c>
       <c r="G361" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H361" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I361" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J361" s="1">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="K361" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L361" s="1" t="s">
-        <v>30</v>
+        <v>123</v>
       </c>
       <c r="M361" s="1" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="N361" s="3"/>
     </row>
-    <row r="362" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="362" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A362" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B362" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C362" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E362" s="1" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="G362" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H362" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I362" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J362" s="1">
-        <v>37</v>
+        <v>5</v>
       </c>
       <c r="K362" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L362" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="M362" s="1" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="N362" s="3"/>
     </row>
-    <row r="363" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="363" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A363" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B363" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B363" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C363" s="4" t="s">
+      <c r="C363" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>123</v>
+        <v>92</v>
       </c>
       <c r="G363" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H363" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I363" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J363" s="1">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="K363" s="1" t="s">
-        <v>124</v>
+        <v>12</v>
       </c>
       <c r="L363" s="1" t="s">
-        <v>125</v>
+        <v>59</v>
       </c>
       <c r="M363" s="1" t="s">
-        <v>190</v>
+        <v>92</v>
       </c>
       <c r="N363" s="3"/>
     </row>
-    <row r="364" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A364" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
       <c r="G364" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H364" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I364" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J364" s="1">
-        <v>15</v>
+        <v>64</v>
       </c>
       <c r="K364" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="L364" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="M364" s="1" t="s">
-        <v>92</v>
+        <v>62</v>
       </c>
       <c r="N364" s="3"/>
     </row>
-    <row r="365" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A365" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B365" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C365" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C365" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D365" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E365" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="F365" s="1" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G365" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H365" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I365" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J365" s="1">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="K365" s="1" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="L365" s="1" t="s">
-        <v>61</v>
+        <v>117</v>
       </c>
       <c r="M365" s="1" t="s">
-        <v>62</v>
+        <v>131</v>
       </c>
       <c r="N365" s="3"/>
     </row>
-    <row r="366" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="366" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A366" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>582</v>
+      </c>
+      <c r="B366" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C366" s="4" t="s">
+        <v>41</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E366" s="1" t="s">
         <v>196</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>197</v>
+        <v>178</v>
       </c>
       <c r="G366" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H366" s="1" t="s">
-        <v>17</v>
+        <v>197</v>
       </c>
       <c r="I366" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J366" s="1">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="K366" s="1" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="L366" s="1" t="s">
-        <v>119</v>
+        <v>44</v>
       </c>
       <c r="M366" s="1" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-    <row r="367" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+      <c r="N366" s="3"/>
+      <c r="O366" s="1"/>
+      <c r="P366" s="1"/>
+      <c r="Q366" s="1"/>
+      <c r="R366" s="1"/>
+      <c r="S366" s="1"/>
+      <c r="T366" s="1"/>
+      <c r="U366" s="1"/>
+      <c r="V366" s="1"/>
+      <c r="W366" s="1"/>
+      <c r="X366" s="1"/>
+      <c r="Y366" s="1"/>
+      <c r="Z366" s="1"/>
+      <c r="AA366" s="1"/>
+      <c r="AB366" s="1"/>
+      <c r="AC366" s="1"/>
+      <c r="AD366" s="1"/>
+      <c r="AE366" s="1"/>
+      <c r="AF366" s="1"/>
+      <c r="AG366" s="1"/>
+      <c r="AH366" s="1"/>
+      <c r="AI366" s="1"/>
+      <c r="AJ366" s="1"/>
+      <c r="AK366" s="1"/>
+      <c r="AL366" s="1"/>
+      <c r="AM366" s="1"/>
+      <c r="AN366" s="1"/>
+      <c r="AO366" s="1"/>
+      <c r="AP366" s="1"/>
+      <c r="AQ366" s="1"/>
+      <c r="AR366" s="1"/>
+      <c r="AS366" s="1"/>
+      <c r="AT366" s="1"/>
+      <c r="AU366" s="1"/>
+      <c r="AV366" s="1"/>
+      <c r="AW366" s="1"/>
+      <c r="AX366" s="1"/>
+      <c r="AY366" s="1"/>
+      <c r="AZ366" s="1"/>
+      <c r="BA366" s="1"/>
+      <c r="BB366" s="1"/>
+      <c r="BC366" s="1"/>
+      <c r="BD366" s="1"/>
+      <c r="BE366" s="1"/>
+      <c r="BF366" s="1"/>
+      <c r="BG366" s="1"/>
+      <c r="BH366" s="1"/>
+      <c r="BI366" s="1"/>
+      <c r="BJ366" s="1"/>
+      <c r="BK366" s="1"/>
+      <c r="BL366" s="1"/>
+      <c r="BM366" s="1"/>
+      <c r="BN366" s="1"/>
+      <c r="BO366" s="1"/>
+      <c r="BP366" s="1"/>
+      <c r="BQ366" s="1"/>
+      <c r="BR366" s="1"/>
+      <c r="BS366" s="1"/>
+    </row>
+    <row r="367" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A367" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B367" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C367" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>52</v>
+        <v>196</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="G367" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H367" s="1" t="s">
-        <v>198</v>
+        <v>26</v>
       </c>
       <c r="I367" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J367" s="1">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="K367" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L367" s="1" t="s">
         <v>44</v>
       </c>
       <c r="M367" s="1" t="s">
         <v>42</v>
       </c>
       <c r="N367" s="3"/>
-    </row>
-    <row r="368" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O367" s="1"/>
+      <c r="P367" s="1"/>
+      <c r="Q367" s="1"/>
+      <c r="R367" s="1"/>
+      <c r="S367" s="1"/>
+      <c r="T367" s="1"/>
+      <c r="U367" s="1"/>
+      <c r="V367" s="1"/>
+      <c r="W367" s="1"/>
+      <c r="X367" s="1"/>
+      <c r="Y367" s="1"/>
+      <c r="Z367" s="1"/>
+      <c r="AA367" s="1"/>
+      <c r="AB367" s="1"/>
+      <c r="AC367" s="1"/>
+      <c r="AD367" s="1"/>
+      <c r="AE367" s="1"/>
+      <c r="AF367" s="1"/>
+      <c r="AG367" s="1"/>
+      <c r="AH367" s="1"/>
+      <c r="AI367" s="1"/>
+      <c r="AJ367" s="1"/>
+      <c r="AK367" s="1"/>
+      <c r="AL367" s="1"/>
+      <c r="AM367" s="1"/>
+      <c r="AN367" s="1"/>
+      <c r="AO367" s="1"/>
+      <c r="AP367" s="1"/>
+      <c r="AQ367" s="1"/>
+      <c r="AR367" s="1"/>
+      <c r="AS367" s="1"/>
+      <c r="AT367" s="1"/>
+      <c r="AU367" s="1"/>
+      <c r="AV367" s="1"/>
+      <c r="AW367" s="1"/>
+      <c r="AX367" s="1"/>
+      <c r="AY367" s="1"/>
+      <c r="AZ367" s="1"/>
+      <c r="BA367" s="1"/>
+      <c r="BB367" s="1"/>
+      <c r="BC367" s="1"/>
+      <c r="BD367" s="1"/>
+      <c r="BE367" s="1"/>
+      <c r="BF367" s="1"/>
+      <c r="BG367" s="1"/>
+      <c r="BH367" s="1"/>
+      <c r="BI367" s="1"/>
+      <c r="BJ367" s="1"/>
+      <c r="BK367" s="1"/>
+      <c r="BL367" s="1"/>
+      <c r="BM367" s="1"/>
+      <c r="BN367" s="1"/>
+      <c r="BO367" s="1"/>
+      <c r="BP367" s="1"/>
+      <c r="BQ367" s="1"/>
+      <c r="BR367" s="1"/>
+      <c r="BS367" s="1"/>
+    </row>
+    <row r="368" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A368" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B368" s="4" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="C368" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>52</v>
+        <v>200</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>180</v>
+        <v>65</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H368" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I368" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J368" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="K368" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L368" s="1" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="M368" s="1" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="N368" s="3"/>
     </row>
-    <row r="369" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A369" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B369" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C369" s="4" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>201</v>
+        <v>171</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H369" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I369" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J369" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="K369" s="1" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="L369" s="1" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="M369" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="370" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+      <c r="N369" s="3"/>
+    </row>
+    <row r="370" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A370" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B370" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C370" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E370" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="F370" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H370" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I370" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J370" s="1">
+        <v>1</v>
+      </c>
+      <c r="K370" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="L370" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="M370" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="N370" s="3"/>
+    </row>
+    <row r="371" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A371" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B371" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="D370" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G370" s="1" t="s">
+      <c r="C371" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E371" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="F371" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G371" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H370" s="1" t="s">
+      <c r="H371" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="I370" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="I371" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J371" s="1">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="K371" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="L371" s="1" t="s">
-        <v>87</v>
+        <v>13</v>
       </c>
       <c r="M371" s="1" t="s">
-        <v>170</v>
+        <v>14</v>
       </c>
       <c r="N371" s="3"/>
     </row>
-    <row r="372" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="372" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A372" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B372" s="4" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C372" s="4" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D372" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E372" s="1" t="s">
         <v>209</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="G372" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H372" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I372" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J372" s="1">
-        <v>12</v>
+        <v>65</v>
       </c>
       <c r="K372" s="1" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="L372" s="1" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="M372" s="1" t="s">
-        <v>14</v>
+        <v>56</v>
       </c>
       <c r="N372" s="3"/>
     </row>
-    <row r="373" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="373" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A373" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B373" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C373" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G373" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H373" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I373" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J373" s="1">
-        <v>65</v>
+        <v>5</v>
       </c>
       <c r="K373" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L373" s="1" t="s">
         <v>44</v>
       </c>
       <c r="M373" s="1" t="s">
         <v>56</v>
       </c>
       <c r="N373" s="3"/>
     </row>
-    <row r="374" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A374" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B374" s="4" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="C374" s="4" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E374" s="1" t="s">
         <v>210</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>54</v>
+        <v>162</v>
       </c>
       <c r="G374" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H374" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I374" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J374" s="1">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="K374" s="1" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="L374" s="1" t="s">
-        <v>44</v>
+        <v>86</v>
       </c>
       <c r="M374" s="1" t="s">
-        <v>56</v>
+        <v>162</v>
       </c>
       <c r="N374" s="3"/>
     </row>
-    <row r="375" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A375" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B375" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C375" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E375" s="1" t="s">
         <v>211</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>164</v>
+        <v>185</v>
       </c>
       <c r="G375" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H375" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J375" s="1">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="K375" s="1" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="L375" s="1" t="s">
-        <v>87</v>
+        <v>72</v>
       </c>
       <c r="M375" s="1" t="s">
-        <v>164</v>
+        <v>185</v>
       </c>
       <c r="N375" s="3"/>
     </row>
-    <row r="376" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="376" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A376" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B376" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C376" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E376" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="G376" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H376" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J376" s="1">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="K376" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L376" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M376" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="N376" s="3"/>
     </row>
-    <row r="377" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="377" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A377" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B377" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C377" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E377" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="G377" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H377" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J377" s="1">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="K377" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L377" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M377" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="N377" s="3"/>
     </row>
-    <row r="378" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="378" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A378" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B378" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C378" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E378" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>187</v>
+        <v>214</v>
       </c>
       <c r="G378" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H378" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J378" s="1">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="K378" s="1" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="L378" s="1" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="M378" s="1" t="s">
-        <v>187</v>
+        <v>67</v>
       </c>
       <c r="N378" s="3"/>
     </row>
-    <row r="379" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="379" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A379" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B379" s="4" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C379" s="4" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G379" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H379" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>213</v>
+        <v>49</v>
       </c>
       <c r="J379" s="1">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="K379" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="L379" s="1" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="M379" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="380" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N379" s="3"/>
+    </row>
+    <row r="380" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A380" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B380" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C380" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E380" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="G380" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H380" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>49</v>
+        <v>212</v>
       </c>
       <c r="J380" s="1">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="K380" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="L380" s="1" t="s">
-        <v>59</v>
+        <v>109</v>
       </c>
       <c r="M380" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="381" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N380" s="3"/>
+    </row>
+    <row r="381" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A381" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B381" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C381" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E381" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G381" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H381" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>213</v>
+        <v>49</v>
       </c>
       <c r="J381" s="1">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="K381" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L381" s="1" t="s">
-        <v>111</v>
+        <v>72</v>
       </c>
       <c r="M381" s="1" t="s">
-        <v>112</v>
+        <v>71</v>
       </c>
       <c r="N381" s="3"/>
     </row>
-    <row r="382" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="382" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A382" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B382" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C382" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E382" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G382" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H382" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I382" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J382" s="1">
+        <v>10</v>
+      </c>
+      <c r="K382" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="L382" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="M382" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="N382" s="3"/>
+    </row>
+    <row r="383" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A383" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E383" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="F383" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G383" s="1" t="s">
         <v>16</v>
-      </c>
-[...31 lines deleted...]
-        <v>40</v>
       </c>
       <c r="H383" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J383" s="1">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="K383" s="1" t="s">
         <v>29</v>
       </c>
       <c r="L383" s="1" t="s">
-        <v>119</v>
+        <v>30</v>
       </c>
       <c r="M383" s="1" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-    <row r="384" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+      <c r="N383" s="19"/>
+    </row>
+    <row r="384" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A384" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>582</v>
+      </c>
+      <c r="B384" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C384" s="4" t="s">
+        <v>41</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E384" s="1" t="s">
         <v>224</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>28</v>
+        <v>214</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I384" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J384" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="K384" s="1" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="L384" s="1" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="M384" s="1" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="N384" s="3"/>
     </row>
-    <row r="385" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="385" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A385" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B385" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C385" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E385" s="1" t="s">
         <v>225</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="G385" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H385" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I385" s="1" t="s">
-        <v>213</v>
+        <v>49</v>
       </c>
       <c r="J385" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="K385" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L385" s="1" t="s">
         <v>66</v>
       </c>
       <c r="M385" s="1" t="s">
         <v>67</v>
       </c>
       <c r="N385" s="3"/>
     </row>
-    <row r="386" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="386" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A386" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B386" s="4" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C386" s="4" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E386" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F386" s="1" t="s">
         <v>227</v>
       </c>
       <c r="G386" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H386" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I386" s="1" t="s">
-        <v>49</v>
+        <v>212</v>
       </c>
       <c r="J386" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="K386" s="1" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="L386" s="1" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="M386" s="1" t="s">
-        <v>67</v>
+        <v>227</v>
       </c>
       <c r="N386" s="3"/>
     </row>
-    <row r="387" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="387" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A387" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B387" s="4" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C387" s="4" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="G387" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H387" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J387" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="K387" s="1" t="s">
         <v>51</v>
       </c>
       <c r="L387" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M387" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="N387" s="3"/>
     </row>
-    <row r="388" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A388" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B388" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C388" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E388" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="G388" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H388" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J388" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="K388" s="1" t="s">
-        <v>51</v>
+        <v>116</v>
       </c>
       <c r="L388" s="1" t="s">
-        <v>23</v>
+        <v>116</v>
       </c>
       <c r="M388" s="1" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="N388" s="3"/>
     </row>
-    <row r="389" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="389" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A389" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B389" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C389" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E389" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>117</v>
+        <v>232</v>
       </c>
       <c r="G389" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H389" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>213</v>
+        <v>49</v>
       </c>
       <c r="J389" s="1">
+        <v>13</v>
+      </c>
+      <c r="K389" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="L389" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="M389" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="K389" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N389" s="3"/>
     </row>
-    <row r="390" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="390" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A390" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B390" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C390" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="E390" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E390" s="16" t="s">
         <v>231</v>
       </c>
       <c r="F390" s="1" t="s">
         <v>232</v>
       </c>
       <c r="G390" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H390" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I390" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J390" s="1">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="K390" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L390" s="1" t="s">
         <v>59</v>
       </c>
       <c r="M390" s="1" t="s">
         <v>14</v>
       </c>
       <c r="N390" s="3"/>
     </row>
-    <row r="391" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="391" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A391" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>582</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>160</v>
+        <v>233</v>
       </c>
       <c r="E391" s="1" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>232</v>
+        <v>245</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H391" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I391" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J391" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="K391" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="L391" s="1" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="M391" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="392" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N391" s="5"/>
+      <c r="O391" s="6"/>
+      <c r="P391" s="6"/>
+      <c r="Q391" s="6"/>
+      <c r="R391" s="6"/>
+      <c r="S391" s="6"/>
+      <c r="T391" s="6"/>
+      <c r="U391" s="6"/>
+      <c r="V391" s="6"/>
+      <c r="W391" s="6"/>
+      <c r="X391" s="6"/>
+      <c r="Y391" s="6"/>
+      <c r="Z391" s="6"/>
+      <c r="AA391" s="6"/>
+      <c r="AB391" s="6"/>
+      <c r="AC391" s="6"/>
+      <c r="AD391" s="6"/>
+      <c r="AE391" s="6"/>
+      <c r="AF391" s="6"/>
+      <c r="AG391" s="6"/>
+      <c r="AH391" s="6"/>
+      <c r="AI391" s="6"/>
+      <c r="AJ391" s="6"/>
+      <c r="AK391" s="6"/>
+      <c r="AL391" s="6"/>
+      <c r="AM391" s="6"/>
+      <c r="AN391" s="6"/>
+      <c r="AO391" s="6"/>
+      <c r="AP391" s="6"/>
+      <c r="AQ391" s="6"/>
+      <c r="AR391" s="6"/>
+      <c r="AS391" s="6"/>
+      <c r="AT391" s="6"/>
+      <c r="AU391" s="6"/>
+      <c r="AV391" s="6"/>
+      <c r="AW391" s="6"/>
+      <c r="AX391" s="6"/>
+      <c r="AY391" s="6"/>
+      <c r="AZ391" s="6"/>
+      <c r="BA391" s="6"/>
+      <c r="BB391" s="6"/>
+      <c r="BC391" s="6"/>
+      <c r="BD391" s="6"/>
+      <c r="BE391" s="6"/>
+      <c r="BF391" s="6"/>
+      <c r="BG391" s="6"/>
+      <c r="BH391" s="6"/>
+      <c r="BI391" s="6"/>
+      <c r="BJ391" s="6"/>
+      <c r="BK391" s="6"/>
+      <c r="BL391" s="6"/>
+      <c r="BM391" s="6"/>
+      <c r="BN391" s="6"/>
+      <c r="BO391" s="6"/>
+      <c r="BP391" s="6"/>
+      <c r="BQ391" s="6"/>
+      <c r="BR391" s="6"/>
+      <c r="BS391" s="6"/>
+    </row>
+    <row r="392" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A392" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C392" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D392" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E392" s="1" t="s">
         <v>244</v>
       </c>
       <c r="F392" s="1" t="s">
         <v>245</v>
       </c>
       <c r="G392" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H392" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I392" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J392" s="1">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="K392" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L392" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M392" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="N392" s="3"/>
-[...1 lines deleted...]
-    <row r="393" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N392" s="5"/>
+      <c r="O392" s="6"/>
+      <c r="P392" s="6"/>
+      <c r="Q392" s="6"/>
+      <c r="R392" s="6"/>
+      <c r="S392" s="6"/>
+      <c r="T392" s="6"/>
+      <c r="U392" s="6"/>
+      <c r="V392" s="6"/>
+      <c r="W392" s="6"/>
+      <c r="X392" s="6"/>
+      <c r="Y392" s="6"/>
+      <c r="Z392" s="6"/>
+      <c r="AA392" s="6"/>
+      <c r="AB392" s="6"/>
+      <c r="AC392" s="6"/>
+      <c r="AD392" s="6"/>
+      <c r="AE392" s="6"/>
+      <c r="AF392" s="6"/>
+      <c r="AG392" s="6"/>
+      <c r="AH392" s="6"/>
+      <c r="AI392" s="6"/>
+      <c r="AJ392" s="6"/>
+      <c r="AK392" s="6"/>
+      <c r="AL392" s="6"/>
+      <c r="AM392" s="6"/>
+      <c r="AN392" s="6"/>
+      <c r="AO392" s="6"/>
+      <c r="AP392" s="6"/>
+      <c r="AQ392" s="6"/>
+      <c r="AR392" s="6"/>
+      <c r="AS392" s="6"/>
+      <c r="AT392" s="6"/>
+      <c r="AU392" s="6"/>
+      <c r="AV392" s="6"/>
+      <c r="AW392" s="6"/>
+      <c r="AX392" s="6"/>
+      <c r="AY392" s="6"/>
+      <c r="AZ392" s="6"/>
+      <c r="BA392" s="6"/>
+      <c r="BB392" s="6"/>
+      <c r="BC392" s="6"/>
+      <c r="BD392" s="6"/>
+      <c r="BE392" s="6"/>
+      <c r="BF392" s="6"/>
+      <c r="BG392" s="6"/>
+      <c r="BH392" s="6"/>
+      <c r="BI392" s="6"/>
+      <c r="BJ392" s="6"/>
+      <c r="BK392" s="6"/>
+      <c r="BL392" s="6"/>
+      <c r="BM392" s="6"/>
+      <c r="BN392" s="6"/>
+      <c r="BO392" s="6"/>
+      <c r="BP392" s="6"/>
+      <c r="BQ392" s="6"/>
+      <c r="BR392" s="6"/>
+      <c r="BS392" s="6"/>
+    </row>
+    <row r="393" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A393" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B393" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C393" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E393" s="1" t="s">
         <v>244</v>
       </c>
       <c r="F393" s="1" t="s">
         <v>245</v>
       </c>
       <c r="G393" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H393" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I393" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J393" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K393" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L393" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M393" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="N393" s="3"/>
-[...1 lines deleted...]
-    <row r="394" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N393" s="5"/>
+      <c r="O393" s="6"/>
+      <c r="P393" s="6"/>
+      <c r="Q393" s="6"/>
+      <c r="R393" s="6"/>
+      <c r="S393" s="6"/>
+      <c r="T393" s="6"/>
+      <c r="U393" s="6"/>
+      <c r="V393" s="6"/>
+      <c r="W393" s="6"/>
+      <c r="X393" s="6"/>
+      <c r="Y393" s="6"/>
+      <c r="Z393" s="6"/>
+      <c r="AA393" s="6"/>
+      <c r="AB393" s="6"/>
+      <c r="AC393" s="6"/>
+      <c r="AD393" s="6"/>
+      <c r="AE393" s="6"/>
+      <c r="AF393" s="6"/>
+      <c r="AG393" s="6"/>
+      <c r="AH393" s="6"/>
+      <c r="AI393" s="6"/>
+      <c r="AJ393" s="6"/>
+      <c r="AK393" s="6"/>
+      <c r="AL393" s="6"/>
+      <c r="AM393" s="6"/>
+      <c r="AN393" s="6"/>
+      <c r="AO393" s="6"/>
+      <c r="AP393" s="6"/>
+      <c r="AQ393" s="6"/>
+      <c r="AR393" s="6"/>
+      <c r="AS393" s="6"/>
+      <c r="AT393" s="6"/>
+      <c r="AU393" s="6"/>
+      <c r="AV393" s="6"/>
+      <c r="AW393" s="6"/>
+      <c r="AX393" s="6"/>
+      <c r="AY393" s="6"/>
+      <c r="AZ393" s="6"/>
+      <c r="BA393" s="6"/>
+      <c r="BB393" s="6"/>
+      <c r="BC393" s="6"/>
+      <c r="BD393" s="6"/>
+      <c r="BE393" s="6"/>
+      <c r="BF393" s="6"/>
+      <c r="BG393" s="6"/>
+      <c r="BH393" s="6"/>
+      <c r="BI393" s="6"/>
+      <c r="BJ393" s="6"/>
+      <c r="BK393" s="6"/>
+      <c r="BL393" s="6"/>
+      <c r="BM393" s="6"/>
+      <c r="BN393" s="6"/>
+      <c r="BO393" s="6"/>
+      <c r="BP393" s="6"/>
+      <c r="BQ393" s="6"/>
+      <c r="BR393" s="6"/>
+      <c r="BS393" s="6"/>
+    </row>
+    <row r="394" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A394" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B394" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="E394" s="22" t="s">
-        <v>244</v>
+      <c r="E394" s="1" t="s">
+        <v>246</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H394" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I394" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J394" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="K394" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="L394" s="1" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="M394" s="1" t="s">
-        <v>71</v>
+        <v>92</v>
       </c>
       <c r="N394" s="3"/>
     </row>
-    <row r="395" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="395" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A395" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B395" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C395" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E395" s="1" t="s">
         <v>246</v>
       </c>
       <c r="F395" s="1" t="s">
         <v>247</v>
       </c>
       <c r="G395" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H395" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I395" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J395" s="1">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="K395" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L395" s="1" t="s">
         <v>59</v>
       </c>
       <c r="M395" s="1" t="s">
         <v>92</v>
       </c>
       <c r="N395" s="3"/>
     </row>
-    <row r="396" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="396" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A396" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E396" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>247</v>
+        <v>126</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H396" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J396" s="1">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="K396" s="1" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="L396" s="1" t="s">
-        <v>59</v>
+        <v>123</v>
       </c>
       <c r="M396" s="1" t="s">
-        <v>92</v>
+        <v>127</v>
       </c>
       <c r="N396" s="3"/>
     </row>
-    <row r="397" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A397" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B397" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D397" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E397" s="1" t="s">
         <v>248</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G397" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H397" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I397" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J397" s="1">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="K397" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L397" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="M397" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="N397" s="3"/>
     </row>
-    <row r="398" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="398" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A398" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B398" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>101</v>
+        <v>46</v>
       </c>
       <c r="D398" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E398" s="1" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>128</v>
+        <v>251</v>
       </c>
       <c r="G398" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H398" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I398" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J398" s="1">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="K398" s="1" t="s">
-        <v>124</v>
+        <v>43</v>
       </c>
       <c r="L398" s="1" t="s">
-        <v>125</v>
+        <v>44</v>
       </c>
       <c r="M398" s="1" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-    <row r="399" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+      <c r="N398" s="19"/>
+    </row>
+    <row r="399" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A399" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C399" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E399" s="1" t="s">
         <v>250</v>
       </c>
       <c r="F399" s="1" t="s">
         <v>251</v>
       </c>
       <c r="G399" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H399" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I399" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J399" s="1">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="K399" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L399" s="1" t="s">
         <v>44</v>
       </c>
       <c r="M399" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="N399" s="3"/>
-[...1 lines deleted...]
-    <row r="400" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N399" s="19"/>
+    </row>
+    <row r="400" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A400" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C400" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E400" s="1" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H400" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I400" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J400" s="1">
-        <v>2</v>
+        <v>52</v>
       </c>
       <c r="K400" s="1" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="L400" s="1" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="M400" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="401" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N400" s="19"/>
+    </row>
+    <row r="401" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A401" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E401" s="1" t="s">
         <v>252</v>
       </c>
       <c r="F401" s="1" t="s">
         <v>253</v>
       </c>
       <c r="G401" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H401" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I401" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J401" s="1">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="K401" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L401" s="1" t="s">
         <v>13</v>
       </c>
       <c r="M401" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="N401" s="3"/>
-[...1 lines deleted...]
-    <row r="402" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N401" s="19"/>
+    </row>
+    <row r="402" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A402" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B402" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E402" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>253</v>
+        <v>71</v>
       </c>
       <c r="G402" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H402" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I402" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J402" s="1">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="K402" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="L402" s="1" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="M402" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="403" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N402" s="19"/>
+    </row>
+    <row r="403" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A403" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B403" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C403" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E403" s="1" t="s">
-        <v>254</v>
+        <v>52</v>
       </c>
       <c r="F403" s="1" t="s">
-        <v>71</v>
+        <v>182</v>
       </c>
       <c r="G403" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H403" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I403" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J403" s="1">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="K403" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="L403" s="1" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="M403" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="404" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N403" s="19"/>
+    </row>
+    <row r="404" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A404" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>52</v>
+        <v>263</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>184</v>
+        <v>264</v>
       </c>
       <c r="G404" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H404" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I404" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J404" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="K404" s="1" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="L404" s="1" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="M404" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="405" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>141</v>
+      </c>
+      <c r="N404" s="19"/>
+      <c r="O404" s="1"/>
+      <c r="P404" s="1"/>
+      <c r="Q404" s="1"/>
+      <c r="R404" s="1"/>
+      <c r="S404" s="1"/>
+      <c r="T404" s="1"/>
+      <c r="U404" s="1"/>
+      <c r="V404" s="1"/>
+      <c r="W404" s="1"/>
+      <c r="X404" s="1"/>
+      <c r="Y404" s="1"/>
+      <c r="Z404" s="1"/>
+      <c r="AA404" s="1"/>
+      <c r="AB404" s="1"/>
+      <c r="AC404" s="1"/>
+      <c r="AD404" s="1"/>
+      <c r="AE404" s="1"/>
+      <c r="AF404" s="1"/>
+      <c r="AG404" s="1"/>
+      <c r="AH404" s="1"/>
+      <c r="AI404" s="1"/>
+      <c r="AJ404" s="1"/>
+      <c r="AK404" s="1"/>
+      <c r="AL404" s="1"/>
+      <c r="AM404" s="1"/>
+      <c r="AN404" s="1"/>
+      <c r="AO404" s="1"/>
+      <c r="AP404" s="1"/>
+      <c r="AQ404" s="1"/>
+      <c r="AR404" s="1"/>
+      <c r="AS404" s="1"/>
+      <c r="AT404" s="1"/>
+      <c r="AU404" s="1"/>
+      <c r="AV404" s="1"/>
+      <c r="AW404" s="1"/>
+      <c r="AX404" s="1"/>
+      <c r="AY404" s="1"/>
+      <c r="AZ404" s="1"/>
+      <c r="BA404" s="1"/>
+      <c r="BB404" s="1"/>
+      <c r="BC404" s="1"/>
+      <c r="BD404" s="1"/>
+      <c r="BE404" s="1"/>
+      <c r="BF404" s="1"/>
+      <c r="BG404" s="1"/>
+      <c r="BH404" s="1"/>
+      <c r="BI404" s="1"/>
+      <c r="BJ404" s="1"/>
+      <c r="BK404" s="1"/>
+      <c r="BL404" s="1"/>
+      <c r="BM404" s="1"/>
+      <c r="BN404" s="1"/>
+      <c r="BO404" s="1"/>
+      <c r="BP404" s="1"/>
+      <c r="BQ404" s="1"/>
+      <c r="BR404" s="1"/>
+      <c r="BS404" s="1"/>
+    </row>
+    <row r="405" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A405" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C405" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D405" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E405" s="1" t="s">
         <v>263</v>
       </c>
       <c r="F405" s="1" t="s">
         <v>264</v>
       </c>
       <c r="G405" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H405" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I405" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J405" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="K405" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L405" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M405" s="1" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-    <row r="406" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>141</v>
+      </c>
+      <c r="N405" s="19"/>
+    </row>
+    <row r="406" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A406" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B406" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C406" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D406" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E406" s="1" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="G406" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H406" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I406" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J406" s="1">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="K406" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L406" s="1" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="M406" s="1" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-    <row r="407" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>188</v>
+      </c>
+      <c r="N406" s="19"/>
+    </row>
+    <row r="407" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A407" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C407" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D407" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E407" s="1" t="s">
         <v>265</v>
       </c>
       <c r="F407" s="1" t="s">
         <v>266</v>
       </c>
       <c r="G407" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H407" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I407" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J407" s="1">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="K407" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L407" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M407" s="1" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-    <row r="408" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>188</v>
+      </c>
+      <c r="N407" s="19"/>
+    </row>
+    <row r="408" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A408" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B408" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C408" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>233</v>
       </c>
       <c r="E408" s="1" t="s">
         <v>265</v>
       </c>
       <c r="F408" s="1" t="s">
         <v>266</v>
       </c>
       <c r="G408" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H408" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I408" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J408" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="K408" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L408" s="1" t="s">
         <v>30</v>
       </c>
       <c r="M408" s="1" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-    <row r="409" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>188</v>
+      </c>
+      <c r="N408" s="19"/>
+    </row>
+    <row r="409" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A409" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>233</v>
+        <v>267</v>
       </c>
       <c r="E409" s="1" t="s">
-        <v>265</v>
+        <v>280</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>266</v>
+        <v>281</v>
       </c>
       <c r="G409" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H409" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J409" s="1">
-        <v>2</v>
+        <v>36</v>
       </c>
       <c r="K409" s="1" t="s">
-        <v>124</v>
+        <v>43</v>
       </c>
       <c r="L409" s="1" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="M409" s="1" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-    <row r="410" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+      <c r="N409" s="5"/>
+      <c r="O409" s="6"/>
+      <c r="P409" s="6"/>
+      <c r="Q409" s="6"/>
+      <c r="R409" s="6"/>
+      <c r="S409" s="6"/>
+      <c r="T409" s="6"/>
+      <c r="U409" s="6"/>
+      <c r="V409" s="6"/>
+      <c r="W409" s="6"/>
+      <c r="X409" s="6"/>
+      <c r="Y409" s="6"/>
+      <c r="Z409" s="6"/>
+      <c r="AA409" s="6"/>
+      <c r="AB409" s="6"/>
+      <c r="AC409" s="6"/>
+      <c r="AD409" s="6"/>
+      <c r="AE409" s="6"/>
+      <c r="AF409" s="6"/>
+      <c r="AG409" s="6"/>
+      <c r="AH409" s="6"/>
+      <c r="AI409" s="6"/>
+      <c r="AJ409" s="6"/>
+      <c r="AK409" s="6"/>
+      <c r="AL409" s="6"/>
+      <c r="AM409" s="6"/>
+      <c r="AN409" s="6"/>
+      <c r="AO409" s="6"/>
+      <c r="AP409" s="6"/>
+      <c r="AQ409" s="6"/>
+      <c r="AR409" s="6"/>
+      <c r="AS409" s="6"/>
+      <c r="AT409" s="6"/>
+      <c r="AU409" s="6"/>
+      <c r="AV409" s="6"/>
+      <c r="AW409" s="6"/>
+      <c r="AX409" s="6"/>
+      <c r="AY409" s="6"/>
+      <c r="AZ409" s="6"/>
+      <c r="BA409" s="6"/>
+      <c r="BB409" s="6"/>
+      <c r="BC409" s="6"/>
+      <c r="BD409" s="6"/>
+      <c r="BE409" s="6"/>
+      <c r="BF409" s="6"/>
+      <c r="BG409" s="6"/>
+      <c r="BH409" s="6"/>
+      <c r="BI409" s="6"/>
+      <c r="BJ409" s="6"/>
+      <c r="BK409" s="6"/>
+      <c r="BL409" s="6"/>
+      <c r="BM409" s="6"/>
+      <c r="BN409" s="6"/>
+      <c r="BO409" s="6"/>
+      <c r="BP409" s="6"/>
+      <c r="BQ409" s="6"/>
+      <c r="BR409" s="6"/>
+      <c r="BS409" s="6"/>
+    </row>
+    <row r="410" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A410" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B410" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C410" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D410" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E410" s="1" t="s">
         <v>280</v>
       </c>
       <c r="F410" s="1" t="s">
         <v>281</v>
       </c>
       <c r="G410" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H410" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I410" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J410" s="1">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="K410" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L410" s="1" t="s">
         <v>44</v>
       </c>
       <c r="M410" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="N410" s="3"/>
-[...1 lines deleted...]
-    <row r="411" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N410" s="5"/>
+      <c r="O410" s="6"/>
+      <c r="P410" s="6"/>
+      <c r="Q410" s="6"/>
+      <c r="R410" s="6"/>
+      <c r="S410" s="6"/>
+      <c r="T410" s="6"/>
+      <c r="U410" s="6"/>
+      <c r="V410" s="6"/>
+      <c r="W410" s="6"/>
+      <c r="X410" s="6"/>
+      <c r="Y410" s="6"/>
+      <c r="Z410" s="6"/>
+      <c r="AA410" s="6"/>
+      <c r="AB410" s="6"/>
+      <c r="AC410" s="6"/>
+      <c r="AD410" s="6"/>
+      <c r="AE410" s="6"/>
+      <c r="AF410" s="6"/>
+      <c r="AG410" s="6"/>
+      <c r="AH410" s="6"/>
+      <c r="AI410" s="6"/>
+      <c r="AJ410" s="6"/>
+      <c r="AK410" s="6"/>
+      <c r="AL410" s="6"/>
+      <c r="AM410" s="6"/>
+      <c r="AN410" s="6"/>
+      <c r="AO410" s="6"/>
+      <c r="AP410" s="6"/>
+      <c r="AQ410" s="6"/>
+      <c r="AR410" s="6"/>
+      <c r="AS410" s="6"/>
+      <c r="AT410" s="6"/>
+      <c r="AU410" s="6"/>
+      <c r="AV410" s="6"/>
+      <c r="AW410" s="6"/>
+      <c r="AX410" s="6"/>
+      <c r="AY410" s="6"/>
+      <c r="AZ410" s="6"/>
+      <c r="BA410" s="6"/>
+      <c r="BB410" s="6"/>
+      <c r="BC410" s="6"/>
+      <c r="BD410" s="6"/>
+      <c r="BE410" s="6"/>
+      <c r="BF410" s="6"/>
+      <c r="BG410" s="6"/>
+      <c r="BH410" s="6"/>
+      <c r="BI410" s="6"/>
+      <c r="BJ410" s="6"/>
+      <c r="BK410" s="6"/>
+      <c r="BL410" s="6"/>
+      <c r="BM410" s="6"/>
+      <c r="BN410" s="6"/>
+      <c r="BO410" s="6"/>
+      <c r="BP410" s="6"/>
+      <c r="BQ410" s="6"/>
+      <c r="BR410" s="6"/>
+      <c r="BS410" s="6"/>
+    </row>
+    <row r="411" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A411" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D411" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E411" s="1" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>281</v>
+        <v>54</v>
       </c>
       <c r="G411" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H411" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I411" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J411" s="1">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="K411" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L411" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="M411" s="1" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="N411" s="3"/>
     </row>
-    <row r="412" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="412" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A412" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>267</v>
+      </c>
+      <c r="E412" s="1" t="s">
+        <v>287</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G412" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H412" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I412" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J412" s="1">
-        <v>109</v>
+        <v>2</v>
       </c>
       <c r="K412" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L412" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="M412" s="1" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="N412" s="3"/>
     </row>
-    <row r="413" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="413" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A413" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C413" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>267</v>
+      </c>
+      <c r="E413" s="1" t="s">
+        <v>291</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G413" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H413" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I413" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J413" s="1">
-        <v>14</v>
+      <c r="J413" s="7">
+        <v>20</v>
       </c>
       <c r="K413" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L413" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="M413" s="1" t="s">
-        <v>112</v>
+        <v>290</v>
       </c>
       <c r="N413" s="3"/>
-    </row>
-    <row r="414" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AL413" s="2"/>
+      <c r="AM413" s="2"/>
+      <c r="AN413" s="2"/>
+      <c r="AO413" s="2"/>
+      <c r="AP413" s="2"/>
+      <c r="AQ413" s="2"/>
+      <c r="AR413" s="2"/>
+      <c r="AS413" s="2"/>
+      <c r="AT413" s="2"/>
+      <c r="AU413" s="2"/>
+      <c r="AV413" s="2"/>
+      <c r="AW413" s="2"/>
+      <c r="AX413" s="2"/>
+      <c r="AY413" s="2"/>
+      <c r="AZ413" s="2"/>
+      <c r="BA413" s="2"/>
+      <c r="BB413" s="2"/>
+      <c r="BC413" s="2"/>
+      <c r="BD413" s="2"/>
+      <c r="BE413" s="2"/>
+      <c r="BF413" s="2"/>
+      <c r="BG413" s="2"/>
+      <c r="BH413" s="2"/>
+      <c r="BI413" s="2"/>
+      <c r="BJ413" s="2"/>
+      <c r="BK413" s="2"/>
+      <c r="BL413" s="2"/>
+      <c r="BM413" s="2"/>
+      <c r="BN413" s="2"/>
+      <c r="BO413" s="2"/>
+      <c r="BP413" s="2"/>
+      <c r="BQ413" s="2"/>
+      <c r="BR413" s="2"/>
+      <c r="BS413" s="2"/>
+    </row>
+    <row r="414" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A414" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>267</v>
+      </c>
+      <c r="E414" s="1" t="s">
+        <v>292</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>34</v>
+        <v>241</v>
       </c>
       <c r="G414" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H414" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I414" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J414" s="1">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="K414" s="1" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="L414" s="1" t="s">
-        <v>111</v>
+        <v>240</v>
       </c>
       <c r="M414" s="1" t="s">
-        <v>112</v>
+        <v>241</v>
       </c>
       <c r="N414" s="3"/>
     </row>
-    <row r="415" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="415" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A415" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C415" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D415" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E415" s="1" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G415" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H415" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I415" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J415" s="1">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="K415" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L415" s="1" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="M415" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="416" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N415" s="19"/>
+    </row>
+    <row r="416" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A416" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D416" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E416" s="1" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G416" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H416" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I416" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J416" s="1">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="K416" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L416" s="1" t="s">
-        <v>55</v>
+        <v>109</v>
       </c>
       <c r="M416" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="417" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>298</v>
+      </c>
+      <c r="N416" s="3"/>
+    </row>
+    <row r="417" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A417" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E417" s="1" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G417" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H417" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I417" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J417" s="7">
-        <v>20</v>
+      <c r="J417" s="1">
+        <v>29</v>
       </c>
       <c r="K417" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L417" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M417" s="1" t="s">
-        <v>290</v>
-[...3 lines deleted...]
-    <row r="418" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N417" s="3"/>
+    </row>
+    <row r="418" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A418" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>101</v>
+        <v>46</v>
       </c>
       <c r="D418" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E418" s="1" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>241</v>
+        <v>71</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="H418" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I418" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J418" s="1">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="K418" s="1" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="L418" s="1" t="s">
-        <v>240</v>
+        <v>72</v>
       </c>
       <c r="M418" s="1" t="s">
-        <v>241</v>
-[...3 lines deleted...]
-    <row r="419" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N418" s="3"/>
+    </row>
+    <row r="419" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A419" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C419" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D419" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E419" s="1" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="H419" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I419" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J419" s="1">
+        <v>1</v>
+      </c>
+      <c r="K419" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L419" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M419" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="N419" s="3"/>
+    </row>
+    <row r="420" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A420" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B420" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="K419" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="C420" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D420" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E420" s="1" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="F420" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G420" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H420" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I420" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J420" s="1">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="K420" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L420" s="1" t="s">
-        <v>111</v>
+        <v>61</v>
       </c>
       <c r="M420" s="1" t="s">
-        <v>298</v>
+        <v>62</v>
       </c>
       <c r="N420" s="3"/>
     </row>
-    <row r="421" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="421" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A421" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D421" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="G421" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H421" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I421" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J421" s="1">
-        <v>29</v>
+        <v>60</v>
       </c>
       <c r="K421" s="1" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="L421" s="1" t="s">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="M421" s="1" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="N421" s="3"/>
     </row>
-    <row r="422" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="422" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A422" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B422" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D422" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E422" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>305</v>
+        <v>40</v>
       </c>
       <c r="H422" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I422" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J422" s="1">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="K422" s="1" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="L422" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="M422" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="N422" s="3"/>
     </row>
-    <row r="423" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="423" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A423" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B423" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B423" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C423" s="1" t="s">
-        <v>46</v>
+      <c r="C423" s="4" t="s">
+        <v>130</v>
       </c>
       <c r="D423" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E423" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>305</v>
+        <v>16</v>
       </c>
       <c r="H423" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I423" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J423" s="1">
-        <v>1</v>
+        <v>159</v>
       </c>
       <c r="K423" s="1" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="L423" s="1" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="M423" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="424" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N423" s="19"/>
+    </row>
+    <row r="424" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A424" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>582</v>
+      </c>
+      <c r="B424" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C424" s="4" t="s">
+        <v>130</v>
       </c>
       <c r="D424" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E424" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H424" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I424" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J424" s="1">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="K424" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L424" s="1" t="s">
-        <v>61</v>
+        <v>123</v>
       </c>
       <c r="M424" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="425" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N424" s="19"/>
+    </row>
+    <row r="425" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A425" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B425" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B425" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C425" s="1" t="s">
-        <v>41</v>
+      <c r="C425" s="4" t="s">
+        <v>130</v>
       </c>
       <c r="D425" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E425" s="1" t="s">
         <v>307</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>76</v>
+        <v>121</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H425" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I425" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J425" s="1">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="K425" s="1" t="s">
-        <v>74</v>
+        <v>122</v>
       </c>
       <c r="L425" s="1" t="s">
-        <v>75</v>
+        <v>123</v>
       </c>
       <c r="M425" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="426" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N425" s="19"/>
+    </row>
+    <row r="426" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A426" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B426" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B426" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C426" s="4" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D426" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E426" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="G426" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H426" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I426" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J426" s="1">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="K426" s="1" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="L426" s="1" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="M426" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="427" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+      <c r="N426" s="19"/>
+    </row>
+    <row r="427" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A427" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="D427" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E427" s="1" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>309</v>
+        <v>115</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H427" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I427" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J427" s="1">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="K427" s="1" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="L427" s="1" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="M427" s="1" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="N427" s="3"/>
     </row>
-    <row r="428" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="428" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A428" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B428" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C428" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D428" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E428" s="1" t="s">
-        <v>310</v>
+        <v>323</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>123</v>
+        <v>34</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>16</v>
+        <v>207</v>
       </c>
       <c r="H428" s="1" t="s">
-        <v>17</v>
+        <v>324</v>
       </c>
       <c r="I428" s="1" t="s">
-        <v>18</v>
+        <v>297</v>
       </c>
       <c r="J428" s="1">
-        <v>159</v>
+        <v>14</v>
       </c>
       <c r="K428" s="1" t="s">
-        <v>124</v>
+        <v>34</v>
       </c>
       <c r="L428" s="1" t="s">
-        <v>125</v>
+        <v>55</v>
       </c>
       <c r="M428" s="1" t="s">
-        <v>129</v>
+        <v>79</v>
       </c>
       <c r="N428" s="3"/>
     </row>
-    <row r="429" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="429" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A429" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B429" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B429" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C429" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D429" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E429" s="1" t="s">
-        <v>310</v>
+        <v>325</v>
       </c>
       <c r="F429" s="1" t="s">
-        <v>123</v>
+        <v>34</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>16</v>
+        <v>207</v>
       </c>
       <c r="H429" s="1" t="s">
-        <v>32</v>
+        <v>324</v>
       </c>
       <c r="I429" s="1" t="s">
-        <v>18</v>
+        <v>297</v>
       </c>
       <c r="J429" s="1">
+        <v>4</v>
+      </c>
+      <c r="K429" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L429" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M429" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N429" s="3"/>
+      <c r="O429" s="1"/>
+      <c r="P429" s="1"/>
+      <c r="Q429" s="1"/>
+      <c r="R429" s="1"/>
+      <c r="S429" s="1"/>
+      <c r="T429" s="1"/>
+      <c r="U429" s="1"/>
+      <c r="V429" s="1"/>
+      <c r="W429" s="1"/>
+      <c r="X429" s="1"/>
+      <c r="Y429" s="1"/>
+      <c r="Z429" s="1"/>
+      <c r="AA429" s="1"/>
+      <c r="AB429" s="1"/>
+      <c r="AC429" s="1"/>
+      <c r="AD429" s="1"/>
+      <c r="AE429" s="1"/>
+      <c r="AF429" s="1"/>
+      <c r="AG429" s="1"/>
+      <c r="AH429" s="1"/>
+      <c r="AI429" s="1"/>
+      <c r="AJ429" s="1"/>
+      <c r="AK429" s="1"/>
+      <c r="AL429" s="1"/>
+      <c r="AM429" s="1"/>
+      <c r="AN429" s="1"/>
+      <c r="AO429" s="1"/>
+      <c r="AP429" s="1"/>
+      <c r="AQ429" s="1"/>
+      <c r="AR429" s="1"/>
+      <c r="AS429" s="1"/>
+      <c r="AT429" s="1"/>
+      <c r="AU429" s="1"/>
+      <c r="AV429" s="1"/>
+      <c r="AW429" s="1"/>
+      <c r="AX429" s="1"/>
+      <c r="AY429" s="1"/>
+      <c r="AZ429" s="1"/>
+      <c r="BA429" s="1"/>
+      <c r="BB429" s="1"/>
+      <c r="BC429" s="1"/>
+      <c r="BD429" s="1"/>
+      <c r="BE429" s="1"/>
+      <c r="BF429" s="1"/>
+      <c r="BG429" s="1"/>
+      <c r="BH429" s="1"/>
+      <c r="BI429" s="1"/>
+      <c r="BJ429" s="1"/>
+      <c r="BK429" s="1"/>
+      <c r="BL429" s="1"/>
+      <c r="BM429" s="1"/>
+      <c r="BN429" s="1"/>
+      <c r="BO429" s="1"/>
+      <c r="BP429" s="1"/>
+      <c r="BQ429" s="1"/>
+      <c r="BR429" s="1"/>
+      <c r="BS429" s="1"/>
+    </row>
+    <row r="430" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A430" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B430" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="K429" s="1" t="s">
-[...14 lines deleted...]
-      <c r="B430" s="4" t="s">
+      <c r="C430" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D430" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E430" s="1" t="s">
-        <v>310</v>
+        <v>326</v>
       </c>
       <c r="F430" s="1" t="s">
-        <v>123</v>
+        <v>327</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H430" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I430" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J430" s="1">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="K430" s="1" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="L430" s="1" t="s">
-        <v>125</v>
+        <v>116</v>
       </c>
       <c r="M430" s="1" t="s">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="N430" s="3"/>
-    </row>
-    <row r="431" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O430" s="1"/>
+      <c r="P430" s="1"/>
+      <c r="Q430" s="1"/>
+      <c r="R430" s="1"/>
+      <c r="S430" s="1"/>
+      <c r="T430" s="1"/>
+      <c r="U430" s="1"/>
+      <c r="V430" s="1"/>
+      <c r="W430" s="1"/>
+      <c r="X430" s="1"/>
+      <c r="Y430" s="1"/>
+      <c r="Z430" s="1"/>
+      <c r="AA430" s="1"/>
+      <c r="AB430" s="1"/>
+      <c r="AC430" s="1"/>
+      <c r="AD430" s="1"/>
+      <c r="AE430" s="1"/>
+      <c r="AF430" s="1"/>
+      <c r="AG430" s="1"/>
+      <c r="AH430" s="1"/>
+      <c r="AI430" s="1"/>
+      <c r="AJ430" s="1"/>
+      <c r="AK430" s="1"/>
+      <c r="AL430" s="1"/>
+      <c r="AM430" s="1"/>
+      <c r="AN430" s="1"/>
+      <c r="AO430" s="1"/>
+      <c r="AP430" s="1"/>
+      <c r="AQ430" s="1"/>
+      <c r="AR430" s="1"/>
+      <c r="AS430" s="1"/>
+      <c r="AT430" s="1"/>
+      <c r="AU430" s="1"/>
+      <c r="AV430" s="1"/>
+      <c r="AW430" s="1"/>
+      <c r="AX430" s="1"/>
+      <c r="AY430" s="1"/>
+      <c r="AZ430" s="1"/>
+      <c r="BA430" s="1"/>
+      <c r="BB430" s="1"/>
+      <c r="BC430" s="1"/>
+      <c r="BD430" s="1"/>
+      <c r="BE430" s="1"/>
+      <c r="BF430" s="1"/>
+      <c r="BG430" s="1"/>
+      <c r="BH430" s="1"/>
+      <c r="BI430" s="1"/>
+      <c r="BJ430" s="1"/>
+      <c r="BK430" s="1"/>
+      <c r="BL430" s="1"/>
+      <c r="BM430" s="1"/>
+      <c r="BN430" s="1"/>
+      <c r="BO430" s="1"/>
+      <c r="BP430" s="1"/>
+      <c r="BQ430" s="1"/>
+      <c r="BR430" s="1"/>
+      <c r="BS430" s="1"/>
+    </row>
+    <row r="431" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A431" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C431" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B431" s="1" t="s">
         <v>33</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D431" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E431" s="1" t="s">
-        <v>312</v>
+        <v>328</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="G431" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H431" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I431" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J431" s="1">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="K431" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="L431" s="1" t="s">
-        <v>30</v>
+        <v>109</v>
       </c>
       <c r="M431" s="1" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-    <row r="432" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N431" s="3"/>
+    </row>
+    <row r="432" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A432" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="D432" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E432" s="1" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="F432" s="1" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H432" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I432" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J432" s="1">
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="K432" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="L432" s="1" t="s">
-        <v>119</v>
+        <v>72</v>
       </c>
       <c r="M432" s="1" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-    <row r="433" spans="1:14" s="17" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>141</v>
+      </c>
+      <c r="N432" s="3"/>
+    </row>
+    <row r="433" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A433" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="D433" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E433" s="1" t="s">
-        <v>326</v>
+        <v>391</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>34</v>
+        <v>218</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>208</v>
+        <v>40</v>
       </c>
       <c r="H433" s="1" t="s">
-        <v>327</v>
+        <v>17</v>
       </c>
       <c r="I433" s="1" t="s">
-        <v>297</v>
+        <v>18</v>
       </c>
       <c r="J433" s="1">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="K433" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L433" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="M433" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="434" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N433" s="3"/>
+    </row>
+    <row r="434" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A434" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D434" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E434" s="1" t="s">
-        <v>328</v>
+        <v>392</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>34</v>
+        <v>321</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>208</v>
+        <v>40</v>
       </c>
       <c r="H434" s="1" t="s">
-        <v>327</v>
+        <v>17</v>
       </c>
       <c r="I434" s="1" t="s">
-        <v>297</v>
+        <v>18</v>
       </c>
       <c r="J434" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K434" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L434" s="1" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="M434" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="435" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>56</v>
+      </c>
+      <c r="N434" s="3"/>
+    </row>
+    <row r="435" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A435" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D435" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E435" s="1" t="s">
-        <v>329</v>
+        <v>396</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>330</v>
+        <v>34</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H435" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J435" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="K435" s="1" t="s">
-        <v>118</v>
+        <v>34</v>
       </c>
       <c r="L435" s="1" t="s">
-        <v>118</v>
+        <v>61</v>
       </c>
       <c r="M435" s="1" t="s">
-        <v>151</v>
+        <v>62</v>
       </c>
       <c r="N435" s="3"/>
     </row>
-    <row r="436" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A436" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D436" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E436" s="1" t="s">
-        <v>331</v>
+        <v>397</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H436" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I436" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J436" s="1">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="K436" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L436" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="M436" s="1" t="s">
-        <v>112</v>
+        <v>56</v>
       </c>
       <c r="N436" s="3"/>
     </row>
-    <row r="437" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="437" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A437" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B437" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C437" s="1" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D437" s="1" t="s">
         <v>267</v>
       </c>
       <c r="E437" s="1" t="s">
-        <v>332</v>
+        <v>397</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>123</v>
+        <v>54</v>
       </c>
       <c r="G437" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H437" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I437" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J437" s="1">
+        <v>2</v>
+      </c>
+      <c r="K437" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L437" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M437" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="N437" s="3"/>
+    </row>
+    <row r="438" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A438" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="E438" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="F438" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G438" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H437" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="H438" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I438" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J438" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="K438" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L438" s="1" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="M438" s="1" t="s">
-        <v>56</v>
+        <v>114</v>
       </c>
       <c r="N438" s="3"/>
     </row>
-    <row r="439" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="439" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A439" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>342</v>
+        <v>282</v>
+      </c>
+      <c r="E439" s="8" t="s">
+        <v>283</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H439" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I439" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J439" s="1">
-        <v>20</v>
+        <v>109</v>
       </c>
       <c r="K439" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L439" s="1" t="s">
-        <v>55</v>
+        <v>109</v>
       </c>
       <c r="M439" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="440" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N439" s="19"/>
+    </row>
+    <row r="440" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A440" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>342</v>
+        <v>282</v>
+      </c>
+      <c r="E440" s="8" t="s">
+        <v>283</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H440" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I440" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J440" s="1">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="K440" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L440" s="1" t="s">
-        <v>55</v>
+        <v>109</v>
       </c>
       <c r="M440" s="1" t="s">
-        <v>56</v>
+        <v>110</v>
       </c>
       <c r="N440" s="3"/>
-    </row>
-    <row r="441" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O440" s="1"/>
+      <c r="P440" s="1"/>
+      <c r="Q440" s="1"/>
+      <c r="R440" s="1"/>
+      <c r="S440" s="1"/>
+      <c r="T440" s="1"/>
+      <c r="U440" s="1"/>
+      <c r="V440" s="1"/>
+      <c r="W440" s="1"/>
+      <c r="X440" s="1"/>
+      <c r="Y440" s="1"/>
+      <c r="Z440" s="1"/>
+      <c r="AA440" s="1"/>
+      <c r="AB440" s="1"/>
+      <c r="AC440" s="1"/>
+      <c r="AD440" s="1"/>
+      <c r="AE440" s="1"/>
+      <c r="AF440" s="1"/>
+      <c r="AG440" s="1"/>
+      <c r="AH440" s="1"/>
+      <c r="AI440" s="1"/>
+      <c r="AJ440" s="1"/>
+      <c r="AK440" s="1"/>
+      <c r="AL440" s="1"/>
+      <c r="AM440" s="1"/>
+      <c r="AN440" s="1"/>
+      <c r="AO440" s="1"/>
+      <c r="AP440" s="1"/>
+      <c r="AQ440" s="1"/>
+      <c r="AR440" s="1"/>
+      <c r="AS440" s="1"/>
+      <c r="AT440" s="1"/>
+      <c r="AU440" s="1"/>
+      <c r="AV440" s="1"/>
+      <c r="AW440" s="1"/>
+      <c r="AX440" s="1"/>
+      <c r="AY440" s="1"/>
+      <c r="AZ440" s="1"/>
+      <c r="BA440" s="1"/>
+      <c r="BB440" s="1"/>
+      <c r="BC440" s="1"/>
+      <c r="BD440" s="1"/>
+      <c r="BE440" s="1"/>
+      <c r="BF440" s="1"/>
+      <c r="BG440" s="1"/>
+      <c r="BH440" s="1"/>
+      <c r="BI440" s="1"/>
+      <c r="BJ440" s="1"/>
+      <c r="BK440" s="1"/>
+      <c r="BL440" s="1"/>
+      <c r="BM440" s="1"/>
+      <c r="BN440" s="1"/>
+      <c r="BO440" s="1"/>
+      <c r="BP440" s="1"/>
+      <c r="BQ440" s="1"/>
+      <c r="BR440" s="1"/>
+      <c r="BS440" s="1"/>
+    </row>
+    <row r="441" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A441" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>20</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>344</v>
+        <v>282</v>
+      </c>
+      <c r="E441" s="8" t="s">
+        <v>283</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="G441" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H441" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I441" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J441" s="1">
         <v>17</v>
       </c>
-      <c r="I441" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K441" s="1" t="s">
-        <v>124</v>
+        <v>34</v>
       </c>
       <c r="L441" s="1" t="s">
-        <v>125</v>
+        <v>109</v>
       </c>
       <c r="M441" s="1" t="s">
-        <v>129</v>
+        <v>110</v>
       </c>
       <c r="N441" s="3"/>
     </row>
-    <row r="442" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="442" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A442" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B442" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E442" s="1" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H442" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I442" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J442" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="K442" s="1" t="s">
-        <v>124</v>
+        <v>43</v>
       </c>
       <c r="L442" s="1" t="s">
-        <v>125</v>
+        <v>55</v>
       </c>
       <c r="M442" s="1" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-    <row r="443" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>56</v>
+      </c>
+      <c r="N442" s="14"/>
+      <c r="O442" s="20"/>
+      <c r="P442" s="20"/>
+      <c r="Q442" s="20"/>
+      <c r="R442" s="20"/>
+      <c r="S442" s="20"/>
+      <c r="T442" s="20"/>
+      <c r="U442" s="20"/>
+      <c r="V442" s="20"/>
+      <c r="W442" s="20"/>
+      <c r="X442" s="20"/>
+      <c r="Y442" s="20"/>
+      <c r="Z442" s="20"/>
+      <c r="AA442" s="20"/>
+      <c r="AB442" s="20"/>
+      <c r="AC442" s="20"/>
+      <c r="AD442" s="20"/>
+      <c r="AE442" s="20"/>
+      <c r="AF442" s="20"/>
+      <c r="AG442" s="20"/>
+      <c r="AH442" s="20"/>
+      <c r="AI442" s="20"/>
+      <c r="AJ442" s="20"/>
+      <c r="AK442" s="20"/>
+    </row>
+    <row r="443" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A443" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E443" s="1" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="F443" s="1" t="s">
-        <v>241</v>
+        <v>54</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H443" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I443" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J443" s="1">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="K443" s="1" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
       <c r="L443" s="1" t="s">
-        <v>240</v>
+        <v>55</v>
       </c>
       <c r="M443" s="1" t="s">
-        <v>241</v>
-[...3 lines deleted...]
-    <row r="444" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>56</v>
+      </c>
+      <c r="N443" s="14"/>
+      <c r="O443" s="20"/>
+      <c r="P443" s="20"/>
+      <c r="Q443" s="20"/>
+      <c r="R443" s="20"/>
+      <c r="S443" s="20"/>
+      <c r="T443" s="20"/>
+      <c r="U443" s="20"/>
+      <c r="V443" s="20"/>
+      <c r="W443" s="20"/>
+      <c r="X443" s="20"/>
+      <c r="Y443" s="20"/>
+      <c r="Z443" s="20"/>
+      <c r="AA443" s="20"/>
+      <c r="AB443" s="20"/>
+      <c r="AC443" s="20"/>
+      <c r="AD443" s="20"/>
+      <c r="AE443" s="20"/>
+      <c r="AF443" s="20"/>
+      <c r="AG443" s="20"/>
+      <c r="AH443" s="20"/>
+      <c r="AI443" s="20"/>
+      <c r="AJ443" s="20"/>
+      <c r="AK443" s="20"/>
+    </row>
+    <row r="444" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A444" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B444" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E444" s="1" t="s">
-        <v>348</v>
+        <v>340</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H444" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I444" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J444" s="1">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="K444" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L444" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="M444" s="1" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-    <row r="445" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>56</v>
+      </c>
+      <c r="N444" s="14"/>
+      <c r="O444" s="20"/>
+      <c r="P444" s="20"/>
+      <c r="Q444" s="20"/>
+      <c r="R444" s="20"/>
+      <c r="S444" s="20"/>
+      <c r="T444" s="20"/>
+      <c r="U444" s="20"/>
+      <c r="V444" s="20"/>
+      <c r="W444" s="20"/>
+      <c r="X444" s="20"/>
+      <c r="Y444" s="20"/>
+      <c r="Z444" s="20"/>
+      <c r="AA444" s="20"/>
+      <c r="AB444" s="20"/>
+      <c r="AC444" s="20"/>
+      <c r="AD444" s="20"/>
+      <c r="AE444" s="20"/>
+      <c r="AF444" s="20"/>
+      <c r="AG444" s="20"/>
+      <c r="AH444" s="20"/>
+      <c r="AI444" s="20"/>
+      <c r="AJ444" s="20"/>
+      <c r="AK444" s="20"/>
+    </row>
+    <row r="445" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A445" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="C445" s="1" t="s">
         <v>46</v>
       </c>
+      <c r="C445" s="4" t="s">
+        <v>97</v>
+      </c>
       <c r="D445" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E445" s="1" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="G445" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H445" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I445" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J445" s="1">
-        <v>9</v>
+      <c r="J445" s="7">
+        <v>39</v>
       </c>
       <c r="K445" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L445" s="1" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="M445" s="1" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="N445" s="3"/>
     </row>
-    <row r="446" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="446" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A446" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E446" s="1" t="s">
-        <v>351</v>
+        <v>343</v>
       </c>
       <c r="F446" s="1" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="G446" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H446" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I446" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J446" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="K446" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L446" s="1" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="M446" s="1" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-    <row r="447" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N446" s="14"/>
+      <c r="O446" s="20"/>
+      <c r="P446" s="20"/>
+      <c r="Q446" s="20"/>
+      <c r="R446" s="20"/>
+      <c r="S446" s="20"/>
+      <c r="T446" s="20"/>
+      <c r="U446" s="20"/>
+      <c r="V446" s="20"/>
+      <c r="W446" s="20"/>
+      <c r="X446" s="20"/>
+      <c r="Y446" s="20"/>
+      <c r="Z446" s="20"/>
+      <c r="AA446" s="20"/>
+      <c r="AB446" s="20"/>
+      <c r="AC446" s="20"/>
+      <c r="AD446" s="20"/>
+      <c r="AE446" s="20"/>
+      <c r="AF446" s="20"/>
+      <c r="AG446" s="20"/>
+      <c r="AH446" s="20"/>
+      <c r="AI446" s="20"/>
+      <c r="AJ446" s="20"/>
+      <c r="AK446" s="20"/>
+    </row>
+    <row r="447" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A447" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E447" s="1" t="s">
-        <v>352</v>
+        <v>344</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>353</v>
+        <v>241</v>
       </c>
       <c r="G447" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H447" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I447" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J447" s="1">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="K447" s="1" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="L447" s="1" t="s">
-        <v>72</v>
+        <v>240</v>
       </c>
       <c r="M447" s="1" t="s">
-        <v>71</v>
+        <v>241</v>
       </c>
       <c r="N447" s="3"/>
     </row>
-    <row r="448" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="448" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A448" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E448" s="1" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>353</v>
+        <v>34</v>
       </c>
       <c r="G448" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H448" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I448" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J448" s="1">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="K448" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L448" s="1" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="M448" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="449" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N448" s="14"/>
+      <c r="O448" s="20"/>
+      <c r="P448" s="20"/>
+      <c r="Q448" s="20"/>
+      <c r="R448" s="20"/>
+      <c r="S448" s="20"/>
+      <c r="T448" s="20"/>
+      <c r="U448" s="20"/>
+      <c r="V448" s="20"/>
+      <c r="W448" s="20"/>
+      <c r="X448" s="20"/>
+      <c r="Y448" s="20"/>
+      <c r="Z448" s="20"/>
+      <c r="AA448" s="20"/>
+      <c r="AB448" s="20"/>
+      <c r="AC448" s="20"/>
+      <c r="AD448" s="20"/>
+      <c r="AE448" s="20"/>
+      <c r="AF448" s="20"/>
+      <c r="AG448" s="20"/>
+      <c r="AH448" s="20"/>
+      <c r="AI448" s="20"/>
+      <c r="AJ448" s="20"/>
+      <c r="AK448" s="20"/>
+    </row>
+    <row r="449" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A449" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E449" s="1" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>353</v>
+        <v>34</v>
       </c>
       <c r="G449" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H449" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I449" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J449" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K449" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L449" s="1" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="M449" s="1" t="s">
-        <v>71</v>
+        <v>114</v>
       </c>
       <c r="N449" s="3"/>
-    </row>
-    <row r="450" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AL449" s="22"/>
+      <c r="AM449" s="22"/>
+      <c r="AN449" s="22"/>
+      <c r="AO449" s="22"/>
+      <c r="AP449" s="22"/>
+      <c r="AQ449" s="22"/>
+      <c r="AR449" s="22"/>
+      <c r="AS449" s="22"/>
+      <c r="AT449" s="22"/>
+      <c r="AU449" s="22"/>
+      <c r="AV449" s="22"/>
+      <c r="AW449" s="22"/>
+      <c r="AX449" s="22"/>
+      <c r="AY449" s="22"/>
+      <c r="AZ449" s="22"/>
+      <c r="BA449" s="22"/>
+      <c r="BB449" s="22"/>
+      <c r="BC449" s="22"/>
+      <c r="BD449" s="22"/>
+      <c r="BE449" s="22"/>
+      <c r="BF449" s="22"/>
+      <c r="BG449" s="22"/>
+      <c r="BH449" s="22"/>
+      <c r="BI449" s="22"/>
+      <c r="BJ449" s="22"/>
+      <c r="BK449" s="22"/>
+      <c r="BL449" s="22"/>
+      <c r="BM449" s="22"/>
+      <c r="BN449" s="22"/>
+      <c r="BO449" s="22"/>
+      <c r="BP449" s="22"/>
+      <c r="BQ449" s="22"/>
+      <c r="BR449" s="22"/>
+      <c r="BS449" s="22"/>
+    </row>
+    <row r="450" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A450" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E450" s="1" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="F450" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G450" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H450" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I450" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J450" s="7">
-        <v>24</v>
+      <c r="J450" s="1">
+        <v>10</v>
       </c>
       <c r="K450" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L450" s="1" t="s">
         <v>37</v>
       </c>
       <c r="M450" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="N450" s="3"/>
-    </row>
-    <row r="451" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AL450" s="22"/>
+      <c r="AM450" s="22"/>
+      <c r="AN450" s="22"/>
+      <c r="AO450" s="22"/>
+      <c r="AP450" s="22"/>
+      <c r="AQ450" s="22"/>
+      <c r="AR450" s="22"/>
+      <c r="AS450" s="22"/>
+      <c r="AT450" s="22"/>
+      <c r="AU450" s="22"/>
+      <c r="AV450" s="22"/>
+      <c r="AW450" s="22"/>
+      <c r="AX450" s="22"/>
+      <c r="AY450" s="22"/>
+      <c r="AZ450" s="22"/>
+      <c r="BA450" s="22"/>
+      <c r="BB450" s="22"/>
+      <c r="BC450" s="22"/>
+      <c r="BD450" s="22"/>
+      <c r="BE450" s="22"/>
+      <c r="BF450" s="22"/>
+      <c r="BG450" s="22"/>
+      <c r="BH450" s="22"/>
+      <c r="BI450" s="22"/>
+      <c r="BJ450" s="22"/>
+      <c r="BK450" s="22"/>
+      <c r="BL450" s="22"/>
+      <c r="BM450" s="22"/>
+      <c r="BN450" s="22"/>
+      <c r="BO450" s="22"/>
+      <c r="BP450" s="22"/>
+      <c r="BQ450" s="22"/>
+      <c r="BR450" s="22"/>
+      <c r="BS450" s="22"/>
+    </row>
+    <row r="451" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A451" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B451" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C451" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C451" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D451" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E451" s="1" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>128</v>
+        <v>351</v>
       </c>
       <c r="G451" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H451" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I451" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J451" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K451" s="1" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="L451" s="1" t="s">
-        <v>125</v>
+        <v>72</v>
       </c>
       <c r="M451" s="1" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-    <row r="452" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N451" s="14"/>
+      <c r="O451" s="20"/>
+      <c r="P451" s="20"/>
+      <c r="Q451" s="20"/>
+      <c r="R451" s="20"/>
+      <c r="S451" s="20"/>
+      <c r="T451" s="20"/>
+      <c r="U451" s="20"/>
+      <c r="V451" s="20"/>
+      <c r="W451" s="20"/>
+      <c r="X451" s="20"/>
+      <c r="Y451" s="20"/>
+      <c r="Z451" s="20"/>
+      <c r="AA451" s="20"/>
+      <c r="AB451" s="20"/>
+      <c r="AC451" s="20"/>
+      <c r="AD451" s="20"/>
+      <c r="AE451" s="20"/>
+      <c r="AF451" s="20"/>
+      <c r="AG451" s="20"/>
+      <c r="AH451" s="20"/>
+      <c r="AI451" s="20"/>
+      <c r="AJ451" s="20"/>
+      <c r="AK451" s="20"/>
+    </row>
+    <row r="452" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A452" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B452" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C452" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E452" s="1" t="s">
-        <v>359</v>
+        <v>350</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>164</v>
+        <v>351</v>
       </c>
       <c r="G452" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H452" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I452" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J452" s="1">
-        <v>39</v>
+        <v>3</v>
       </c>
       <c r="K452" s="1" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="L452" s="1" t="s">
-        <v>87</v>
+        <v>72</v>
       </c>
       <c r="M452" s="1" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-    <row r="453" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N452" s="14"/>
+      <c r="O452" s="20"/>
+      <c r="P452" s="20"/>
+      <c r="Q452" s="20"/>
+      <c r="R452" s="20"/>
+      <c r="S452" s="20"/>
+      <c r="T452" s="20"/>
+      <c r="U452" s="20"/>
+      <c r="V452" s="20"/>
+      <c r="W452" s="20"/>
+      <c r="X452" s="20"/>
+      <c r="Y452" s="20"/>
+      <c r="Z452" s="20"/>
+      <c r="AA452" s="20"/>
+      <c r="AB452" s="20"/>
+      <c r="AC452" s="20"/>
+      <c r="AD452" s="20"/>
+      <c r="AE452" s="20"/>
+      <c r="AF452" s="20"/>
+      <c r="AG452" s="20"/>
+      <c r="AH452" s="20"/>
+      <c r="AI452" s="20"/>
+      <c r="AJ452" s="20"/>
+      <c r="AK452" s="20"/>
+    </row>
+    <row r="453" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A453" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C453" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E453" s="1" t="s">
-        <v>362</v>
+        <v>350</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>363</v>
+        <v>351</v>
       </c>
       <c r="G453" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H453" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I453" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J453" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="K453" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L453" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M453" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="454" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N453" s="14"/>
+      <c r="O453" s="20"/>
+      <c r="P453" s="20"/>
+      <c r="Q453" s="20"/>
+      <c r="R453" s="20"/>
+      <c r="S453" s="20"/>
+      <c r="T453" s="20"/>
+      <c r="U453" s="20"/>
+      <c r="V453" s="20"/>
+      <c r="W453" s="20"/>
+      <c r="X453" s="20"/>
+      <c r="Y453" s="20"/>
+      <c r="Z453" s="20"/>
+      <c r="AA453" s="20"/>
+      <c r="AB453" s="20"/>
+      <c r="AC453" s="20"/>
+      <c r="AD453" s="20"/>
+      <c r="AE453" s="20"/>
+      <c r="AF453" s="20"/>
+      <c r="AG453" s="20"/>
+      <c r="AH453" s="20"/>
+      <c r="AI453" s="20"/>
+      <c r="AJ453" s="20"/>
+      <c r="AK453" s="20"/>
+    </row>
+    <row r="454" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A454" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E454" s="1" t="s">
-        <v>362</v>
+        <v>352</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>363</v>
+        <v>34</v>
       </c>
       <c r="G454" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H454" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I454" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>18</v>
+      </c>
+      <c r="J454" s="7">
+        <v>24</v>
       </c>
       <c r="K454" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L454" s="1" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="M454" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="455" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+      <c r="N454" s="14"/>
+      <c r="O454" s="20"/>
+      <c r="P454" s="20"/>
+      <c r="Q454" s="20"/>
+      <c r="R454" s="20"/>
+      <c r="S454" s="20"/>
+      <c r="T454" s="20"/>
+      <c r="U454" s="20"/>
+      <c r="V454" s="20"/>
+      <c r="W454" s="20"/>
+      <c r="X454" s="20"/>
+      <c r="Y454" s="20"/>
+      <c r="Z454" s="20"/>
+      <c r="AA454" s="20"/>
+      <c r="AB454" s="20"/>
+      <c r="AC454" s="20"/>
+      <c r="AD454" s="20"/>
+      <c r="AE454" s="20"/>
+      <c r="AF454" s="20"/>
+      <c r="AG454" s="20"/>
+      <c r="AH454" s="20"/>
+      <c r="AI454" s="20"/>
+      <c r="AJ454" s="20"/>
+      <c r="AK454" s="20"/>
+    </row>
+    <row r="455" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A455" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B455" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C455" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E455" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="F455" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H455" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I455" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J455" s="1">
         <v>20</v>
       </c>
-      <c r="C455" s="1" t="s">
+      <c r="K455" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L455" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M455" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="N455" s="3"/>
+    </row>
+    <row r="456" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A456" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B456" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D455" s="1" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="C456" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E456" s="1" t="s">
-        <v>366</v>
+        <v>357</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>367</v>
+        <v>162</v>
       </c>
       <c r="G456" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H456" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I456" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J456" s="1">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="K456" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="L456" s="1" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="M456" s="1" t="s">
-        <v>67</v>
+        <v>162</v>
       </c>
       <c r="N456" s="3"/>
     </row>
-    <row r="457" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="457" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A457" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E457" s="1" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>34</v>
+        <v>361</v>
       </c>
       <c r="G457" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H457" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J457" s="1">
-        <v>83</v>
+        <v>10</v>
       </c>
       <c r="K457" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L457" s="1" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="M457" s="1" t="s">
-        <v>116</v>
+        <v>50</v>
       </c>
       <c r="N457" s="3"/>
     </row>
-    <row r="458" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="458" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A458" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C458" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E458" s="1" t="s">
-        <v>370</v>
+        <v>360</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>149</v>
+        <v>361</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H458" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I458" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J458" s="1">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="K458" s="1" t="s">
-        <v>118</v>
+        <v>22</v>
       </c>
       <c r="L458" s="1" t="s">
-        <v>118</v>
+        <v>23</v>
       </c>
       <c r="M458" s="1" t="s">
-        <v>146</v>
+        <v>50</v>
       </c>
       <c r="N458" s="3"/>
     </row>
-    <row r="459" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="459" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A459" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E459" s="1" t="s">
-        <v>370</v>
+        <v>362</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>149</v>
+        <v>363</v>
       </c>
       <c r="G459" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H459" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I459" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J459" s="1">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="K459" s="1" t="s">
-        <v>118</v>
+        <v>29</v>
       </c>
       <c r="L459" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="M459" s="1" t="s">
-        <v>146</v>
+        <v>131</v>
       </c>
       <c r="N459" s="3"/>
     </row>
-    <row r="460" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="460" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A460" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B460" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C460" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C460" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D460" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E460" s="1" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="G460" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H460" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I460" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J460" s="1">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="K460" s="1" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="L460" s="1" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="M460" s="1" t="s">
-        <v>129</v>
+        <v>67</v>
       </c>
       <c r="N460" s="3"/>
     </row>
-    <row r="461" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="461" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A461" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="C461" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C461" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E461" s="1" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>123</v>
+        <v>34</v>
       </c>
       <c r="G461" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H461" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I461" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J461" s="1">
+        <v>83</v>
+      </c>
+      <c r="K461" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L461" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="M461" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N461" s="3"/>
+    </row>
+    <row r="462" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A462" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B462" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C462" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D462" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E462" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="F462" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H462" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I462" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J462" s="1">
+        <v>60</v>
+      </c>
+      <c r="K462" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L462" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M462" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="N462" s="3"/>
+    </row>
+    <row r="463" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A463" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B463" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C463" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E463" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="F463" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H463" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I463" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J463" s="1">
+        <v>5</v>
+      </c>
+      <c r="K463" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L463" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M463" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="N463" s="3"/>
+    </row>
+    <row r="464" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A464" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B464" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C464" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E464" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="F464" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="G464" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="K461" s="1" t="s">
-[...26 lines deleted...]
-      <c r="F462" s="1" t="s">
+      <c r="H464" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I464" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J464" s="1">
+        <v>97</v>
+      </c>
+      <c r="K464" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L464" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="G462" s="1" t="s">
-[...100 lines deleted...]
-      </c>
       <c r="M464" s="1" t="s">
-        <v>62</v>
+        <v>127</v>
       </c>
       <c r="N464" s="3"/>
     </row>
-    <row r="465" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="465" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A465" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B465" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C465" s="1" t="s">
-        <v>33</v>
+      <c r="C465" s="4" t="s">
+        <v>41</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E465" s="1" t="s">
-        <v>382</v>
+        <v>370</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="G465" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H465" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I465" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J465" s="1">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="K465" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L465" s="1" t="s">
-        <v>55</v>
+        <v>123</v>
       </c>
       <c r="M465" s="1" t="s">
-        <v>80</v>
+        <v>127</v>
       </c>
       <c r="N465" s="3"/>
     </row>
-    <row r="466" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="466" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A466" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C466" s="4" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E466" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="F466" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H466" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I466" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J466" s="1">
+        <v>3</v>
+      </c>
+      <c r="K466" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="F466" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="L466" s="1" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="M466" s="1" t="s">
-        <v>67</v>
+        <v>127</v>
       </c>
       <c r="N466" s="3"/>
     </row>
-    <row r="467" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="467" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A467" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C467" s="1" t="s">
+      <c r="C467" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E467" s="1" t="s">
-        <v>383</v>
+        <v>371</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>34</v>
+        <v>147</v>
       </c>
       <c r="G467" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H467" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I467" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J467" s="1">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="K467" s="1" t="s">
-        <v>34</v>
+        <v>116</v>
       </c>
       <c r="L467" s="1" t="s">
-        <v>55</v>
+        <v>116</v>
       </c>
       <c r="M467" s="1" t="s">
-        <v>80</v>
+        <v>144</v>
       </c>
       <c r="N467" s="3"/>
     </row>
-    <row r="468" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="468" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A468" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C468" s="1" t="s">
+      <c r="C468" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E468" s="1" t="s">
-        <v>384</v>
+        <v>371</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>71</v>
+        <v>147</v>
       </c>
       <c r="G468" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H468" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I468" s="1" t="s">
-        <v>213</v>
+        <v>18</v>
       </c>
       <c r="J468" s="1">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="K468" s="1" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="L468" s="1" t="s">
-        <v>72</v>
+        <v>116</v>
       </c>
       <c r="M468" s="1" t="s">
-        <v>71</v>
+        <v>144</v>
       </c>
       <c r="N468" s="3"/>
     </row>
-    <row r="469" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="469" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A469" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B469" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C469" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C469" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D469" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E469" s="1" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>40</v>
+        <v>207</v>
       </c>
       <c r="H469" s="1" t="s">
-        <v>26</v>
+        <v>296</v>
       </c>
       <c r="I469" s="1" t="s">
-        <v>213</v>
+        <v>297</v>
       </c>
       <c r="J469" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="K469" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L469" s="1" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="M469" s="1" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="N469" s="3"/>
     </row>
-    <row r="470" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="470" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A470" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E470" s="1" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>190</v>
+        <v>34</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H470" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I470" s="1" t="s">
-        <v>213</v>
+        <v>18</v>
       </c>
       <c r="J470" s="1">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="K470" s="1" t="s">
-        <v>124</v>
+        <v>34</v>
       </c>
       <c r="L470" s="1" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="M470" s="1" t="s">
-        <v>190</v>
+        <v>79</v>
       </c>
       <c r="N470" s="3"/>
     </row>
-    <row r="471" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="471" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A471" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B471" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C471" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="C471" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D471" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E471" s="1" t="s">
-        <v>386</v>
+        <v>120</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>128</v>
+        <v>65</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H471" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I471" s="1" t="s">
-        <v>213</v>
+        <v>18</v>
       </c>
       <c r="J471" s="1">
-        <v>16</v>
+        <v>130</v>
       </c>
       <c r="K471" s="1" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="L471" s="1" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="M471" s="1" t="s">
-        <v>126</v>
+        <v>67</v>
       </c>
       <c r="N471" s="3"/>
     </row>
-    <row r="472" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="472" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A472" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B472" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C472" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C472" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D472" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E472" s="1" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>128</v>
+        <v>34</v>
       </c>
       <c r="G472" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H472" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I472" s="1" t="s">
-        <v>213</v>
+        <v>18</v>
       </c>
       <c r="J472" s="1">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="K472" s="1" t="s">
-        <v>124</v>
+        <v>34</v>
       </c>
       <c r="L472" s="1" t="s">
-        <v>125</v>
+        <v>55</v>
       </c>
       <c r="M472" s="1" t="s">
-        <v>126</v>
+        <v>79</v>
       </c>
       <c r="N472" s="3"/>
     </row>
-    <row r="473" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="473" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A473" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B473" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C473" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C473" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D473" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E473" s="1" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="G473" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H473" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I473" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J473" s="1">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="K473" s="1" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="L473" s="1" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="M473" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="N473" s="3"/>
     </row>
-    <row r="474" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="474" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A474" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B474" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B474" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C474" s="4" t="s">
+      <c r="C474" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E474" s="1" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="G474" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H474" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I474" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J474" s="1">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="K474" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L474" s="1" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="M474" s="1" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="N474" s="3"/>
     </row>
-    <row r="475" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="475" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A475" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B475" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C475" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C475" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D475" s="1" t="s">
-        <v>267</v>
+        <v>331</v>
       </c>
       <c r="E475" s="1" t="s">
-        <v>395</v>
+        <v>382</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>219</v>
+        <v>188</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H475" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I475" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J475" s="1">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="K475" s="1" t="s">
-        <v>36</v>
+        <v>122</v>
       </c>
       <c r="L475" s="1" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="M475" s="1" t="s">
-        <v>67</v>
+        <v>188</v>
       </c>
       <c r="N475" s="3"/>
     </row>
-    <row r="476" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="476" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A476" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>267</v>
+        <v>331</v>
       </c>
       <c r="E476" s="1" t="s">
-        <v>396</v>
+        <v>383</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>324</v>
+        <v>126</v>
       </c>
       <c r="G476" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H476" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I476" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J476" s="1">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="K476" s="1" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="L476" s="1" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
       <c r="M476" s="1" t="s">
-        <v>56</v>
+        <v>124</v>
       </c>
       <c r="N476" s="3"/>
     </row>
-    <row r="477" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="477" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A477" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C477" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>267</v>
+        <v>331</v>
       </c>
       <c r="E477" s="1" t="s">
-        <v>400</v>
+        <v>383</v>
       </c>
       <c r="F477" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H477" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I477" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="J477" s="1">
+        <v>1</v>
+      </c>
+      <c r="K477" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L477" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M477" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="N477" s="3"/>
+    </row>
+    <row r="478" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A478" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B478" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C478" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="E478" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="F478" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="G477" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="G478" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H478" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I478" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J478" s="1">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="K478" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L478" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M478" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="479" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N478" s="19"/>
+    </row>
+    <row r="479" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A479" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C479" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>267</v>
+        <v>399</v>
       </c>
       <c r="E479" s="1" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H479" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I479" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J479" s="1">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="K479" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L479" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M479" s="1" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="N479" s="3"/>
     </row>
-    <row r="480" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="480" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A480" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C480" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>267</v>
+        <v>399</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H480" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I480" s="1" t="s">
-        <v>403</v>
+        <v>18</v>
       </c>
       <c r="J480" s="1">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="K480" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L480" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M480" s="1" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="N480" s="3"/>
     </row>
-    <row r="481" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="481" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A481" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C481" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>267</v>
+        <v>399</v>
       </c>
       <c r="E481" s="1" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H481" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I481" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J481" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K481" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L481" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M481" s="1" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="N481" s="3"/>
     </row>
-    <row r="482" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="482" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A482" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B482" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C482" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="E482" s="1" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G482" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H482" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I482" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J482" s="1">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="K482" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L482" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M482" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="N482" s="3"/>
     </row>
-    <row r="483" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="483" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A483" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B483" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G483" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H483" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I483" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J483" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K483" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L483" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M483" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="N483" s="3"/>
     </row>
-    <row r="484" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="484" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A484" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="E484" s="1" t="s">
-        <v>405</v>
+        <v>419</v>
       </c>
       <c r="F484" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H484" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I484" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J484" s="1">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="K484" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L484" s="1" t="s">
-        <v>55</v>
+        <v>109</v>
       </c>
       <c r="M484" s="1" t="s">
-        <v>80</v>
+        <v>110</v>
       </c>
       <c r="N484" s="3"/>
     </row>
-    <row r="485" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="485" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A485" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>101</v>
+        <v>582</v>
+      </c>
+      <c r="B485" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C485" s="1" t="s">
+        <v>130</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="E485" s="1" t="s">
-        <v>407</v>
+        <v>421</v>
       </c>
       <c r="F485" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G485" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H485" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I485" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J485" s="7">
-        <v>25</v>
+      <c r="J485" s="1">
+        <v>5</v>
       </c>
       <c r="K485" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L485" s="1" t="s">
-        <v>55</v>
+        <v>109</v>
       </c>
       <c r="M485" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="486" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N485" s="19"/>
+      <c r="O485" s="2"/>
+      <c r="P485" s="2"/>
+      <c r="Q485" s="2"/>
+      <c r="R485" s="2"/>
+      <c r="S485" s="2"/>
+      <c r="T485" s="2"/>
+      <c r="U485" s="2"/>
+      <c r="V485" s="2"/>
+      <c r="W485" s="2"/>
+      <c r="X485" s="2"/>
+      <c r="Y485" s="2"/>
+      <c r="Z485" s="2"/>
+      <c r="AA485" s="2"/>
+      <c r="AB485" s="2"/>
+      <c r="AC485" s="2"/>
+      <c r="AD485" s="2"/>
+      <c r="AE485" s="2"/>
+      <c r="AF485" s="2"/>
+      <c r="AG485" s="2"/>
+      <c r="AH485" s="2"/>
+      <c r="AI485" s="2"/>
+      <c r="AJ485" s="2"/>
+      <c r="AK485" s="2"/>
+      <c r="AL485" s="2"/>
+      <c r="AM485" s="2"/>
+      <c r="AN485" s="2"/>
+      <c r="AO485" s="2"/>
+      <c r="AP485" s="2"/>
+      <c r="AQ485" s="2"/>
+      <c r="AR485" s="2"/>
+      <c r="AS485" s="2"/>
+      <c r="AT485" s="2"/>
+      <c r="AU485" s="2"/>
+      <c r="AV485" s="2"/>
+      <c r="AW485" s="2"/>
+      <c r="AX485" s="2"/>
+      <c r="AY485" s="2"/>
+      <c r="AZ485" s="2"/>
+      <c r="BA485" s="2"/>
+      <c r="BB485" s="2"/>
+      <c r="BC485" s="2"/>
+      <c r="BD485" s="2"/>
+      <c r="BE485" s="2"/>
+      <c r="BF485" s="2"/>
+      <c r="BG485" s="2"/>
+      <c r="BH485" s="2"/>
+      <c r="BI485" s="2"/>
+      <c r="BJ485" s="2"/>
+      <c r="BK485" s="2"/>
+      <c r="BL485" s="2"/>
+      <c r="BM485" s="2"/>
+      <c r="BN485" s="2"/>
+      <c r="BO485" s="2"/>
+      <c r="BP485" s="2"/>
+      <c r="BQ485" s="2"/>
+      <c r="BR485" s="2"/>
+      <c r="BS485" s="2"/>
+    </row>
+    <row r="486" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A486" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>101</v>
+        <v>582</v>
+      </c>
+      <c r="B486" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C486" s="1" t="s">
+        <v>130</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>407</v>
+        <v>422</v>
       </c>
       <c r="F486" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G486" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H486" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I486" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J486" s="7">
-        <v>2</v>
+      <c r="J486" s="1">
+        <v>1</v>
       </c>
       <c r="K486" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L486" s="1" t="s">
-        <v>55</v>
+        <v>109</v>
       </c>
       <c r="M486" s="1" t="s">
-        <v>80</v>
+        <v>110</v>
       </c>
       <c r="N486" s="3"/>
     </row>
-    <row r="487" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="487" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A487" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>409</v>
+        <v>582</v>
+      </c>
+      <c r="B487" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C487" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="E487" s="1" t="s">
-        <v>408</v>
+        <v>423</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>34</v>
+        <v>102</v>
       </c>
       <c r="G487" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H487" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I487" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J487" s="7">
-        <v>123</v>
+      <c r="J487" s="1">
+        <v>1</v>
       </c>
       <c r="K487" s="1" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="L487" s="1" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="M487" s="1" t="s">
-        <v>80</v>
+        <v>102</v>
       </c>
       <c r="N487" s="3"/>
     </row>
-    <row r="488" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="488" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A488" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C488" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B488" s="1" t="s">
         <v>46</v>
       </c>
+      <c r="C488" s="1" t="s">
+        <v>41</v>
+      </c>
       <c r="D488" s="1" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>410</v>
+        <v>413</v>
+      </c>
+      <c r="E488" s="1" t="s">
+        <v>429</v>
       </c>
       <c r="F488" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H488" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I488" s="1" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>18</v>
+      </c>
+      <c r="J488" s="1">
+        <v>8</v>
       </c>
       <c r="K488" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L488" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M488" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="489" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N488" s="19"/>
+    </row>
+    <row r="489" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A489" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>582</v>
+      </c>
+      <c r="B489" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C489" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="E489" s="1" t="s">
-        <v>411</v>
+        <v>430</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>34</v>
+        <v>102</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H489" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I489" s="1" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>18</v>
+      </c>
+      <c r="J489" s="1">
+        <v>14</v>
       </c>
       <c r="K489" s="1" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="L489" s="1" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="M489" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="490" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>102</v>
+      </c>
+      <c r="N489" s="19"/>
+    </row>
+    <row r="490" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A490" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C490" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B490" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C490" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D490" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="E490" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="F490" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H490" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I490" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J490" s="1">
+        <v>4</v>
+      </c>
+      <c r="K490" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="L490" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="M490" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="N490" s="19"/>
+    </row>
+    <row r="491" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A491" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B491" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="D490" s="1" t="s">
-[...39 lines deleted...]
-        <v>46</v>
+      <c r="C491" s="1" t="s">
+        <v>97</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="E491" s="1" t="s">
-        <v>413</v>
+        <v>431</v>
       </c>
       <c r="F491" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H491" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I491" s="1" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>18</v>
+      </c>
+      <c r="J491" s="1">
+        <v>5</v>
       </c>
       <c r="K491" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L491" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M491" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="492" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>298</v>
+      </c>
+      <c r="N491" s="3"/>
+    </row>
+    <row r="492" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A492" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>582</v>
+      </c>
+      <c r="B492" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C492" s="1" t="s">
+        <v>97</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="E492" s="1" t="s">
-        <v>414</v>
+        <v>432</v>
       </c>
       <c r="F492" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>57</v>
+        <v>433</v>
       </c>
       <c r="H492" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I492" s="1" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>212</v>
+      </c>
+      <c r="J492" s="1">
+        <v>10</v>
       </c>
       <c r="K492" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L492" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M492" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="493" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N492" s="3"/>
+    </row>
+    <row r="493" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A493" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C493" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B493" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C493" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="E493" s="1" t="s">
-        <v>415</v>
+        <v>434</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>34</v>
+        <v>102</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>57</v>
+        <v>435</v>
       </c>
       <c r="H493" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I493" s="1" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>212</v>
+      </c>
+      <c r="J493" s="1">
+        <v>8</v>
       </c>
       <c r="K493" s="1" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="L493" s="1" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="M493" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="494" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>102</v>
+      </c>
+      <c r="N493" s="3"/>
+    </row>
+    <row r="494" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A494" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C494" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B494" s="1" t="s">
         <v>46</v>
       </c>
+      <c r="C494" s="1" t="s">
+        <v>41</v>
+      </c>
       <c r="D494" s="1" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="E494" s="1" t="s">
-        <v>416</v>
+        <v>436</v>
       </c>
       <c r="F494" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H494" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I494" s="1" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>212</v>
+      </c>
+      <c r="J494" s="1">
+        <v>11</v>
       </c>
       <c r="K494" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L494" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M494" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="495" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N494" s="3"/>
+    </row>
+    <row r="495" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A495" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C495" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B495" s="1" t="s">
         <v>46</v>
       </c>
+      <c r="C495" s="1" t="s">
+        <v>41</v>
+      </c>
       <c r="D495" s="1" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="E495" s="1" t="s">
-        <v>417</v>
+        <v>436</v>
       </c>
       <c r="F495" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H495" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I495" s="1" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="J495" s="7">
+        <v>212</v>
+      </c>
+      <c r="J495" s="1">
         <v>1</v>
       </c>
       <c r="K495" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L495" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M495" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="496" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N495" s="3"/>
+    </row>
+    <row r="496" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A496" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="E496" s="1" t="s">
-        <v>423</v>
+        <v>437</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G496" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H496" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I496" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J496" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="K496" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L496" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M496" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="497" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N496" s="3"/>
+      <c r="O496" s="1"/>
+      <c r="P496" s="1"/>
+      <c r="Q496" s="1"/>
+      <c r="R496" s="1"/>
+      <c r="S496" s="1"/>
+      <c r="T496" s="1"/>
+      <c r="U496" s="1"/>
+      <c r="V496" s="1"/>
+      <c r="W496" s="1"/>
+      <c r="X496" s="1"/>
+      <c r="Y496" s="1"/>
+      <c r="Z496" s="1"/>
+      <c r="AA496" s="1"/>
+      <c r="AB496" s="1"/>
+      <c r="AC496" s="1"/>
+      <c r="AD496" s="1"/>
+      <c r="AE496" s="1"/>
+      <c r="AF496" s="1"/>
+      <c r="AG496" s="1"/>
+      <c r="AH496" s="1"/>
+      <c r="AI496" s="1"/>
+      <c r="AJ496" s="1"/>
+      <c r="AK496" s="1"/>
+      <c r="AL496" s="1"/>
+      <c r="AM496" s="1"/>
+      <c r="AN496" s="1"/>
+      <c r="AO496" s="1"/>
+      <c r="AP496" s="1"/>
+      <c r="AQ496" s="1"/>
+      <c r="AR496" s="1"/>
+      <c r="AS496" s="1"/>
+      <c r="AT496" s="1"/>
+      <c r="AU496" s="1"/>
+      <c r="AV496" s="1"/>
+      <c r="AW496" s="1"/>
+      <c r="AX496" s="1"/>
+      <c r="AY496" s="1"/>
+      <c r="AZ496" s="1"/>
+      <c r="BA496" s="1"/>
+      <c r="BB496" s="1"/>
+      <c r="BC496" s="1"/>
+      <c r="BD496" s="1"/>
+      <c r="BE496" s="1"/>
+      <c r="BF496" s="1"/>
+      <c r="BG496" s="1"/>
+      <c r="BH496" s="1"/>
+      <c r="BI496" s="1"/>
+      <c r="BJ496" s="1"/>
+      <c r="BK496" s="1"/>
+      <c r="BL496" s="1"/>
+      <c r="BM496" s="1"/>
+      <c r="BN496" s="1"/>
+      <c r="BO496" s="1"/>
+      <c r="BP496" s="1"/>
+      <c r="BQ496" s="1"/>
+      <c r="BR496" s="1"/>
+      <c r="BS496" s="1"/>
+    </row>
+    <row r="497" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A497" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C497" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B497" s="10" t="s">
         <v>46</v>
       </c>
+      <c r="C497" s="4" t="s">
+        <v>97</v>
+      </c>
       <c r="D497" s="1" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="E497" s="1" t="s">
-        <v>423</v>
+        <v>402</v>
       </c>
       <c r="F497" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G497" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H497" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I497" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J497" s="1">
-        <v>3</v>
+      <c r="J497" s="7">
+        <v>25</v>
       </c>
       <c r="K497" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L497" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M497" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="498" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N497" s="19"/>
+      <c r="O497" s="1"/>
+      <c r="P497" s="1"/>
+      <c r="Q497" s="1"/>
+      <c r="R497" s="1"/>
+      <c r="S497" s="1"/>
+      <c r="T497" s="1"/>
+      <c r="U497" s="1"/>
+      <c r="V497" s="1"/>
+      <c r="W497" s="1"/>
+      <c r="X497" s="1"/>
+      <c r="Y497" s="1"/>
+      <c r="Z497" s="1"/>
+      <c r="AA497" s="1"/>
+      <c r="AB497" s="1"/>
+      <c r="AC497" s="1"/>
+      <c r="AD497" s="1"/>
+      <c r="AE497" s="1"/>
+      <c r="AF497" s="1"/>
+      <c r="AG497" s="1"/>
+      <c r="AH497" s="1"/>
+      <c r="AI497" s="1"/>
+      <c r="AJ497" s="1"/>
+      <c r="AK497" s="1"/>
+      <c r="AL497" s="1"/>
+      <c r="AM497" s="1"/>
+      <c r="AN497" s="1"/>
+      <c r="AO497" s="1"/>
+      <c r="AP497" s="1"/>
+      <c r="AQ497" s="1"/>
+      <c r="AR497" s="1"/>
+      <c r="AS497" s="1"/>
+      <c r="AT497" s="1"/>
+      <c r="AU497" s="1"/>
+      <c r="AV497" s="1"/>
+      <c r="AW497" s="1"/>
+      <c r="AX497" s="1"/>
+      <c r="AY497" s="1"/>
+      <c r="AZ497" s="1"/>
+      <c r="BA497" s="1"/>
+      <c r="BB497" s="1"/>
+      <c r="BC497" s="1"/>
+      <c r="BD497" s="1"/>
+      <c r="BE497" s="1"/>
+      <c r="BF497" s="1"/>
+      <c r="BG497" s="1"/>
+      <c r="BH497" s="1"/>
+      <c r="BI497" s="1"/>
+      <c r="BJ497" s="1"/>
+      <c r="BK497" s="1"/>
+      <c r="BL497" s="1"/>
+      <c r="BM497" s="1"/>
+      <c r="BN497" s="1"/>
+      <c r="BO497" s="1"/>
+      <c r="BP497" s="1"/>
+      <c r="BQ497" s="1"/>
+      <c r="BR497" s="1"/>
+      <c r="BS497" s="1"/>
+    </row>
+    <row r="498" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A498" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C498" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B498" s="10" t="s">
         <v>46</v>
       </c>
+      <c r="C498" s="4" t="s">
+        <v>97</v>
+      </c>
       <c r="D498" s="1" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="E498" s="1" t="s">
-        <v>424</v>
+        <v>402</v>
       </c>
       <c r="F498" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H498" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I498" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J498" s="1">
-        <v>12</v>
+      <c r="J498" s="7">
+        <v>2</v>
       </c>
       <c r="K498" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L498" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="M498" s="1" t="s">
-        <v>112</v>
+        <v>79</v>
       </c>
       <c r="N498" s="3"/>
     </row>
-    <row r="499" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="499" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A499" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B499" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B499" s="10" t="s">
         <v>46</v>
       </c>
-      <c r="C499" s="1" t="s">
-        <v>101</v>
+      <c r="C499" s="4" t="s">
+        <v>404</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="E499" s="1" t="s">
-        <v>426</v>
+        <v>403</v>
       </c>
       <c r="F499" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G499" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H499" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I499" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J499" s="1">
-        <v>5</v>
+      <c r="J499" s="7">
+        <v>123</v>
       </c>
       <c r="K499" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L499" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="M499" s="1" t="s">
-        <v>112</v>
+        <v>79</v>
       </c>
       <c r="N499" s="3"/>
     </row>
-    <row r="500" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="500" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A500" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B500" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B500" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C500" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="C500" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D500" s="1" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>427</v>
+        <v>401</v>
+      </c>
+      <c r="E500" s="8" t="s">
+        <v>405</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H500" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I500" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="J500" s="1">
+        <v>212</v>
+      </c>
+      <c r="J500" s="7">
         <v>1</v>
       </c>
       <c r="K500" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L500" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="M500" s="1" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-    <row r="501" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N500" s="3"/>
+    </row>
+    <row r="501" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A501" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>582</v>
+      </c>
+      <c r="B501" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C501" s="4" t="s">
+        <v>46</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="E501" s="1" t="s">
-        <v>428</v>
+        <v>406</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H501" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I501" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="J501" s="1">
+        <v>212</v>
+      </c>
+      <c r="J501" s="7">
         <v>1</v>
       </c>
       <c r="K501" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L501" s="1" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="M501" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-    <row r="502" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N501" s="3"/>
+    </row>
+    <row r="502" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A502" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B502" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B502" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C502" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="C502" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D502" s="1" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="E502" s="1" t="s">
-        <v>434</v>
+        <v>407</v>
       </c>
       <c r="F502" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H502" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I502" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>212</v>
+      </c>
+      <c r="J502" s="7">
+        <v>1</v>
       </c>
       <c r="K502" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L502" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M502" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="503" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N502" s="3"/>
+    </row>
+    <row r="503" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A503" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>582</v>
+      </c>
+      <c r="B503" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C503" s="4" t="s">
+        <v>46</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="E503" s="1" t="s">
-        <v>435</v>
+        <v>408</v>
       </c>
       <c r="F503" s="1" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H503" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I503" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>212</v>
+      </c>
+      <c r="J503" s="7">
+        <v>1</v>
       </c>
       <c r="K503" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L503" s="1" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="M503" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-    <row r="504" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N503" s="3"/>
+    </row>
+    <row r="504" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A504" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>582</v>
+      </c>
+      <c r="B504" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C504" s="4" t="s">
+        <v>46</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="E504" s="1" t="s">
-        <v>435</v>
+        <v>409</v>
       </c>
       <c r="F504" s="1" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H504" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I504" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>212</v>
+      </c>
+      <c r="J504" s="7">
+        <v>1</v>
       </c>
       <c r="K504" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L504" s="1" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="M504" s="1" t="s">
-        <v>102</v>
+        <v>79</v>
       </c>
       <c r="N504" s="3"/>
     </row>
-    <row r="505" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="505" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A505" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B505" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B505" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C505" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="C505" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D505" s="1" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="E505" s="1" t="s">
-        <v>436</v>
+        <v>410</v>
       </c>
       <c r="F505" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H505" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I505" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>212</v>
+      </c>
+      <c r="J505" s="7">
+        <v>1</v>
       </c>
       <c r="K505" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L505" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M505" s="1" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-    <row r="506" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N505" s="3"/>
+    </row>
+    <row r="506" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A506" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C506" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B506" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C506" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="E506" s="1" t="s">
-        <v>437</v>
+        <v>411</v>
       </c>
       <c r="F506" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>438</v>
+        <v>57</v>
       </c>
       <c r="H506" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I506" s="1" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>212</v>
+      </c>
+      <c r="J506" s="7">
+        <v>1</v>
       </c>
       <c r="K506" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L506" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M506" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="507" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N506" s="3"/>
+    </row>
+    <row r="507" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A507" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C507" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B507" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C507" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="E507" s="1" t="s">
-        <v>439</v>
+        <v>412</v>
       </c>
       <c r="F507" s="1" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>440</v>
+        <v>57</v>
       </c>
       <c r="H507" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I507" s="1" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>212</v>
+      </c>
+      <c r="J507" s="7">
+        <v>1</v>
       </c>
       <c r="K507" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L507" s="1" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="M507" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-    <row r="508" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N507" s="3"/>
+    </row>
+    <row r="508" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A508" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>582</v>
+      </c>
+      <c r="B508" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C508" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D508" s="1" t="s">
-        <v>418</v>
+        <v>441</v>
       </c>
       <c r="E508" s="1" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="F508" s="1" t="s">
-        <v>34</v>
+        <v>447</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H508" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I508" s="1" t="s">
-        <v>213</v>
+        <v>18</v>
       </c>
       <c r="J508" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K508" s="1" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="L508" s="1" t="s">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="M508" s="1" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="N508" s="3"/>
     </row>
-    <row r="509" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="509" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A509" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B509" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C509" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C509" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D509" s="1" t="s">
-        <v>418</v>
+        <v>441</v>
       </c>
       <c r="E509" s="1" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="F509" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="H509" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I509" s="1" t="s">
-        <v>213</v>
+        <v>18</v>
       </c>
       <c r="J509" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K509" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L509" s="1" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="M509" s="1" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="N509" s="3"/>
     </row>
-    <row r="510" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="510" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A510" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B510" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B510" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C510" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="C510" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D510" s="1" t="s">
-        <v>418</v>
+        <v>441</v>
       </c>
       <c r="E510" s="1" t="s">
-        <v>442</v>
+        <v>234</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="G510" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H510" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I510" s="1" t="s">
-        <v>213</v>
+        <v>18</v>
       </c>
       <c r="J510" s="1">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="K510" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L510" s="1" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="M510" s="1" t="s">
-        <v>80</v>
+        <v>71</v>
       </c>
       <c r="N510" s="3"/>
     </row>
-    <row r="511" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="511" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A511" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B511" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C511" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E511" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="F511" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H511" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I511" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J511" s="1">
+        <v>2</v>
+      </c>
+      <c r="K511" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L511" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M511" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="N511" s="3"/>
+    </row>
+    <row r="512" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A512" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B512" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D511" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F511" s="1" t="s">
+      <c r="C512" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E512" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="G511" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H511" s="1" t="s">
+      <c r="F512" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H512" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="I511" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J511" s="1">
+      <c r="I512" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J512" s="1">
+        <v>24</v>
+      </c>
+      <c r="K512" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="L512" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="K511" s="1" t="s">
-[...17 lines deleted...]
-      <c r="C512" s="1" t="s">
+      <c r="M512" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="N512" s="3"/>
+    </row>
+    <row r="513" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A513" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B513" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D512" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E512" s="1" t="s">
+      <c r="C513" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="E513" s="1" t="s">
         <v>452</v>
       </c>
-      <c r="F512" s="1" t="s">
+      <c r="F513" s="1" t="s">
         <v>34</v>
-      </c>
-[...40 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G513" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H513" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I513" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J513" s="1">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="K513" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L513" s="1" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="M513" s="1" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="N513" s="3"/>
     </row>
-    <row r="514" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="514" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A514" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>582</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C514" s="1" t="s">
+        <v>97</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E514" s="1" t="s">
-        <v>234</v>
+        <v>453</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G514" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H514" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I514" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J514" s="1">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="K514" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L514" s="1" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="M514" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="515" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+      <c r="N514" s="17"/>
+      <c r="O514" s="6"/>
+      <c r="P514" s="6"/>
+      <c r="Q514" s="6"/>
+      <c r="R514" s="6"/>
+      <c r="S514" s="6"/>
+      <c r="T514" s="6"/>
+      <c r="U514" s="6"/>
+      <c r="V514" s="6"/>
+      <c r="W514" s="6"/>
+      <c r="X514" s="6"/>
+      <c r="Y514" s="6"/>
+      <c r="Z514" s="6"/>
+      <c r="AA514" s="6"/>
+      <c r="AB514" s="6"/>
+      <c r="AC514" s="6"/>
+      <c r="AD514" s="6"/>
+      <c r="AE514" s="6"/>
+      <c r="AF514" s="6"/>
+      <c r="AG514" s="6"/>
+      <c r="AH514" s="6"/>
+      <c r="AI514" s="6"/>
+      <c r="AJ514" s="6"/>
+      <c r="AK514" s="6"/>
+      <c r="AL514" s="6"/>
+      <c r="AM514" s="6"/>
+      <c r="AN514" s="6"/>
+      <c r="AO514" s="6"/>
+      <c r="AP514" s="6"/>
+      <c r="AQ514" s="6"/>
+      <c r="AR514" s="6"/>
+      <c r="AS514" s="6"/>
+      <c r="AT514" s="6"/>
+      <c r="AU514" s="6"/>
+      <c r="AV514" s="6"/>
+      <c r="AW514" s="6"/>
+      <c r="AX514" s="6"/>
+      <c r="AY514" s="6"/>
+      <c r="AZ514" s="6"/>
+      <c r="BA514" s="6"/>
+      <c r="BB514" s="6"/>
+      <c r="BC514" s="6"/>
+      <c r="BD514" s="6"/>
+      <c r="BE514" s="6"/>
+      <c r="BF514" s="6"/>
+      <c r="BG514" s="6"/>
+      <c r="BH514" s="6"/>
+      <c r="BI514" s="6"/>
+      <c r="BJ514" s="6"/>
+      <c r="BK514" s="6"/>
+      <c r="BL514" s="6"/>
+      <c r="BM514" s="6"/>
+      <c r="BN514" s="6"/>
+      <c r="BO514" s="6"/>
+      <c r="BP514" s="6"/>
+      <c r="BQ514" s="6"/>
+      <c r="BR514" s="6"/>
+      <c r="BS514" s="6"/>
+    </row>
+    <row r="515" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A515" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B515" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B515" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C515" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C515" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D515" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E515" s="1" t="s">
-        <v>455</v>
+        <v>467</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="G515" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H515" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I515" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J515" s="1">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="K515" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="L515" s="1" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="M515" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="516" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N515" s="3"/>
+    </row>
+    <row r="516" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A516" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B516" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B516" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C516" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C516" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D516" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E516" s="1" t="s">
-        <v>456</v>
+        <v>467</v>
       </c>
       <c r="F516" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G516" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H516" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I516" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J516" s="1">
-        <v>80</v>
+        <v>4</v>
       </c>
       <c r="K516" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L516" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M516" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="N516" s="3"/>
     </row>
-    <row r="517" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="517" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A517" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>582</v>
+      </c>
+      <c r="B517" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C517" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E517" s="1" t="s">
-        <v>457</v>
+        <v>468</v>
       </c>
       <c r="F517" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G517" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H517" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I517" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J517" s="1">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="K517" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L517" s="1" t="s">
-        <v>111</v>
+        <v>61</v>
       </c>
       <c r="M517" s="1" t="s">
-        <v>112</v>
+        <v>62</v>
       </c>
       <c r="N517" s="3"/>
     </row>
-    <row r="518" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="518" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A518" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B518" s="4" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C518" s="4" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E518" s="1" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>34</v>
+        <v>178</v>
       </c>
       <c r="G518" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H518" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I518" s="1" t="s">
-        <v>213</v>
+        <v>18</v>
       </c>
       <c r="J518" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K518" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L518" s="1" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="M518" s="1" t="s">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="N518" s="3"/>
     </row>
-    <row r="519" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="519" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A519" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B519" s="4" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C519" s="4" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E519" s="1" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>34</v>
+        <v>178</v>
       </c>
       <c r="G519" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H519" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I519" s="1" t="s">
-        <v>213</v>
+        <v>18</v>
       </c>
       <c r="J519" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K519" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L519" s="1" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="M519" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="520" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+      <c r="N519" s="1"/>
+      <c r="O519" s="1"/>
+      <c r="P519" s="1"/>
+      <c r="Q519" s="1"/>
+      <c r="R519" s="1"/>
+      <c r="S519" s="1"/>
+      <c r="T519" s="1"/>
+      <c r="U519" s="1"/>
+      <c r="V519" s="1"/>
+      <c r="W519" s="1"/>
+      <c r="X519" s="1"/>
+      <c r="Y519" s="1"/>
+      <c r="Z519" s="1"/>
+      <c r="AA519" s="1"/>
+      <c r="AB519" s="1"/>
+      <c r="AC519" s="1"/>
+      <c r="AD519" s="1"/>
+      <c r="AE519" s="1"/>
+      <c r="AF519" s="1"/>
+      <c r="AG519" s="1"/>
+      <c r="AH519" s="1"/>
+      <c r="AI519" s="1"/>
+      <c r="AJ519" s="1"/>
+      <c r="AK519" s="1"/>
+      <c r="AL519" s="1"/>
+      <c r="AM519" s="1"/>
+      <c r="AN519" s="1"/>
+      <c r="AO519" s="1"/>
+      <c r="AP519" s="1"/>
+      <c r="AQ519" s="1"/>
+      <c r="AR519" s="1"/>
+      <c r="AS519" s="1"/>
+      <c r="AT519" s="1"/>
+      <c r="AU519" s="1"/>
+      <c r="AV519" s="1"/>
+      <c r="AW519" s="1"/>
+      <c r="AX519" s="1"/>
+      <c r="AY519" s="1"/>
+      <c r="AZ519" s="1"/>
+      <c r="BA519" s="1"/>
+      <c r="BB519" s="1"/>
+      <c r="BC519" s="1"/>
+      <c r="BD519" s="1"/>
+      <c r="BE519" s="1"/>
+      <c r="BF519" s="1"/>
+      <c r="BG519" s="1"/>
+      <c r="BH519" s="1"/>
+      <c r="BI519" s="1"/>
+      <c r="BJ519" s="1"/>
+      <c r="BK519" s="1"/>
+      <c r="BL519" s="1"/>
+      <c r="BM519" s="1"/>
+      <c r="BN519" s="1"/>
+      <c r="BO519" s="1"/>
+      <c r="BP519" s="1"/>
+      <c r="BQ519" s="1"/>
+      <c r="BR519" s="1"/>
+      <c r="BS519" s="1"/>
+    </row>
+    <row r="520" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A520" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B520" s="4" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C520" s="4" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E520" s="1" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="F520" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G520" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H520" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I520" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J520" s="1">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="K520" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L520" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="M520" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="521" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N520" s="1"/>
+      <c r="O520" s="1"/>
+      <c r="P520" s="1"/>
+      <c r="Q520" s="1"/>
+      <c r="R520" s="1"/>
+      <c r="S520" s="1"/>
+      <c r="T520" s="1"/>
+      <c r="U520" s="1"/>
+      <c r="V520" s="1"/>
+      <c r="W520" s="1"/>
+      <c r="X520" s="1"/>
+      <c r="Y520" s="1"/>
+      <c r="Z520" s="1"/>
+      <c r="AA520" s="1"/>
+      <c r="AB520" s="1"/>
+      <c r="AC520" s="1"/>
+      <c r="AD520" s="1"/>
+      <c r="AE520" s="1"/>
+      <c r="AF520" s="1"/>
+      <c r="AG520" s="1"/>
+      <c r="AH520" s="1"/>
+      <c r="AI520" s="1"/>
+      <c r="AJ520" s="1"/>
+      <c r="AK520" s="1"/>
+      <c r="AL520" s="1"/>
+      <c r="AM520" s="1"/>
+      <c r="AN520" s="1"/>
+      <c r="AO520" s="1"/>
+      <c r="AP520" s="1"/>
+      <c r="AQ520" s="1"/>
+      <c r="AR520" s="1"/>
+      <c r="AS520" s="1"/>
+      <c r="AT520" s="1"/>
+      <c r="AU520" s="1"/>
+      <c r="AV520" s="1"/>
+      <c r="AW520" s="1"/>
+      <c r="AX520" s="1"/>
+      <c r="AY520" s="1"/>
+      <c r="AZ520" s="1"/>
+      <c r="BA520" s="1"/>
+      <c r="BB520" s="1"/>
+      <c r="BC520" s="1"/>
+      <c r="BD520" s="1"/>
+      <c r="BE520" s="1"/>
+      <c r="BF520" s="1"/>
+      <c r="BG520" s="1"/>
+      <c r="BH520" s="1"/>
+      <c r="BI520" s="1"/>
+      <c r="BJ520" s="1"/>
+      <c r="BK520" s="1"/>
+      <c r="BL520" s="1"/>
+      <c r="BM520" s="1"/>
+      <c r="BN520" s="1"/>
+      <c r="BO520" s="1"/>
+      <c r="BP520" s="1"/>
+      <c r="BQ520" s="1"/>
+      <c r="BR520" s="1"/>
+      <c r="BS520" s="1"/>
+    </row>
+    <row r="521" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A521" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B521" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C521" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E521" s="1" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="F521" s="1" t="s">
-        <v>180</v>
+        <v>34</v>
       </c>
       <c r="G521" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H521" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I521" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J521" s="1">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="K521" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L521" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="M521" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="522" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N521" s="1"/>
+      <c r="O521" s="1"/>
+      <c r="P521" s="1"/>
+      <c r="Q521" s="1"/>
+      <c r="R521" s="1"/>
+      <c r="S521" s="1"/>
+      <c r="T521" s="1"/>
+      <c r="U521" s="1"/>
+      <c r="V521" s="1"/>
+      <c r="W521" s="1"/>
+      <c r="X521" s="1"/>
+      <c r="Y521" s="1"/>
+      <c r="Z521" s="1"/>
+      <c r="AA521" s="1"/>
+      <c r="AB521" s="1"/>
+      <c r="AC521" s="1"/>
+      <c r="AD521" s="1"/>
+      <c r="AE521" s="1"/>
+      <c r="AF521" s="1"/>
+      <c r="AG521" s="1"/>
+      <c r="AH521" s="1"/>
+      <c r="AI521" s="1"/>
+      <c r="AJ521" s="1"/>
+      <c r="AK521" s="1"/>
+      <c r="AL521" s="1"/>
+      <c r="AM521" s="1"/>
+      <c r="AN521" s="1"/>
+      <c r="AO521" s="1"/>
+      <c r="AP521" s="1"/>
+      <c r="AQ521" s="1"/>
+      <c r="AR521" s="1"/>
+      <c r="AS521" s="1"/>
+      <c r="AT521" s="1"/>
+      <c r="AU521" s="1"/>
+      <c r="AV521" s="1"/>
+      <c r="AW521" s="1"/>
+      <c r="AX521" s="1"/>
+      <c r="AY521" s="1"/>
+      <c r="AZ521" s="1"/>
+      <c r="BA521" s="1"/>
+      <c r="BB521" s="1"/>
+      <c r="BC521" s="1"/>
+      <c r="BD521" s="1"/>
+      <c r="BE521" s="1"/>
+      <c r="BF521" s="1"/>
+      <c r="BG521" s="1"/>
+      <c r="BH521" s="1"/>
+      <c r="BI521" s="1"/>
+      <c r="BJ521" s="1"/>
+      <c r="BK521" s="1"/>
+      <c r="BL521" s="1"/>
+      <c r="BM521" s="1"/>
+      <c r="BN521" s="1"/>
+      <c r="BO521" s="1"/>
+      <c r="BP521" s="1"/>
+      <c r="BQ521" s="1"/>
+      <c r="BR521" s="1"/>
+      <c r="BS521" s="1"/>
+    </row>
+    <row r="522" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A522" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B522" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C522" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E522" s="1" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>180</v>
+        <v>34</v>
       </c>
       <c r="G522" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H522" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I522" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J522" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="K522" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L522" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="M522" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="523" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>79</v>
+      </c>
+      <c r="N522" s="3"/>
+    </row>
+    <row r="523" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A523" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B523" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B523" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C523" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C523" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D523" s="1" t="s">
-        <v>446</v>
+        <v>49</v>
       </c>
       <c r="E523" s="1" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>34</v>
+        <v>478</v>
       </c>
       <c r="G523" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H523" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I523" s="1" t="s">
-        <v>213</v>
+        <v>49</v>
       </c>
       <c r="J523" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="K523" s="1" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="L523" s="1" t="s">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="M523" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="524" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+      <c r="N523" s="3"/>
+    </row>
+    <row r="524" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A524" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B524" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C524" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C524" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D524" s="1" t="s">
-        <v>446</v>
+        <v>49</v>
       </c>
       <c r="E524" s="1" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>34</v>
+        <v>480</v>
       </c>
       <c r="G524" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H524" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I524" s="1" t="s">
-        <v>213</v>
+        <v>49</v>
       </c>
       <c r="J524" s="1">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="K524" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L524" s="1" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="M524" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="525" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>185</v>
+      </c>
+      <c r="N524" s="3"/>
+    </row>
+    <row r="525" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A525" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C525" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B525" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C525" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>446</v>
+        <v>49</v>
       </c>
       <c r="E525" s="1" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
       <c r="F525" s="1" t="s">
-        <v>34</v>
+        <v>482</v>
       </c>
       <c r="G525" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H525" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I525" s="1" t="s">
-        <v>213</v>
+        <v>49</v>
       </c>
       <c r="J525" s="1">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="K525" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L525" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M525" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="526" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N525" s="3"/>
+    </row>
+    <row r="526" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A526" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D526" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E526" s="1" t="s">
         <v>481</v>
       </c>
       <c r="F526" s="1" t="s">
         <v>482</v>
       </c>
       <c r="G526" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H526" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I526" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J526" s="1">
         <v>1</v>
       </c>
       <c r="K526" s="1" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="L526" s="1" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="M526" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="527" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+      <c r="N526" s="1"/>
+    </row>
+    <row r="527" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A527" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B527" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C527" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D527" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E527" s="1" t="s">
         <v>483</v>
       </c>
       <c r="F527" s="1" t="s">
         <v>484</v>
       </c>
       <c r="G527" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H527" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I527" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J527" s="1">
-        <v>2</v>
+      <c r="J527" s="7">
+        <v>4</v>
       </c>
       <c r="K527" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L527" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="M527" s="1" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-    <row r="528" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>472</v>
+      </c>
+      <c r="N527" s="1"/>
+    </row>
+    <row r="528" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A528" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>582</v>
+      </c>
+      <c r="B528" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C528" s="4" t="s">
+        <v>41</v>
       </c>
       <c r="D528" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E528" s="1" t="s">
         <v>485</v>
       </c>
       <c r="F528" s="1" t="s">
         <v>486</v>
       </c>
       <c r="G528" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H528" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I528" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J528" s="1">
-        <v>13</v>
+      <c r="J528" s="7">
+        <v>7</v>
       </c>
       <c r="K528" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="L528" s="1" t="s">
-        <v>59</v>
+        <v>30</v>
       </c>
       <c r="M528" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="529" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+      <c r="N528" s="3"/>
+    </row>
+    <row r="529" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A529" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B529" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B529" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="C529" s="1" t="s">
-        <v>46</v>
+      <c r="C529" s="4" t="s">
+        <v>33</v>
       </c>
       <c r="D529" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E529" s="1" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F529" s="1" t="s">
-        <v>486</v>
+        <v>170</v>
       </c>
       <c r="G529" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H529" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I529" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J529" s="1">
+      <c r="J529" s="7">
         <v>1</v>
       </c>
       <c r="K529" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L529" s="1" t="s">
-        <v>59</v>
+        <v>13</v>
       </c>
       <c r="M529" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="N529" s="18"/>
-[...1 lines deleted...]
-    <row r="530" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N529" s="3"/>
+    </row>
+    <row r="530" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A530" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B530" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B530" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C530" s="4" t="s">
+      <c r="C530" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D530" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E530" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="G530" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H530" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I530" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J530" s="7">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="K530" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L530" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M530" s="1" t="s">
-        <v>476</v>
+        <v>71</v>
       </c>
       <c r="N530" s="3"/>
     </row>
-    <row r="531" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="531" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A531" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B531" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B531" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C531" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D531" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E531" s="1" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="F531" s="1" t="s">
-        <v>490</v>
+        <v>185</v>
       </c>
       <c r="G531" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H531" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I531" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J531" s="7">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K531" s="1" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="L531" s="1" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="M531" s="1" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-    <row r="532" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>185</v>
+      </c>
+      <c r="N531" s="3"/>
+    </row>
+    <row r="532" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A532" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C532" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B532" s="1" t="s">
         <v>33</v>
+      </c>
+      <c r="C532" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D532" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E532" s="1" t="s">
         <v>492</v>
       </c>
       <c r="F532" s="1" t="s">
-        <v>172</v>
+        <v>493</v>
       </c>
       <c r="G532" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H532" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I532" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J532" s="7">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="K532" s="1" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="L532" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="M532" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="533" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+      <c r="N532" s="19"/>
+    </row>
+    <row r="533" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A533" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B533" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C533" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D533" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E533" s="1" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
       <c r="F533" s="1" t="s">
-        <v>494</v>
+        <v>165</v>
       </c>
       <c r="G533" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H533" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I533" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J533" s="7">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="K533" s="1" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="L533" s="1" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="M533" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="534" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+      <c r="N533" s="19"/>
+    </row>
+    <row r="534" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A534" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D534" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E534" s="1" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>187</v>
+        <v>504</v>
       </c>
       <c r="G534" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H534" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I534" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J534" s="7">
         <v>1</v>
       </c>
       <c r="K534" s="1" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="L534" s="1" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="M534" s="1" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-    <row r="535" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>188</v>
+      </c>
+      <c r="N534" s="19"/>
+    </row>
+    <row r="535" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A535" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B535" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B535" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C535" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>49</v>
+        <v>507</v>
       </c>
       <c r="E535" s="1" t="s">
-        <v>496</v>
+        <v>508</v>
       </c>
       <c r="F535" s="1" t="s">
-        <v>497</v>
+        <v>34</v>
       </c>
       <c r="G535" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H535" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I535" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J535" s="7">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="K535" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L535" s="1" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="M535" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="536" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N535" s="1"/>
+    </row>
+    <row r="536" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A536" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B536" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B536" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="C536" s="1" t="s">
-        <v>33</v>
+      <c r="C536" s="4" t="s">
+        <v>20</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>49</v>
+        <v>507</v>
       </c>
       <c r="E536" s="1" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F536" s="1" t="s">
-        <v>167</v>
+        <v>34</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H536" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I536" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J536" s="7">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K536" s="1" t="s">
-        <v>124</v>
+        <v>34</v>
       </c>
       <c r="L536" s="1" t="s">
-        <v>125</v>
+        <v>61</v>
       </c>
       <c r="M536" s="1" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-    <row r="537" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N536" s="1"/>
+    </row>
+    <row r="537" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A537" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B537" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B537" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C537" s="1" t="s">
-        <v>46</v>
+      <c r="C537" s="4" t="s">
+        <v>41</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>49</v>
+        <v>512</v>
       </c>
       <c r="E537" s="1" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>508</v>
+        <v>195</v>
       </c>
       <c r="G537" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H537" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I537" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>18</v>
+      </c>
+      <c r="J537" s="1">
+        <v>30</v>
       </c>
       <c r="K537" s="1" t="s">
-        <v>124</v>
+        <v>29</v>
       </c>
       <c r="L537" s="1" t="s">
-        <v>30</v>
+        <v>117</v>
       </c>
       <c r="M537" s="1" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-    <row r="538" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>131</v>
+      </c>
+      <c r="N537" s="19"/>
+    </row>
+    <row r="538" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A538" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>582</v>
+      </c>
+      <c r="B538" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C538" s="4" t="s">
+        <v>97</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>49</v>
+        <v>512</v>
       </c>
       <c r="E538" s="1" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="F538" s="1" t="s">
-        <v>510</v>
+        <v>195</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>316</v>
+        <v>40</v>
       </c>
       <c r="H538" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I538" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>18</v>
+      </c>
+      <c r="J538" s="1">
+        <v>30</v>
       </c>
       <c r="K538" s="1" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="L538" s="1" t="s">
-        <v>82</v>
+        <v>117</v>
       </c>
       <c r="M538" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="539" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>131</v>
+      </c>
+      <c r="N538" s="19"/>
+    </row>
+    <row r="539" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A539" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B539" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B539" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="E539" s="1" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F539" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G539" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H539" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I539" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J539" s="7">
-        <v>3</v>
+      <c r="J539" s="1">
+        <v>32</v>
       </c>
       <c r="K539" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L539" s="1" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="M539" s="1" t="s">
-        <v>62</v>
+        <v>114</v>
       </c>
       <c r="N539" s="3"/>
     </row>
-    <row r="540" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="540" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A540" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>582</v>
+      </c>
+      <c r="B540" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C540" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="E540" s="1" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F540" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H540" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I540" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J540" s="7">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="K540" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L540" s="1" t="s">
         <v>61</v>
       </c>
       <c r="M540" s="1" t="s">
         <v>62</v>
       </c>
-    </row>
-    <row r="541" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N540" s="19"/>
+    </row>
+    <row r="541" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A541" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B541" s="4" t="s">
+        <v>582</v>
+      </c>
+      <c r="B541" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C541" s="4" t="s">
+      <c r="C541" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E541" s="1" t="s">
         <v>517</v>
       </c>
       <c r="F541" s="1" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="G541" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H541" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I541" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J541" s="1">
-        <v>30</v>
+      <c r="J541" s="7">
+        <v>25</v>
       </c>
       <c r="K541" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="L541" s="1" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="M541" s="1" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="N541" s="19"/>
+    </row>
+    <row r="542" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A542" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>101</v>
+        <v>582</v>
+      </c>
+      <c r="B542" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C542" s="1" t="s">
+        <v>97</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E542" s="1" t="s">
         <v>518</v>
       </c>
       <c r="F542" s="1" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="G542" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H542" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I542" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J542" s="1">
-        <v>30</v>
+      <c r="J542" s="7">
+        <v>120</v>
       </c>
       <c r="K542" s="1" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="L542" s="1" t="s">
-        <v>119</v>
+        <v>66</v>
       </c>
       <c r="M542" s="1" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-    <row r="543" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>67</v>
+      </c>
+      <c r="N542" s="19"/>
+    </row>
+    <row r="543" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A543" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E543" s="1" t="s">
         <v>519</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>34</v>
+        <v>520</v>
       </c>
       <c r="G543" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H543" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I543" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>49</v>
+      </c>
+      <c r="J543" s="7">
+        <v>4</v>
       </c>
       <c r="K543" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L543" s="1" t="s">
-        <v>37</v>
+        <v>72</v>
       </c>
       <c r="M543" s="1" t="s">
-        <v>116</v>
+        <v>71</v>
       </c>
       <c r="N543" s="3"/>
     </row>
-    <row r="544" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="544" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A544" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E544" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>34</v>
+        <v>149</v>
       </c>
       <c r="G544" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H544" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I544" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J544" s="7">
-        <v>25</v>
+      <c r="J544" s="1">
+        <v>9</v>
       </c>
       <c r="K544" s="1" t="s">
-        <v>34</v>
+        <v>116</v>
       </c>
       <c r="L544" s="1" t="s">
-        <v>61</v>
+        <v>116</v>
       </c>
       <c r="M544" s="1" t="s">
-        <v>62</v>
+        <v>149</v>
       </c>
       <c r="N544" s="3"/>
     </row>
-    <row r="545" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="545" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A545" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E545" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>34</v>
+        <v>149</v>
       </c>
       <c r="G545" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H545" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I545" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J545" s="7">
-        <v>25</v>
+      <c r="J545" s="1">
+        <v>15</v>
       </c>
       <c r="K545" s="1" t="s">
-        <v>34</v>
+        <v>116</v>
       </c>
       <c r="L545" s="1" t="s">
-        <v>61</v>
+        <v>116</v>
       </c>
       <c r="M545" s="1" t="s">
-        <v>62</v>
+        <v>149</v>
       </c>
       <c r="N545" s="3"/>
     </row>
-    <row r="546" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="546" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A546" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>101</v>
+        <v>46</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E546" s="1" t="s">
         <v>522</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>34</v>
+        <v>149</v>
       </c>
       <c r="G546" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H546" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I546" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J546" s="7">
-        <v>120</v>
+      <c r="J546" s="1">
+        <v>3</v>
       </c>
       <c r="K546" s="1" t="s">
-        <v>36</v>
+        <v>116</v>
       </c>
       <c r="L546" s="1" t="s">
-        <v>66</v>
+        <v>116</v>
       </c>
       <c r="M546" s="1" t="s">
-        <v>67</v>
+        <v>149</v>
       </c>
       <c r="N546" s="3"/>
     </row>
-    <row r="547" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="547" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A547" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B547" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E547" s="1" t="s">
         <v>523</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>524</v>
+        <v>102</v>
       </c>
       <c r="G547" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H547" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I547" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>18</v>
+      </c>
+      <c r="J547" s="1">
+        <v>21</v>
       </c>
       <c r="K547" s="1" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="L547" s="1" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="M547" s="1" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="N547" s="3"/>
     </row>
-    <row r="548" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="548" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A548" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B548" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C548" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E548" s="1" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>151</v>
+        <v>102</v>
       </c>
       <c r="G548" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H548" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I548" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J548" s="1">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="K548" s="1" t="s">
-        <v>118</v>
+        <v>51</v>
       </c>
       <c r="L548" s="1" t="s">
-        <v>118</v>
+        <v>81</v>
       </c>
       <c r="M548" s="1" t="s">
-        <v>151</v>
+        <v>102</v>
       </c>
       <c r="N548" s="3"/>
     </row>
-    <row r="549" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="549" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A549" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B549" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C549" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E549" s="1" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>151</v>
+        <v>245</v>
       </c>
       <c r="G549" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H549" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I549" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J549" s="1">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="K549" s="1" t="s">
-        <v>118</v>
+        <v>22</v>
       </c>
       <c r="L549" s="1" t="s">
-        <v>118</v>
+        <v>72</v>
       </c>
       <c r="M549" s="1" t="s">
-        <v>151</v>
+        <v>71</v>
       </c>
       <c r="N549" s="3"/>
     </row>
-    <row r="550" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="550" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A550" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B550" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C550" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E550" s="1" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>151</v>
+        <v>245</v>
       </c>
       <c r="G550" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H550" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I550" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J550" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K550" s="1" t="s">
-        <v>118</v>
+        <v>22</v>
       </c>
       <c r="L550" s="1" t="s">
-        <v>118</v>
+        <v>72</v>
       </c>
       <c r="M550" s="1" t="s">
-        <v>151</v>
-[...3 lines deleted...]
-    <row r="551" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N550" s="19"/>
+      <c r="O550" s="1"/>
+      <c r="P550" s="1"/>
+      <c r="Q550" s="1"/>
+      <c r="R550" s="1"/>
+      <c r="S550" s="1"/>
+      <c r="T550" s="1"/>
+      <c r="U550" s="1"/>
+      <c r="V550" s="1"/>
+      <c r="W550" s="1"/>
+      <c r="X550" s="1"/>
+      <c r="Y550" s="1"/>
+      <c r="Z550" s="1"/>
+      <c r="AA550" s="1"/>
+      <c r="AB550" s="1"/>
+      <c r="AC550" s="1"/>
+      <c r="AD550" s="1"/>
+      <c r="AE550" s="1"/>
+      <c r="AF550" s="1"/>
+      <c r="AG550" s="1"/>
+      <c r="AH550" s="1"/>
+      <c r="AI550" s="1"/>
+      <c r="AJ550" s="1"/>
+      <c r="AK550" s="1"/>
+      <c r="AL550" s="1"/>
+      <c r="AM550" s="1"/>
+      <c r="AN550" s="1"/>
+      <c r="AO550" s="1"/>
+      <c r="AP550" s="1"/>
+      <c r="AQ550" s="1"/>
+      <c r="AR550" s="1"/>
+      <c r="AS550" s="1"/>
+      <c r="AT550" s="1"/>
+      <c r="AU550" s="1"/>
+      <c r="AV550" s="1"/>
+      <c r="AW550" s="1"/>
+      <c r="AX550" s="1"/>
+      <c r="AY550" s="1"/>
+      <c r="AZ550" s="1"/>
+      <c r="BA550" s="1"/>
+      <c r="BB550" s="1"/>
+      <c r="BC550" s="1"/>
+      <c r="BD550" s="1"/>
+      <c r="BE550" s="1"/>
+      <c r="BF550" s="1"/>
+      <c r="BG550" s="1"/>
+      <c r="BH550" s="1"/>
+      <c r="BI550" s="1"/>
+      <c r="BJ550" s="1"/>
+      <c r="BK550" s="1"/>
+      <c r="BL550" s="1"/>
+      <c r="BM550" s="1"/>
+      <c r="BN550" s="1"/>
+      <c r="BO550" s="1"/>
+      <c r="BP550" s="1"/>
+      <c r="BQ550" s="1"/>
+      <c r="BR550" s="1"/>
+      <c r="BS550" s="1"/>
+    </row>
+    <row r="551" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A551" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B551" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E551" s="1" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="G551" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H551" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I551" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J551" s="1">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="K551" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L551" s="1" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="M551" s="1" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
       <c r="N551" s="3"/>
-    </row>
-    <row r="552" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O551" s="1"/>
+      <c r="P551" s="1"/>
+      <c r="Q551" s="1"/>
+      <c r="R551" s="1"/>
+      <c r="S551" s="1"/>
+      <c r="T551" s="1"/>
+      <c r="U551" s="1"/>
+      <c r="V551" s="1"/>
+      <c r="W551" s="1"/>
+      <c r="X551" s="1"/>
+      <c r="Y551" s="1"/>
+      <c r="Z551" s="1"/>
+      <c r="AA551" s="1"/>
+      <c r="AB551" s="1"/>
+      <c r="AC551" s="1"/>
+      <c r="AD551" s="1"/>
+      <c r="AE551" s="1"/>
+      <c r="AF551" s="1"/>
+      <c r="AG551" s="1"/>
+      <c r="AH551" s="1"/>
+      <c r="AI551" s="1"/>
+      <c r="AJ551" s="1"/>
+      <c r="AK551" s="1"/>
+      <c r="AL551" s="1"/>
+      <c r="AM551" s="1"/>
+      <c r="AN551" s="1"/>
+      <c r="AO551" s="1"/>
+      <c r="AP551" s="1"/>
+      <c r="AQ551" s="1"/>
+      <c r="AR551" s="1"/>
+      <c r="AS551" s="1"/>
+      <c r="AT551" s="1"/>
+      <c r="AU551" s="1"/>
+      <c r="AV551" s="1"/>
+      <c r="AW551" s="1"/>
+      <c r="AX551" s="1"/>
+      <c r="AY551" s="1"/>
+      <c r="AZ551" s="1"/>
+      <c r="BA551" s="1"/>
+      <c r="BB551" s="1"/>
+      <c r="BC551" s="1"/>
+      <c r="BD551" s="1"/>
+      <c r="BE551" s="1"/>
+      <c r="BF551" s="1"/>
+      <c r="BG551" s="1"/>
+      <c r="BH551" s="1"/>
+      <c r="BI551" s="1"/>
+      <c r="BJ551" s="1"/>
+      <c r="BK551" s="1"/>
+      <c r="BL551" s="1"/>
+      <c r="BM551" s="1"/>
+      <c r="BN551" s="1"/>
+      <c r="BO551" s="1"/>
+      <c r="BP551" s="1"/>
+      <c r="BQ551" s="1"/>
+      <c r="BR551" s="1"/>
+      <c r="BS551" s="1"/>
+    </row>
+    <row r="552" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A552" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C552" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E552" s="1" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="G552" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H552" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I552" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J552" s="1">
-        <v>3</v>
+        <v>69</v>
       </c>
       <c r="K552" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L552" s="1" t="s">
-        <v>82</v>
+        <v>55</v>
       </c>
       <c r="M552" s="1" t="s">
-        <v>102</v>
+        <v>79</v>
       </c>
       <c r="N552" s="3"/>
-    </row>
-    <row r="553" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O552" s="1"/>
+      <c r="P552" s="1"/>
+      <c r="Q552" s="1"/>
+      <c r="R552" s="1"/>
+      <c r="S552" s="1"/>
+      <c r="T552" s="1"/>
+      <c r="U552" s="1"/>
+      <c r="V552" s="1"/>
+      <c r="W552" s="1"/>
+      <c r="X552" s="1"/>
+      <c r="Y552" s="1"/>
+      <c r="Z552" s="1"/>
+      <c r="AA552" s="1"/>
+      <c r="AB552" s="1"/>
+      <c r="AC552" s="1"/>
+      <c r="AD552" s="1"/>
+      <c r="AE552" s="1"/>
+      <c r="AF552" s="1"/>
+      <c r="AG552" s="1"/>
+      <c r="AH552" s="1"/>
+      <c r="AI552" s="1"/>
+      <c r="AJ552" s="1"/>
+      <c r="AK552" s="1"/>
+      <c r="AL552" s="1"/>
+      <c r="AM552" s="1"/>
+      <c r="AN552" s="1"/>
+      <c r="AO552" s="1"/>
+      <c r="AP552" s="1"/>
+      <c r="AQ552" s="1"/>
+      <c r="AR552" s="1"/>
+      <c r="AS552" s="1"/>
+      <c r="AT552" s="1"/>
+      <c r="AU552" s="1"/>
+      <c r="AV552" s="1"/>
+      <c r="AW552" s="1"/>
+      <c r="AX552" s="1"/>
+      <c r="AY552" s="1"/>
+      <c r="AZ552" s="1"/>
+      <c r="BA552" s="1"/>
+      <c r="BB552" s="1"/>
+      <c r="BC552" s="1"/>
+      <c r="BD552" s="1"/>
+      <c r="BE552" s="1"/>
+      <c r="BF552" s="1"/>
+      <c r="BG552" s="1"/>
+      <c r="BH552" s="1"/>
+      <c r="BI552" s="1"/>
+      <c r="BJ552" s="1"/>
+      <c r="BK552" s="1"/>
+      <c r="BL552" s="1"/>
+      <c r="BM552" s="1"/>
+      <c r="BN552" s="1"/>
+      <c r="BO552" s="1"/>
+      <c r="BP552" s="1"/>
+      <c r="BQ552" s="1"/>
+      <c r="BR552" s="1"/>
+      <c r="BS552" s="1"/>
+    </row>
+    <row r="553" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A553" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B553" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B553" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="C553" s="1" t="s">
+      <c r="C553" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="E553" s="1" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>245</v>
+        <v>34</v>
       </c>
       <c r="G553" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H553" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I553" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>212</v>
+      </c>
+      <c r="J553" s="7">
+        <v>18</v>
       </c>
       <c r="K553" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L553" s="1" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="M553" s="1" t="s">
-        <v>71</v>
+        <v>110</v>
       </c>
       <c r="N553" s="3"/>
-    </row>
-    <row r="554" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O553" s="1"/>
+      <c r="P553" s="1"/>
+      <c r="Q553" s="1"/>
+      <c r="R553" s="1"/>
+      <c r="S553" s="1"/>
+      <c r="T553" s="1"/>
+      <c r="U553" s="1"/>
+      <c r="V553" s="1"/>
+      <c r="W553" s="1"/>
+      <c r="X553" s="1"/>
+      <c r="Y553" s="1"/>
+      <c r="Z553" s="1"/>
+      <c r="AA553" s="1"/>
+      <c r="AB553" s="1"/>
+      <c r="AC553" s="1"/>
+      <c r="AD553" s="1"/>
+      <c r="AE553" s="1"/>
+      <c r="AF553" s="1"/>
+      <c r="AG553" s="1"/>
+      <c r="AH553" s="1"/>
+      <c r="AI553" s="1"/>
+      <c r="AJ553" s="1"/>
+      <c r="AK553" s="1"/>
+      <c r="AL553" s="1"/>
+      <c r="AM553" s="1"/>
+      <c r="AN553" s="1"/>
+      <c r="AO553" s="1"/>
+      <c r="AP553" s="1"/>
+      <c r="AQ553" s="1"/>
+      <c r="AR553" s="1"/>
+      <c r="AS553" s="1"/>
+      <c r="AT553" s="1"/>
+      <c r="AU553" s="1"/>
+      <c r="AV553" s="1"/>
+      <c r="AW553" s="1"/>
+      <c r="AX553" s="1"/>
+      <c r="AY553" s="1"/>
+      <c r="AZ553" s="1"/>
+      <c r="BA553" s="1"/>
+      <c r="BB553" s="1"/>
+      <c r="BC553" s="1"/>
+      <c r="BD553" s="1"/>
+      <c r="BE553" s="1"/>
+      <c r="BF553" s="1"/>
+      <c r="BG553" s="1"/>
+      <c r="BH553" s="1"/>
+      <c r="BI553" s="1"/>
+      <c r="BJ553" s="1"/>
+      <c r="BK553" s="1"/>
+      <c r="BL553" s="1"/>
+      <c r="BM553" s="1"/>
+      <c r="BN553" s="1"/>
+      <c r="BO553" s="1"/>
+      <c r="BP553" s="1"/>
+      <c r="BQ553" s="1"/>
+      <c r="BR553" s="1"/>
+      <c r="BS553" s="1"/>
+    </row>
+    <row r="554" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A554" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B554" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C554" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>516</v>
+        <v>528</v>
       </c>
       <c r="E554" s="1" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>245</v>
+        <v>472</v>
       </c>
       <c r="G554" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H554" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I554" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J554" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="K554" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L554" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="M554" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="555" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>472</v>
+      </c>
+      <c r="N554" s="19"/>
+      <c r="O554" s="1"/>
+      <c r="P554" s="1"/>
+      <c r="Q554" s="1"/>
+      <c r="R554" s="1"/>
+      <c r="S554" s="1"/>
+      <c r="T554" s="1"/>
+      <c r="U554" s="1"/>
+      <c r="V554" s="1"/>
+      <c r="W554" s="1"/>
+      <c r="X554" s="1"/>
+      <c r="Y554" s="1"/>
+      <c r="Z554" s="1"/>
+      <c r="AA554" s="1"/>
+      <c r="AB554" s="1"/>
+      <c r="AC554" s="1"/>
+      <c r="AD554" s="1"/>
+      <c r="AE554" s="1"/>
+      <c r="AF554" s="1"/>
+      <c r="AG554" s="1"/>
+      <c r="AH554" s="1"/>
+      <c r="AI554" s="1"/>
+      <c r="AJ554" s="1"/>
+      <c r="AK554" s="1"/>
+      <c r="AL554" s="1"/>
+      <c r="AM554" s="1"/>
+      <c r="AN554" s="1"/>
+      <c r="AO554" s="1"/>
+      <c r="AP554" s="1"/>
+      <c r="AQ554" s="1"/>
+      <c r="AR554" s="1"/>
+      <c r="AS554" s="1"/>
+      <c r="AT554" s="1"/>
+      <c r="AU554" s="1"/>
+      <c r="AV554" s="1"/>
+      <c r="AW554" s="1"/>
+      <c r="AX554" s="1"/>
+      <c r="AY554" s="1"/>
+      <c r="AZ554" s="1"/>
+      <c r="BA554" s="1"/>
+      <c r="BB554" s="1"/>
+      <c r="BC554" s="1"/>
+      <c r="BD554" s="1"/>
+      <c r="BE554" s="1"/>
+      <c r="BF554" s="1"/>
+      <c r="BG554" s="1"/>
+      <c r="BH554" s="1"/>
+      <c r="BI554" s="1"/>
+      <c r="BJ554" s="1"/>
+      <c r="BK554" s="1"/>
+      <c r="BL554" s="1"/>
+      <c r="BM554" s="1"/>
+      <c r="BN554" s="1"/>
+      <c r="BO554" s="1"/>
+      <c r="BP554" s="1"/>
+      <c r="BQ554" s="1"/>
+      <c r="BR554" s="1"/>
+      <c r="BS554" s="1"/>
+    </row>
+    <row r="555" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A555" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C555" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>516</v>
+        <v>528</v>
       </c>
       <c r="E555" s="1" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>34</v>
+        <v>472</v>
       </c>
       <c r="G555" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H555" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I555" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J555" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K555" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L555" s="1" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="M555" s="1" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-    <row r="556" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>472</v>
+      </c>
+      <c r="N555" s="19"/>
+      <c r="O555" s="1"/>
+      <c r="P555" s="1"/>
+      <c r="Q555" s="1"/>
+      <c r="R555" s="1"/>
+      <c r="S555" s="1"/>
+      <c r="T555" s="1"/>
+      <c r="U555" s="1"/>
+      <c r="V555" s="1"/>
+      <c r="W555" s="1"/>
+      <c r="X555" s="1"/>
+      <c r="Y555" s="1"/>
+      <c r="Z555" s="1"/>
+      <c r="AA555" s="1"/>
+      <c r="AB555" s="1"/>
+      <c r="AC555" s="1"/>
+      <c r="AD555" s="1"/>
+      <c r="AE555" s="1"/>
+      <c r="AF555" s="1"/>
+      <c r="AG555" s="1"/>
+      <c r="AH555" s="1"/>
+      <c r="AI555" s="1"/>
+      <c r="AJ555" s="1"/>
+      <c r="AK555" s="1"/>
+      <c r="AL555" s="1"/>
+      <c r="AM555" s="1"/>
+      <c r="AN555" s="1"/>
+      <c r="AO555" s="1"/>
+      <c r="AP555" s="1"/>
+      <c r="AQ555" s="1"/>
+      <c r="AR555" s="1"/>
+      <c r="AS555" s="1"/>
+      <c r="AT555" s="1"/>
+      <c r="AU555" s="1"/>
+      <c r="AV555" s="1"/>
+      <c r="AW555" s="1"/>
+      <c r="AX555" s="1"/>
+      <c r="AY555" s="1"/>
+      <c r="AZ555" s="1"/>
+      <c r="BA555" s="1"/>
+      <c r="BB555" s="1"/>
+      <c r="BC555" s="1"/>
+      <c r="BD555" s="1"/>
+      <c r="BE555" s="1"/>
+      <c r="BF555" s="1"/>
+      <c r="BG555" s="1"/>
+      <c r="BH555" s="1"/>
+      <c r="BI555" s="1"/>
+      <c r="BJ555" s="1"/>
+      <c r="BK555" s="1"/>
+      <c r="BL555" s="1"/>
+      <c r="BM555" s="1"/>
+      <c r="BN555" s="1"/>
+      <c r="BO555" s="1"/>
+      <c r="BP555" s="1"/>
+      <c r="BQ555" s="1"/>
+      <c r="BR555" s="1"/>
+      <c r="BS555" s="1"/>
+    </row>
+    <row r="556" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A556" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B556" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>516</v>
+        <v>528</v>
       </c>
       <c r="E556" s="1" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>34</v>
+        <v>472</v>
       </c>
       <c r="G556" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H556" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I556" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J556" s="1">
-        <v>69</v>
+        <v>1</v>
       </c>
       <c r="K556" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L556" s="1" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="M556" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="557" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>472</v>
+      </c>
+      <c r="N556" s="19"/>
+      <c r="O556" s="1"/>
+      <c r="P556" s="1"/>
+      <c r="Q556" s="1"/>
+      <c r="R556" s="1"/>
+      <c r="S556" s="1"/>
+      <c r="T556" s="1"/>
+      <c r="U556" s="1"/>
+      <c r="V556" s="1"/>
+      <c r="W556" s="1"/>
+      <c r="X556" s="1"/>
+      <c r="Y556" s="1"/>
+      <c r="Z556" s="1"/>
+      <c r="AA556" s="1"/>
+      <c r="AB556" s="1"/>
+      <c r="AC556" s="1"/>
+      <c r="AD556" s="1"/>
+      <c r="AE556" s="1"/>
+      <c r="AF556" s="1"/>
+      <c r="AG556" s="1"/>
+      <c r="AH556" s="1"/>
+      <c r="AI556" s="1"/>
+      <c r="AJ556" s="1"/>
+      <c r="AK556" s="1"/>
+      <c r="AL556" s="1"/>
+      <c r="AM556" s="1"/>
+      <c r="AN556" s="1"/>
+      <c r="AO556" s="1"/>
+      <c r="AP556" s="1"/>
+      <c r="AQ556" s="1"/>
+      <c r="AR556" s="1"/>
+      <c r="AS556" s="1"/>
+      <c r="AT556" s="1"/>
+      <c r="AU556" s="1"/>
+      <c r="AV556" s="1"/>
+      <c r="AW556" s="1"/>
+      <c r="AX556" s="1"/>
+      <c r="AY556" s="1"/>
+      <c r="AZ556" s="1"/>
+      <c r="BA556" s="1"/>
+      <c r="BB556" s="1"/>
+      <c r="BC556" s="1"/>
+      <c r="BD556" s="1"/>
+      <c r="BE556" s="1"/>
+      <c r="BF556" s="1"/>
+      <c r="BG556" s="1"/>
+      <c r="BH556" s="1"/>
+      <c r="BI556" s="1"/>
+      <c r="BJ556" s="1"/>
+      <c r="BK556" s="1"/>
+      <c r="BL556" s="1"/>
+      <c r="BM556" s="1"/>
+      <c r="BN556" s="1"/>
+      <c r="BO556" s="1"/>
+      <c r="BP556" s="1"/>
+      <c r="BQ556" s="1"/>
+      <c r="BR556" s="1"/>
+      <c r="BS556" s="1"/>
+    </row>
+    <row r="557" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A557" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B557" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="B557" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C557" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>516</v>
+        <v>528</v>
       </c>
       <c r="E557" s="1" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>34</v>
+        <v>537</v>
       </c>
       <c r="G557" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H557" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I557" s="1" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>49</v>
+      </c>
+      <c r="J557" s="1">
+        <v>10</v>
       </c>
       <c r="K557" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L557" s="1" t="s">
-        <v>111</v>
+        <v>23</v>
       </c>
       <c r="M557" s="1" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-    <row r="558" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>50</v>
+      </c>
+      <c r="N557" s="3"/>
+      <c r="O557" s="1"/>
+      <c r="P557" s="1"/>
+      <c r="Q557" s="1"/>
+      <c r="R557" s="1"/>
+      <c r="S557" s="1"/>
+      <c r="T557" s="1"/>
+      <c r="U557" s="1"/>
+      <c r="V557" s="1"/>
+      <c r="W557" s="1"/>
+      <c r="X557" s="1"/>
+      <c r="Y557" s="1"/>
+      <c r="Z557" s="1"/>
+      <c r="AA557" s="1"/>
+      <c r="AB557" s="1"/>
+      <c r="AC557" s="1"/>
+      <c r="AD557" s="1"/>
+      <c r="AE557" s="1"/>
+      <c r="AF557" s="1"/>
+      <c r="AG557" s="1"/>
+      <c r="AH557" s="1"/>
+      <c r="AI557" s="1"/>
+      <c r="AJ557" s="1"/>
+      <c r="AK557" s="1"/>
+      <c r="AL557" s="1"/>
+      <c r="AM557" s="1"/>
+      <c r="AN557" s="1"/>
+      <c r="AO557" s="1"/>
+      <c r="AP557" s="1"/>
+      <c r="AQ557" s="1"/>
+      <c r="AR557" s="1"/>
+      <c r="AS557" s="1"/>
+      <c r="AT557" s="1"/>
+      <c r="AU557" s="1"/>
+      <c r="AV557" s="1"/>
+      <c r="AW557" s="1"/>
+      <c r="AX557" s="1"/>
+      <c r="AY557" s="1"/>
+      <c r="AZ557" s="1"/>
+      <c r="BA557" s="1"/>
+      <c r="BB557" s="1"/>
+      <c r="BC557" s="1"/>
+      <c r="BD557" s="1"/>
+      <c r="BE557" s="1"/>
+      <c r="BF557" s="1"/>
+      <c r="BG557" s="1"/>
+      <c r="BH557" s="1"/>
+      <c r="BI557" s="1"/>
+      <c r="BJ557" s="1"/>
+      <c r="BK557" s="1"/>
+      <c r="BL557" s="1"/>
+      <c r="BM557" s="1"/>
+      <c r="BN557" s="1"/>
+      <c r="BO557" s="1"/>
+      <c r="BP557" s="1"/>
+      <c r="BQ557" s="1"/>
+      <c r="BR557" s="1"/>
+      <c r="BS557" s="1"/>
+    </row>
+    <row r="558" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A558" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B558" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B558" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C558" s="1" t="s">
-        <v>46</v>
+      <c r="C558" s="4" t="s">
+        <v>41</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>516</v>
+        <v>528</v>
       </c>
       <c r="E558" s="1" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>34</v>
+        <v>185</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H558" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I558" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J558" s="1">
+        <v>4</v>
+      </c>
+      <c r="K558" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L558" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M558" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="N558" s="19"/>
+      <c r="O558" s="1"/>
+      <c r="P558" s="1"/>
+      <c r="Q558" s="1"/>
+      <c r="R558" s="1"/>
+      <c r="S558" s="1"/>
+      <c r="T558" s="1"/>
+      <c r="U558" s="1"/>
+      <c r="V558" s="1"/>
+      <c r="W558" s="1"/>
+      <c r="X558" s="1"/>
+      <c r="Y558" s="1"/>
+      <c r="Z558" s="1"/>
+      <c r="AA558" s="1"/>
+      <c r="AB558" s="1"/>
+      <c r="AC558" s="1"/>
+      <c r="AD558" s="1"/>
+      <c r="AE558" s="1"/>
+      <c r="AF558" s="1"/>
+      <c r="AG558" s="1"/>
+      <c r="AH558" s="1"/>
+      <c r="AI558" s="1"/>
+      <c r="AJ558" s="1"/>
+      <c r="AK558" s="1"/>
+      <c r="AL558" s="1"/>
+      <c r="AM558" s="1"/>
+      <c r="AN558" s="1"/>
+      <c r="AO558" s="1"/>
+      <c r="AP558" s="1"/>
+      <c r="AQ558" s="1"/>
+      <c r="AR558" s="1"/>
+      <c r="AS558" s="1"/>
+      <c r="AT558" s="1"/>
+      <c r="AU558" s="1"/>
+      <c r="AV558" s="1"/>
+      <c r="AW558" s="1"/>
+      <c r="AX558" s="1"/>
+      <c r="AY558" s="1"/>
+      <c r="AZ558" s="1"/>
+      <c r="BA558" s="1"/>
+      <c r="BB558" s="1"/>
+      <c r="BC558" s="1"/>
+      <c r="BD558" s="1"/>
+      <c r="BE558" s="1"/>
+      <c r="BF558" s="1"/>
+      <c r="BG558" s="1"/>
+      <c r="BH558" s="1"/>
+      <c r="BI558" s="1"/>
+      <c r="BJ558" s="1"/>
+      <c r="BK558" s="1"/>
+      <c r="BL558" s="1"/>
+      <c r="BM558" s="1"/>
+      <c r="BN558" s="1"/>
+      <c r="BO558" s="1"/>
+      <c r="BP558" s="1"/>
+      <c r="BQ558" s="1"/>
+      <c r="BR558" s="1"/>
+      <c r="BS558" s="1"/>
+    </row>
+    <row r="559" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A559" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B559" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C559" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D559" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="E559" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="F559" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H559" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I558" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="I559" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J559" s="1">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="K559" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L559" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M559" s="1" t="s">
-        <v>476</v>
-[...3 lines deleted...]
-    <row r="560" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>185</v>
+      </c>
+      <c r="N559" s="19"/>
+      <c r="O559" s="1"/>
+      <c r="P559" s="1"/>
+      <c r="Q559" s="1"/>
+      <c r="R559" s="1"/>
+      <c r="S559" s="1"/>
+      <c r="T559" s="1"/>
+      <c r="U559" s="1"/>
+      <c r="V559" s="1"/>
+      <c r="W559" s="1"/>
+      <c r="X559" s="1"/>
+      <c r="Y559" s="1"/>
+      <c r="Z559" s="1"/>
+      <c r="AA559" s="1"/>
+      <c r="AB559" s="1"/>
+      <c r="AC559" s="1"/>
+      <c r="AD559" s="1"/>
+      <c r="AE559" s="1"/>
+      <c r="AF559" s="1"/>
+      <c r="AG559" s="1"/>
+      <c r="AH559" s="1"/>
+      <c r="AI559" s="1"/>
+      <c r="AJ559" s="1"/>
+      <c r="AK559" s="1"/>
+      <c r="AL559" s="1"/>
+      <c r="AM559" s="1"/>
+      <c r="AN559" s="1"/>
+      <c r="AO559" s="1"/>
+      <c r="AP559" s="1"/>
+      <c r="AQ559" s="1"/>
+      <c r="AR559" s="1"/>
+      <c r="AS559" s="1"/>
+      <c r="AT559" s="1"/>
+      <c r="AU559" s="1"/>
+      <c r="AV559" s="1"/>
+      <c r="AW559" s="1"/>
+      <c r="AX559" s="1"/>
+      <c r="AY559" s="1"/>
+      <c r="AZ559" s="1"/>
+      <c r="BA559" s="1"/>
+      <c r="BB559" s="1"/>
+      <c r="BC559" s="1"/>
+      <c r="BD559" s="1"/>
+      <c r="BE559" s="1"/>
+      <c r="BF559" s="1"/>
+      <c r="BG559" s="1"/>
+      <c r="BH559" s="1"/>
+      <c r="BI559" s="1"/>
+      <c r="BJ559" s="1"/>
+      <c r="BK559" s="1"/>
+      <c r="BL559" s="1"/>
+      <c r="BM559" s="1"/>
+      <c r="BN559" s="1"/>
+      <c r="BO559" s="1"/>
+      <c r="BP559" s="1"/>
+      <c r="BQ559" s="1"/>
+      <c r="BR559" s="1"/>
+      <c r="BS559" s="1"/>
+    </row>
+    <row r="560" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A560" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C560" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B560" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C560" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="E560" s="1" t="s">
-        <v>539</v>
+        <v>398</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>476</v>
+        <v>21</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H560" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I560" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J560" s="1">
-        <v>6</v>
+        <v>29</v>
       </c>
       <c r="K560" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L560" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M560" s="1" t="s">
-        <v>476</v>
-[...3 lines deleted...]
-    <row r="561" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+      <c r="N560" s="3"/>
+    </row>
+    <row r="561" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A561" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C561" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B561" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C561" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="E561" s="1" t="s">
-        <v>539</v>
+        <v>398</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>476</v>
+        <v>21</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H561" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I561" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J561" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="K561" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L561" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M561" s="1" t="s">
-        <v>476</v>
-[...3 lines deleted...]
-    <row r="562" spans="1:14" s="6" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+      <c r="N561" s="3"/>
+    </row>
+    <row r="562" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A562" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B562" s="4" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C562" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="E562" s="1" t="s">
-        <v>540</v>
+        <v>398</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>541</v>
+        <v>21</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H562" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I562" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J562" s="1">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="K562" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L562" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M562" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="563" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+      <c r="N562" s="3"/>
+    </row>
+    <row r="563" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A563" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B563" s="4" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>20</v>
+      </c>
+      <c r="C563" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="E563" s="1" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>187</v>
+        <v>548</v>
       </c>
       <c r="G563" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H563" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I563" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J563" s="1">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="K563" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L563" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M563" s="1" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-    <row r="564" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>185</v>
+      </c>
+      <c r="N563" s="3"/>
+    </row>
+    <row r="564" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A564" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B564" s="4" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>20</v>
+      </c>
+      <c r="C564" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="E564" s="1" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>187</v>
+        <v>548</v>
       </c>
       <c r="G564" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H564" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I564" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J564" s="1">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="K564" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L564" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M564" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="N564" s="3"/>
     </row>
-    <row r="565" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="565" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A565" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B565" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C565" s="4" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>533</v>
+        <v>549</v>
       </c>
       <c r="E565" s="1" t="s">
-        <v>532</v>
+        <v>553</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>21</v>
+        <v>351</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H565" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I565" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J565" s="1">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="K565" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L565" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M565" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="566" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N565" s="5"/>
+      <c r="O565" s="6"/>
+      <c r="P565" s="6"/>
+      <c r="Q565" s="6"/>
+      <c r="R565" s="6"/>
+      <c r="S565" s="6"/>
+      <c r="T565" s="6"/>
+      <c r="U565" s="6"/>
+      <c r="V565" s="6"/>
+      <c r="W565" s="6"/>
+      <c r="X565" s="6"/>
+      <c r="Y565" s="6"/>
+      <c r="Z565" s="6"/>
+      <c r="AA565" s="6"/>
+      <c r="AB565" s="6"/>
+      <c r="AC565" s="6"/>
+      <c r="AD565" s="6"/>
+      <c r="AE565" s="6"/>
+      <c r="AF565" s="6"/>
+      <c r="AG565" s="6"/>
+      <c r="AH565" s="6"/>
+      <c r="AI565" s="6"/>
+      <c r="AJ565" s="6"/>
+      <c r="AK565" s="6"/>
+      <c r="AL565" s="6"/>
+      <c r="AM565" s="6"/>
+      <c r="AN565" s="6"/>
+      <c r="AO565" s="6"/>
+      <c r="AP565" s="6"/>
+      <c r="AQ565" s="6"/>
+      <c r="AR565" s="6"/>
+      <c r="AS565" s="6"/>
+      <c r="AT565" s="6"/>
+      <c r="AU565" s="6"/>
+      <c r="AV565" s="6"/>
+      <c r="AW565" s="6"/>
+      <c r="AX565" s="6"/>
+      <c r="AY565" s="6"/>
+      <c r="AZ565" s="6"/>
+      <c r="BA565" s="6"/>
+      <c r="BB565" s="6"/>
+      <c r="BC565" s="6"/>
+      <c r="BD565" s="6"/>
+      <c r="BE565" s="6"/>
+      <c r="BF565" s="6"/>
+      <c r="BG565" s="6"/>
+      <c r="BH565" s="6"/>
+      <c r="BI565" s="6"/>
+      <c r="BJ565" s="6"/>
+      <c r="BK565" s="6"/>
+      <c r="BL565" s="6"/>
+      <c r="BM565" s="6"/>
+      <c r="BN565" s="6"/>
+      <c r="BO565" s="6"/>
+      <c r="BP565" s="6"/>
+      <c r="BQ565" s="6"/>
+      <c r="BR565" s="6"/>
+      <c r="BS565" s="6"/>
+    </row>
+    <row r="566" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A566" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B566" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C566" s="4" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>533</v>
+        <v>549</v>
       </c>
       <c r="E566" s="1" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>21</v>
+        <v>351</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H566" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I566" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J566" s="1">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="K566" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L566" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M566" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="567" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N566" s="5"/>
+      <c r="O566" s="6"/>
+      <c r="P566" s="6"/>
+      <c r="Q566" s="6"/>
+      <c r="R566" s="6"/>
+      <c r="S566" s="6"/>
+      <c r="T566" s="6"/>
+      <c r="U566" s="6"/>
+      <c r="V566" s="6"/>
+      <c r="W566" s="6"/>
+      <c r="X566" s="6"/>
+      <c r="Y566" s="6"/>
+      <c r="Z566" s="6"/>
+      <c r="AA566" s="6"/>
+      <c r="AB566" s="6"/>
+      <c r="AC566" s="6"/>
+      <c r="AD566" s="6"/>
+      <c r="AE566" s="6"/>
+      <c r="AF566" s="6"/>
+      <c r="AG566" s="6"/>
+      <c r="AH566" s="6"/>
+      <c r="AI566" s="6"/>
+      <c r="AJ566" s="6"/>
+      <c r="AK566" s="6"/>
+      <c r="AL566" s="6"/>
+      <c r="AM566" s="6"/>
+      <c r="AN566" s="6"/>
+      <c r="AO566" s="6"/>
+      <c r="AP566" s="6"/>
+      <c r="AQ566" s="6"/>
+      <c r="AR566" s="6"/>
+      <c r="AS566" s="6"/>
+      <c r="AT566" s="6"/>
+      <c r="AU566" s="6"/>
+      <c r="AV566" s="6"/>
+      <c r="AW566" s="6"/>
+      <c r="AX566" s="6"/>
+      <c r="AY566" s="6"/>
+      <c r="AZ566" s="6"/>
+      <c r="BA566" s="6"/>
+      <c r="BB566" s="6"/>
+      <c r="BC566" s="6"/>
+      <c r="BD566" s="6"/>
+      <c r="BE566" s="6"/>
+      <c r="BF566" s="6"/>
+      <c r="BG566" s="6"/>
+      <c r="BH566" s="6"/>
+      <c r="BI566" s="6"/>
+      <c r="BJ566" s="6"/>
+      <c r="BK566" s="6"/>
+      <c r="BL566" s="6"/>
+      <c r="BM566" s="6"/>
+      <c r="BN566" s="6"/>
+      <c r="BO566" s="6"/>
+      <c r="BP566" s="6"/>
+      <c r="BQ566" s="6"/>
+      <c r="BR566" s="6"/>
+      <c r="BS566" s="6"/>
+    </row>
+    <row r="567" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A567" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B567" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C567" s="4" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>533</v>
+        <v>549</v>
       </c>
       <c r="E567" s="1" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="F567" s="1" t="s">
-        <v>21</v>
+        <v>351</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H567" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I567" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J567" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="K567" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L567" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M567" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="568" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N567" s="5"/>
+      <c r="O567" s="6"/>
+      <c r="P567" s="6"/>
+      <c r="Q567" s="6"/>
+      <c r="R567" s="6"/>
+      <c r="S567" s="6"/>
+      <c r="T567" s="6"/>
+      <c r="U567" s="6"/>
+      <c r="V567" s="6"/>
+      <c r="W567" s="6"/>
+      <c r="X567" s="6"/>
+      <c r="Y567" s="6"/>
+      <c r="Z567" s="6"/>
+      <c r="AA567" s="6"/>
+      <c r="AB567" s="6"/>
+      <c r="AC567" s="6"/>
+      <c r="AD567" s="6"/>
+      <c r="AE567" s="6"/>
+      <c r="AF567" s="6"/>
+      <c r="AG567" s="6"/>
+      <c r="AH567" s="6"/>
+      <c r="AI567" s="6"/>
+      <c r="AJ567" s="6"/>
+      <c r="AK567" s="6"/>
+      <c r="AL567" s="6"/>
+      <c r="AM567" s="6"/>
+      <c r="AN567" s="6"/>
+      <c r="AO567" s="6"/>
+      <c r="AP567" s="6"/>
+      <c r="AQ567" s="6"/>
+      <c r="AR567" s="6"/>
+      <c r="AS567" s="6"/>
+      <c r="AT567" s="6"/>
+      <c r="AU567" s="6"/>
+      <c r="AV567" s="6"/>
+      <c r="AW567" s="6"/>
+      <c r="AX567" s="6"/>
+      <c r="AY567" s="6"/>
+      <c r="AZ567" s="6"/>
+      <c r="BA567" s="6"/>
+      <c r="BB567" s="6"/>
+      <c r="BC567" s="6"/>
+      <c r="BD567" s="6"/>
+      <c r="BE567" s="6"/>
+      <c r="BF567" s="6"/>
+      <c r="BG567" s="6"/>
+      <c r="BH567" s="6"/>
+      <c r="BI567" s="6"/>
+      <c r="BJ567" s="6"/>
+      <c r="BK567" s="6"/>
+      <c r="BL567" s="6"/>
+      <c r="BM567" s="6"/>
+      <c r="BN567" s="6"/>
+      <c r="BO567" s="6"/>
+      <c r="BP567" s="6"/>
+      <c r="BQ567" s="6"/>
+      <c r="BR567" s="6"/>
+      <c r="BS567" s="6"/>
+    </row>
+    <row r="568" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A568" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B568" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C568" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C568" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D568" s="1" t="s">
-        <v>533</v>
+        <v>549</v>
       </c>
       <c r="E568" s="1" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>187</v>
+        <v>351</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>305</v>
+        <v>40</v>
       </c>
       <c r="H568" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I568" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J568" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="K568" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L568" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M568" s="1" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-    <row r="569" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="N568" s="5"/>
+      <c r="O568" s="6"/>
+      <c r="P568" s="6"/>
+      <c r="Q568" s="6"/>
+      <c r="R568" s="6"/>
+      <c r="S568" s="6"/>
+      <c r="T568" s="6"/>
+      <c r="U568" s="6"/>
+      <c r="V568" s="6"/>
+      <c r="W568" s="6"/>
+      <c r="X568" s="6"/>
+      <c r="Y568" s="6"/>
+      <c r="Z568" s="6"/>
+      <c r="AA568" s="6"/>
+      <c r="AB568" s="6"/>
+      <c r="AC568" s="6"/>
+      <c r="AD568" s="6"/>
+      <c r="AE568" s="6"/>
+      <c r="AF568" s="6"/>
+      <c r="AG568" s="6"/>
+      <c r="AH568" s="6"/>
+      <c r="AI568" s="6"/>
+      <c r="AJ568" s="6"/>
+      <c r="AK568" s="6"/>
+      <c r="AL568" s="6"/>
+      <c r="AM568" s="6"/>
+      <c r="AN568" s="6"/>
+      <c r="AO568" s="6"/>
+      <c r="AP568" s="6"/>
+      <c r="AQ568" s="6"/>
+      <c r="AR568" s="6"/>
+      <c r="AS568" s="6"/>
+      <c r="AT568" s="6"/>
+      <c r="AU568" s="6"/>
+      <c r="AV568" s="6"/>
+      <c r="AW568" s="6"/>
+      <c r="AX568" s="6"/>
+      <c r="AY568" s="6"/>
+      <c r="AZ568" s="6"/>
+      <c r="BA568" s="6"/>
+      <c r="BB568" s="6"/>
+      <c r="BC568" s="6"/>
+      <c r="BD568" s="6"/>
+      <c r="BE568" s="6"/>
+      <c r="BF568" s="6"/>
+      <c r="BG568" s="6"/>
+      <c r="BH568" s="6"/>
+      <c r="BI568" s="6"/>
+      <c r="BJ568" s="6"/>
+      <c r="BK568" s="6"/>
+      <c r="BL568" s="6"/>
+      <c r="BM568" s="6"/>
+      <c r="BN568" s="6"/>
+      <c r="BO568" s="6"/>
+      <c r="BP568" s="6"/>
+      <c r="BQ568" s="6"/>
+      <c r="BR568" s="6"/>
+      <c r="BS568" s="6"/>
+    </row>
+    <row r="569" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A569" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>582</v>
+      </c>
+      <c r="B569" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C569" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E569" s="1" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>353</v>
+        <v>34</v>
       </c>
       <c r="G569" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H569" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I569" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J569" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="K569" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L569" s="1" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="M569" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="570" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+      <c r="N569" s="19"/>
+      <c r="O569" s="2"/>
+      <c r="P569" s="2"/>
+      <c r="Q569" s="2"/>
+      <c r="R569" s="2"/>
+      <c r="S569" s="2"/>
+      <c r="T569" s="2"/>
+      <c r="U569" s="2"/>
+      <c r="V569" s="2"/>
+      <c r="W569" s="2"/>
+      <c r="X569" s="2"/>
+      <c r="Y569" s="2"/>
+      <c r="Z569" s="2"/>
+      <c r="AA569" s="2"/>
+      <c r="AB569" s="2"/>
+      <c r="AC569" s="2"/>
+      <c r="AD569" s="2"/>
+      <c r="AE569" s="2"/>
+      <c r="AF569" s="2"/>
+      <c r="AG569" s="2"/>
+      <c r="AH569" s="2"/>
+      <c r="AI569" s="2"/>
+      <c r="AJ569" s="2"/>
+      <c r="AK569" s="2"/>
+      <c r="AL569" s="2"/>
+      <c r="AM569" s="2"/>
+      <c r="AN569" s="2"/>
+      <c r="AO569" s="2"/>
+      <c r="AP569" s="2"/>
+      <c r="AQ569" s="2"/>
+      <c r="AR569" s="2"/>
+      <c r="AS569" s="2"/>
+      <c r="AT569" s="2"/>
+      <c r="AU569" s="2"/>
+      <c r="AV569" s="2"/>
+      <c r="AW569" s="2"/>
+      <c r="AX569" s="2"/>
+      <c r="AY569" s="2"/>
+      <c r="AZ569" s="2"/>
+      <c r="BA569" s="2"/>
+      <c r="BB569" s="2"/>
+      <c r="BC569" s="2"/>
+      <c r="BD569" s="2"/>
+      <c r="BE569" s="2"/>
+      <c r="BF569" s="2"/>
+      <c r="BG569" s="2"/>
+      <c r="BH569" s="2"/>
+      <c r="BI569" s="2"/>
+      <c r="BJ569" s="2"/>
+      <c r="BK569" s="2"/>
+      <c r="BL569" s="2"/>
+      <c r="BM569" s="2"/>
+      <c r="BN569" s="2"/>
+      <c r="BO569" s="2"/>
+      <c r="BP569" s="2"/>
+      <c r="BQ569" s="2"/>
+      <c r="BR569" s="2"/>
+      <c r="BS569" s="2"/>
+    </row>
+    <row r="570" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A570" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>582</v>
+      </c>
+      <c r="B570" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C570" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E570" s="1" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>353</v>
+        <v>34</v>
       </c>
       <c r="G570" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H570" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I570" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J570" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K570" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L570" s="1" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="M570" s="1" t="s">
-        <v>71</v>
+        <v>114</v>
       </c>
       <c r="N570" s="3"/>
     </row>
-    <row r="571" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="571" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A571" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B571" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C571" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E571" s="1" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="G571" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H571" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I571" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J571" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="K571" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L571" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M571" s="1" t="s">
         <v>71</v>
       </c>
       <c r="N571" s="3"/>
     </row>
-    <row r="572" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="572" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A572" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B572" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C572" s="4" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E572" s="1" t="s">
         <v>558</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>40</v>
+        <v>433</v>
       </c>
       <c r="H572" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I572" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J572" s="1">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="K572" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L572" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M572" s="1" t="s">
         <v>71</v>
       </c>
       <c r="N572" s="3"/>
     </row>
-    <row r="573" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="573" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A573" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B573" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B573" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C573" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="C573" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D573" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E573" s="1" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>34</v>
+        <v>351</v>
       </c>
       <c r="G573" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H573" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I573" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J573" s="1">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="K573" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L573" s="1" t="s">
-        <v>37</v>
+        <v>72</v>
       </c>
       <c r="M573" s="1" t="s">
-        <v>116</v>
+        <v>71</v>
       </c>
       <c r="N573" s="3"/>
     </row>
-    <row r="574" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="574" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A574" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>582</v>
+      </c>
+      <c r="B574" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C574" s="4" t="s">
+        <v>97</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E574" s="1" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="F574" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H574" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I574" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J574" s="1">
-        <v>1</v>
+        <v>82</v>
       </c>
       <c r="K574" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L574" s="1" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="M574" s="1" t="s">
-        <v>116</v>
+        <v>79</v>
       </c>
       <c r="N574" s="3"/>
     </row>
-    <row r="575" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="575" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A575" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B575" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C575" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D575" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="E575" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="F575" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H575" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I575" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J575" s="1">
+        <v>46</v>
+      </c>
+      <c r="K575" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L575" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M575" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="N575" s="3"/>
+    </row>
+    <row r="576" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A576" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="B576" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="D575" s="1" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="C576" s="4" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E576" s="1" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>353</v>
+        <v>65</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>438</v>
+        <v>91</v>
       </c>
       <c r="H576" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I576" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J576" s="1">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="K576" s="1" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="L576" s="1" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="M576" s="1" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="N576" s="3"/>
     </row>
-    <row r="577" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="577" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A577" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B577" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C577" s="4" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E577" s="1" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>353</v>
+        <v>187</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H577" s="1" t="s">
-        <v>26</v>
+        <v>197</v>
       </c>
       <c r="I577" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J577" s="1">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="K577" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L577" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M577" s="1" t="s">
-        <v>71</v>
+        <v>185</v>
       </c>
       <c r="N577" s="3"/>
     </row>
-    <row r="578" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="578" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A578" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B578" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C578" s="4" t="s">
-        <v>101</v>
+        <v>41</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E578" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>34</v>
+        <v>187</v>
       </c>
       <c r="G578" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H578" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I578" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J578" s="1">
-        <v>82</v>
+        <v>4</v>
       </c>
       <c r="K578" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L578" s="1" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="M578" s="1" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-    <row r="579" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>185</v>
+      </c>
+      <c r="N578" s="1"/>
+    </row>
+    <row r="579" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A579" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B579" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C579" s="4" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E579" s="1" t="s">
         <v>564</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>34</v>
+        <v>187</v>
       </c>
       <c r="G579" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H579" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I579" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J579" s="1">
-        <v>46</v>
+        <v>6</v>
       </c>
       <c r="K579" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L579" s="1" t="s">
-        <v>111</v>
+        <v>72</v>
       </c>
       <c r="M579" s="1" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-    <row r="580" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>185</v>
+      </c>
+      <c r="N579" s="1"/>
+    </row>
+    <row r="580" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A580" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B580" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C580" s="4" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E580" s="1" t="s">
-        <v>567</v>
+        <v>52</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>65</v>
+        <v>264</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>305</v>
+        <v>40</v>
       </c>
       <c r="H580" s="1" t="s">
-        <v>17</v>
+        <v>197</v>
       </c>
       <c r="I580" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J580" s="1">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="K580" s="1" t="s">
-        <v>36</v>
+        <v>122</v>
       </c>
       <c r="L580" s="1" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="M580" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="581" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>141</v>
+      </c>
+      <c r="N580" s="1"/>
+    </row>
+    <row r="581" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A581" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B581" s="4" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C581" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E581" s="1" t="s">
-        <v>568</v>
+        <v>52</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>189</v>
+        <v>264</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H581" s="1" t="s">
-        <v>198</v>
+        <v>32</v>
       </c>
       <c r="I581" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J581" s="1">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="K581" s="1" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="L581" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M581" s="1" t="s">
-        <v>187</v>
-[...3 lines deleted...]
-    <row r="582" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>141</v>
+      </c>
+      <c r="N581" s="1"/>
+    </row>
+    <row r="582" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A582" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B582" s="4" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C582" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E582" s="1" t="s">
-        <v>568</v>
+        <v>52</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>189</v>
+        <v>264</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H582" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I582" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J582" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K582" s="1" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="L582" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M582" s="1" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="583" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>141</v>
+      </c>
+      <c r="N582" s="1"/>
+    </row>
+    <row r="583" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A583" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B583" s="4" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C583" s="4" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E583" s="1" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="F583" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H583" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I583" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J583" s="1">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="K583" s="1" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="L583" s="1" t="s">
-        <v>72</v>
+        <v>117</v>
       </c>
       <c r="M583" s="1" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="584" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>131</v>
+      </c>
+      <c r="N583" s="1"/>
+    </row>
+    <row r="584" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A584" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B584" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C584" s="4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D584" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E584" s="1" t="s">
-        <v>52</v>
+        <v>570</v>
       </c>
       <c r="F584" s="1" t="s">
-        <v>264</v>
+        <v>34</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>40</v>
+        <v>207</v>
       </c>
       <c r="H584" s="1" t="s">
-        <v>198</v>
+        <v>17</v>
       </c>
       <c r="I584" s="1" t="s">
-        <v>49</v>
+        <v>212</v>
       </c>
       <c r="J584" s="1">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="K584" s="1" t="s">
-        <v>124</v>
+        <v>34</v>
       </c>
       <c r="L584" s="1" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="M584" s="1" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="585" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="585" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A585" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B585" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C585" s="4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E585" s="1" t="s">
-        <v>52</v>
+        <v>571</v>
       </c>
       <c r="F585" s="1" t="s">
-        <v>264</v>
+        <v>34</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>40</v>
+        <v>207</v>
       </c>
       <c r="H585" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I585" s="1" t="s">
-        <v>49</v>
+        <v>572</v>
       </c>
       <c r="J585" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K585" s="1" t="s">
-        <v>124</v>
+        <v>34</v>
       </c>
       <c r="L585" s="1" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="M585" s="1" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="586" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="586" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A586" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B586" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C586" s="4" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E586" s="1" t="s">
-        <v>52</v>
+        <v>573</v>
       </c>
       <c r="F586" s="1" t="s">
-        <v>264</v>
+        <v>34</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>40</v>
+        <v>207</v>
       </c>
       <c r="H586" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I586" s="1" t="s">
-        <v>49</v>
+        <v>572</v>
       </c>
       <c r="J586" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K586" s="1" t="s">
-        <v>124</v>
+        <v>34</v>
       </c>
       <c r="L586" s="1" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="M586" s="1" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="587" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="587" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A587" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B587" s="4" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="C587" s="4" t="s">
-        <v>101</v>
+        <v>33</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E587" s="1" t="s">
-        <v>569</v>
+        <v>229</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>40</v>
+        <v>207</v>
       </c>
       <c r="H587" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I587" s="1" t="s">
-        <v>18</v>
+        <v>572</v>
       </c>
       <c r="J587" s="1">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="K587" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="L587" s="1" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="M587" s="1" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="588" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="588" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A588" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B588" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C588" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E588" s="1" t="s">
         <v>574</v>
       </c>
       <c r="F588" s="1" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>40</v>
+        <v>435</v>
       </c>
       <c r="H588" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I588" s="1" t="s">
-        <v>213</v>
+        <v>572</v>
       </c>
       <c r="J588" s="1">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="K588" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L588" s="1" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="M588" s="1" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="589" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="589" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A589" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B589" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C589" s="4" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E589" s="1" t="s">
         <v>575</v>
       </c>
       <c r="F589" s="1" t="s">
-        <v>34</v>
+        <v>576</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="H589" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I589" s="1" t="s">
-        <v>213</v>
+        <v>572</v>
       </c>
       <c r="J589" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K589" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L589" s="1" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="M589" s="1" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="590" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="590" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A590" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B590" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C590" s="4" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E590" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F590" s="1" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>208</v>
+        <v>40</v>
       </c>
       <c r="H590" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I590" s="1" t="s">
-        <v>577</v>
+        <v>18</v>
       </c>
       <c r="J590" s="1">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="K590" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L590" s="1" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="M590" s="1" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="591" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="591" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A591" s="1" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B591" s="4" t="s">
         <v>33</v>
       </c>
       <c r="C591" s="4" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="F591" s="1" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>208</v>
+        <v>40</v>
       </c>
       <c r="H591" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I591" s="1" t="s">
-        <v>577</v>
+        <v>18</v>
       </c>
       <c r="J591" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K591" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L591" s="1" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="M591" s="1" t="s">
-        <v>112</v>
-[...455 lines deleted...]
-      <c r="BQ598" s="1"/>
+        <v>127</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:BQ598" xr:uid="{3F44352E-9EC4-4F53-836A-45661530DB76}"/>
-[...1 lines deleted...]
-    <sortCondition ref="A2:A596"/>
+  <autoFilter ref="A1:M591" xr:uid="{19759609-8749-485E-8FD5-1D2468CF4357}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:BS703">
+    <sortCondition ref="A2:A703"/>
+    <sortCondition ref="D2:D703"/>
   </sortState>
   <printOptions gridLines="1"/>
   <pageMargins left="0.74803149606299213" right="0.31496062992125984" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;14SHDP 2012/13 - 2016/17</oddHeader>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>SHDP</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>SHDP!Print_Titles</vt:lpstr>
+      <vt:lpstr>Social Housing Schemes</vt:lpstr>
+      <vt:lpstr>'Social Housing Schemes'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Social Housing Schemes'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NICS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>Social Housing Schemes at 31 10 2025</dc:title>
+  <dc:subject>Social Housing Schemes at 31 10 2025</dc:subject>
   <dc:creator>Ferguson, Declan</dc:creator>
+  <cp:keywords>new,build</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category>Social Housing Schemes at 31 10 2025</cp:category>
 </cp:coreProperties>
 </file>