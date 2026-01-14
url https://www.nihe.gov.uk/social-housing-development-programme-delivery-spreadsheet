--- v1 (2025-11-25)
+++ v2 (2026-01-14)
@@ -2,794 +2,794 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\WIP\Website\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Land and Rengeneration\DPG\Programme Spreadsheet\Backup Spreadsheets\2025\December 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9EB2A5AA-5714-4BB0-BA38-7C28ED6C48C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{69391B34-727F-47BE-B79A-F23073D97028}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6F16BC55-87AD-4D57-9F53-E054FAAB373A}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{79641D80-133E-4E1E-BF75-216FEE7ABAAB}"/>
   </bookViews>
   <sheets>
     <sheet name="Social Housing Schemes" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Social Housing Schemes'!$A$1:$M$591</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Social Housing Schemes'!$D$1:$M$512</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Social Housing Schemes'!$A$1:$M$600</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Social Housing Schemes'!$D$1:$J$514</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Social Housing Schemes'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Ferguson, Declan</author>
-    <author>tc={F67D1A2B-E37C-43CA-B18A-196B48E1DF6E}</author>
+    <author>tc={AE319F41-8F60-4BBB-89E7-36A88F6FAB1C}</author>
     <author>Declan Ferguson</author>
-    <author>tc={389791AB-346F-4265-B47D-030D6BA90C93}</author>
+    <author>tc={33832129-573B-4C27-8742-5482C4E9D607}</author>
   </authors>
   <commentList>
-    <comment ref="E92" authorId="0" shapeId="0" xr:uid="{1C245571-A1FC-4CEA-A38D-C1D0F9E47EA6}">
+    <comment ref="E107" authorId="0" shapeId="0" xr:uid="{DBB97D3E-5A8E-4938-9446-C564A2959B9D}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E93" authorId="0" shapeId="0" xr:uid="{6B7FD26A-9A97-4F97-A3C6-C5A723431A3A}">
+    <comment ref="E108" authorId="0" shapeId="0" xr:uid="{3D5529D0-D1B9-4631-A50E-9EA19DDD4D78}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E94" authorId="0" shapeId="0" xr:uid="{52426CA7-2FFD-41F5-A96C-74F206AC4C6B}">
+    <comment ref="E109" authorId="0" shapeId="0" xr:uid="{60960719-C62E-4760-A3EF-313C82941C81}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E95" authorId="0" shapeId="0" xr:uid="{A3A18061-0DAA-4C78-B829-74CB235D5AB7}">
+    <comment ref="E110" authorId="0" shapeId="0" xr:uid="{47857627-8C8A-43E4-A794-8BE55D014010}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E96" authorId="0" shapeId="0" xr:uid="{CF7A3F54-3AD1-4342-9C88-E27C9503141A}">
+    <comment ref="E111" authorId="0" shapeId="0" xr:uid="{21C8F498-3DFF-413F-B11C-517BF20C926A}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E145" authorId="0" shapeId="0" xr:uid="{0E86235B-FC52-4745-AD77-0E8D1A55B734}">
+    <comment ref="E159" authorId="0" shapeId="0" xr:uid="{0B3BD030-C5AC-4F18-B44F-61C62F749498}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Corrib Avenue, Belfast</t>
         </r>
       </text>
     </comment>
-    <comment ref="E146" authorId="0" shapeId="0" xr:uid="{AC394DCE-562B-4911-8A18-BF0A14CABE12}">
+    <comment ref="E160" authorId="0" shapeId="0" xr:uid="{4743A06F-DFD7-44FF-AC02-ADD2F989D25B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Corrib Avenue, Belfast</t>
         </r>
       </text>
     </comment>
-    <comment ref="E255" authorId="0" shapeId="0" xr:uid="{1DF2B801-D21D-4400-BDCB-08206FF0BBE8}">
+    <comment ref="E261" authorId="0" shapeId="0" xr:uid="{FC7D1884-25FA-4EA0-9542-B75D4F4A8A27}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Lagmore Hazel View</t>
         </r>
       </text>
     </comment>
-    <comment ref="E256" authorId="0" shapeId="0" xr:uid="{C3CEBEE8-EB14-4A77-99B1-83C97BBB117C}">
+    <comment ref="E262" authorId="0" shapeId="0" xr:uid="{032BE429-34AD-4154-B125-2F45E9EE086A}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Lagmore Hazel View</t>
         </r>
       </text>
     </comment>
-    <comment ref="E266" authorId="1" shapeId="0" xr:uid="{F67D1A2B-E37C-43CA-B18A-196B48E1DF6E}">
+    <comment ref="E272" authorId="1" shapeId="0" xr:uid="{AE319F41-8F60-4BBB-89E7-36A88F6FAB1C}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Hopewell Avenue?</t>
       </text>
     </comment>
-    <comment ref="E288" authorId="2" shapeId="0" xr:uid="{4FCED8D8-834D-4BA6-B083-FADF89E8E5F2}">
+    <comment ref="E295" authorId="2" shapeId="0" xr:uid="{9AA058BA-C682-474E-9B95-3CBA3ECEFACF}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Declan Ferguson:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 4a &amp; 4b Garryduff Road Shared Housing Units &amp; 5 Garryduff Road New build CAT1</t>
         </r>
       </text>
     </comment>
-    <comment ref="E291" authorId="2" shapeId="0" xr:uid="{1FED6B43-2C4B-41DA-979B-BAE60D16E659}">
+    <comment ref="E298" authorId="2" shapeId="0" xr:uid="{06668C19-8585-4799-9F8D-E5A19EADA4AB}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Declan Ferguson:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 4a &amp; 4b Garryduff Road Shared Housing Units &amp; 5 Garryduff Road New build CAT1</t>
         </r>
       </text>
     </comment>
-    <comment ref="H351" authorId="0" shapeId="0" xr:uid="{9281F06E-1D39-4434-AD2B-C28410A5445C}">
+    <comment ref="H357" authorId="0" shapeId="0" xr:uid="{5A89F0DE-1551-47F7-8902-B3E3B44D5475}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 10/3</t>
         </r>
       </text>
     </comment>
-    <comment ref="H364" authorId="0" shapeId="0" xr:uid="{F41375DB-BBBA-42D5-B460-0B21381875E8}">
+    <comment ref="H370" authorId="0" shapeId="0" xr:uid="{D2B74C76-86E1-4156-8BCE-09A6C23A3A14}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Elderly Sheltered </t>
         </r>
       </text>
     </comment>
-    <comment ref="E366" authorId="0" shapeId="0" xr:uid="{1425869E-C6AD-45B9-9ECF-9632CE5B1DB2}">
+    <comment ref="E372" authorId="0" shapeId="0" xr:uid="{63B32CD3-FC12-47F2-A55E-F6A997CA9BA5}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Also known as Granges Street</t>
         </r>
       </text>
     </comment>
-    <comment ref="E367" authorId="0" shapeId="0" xr:uid="{D7342F1E-5A40-45ED-BF4A-12C4D4B11099}">
+    <comment ref="E373" authorId="0" shapeId="0" xr:uid="{EF21F9F9-76CA-4FFA-8793-4F9EB3385EA1}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Also known as Granges Street</t>
         </r>
       </text>
     </comment>
-    <comment ref="H400" authorId="2" shapeId="0" xr:uid="{FFE3D525-8F4C-4DFD-B250-9C01B18CD58C}">
+    <comment ref="H408" authorId="2" shapeId="0" xr:uid="{E47F6178-4568-46F9-987C-2F2281645492}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Declan Ferguson:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 3/10/11</t>
         </r>
       </text>
     </comment>
-    <comment ref="H401" authorId="2" shapeId="0" xr:uid="{5C175CB7-15B7-4573-AA9A-D535B04630BE}">
+    <comment ref="H409" authorId="2" shapeId="0" xr:uid="{9064077C-168E-47EB-BB19-7CA541596E1D}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Declan Ferguson:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 3/10/11</t>
         </r>
       </text>
     </comment>
-    <comment ref="E456" authorId="0" shapeId="0" xr:uid="{67443F52-E9A5-46A9-9B81-70D0DD525BCB}">
+    <comment ref="E459" authorId="0" shapeId="0" xr:uid="{DAB5357F-9E0B-4B3A-B818-551B7B0E726A}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Also known as Ballyoran Manor</t>
         </r>
       </text>
     </comment>
-    <comment ref="H475" authorId="3" shapeId="0" xr:uid="{389791AB-346F-4265-B47D-030D6BA90C93}">
+    <comment ref="H480" authorId="3" shapeId="0" xr:uid="{33832129-573B-4C27-8742-5482C4E9D607}">
       <text>
         <t xml:space="preserve">[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Wheelchair 
 </t>
       </text>
     </comment>
-    <comment ref="H499" authorId="0" shapeId="0" xr:uid="{1EF6210D-1505-4255-A6B4-E38A065C45DE}">
+    <comment ref="H504" authorId="0" shapeId="0" xr:uid="{B1C4C457-FADB-432A-813D-D0C7703BB334}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 10/6
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="E500" authorId="0" shapeId="0" xr:uid="{8C348EB2-AE1C-40C1-922E-CD7427C49CDD}">
+    <comment ref="E505" authorId="0" shapeId="0" xr:uid="{1C365A9C-D5BA-4119-9364-721BA76744D6}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E501" authorId="0" shapeId="0" xr:uid="{229D8AD1-6A5C-48B4-81CA-7969220790FE}">
+    <comment ref="E506" authorId="0" shapeId="0" xr:uid="{2003DB8E-88F4-4DB5-9ECA-B33ACF029F75}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E502" authorId="0" shapeId="0" xr:uid="{A766B8E5-79F7-49C6-8106-754B228EC26C}">
+    <comment ref="E507" authorId="0" shapeId="0" xr:uid="{6D49083E-E860-4B76-9F8C-F2BA86940B0B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E503" authorId="0" shapeId="0" xr:uid="{250E2A42-6089-4355-8F76-18D463A7BAF8}">
+    <comment ref="E508" authorId="0" shapeId="0" xr:uid="{E46AB54C-5079-44DB-9011-F87501B9D91F}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E504" authorId="0" shapeId="0" xr:uid="{DAA0CF9D-5A69-45FF-8AB9-ED550D9E8055}">
+    <comment ref="E509" authorId="0" shapeId="0" xr:uid="{096A0D7B-558E-4D34-8F58-1E53124016D5}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E505" authorId="0" shapeId="0" xr:uid="{2C8B87CC-12C2-4193-9DA0-E39BDFAD7F47}">
+    <comment ref="E510" authorId="0" shapeId="0" xr:uid="{D5DCEC4E-405B-46F4-A998-384AF05D2929}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E506" authorId="0" shapeId="0" xr:uid="{252BAB61-7DD4-4DCE-BBA2-01FAF5DDD753}">
+    <comment ref="E511" authorId="0" shapeId="0" xr:uid="{5FA21F93-7C0A-4C9F-B178-9C063D3956AD}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E507" authorId="0" shapeId="0" xr:uid="{9891DD4E-3BF3-459D-914E-C69AB83EEBE0}">
+    <comment ref="E512" authorId="0" shapeId="0" xr:uid="{22C7CD2E-1BE9-41AD-8EDB-38DF30281D72}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="H575" authorId="0" shapeId="0" xr:uid="{42D1CBB0-0BE0-4006-AAB5-C4C258C7AA45}">
+    <comment ref="H584" authorId="0" shapeId="0" xr:uid="{11DE48B0-F217-4680-AFE4-0F07F43D7D33}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Wheelchair</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7092" uniqueCount="583">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7200" uniqueCount="589">
   <si>
     <t>Housing 
 Association</t>
   </si>
   <si>
     <t xml:space="preserve">Current Local Government District </t>
   </si>
   <si>
     <t xml:space="preserve">Parliamentary 
 Constituency </t>
   </si>
   <si>
     <t>NIHE District</t>
   </si>
   <si>
     <t>Scheme Name</t>
   </si>
   <si>
     <t xml:space="preserve">Location </t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Need 
@@ -1334,51 +1334,51 @@
   <si>
     <t>10 Station Road</t>
   </si>
   <si>
     <t>Dungiven</t>
   </si>
   <si>
     <t xml:space="preserve">Strabane </t>
   </si>
   <si>
     <t>Patrician Villas</t>
   </si>
   <si>
     <t>Strabane</t>
   </si>
   <si>
     <t>Old Strabane Road</t>
   </si>
   <si>
     <t>St Patrick Street</t>
   </si>
   <si>
     <t>The Arches Centre, Newtownards Road</t>
   </si>
   <si>
-    <t>Rossary Church Road</t>
+    <t>Rossory Church Road</t>
   </si>
   <si>
     <t>Enniskillen</t>
   </si>
   <si>
     <t>Granges/Main Street</t>
   </si>
   <si>
     <t xml:space="preserve">General Needs </t>
   </si>
   <si>
     <t>10 Bridge Street</t>
   </si>
   <si>
     <t>Church Meadows</t>
   </si>
   <si>
     <t>Gregg Street</t>
   </si>
   <si>
     <t>Church Meadows Phase 2</t>
   </si>
   <si>
     <t>Fairview</t>
   </si>
@@ -1451,116 +1451,122 @@
   <si>
     <t>Old Coach Road</t>
   </si>
   <si>
     <t>Hillsborough</t>
   </si>
   <si>
     <t xml:space="preserve">Ballymena </t>
   </si>
   <si>
     <t>Fountain Place</t>
   </si>
   <si>
     <t>Duke Street</t>
   </si>
   <si>
     <t>26 Coalisland Road</t>
   </si>
   <si>
     <t>Moneydarragh Road</t>
   </si>
   <si>
     <t>Annalong</t>
   </si>
   <si>
+    <t>The Mount</t>
+  </si>
+  <si>
+    <t>Gainsborough Drive</t>
+  </si>
+  <si>
     <t>Ark</t>
   </si>
   <si>
     <t>Circular Road</t>
   </si>
   <si>
     <t>Armagh</t>
   </si>
   <si>
     <t xml:space="preserve">18-52 Ogle Street </t>
   </si>
   <si>
     <t>Malone Mews</t>
   </si>
   <si>
     <t>Tillie &amp; Henderson Factory Site</t>
   </si>
   <si>
+    <t>q</t>
+  </si>
+  <si>
     <t>58 Hillsborough Road</t>
   </si>
   <si>
     <t>North Down</t>
   </si>
   <si>
     <t>Bangor</t>
   </si>
   <si>
     <t>Donaghadee Road</t>
   </si>
   <si>
     <t>35 &amp; 39 Downshire Road</t>
   </si>
   <si>
     <t>Ballaghmore Road</t>
   </si>
   <si>
     <t>Portballintrae</t>
   </si>
   <si>
     <t>Rourke's Link</t>
   </si>
   <si>
     <t>Ballyhornan</t>
   </si>
   <si>
     <t>Carlisle House, Carlisle Road</t>
   </si>
   <si>
     <t>Ballygawley Road</t>
   </si>
   <si>
     <t>Mill Road Phase 2</t>
   </si>
   <si>
     <t>Crumlin</t>
   </si>
   <si>
     <t>The Mill</t>
   </si>
   <si>
     <t>Bessbrook</t>
   </si>
   <si>
-    <t>Rochester Court, Coleraine (T)</t>
-[...1 lines deleted...]
-  <si>
     <t>Granemore Road</t>
   </si>
   <si>
     <t>Keady</t>
   </si>
   <si>
     <t>Third Street</t>
   </si>
   <si>
     <t xml:space="preserve">167-177 Oldpark Road </t>
   </si>
   <si>
     <t>Oakdene Crescent Lands at KFC</t>
   </si>
   <si>
     <t>Ballykelly</t>
   </si>
   <si>
     <t>12 Ballywalter Road</t>
   </si>
   <si>
     <t>Millisle</t>
   </si>
   <si>
     <t>Church Street</t>
@@ -1598,56 +1604,50 @@
   <si>
     <t>Corrib Flats Regeneration (T)</t>
   </si>
   <si>
     <t>St Clares Convent</t>
   </si>
   <si>
     <t>Ballyoan (Park Hill Ph1)</t>
   </si>
   <si>
     <t>5 Manor Drive</t>
   </si>
   <si>
     <t>49-51 Hillsborough Old Road</t>
   </si>
   <si>
     <t>Branch Road</t>
   </si>
   <si>
     <t>Mallusk Road</t>
   </si>
   <si>
     <t>Mallusk</t>
   </si>
   <si>
-    <t>Choice/Radius</t>
-[...4 lines deleted...]
-  <si>
     <t>Clonaver Drive</t>
   </si>
   <si>
     <t>Lisburn Dairyfarm</t>
   </si>
   <si>
     <t>Lagmore</t>
   </si>
   <si>
     <t>2-28 Shore Road</t>
   </si>
   <si>
     <t>Ballyoan (Park Hill Ph2)</t>
   </si>
   <si>
     <t>Sligo Road</t>
   </si>
   <si>
     <t>N'abbey 2</t>
   </si>
   <si>
     <t>19A Glengormley Park</t>
   </si>
   <si>
     <t>Worcester Avenue</t>
@@ -1665,53 +1665,50 @@
     <t>Learning Disabilities</t>
   </si>
   <si>
     <t>Supported</t>
   </si>
   <si>
     <t>Belfast Shankill</t>
   </si>
   <si>
     <t>Cairnmartin, Phase 3 (T)</t>
   </si>
   <si>
     <t>Rushmere Glen</t>
   </si>
   <si>
     <t>Victoria Street Phase 1</t>
   </si>
   <si>
     <t>Victoria Street Phase 2</t>
   </si>
   <si>
     <t>233 - 263 Shore Road</t>
   </si>
   <si>
     <t>Beresford, Coleraine Phase 2</t>
-  </si>
-[...1 lines deleted...]
-    <t>The Mount</t>
   </si>
   <si>
     <t>Former Crepe Weavers</t>
   </si>
   <si>
     <t>Ballyoan, Park Hill, Derry Phase 3</t>
   </si>
   <si>
     <t>Coolnagard Phase 2a</t>
   </si>
   <si>
     <t>Coolnagard Phase 2b</t>
   </si>
   <si>
     <t>Glengormley</t>
   </si>
   <si>
     <t>Old Eglish Road Phase 2</t>
   </si>
   <si>
     <t>153 Ormeau Road</t>
   </si>
   <si>
     <t>Existing Satisfactory Purchase</t>
   </si>
@@ -1950,51 +1947,51 @@
   <si>
     <t>Dunmurry High School Phase 2 (S)</t>
   </si>
   <si>
     <t>208 Ballyduff Road</t>
   </si>
   <si>
     <t>197-199 Castlereagh Road</t>
   </si>
   <si>
     <t>141-147 Upper Dunmurry Lane</t>
   </si>
   <si>
     <t>146 Parkgate Avenue</t>
   </si>
   <si>
     <t>Severn Street</t>
   </si>
   <si>
     <t>Princes Avenue</t>
   </si>
   <si>
     <t>Knock Road</t>
   </si>
   <si>
-    <t>Grove</t>
+    <t>Grove/Choice</t>
   </si>
   <si>
     <t>Former Grove PS Site,North Queen Street (S)</t>
   </si>
   <si>
     <t>Newington/Apex Housing</t>
   </si>
   <si>
     <t>148 Ligoniel Road (Lands to the west of Wolfhill Centre)</t>
   </si>
   <si>
     <t>Upper Long Streets, Belfast (T)</t>
   </si>
   <si>
     <t>2031/32</t>
   </si>
   <si>
     <t>7 Weavers Hill Mews</t>
   </si>
   <si>
     <t>13 Mountainhill Walk</t>
   </si>
   <si>
     <t>1 Hardinge Place</t>
   </si>
@@ -2109,53 +2106,50 @@
   <si>
     <t>St Patrick's Barracks (Strategic DfC-owned site)</t>
   </si>
   <si>
     <t>Gasworks Site (S)</t>
   </si>
   <si>
     <t>Castle Street</t>
   </si>
   <si>
     <t>Comber</t>
   </si>
   <si>
     <t>Belvoir Park</t>
   </si>
   <si>
     <t>Laurel Hill, Coleraine Ph 3 (S)</t>
   </si>
   <si>
     <t>New Build (Design &amp; Construct)</t>
   </si>
   <si>
     <t>Replacement of Clare House (DfC Site)</t>
   </si>
   <si>
-    <t>Cliftonville GC, Westland Road</t>
-[...1 lines deleted...]
-  <si>
     <t>Brown Square (NIHE)</t>
   </si>
   <si>
     <t>Foyle Road (4 Letterkenny Road)</t>
   </si>
   <si>
     <t>41-47 Tates Avenue</t>
   </si>
   <si>
     <t>Lagmore Ph 1C &amp; 1D</t>
   </si>
   <si>
     <t>The Bawn Wall</t>
   </si>
   <si>
     <t>Elderly Sheltered</t>
   </si>
   <si>
     <t>2 Abbey Court</t>
   </si>
   <si>
     <t>25 Abbey Court</t>
   </si>
   <si>
     <t>6-11 Greengage Cottages</t>
@@ -2163,56 +2157,65 @@
   <si>
     <t>12 Inverary Avenue</t>
   </si>
   <si>
     <t>9a Abbeyville Street</t>
   </si>
   <si>
     <t>Whiteabbey</t>
   </si>
   <si>
     <t>29 Annadale Avenue, Fairholme</t>
   </si>
   <si>
     <t>Hopewell Square Phase 2</t>
   </si>
   <si>
     <t>733-735 Antrim Road</t>
   </si>
   <si>
     <t>Ladas Drive</t>
   </si>
   <si>
     <t>Ballyeaston Road</t>
   </si>
   <si>
-    <t xml:space="preserve">Church of Resurrection Site, Cavehill Road </t>
-[...1 lines deleted...]
-  <si>
     <t>15 Abbey Court</t>
   </si>
   <si>
+    <t>1 Abbey Court</t>
+  </si>
+  <si>
+    <t>17 Abbey Court</t>
+  </si>
+  <si>
+    <t>27 Abbey Court</t>
+  </si>
+  <si>
+    <t>Glen Road/Hannahstown, Belfast Ph1 (Combined private and NIHE)</t>
+  </si>
+  <si>
     <t>Ballycastle</t>
   </si>
   <si>
     <t>Site located south of McQuaig's Bar</t>
   </si>
   <si>
     <t>Rathlin</t>
   </si>
   <si>
     <t xml:space="preserve">Taughey Road </t>
   </si>
   <si>
     <t>Balnamore</t>
   </si>
   <si>
     <t>Parsonage Close (T)</t>
   </si>
   <si>
     <t>Kircubbin</t>
   </si>
   <si>
     <t>Beech Road (T)</t>
   </si>
   <si>
     <t>Drumsurn</t>
@@ -2280,107 +2283,107 @@
   <si>
     <t xml:space="preserve">Pomeroy </t>
   </si>
   <si>
     <t>Moyglass Place/Clonmeen Drive (T)</t>
   </si>
   <si>
     <t>Castleview</t>
   </si>
   <si>
     <t>Newtownstewart</t>
   </si>
   <si>
     <t>42  Cranny View</t>
   </si>
   <si>
     <t>Carnlough</t>
   </si>
   <si>
     <t>St Matthews</t>
   </si>
   <si>
     <t>62 Mountpottinger Road</t>
   </si>
   <si>
+    <t>St Matthews/Apex</t>
+  </si>
+  <si>
     <t>58 Harper Street</t>
   </si>
   <si>
-    <t>St Matthews/Apex Housing</t>
-[...1 lines deleted...]
-  <si>
     <t>Bryson Street, Phase 2</t>
   </si>
   <si>
     <t>TBC</t>
   </si>
   <si>
     <t>Grosvenor Barracks Phase 1 (S)</t>
   </si>
   <si>
     <t>Grosvenor Barracks Phase 2 (S)</t>
   </si>
   <si>
     <t>Hope Street (T)</t>
   </si>
   <si>
     <t>Clarawood House (T)</t>
   </si>
   <si>
     <t>Kilbroney House (T)</t>
   </si>
   <si>
     <t>Coolmoyne and Rathmoyne House (T)</t>
   </si>
   <si>
     <t>Keely Gardens (T)</t>
   </si>
   <si>
     <t>Aghadowey</t>
   </si>
   <si>
     <t>Leckagh Cottages (T)</t>
   </si>
   <si>
     <t>Killowen Drive (T)</t>
   </si>
   <si>
     <t>Gardenmore House (T)</t>
   </si>
   <si>
     <t>Coastguard Road (T)</t>
   </si>
   <si>
-    <t>Broadway Village (T)</t>
-[...1 lines deleted...]
-  <si>
     <t>Pilot Street, Belfast</t>
   </si>
   <si>
     <t>Norglen Gardens / Mountain View Centre</t>
   </si>
   <si>
+    <t>Rochester Court, Coleraine (T)</t>
+  </si>
+  <si>
     <t>Triangle</t>
   </si>
   <si>
     <t xml:space="preserve">Triangle  </t>
   </si>
   <si>
     <t xml:space="preserve">2A Garryduff Road </t>
   </si>
   <si>
     <t>2A Garryduff Road</t>
   </si>
   <si>
     <t>Parkview</t>
   </si>
   <si>
     <t>duke Street</t>
   </si>
   <si>
     <t>Broombeg (T)</t>
   </si>
   <si>
     <t>Ramoan Road (T)</t>
   </si>
   <si>
     <t>Church Road (T)</t>
@@ -2400,50 +2403,65 @@
   <si>
     <t>1 Milltown Road</t>
   </si>
   <si>
     <t>57 Portstewart Road</t>
   </si>
   <si>
     <t>Mullagh Lane</t>
   </si>
   <si>
     <t>Maghera</t>
   </si>
   <si>
     <t>27 Belfast Road</t>
   </si>
   <si>
     <t>177-179 Old Cullybackey Road</t>
   </si>
   <si>
     <t>6-8 Main Street</t>
   </si>
   <si>
     <t xml:space="preserve">Limavady </t>
   </si>
   <si>
+    <t>Loughermore Road</t>
+  </si>
+  <si>
+    <t>22-30 Ballynure Road</t>
+  </si>
+  <si>
+    <t>Moyraverty Road</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Finlaystown Road</t>
+  </si>
+  <si>
+    <t>Portglenone</t>
+  </si>
+  <si>
     <t>Woven</t>
   </si>
   <si>
     <t>Adria Factory Site</t>
   </si>
   <si>
     <t>Woodstock/Beersbridge Road</t>
   </si>
   <si>
     <t>Lorne Street</t>
   </si>
   <si>
     <t>Parker Avenue (T)</t>
   </si>
   <si>
     <t>Glenmanus Road (T)</t>
   </si>
   <si>
     <t>McKeens Avenue (T)</t>
   </si>
   <si>
     <t>Ormeau Centre (Verner Street)</t>
   </si>
   <si>
     <t>22 Glenmanus Village</t>
@@ -2487,120 +2505,136 @@
   <si>
     <t>Utility Street</t>
   </si>
   <si>
     <t>Ardnaclowney Drive</t>
   </si>
   <si>
     <t xml:space="preserve">Urban  </t>
   </si>
   <si>
     <t xml:space="preserve">Brianswell </t>
   </si>
   <si>
     <t>Burn Road Ph2</t>
   </si>
   <si>
     <t>Ramoan Gardens</t>
   </si>
   <si>
     <t xml:space="preserve">Ballycastle </t>
   </si>
   <si>
     <t>10-13 Waterloo Place</t>
   </si>
   <si>
+    <t>Units</t>
+  </si>
+  <si>
     <t>Status</t>
   </si>
   <si>
-    <t>Units</t>
-[...1 lines deleted...]
-  <si>
     <t>Completed 2025/26</t>
   </si>
   <si>
-    <t>Construction On-going</t>
+    <t>Construction on-going</t>
   </si>
   <si>
     <t>Programmed to Start</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
-      <sz val="8"/>
-[...3 lines deleted...]
-    <font>
       <b/>
       <sz val="8"/>
-      <name val="Arial"/>
-[...4 lines deleted...]
-      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
-      <name val="Calibri"/>
+      <color theme="1"/>
+      <name val="Arial"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -2612,148 +2646,148 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...17 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{C8F19161-1516-40D0-8F3C-F2FF81C20386}"/>
-    <cellStyle name="Normal_Sheet2" xfId="2" xr:uid="{DE1B71DA-55F9-44D9-8B7A-03691588E3B9}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{FA41DAB9-49ED-49C9-B14A-BE5A1C7C6585}"/>
+    <cellStyle name="Normal_Sheet2" xfId="2" xr:uid="{FDF07EAC-A8C5-4919-AAE2-22CD9936B55F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <person displayName="Weir, Natasha" id="{2EC64D8C-17A2-467D-B7B7-F3E689D7284A}" userId="S::Weir_Na@nigov.net::162d30c4-00ec-47be-92ac-0327bb08ff11" providerId="AD"/>
+  <person displayName="Weir, Natasha" id="{F312B109-8396-468B-957B-DE6617F81E42}" userId="S::Weir_Na@nigov.net::162d30c4-00ec-47be-92ac-0327bb08ff11" providerId="AD"/>
 </personList>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -3000,32519 +3034,26436 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <threadedComment ref="E266" dT="2025-04-28T10:44:19.34" personId="{2EC64D8C-17A2-467D-B7B7-F3E689D7284A}" id="{F67D1A2B-E37C-43CA-B18A-196B48E1DF6E}">
+  <threadedComment ref="E272" dT="2025-04-28T10:44:19.34" personId="{F312B109-8396-468B-957B-DE6617F81E42}" id="{AE319F41-8F60-4BBB-89E7-36A88F6FAB1C}">
     <text>Hopewell Avenue?</text>
   </threadedComment>
-  <threadedComment ref="H475" dT="2025-04-28T10:30:37.22" personId="{2EC64D8C-17A2-467D-B7B7-F3E689D7284A}" id="{389791AB-346F-4265-B47D-030D6BA90C93}">
+  <threadedComment ref="H480" dT="2025-04-28T10:30:37.22" personId="{F312B109-8396-468B-957B-DE6617F81E42}" id="{33832129-573B-4C27-8742-5482C4E9D607}">
     <text xml:space="preserve">Wheelchair 
 </text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{19759609-8749-485E-8FD5-1D2468CF4357}">
-  <dimension ref="A1:BS591"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82D6B153-C12C-4E23-A64B-ADBA2E1663F4}">
+  <dimension ref="A1:BU602"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft"/>
+      <selection pane="bottomLeft" activeCell="H10" sqref="H10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="15.5703125" defaultRowHeight="24.95" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="15.6328125" defaultRowHeight="25" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15.5703125" style="1"/>
-[...3 lines deleted...]
-    <col min="15" max="16384" width="15.5703125" style="1"/>
+    <col min="1" max="1" width="15.6328125" style="1"/>
+    <col min="2" max="3" width="15.6328125" style="7"/>
+    <col min="4" max="13" width="15.6328125" style="1"/>
+    <col min="14" max="14" width="15.6328125" style="5"/>
+    <col min="15" max="16384" width="15.6328125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B1" s="12" t="s">
+    <row r="1" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="B1" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="C1" s="12" t="s">
+      <c r="C1" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="D1" s="6" t="s">
+      <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="E1" s="6" t="s">
+      <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="6" t="s">
+      <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="6" t="s">
+      <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="12" t="s">
+      <c r="H1" s="14" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="12" t="s">
+      <c r="I1" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K1" s="6" t="s">
+      <c r="J1" s="2" t="s">
+        <v>584</v>
+      </c>
+      <c r="K1" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="L1" s="12" t="s">
+      <c r="L1" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="M1" s="6" t="s">
+      <c r="M1" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="N1" s="5"/>
-[...1 lines deleted...]
-    <row r="2" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N1" s="8"/>
+    </row>
+    <row r="2" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="1">
         <v>2</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="N2" s="17"/>
-[...58 lines deleted...]
-    <row r="3" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N2" s="8"/>
+    </row>
+    <row r="3" spans="1:14" s="4" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>27</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J3" s="1">
         <v>5</v>
       </c>
       <c r="K3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M3" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="N3" s="5"/>
-[...58 lines deleted...]
-    <row r="4" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N3" s="15"/>
+    </row>
+    <row r="4" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
-        <v>580</v>
-[...1 lines deleted...]
-      <c r="B4" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J4" s="1">
+        <v>6</v>
+      </c>
+      <c r="K4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L4" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M4" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="N4" s="8"/>
+    </row>
+    <row r="5" spans="1:14" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J5" s="1">
+        <v>5</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L5" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M5" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="N5" s="9"/>
+    </row>
+    <row r="6" spans="1:14" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>113</v>
-      </c>
-[...196 lines deleted...]
-        <v>19</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>160</v>
+        <v>112</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J6" s="1">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="L6" s="1" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="M6" s="1" t="s">
-        <v>14</v>
-[...60 lines deleted...]
-    <row r="7" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>56</v>
+      </c>
+      <c r="N6" s="9"/>
+    </row>
+    <row r="7" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>160</v>
+        <v>119</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J7" s="1">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="L7" s="1" t="s">
-        <v>13</v>
+        <v>109</v>
       </c>
       <c r="M7" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="8" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N7" s="6"/>
+    </row>
+    <row r="8" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>162</v>
+        <v>48</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J8" s="1">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="K8" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>86</v>
+        <v>13</v>
       </c>
       <c r="M8" s="1" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-    <row r="9" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N8" s="6"/>
+    </row>
+    <row r="9" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>162</v>
+        <v>48</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J9" s="1">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="K9" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>86</v>
+        <v>13</v>
       </c>
       <c r="M9" s="1" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-    <row r="10" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N9" s="6"/>
+    </row>
+    <row r="10" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>28</v>
+        <v>162</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="1">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="K10" s="1" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="M10" s="1" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-    <row r="11" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>162</v>
+      </c>
+      <c r="N10" s="6"/>
+    </row>
+    <row r="11" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>28</v>
+        <v>162</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J11" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-    <row r="12" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>162</v>
+      </c>
+      <c r="N11" s="6"/>
+    </row>
+    <row r="12" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
-        <v>580</v>
-[...4 lines deleted...]
-      <c r="C12" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>201</v>
+        <v>166</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>162</v>
+        <v>28</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J12" s="1">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="M12" s="1" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-    <row r="13" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>28</v>
+      </c>
+      <c r="N12" s="9"/>
+    </row>
+    <row r="13" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>236</v>
+        <v>166</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>235</v>
+        <v>28</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J13" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K13" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="L13" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="M13" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="N13" s="6"/>
+    </row>
+    <row r="14" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B14" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J14" s="1">
+        <v>11</v>
+      </c>
+      <c r="K14" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="L13" s="1" t="s">
-[...14 lines deleted...]
-      <c r="C14" s="1" t="s">
+      <c r="L14" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="M14" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="N14" s="6"/>
+    </row>
+    <row r="15" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C15" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="D14" s="1" t="s">
-[...97 lines deleted...]
-      </c>
       <c r="D15" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>261</v>
+        <v>201</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>262</v>
+        <v>162</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J15" s="1">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>74</v>
+        <v>58</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>240</v>
+        <v>86</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="16" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>162</v>
+      </c>
+      <c r="N15" s="6"/>
+    </row>
+    <row r="16" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>277</v>
+        <v>238</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>65</v>
+        <v>237</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J16" s="1">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="L16" s="1" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="M16" s="1" t="s">
-        <v>67</v>
-[...60 lines deleted...]
-    <row r="17" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>237</v>
+      </c>
+      <c r="N16" s="6"/>
+    </row>
+    <row r="17" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>278</v>
+        <v>245</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>65</v>
+        <v>244</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J17" s="1">
-        <v>80</v>
+        <v>8</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="L17" s="1" t="s">
-        <v>66</v>
+        <v>243</v>
       </c>
       <c r="M17" s="1" t="s">
-        <v>67</v>
-[...60 lines deleted...]
-    <row r="18" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>244</v>
+      </c>
+      <c r="N17" s="6"/>
+    </row>
+    <row r="18" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>278</v>
+        <v>263</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>65</v>
+        <v>264</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J18" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="L18" s="1" t="s">
-        <v>66</v>
+        <v>243</v>
       </c>
       <c r="M18" s="1" t="s">
-        <v>67</v>
-[...60 lines deleted...]
-    <row r="19" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>76</v>
+      </c>
+      <c r="N18" s="6"/>
+    </row>
+    <row r="19" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
-        <v>580</v>
-[...1 lines deleted...]
-      <c r="B19" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B19" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="C19" s="11" t="s">
         <v>20</v>
       </c>
-      <c r="D19" s="1" t="s">
-[...88 lines deleted...]
-    <row r="20" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D19" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="J19" s="3">
+        <v>20</v>
+      </c>
+      <c r="K19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="L19" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="M19" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="N19" s="6"/>
+    </row>
+    <row r="20" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>279</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>126</v>
+        <v>65</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J20" s="1">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="K20" s="1" t="s">
-        <v>122</v>
+        <v>36</v>
       </c>
       <c r="L20" s="1" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="M20" s="1" t="s">
-        <v>124</v>
-[...60 lines deleted...]
-    <row r="21" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N20" s="6"/>
+    </row>
+    <row r="21" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>126</v>
+        <v>65</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J21" s="1">
+        <v>80</v>
+      </c>
+      <c r="K21" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M21" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N21" s="6"/>
+    </row>
+    <row r="22" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J22" s="1">
         <v>2</v>
       </c>
-      <c r="K21" s="1" t="s">
-[...74 lines deleted...]
-      <c r="C22" s="4" t="s">
+      <c r="K22" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M22" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N22" s="6"/>
+    </row>
+    <row r="23" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D22" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="D23" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>311</v>
+        <v>280</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>115</v>
+        <v>65</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J23" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K23" s="1" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>117</v>
+        <v>66</v>
       </c>
       <c r="M23" s="1" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-    <row r="24" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N23" s="6"/>
+    </row>
+    <row r="24" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
-        <v>580</v>
-[...1 lines deleted...]
-      <c r="B24" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C24" s="4" t="s">
+      <c r="C24" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>314</v>
+        <v>281</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>39</v>
+        <v>126</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J24" s="1">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="K24" s="1" t="s">
-        <v>36</v>
+        <v>122</v>
       </c>
       <c r="L24" s="1" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="M24" s="1" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-    <row r="25" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>124</v>
+      </c>
+      <c r="N24" s="6"/>
+    </row>
+    <row r="25" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>331</v>
+        <v>269</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>334</v>
+        <v>281</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>241</v>
+        <v>126</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J25" s="1">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="K25" s="1" t="s">
-        <v>74</v>
+        <v>122</v>
       </c>
       <c r="L25" s="1" t="s">
-        <v>240</v>
+        <v>123</v>
       </c>
       <c r="M25" s="1" t="s">
-        <v>241</v>
-[...3 lines deleted...]
-    <row r="26" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>124</v>
+      </c>
+      <c r="N25" s="6"/>
+    </row>
+    <row r="26" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>331</v>
+        <v>269</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>337</v>
+        <v>294</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>190</v>
+        <v>21</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J26" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="K26" s="1" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L26" s="1" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-    <row r="27" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>21</v>
+      </c>
+      <c r="N26" s="6"/>
+    </row>
+    <row r="27" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>331</v>
+        <v>269</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>337</v>
+        <v>294</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>190</v>
+        <v>21</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J27" s="1">
         <v>1</v>
       </c>
       <c r="K27" s="1" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L27" s="1" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="M27" s="1" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-    <row r="28" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>21</v>
+      </c>
+      <c r="N27" s="6"/>
+    </row>
+    <row r="28" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>331</v>
+        <v>269</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>339</v>
+        <v>295</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J28" s="1">
+        <v>24</v>
+      </c>
+      <c r="K28" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="K28" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L28" s="1" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="M28" s="1" t="s">
-        <v>14</v>
-[...60 lines deleted...]
-    <row r="29" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>28</v>
+      </c>
+      <c r="N28" s="6"/>
+    </row>
+    <row r="29" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>331</v>
+        <v>269</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>373</v>
+        <v>295</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>313</v>
+        <v>16</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J29" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K29" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="L29" s="1" t="s">
-        <v>59</v>
+        <v>30</v>
       </c>
       <c r="M29" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="30" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>28</v>
+      </c>
+      <c r="N29" s="6"/>
+    </row>
+    <row r="30" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
-        <v>580</v>
-[...4 lines deleted...]
-      <c r="C30" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C30" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>385</v>
+        <v>269</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>386</v>
+        <v>310</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>54</v>
+        <v>115</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J30" s="1">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="K30" s="1" t="s">
-        <v>43</v>
+        <v>116</v>
       </c>
       <c r="L30" s="1" t="s">
-        <v>81</v>
+        <v>117</v>
       </c>
       <c r="M30" s="1" t="s">
-        <v>290</v>
-[...3 lines deleted...]
-    <row r="31" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>115</v>
+      </c>
+      <c r="N30" s="6"/>
+    </row>
+    <row r="31" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
-        <v>580</v>
-[...4 lines deleted...]
-      <c r="C31" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C31" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>385</v>
+        <v>269</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>386</v>
+        <v>310</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>54</v>
+        <v>115</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J31" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K31" s="1" t="s">
-        <v>43</v>
+        <v>116</v>
       </c>
       <c r="L31" s="1" t="s">
-        <v>81</v>
+        <v>117</v>
       </c>
       <c r="M31" s="1" t="s">
-        <v>290</v>
-[...3 lines deleted...]
-    <row r="32" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>115</v>
+      </c>
+      <c r="N31" s="6"/>
+    </row>
+    <row r="32" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
-        <v>580</v>
-[...1 lines deleted...]
-      <c r="B32" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B32" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="C32" s="1" t="s">
+      <c r="C32" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>413</v>
+        <v>269</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>425</v>
+        <v>313</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>65</v>
+        <v>39</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J32" s="1">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="K32" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L32" s="1" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="33" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>35</v>
+      </c>
+      <c r="N32" s="6"/>
+    </row>
+    <row r="33" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>413</v>
+        <v>330</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>425</v>
+        <v>333</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>65</v>
+        <v>244</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H33" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J33" s="1">
         <v>26</v>
       </c>
-      <c r="I33" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K33" s="1" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="L33" s="1" t="s">
-        <v>66</v>
+        <v>243</v>
       </c>
       <c r="M33" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="34" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>244</v>
+      </c>
+      <c r="N33" s="6"/>
+    </row>
+    <row r="34" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>413</v>
+        <v>330</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>427</v>
+        <v>336</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>428</v>
+        <v>190</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J34" s="1">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="K34" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L34" s="1" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="M34" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="35" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>188</v>
+      </c>
+      <c r="N34" s="6"/>
+    </row>
+    <row r="35" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>413</v>
+        <v>330</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>427</v>
+        <v>336</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>428</v>
+        <v>190</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J35" s="1">
         <v>1</v>
       </c>
       <c r="K35" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L35" s="1" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="M35" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="36" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>188</v>
+      </c>
+      <c r="N35" s="6"/>
+    </row>
+    <row r="36" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>441</v>
+        <v>330</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>444</v>
+        <v>337</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J36" s="1">
-        <v>104</v>
+        <v>20</v>
       </c>
       <c r="K36" s="1" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="L36" s="1" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="M36" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="37" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N36" s="6"/>
+    </row>
+    <row r="37" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>441</v>
+        <v>330</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>444</v>
+        <v>337</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J37" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="K37" s="1" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="L37" s="1" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="M37" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="38" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N37" s="6"/>
+    </row>
+    <row r="38" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>441</v>
+        <v>330</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>444</v>
+        <v>337</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J38" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="K38" s="1" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="L38" s="1" t="s">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="M38" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="39" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N38" s="6"/>
+    </row>
+    <row r="39" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>441</v>
+        <v>330</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>444</v>
+        <v>338</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J39" s="1">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="K39" s="1" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="L39" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="M39" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="40" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N39" s="6"/>
+    </row>
+    <row r="40" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
-        <v>580</v>
-[...1 lines deleted...]
-      <c r="B40" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C40" s="4" t="s">
+      <c r="C40" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>330</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>372</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>16</v>
+        <v>312</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J40" s="1">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="K40" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L40" s="1" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="M40" s="1" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-    <row r="41" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="N40" s="6"/>
+    </row>
+    <row r="41" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="1" t="s">
-        <v>580</v>
-[...4 lines deleted...]
-      <c r="C41" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C41" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>384</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>385</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J41" s="1">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="K41" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L41" s="1" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="M41" s="1" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-    <row r="42" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>290</v>
+      </c>
+      <c r="N41" s="6"/>
+    </row>
+    <row r="42" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>580</v>
-[...4 lines deleted...]
-      <c r="C42" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>384</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>385</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J42" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K42" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L42" s="1" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="M42" s="1" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-    <row r="43" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>290</v>
+      </c>
+      <c r="N42" s="6"/>
+    </row>
+    <row r="43" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="1" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>586</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>19</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-        <v>459</v>
+        <v>412</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>415</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>313</v>
+        <v>16</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>458</v>
+        <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J43" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="K43" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L43" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="M43" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="44" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N43" s="6"/>
+    </row>
+    <row r="44" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
-        <v>580</v>
-[...4 lines deleted...]
-      <c r="C44" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C44" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-        <v>460</v>
+        <v>412</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>424</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>313</v>
+        <v>16</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>458</v>
+        <v>32</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J44" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="K44" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L44" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="M44" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="45" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N44" s="6"/>
+    </row>
+    <row r="45" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="1" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>586</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>24</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-        <v>461</v>
+        <v>412</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>424</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>21</v>
+        <v>65</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>91</v>
+        <v>16</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J45" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="K45" s="1" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="L45" s="1" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="M45" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="46" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N45" s="6"/>
+    </row>
+    <row r="46" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>510</v>
+        <v>412</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>511</v>
+        <v>426</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>34</v>
+        <v>427</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J46" s="1">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="K46" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L46" s="1" t="s">
         <v>61</v>
       </c>
       <c r="M46" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="N46" s="5"/>
-[...58 lines deleted...]
-    <row r="47" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N46" s="6"/>
+    </row>
+    <row r="47" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>510</v>
+        <v>412</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>511</v>
+        <v>426</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>34</v>
+        <v>427</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J47" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K47" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L47" s="1" t="s">
         <v>61</v>
       </c>
       <c r="M47" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="N47" s="5"/>
-[...58 lines deleted...]
-    <row r="48" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N47" s="6"/>
+    </row>
+    <row r="48" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
-        <v>580</v>
-[...1 lines deleted...]
-      <c r="B48" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C48" s="4" t="s">
+      <c r="C48" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>528</v>
+        <v>440</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>532</v>
+        <v>443</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J48" s="1">
-        <v>38</v>
+        <v>104</v>
       </c>
       <c r="K48" s="1" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="L48" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M48" s="1" t="s">
-        <v>21</v>
-[...60 lines deleted...]
-    <row r="49" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+      <c r="N48" s="6"/>
+    </row>
+    <row r="49" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
-        <v>580</v>
-[...1 lines deleted...]
-      <c r="B49" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B49" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C49" s="4" t="s">
+      <c r="C49" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>528</v>
+        <v>440</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>533</v>
+        <v>443</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J49" s="1">
         <v>6</v>
       </c>
       <c r="K49" s="1" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="L49" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M49" s="1" t="s">
-        <v>21</v>
-[...60 lines deleted...]
-    <row r="50" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+      <c r="N49" s="6"/>
+    </row>
+    <row r="50" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>580</v>
-[...1 lines deleted...]
-      <c r="B50" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B50" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C50" s="4" t="s">
+      <c r="C50" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>528</v>
+        <v>440</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>532</v>
+        <v>443</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J50" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K50" s="1" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="L50" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M50" s="1" t="s">
-        <v>21</v>
-[...60 lines deleted...]
-    <row r="51" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+      <c r="N50" s="6"/>
+    </row>
+    <row r="51" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>549</v>
+        <v>440</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>552</v>
+        <v>443</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J51" s="1">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="K51" s="1" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="L51" s="1" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="M51" s="1" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-    <row r="52" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+      <c r="N51" s="8"/>
+    </row>
+    <row r="52" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
-        <v>580</v>
-[...4 lines deleted...]
-      <c r="C52" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B52" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C52" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-        <v>552</v>
+        <v>440</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>453</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J52" s="1">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="K52" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L52" s="1" t="s">
         <v>37</v>
       </c>
       <c r="M52" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="N52" s="5"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N52" s="8"/>
+    </row>
+    <row r="53" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C53" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C53" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>440</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>453</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J53" s="1">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="K53" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="L53" s="1" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="M53" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="54" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N53" s="8"/>
+    </row>
+    <row r="54" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B54" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B54" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J54" s="1">
+        <v>4</v>
+      </c>
+      <c r="K54" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="M54" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N54" s="6"/>
+    </row>
+    <row r="55" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B55" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...20 lines deleted...]
-      <c r="J54" s="1">
+      <c r="C55" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="I55" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J55" s="1">
+        <v>1</v>
+      </c>
+      <c r="K55" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M55" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N55" s="6"/>
+    </row>
+    <row r="56" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B56" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J56" s="1">
+        <v>1</v>
+      </c>
+      <c r="K56" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M56" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N56" s="6"/>
+    </row>
+    <row r="57" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B57" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J57" s="1">
         <v>6</v>
       </c>
-      <c r="K54" s="1" t="s">
-[...238 lines deleted...]
-      </c>
       <c r="K57" s="1" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="L57" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M57" s="1" t="s">
-        <v>50</v>
-[...60 lines deleted...]
-    <row r="58" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>21</v>
+      </c>
+      <c r="N57" s="8"/>
+    </row>
+    <row r="58" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C58" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B58" s="7" t="s">
         <v>20</v>
       </c>
+      <c r="C58" s="1" t="s">
+        <v>20</v>
+      </c>
       <c r="D58" s="1" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>440</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>468</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>16</v>
+        <v>312</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>26</v>
+        <v>456</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J58" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K58" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L58" s="1" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="M58" s="1" t="s">
-        <v>50</v>
-[...60 lines deleted...]
-    <row r="59" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N58" s="8"/>
+    </row>
+    <row r="59" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="1" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>64</v>
+        <v>501</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>39</v>
+        <v>502</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>16</v>
+        <v>312</v>
       </c>
       <c r="H59" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J59" s="10">
+        <v>1</v>
+      </c>
+      <c r="K59" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L59" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M59" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="N59" s="8"/>
+    </row>
+    <row r="60" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H60" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I59" s="1" t="s">
-[...97 lines deleted...]
-      </c>
       <c r="I60" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J60" s="1">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="K60" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L60" s="1" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="M60" s="1" t="s">
-        <v>50</v>
-[...60 lines deleted...]
-    <row r="61" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N60" s="8"/>
+    </row>
+    <row r="61" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="1" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>586</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>24</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>11</v>
+        <v>510</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>69</v>
+        <v>512</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J61" s="1">
         <v>2</v>
       </c>
       <c r="K61" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L61" s="1" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="M61" s="1" t="s">
-        <v>50</v>
-[...60 lines deleted...]
-    <row r="62" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N61" s="8"/>
+    </row>
+    <row r="62" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C62" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B62" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C62" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>11</v>
+        <v>529</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>73</v>
+        <v>533</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J62" s="1">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="K62" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L62" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="M62" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="63" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>21</v>
+      </c>
+      <c r="N62" s="6"/>
+    </row>
+    <row r="63" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C63" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B63" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C63" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>11</v>
+        <v>529</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>73</v>
+        <v>534</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J63" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K63" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L63" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M63" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="N63" s="6"/>
+    </row>
+    <row r="64" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B64" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J64" s="1">
+        <v>4</v>
+      </c>
+      <c r="K64" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L64" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M64" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="N64" s="6"/>
+    </row>
+    <row r="65" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I65" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J65" s="1">
+        <v>21</v>
+      </c>
+      <c r="K65" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L65" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="M63" s="1" t="s">
-[...82 lines deleted...]
-      </c>
       <c r="M65" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="66" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N65" s="9"/>
+    </row>
+    <row r="66" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="1" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C66" s="4" t="s">
+      <c r="C66" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>11</v>
+        <v>530</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>80</v>
+        <v>539</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>34</v>
+        <v>185</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J66" s="1">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="K66" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L66" s="1" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="M66" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="67" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N66" s="9"/>
+    </row>
+    <row r="67" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="1" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="C67" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>11</v>
+        <v>555</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>80</v>
+        <v>558</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H67" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I67" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J67" s="1">
+        <v>29</v>
+      </c>
+      <c r="K67" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="M67" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N67" s="9"/>
+    </row>
+    <row r="68" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H68" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I67" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J67" s="1">
+      <c r="I68" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J68" s="1">
         <v>2</v>
       </c>
-      <c r="K67" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="K68" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L68" s="1" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="M68" s="1" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-    <row r="69" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N68" s="9"/>
+    </row>
+    <row r="69" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>83</v>
+        <v>15</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J69" s="1">
         <v>10</v>
       </c>
       <c r="K69" s="1" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="L69" s="1" t="s">
-        <v>81</v>
+        <v>13</v>
       </c>
       <c r="M69" s="1" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-    <row r="70" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N69" s="9"/>
+    </row>
+    <row r="70" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>84</v>
+        <v>28</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J70" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K70" s="1" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="L70" s="1" t="s">
-        <v>81</v>
+        <v>30</v>
       </c>
       <c r="M70" s="1" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-    <row r="71" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>28</v>
+      </c>
+      <c r="N70" s="9"/>
+    </row>
+    <row r="71" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>87</v>
+        <v>28</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J71" s="1">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="K71" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="L71" s="1" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="M71" s="1" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-    <row r="72" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>28</v>
+      </c>
+      <c r="N71" s="9"/>
+    </row>
+    <row r="72" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B72" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B72" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C72" s="7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>88</v>
+        <v>52</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>87</v>
+        <v>53</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J72" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="K72" s="1" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="L72" s="1" t="s">
-        <v>86</v>
+        <v>23</v>
       </c>
       <c r="M72" s="1" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-    <row r="73" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+      <c r="N72" s="9"/>
+    </row>
+    <row r="73" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C73" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B73" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C73" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>106</v>
+        <v>52</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J73" s="1">
-        <v>95</v>
+        <v>10</v>
       </c>
       <c r="K73" s="1" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="L73" s="1" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="M73" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="74" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+      <c r="N73" s="6"/>
+    </row>
+    <row r="74" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C74" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B74" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C74" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>106</v>
+        <v>52</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J74" s="1">
+        <v>4</v>
+      </c>
+      <c r="K74" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="L74" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M74" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="N74" s="6"/>
+    </row>
+    <row r="75" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H75" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I75" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J75" s="1">
+        <v>12</v>
+      </c>
+      <c r="K75" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L75" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="M75" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="N75" s="6"/>
+    </row>
+    <row r="76" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B76" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="K74" s="1" t="s">
-[...115 lines deleted...]
-      </c>
       <c r="C76" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>111</v>
+        <v>69</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J76" s="1">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="K76" s="1" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="L76" s="1" t="s">
-        <v>109</v>
+        <v>23</v>
       </c>
       <c r="M76" s="1" t="s">
-        <v>110</v>
-[...60 lines deleted...]
-    <row r="77" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+      <c r="N76" s="6"/>
+    </row>
+    <row r="77" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="1" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>587</v>
+      </c>
+      <c r="B77" s="7" t="s">
+        <v>25</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>111</v>
+        <v>69</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J77" s="1">
-        <v>38</v>
+        <v>2</v>
       </c>
       <c r="K77" s="1" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="L77" s="1" t="s">
-        <v>109</v>
+        <v>23</v>
       </c>
       <c r="M77" s="1" t="s">
-        <v>110</v>
-[...60 lines deleted...]
-    <row r="78" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+      <c r="N77" s="6"/>
+    </row>
+    <row r="78" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="C78" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H78" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I78" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J78" s="1">
+        <v>19</v>
+      </c>
+      <c r="K78" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L78" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="M78" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="N78" s="9"/>
+    </row>
+    <row r="79" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H79" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I79" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J79" s="1">
+        <v>3</v>
+      </c>
+      <c r="K79" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L79" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="M79" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="N79" s="9"/>
+    </row>
+    <row r="80" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C80" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="D78" s="1" t="s">
-[...38 lines deleted...]
-      <c r="C79" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I80" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J80" s="1">
+        <v>9</v>
+      </c>
+      <c r="K80" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M80" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N80" s="9"/>
+    </row>
+    <row r="81" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C81" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...196 lines deleted...]
-      </c>
       <c r="D81" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J81" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="K81" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L81" s="1" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="M81" s="1" t="s">
-        <v>67</v>
-[...60 lines deleted...]
-    <row r="82" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N81" s="9"/>
+    </row>
+    <row r="82" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>97</v>
+        <v>33</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>125</v>
+        <v>83</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>126</v>
+        <v>84</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J82" s="1">
-        <v>378</v>
+        <v>12</v>
       </c>
       <c r="K82" s="1" t="s">
-        <v>122</v>
+        <v>51</v>
       </c>
       <c r="L82" s="1" t="s">
-        <v>123</v>
+        <v>81</v>
       </c>
       <c r="M82" s="1" t="s">
-        <v>124</v>
-[...60 lines deleted...]
-    <row r="83" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>82</v>
+      </c>
+      <c r="N82" s="9"/>
+    </row>
+    <row r="83" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>97</v>
+        <v>33</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>125</v>
+        <v>83</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>126</v>
+        <v>84</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H83" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J83" s="1">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="K83" s="1" t="s">
-        <v>122</v>
+        <v>51</v>
       </c>
       <c r="L83" s="1" t="s">
-        <v>123</v>
+        <v>81</v>
       </c>
       <c r="M83" s="1" t="s">
-        <v>124</v>
-[...60 lines deleted...]
-    <row r="84" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>82</v>
+      </c>
+      <c r="N83" s="9"/>
+    </row>
+    <row r="84" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B84" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>135</v>
+        <v>83</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>136</v>
+        <v>84</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J84" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="K84" s="1" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="L84" s="1" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="M84" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="85" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>82</v>
+      </c>
+      <c r="N84" s="9"/>
+    </row>
+    <row r="85" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C85" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J85" s="1">
         <v>33</v>
       </c>
-      <c r="D85" s="1" t="s">
-[...11 lines deleted...]
-      <c r="H85" s="1" t="s">
+      <c r="K85" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="L85" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="M85" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="N85" s="9"/>
+    </row>
+    <row r="86" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H86" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I85" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="I86" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J86" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="L86" s="1" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="M86" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="87" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>87</v>
+      </c>
+      <c r="N86" s="6"/>
+    </row>
+    <row r="87" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C87" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C87" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>142</v>
+        <v>106</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>143</v>
+        <v>14</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J87" s="1">
-        <v>6</v>
+        <v>95</v>
       </c>
       <c r="K87" s="1" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="L87" s="1" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="M87" s="1" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-    <row r="88" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N87" s="6"/>
+    </row>
+    <row r="88" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>587</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>145</v>
+        <v>106</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>144</v>
+        <v>14</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J88" s="1">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K88" s="1" t="s">
-        <v>116</v>
+        <v>12</v>
       </c>
       <c r="L88" s="1" t="s">
-        <v>116</v>
+        <v>13</v>
       </c>
       <c r="M88" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="89" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N88" s="9"/>
+    </row>
+    <row r="89" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C89" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>145</v>
+        <v>111</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>144</v>
+        <v>34</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J89" s="1">
-        <v>2</v>
+        <v>443</v>
       </c>
       <c r="K89" s="1" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="L89" s="1" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="M89" s="1" t="s">
-        <v>144</v>
-[...60 lines deleted...]
-    <row r="90" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N89" s="9"/>
+    </row>
+    <row r="90" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>587</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>146</v>
+        <v>111</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>147</v>
+        <v>34</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J90" s="1">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="K90" s="1" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="L90" s="1" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="M90" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="91" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N90" s="8"/>
+    </row>
+    <row r="91" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>150</v>
+        <v>111</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>151</v>
+        <v>34</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J91" s="1">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="K91" s="1" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="L91" s="1" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="M91" s="1" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-    <row r="92" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N91" s="9"/>
+    </row>
+    <row r="92" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>20</v>
+        <v>113</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>153</v>
+        <v>118</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>147</v>
+        <v>115</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J92" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K92" s="1" t="s">
         <v>116</v>
       </c>
       <c r="L92" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M92" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="93" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>115</v>
+      </c>
+      <c r="N92" s="9"/>
+    </row>
+    <row r="93" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>154</v>
+        <v>120</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>147</v>
+        <v>65</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J93" s="1">
-        <v>1</v>
+        <v>98</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="L93" s="1" t="s">
-        <v>116</v>
+        <v>66</v>
       </c>
       <c r="M93" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="94" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N93" s="9"/>
+    </row>
+    <row r="94" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>155</v>
+        <v>120</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>115</v>
+        <v>65</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J94" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="L94" s="1" t="s">
-        <v>117</v>
+        <v>66</v>
       </c>
       <c r="M94" s="1" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-    <row r="95" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N94" s="9"/>
+    </row>
+    <row r="95" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>156</v>
+        <v>120</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>115</v>
+        <v>65</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J95" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="K95" s="1" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="L95" s="1" t="s">
-        <v>117</v>
+        <v>66</v>
       </c>
       <c r="M95" s="1" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-    <row r="96" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N95" s="9"/>
+    </row>
+    <row r="96" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>20</v>
+        <v>97</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>157</v>
+        <v>125</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H96" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J96" s="1">
-        <v>1</v>
+        <v>378</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="L96" s="1" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="M96" s="1" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-    <row r="97" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>124</v>
+      </c>
+      <c r="N96" s="9"/>
+    </row>
+    <row r="97" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="C97" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J97" s="1">
+        <v>43</v>
+      </c>
+      <c r="K97" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L97" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M97" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="N97" s="9"/>
+    </row>
+    <row r="98" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B98" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="D97" s="1" t="s">
-[...39 lines deleted...]
-        <v>20</v>
+      <c r="C98" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>159</v>
+        <v>132</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>94</v>
+        <v>133</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J98" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K98" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="L98" s="1" t="s">
-        <v>59</v>
+        <v>117</v>
       </c>
       <c r="M98" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="99" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>131</v>
+      </c>
+      <c r="N98" s="9"/>
+    </row>
+    <row r="99" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>161</v>
+        <v>135</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J99" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L99" s="1" t="s">
-        <v>123</v>
+        <v>72</v>
       </c>
       <c r="M99" s="1" t="s">
-        <v>127</v>
-[...60 lines deleted...]
-    <row r="100" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N99" s="9"/>
+    </row>
+    <row r="100" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B100" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B100" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C100" s="4" t="s">
+      <c r="C100" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>164</v>
+        <v>135</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>165</v>
+        <v>136</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J100" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L100" s="1" t="s">
-        <v>123</v>
+        <v>72</v>
       </c>
       <c r="M100" s="1" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-    <row r="101" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N100" s="9"/>
+    </row>
+    <row r="101" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B101" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B101" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C101" s="4" t="s">
+      <c r="C101" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>164</v>
+        <v>135</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>165</v>
+        <v>136</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J101" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L101" s="1" t="s">
-        <v>123</v>
+        <v>72</v>
       </c>
       <c r="M101" s="1" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-    <row r="102" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N101" s="9"/>
+    </row>
+    <row r="102" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B102" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B102" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C102" s="4" t="s">
-        <v>33</v>
+      <c r="C102" s="7" t="s">
+        <v>20</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>164</v>
+        <v>142</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>165</v>
+        <v>143</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J102" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K102" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L102" s="1" t="s">
-        <v>123</v>
+        <v>72</v>
       </c>
       <c r="M102" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="N102" s="19"/>
-[...58 lines deleted...]
-    <row r="103" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N102" s="9"/>
+    </row>
+    <row r="103" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B103" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B103" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C103" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E103" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H103" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J103" s="1">
+        <v>18</v>
+      </c>
+      <c r="K103" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L103" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M103" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="N103" s="15"/>
+    </row>
+    <row r="104" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B104" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C104" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E104" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H104" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I104" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J104" s="1">
+        <v>2</v>
+      </c>
+      <c r="K104" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L104" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M104" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="N104" s="8"/>
+    </row>
+    <row r="105" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B105" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="C103" s="1" t="s">
+      <c r="C105" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="D103" s="1" t="s">
-[...139 lines deleted...]
-      </c>
       <c r="D105" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>167</v>
+        <v>146</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>168</v>
+        <v>147</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J105" s="1">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="K105" s="1" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="L105" s="1" t="s">
-        <v>86</v>
+        <v>116</v>
       </c>
       <c r="M105" s="1" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-    <row r="106" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>144</v>
+      </c>
+      <c r="N105" s="6"/>
+    </row>
+    <row r="106" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>171</v>
+        <v>150</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>87</v>
+        <v>151</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H106" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J106" s="1">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="L106" s="1" t="s">
-        <v>86</v>
+        <v>116</v>
       </c>
       <c r="M106" s="1" t="s">
-        <v>87</v>
-[...60 lines deleted...]
-    <row r="107" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>149</v>
+      </c>
+      <c r="N106" s="6"/>
+    </row>
+    <row r="107" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>171</v>
+        <v>153</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>87</v>
+        <v>147</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J107" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K107" s="1" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
       <c r="L107" s="1" t="s">
-        <v>86</v>
+        <v>116</v>
       </c>
       <c r="M107" s="1" t="s">
-        <v>87</v>
-[...60 lines deleted...]
-    <row r="108" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>144</v>
+      </c>
+      <c r="N107" s="6"/>
+    </row>
+    <row r="108" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>172</v>
+        <v>154</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H108" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J108" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K108" s="1" t="s">
         <v>116</v>
       </c>
       <c r="L108" s="1" t="s">
         <v>116</v>
       </c>
       <c r="M108" s="1" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-    <row r="109" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>144</v>
+      </c>
+      <c r="N108" s="6"/>
+    </row>
+    <row r="109" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>172</v>
+        <v>155</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>173</v>
+        <v>115</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J109" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="K109" s="1" t="s">
         <v>116</v>
       </c>
       <c r="L109" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M109" s="1" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-    <row r="110" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>115</v>
+      </c>
+      <c r="N109" s="9"/>
+    </row>
+    <row r="110" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>172</v>
+        <v>156</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>173</v>
+        <v>115</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H110" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J110" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K110" s="1" t="s">
         <v>116</v>
       </c>
       <c r="L110" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M110" s="1" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-    <row r="111" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>115</v>
+      </c>
+      <c r="N110" s="9"/>
+    </row>
+    <row r="111" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>176</v>
+        <v>157</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>71</v>
+        <v>115</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J111" s="1">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="K111" s="1" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="L111" s="1" t="s">
-        <v>72</v>
+        <v>117</v>
       </c>
       <c r="M111" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="112" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>115</v>
+      </c>
+      <c r="N111" s="6"/>
+    </row>
+    <row r="112" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>176</v>
+        <v>159</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J112" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="L112" s="1" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="M112" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="113" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="N112" s="6"/>
+    </row>
+    <row r="113" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>186</v>
+        <v>159</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>187</v>
+        <v>94</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J113" s="1">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="K113" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="L113" s="1" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="M113" s="1" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-    <row r="114" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="N113" s="6"/>
+    </row>
+    <row r="114" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>186</v>
+        <v>161</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>187</v>
+        <v>126</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J114" s="1">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="K114" s="1" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="L114" s="1" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="M114" s="1" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-    <row r="115" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N114" s="6"/>
+    </row>
+    <row r="115" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B115" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B115" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="C115" s="7" t="s">
         <v>33</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>186</v>
+        <v>164</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>187</v>
+        <v>165</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J115" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K115" s="1" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="L115" s="1" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="M115" s="1" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-    <row r="116" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>141</v>
+      </c>
+      <c r="N115" s="6"/>
+    </row>
+    <row r="116" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B116" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B116" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C116" s="4" t="s">
+      <c r="C116" s="7" t="s">
         <v>33</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>198</v>
+        <v>164</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>65</v>
+        <v>165</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J116" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K116" s="1" t="s">
-        <v>36</v>
+        <v>122</v>
       </c>
       <c r="L116" s="1" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="M116" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="117" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>141</v>
+      </c>
+      <c r="N116" s="6"/>
+    </row>
+    <row r="117" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B117" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B117" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C117" s="4" t="s">
-        <v>20</v>
+      <c r="C117" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>199</v>
+        <v>164</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J117" s="1">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="K117" s="1" t="s">
-        <v>58</v>
+        <v>122</v>
       </c>
       <c r="L117" s="1" t="s">
-        <v>86</v>
+        <v>123</v>
       </c>
       <c r="M117" s="1" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-    <row r="118" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>141</v>
+      </c>
+      <c r="N117" s="6"/>
+    </row>
+    <row r="118" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C118" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C118" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>202</v>
+        <v>167</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>203</v>
+        <v>168</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J118" s="1">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="K118" s="1" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="L118" s="1" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="M118" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="119" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>87</v>
+      </c>
+      <c r="N118" s="6"/>
+    </row>
+    <row r="119" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C119" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C119" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>204</v>
+        <v>167</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>14</v>
+        <v>168</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J119" s="1">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="K119" s="1" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="L119" s="1" t="s">
-        <v>13</v>
+        <v>86</v>
       </c>
       <c r="M119" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="120" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>87</v>
+      </c>
+      <c r="N119" s="6"/>
+    </row>
+    <row r="120" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>237</v>
+        <v>167</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>34</v>
+        <v>168</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J120" s="1">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="L120" s="1" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="M120" s="1" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-    <row r="121" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>87</v>
+      </c>
+      <c r="N120" s="6"/>
+    </row>
+    <row r="121" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>238</v>
+        <v>171</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>126</v>
+        <v>87</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H121" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J121" s="1">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="K121" s="1" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="L121" s="1" t="s">
-        <v>123</v>
+        <v>86</v>
       </c>
       <c r="M121" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="122" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>87</v>
+      </c>
+      <c r="N121" s="6"/>
+    </row>
+    <row r="122" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>238</v>
+        <v>171</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>126</v>
+        <v>87</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J122" s="1">
-        <v>53</v>
+        <v>4</v>
       </c>
       <c r="K122" s="1" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="L122" s="1" t="s">
-        <v>123</v>
+        <v>86</v>
       </c>
       <c r="M122" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="123" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>87</v>
+      </c>
+      <c r="N122" s="6"/>
+    </row>
+    <row r="123" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>113</v>
+        <v>25</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>238</v>
+        <v>172</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>126</v>
+        <v>173</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H123" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J123" s="1">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="K123" s="1" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="L123" s="1" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="M123" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="124" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>149</v>
+      </c>
+      <c r="N123" s="6"/>
+    </row>
+    <row r="124" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>239</v>
+        <v>172</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>65</v>
+        <v>173</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J124" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K124" s="1" t="s">
-        <v>36</v>
+        <v>116</v>
       </c>
       <c r="L124" s="1" t="s">
-        <v>66</v>
+        <v>116</v>
       </c>
       <c r="M124" s="1" t="s">
-        <v>67</v>
-[...60 lines deleted...]
-    <row r="125" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>149</v>
+      </c>
+      <c r="N124" s="6"/>
+    </row>
+    <row r="125" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C125" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J125" s="1">
+        <v>2</v>
+      </c>
+      <c r="K125" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L125" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M125" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="N125" s="6"/>
+    </row>
+    <row r="126" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C126" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D125" s="1" t="s">
-[...17 lines deleted...]
-      <c r="J125" s="1">
+      <c r="D126" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H126" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="K125" s="1" t="s">
+      <c r="I126" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J126" s="1">
         <v>12</v>
       </c>
-      <c r="L125" s="1" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="K126" s="1" t="s">
-        <v>116</v>
+        <v>22</v>
       </c>
       <c r="L126" s="1" t="s">
-        <v>117</v>
+        <v>72</v>
       </c>
       <c r="M126" s="1" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-    <row r="127" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N126" s="6"/>
+    </row>
+    <row r="127" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>249</v>
+        <v>176</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>115</v>
+        <v>71</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H127" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J127" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K127" s="1" t="s">
-        <v>116</v>
+        <v>22</v>
       </c>
       <c r="L127" s="1" t="s">
-        <v>117</v>
+        <v>72</v>
       </c>
       <c r="M127" s="1" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-    <row r="128" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N127" s="6"/>
+    </row>
+    <row r="128" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>255</v>
+        <v>186</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>256</v>
+        <v>187</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H128" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J128" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="L128" s="1" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="M128" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="129" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N128" s="6"/>
+    </row>
+    <row r="129" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>255</v>
+        <v>186</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>256</v>
+        <v>187</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H129" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J129" s="1">
         <v>1</v>
       </c>
       <c r="K129" s="1" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="L129" s="1" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="M129" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="130" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N129" s="6"/>
+    </row>
+    <row r="130" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A130" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>257</v>
+        <v>186</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>34</v>
+        <v>187</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H130" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J130" s="1">
-        <v>27</v>
+        <v>3</v>
       </c>
       <c r="K130" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L130" s="1" t="s">
-        <v>109</v>
+        <v>72</v>
       </c>
       <c r="M130" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-    <row r="131" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N130" s="6"/>
+    </row>
+    <row r="131" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A131" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B131" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B131" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C131" s="1" t="s">
+      <c r="C131" s="7" t="s">
         <v>33</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>258</v>
+        <v>198</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H131" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J131" s="1">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="K131" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L131" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="M131" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="132" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N131" s="6"/>
+    </row>
+    <row r="132" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A132" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B132" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B132" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C132" s="1" t="s">
-        <v>46</v>
+      <c r="C132" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>259</v>
+        <v>202</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>260</v>
+        <v>203</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H132" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J132" s="1">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="L132" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="M132" s="1" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-    <row r="133" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="N132" s="6"/>
+    </row>
+    <row r="133" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A133" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B133" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B133" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C133" s="1" t="s">
-        <v>46</v>
+      <c r="C133" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>259</v>
+        <v>204</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>260</v>
+        <v>14</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H133" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J133" s="1">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="K133" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="L133" s="1" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="M133" s="1" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-    <row r="134" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N133" s="6"/>
+    </row>
+    <row r="134" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>107</v>
+        <v>20</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>267</v>
+        <v>158</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>268</v>
+        <v>223</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>126</v>
+        <v>28</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="H134" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J134" s="1">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="K134" s="1" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="L134" s="1" t="s">
-        <v>123</v>
+        <v>30</v>
       </c>
       <c r="M134" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="135" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>28</v>
+      </c>
+      <c r="N134" s="6"/>
+    </row>
+    <row r="135" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>269</v>
+        <v>239</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H135" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J135" s="1">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="K135" s="1" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L135" s="1" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="M135" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="136" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N135" s="6"/>
+    </row>
+    <row r="136" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>268</v>
+        <v>240</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>126</v>
+        <v>241</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H136" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I136" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J136" s="1">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="K136" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L136" s="1" t="s">
         <v>123</v>
       </c>
       <c r="M136" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="N136" s="3"/>
-[...1 lines deleted...]
-    <row r="137" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N136" s="6"/>
+    </row>
+    <row r="137" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>268</v>
+        <v>240</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H137" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J137" s="1">
-        <v>3</v>
+        <v>53</v>
       </c>
       <c r="K137" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L137" s="1" t="s">
         <v>123</v>
       </c>
       <c r="M137" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="N137" s="3"/>
-[...1 lines deleted...]
-    <row r="138" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N137" s="6"/>
+    </row>
+    <row r="138" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B138" s="1" t="s">
         <v>113</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>270</v>
+        <v>240</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H138" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J138" s="7">
-        <v>21</v>
+      <c r="J138" s="1">
+        <v>14</v>
       </c>
       <c r="K138" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L138" s="1" t="s">
-        <v>61</v>
+        <v>123</v>
       </c>
       <c r="M138" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="139" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N138" s="6"/>
+    </row>
+    <row r="139" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>271</v>
+        <v>242</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>82</v>
+        <v>65</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H139" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J139" s="1">
-        <v>84</v>
+        <v>11</v>
       </c>
       <c r="K139" s="1" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="L139" s="1" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
       <c r="M139" s="1" t="s">
-        <v>82</v>
-[...26 lines deleted...]
-    <row r="140" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N139" s="6"/>
+    </row>
+    <row r="140" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>271</v>
+        <v>246</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H140" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J140" s="1">
+        <v>32</v>
+      </c>
+      <c r="K140" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="K140" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L140" s="1" t="s">
-        <v>81</v>
+        <v>13</v>
       </c>
       <c r="M140" s="1" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-    <row r="141" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N140" s="6"/>
+    </row>
+    <row r="141" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A141" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>587</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>272</v>
+        <v>252</v>
       </c>
       <c r="F141" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H141" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I141" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J141" s="1">
         <v>42</v>
       </c>
-      <c r="G141" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K141" s="1" t="s">
-        <v>43</v>
+        <v>116</v>
       </c>
       <c r="L141" s="1" t="s">
-        <v>44</v>
+        <v>117</v>
       </c>
       <c r="M141" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="142" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>115</v>
+      </c>
+      <c r="N141" s="6"/>
+    </row>
+    <row r="142" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A142" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>587</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>272</v>
+        <v>252</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>42</v>
+        <v>115</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H142" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J142" s="1">
         <v>3</v>
       </c>
       <c r="K142" s="1" t="s">
-        <v>43</v>
+        <v>116</v>
       </c>
       <c r="L142" s="1" t="s">
-        <v>44</v>
+        <v>117</v>
       </c>
       <c r="M142" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="143" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>115</v>
+      </c>
+      <c r="N142" s="6"/>
+    </row>
+    <row r="143" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A143" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C143" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C143" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E143" s="1" t="s">
-        <v>272</v>
+        <v>257</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>42</v>
+        <v>258</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H143" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J143" s="1">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="K143" s="1" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="L143" s="1" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="M143" s="1" t="s">
-        <v>42</v>
-[...37 lines deleted...]
-    <row r="144" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N143" s="6"/>
+    </row>
+    <row r="144" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C144" s="9" t="s">
+        <v>587</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C144" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D144" s="8" t="s">
-[...17 lines deleted...]
-      <c r="J144" s="8">
+      <c r="D144" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E144" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H144" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I144" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J144" s="1">
+        <v>1</v>
+      </c>
+      <c r="K144" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="L144" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="M144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="N144" s="6"/>
+    </row>
+    <row r="145" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C145" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="K144" s="8" t="s">
-[...76 lines deleted...]
-      </c>
       <c r="D145" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>274</v>
+        <v>259</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H145" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J145" s="1">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="K145" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L145" s="1" t="s">
         <v>109</v>
       </c>
       <c r="M145" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="N145" s="5"/>
-[...58 lines deleted...]
-    <row r="146" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N145" s="6"/>
+    </row>
+    <row r="146" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>274</v>
+        <v>260</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H146" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I146" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J146" s="1">
+        <v>12</v>
+      </c>
+      <c r="K146" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M146" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N146" s="6"/>
+    </row>
+    <row r="147" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H147" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I147" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J147" s="1">
+        <v>16</v>
+      </c>
+      <c r="K147" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L147" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M147" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="N147" s="6"/>
+    </row>
+    <row r="148" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H148" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I146" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J146" s="1">
+      <c r="I148" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J148" s="1">
         <v>1</v>
       </c>
-      <c r="K146" s="1" t="s">
-[...196 lines deleted...]
-      </c>
       <c r="K148" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="L148" s="1" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="M148" s="1" t="s">
-        <v>14</v>
-[...60 lines deleted...]
-    <row r="149" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N148" s="6"/>
+    </row>
+    <row r="149" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A149" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>19</v>
+        <v>107</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>14</v>
+        <v>126</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="H149" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J149" s="1">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="K149" s="1" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="L149" s="1" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="M149" s="1" t="s">
-        <v>14</v>
-[...60 lines deleted...]
-    <row r="150" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N149" s="6"/>
+    </row>
+    <row r="150" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A150" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>587</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E150" s="1" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I150" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J150" s="1">
-        <v>109</v>
+        <v>16</v>
       </c>
       <c r="K150" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L150" s="1" t="s">
         <v>123</v>
       </c>
       <c r="M150" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="N150" s="5"/>
-[...58 lines deleted...]
-    <row r="151" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N150" s="6"/>
+    </row>
+    <row r="151" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A151" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>587</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E151" s="1" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H151" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J151" s="1">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="K151" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L151" s="1" t="s">
         <v>123</v>
       </c>
       <c r="M151" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="N151" s="5"/>
-[...58 lines deleted...]
-    <row r="152" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N151" s="9"/>
+    </row>
+    <row r="152" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>587</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E152" s="1" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H152" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J152" s="1">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="K152" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L152" s="1" t="s">
         <v>123</v>
       </c>
       <c r="M152" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="N152" s="5"/>
-[...58 lines deleted...]
-    <row r="153" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N152" s="6"/>
+    </row>
+    <row r="153" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E153" s="1" t="s">
-        <v>284</v>
+        <v>272</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H153" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J153" s="1">
-        <v>18</v>
+      <c r="J153" s="10">
+        <v>21</v>
       </c>
       <c r="K153" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L153" s="1" t="s">
         <v>61</v>
       </c>
       <c r="M153" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="N153" s="19"/>
-[...1 lines deleted...]
-    <row r="154" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N153" s="6"/>
+    </row>
+    <row r="154" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="C154" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E154" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H154" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I154" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J154" s="1">
+        <v>84</v>
+      </c>
+      <c r="K154" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="L154" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="M154" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="N154" s="6"/>
+    </row>
+    <row r="155" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H155" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I155" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J155" s="1">
+        <v>12</v>
+      </c>
+      <c r="K155" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="L155" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="M155" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="N155" s="6"/>
+    </row>
+    <row r="156" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B156" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C156" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E156" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H156" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I156" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J156" s="1">
+        <v>11</v>
+      </c>
+      <c r="K156" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L156" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="M156" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N156" s="6"/>
+    </row>
+    <row r="157" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B157" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C157" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E157" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H157" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I157" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J157" s="1">
+        <v>3</v>
+      </c>
+      <c r="K157" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L157" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="M157" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N157" s="6"/>
+    </row>
+    <row r="158" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B158" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="C158" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E158" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H158" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I158" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J158" s="1">
+        <v>4</v>
+      </c>
+      <c r="K158" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L158" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="M158" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N158" s="6"/>
+    </row>
+    <row r="159" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C159" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D154" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G154" s="1" t="s">
+      <c r="D159" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E159" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G159" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H154" s="1" t="s">
+      <c r="H159" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I159" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J159" s="1">
+        <v>22</v>
+      </c>
+      <c r="K159" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M159" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="N159" s="6"/>
+    </row>
+    <row r="160" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E160" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H160" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I154" s="1" t="s">
-[...23 lines deleted...]
-      <c r="C155" s="1" t="s">
+      <c r="I160" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J160" s="1">
+        <v>1</v>
+      </c>
+      <c r="K160" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M160" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="N160" s="6"/>
+    </row>
+    <row r="161" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C161" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D155" s="1" t="s">
-[...38 lines deleted...]
-      <c r="C156" s="1" t="s">
+      <c r="D161" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H161" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I161" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J161" s="1">
+        <v>43</v>
+      </c>
+      <c r="K161" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="L161" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="M161" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="N161" s="6"/>
+    </row>
+    <row r="162" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C162" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D156" s="1" t="s">
-[...38 lines deleted...]
-      <c r="C157" s="1" t="s">
+      <c r="D162" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H162" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I162" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J162" s="1">
+        <v>13</v>
+      </c>
+      <c r="K162" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="L162" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="M162" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="N162" s="6"/>
+    </row>
+    <row r="163" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C163" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D157" s="1" t="s">
-[...250 lines deleted...]
-      </c>
       <c r="D163" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E163" s="1" t="s">
-        <v>294</v>
+        <v>277</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H163" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J163" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="K163" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="L163" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="M163" s="1" t="s">
-        <v>21</v>
-[...60 lines deleted...]
-    <row r="164" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N163" s="6"/>
+    </row>
+    <row r="164" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A164" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>587</v>
+      </c>
+      <c r="B164" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C164" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E164" s="1" t="s">
-        <v>295</v>
+        <v>278</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>28</v>
+        <v>126</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H164" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J164" s="1">
-        <v>24</v>
+        <v>109</v>
       </c>
       <c r="K164" s="1" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="L164" s="1" t="s">
-        <v>30</v>
+        <v>123</v>
       </c>
       <c r="M164" s="1" t="s">
-        <v>28</v>
-[...60 lines deleted...]
-    <row r="165" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N164" s="6"/>
+    </row>
+    <row r="165" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A165" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>587</v>
+      </c>
+      <c r="B165" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C165" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E165" s="1" t="s">
-        <v>295</v>
+        <v>278</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>28</v>
+        <v>126</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H165" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I165" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J165" s="1">
+        <v>8</v>
+      </c>
+      <c r="K165" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L165" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M165" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="N165" s="6"/>
+    </row>
+    <row r="166" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B166" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C166" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E166" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H166" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I165" s="1" t="s">
-[...20 lines deleted...]
-      <c r="B166" s="1" t="s">
+      <c r="I166" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J166" s="1">
+        <v>14</v>
+      </c>
+      <c r="K166" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L166" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M166" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="N166" s="6"/>
+    </row>
+    <row r="167" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B167" s="1" t="s">
         <v>25</v>
-      </c>
-[...97 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C167" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E167" s="1" t="s">
-        <v>301</v>
+        <v>284</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H167" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J167" s="1">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="K167" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="L167" s="1" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="M167" s="1" t="s">
-        <v>87</v>
-[...60 lines deleted...]
-    <row r="168" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N167" s="8"/>
+    </row>
+    <row r="168" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A168" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C168" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E168" s="1" t="s">
-        <v>302</v>
+        <v>284</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H168" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J168" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="K168" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="L168" s="1" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="M168" s="1" t="s">
-        <v>87</v>
-[...60 lines deleted...]
-    <row r="169" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N168" s="8"/>
+    </row>
+    <row r="169" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C169" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E169" s="1" t="s">
-        <v>302</v>
+        <v>286</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H169" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I169" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J169" s="1">
+        <v>20</v>
+      </c>
+      <c r="K169" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L169" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M169" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="N169" s="6"/>
+    </row>
+    <row r="170" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H170" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I169" s="1" t="s">
-[...20 lines deleted...]
-      <c r="B170" s="4" t="s">
+      <c r="I170" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J170" s="1">
+        <v>5</v>
+      </c>
+      <c r="K170" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L170" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M170" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="N170" s="8"/>
+    </row>
+    <row r="171" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B171" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C170" s="4" t="s">
+      <c r="C171" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D170" s="1" t="s">
-[...20 lines deleted...]
-      <c r="K170" s="1" t="s">
+      <c r="D171" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H171" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I171" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J171" s="1">
+        <v>18</v>
+      </c>
+      <c r="K171" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L171" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M171" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="N171" s="8"/>
+    </row>
+    <row r="172" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B172" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C172" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E172" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H172" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I172" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J172" s="1">
+        <v>172</v>
+      </c>
+      <c r="K172" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L172" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M172" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="N172" s="8"/>
+    </row>
+    <row r="173" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B173" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C173" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E173" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H173" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I173" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J173" s="1">
+        <v>17</v>
+      </c>
+      <c r="K173" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L173" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M173" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="N173" s="6"/>
+    </row>
+    <row r="174" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B174" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C174" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E174" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H174" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I174" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J174" s="1">
+        <v>37</v>
+      </c>
+      <c r="K174" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="L170" s="1" t="s">
-[...53 lines deleted...]
-      <c r="B172" s="4" t="s">
+      <c r="L174" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="M174" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="N174" s="6"/>
+    </row>
+    <row r="175" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B175" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="C172" s="4" t="s">
+      <c r="C175" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="D172" s="1" t="s">
-[...124 lines deleted...]
-      </c>
       <c r="D175" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E175" s="1" t="s">
-        <v>315</v>
+        <v>289</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>65</v>
+        <v>195</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H175" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J175" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K175" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="L175" s="1" t="s">
-        <v>66</v>
+        <v>117</v>
       </c>
       <c r="M175" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="176" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>115</v>
+      </c>
+      <c r="N175" s="6"/>
+    </row>
+    <row r="176" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C176" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E176" s="1" t="s">
-        <v>316</v>
+        <v>300</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>144</v>
+        <v>85</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H176" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J176" s="1">
+        <v>38</v>
+      </c>
+      <c r="K176" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="L176" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="M176" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="N176" s="6"/>
+    </row>
+    <row r="177" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B177" s="1" t="s">
         <v>24</v>
-      </c>
-[...16 lines deleted...]
-        <v>25</v>
       </c>
       <c r="C177" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E177" s="1" t="s">
-        <v>316</v>
+        <v>301</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>144</v>
+        <v>87</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H177" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J177" s="1">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="K177" s="1" t="s">
-        <v>116</v>
+        <v>58</v>
       </c>
       <c r="L177" s="1" t="s">
-        <v>116</v>
+        <v>86</v>
       </c>
       <c r="M177" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="178" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>87</v>
+      </c>
+      <c r="N177" s="6"/>
+    </row>
+    <row r="178" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A178" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C178" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E178" s="1" t="s">
-        <v>318</v>
+        <v>302</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H178" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J178" s="1">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="K178" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="L178" s="1" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="M178" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="179" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>87</v>
+      </c>
+      <c r="N178" s="6"/>
+    </row>
+    <row r="179" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A179" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E179" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H179" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I179" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J179" s="1">
+        <v>2</v>
+      </c>
+      <c r="K179" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="L179" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="M179" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="N179" s="9"/>
+    </row>
+    <row r="180" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B180" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C180" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E180" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H180" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I180" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J180" s="1">
+        <v>19</v>
+      </c>
+      <c r="K180" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="L180" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="M180" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="N180" s="9"/>
+    </row>
+    <row r="181" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B181" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C181" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E181" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H181" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I181" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J181" s="1">
+        <v>2</v>
+      </c>
+      <c r="K181" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="L181" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="M181" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="N181" s="9"/>
+    </row>
+    <row r="182" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B182" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C182" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E182" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H182" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I182" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J182" s="1">
+        <v>3</v>
+      </c>
+      <c r="K182" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L182" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="M182" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N182" s="9"/>
+    </row>
+    <row r="183" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B183" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C183" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E183" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H183" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I183" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J183" s="1">
+        <v>36</v>
+      </c>
+      <c r="K183" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L183" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M183" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N183" s="9"/>
+    </row>
+    <row r="184" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B184" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C184" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E184" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H184" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I184" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J184" s="1">
+        <v>9</v>
+      </c>
+      <c r="K184" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L184" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M184" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N184" s="9"/>
+    </row>
+    <row r="185" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B185" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C185" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E185" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H185" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I185" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J185" s="1">
+        <v>2</v>
+      </c>
+      <c r="K185" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L185" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M185" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N185" s="9"/>
+    </row>
+    <row r="186" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C186" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E186" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H186" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I186" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J186" s="1">
+        <v>24</v>
+      </c>
+      <c r="K186" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L186" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M186" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="N186" s="9"/>
+    </row>
+    <row r="187" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H187" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I187" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J187" s="1">
+        <v>3</v>
+      </c>
+      <c r="K187" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L187" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M187" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="N187" s="9"/>
+    </row>
+    <row r="188" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C188" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E188" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H188" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I188" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J188" s="1">
+        <v>14</v>
+      </c>
+      <c r="K188" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L188" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M188" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N188" s="9"/>
+    </row>
+    <row r="189" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E189" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H189" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I189" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J189" s="1">
+        <v>12</v>
+      </c>
+      <c r="K189" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L189" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M189" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N189" s="9"/>
+    </row>
+    <row r="190" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E190" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H190" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I190" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J190" s="1">
+        <v>6</v>
+      </c>
+      <c r="K190" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L190" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M190" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N190" s="9"/>
+    </row>
+    <row r="191" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E191" s="1" t="s">
         <v>318</v>
       </c>
-      <c r="F179" s="1" t="s">
-[...5 lines deleted...]
-      <c r="H179" s="1" t="s">
+      <c r="F191" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H191" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I179" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J179" s="1">
+      <c r="I191" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J191" s="1">
+        <v>14</v>
+      </c>
+      <c r="K191" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L191" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M191" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N191" s="9"/>
+    </row>
+    <row r="192" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E192" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H192" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I192" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J192" s="1">
         <v>12</v>
-      </c>
-[...613 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K192" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L192" s="1" t="s">
         <v>44</v>
       </c>
       <c r="M192" s="1" t="s">
-        <v>42</v>
-[...60 lines deleted...]
-    <row r="193" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>290</v>
+      </c>
+      <c r="N192" s="9"/>
+    </row>
+    <row r="193" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A193" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>331</v>
+        <v>269</v>
       </c>
       <c r="E193" s="1" t="s">
-        <v>338</v>
+        <v>321</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>42</v>
+        <v>162</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H193" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I193" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J193" s="1">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="K193" s="1" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="L193" s="1" t="s">
-        <v>44</v>
+        <v>86</v>
       </c>
       <c r="M193" s="1" t="s">
-        <v>42</v>
-[...60 lines deleted...]
-    <row r="194" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>162</v>
+      </c>
+      <c r="N193" s="9"/>
+    </row>
+    <row r="194" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A194" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>331</v>
+        <v>269</v>
       </c>
       <c r="E194" s="1" t="s">
-        <v>338</v>
+        <v>321</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>42</v>
+        <v>162</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H194" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J194" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K194" s="1" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="L194" s="1" t="s">
-        <v>44</v>
+        <v>86</v>
       </c>
       <c r="M194" s="1" t="s">
-        <v>42</v>
-[...60 lines deleted...]
-    <row r="195" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>162</v>
+      </c>
+      <c r="N194" s="9"/>
+    </row>
+    <row r="195" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A195" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="D195" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E195" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="E195" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F195" s="1" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H195" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J195" s="1">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="K195" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L195" s="1" t="s">
-        <v>55</v>
+        <v>123</v>
       </c>
       <c r="M195" s="1" t="s">
-        <v>79</v>
-[...26 lines deleted...]
-    <row r="196" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N195" s="9"/>
+    </row>
+    <row r="196" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A196" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="C196" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E196" s="1" t="s">
-        <v>341</v>
+        <v>332</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H196" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J196" s="1">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="K196" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L196" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M196" s="1" t="s">
-        <v>79</v>
-[...26 lines deleted...]
-    <row r="197" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="N196" s="6"/>
+    </row>
+    <row r="197" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A197" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="C197" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E197" s="1" t="s">
-        <v>341</v>
+        <v>332</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H197" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I197" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J197" s="1">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="K197" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L197" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M197" s="1" t="s">
-        <v>79</v>
-[...26 lines deleted...]
-    <row r="198" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="N197" s="6"/>
+    </row>
+    <row r="198" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A198" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>25</v>
+        <v>108</v>
       </c>
       <c r="C198" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E198" s="1" t="s">
-        <v>345</v>
+        <v>332</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H198" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J198" s="1">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="K198" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L198" s="1" t="s">
-        <v>109</v>
+        <v>59</v>
       </c>
       <c r="M198" s="1" t="s">
-        <v>110</v>
-[...26 lines deleted...]
-    <row r="199" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="N198" s="6"/>
+    </row>
+    <row r="199" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A199" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E199" s="1" t="s">
-        <v>345</v>
+        <v>334</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>34</v>
+        <v>254</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H199" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I199" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J199" s="1">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="K199" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L199" s="1" t="s">
-        <v>109</v>
+        <v>44</v>
       </c>
       <c r="M199" s="1" t="s">
-        <v>110</v>
-[...26 lines deleted...]
-    <row r="200" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N199" s="6"/>
+    </row>
+    <row r="200" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A200" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E200" s="1" t="s">
-        <v>345</v>
+        <v>334</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>34</v>
+        <v>254</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H200" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I200" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J200" s="1">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="K200" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L200" s="1" t="s">
-        <v>109</v>
+        <v>44</v>
       </c>
       <c r="M200" s="1" t="s">
-        <v>110</v>
-[...26 lines deleted...]
-    <row r="201" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N200" s="6"/>
+    </row>
+    <row r="201" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A201" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E201" s="1" t="s">
-        <v>347</v>
+        <v>335</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>16</v>
+        <v>312</v>
       </c>
       <c r="H201" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J201" s="1">
-        <v>102</v>
+        <v>1</v>
       </c>
       <c r="K201" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L201" s="1" t="s">
         <v>109</v>
       </c>
       <c r="M201" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="N201" s="19"/>
-[...1 lines deleted...]
-    <row r="202" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N201" s="9"/>
+      <c r="O201" s="5"/>
+      <c r="P201" s="5"/>
+      <c r="Q201" s="5"/>
+      <c r="R201" s="5"/>
+      <c r="S201" s="5"/>
+      <c r="T201" s="5"/>
+      <c r="U201" s="5"/>
+      <c r="V201" s="5"/>
+      <c r="W201" s="5"/>
+      <c r="X201" s="5"/>
+      <c r="Y201" s="5"/>
+      <c r="Z201" s="5"/>
+      <c r="AA201" s="5"/>
+      <c r="AB201" s="5"/>
+      <c r="AC201" s="5"/>
+      <c r="AD201" s="5"/>
+      <c r="AE201" s="5"/>
+      <c r="AF201" s="5"/>
+      <c r="AG201" s="5"/>
+      <c r="AH201" s="5"/>
+      <c r="AI201" s="5"/>
+      <c r="AJ201" s="5"/>
+      <c r="AK201" s="5"/>
+    </row>
+    <row r="202" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A202" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E202" s="1" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H202" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I202" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J202" s="1">
         <v>8</v>
       </c>
       <c r="K202" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L202" s="1" t="s">
-        <v>109</v>
+        <v>55</v>
       </c>
       <c r="M202" s="1" t="s">
-        <v>110</v>
-[...60 lines deleted...]
-    <row r="203" spans="1:71" s="8" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N202" s="6"/>
+    </row>
+    <row r="203" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A203" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B203" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E203" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H203" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I203" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J203" s="1">
         <v>24</v>
       </c>
-      <c r="C203" s="1" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K203" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L203" s="1" t="s">
-        <v>109</v>
+        <v>55</v>
       </c>
       <c r="M203" s="1" t="s">
-        <v>110</v>
-[...60 lines deleted...]
-    <row r="204" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N203" s="6"/>
+    </row>
+    <row r="204" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A204" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E204" s="1" t="s">
-        <v>348</v>
+        <v>340</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>149</v>
+        <v>34</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H204" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I204" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J204" s="1">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="K204" s="1" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="L204" s="1" t="s">
-        <v>116</v>
+        <v>55</v>
       </c>
       <c r="M204" s="1" t="s">
-        <v>149</v>
-[...60 lines deleted...]
-    <row r="205" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N204" s="6"/>
+    </row>
+    <row r="205" spans="1:37" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A205" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E205" s="1" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>149</v>
+        <v>34</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H205" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I205" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J205" s="1">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="K205" s="1" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="L205" s="1" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="M205" s="1" t="s">
-        <v>149</v>
-[...60 lines deleted...]
-    <row r="206" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N205" s="6"/>
+      <c r="O205" s="1"/>
+      <c r="P205" s="1"/>
+      <c r="Q205" s="1"/>
+      <c r="R205" s="1"/>
+      <c r="S205" s="1"/>
+      <c r="T205" s="1"/>
+      <c r="U205" s="1"/>
+      <c r="V205" s="1"/>
+      <c r="W205" s="1"/>
+      <c r="X205" s="1"/>
+      <c r="Y205" s="1"/>
+      <c r="Z205" s="1"/>
+      <c r="AA205" s="1"/>
+      <c r="AB205" s="1"/>
+      <c r="AC205" s="1"/>
+      <c r="AD205" s="1"/>
+      <c r="AE205" s="1"/>
+      <c r="AF205" s="1"/>
+      <c r="AG205" s="1"/>
+      <c r="AH205" s="1"/>
+      <c r="AI205" s="1"/>
+      <c r="AJ205" s="1"/>
+      <c r="AK205" s="1"/>
+    </row>
+    <row r="206" spans="1:37" s="3" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A206" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C206" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E206" s="1" t="s">
-        <v>353</v>
+        <v>344</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>354</v>
+        <v>34</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H206" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I206" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J206" s="1">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="K206" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L206" s="1" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M206" s="1" t="s">
-        <v>67</v>
-[...60 lines deleted...]
-    <row r="207" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N206" s="16"/>
+    </row>
+    <row r="207" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A207" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E207" s="1" t="s">
-        <v>353</v>
+        <v>344</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>354</v>
+        <v>34</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H207" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I207" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J207" s="1">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="K207" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L207" s="1" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M207" s="1" t="s">
-        <v>67</v>
-[...60 lines deleted...]
-    <row r="208" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N207" s="8"/>
+    </row>
+    <row r="208" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A208" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E208" s="1" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H208" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I208" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J208" s="1">
-        <v>51</v>
+        <v>102</v>
       </c>
       <c r="K208" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L208" s="1" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M208" s="1" t="s">
-        <v>62</v>
-[...60 lines deleted...]
-    <row r="209" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N208" s="8"/>
+    </row>
+    <row r="209" spans="1:37" s="4" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A209" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E209" s="1" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H209" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J209" s="1">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="K209" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L209" s="1" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M209" s="1" t="s">
-        <v>62</v>
-[...60 lines deleted...]
-    <row r="210" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N209" s="8"/>
+      <c r="O209" s="2"/>
+      <c r="P209" s="2"/>
+      <c r="Q209" s="2"/>
+      <c r="R209" s="2"/>
+      <c r="S209" s="2"/>
+      <c r="T209" s="2"/>
+      <c r="U209" s="2"/>
+      <c r="V209" s="2"/>
+      <c r="W209" s="2"/>
+      <c r="X209" s="2"/>
+      <c r="Y209" s="2"/>
+      <c r="Z209" s="2"/>
+      <c r="AA209" s="2"/>
+      <c r="AB209" s="2"/>
+      <c r="AC209" s="2"/>
+      <c r="AD209" s="2"/>
+      <c r="AE209" s="2"/>
+      <c r="AF209" s="2"/>
+      <c r="AG209" s="2"/>
+      <c r="AH209" s="2"/>
+      <c r="AI209" s="2"/>
+      <c r="AJ209" s="2"/>
+      <c r="AK209" s="2"/>
+    </row>
+    <row r="210" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A210" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E210" s="1" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H210" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I210" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J210" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K210" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L210" s="1" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M210" s="1" t="s">
-        <v>62</v>
-[...60 lines deleted...]
-    <row r="211" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N210" s="8"/>
+    </row>
+    <row r="211" spans="1:37" s="4" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A211" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E211" s="1" t="s">
-        <v>358</v>
+        <v>347</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>34</v>
+        <v>149</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H211" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I211" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J211" s="1">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="K211" s="1" t="s">
-        <v>34</v>
+        <v>116</v>
       </c>
       <c r="L211" s="1" t="s">
-        <v>37</v>
+        <v>116</v>
       </c>
       <c r="M211" s="1" t="s">
-        <v>114</v>
-[...60 lines deleted...]
-    <row r="212" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>149</v>
+      </c>
+      <c r="N211" s="8"/>
+      <c r="O211" s="2"/>
+      <c r="P211" s="2"/>
+      <c r="Q211" s="2"/>
+      <c r="R211" s="2"/>
+      <c r="S211" s="2"/>
+      <c r="T211" s="2"/>
+      <c r="U211" s="2"/>
+      <c r="V211" s="2"/>
+      <c r="W211" s="2"/>
+      <c r="X211" s="2"/>
+      <c r="Y211" s="2"/>
+      <c r="Z211" s="2"/>
+      <c r="AA211" s="2"/>
+      <c r="AB211" s="2"/>
+      <c r="AC211" s="2"/>
+      <c r="AD211" s="2"/>
+      <c r="AE211" s="2"/>
+      <c r="AF211" s="2"/>
+      <c r="AG211" s="2"/>
+      <c r="AH211" s="2"/>
+      <c r="AI211" s="2"/>
+      <c r="AJ211" s="2"/>
+      <c r="AK211" s="2"/>
+    </row>
+    <row r="212" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A212" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E212" s="1" t="s">
-        <v>358</v>
+        <v>347</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>34</v>
+        <v>149</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H212" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I212" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J212" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K212" s="1" t="s">
-        <v>34</v>
+        <v>116</v>
       </c>
       <c r="L212" s="1" t="s">
-        <v>37</v>
+        <v>116</v>
       </c>
       <c r="M212" s="1" t="s">
-        <v>114</v>
-[...60 lines deleted...]
-    <row r="213" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>149</v>
+      </c>
+      <c r="N212" s="8"/>
+    </row>
+    <row r="213" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A213" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C213" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E213" s="1" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>34</v>
+        <v>353</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H213" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I213" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J213" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K213" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L213" s="1" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="M213" s="1" t="s">
-        <v>114</v>
-[...60 lines deleted...]
-    <row r="214" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N213" s="8"/>
+    </row>
+    <row r="214" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A214" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>34</v>
+        <v>353</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H214" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I214" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J214" s="1">
-        <v>38</v>
+        <v>2</v>
       </c>
       <c r="K214" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L214" s="1" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="M214" s="1" t="s">
-        <v>110</v>
-[...60 lines deleted...]
-    <row r="215" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N214" s="8"/>
+    </row>
+    <row r="215" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A215" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I215" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J215" s="1">
-        <v>1</v>
+        <v>51</v>
       </c>
       <c r="K215" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L215" s="1" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="M215" s="1" t="s">
-        <v>110</v>
-[...60 lines deleted...]
-    <row r="216" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N215" s="15"/>
+    </row>
+    <row r="216" spans="1:37" s="4" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A216" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H216" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I216" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J216" s="1">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="K216" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L216" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M216" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N216" s="15"/>
+    </row>
+    <row r="217" spans="1:37" s="4" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E217" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H217" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I217" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J217" s="1">
+        <v>8</v>
+      </c>
+      <c r="K217" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L217" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M217" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N217" s="15"/>
+    </row>
+    <row r="218" spans="1:37" s="4" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E218" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H218" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I218" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J218" s="1">
+        <v>41</v>
+      </c>
+      <c r="K218" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L218" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="M218" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N218" s="15"/>
+    </row>
+    <row r="219" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E219" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H219" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I219" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J219" s="1">
+        <v>3</v>
+      </c>
+      <c r="K219" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L219" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="M219" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N219" s="8"/>
+    </row>
+    <row r="220" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E220" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H220" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I220" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J220" s="1">
+        <v>10</v>
+      </c>
+      <c r="K220" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L220" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="M220" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N220" s="8"/>
+    </row>
+    <row r="221" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E221" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H221" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I221" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J221" s="1">
+        <v>38</v>
+      </c>
+      <c r="K221" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L221" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="M216" s="1" t="s">
+      <c r="M221" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="N216" s="3"/>
-[...161 lines deleted...]
-      <c r="B218" s="1" t="s">
+      <c r="N221" s="8"/>
+    </row>
+    <row r="222" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B222" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C218" s="4" t="s">
+      <c r="C222" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D218" s="1" t="s">
-[...280 lines deleted...]
-      </c>
       <c r="D222" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>375</v>
+        <v>358</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H222" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I222" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J222" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K222" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L222" s="1" t="s">
-        <v>37</v>
+        <v>109</v>
       </c>
       <c r="M222" s="1" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-    <row r="223" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N222" s="8"/>
+    </row>
+    <row r="223" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A223" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>24</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>376</v>
+        <v>358</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H223" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I223" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J223" s="1">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="K223" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L223" s="1" t="s">
-        <v>61</v>
+        <v>109</v>
       </c>
       <c r="M223" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="224" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N223" s="9"/>
+    </row>
+    <row r="224" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A224" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C224" s="4" t="s">
-        <v>33</v>
+      <c r="C224" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E224" s="1" t="s">
-        <v>376</v>
+        <v>365</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H224" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I224" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J224" s="1">
-        <v>2</v>
+        <v>48</v>
       </c>
       <c r="K224" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L224" s="1" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="M224" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="225" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N224" s="9"/>
+    </row>
+    <row r="225" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A225" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="C225" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C225" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E225" s="1" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>60</v>
+        <v>312</v>
       </c>
       <c r="H225" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I225" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J225" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K225" s="1" t="s">
         <v>116</v>
       </c>
       <c r="L225" s="1" t="s">
         <v>116</v>
       </c>
       <c r="M225" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="226" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>149</v>
+      </c>
+      <c r="N225" s="9"/>
+    </row>
+    <row r="226" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A226" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="C226" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E226" s="1" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>144</v>
+        <v>34</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I226" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J226" s="1">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="K226" s="1" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="L226" s="1" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="M226" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="227" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N226" s="9"/>
+    </row>
+    <row r="227" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A227" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C227" s="1" t="s">
-        <v>20</v>
+      <c r="C227" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>385</v>
+        <v>330</v>
       </c>
       <c r="E227" s="1" t="s">
-        <v>387</v>
+        <v>373</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>388</v>
+        <v>34</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H227" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I227" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J227" s="1">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="K227" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L227" s="1" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="M227" s="1" t="s">
-        <v>67</v>
-[...60 lines deleted...]
-    <row r="228" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N227" s="9"/>
+    </row>
+    <row r="228" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A228" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>25</v>
+      </c>
+      <c r="C228" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>385</v>
+        <v>330</v>
       </c>
       <c r="E228" s="1" t="s">
-        <v>387</v>
+        <v>374</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>388</v>
+        <v>34</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H228" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I228" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J228" s="1">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="K228" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L228" s="1" t="s">
         <v>37</v>
       </c>
       <c r="M228" s="1" t="s">
-        <v>67</v>
-[...60 lines deleted...]
-    <row r="229" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N228" s="6"/>
+    </row>
+    <row r="229" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A229" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C229" s="1" t="s">
+      <c r="C229" s="7" t="s">
         <v>33</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>385</v>
+        <v>330</v>
       </c>
       <c r="E229" s="1" t="s">
-        <v>389</v>
+        <v>374</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H229" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I229" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J229" s="1">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="K229" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L229" s="1" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="M229" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="230" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N229" s="6"/>
+    </row>
+    <row r="230" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A230" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B230" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C230" s="1" t="s">
+      <c r="C230" s="7" t="s">
         <v>33</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>385</v>
+        <v>330</v>
       </c>
       <c r="E230" s="1" t="s">
-        <v>389</v>
+        <v>375</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H230" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I230" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J230" s="1">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="K230" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L230" s="1" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="M230" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="231" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N230" s="9"/>
+    </row>
+    <row r="231" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A231" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C231" s="1" t="s">
+      <c r="C231" s="7" t="s">
         <v>33</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>385</v>
+        <v>330</v>
       </c>
       <c r="E231" s="1" t="s">
-        <v>390</v>
+        <v>375</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>144</v>
+        <v>34</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H231" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I231" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J231" s="1">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="K231" s="1" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="L231" s="1" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="M231" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="232" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N231" s="9"/>
+    </row>
+    <row r="232" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A232" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B232" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C232" s="1" t="s">
-        <v>33</v>
+      <c r="C232" s="7" t="s">
+        <v>20</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>385</v>
+        <v>330</v>
       </c>
       <c r="E232" s="1" t="s">
-        <v>390</v>
+        <v>376</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>144</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H232" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I232" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J232" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K232" s="1" t="s">
         <v>116</v>
       </c>
       <c r="L232" s="1" t="s">
         <v>116</v>
       </c>
       <c r="M232" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="N232" s="3"/>
-[...1 lines deleted...]
-    <row r="233" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N232" s="6"/>
+    </row>
+    <row r="233" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A233" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>25</v>
+      </c>
+      <c r="C233" s="7" t="s">
+        <v>20</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>385</v>
+        <v>330</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>393</v>
+        <v>376</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>34</v>
+        <v>144</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H233" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I233" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J233" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="K233" s="1" t="s">
-        <v>34</v>
+        <v>116</v>
       </c>
       <c r="L233" s="1" t="s">
-        <v>61</v>
+        <v>116</v>
       </c>
       <c r="M233" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="234" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>144</v>
+      </c>
+      <c r="N233" s="6"/>
+    </row>
+    <row r="234" spans="1:37" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A234" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>34</v>
+        <v>387</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I234" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J234" s="1">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="K234" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L234" s="1" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="M234" s="1" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="N234" s="3"/>
+        <v>67</v>
+      </c>
+      <c r="N234" s="6"/>
       <c r="O234" s="1"/>
       <c r="P234" s="1"/>
       <c r="Q234" s="1"/>
       <c r="R234" s="1"/>
       <c r="S234" s="1"/>
       <c r="T234" s="1"/>
       <c r="U234" s="1"/>
       <c r="V234" s="1"/>
       <c r="W234" s="1"/>
       <c r="X234" s="1"/>
       <c r="Y234" s="1"/>
       <c r="Z234" s="1"/>
       <c r="AA234" s="1"/>
       <c r="AB234" s="1"/>
       <c r="AC234" s="1"/>
       <c r="AD234" s="1"/>
       <c r="AE234" s="1"/>
       <c r="AF234" s="1"/>
       <c r="AG234" s="1"/>
       <c r="AH234" s="1"/>
       <c r="AI234" s="1"/>
       <c r="AJ234" s="1"/>
       <c r="AK234" s="1"/>
-      <c r="AL234" s="1"/>
-[...34 lines deleted...]
-    <row r="235" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="235" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A235" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E235" s="1" t="s">
-        <v>394</v>
+        <v>386</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>34</v>
+        <v>387</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H235" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I235" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J235" s="1">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="K235" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L235" s="1" t="s">
-        <v>109</v>
+        <v>37</v>
       </c>
       <c r="M235" s="1" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-    <row r="236" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N235" s="6"/>
+    </row>
+    <row r="236" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A236" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C236" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E236" s="1" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H236" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I236" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J236" s="1">
+        <v>19</v>
+      </c>
+      <c r="K236" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L236" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M236" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="N236" s="9"/>
+    </row>
+    <row r="237" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="E237" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="F237" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H237" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I236" s="1" t="s">
-[...20 lines deleted...]
-      <c r="B237" s="1" t="s">
+      <c r="I237" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J237" s="1">
+        <v>3</v>
+      </c>
+      <c r="K237" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L237" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M237" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="N237" s="6"/>
+    </row>
+    <row r="238" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="E238" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H238" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I238" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J238" s="1">
+        <v>14</v>
+      </c>
+      <c r="K238" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L238" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M238" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="N238" s="6"/>
+    </row>
+    <row r="239" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="E239" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H239" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I239" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J239" s="1">
+        <v>1</v>
+      </c>
+      <c r="K239" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L239" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M239" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="N239" s="9"/>
+    </row>
+    <row r="240" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B240" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C237" s="1" t="s">
-[...26 lines deleted...]
-      <c r="L237" s="1" t="s">
+      <c r="C240" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="E240" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H240" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I240" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J240" s="1">
+        <v>10</v>
+      </c>
+      <c r="K240" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L240" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="M237" s="1" t="s">
+      <c r="M240" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="N237" s="3"/>
-[...5 lines deleted...]
-      <c r="B238" s="1" t="s">
+      <c r="N240" s="9"/>
+    </row>
+    <row r="241" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B241" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C238" s="1" t="s">
-[...14 lines deleted...]
-      <c r="H238" s="1" t="s">
+      <c r="C241" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="E241" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H241" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I238" s="1" t="s">
-[...8 lines deleted...]
-      <c r="L238" s="1" t="s">
+      <c r="I241" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J241" s="1">
+        <v>1</v>
+      </c>
+      <c r="K241" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L241" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="M238" s="1" t="s">
+      <c r="M241" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="N238" s="3"/>
-[...127 lines deleted...]
-    <row r="242" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N241" s="6"/>
+    </row>
+    <row r="242" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A242" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B242" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>413</v>
+        <v>384</v>
       </c>
       <c r="E242" s="1" t="s">
-        <v>424</v>
+        <v>393</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>417</v>
+        <v>34</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H242" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J242" s="1">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="K242" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L242" s="1" t="s">
-        <v>44</v>
+        <v>109</v>
       </c>
       <c r="M242" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="243" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>285</v>
+      </c>
+      <c r="N242" s="6"/>
+    </row>
+    <row r="243" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A243" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B243" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="E243" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H243" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I243" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J243" s="1">
+        <v>2</v>
+      </c>
+      <c r="K243" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L243" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M243" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="N243" s="6"/>
+    </row>
+    <row r="244" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B244" s="1" t="s">
         <v>24</v>
-      </c>
-[...40 lines deleted...]
-        <v>440</v>
       </c>
       <c r="C244" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>384</v>
+      </c>
+      <c r="E244" s="1" t="s">
+        <v>394</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H244" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I244" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J244" s="1">
+        <v>43</v>
+      </c>
+      <c r="K244" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L244" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M244" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N244" s="6"/>
+    </row>
+    <row r="245" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A245" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="E245" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H245" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I244" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J244" s="1">
+      <c r="I245" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J245" s="1">
+        <v>3</v>
+      </c>
+      <c r="K245" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L245" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M245" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N245" s="6"/>
+    </row>
+    <row r="246" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="E246" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H246" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I246" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J246" s="1">
+        <v>9</v>
+      </c>
+      <c r="K246" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="K244" s="1" t="s">
-[...85 lines deleted...]
-      </c>
       <c r="L246" s="1" t="s">
-        <v>109</v>
+        <v>59</v>
       </c>
       <c r="M246" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-    <row r="247" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N246" s="6"/>
+    </row>
+    <row r="247" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A247" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>441</v>
+        <v>412</v>
       </c>
       <c r="E247" s="1" t="s">
-        <v>445</v>
+        <v>419</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H247" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I247" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J247" s="1">
-        <v>86</v>
+        <v>2</v>
       </c>
       <c r="K247" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L247" s="1" t="s">
-        <v>37</v>
+        <v>109</v>
       </c>
       <c r="M247" s="1" t="s">
-        <v>114</v>
-[...60 lines deleted...]
-    <row r="248" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N247" s="6"/>
+    </row>
+    <row r="248" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A248" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>441</v>
+        <v>412</v>
       </c>
       <c r="E248" s="1" t="s">
-        <v>445</v>
+        <v>423</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>34</v>
+        <v>416</v>
       </c>
       <c r="G248" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H248" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I248" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J248" s="1">
+        <v>9</v>
+      </c>
+      <c r="K248" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L248" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="M248" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N248" s="6"/>
+    </row>
+    <row r="249" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="E249" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H249" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I249" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J249" s="1">
+        <v>14</v>
+      </c>
+      <c r="K249" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L249" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M249" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N249" s="6"/>
+    </row>
+    <row r="250" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B250" s="13" t="s">
+        <v>439</v>
+      </c>
+      <c r="C250" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="E250" s="7" t="s">
+        <v>438</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G250" s="1" t="s">
         <v>40</v>
-      </c>
-[...139 lines deleted...]
-        <v>450</v>
       </c>
       <c r="H250" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I250" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J250" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K250" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L250" s="1" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="M250" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="251" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N250" s="6"/>
+    </row>
+    <row r="251" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A251" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>587</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="C251" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D251" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E251" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="E251" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F251" s="1" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>450</v>
+        <v>40</v>
       </c>
       <c r="H251" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I251" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J251" s="1">
-        <v>8</v>
+        <v>186</v>
       </c>
       <c r="K251" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L251" s="1" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="M251" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="252" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N251" s="9"/>
+    </row>
+    <row r="252" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A252" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>587</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="C252" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D252" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E252" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="E252" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F252" s="1" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H252" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I252" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J252" s="1">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="K252" s="1" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L252" s="1" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="M252" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="253" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N252" s="9"/>
+    </row>
+    <row r="253" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A253" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>587</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="E253" s="1" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H253" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I253" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J253" s="1">
-        <v>12</v>
+        <v>86</v>
       </c>
       <c r="K253" s="1" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L253" s="1" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="M253" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="254" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N253" s="9"/>
+    </row>
+    <row r="254" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A254" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>587</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C254" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="E254" s="1" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H254" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I254" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J254" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K254" s="1" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L254" s="1" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="M254" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="255" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N254" s="9"/>
+    </row>
+    <row r="255" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A255" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>587</v>
+      </c>
+      <c r="B255" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C255" s="7" t="s">
+        <v>41</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>440</v>
+      </c>
+      <c r="E255" s="1" t="s">
+        <v>448</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>16</v>
+        <v>449</v>
       </c>
       <c r="H255" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I255" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J255" s="1">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="K255" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L255" s="1" t="s">
-        <v>109</v>
+        <v>72</v>
       </c>
       <c r="M255" s="1" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-    <row r="256" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N255" s="9"/>
+    </row>
+    <row r="256" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A256" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>587</v>
+      </c>
+      <c r="B256" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C256" s="7" t="s">
+        <v>41</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>440</v>
+      </c>
+      <c r="E256" s="1" t="s">
+        <v>448</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>16</v>
+        <v>449</v>
       </c>
       <c r="H256" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I256" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J256" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K256" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L256" s="1" t="s">
-        <v>109</v>
+        <v>72</v>
       </c>
       <c r="M256" s="1" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-    <row r="257" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N256" s="9"/>
+    </row>
+    <row r="257" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A257" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B257" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B257" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C257" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E257" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="F257" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="H257" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I257" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J257" s="1">
+        <v>8</v>
+      </c>
+      <c r="K257" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L257" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M257" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="N257" s="6"/>
+    </row>
+    <row r="258" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B258" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="C257" s="4" t="s">
-[...38 lines deleted...]
-      <c r="B258" s="4" t="s">
+      <c r="C258" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E258" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="F258" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H258" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I258" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J258" s="1">
         <v>24</v>
       </c>
-      <c r="C258" s="4" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K258" s="1" t="s">
-        <v>74</v>
+        <v>122</v>
       </c>
       <c r="L258" s="1" t="s">
-        <v>75</v>
+        <v>123</v>
       </c>
       <c r="M258" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="259" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N258" s="6"/>
+    </row>
+    <row r="259" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A259" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B259" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B259" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="C259" s="4" t="s">
-        <v>33</v>
+      <c r="C259" s="7" t="s">
+        <v>20</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>441</v>
-[...2 lines deleted...]
-        <v>457</v>
+        <v>440</v>
+      </c>
+      <c r="E259" s="1" t="s">
+        <v>452</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>76</v>
+        <v>126</v>
       </c>
       <c r="G259" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H259" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I259" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J259" s="1">
+        <v>12</v>
+      </c>
+      <c r="K259" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L259" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M259" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="N259" s="6"/>
+    </row>
+    <row r="260" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B260" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C260" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E260" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="F260" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H260" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I260" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J260" s="1">
+        <v>4</v>
+      </c>
+      <c r="K260" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L260" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M260" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="N260" s="6"/>
+    </row>
+    <row r="261" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B261" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C261" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E261" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="F261" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H261" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I261" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J261" s="1">
+        <v>39</v>
+      </c>
+      <c r="K261" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L261" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M261" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="N261" s="6"/>
+    </row>
+    <row r="262" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B262" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C262" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E262" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="F262" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H262" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I262" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J262" s="1">
+        <v>4</v>
+      </c>
+      <c r="K262" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L262" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M262" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="N262" s="6"/>
+    </row>
+    <row r="263" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B263" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C263" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E263" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="F263" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H263" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I263" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J263" s="1">
+        <v>78</v>
+      </c>
+      <c r="K263" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L263" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="M263" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="N263" s="6"/>
+    </row>
+    <row r="264" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B264" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C264" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E264" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="F264" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H264" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I264" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J264" s="1">
+        <v>9</v>
+      </c>
+      <c r="K264" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L264" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="M264" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="N264" s="6"/>
+    </row>
+    <row r="265" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B265" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C265" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E265" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H265" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I265" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J265" s="1">
         <v>8</v>
       </c>
-      <c r="K259" s="1" t="s">
+      <c r="K265" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="L259" s="1" t="s">
+      <c r="L265" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="M259" s="1" t="s">
+      <c r="M265" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="N259" s="3"/>
-[...5 lines deleted...]
-      <c r="B260" s="4" t="s">
+      <c r="N265" s="6"/>
+    </row>
+    <row r="266" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B266" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C260" s="4" t="s">
+      <c r="C266" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="D260" s="1" t="s">
-[...17 lines deleted...]
-      <c r="J260" s="1">
+      <c r="D266" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E266" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="F266" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H266" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I266" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J266" s="1">
         <v>9</v>
       </c>
-      <c r="K260" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L260" s="1" t="s">
+      <c r="K266" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L266" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="M260" s="1" t="s">
+      <c r="M266" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="N260" s="3"/>
-[...5 lines deleted...]
-      <c r="B261" s="4" t="s">
+      <c r="N266" s="6"/>
+    </row>
+    <row r="267" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B267" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C261" s="4" t="s">
+      <c r="C267" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="D261" s="1" t="s">
-[...11 lines deleted...]
-      <c r="H261" s="1" t="s">
+      <c r="D267" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E267" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H267" s="1" t="s">
         <v>26</v>
-      </c>
-[...250 lines deleted...]
-        <v>458</v>
       </c>
       <c r="I267" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J267" s="1">
         <v>1</v>
       </c>
       <c r="K267" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L267" s="1" t="s">
         <v>61</v>
       </c>
       <c r="M267" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="N267" s="3"/>
-[...1 lines deleted...]
-    <row r="268" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N267" s="6"/>
+    </row>
+    <row r="268" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A268" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>587</v>
+      </c>
+      <c r="B268" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C268" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>49</v>
+        <v>440</v>
       </c>
       <c r="E268" s="1" t="s">
-        <v>473</v>
+        <v>461</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H268" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I268" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J268" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K268" s="1" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="L268" s="1" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="M268" s="1" t="s">
-        <v>472</v>
-[...3 lines deleted...]
-    <row r="269" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>56</v>
+      </c>
+      <c r="N268" s="6"/>
+    </row>
+    <row r="269" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A269" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>587</v>
+      </c>
+      <c r="B269" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C269" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>49</v>
+        <v>440</v>
       </c>
       <c r="E269" s="1" t="s">
-        <v>473</v>
+        <v>461</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H269" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J269" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K269" s="1" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="L269" s="1" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="M269" s="1" t="s">
-        <v>472</v>
-[...3 lines deleted...]
-    <row r="270" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>56</v>
+      </c>
+      <c r="N269" s="6"/>
+    </row>
+    <row r="270" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A270" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B270" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B270" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C270" s="1" t="s">
+      <c r="C270" s="7" t="s">
         <v>33</v>
       </c>
       <c r="D270" s="1" t="s">
-        <v>49</v>
+        <v>440</v>
       </c>
       <c r="E270" s="1" t="s">
-        <v>475</v>
+        <v>463</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>476</v>
+        <v>34</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>16</v>
+        <v>207</v>
       </c>
       <c r="H270" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>297</v>
+      </c>
+      <c r="J270" s="1">
+        <v>28</v>
       </c>
       <c r="K270" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L270" s="1" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="M270" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="271" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N270" s="6"/>
+    </row>
+    <row r="271" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A271" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B271" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B271" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C271" s="1" t="s">
+      <c r="C271" s="7" t="s">
         <v>33</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>49</v>
+        <v>440</v>
       </c>
       <c r="E271" s="1" t="s">
-        <v>475</v>
+        <v>463</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>476</v>
+        <v>34</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>16</v>
+        <v>207</v>
       </c>
       <c r="H271" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>297</v>
+      </c>
+      <c r="J271" s="1">
+        <v>2</v>
       </c>
       <c r="K271" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L271" s="1" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="M271" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="272" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N271" s="6"/>
+    </row>
+    <row r="272" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A272" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B272" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B272" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C272" s="4" t="s">
+      <c r="C272" s="7" t="s">
         <v>33</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>49</v>
+        <v>440</v>
       </c>
       <c r="E272" s="1" t="s">
-        <v>487</v>
+        <v>464</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>327</v>
+        <v>34</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H272" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>18</v>
+      </c>
+      <c r="J272" s="1">
+        <v>28</v>
       </c>
       <c r="K272" s="1" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="L272" s="1" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="M272" s="1" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-    <row r="273" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>298</v>
+      </c>
+      <c r="N272" s="6"/>
+    </row>
+    <row r="273" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A273" s="1" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>587</v>
+      </c>
+      <c r="B273" s="7" t="s">
+        <v>20</v>
       </c>
       <c r="C273" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>494</v>
+        <v>440</v>
+      </c>
+      <c r="E273" s="3" t="s">
+        <v>469</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>495</v>
+        <v>34</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>16</v>
+        <v>312</v>
       </c>
       <c r="H273" s="1" t="s">
-        <v>17</v>
+        <v>456</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>18</v>
+      </c>
+      <c r="J273" s="1">
+        <v>1</v>
       </c>
       <c r="K273" s="1" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="L273" s="1" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="M273" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="274" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N273" s="6"/>
+    </row>
+    <row r="274" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A274" s="1" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>587</v>
+      </c>
+      <c r="B274" s="7" t="s">
+        <v>20</v>
       </c>
       <c r="C274" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>496</v>
+        <v>440</v>
+      </c>
+      <c r="E274" s="3" t="s">
+        <v>470</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>497</v>
+        <v>34</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>16</v>
+        <v>312</v>
       </c>
       <c r="H274" s="1" t="s">
-        <v>17</v>
+        <v>456</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>18</v>
+      </c>
+      <c r="J274" s="1">
+        <v>1</v>
       </c>
       <c r="K274" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="L274" s="1" t="s">
-        <v>117</v>
+        <v>61</v>
       </c>
       <c r="M274" s="1" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-    <row r="275" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N274" s="6"/>
+    </row>
+    <row r="275" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A275" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>587</v>
+      </c>
+      <c r="B275" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C275" s="7" t="s">
+        <v>20</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>498</v>
+        <v>440</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>471</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>499</v>
+        <v>34</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>40</v>
+        <v>312</v>
       </c>
       <c r="H275" s="1" t="s">
-        <v>17</v>
+        <v>456</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>18</v>
+      </c>
+      <c r="J275" s="1">
+        <v>1</v>
       </c>
       <c r="K275" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L275" s="1" t="s">
-        <v>81</v>
+        <v>61</v>
       </c>
       <c r="M275" s="1" t="s">
-        <v>472</v>
-[...3 lines deleted...]
-    <row r="276" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N275" s="6"/>
+    </row>
+    <row r="276" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A276" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E276" s="1" t="s">
-        <v>498</v>
+        <v>474</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>499</v>
+        <v>475</v>
       </c>
       <c r="G276" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H276" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I276" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J276" s="7">
-        <v>3</v>
+      <c r="J276" s="1">
+        <v>8</v>
       </c>
       <c r="K276" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L276" s="1" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="M276" s="1" t="s">
-        <v>472</v>
-[...3 lines deleted...]
-    <row r="277" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>473</v>
+      </c>
+      <c r="N276" s="6"/>
+    </row>
+    <row r="277" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A277" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="C277" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E277" s="1" t="s">
-        <v>500</v>
+        <v>474</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>501</v>
+        <v>475</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>313</v>
+        <v>40</v>
       </c>
       <c r="H277" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I277" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J277" s="7">
-        <v>1</v>
+      <c r="J277" s="1">
+        <v>2</v>
       </c>
       <c r="K277" s="1" t="s">
-        <v>116</v>
+        <v>22</v>
       </c>
       <c r="L277" s="1" t="s">
-        <v>116</v>
+        <v>23</v>
       </c>
       <c r="M277" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="278" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>473</v>
+      </c>
+      <c r="N277" s="6"/>
+    </row>
+    <row r="278" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A278" s="1" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>587</v>
+      </c>
+      <c r="B278" s="7" t="s">
+        <v>25</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E278" s="1" t="s">
-        <v>505</v>
+        <v>476</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>506</v>
+        <v>477</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>313</v>
+        <v>16</v>
       </c>
       <c r="H278" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I278" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J278" s="7">
+      <c r="J278" s="10">
+        <v>13</v>
+      </c>
+      <c r="K278" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L278" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M278" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="N278" s="6"/>
+    </row>
+    <row r="279" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B279" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E279" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="F279" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H279" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I279" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J279" s="10">
         <v>1</v>
-      </c>
-[...40 lines deleted...]
-        <v>33</v>
       </c>
       <c r="K279" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L279" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="M279" s="1" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-    <row r="280" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>21</v>
+      </c>
+      <c r="N279" s="6"/>
+    </row>
+    <row r="280" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A280" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B280" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B280" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C280" s="4" t="s">
-        <v>46</v>
+      <c r="C280" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>528</v>
+        <v>49</v>
       </c>
       <c r="E280" s="1" t="s">
-        <v>539</v>
+        <v>488</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>185</v>
+        <v>326</v>
       </c>
       <c r="G280" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H280" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="J280" s="1">
+        <v>49</v>
+      </c>
+      <c r="J280" s="10">
+        <v>6</v>
+      </c>
+      <c r="K280" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L280" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M280" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="N280" s="17"/>
+      <c r="O280" s="18"/>
+      <c r="P280" s="18"/>
+      <c r="Q280" s="18"/>
+      <c r="R280" s="18"/>
+      <c r="S280" s="18"/>
+      <c r="T280" s="18"/>
+      <c r="U280" s="18"/>
+      <c r="V280" s="18"/>
+      <c r="W280" s="18"/>
+      <c r="X280" s="18"/>
+      <c r="Y280" s="18"/>
+      <c r="Z280" s="18"/>
+      <c r="AA280" s="18"/>
+      <c r="AB280" s="18"/>
+      <c r="AC280" s="18"/>
+      <c r="AD280" s="18"/>
+      <c r="AE280" s="18"/>
+      <c r="AF280" s="18"/>
+      <c r="AG280" s="18"/>
+      <c r="AH280" s="18"/>
+      <c r="AI280" s="18"/>
+      <c r="AJ280" s="18"/>
+      <c r="AK280" s="18"/>
+    </row>
+    <row r="281" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E281" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="F281" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H281" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I281" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J281" s="10">
         <v>7</v>
       </c>
-      <c r="K280" s="1" t="s">
-[...14 lines deleted...]
-      <c r="B281" s="4" t="s">
+      <c r="K281" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L281" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M281" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N281" s="17"/>
+      <c r="O281" s="18"/>
+      <c r="P281" s="18"/>
+      <c r="Q281" s="18"/>
+      <c r="R281" s="18"/>
+      <c r="S281" s="18"/>
+      <c r="T281" s="18"/>
+      <c r="U281" s="18"/>
+      <c r="V281" s="18"/>
+      <c r="W281" s="18"/>
+      <c r="X281" s="18"/>
+      <c r="Y281" s="18"/>
+      <c r="Z281" s="18"/>
+      <c r="AA281" s="18"/>
+      <c r="AB281" s="18"/>
+      <c r="AC281" s="18"/>
+      <c r="AD281" s="18"/>
+      <c r="AE281" s="18"/>
+      <c r="AF281" s="18"/>
+      <c r="AG281" s="18"/>
+      <c r="AH281" s="18"/>
+      <c r="AI281" s="18"/>
+      <c r="AJ281" s="18"/>
+      <c r="AK281" s="18"/>
+    </row>
+    <row r="282" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A282" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B282" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C281" s="4" t="s">
+      <c r="C282" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E282" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="F282" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H282" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I282" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J282" s="10">
+        <v>8</v>
+      </c>
+      <c r="K282" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="L282" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="M282" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="N282" s="6"/>
+    </row>
+    <row r="283" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C283" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D281" s="1" t="s">
-[...82 lines deleted...]
-      </c>
       <c r="D283" s="1" t="s">
-        <v>528</v>
+        <v>49</v>
       </c>
       <c r="E283" s="1" t="s">
-        <v>542</v>
+        <v>499</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>71</v>
+        <v>500</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H283" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>49</v>
+      </c>
+      <c r="J283" s="10">
+        <v>31</v>
       </c>
       <c r="K283" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L283" s="1" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="M283" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="284" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>473</v>
+      </c>
+      <c r="N283" s="6"/>
+    </row>
+    <row r="284" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A284" s="1" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="B284" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B284" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C284" s="4" t="s">
+      <c r="C284" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>528</v>
+        <v>49</v>
       </c>
       <c r="E284" s="1" t="s">
-        <v>542</v>
+        <v>499</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>71</v>
+        <v>500</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H284" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>49</v>
+      </c>
+      <c r="J284" s="10">
+        <v>3</v>
       </c>
       <c r="K284" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L284" s="1" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="M284" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="285" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>473</v>
+      </c>
+      <c r="N284" s="6"/>
+    </row>
+    <row r="285" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A285" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>587</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>20</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>528</v>
+        <v>49</v>
       </c>
       <c r="E285" s="1" t="s">
-        <v>543</v>
+        <v>506</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>544</v>
+        <v>507</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>16</v>
+        <v>312</v>
       </c>
       <c r="H285" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I285" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J285" s="1">
+      <c r="J285" s="10">
+        <v>1</v>
+      </c>
+      <c r="K285" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="L285" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="M285" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="N285" s="17"/>
+      <c r="O285" s="18"/>
+      <c r="P285" s="18"/>
+      <c r="Q285" s="18"/>
+      <c r="R285" s="18"/>
+      <c r="S285" s="18"/>
+      <c r="T285" s="18"/>
+      <c r="U285" s="18"/>
+      <c r="V285" s="18"/>
+      <c r="W285" s="18"/>
+      <c r="X285" s="18"/>
+      <c r="Y285" s="18"/>
+      <c r="Z285" s="18"/>
+      <c r="AA285" s="18"/>
+      <c r="AB285" s="18"/>
+      <c r="AC285" s="18"/>
+      <c r="AD285" s="18"/>
+      <c r="AE285" s="18"/>
+      <c r="AF285" s="18"/>
+      <c r="AG285" s="18"/>
+      <c r="AH285" s="18"/>
+      <c r="AI285" s="18"/>
+      <c r="AJ285" s="18"/>
+      <c r="AK285" s="18"/>
+    </row>
+    <row r="286" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B286" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C286" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="E286" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="F286" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H286" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I286" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J286" s="1">
+        <v>33</v>
+      </c>
+      <c r="K286" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="K285" s="1" t="s">
-[...14 lines deleted...]
-      <c r="B286" s="4" t="s">
+      <c r="L286" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M286" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="N286" s="6"/>
+    </row>
+    <row r="287" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B287" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C286" s="4" t="s">
-[...41 lines deleted...]
-      <c r="C287" s="1" t="s">
+      <c r="C287" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="E287" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="F287" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H287" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I287" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J287" s="1">
+        <v>7</v>
+      </c>
+      <c r="K287" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L287" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M287" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="N287" s="6"/>
+    </row>
+    <row r="288" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B288" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C288" s="7" t="s">
         <v>33</v>
-      </c>
-[...40 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>529</v>
       </c>
       <c r="E288" s="1" t="s">
-        <v>530</v>
+        <v>542</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H288" s="1" t="s">
-        <v>296</v>
+        <v>17</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>297</v>
+        <v>18</v>
       </c>
       <c r="J288" s="1">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="K288" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L288" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M288" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="N288" s="19"/>
-[...1 lines deleted...]
-    <row r="289" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N288" s="6"/>
+    </row>
+    <row r="289" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A289" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>587</v>
+      </c>
+      <c r="B289" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C289" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>529</v>
       </c>
       <c r="E289" s="1" t="s">
-        <v>530</v>
+        <v>542</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H289" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I289" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J289" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="K289" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L289" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M289" s="1" t="s">
         <v>21</v>
       </c>
       <c r="N289" s="19"/>
-    </row>
-    <row r="290" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O289" s="20"/>
+      <c r="P289" s="20"/>
+      <c r="Q289" s="20"/>
+      <c r="R289" s="20"/>
+      <c r="S289" s="20"/>
+      <c r="T289" s="20"/>
+      <c r="U289" s="20"/>
+      <c r="V289" s="20"/>
+      <c r="W289" s="20"/>
+      <c r="X289" s="20"/>
+      <c r="Y289" s="20"/>
+      <c r="Z289" s="20"/>
+      <c r="AA289" s="20"/>
+      <c r="AB289" s="20"/>
+      <c r="AC289" s="20"/>
+      <c r="AD289" s="20"/>
+      <c r="AE289" s="20"/>
+      <c r="AF289" s="20"/>
+      <c r="AG289" s="20"/>
+      <c r="AH289" s="20"/>
+      <c r="AI289" s="20"/>
+      <c r="AJ289" s="20"/>
+      <c r="AK289" s="20"/>
+    </row>
+    <row r="290" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A290" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>587</v>
+      </c>
+      <c r="B290" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C290" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>529</v>
       </c>
       <c r="E290" s="1" t="s">
-        <v>530</v>
+        <v>543</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H290" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I290" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J290" s="1">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
       <c r="K290" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L290" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M290" s="1" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="N290" s="19"/>
-      <c r="O290" s="1"/>
-[...57 lines deleted...]
-    <row r="291" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O290" s="20"/>
+      <c r="P290" s="20"/>
+      <c r="Q290" s="20"/>
+      <c r="R290" s="20"/>
+      <c r="S290" s="20"/>
+      <c r="T290" s="20"/>
+      <c r="U290" s="20"/>
+      <c r="V290" s="20"/>
+      <c r="W290" s="20"/>
+      <c r="X290" s="20"/>
+      <c r="Y290" s="20"/>
+      <c r="Z290" s="20"/>
+      <c r="AA290" s="20"/>
+      <c r="AB290" s="20"/>
+      <c r="AC290" s="20"/>
+      <c r="AD290" s="20"/>
+      <c r="AE290" s="20"/>
+      <c r="AF290" s="20"/>
+      <c r="AG290" s="20"/>
+      <c r="AH290" s="20"/>
+      <c r="AI290" s="20"/>
+      <c r="AJ290" s="20"/>
+      <c r="AK290" s="20"/>
+    </row>
+    <row r="291" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A291" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>587</v>
+      </c>
+      <c r="B291" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C291" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>529</v>
       </c>
       <c r="E291" s="1" t="s">
-        <v>531</v>
+        <v>543</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>207</v>
+        <v>16</v>
       </c>
       <c r="H291" s="1" t="s">
-        <v>296</v>
+        <v>26</v>
       </c>
       <c r="I291" s="1" t="s">
-        <v>297</v>
+        <v>18</v>
       </c>
       <c r="J291" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K291" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L291" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M291" s="1" t="s">
-        <v>21</v>
+        <v>71</v>
       </c>
       <c r="N291" s="19"/>
-      <c r="O291" s="1"/>
-[...57 lines deleted...]
-    <row r="292" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="O291" s="20"/>
+      <c r="P291" s="20"/>
+      <c r="Q291" s="20"/>
+      <c r="R291" s="20"/>
+      <c r="S291" s="20"/>
+      <c r="T291" s="20"/>
+      <c r="U291" s="20"/>
+      <c r="V291" s="20"/>
+      <c r="W291" s="20"/>
+      <c r="X291" s="20"/>
+      <c r="Y291" s="20"/>
+      <c r="Z291" s="20"/>
+      <c r="AA291" s="20"/>
+      <c r="AB291" s="20"/>
+      <c r="AC291" s="20"/>
+      <c r="AD291" s="20"/>
+      <c r="AE291" s="20"/>
+      <c r="AF291" s="20"/>
+      <c r="AG291" s="20"/>
+      <c r="AH291" s="20"/>
+      <c r="AI291" s="20"/>
+      <c r="AJ291" s="20"/>
+      <c r="AK291" s="20"/>
+    </row>
+    <row r="292" spans="1:37" s="4" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A292" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>587</v>
+      </c>
+      <c r="B292" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C292" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>529</v>
       </c>
       <c r="E292" s="1" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>185</v>
+        <v>545</v>
       </c>
       <c r="G292" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H292" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I292" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J292" s="1">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K292" s="1" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="L292" s="1" t="s">
-        <v>72</v>
+        <v>116</v>
       </c>
       <c r="M292" s="1" t="s">
-        <v>185</v>
-[...60 lines deleted...]
-    <row r="293" spans="1:71" s="18" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>149</v>
+      </c>
+      <c r="N292" s="15"/>
+    </row>
+    <row r="293" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A293" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C293" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B293" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C293" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>529</v>
       </c>
       <c r="E293" s="1" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>185</v>
+        <v>42</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>16</v>
+        <v>60</v>
       </c>
       <c r="H293" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I293" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J293" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="K293" s="1" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="L293" s="1" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="M293" s="1" t="s">
-        <v>185</v>
-[...60 lines deleted...]
-    <row r="294" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N293" s="17"/>
+      <c r="O293" s="18"/>
+      <c r="P293" s="18"/>
+      <c r="Q293" s="18"/>
+      <c r="R293" s="18"/>
+      <c r="S293" s="18"/>
+      <c r="T293" s="18"/>
+      <c r="U293" s="18"/>
+      <c r="V293" s="18"/>
+      <c r="W293" s="18"/>
+      <c r="X293" s="18"/>
+      <c r="Y293" s="18"/>
+      <c r="Z293" s="18"/>
+      <c r="AA293" s="18"/>
+      <c r="AB293" s="18"/>
+      <c r="AC293" s="18"/>
+      <c r="AD293" s="18"/>
+      <c r="AE293" s="18"/>
+      <c r="AF293" s="18"/>
+      <c r="AG293" s="18"/>
+      <c r="AH293" s="18"/>
+      <c r="AI293" s="18"/>
+      <c r="AJ293" s="18"/>
+      <c r="AK293" s="18"/>
+    </row>
+    <row r="294" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A294" s="1" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>587</v>
+      </c>
+      <c r="B294" s="7" t="s">
+        <v>25</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>549</v>
+        <v>529</v>
       </c>
       <c r="E294" s="1" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>190</v>
+        <v>53</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="H294" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I294" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J294" s="1">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="K294" s="1" t="s">
-        <v>122</v>
+        <v>51</v>
       </c>
       <c r="L294" s="1" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="M294" s="1" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-    <row r="295" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+      <c r="N294" s="17"/>
+      <c r="O294" s="18"/>
+      <c r="P294" s="18"/>
+      <c r="Q294" s="18"/>
+      <c r="R294" s="18"/>
+      <c r="S294" s="18"/>
+      <c r="T294" s="18"/>
+      <c r="U294" s="18"/>
+      <c r="V294" s="18"/>
+      <c r="W294" s="18"/>
+      <c r="X294" s="18"/>
+      <c r="Y294" s="18"/>
+      <c r="Z294" s="18"/>
+      <c r="AA294" s="18"/>
+      <c r="AB294" s="18"/>
+      <c r="AC294" s="18"/>
+      <c r="AD294" s="18"/>
+      <c r="AE294" s="18"/>
+      <c r="AF294" s="18"/>
+      <c r="AG294" s="18"/>
+      <c r="AH294" s="18"/>
+      <c r="AI294" s="18"/>
+      <c r="AJ294" s="18"/>
+      <c r="AK294" s="18"/>
+    </row>
+    <row r="295" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A295" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>108</v>
+        <v>19</v>
       </c>
       <c r="C295" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>549</v>
+        <v>530</v>
       </c>
       <c r="E295" s="1" t="s">
-        <v>550</v>
+        <v>531</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>190</v>
+        <v>21</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H295" s="1" t="s">
-        <v>32</v>
+        <v>296</v>
       </c>
       <c r="I295" s="1" t="s">
-        <v>18</v>
+        <v>297</v>
       </c>
       <c r="J295" s="1">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="K295" s="1" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L295" s="1" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="M295" s="1" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-    <row r="296" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>21</v>
+      </c>
+      <c r="N295" s="17"/>
+      <c r="O295" s="18"/>
+      <c r="P295" s="18"/>
+      <c r="Q295" s="18"/>
+      <c r="R295" s="18"/>
+      <c r="S295" s="18"/>
+      <c r="T295" s="18"/>
+      <c r="U295" s="18"/>
+      <c r="V295" s="18"/>
+      <c r="W295" s="18"/>
+      <c r="X295" s="18"/>
+      <c r="Y295" s="18"/>
+      <c r="Z295" s="18"/>
+      <c r="AA295" s="18"/>
+      <c r="AB295" s="18"/>
+      <c r="AC295" s="18"/>
+      <c r="AD295" s="18"/>
+      <c r="AE295" s="18"/>
+      <c r="AF295" s="18"/>
+      <c r="AG295" s="18"/>
+      <c r="AH295" s="18"/>
+      <c r="AI295" s="18"/>
+      <c r="AJ295" s="18"/>
+      <c r="AK295" s="18"/>
+    </row>
+    <row r="296" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A296" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>108</v>
+        <v>19</v>
       </c>
       <c r="C296" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>549</v>
+        <v>530</v>
       </c>
       <c r="E296" s="1" t="s">
-        <v>550</v>
+        <v>531</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>190</v>
+        <v>21</v>
       </c>
       <c r="G296" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H296" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I296" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J296" s="1">
+        <v>9</v>
+      </c>
+      <c r="K296" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L296" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M296" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="N296" s="17"/>
+      <c r="O296" s="18"/>
+      <c r="P296" s="18"/>
+      <c r="Q296" s="18"/>
+      <c r="R296" s="18"/>
+      <c r="S296" s="18"/>
+      <c r="T296" s="18"/>
+      <c r="U296" s="18"/>
+      <c r="V296" s="18"/>
+      <c r="W296" s="18"/>
+      <c r="X296" s="18"/>
+      <c r="Y296" s="18"/>
+      <c r="Z296" s="18"/>
+      <c r="AA296" s="18"/>
+      <c r="AB296" s="18"/>
+      <c r="AC296" s="18"/>
+      <c r="AD296" s="18"/>
+      <c r="AE296" s="18"/>
+      <c r="AF296" s="18"/>
+      <c r="AG296" s="18"/>
+      <c r="AH296" s="18"/>
+      <c r="AI296" s="18"/>
+      <c r="AJ296" s="18"/>
+      <c r="AK296" s="18"/>
+    </row>
+    <row r="297" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="E297" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H297" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I296" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="I297" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J297" s="1">
-        <v>39</v>
+        <v>1</v>
       </c>
       <c r="K297" s="1" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L297" s="1" t="s">
-        <v>123</v>
+        <v>23</v>
       </c>
       <c r="M297" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="298" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>21</v>
+      </c>
+      <c r="N297" s="17"/>
+      <c r="O297" s="18"/>
+      <c r="P297" s="18"/>
+      <c r="Q297" s="18"/>
+      <c r="R297" s="18"/>
+      <c r="S297" s="18"/>
+      <c r="T297" s="18"/>
+      <c r="U297" s="18"/>
+      <c r="V297" s="18"/>
+      <c r="W297" s="18"/>
+      <c r="X297" s="18"/>
+      <c r="Y297" s="18"/>
+      <c r="Z297" s="18"/>
+      <c r="AA297" s="18"/>
+      <c r="AB297" s="18"/>
+      <c r="AC297" s="18"/>
+      <c r="AD297" s="18"/>
+      <c r="AE297" s="18"/>
+      <c r="AF297" s="18"/>
+      <c r="AG297" s="18"/>
+      <c r="AH297" s="18"/>
+      <c r="AI297" s="18"/>
+      <c r="AJ297" s="18"/>
+      <c r="AK297" s="18"/>
+    </row>
+    <row r="298" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A298" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>549</v>
+        <v>530</v>
       </c>
       <c r="E298" s="1" t="s">
-        <v>229</v>
+        <v>532</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>16</v>
+        <v>207</v>
       </c>
       <c r="H298" s="1" t="s">
-        <v>32</v>
+        <v>296</v>
       </c>
       <c r="I298" s="1" t="s">
-        <v>18</v>
+        <v>297</v>
       </c>
       <c r="J298" s="1">
-        <v>29</v>
+        <v>5</v>
       </c>
       <c r="K298" s="1" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L298" s="1" t="s">
-        <v>123</v>
+        <v>23</v>
       </c>
       <c r="M298" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="299" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>21</v>
+      </c>
+      <c r="N298" s="17"/>
+      <c r="O298" s="18"/>
+      <c r="P298" s="18"/>
+      <c r="Q298" s="18"/>
+      <c r="R298" s="18"/>
+      <c r="S298" s="18"/>
+      <c r="T298" s="18"/>
+      <c r="U298" s="18"/>
+      <c r="V298" s="18"/>
+      <c r="W298" s="18"/>
+      <c r="X298" s="18"/>
+      <c r="Y298" s="18"/>
+      <c r="Z298" s="18"/>
+      <c r="AA298" s="18"/>
+      <c r="AB298" s="18"/>
+      <c r="AC298" s="18"/>
+      <c r="AD298" s="18"/>
+      <c r="AE298" s="18"/>
+      <c r="AF298" s="18"/>
+      <c r="AG298" s="18"/>
+      <c r="AH298" s="18"/>
+      <c r="AI298" s="18"/>
+      <c r="AJ298" s="18"/>
+      <c r="AK298" s="18"/>
+    </row>
+    <row r="299" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A299" s="1" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D299" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E299" s="1" t="s">
-        <v>229</v>
+        <v>556</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>126</v>
+        <v>190</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H299" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I299" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J299" s="1">
-        <v>5</v>
+        <v>42</v>
       </c>
       <c r="K299" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L299" s="1" t="s">
-        <v>123</v>
+        <v>30</v>
       </c>
       <c r="M299" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="300" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>188</v>
+      </c>
+      <c r="N299" s="6"/>
+    </row>
+    <row r="300" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A300" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C300" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C300" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E300" s="1" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>34</v>
+        <v>190</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H300" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I300" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J300" s="1">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K300" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L300" s="1" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="M300" s="1" t="s">
-        <v>62</v>
-[...60 lines deleted...]
-    <row r="301" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>188</v>
+      </c>
+      <c r="N300" s="17"/>
+      <c r="O300" s="18"/>
+      <c r="P300" s="18"/>
+      <c r="Q300" s="18"/>
+      <c r="R300" s="18"/>
+      <c r="S300" s="18"/>
+      <c r="T300" s="18"/>
+      <c r="U300" s="18"/>
+      <c r="V300" s="18"/>
+      <c r="W300" s="18"/>
+      <c r="X300" s="18"/>
+      <c r="Y300" s="18"/>
+      <c r="Z300" s="18"/>
+      <c r="AA300" s="18"/>
+      <c r="AB300" s="18"/>
+      <c r="AC300" s="18"/>
+      <c r="AD300" s="18"/>
+      <c r="AE300" s="18"/>
+      <c r="AF300" s="18"/>
+      <c r="AG300" s="18"/>
+      <c r="AH300" s="18"/>
+      <c r="AI300" s="18"/>
+      <c r="AJ300" s="18"/>
+      <c r="AK300" s="18"/>
+    </row>
+    <row r="301" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A301" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C301" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C301" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E301" s="1" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>34</v>
+        <v>190</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H301" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I301" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J301" s="1">
         <v>4</v>
       </c>
       <c r="K301" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L301" s="1" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="M301" s="1" t="s">
-        <v>62</v>
-[...60 lines deleted...]
-    <row r="302" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>188</v>
+      </c>
+      <c r="N301" s="6"/>
+    </row>
+    <row r="302" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A302" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C302" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C302" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E302" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="F302" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H302" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I302" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J302" s="1">
+        <v>39</v>
+      </c>
+      <c r="K302" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L302" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M302" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="N302" s="17"/>
+      <c r="O302" s="18"/>
+      <c r="P302" s="18"/>
+      <c r="Q302" s="18"/>
+      <c r="R302" s="18"/>
+      <c r="S302" s="18"/>
+      <c r="T302" s="18"/>
+      <c r="U302" s="18"/>
+      <c r="V302" s="18"/>
+      <c r="W302" s="18"/>
+      <c r="X302" s="18"/>
+      <c r="Y302" s="18"/>
+      <c r="Z302" s="18"/>
+      <c r="AA302" s="18"/>
+      <c r="AB302" s="18"/>
+      <c r="AC302" s="18"/>
+      <c r="AD302" s="18"/>
+      <c r="AE302" s="18"/>
+      <c r="AF302" s="18"/>
+      <c r="AG302" s="18"/>
+      <c r="AH302" s="18"/>
+      <c r="AI302" s="18"/>
+      <c r="AJ302" s="18"/>
+      <c r="AK302" s="18"/>
+    </row>
+    <row r="303" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A303" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D303" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="F302" s="1" t="s">
-[...94 lines deleted...]
-      </c>
       <c r="E303" s="1" t="s">
-        <v>561</v>
+        <v>229</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="G303" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H303" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I303" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J303" s="1">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="K303" s="1" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="L303" s="1" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="M303" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="304" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N303" s="17"/>
+      <c r="O303" s="18"/>
+      <c r="P303" s="18"/>
+      <c r="Q303" s="18"/>
+      <c r="R303" s="18"/>
+      <c r="S303" s="18"/>
+      <c r="T303" s="18"/>
+      <c r="U303" s="18"/>
+      <c r="V303" s="18"/>
+      <c r="W303" s="18"/>
+      <c r="X303" s="18"/>
+      <c r="Y303" s="18"/>
+      <c r="Z303" s="18"/>
+      <c r="AA303" s="18"/>
+      <c r="AB303" s="18"/>
+      <c r="AC303" s="18"/>
+      <c r="AD303" s="18"/>
+      <c r="AE303" s="18"/>
+      <c r="AF303" s="18"/>
+      <c r="AG303" s="18"/>
+      <c r="AH303" s="18"/>
+      <c r="AI303" s="18"/>
+      <c r="AJ303" s="18"/>
+      <c r="AK303" s="18"/>
+    </row>
+    <row r="304" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A304" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>587</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E304" s="1" t="s">
-        <v>561</v>
+        <v>229</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="G304" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H304" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I304" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J304" s="1">
         <v>5</v>
       </c>
       <c r="K304" s="1" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="L304" s="1" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="M304" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="305" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N304" s="17"/>
+      <c r="O304" s="18"/>
+      <c r="P304" s="18"/>
+      <c r="Q304" s="18"/>
+      <c r="R304" s="18"/>
+      <c r="S304" s="18"/>
+      <c r="T304" s="18"/>
+      <c r="U304" s="18"/>
+      <c r="V304" s="18"/>
+      <c r="W304" s="18"/>
+      <c r="X304" s="18"/>
+      <c r="Y304" s="18"/>
+      <c r="Z304" s="18"/>
+      <c r="AA304" s="18"/>
+      <c r="AB304" s="18"/>
+      <c r="AC304" s="18"/>
+      <c r="AD304" s="18"/>
+      <c r="AE304" s="18"/>
+      <c r="AF304" s="18"/>
+      <c r="AG304" s="18"/>
+      <c r="AH304" s="18"/>
+      <c r="AI304" s="18"/>
+      <c r="AJ304" s="18"/>
+      <c r="AK304" s="18"/>
+    </row>
+    <row r="305" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A305" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C305" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C305" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E305" s="1" t="s">
-        <v>562</v>
+        <v>229</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>190</v>
+        <v>121</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H305" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I305" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J305" s="1">
-        <v>69</v>
+        <v>5</v>
       </c>
       <c r="K305" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L305" s="1" t="s">
-        <v>30</v>
+        <v>123</v>
       </c>
       <c r="M305" s="1" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-    <row r="306" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N305" s="17"/>
+      <c r="O305" s="18"/>
+      <c r="P305" s="18"/>
+      <c r="Q305" s="18"/>
+      <c r="R305" s="18"/>
+      <c r="S305" s="18"/>
+      <c r="T305" s="18"/>
+      <c r="U305" s="18"/>
+      <c r="V305" s="18"/>
+      <c r="W305" s="18"/>
+      <c r="X305" s="18"/>
+      <c r="Y305" s="18"/>
+      <c r="Z305" s="18"/>
+      <c r="AA305" s="18"/>
+      <c r="AB305" s="18"/>
+      <c r="AC305" s="18"/>
+      <c r="AD305" s="18"/>
+      <c r="AE305" s="18"/>
+      <c r="AF305" s="18"/>
+      <c r="AG305" s="18"/>
+      <c r="AH305" s="18"/>
+      <c r="AI305" s="18"/>
+      <c r="AJ305" s="18"/>
+      <c r="AK305" s="18"/>
+    </row>
+    <row r="306" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A306" s="1" t="s">
-        <v>581</v>
-[...4 lines deleted...]
-      <c r="C306" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B306" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C306" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E306" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="F306" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H306" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I306" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J306" s="1">
+        <v>27</v>
+      </c>
+      <c r="K306" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L306" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M306" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N306" s="9"/>
+    </row>
+    <row r="307" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B307" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C307" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E307" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="F307" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H307" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I307" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J307" s="1">
+        <v>4</v>
+      </c>
+      <c r="K307" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L307" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M307" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N307" s="9"/>
+    </row>
+    <row r="308" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A308" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B308" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C308" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="D306" s="1" t="s">
-[...11 lines deleted...]
-      <c r="H306" s="1" t="s">
+      <c r="D308" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E308" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="F308" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H308" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I306" s="1" t="s">
-[...20 lines deleted...]
-      <c r="B307" s="4" t="s">
+      <c r="I308" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J308" s="1">
+        <v>3</v>
+      </c>
+      <c r="K308" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="L308" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="M308" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="N308" s="9"/>
+    </row>
+    <row r="309" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B309" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="C307" s="4" t="s">
-[...84 lines deleted...]
-        <v>33</v>
+      <c r="C309" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E309" s="1" t="s">
         <v>567</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>310</v>
+        <v>71</v>
       </c>
       <c r="G309" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H309" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I309" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J309" s="1">
+        <v>41</v>
+      </c>
+      <c r="K309" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L309" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M309" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="N309" s="6"/>
+    </row>
+    <row r="310" spans="1:37" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B310" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C310" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E310" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="F310" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H310" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I309" s="1" t="s">
-[...29 lines deleted...]
-      <c r="E310" s="1" t="s">
+      <c r="I310" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J310" s="1">
+        <v>5</v>
+      </c>
+      <c r="K310" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L310" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M310" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="N310" s="9"/>
+    </row>
+    <row r="311" spans="1:37" s="21" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B311" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C311" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E311" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="F310" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="F311" s="1" t="s">
-        <v>121</v>
+        <v>190</v>
       </c>
       <c r="G311" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H311" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I311" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J311" s="1">
-        <v>3</v>
+        <v>69</v>
       </c>
       <c r="K311" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L311" s="1" t="s">
-        <v>123</v>
+        <v>30</v>
       </c>
       <c r="M311" s="1" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="N311" s="19"/>
+        <v>188</v>
+      </c>
+      <c r="N311" s="6"/>
       <c r="O311" s="1"/>
       <c r="P311" s="1"/>
       <c r="Q311" s="1"/>
       <c r="R311" s="1"/>
       <c r="S311" s="1"/>
       <c r="T311" s="1"/>
       <c r="U311" s="1"/>
       <c r="V311" s="1"/>
       <c r="W311" s="1"/>
       <c r="X311" s="1"/>
       <c r="Y311" s="1"/>
       <c r="Z311" s="1"/>
       <c r="AA311" s="1"/>
       <c r="AB311" s="1"/>
       <c r="AC311" s="1"/>
       <c r="AD311" s="1"/>
       <c r="AE311" s="1"/>
       <c r="AF311" s="1"/>
       <c r="AG311" s="1"/>
       <c r="AH311" s="1"/>
       <c r="AI311" s="1"/>
       <c r="AJ311" s="1"/>
       <c r="AK311" s="1"/>
-      <c r="AL311" s="1"/>
-[...34 lines deleted...]
-    <row r="312" spans="1:71" s="22" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="312" spans="1:37" s="21" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A312" s="1" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>587</v>
+      </c>
+      <c r="B312" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C312" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E312" s="1" t="s">
         <v>568</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>121</v>
+        <v>190</v>
       </c>
       <c r="G312" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H312" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I312" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J312" s="1">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="K312" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L312" s="1" t="s">
-        <v>123</v>
+        <v>30</v>
       </c>
       <c r="M312" s="1" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="N312" s="19"/>
+        <v>188</v>
+      </c>
+      <c r="N312" s="6"/>
       <c r="O312" s="1"/>
       <c r="P312" s="1"/>
       <c r="Q312" s="1"/>
       <c r="R312" s="1"/>
       <c r="S312" s="1"/>
       <c r="T312" s="1"/>
       <c r="U312" s="1"/>
       <c r="V312" s="1"/>
       <c r="W312" s="1"/>
       <c r="X312" s="1"/>
       <c r="Y312" s="1"/>
       <c r="Z312" s="1"/>
       <c r="AA312" s="1"/>
       <c r="AB312" s="1"/>
       <c r="AC312" s="1"/>
       <c r="AD312" s="1"/>
       <c r="AE312" s="1"/>
       <c r="AF312" s="1"/>
       <c r="AG312" s="1"/>
       <c r="AH312" s="1"/>
       <c r="AI312" s="1"/>
       <c r="AJ312" s="1"/>
       <c r="AK312" s="1"/>
-      <c r="AL312" s="1"/>
-[...34 lines deleted...]
-    <row r="313" spans="1:71" s="22" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="313" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A313" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B313" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B313" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C313" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C313" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D313" s="1" t="s">
-        <v>11</v>
+        <v>555</v>
       </c>
       <c r="E313" s="1" t="s">
-        <v>38</v>
+        <v>572</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>39</v>
+        <v>309</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H313" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I313" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J313" s="1">
         <v>32</v>
       </c>
-      <c r="I313" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K313" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="L313" s="1" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="M313" s="1" t="s">
-        <v>35</v>
-[...60 lines deleted...]
-    <row r="314" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>290</v>
+      </c>
+      <c r="N313" s="17"/>
+      <c r="O313" s="18"/>
+      <c r="P313" s="18"/>
+      <c r="Q313" s="18"/>
+      <c r="R313" s="18"/>
+      <c r="S313" s="18"/>
+      <c r="T313" s="18"/>
+      <c r="U313" s="18"/>
+      <c r="V313" s="18"/>
+      <c r="W313" s="18"/>
+      <c r="X313" s="18"/>
+      <c r="Y313" s="18"/>
+      <c r="Z313" s="18"/>
+      <c r="AA313" s="18"/>
+      <c r="AB313" s="18"/>
+      <c r="AC313" s="18"/>
+      <c r="AD313" s="18"/>
+      <c r="AE313" s="18"/>
+      <c r="AF313" s="18"/>
+      <c r="AG313" s="18"/>
+      <c r="AH313" s="18"/>
+      <c r="AI313" s="18"/>
+      <c r="AJ313" s="18"/>
+      <c r="AK313" s="18"/>
+    </row>
+    <row r="314" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A314" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>587</v>
+      </c>
+      <c r="B314" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C314" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>11</v>
+        <v>555</v>
       </c>
       <c r="E314" s="1" t="s">
-        <v>45</v>
+        <v>573</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>42</v>
+        <v>309</v>
       </c>
       <c r="G314" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H314" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I314" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J314" s="1">
         <v>30</v>
       </c>
       <c r="K314" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L314" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="M314" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="315" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>290</v>
+      </c>
+      <c r="N314" s="17"/>
+      <c r="O314" s="18"/>
+      <c r="P314" s="18"/>
+      <c r="Q314" s="18"/>
+      <c r="R314" s="18"/>
+      <c r="S314" s="18"/>
+      <c r="T314" s="18"/>
+      <c r="U314" s="18"/>
+      <c r="V314" s="18"/>
+      <c r="W314" s="18"/>
+      <c r="X314" s="18"/>
+      <c r="Y314" s="18"/>
+      <c r="Z314" s="18"/>
+      <c r="AA314" s="18"/>
+      <c r="AB314" s="18"/>
+      <c r="AC314" s="18"/>
+      <c r="AD314" s="18"/>
+      <c r="AE314" s="18"/>
+      <c r="AF314" s="18"/>
+      <c r="AG314" s="18"/>
+      <c r="AH314" s="18"/>
+      <c r="AI314" s="18"/>
+      <c r="AJ314" s="18"/>
+      <c r="AK314" s="18"/>
+    </row>
+    <row r="315" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A315" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>587</v>
+      </c>
+      <c r="B315" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C315" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>11</v>
+        <v>555</v>
       </c>
       <c r="E315" s="1" t="s">
-        <v>45</v>
+        <v>573</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>42</v>
+        <v>309</v>
       </c>
       <c r="G315" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H315" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I315" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J315" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="K315" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L315" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="M315" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="316" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>290</v>
+      </c>
+      <c r="N315" s="17"/>
+      <c r="O315" s="18"/>
+      <c r="P315" s="18"/>
+      <c r="Q315" s="18"/>
+      <c r="R315" s="18"/>
+      <c r="S315" s="18"/>
+      <c r="T315" s="18"/>
+      <c r="U315" s="18"/>
+      <c r="V315" s="18"/>
+      <c r="W315" s="18"/>
+      <c r="X315" s="18"/>
+      <c r="Y315" s="18"/>
+      <c r="Z315" s="18"/>
+      <c r="AA315" s="18"/>
+      <c r="AB315" s="18"/>
+      <c r="AC315" s="18"/>
+      <c r="AD315" s="18"/>
+      <c r="AE315" s="18"/>
+      <c r="AF315" s="18"/>
+      <c r="AG315" s="18"/>
+      <c r="AH315" s="18"/>
+      <c r="AI315" s="18"/>
+      <c r="AJ315" s="18"/>
+      <c r="AK315" s="18"/>
+    </row>
+    <row r="316" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A316" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C316" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B316" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C316" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>11</v>
+        <v>555</v>
       </c>
       <c r="E316" s="1" t="s">
-        <v>47</v>
+        <v>574</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>48</v>
+        <v>121</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H316" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J316" s="1">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="K316" s="1" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="L316" s="1" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="M316" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="317" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N316" s="17"/>
+      <c r="O316" s="18"/>
+      <c r="P316" s="18"/>
+      <c r="Q316" s="18"/>
+      <c r="R316" s="18"/>
+      <c r="S316" s="18"/>
+      <c r="T316" s="18"/>
+      <c r="U316" s="18"/>
+      <c r="V316" s="18"/>
+      <c r="W316" s="18"/>
+      <c r="X316" s="18"/>
+      <c r="Y316" s="18"/>
+      <c r="Z316" s="18"/>
+      <c r="AA316" s="18"/>
+      <c r="AB316" s="18"/>
+      <c r="AC316" s="18"/>
+      <c r="AD316" s="18"/>
+      <c r="AE316" s="18"/>
+      <c r="AF316" s="18"/>
+      <c r="AG316" s="18"/>
+      <c r="AH316" s="18"/>
+      <c r="AI316" s="18"/>
+      <c r="AJ316" s="18"/>
+      <c r="AK316" s="18"/>
+    </row>
+    <row r="317" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A317" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C317" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="B317" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C317" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>11</v>
+        <v>555</v>
       </c>
       <c r="E317" s="1" t="s">
-        <v>47</v>
+        <v>575</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>48</v>
+        <v>121</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H317" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I317" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J317" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K317" s="1" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="L317" s="1" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="M317" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="318" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N317" s="6"/>
+    </row>
+    <row r="318" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A318" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C318" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="B318" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C318" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>11</v>
+        <v>555</v>
       </c>
       <c r="E318" s="1" t="s">
-        <v>63</v>
+        <v>574</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H318" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I318" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J318" s="1">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="K318" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L318" s="1" t="s">
-        <v>61</v>
+        <v>123</v>
       </c>
       <c r="M318" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="319" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N318" s="6"/>
+    </row>
+    <row r="319" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A319" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>588</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C319" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E319" s="1" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="G319" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H319" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I319" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J319" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="K319" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L319" s="1" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="M319" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="320" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>35</v>
+      </c>
+      <c r="N319" s="6"/>
+    </row>
+    <row r="320" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A320" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B320" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C320" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E320" s="1" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H320" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I320" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J320" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="K320" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="L320" s="1" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="M320" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="321" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N320" s="9"/>
+    </row>
+    <row r="321" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A321" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B321" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C321" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E321" s="1" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>65</v>
+        <v>42</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H321" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I321" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J321" s="1">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="K321" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="L321" s="1" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="M321" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="322" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N321" s="9"/>
+    </row>
+    <row r="322" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A322" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B322" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C322" s="4" t="s">
+      <c r="C322" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E322" s="1" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H322" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I322" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J322" s="1">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="K322" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L322" s="1" t="s">
         <v>13</v>
       </c>
       <c r="M322" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="N322" s="3"/>
-[...1 lines deleted...]
-    <row r="323" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N322" s="9"/>
+    </row>
+    <row r="323" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A323" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E323" s="1" t="s">
-        <v>89</v>
+        <v>47</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>90</v>
+        <v>48</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>91</v>
+        <v>40</v>
       </c>
       <c r="H323" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I323" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J323" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="K323" s="1" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="L323" s="1" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="M323" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="324" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N323" s="6"/>
+    </row>
+    <row r="324" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A324" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B324" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B324" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C324" s="1" t="s">
-        <v>33</v>
+      <c r="C324" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E324" s="1" t="s">
-        <v>93</v>
+        <v>63</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H324" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I324" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J324" s="1">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="K324" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="L324" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="M324" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="325" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N324" s="6"/>
+    </row>
+    <row r="325" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A325" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B325" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B325" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C325" s="1" t="s">
-        <v>33</v>
+      <c r="C325" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E325" s="1" t="s">
-        <v>93</v>
+        <v>63</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H325" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I325" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J325" s="1">
         <v>3</v>
       </c>
       <c r="K325" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="L325" s="1" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="M325" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="326" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N325" s="6"/>
+    </row>
+    <row r="326" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A326" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C326" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E326" s="1" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="G326" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H326" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I326" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J326" s="1">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="K326" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L326" s="1" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="M326" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="327" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N326" s="6"/>
+    </row>
+    <row r="327" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A327" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C327" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E327" s="1" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H327" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I327" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J327" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K327" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="L327" s="1" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="M327" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="328" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N327" s="6"/>
+    </row>
+    <row r="328" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A328" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>33</v>
+      </c>
+      <c r="C328" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E328" s="1" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="G328" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H328" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I328" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J328" s="1">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="K328" s="1" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="L328" s="1" t="s">
-        <v>75</v>
+        <v>13</v>
       </c>
       <c r="M328" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="329" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N328" s="6"/>
+    </row>
+    <row r="329" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A329" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>97</v>
+        <v>46</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E329" s="1" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="H329" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I329" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J329" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="K329" s="1" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="L329" s="1" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="M329" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="330" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N329" s="6"/>
+    </row>
+    <row r="330" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A330" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B330" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E330" s="1" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="G330" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H330" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I330" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J330" s="1">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="K330" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L330" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="M330" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="331" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="N330" s="6"/>
+    </row>
+    <row r="331" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A331" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B331" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C331" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E331" s="1" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="G331" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H331" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I331" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J331" s="1">
-        <v>43</v>
+        <v>3</v>
       </c>
       <c r="K331" s="1" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="L331" s="1" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="M331" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="332" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="N331" s="6"/>
+    </row>
+    <row r="332" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A332" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B332" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C332" s="1" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E332" s="1" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="G332" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H332" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I332" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J332" s="1">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="K332" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L332" s="1" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="M332" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="333" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N332" s="6"/>
+    </row>
+    <row r="333" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A333" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B333" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C333" s="1" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E333" s="1" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>82</v>
+        <v>42</v>
       </c>
       <c r="G333" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H333" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I333" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J333" s="1">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="K333" s="1" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="L333" s="1" t="s">
-        <v>81</v>
+        <v>44</v>
       </c>
       <c r="M333" s="1" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-    <row r="334" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N333" s="6"/>
+    </row>
+    <row r="334" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A334" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B334" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C334" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E334" s="1" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
       <c r="G334" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H334" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I334" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J334" s="1">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="K334" s="1" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="L334" s="1" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="M334" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-    <row r="335" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>76</v>
+      </c>
+      <c r="N334" s="6"/>
+    </row>
+    <row r="335" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A335" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B335" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C335" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E335" s="1" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
       <c r="G335" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H335" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I335" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J335" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K335" s="1" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="L335" s="1" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="M335" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-    <row r="336" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>76</v>
+      </c>
+      <c r="N335" s="6"/>
+    </row>
+    <row r="336" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A336" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B336" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C336" s="1" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E336" s="1" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="G336" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H336" s="1" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>32</v>
+      </c>
+      <c r="I336" s="1" t="s">
+        <v>18</v>
       </c>
       <c r="J336" s="1">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="K336" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="L336" s="1" t="s">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="M336" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="337" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N336" s="6"/>
+    </row>
+    <row r="337" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A337" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B337" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C337" s="1" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>11</v>
       </c>
       <c r="E337" s="1" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="G337" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H337" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I337" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J337" s="1">
-        <v>3</v>
+        <v>43</v>
       </c>
       <c r="K337" s="1" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="L337" s="1" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="M337" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="338" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N337" s="6"/>
+    </row>
+    <row r="338" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A338" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E338" s="1" t="s">
-        <v>128</v>
+        <v>100</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G338" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H338" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I338" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J338" s="1">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="K338" s="1" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L338" s="1" t="s">
-        <v>123</v>
+        <v>55</v>
       </c>
       <c r="M338" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="339" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N338" s="6"/>
+    </row>
+    <row r="339" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A339" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>130</v>
+        <v>588</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>97</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E339" s="1" t="s">
-        <v>129</v>
+        <v>101</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>126</v>
+        <v>82</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H339" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I339" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J339" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
       <c r="K339" s="1" t="s">
-        <v>122</v>
+        <v>51</v>
       </c>
       <c r="L339" s="1" t="s">
-        <v>123</v>
+        <v>81</v>
       </c>
       <c r="M339" s="1" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-    <row r="340" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>82</v>
+      </c>
+      <c r="N339" s="6"/>
+    </row>
+    <row r="340" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A340" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>588</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>97</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E340" s="1" t="s">
-        <v>132</v>
+        <v>103</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="G340" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H340" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I340" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J340" s="1">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="K340" s="1" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="L340" s="1" t="s">
-        <v>117</v>
+        <v>81</v>
       </c>
       <c r="M340" s="1" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-    <row r="341" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>102</v>
+      </c>
+      <c r="N340" s="6"/>
+    </row>
+    <row r="341" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A341" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="C341" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E341" s="1" t="s">
-        <v>134</v>
+        <v>103</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>34</v>
+        <v>102</v>
       </c>
       <c r="G341" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H341" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I341" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J341" s="1">
+        <v>3</v>
+      </c>
+      <c r="K341" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="L341" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="M341" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="N341" s="6"/>
+    </row>
+    <row r="342" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A342" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C342" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="K341" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="D342" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E342" s="1" t="s">
-        <v>137</v>
+        <v>104</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>126</v>
+        <v>75</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H342" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="I342" s="1" t="s">
-        <v>18</v>
+      <c r="I342" s="1">
+        <v>4</v>
       </c>
       <c r="J342" s="1">
-        <v>259</v>
+        <v>16</v>
       </c>
       <c r="K342" s="1" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="L342" s="1" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="M342" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="343" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="N342" s="6"/>
+    </row>
+    <row r="343" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A343" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C343" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>105</v>
+        <v>11</v>
       </c>
       <c r="E343" s="1" t="s">
-        <v>138</v>
+        <v>104</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>126</v>
+        <v>75</v>
       </c>
       <c r="G343" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H343" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I343" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J343" s="1">
-        <v>121</v>
+        <v>3</v>
       </c>
       <c r="K343" s="1" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="L343" s="1" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="M343" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="344" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="N343" s="6"/>
+    </row>
+    <row r="344" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A344" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B344" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C344" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E344" s="1" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G344" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H344" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I344" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J344" s="1">
-        <v>150</v>
+        <v>8</v>
       </c>
       <c r="K344" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L344" s="1" t="s">
         <v>123</v>
       </c>
       <c r="M344" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="N344" s="19"/>
-[...1 lines deleted...]
-    <row r="345" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N344" s="6"/>
+    </row>
+    <row r="345" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A345" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C345" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B345" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C345" s="7" t="s">
         <v>130</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E345" s="1" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G345" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H345" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I345" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J345" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="K345" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L345" s="1" t="s">
         <v>123</v>
       </c>
       <c r="M345" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="N345" s="3"/>
-[...1 lines deleted...]
-    <row r="346" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N345" s="6"/>
+    </row>
+    <row r="346" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A346" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B346" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E346" s="1" t="s">
-        <v>148</v>
+        <v>134</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G346" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H346" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I346" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J346" s="1">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="K346" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L346" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M346" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="N346" s="19"/>
-[...1 lines deleted...]
-    <row r="347" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N346" s="6"/>
+    </row>
+    <row r="347" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A347" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>130</v>
+        <v>97</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>105</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>152</v>
+        <v>137</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G347" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H347" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I347" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J347" s="1">
-        <v>150</v>
+        <v>229</v>
       </c>
       <c r="K347" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L347" s="1" t="s">
         <v>123</v>
       </c>
       <c r="M347" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="N347" s="19"/>
-[...1 lines deleted...]
-    <row r="348" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N347" s="6"/>
+    </row>
+    <row r="348" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A348" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>169</v>
+        <v>137</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>170</v>
+        <v>126</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H348" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I348" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J348" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="K348" s="1" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="L348" s="1" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="M348" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="349" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N348" s="6"/>
+    </row>
+    <row r="349" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A349" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B349" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E349" s="1" t="s">
-        <v>169</v>
+        <v>138</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>170</v>
+        <v>126</v>
       </c>
       <c r="G349" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H349" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J349" s="1">
-        <v>4</v>
+        <v>121</v>
       </c>
       <c r="K349" s="1" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="L349" s="1" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="M349" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="350" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N349" s="6"/>
+    </row>
+    <row r="350" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A350" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="C350" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C350" s="7" t="s">
         <v>130</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>174</v>
+        <v>139</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>14</v>
+        <v>126</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H350" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I350" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J350" s="1">
-        <v>18</v>
+        <v>150</v>
       </c>
       <c r="K350" s="1" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="L350" s="1" t="s">
-        <v>13</v>
+        <v>123</v>
       </c>
       <c r="M350" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="351" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N350" s="6"/>
+    </row>
+    <row r="351" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A351" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>588</v>
+      </c>
+      <c r="B351" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C351" s="7" t="s">
+        <v>130</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>175</v>
+        <v>140</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>28</v>
+        <v>126</v>
       </c>
       <c r="G351" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H351" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I351" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J351" s="1">
-        <v>26</v>
+        <v>180</v>
       </c>
       <c r="K351" s="1" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="L351" s="1" t="s">
-        <v>30</v>
+        <v>123</v>
       </c>
       <c r="M351" s="1" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-    <row r="352" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>124</v>
+      </c>
+      <c r="N351" s="6"/>
+    </row>
+    <row r="352" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A352" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B352" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="E352" s="1" t="s">
-        <v>175</v>
+        <v>148</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H352" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I352" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J352" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="K352" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="L352" s="1" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="M352" s="1" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-    <row r="353" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N352" s="6"/>
+    </row>
+    <row r="353" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A353" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C353" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E353" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="F353" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H353" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I353" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J353" s="1">
+        <v>150</v>
+      </c>
+      <c r="K353" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L353" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M353" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="N353" s="6"/>
+    </row>
+    <row r="354" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A354" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C354" s="1" t="s">
         <v>46</v>
-      </c>
-[...40 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>34</v>
+        <v>170</v>
       </c>
       <c r="G354" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H354" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J354" s="1">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="K354" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L354" s="1" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="M354" s="1" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-    <row r="355" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N354" s="6"/>
+    </row>
+    <row r="355" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A355" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B355" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>180</v>
+        <v>169</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>181</v>
+        <v>170</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H355" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I355" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J355" s="1">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="K355" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L355" s="1" t="s">
         <v>13</v>
       </c>
       <c r="M355" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="N355" s="3"/>
-[...1 lines deleted...]
-    <row r="356" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N355" s="6"/>
+    </row>
+    <row r="356" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A356" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>46</v>
+        <v>130</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H356" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I356" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J356" s="1">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="K356" s="1" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="L356" s="1" t="s">
-        <v>86</v>
+        <v>13</v>
       </c>
       <c r="M356" s="1" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-    <row r="357" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N356" s="6"/>
+    </row>
+    <row r="357" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A357" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H357" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I357" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J357" s="1">
         <v>26</v>
       </c>
-      <c r="I357" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K357" s="1" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="L357" s="1" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="M357" s="1" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-    <row r="358" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>28</v>
+      </c>
+      <c r="N357" s="6"/>
+    </row>
+    <row r="358" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A358" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H358" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I358" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J358" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="K358" s="1" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="L358" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="M358" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="359" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>28</v>
+      </c>
+      <c r="N358" s="6"/>
+    </row>
+    <row r="359" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A359" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B359" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C359" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>189</v>
+        <v>177</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>190</v>
+        <v>178</v>
       </c>
       <c r="G359" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H359" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I359" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J359" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K359" s="1" t="s">
-        <v>122</v>
+        <v>43</v>
       </c>
       <c r="L359" s="1" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="M359" s="1" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-    <row r="360" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N359" s="6"/>
+    </row>
+    <row r="360" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A360" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>190</v>
+        <v>34</v>
       </c>
       <c r="G360" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H360" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I360" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J360" s="1">
-        <v>1</v>
+        <v>92</v>
       </c>
       <c r="K360" s="1" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L360" s="1" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="M360" s="1" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-    <row r="361" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N360" s="6"/>
+    </row>
+    <row r="361" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A361" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B361" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C361" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="G361" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H361" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I361" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J361" s="1">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="K361" s="1" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="L361" s="1" t="s">
-        <v>123</v>
+        <v>13</v>
       </c>
       <c r="M361" s="1" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-    <row r="362" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N361" s="6"/>
+    </row>
+    <row r="362" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A362" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B362" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B362" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C362" s="4" t="s">
+      <c r="C362" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E362" s="1" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>121</v>
+        <v>85</v>
       </c>
       <c r="G362" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H362" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I362" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J362" s="1">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="K362" s="1" t="s">
-        <v>122</v>
+        <v>58</v>
       </c>
       <c r="L362" s="1" t="s">
-        <v>123</v>
+        <v>86</v>
       </c>
       <c r="M362" s="1" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-    <row r="363" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>87</v>
+      </c>
+      <c r="N362" s="6"/>
+    </row>
+    <row r="363" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A363" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C363" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E363" s="1" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="G363" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H363" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I363" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J363" s="1">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="K363" s="1" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="L363" s="1" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="M363" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="364" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>87</v>
+      </c>
+      <c r="N363" s="6"/>
+    </row>
+    <row r="364" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A364" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C364" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G364" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H364" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I364" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J364" s="1">
-        <v>64</v>
+        <v>5</v>
       </c>
       <c r="K364" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L364" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="M364" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="365" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N364" s="9"/>
+    </row>
+    <row r="365" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A365" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D365" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E365" s="1" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="G365" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H365" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I365" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J365" s="1">
+        <v>13</v>
+      </c>
+      <c r="K365" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L365" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="M365" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="N365" s="6"/>
+    </row>
+    <row r="366" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A366" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B366" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="K365" s="1" t="s">
-[...14 lines deleted...]
-      <c r="B366" s="4" t="s">
+      <c r="C366" s="1" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="G366" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H366" s="1" t="s">
-        <v>197</v>
+        <v>26</v>
       </c>
       <c r="I366" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J366" s="1">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="K366" s="1" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="L366" s="1" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="M366" s="1" t="s">
-        <v>42</v>
-[...60 lines deleted...]
-    <row r="367" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>188</v>
+      </c>
+      <c r="N366" s="6"/>
+    </row>
+    <row r="367" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A367" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B367" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B367" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C367" s="7" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>178</v>
+        <v>121</v>
       </c>
       <c r="G367" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H367" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I367" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J367" s="1">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="K367" s="1" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="L367" s="1" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
       <c r="M367" s="1" t="s">
-        <v>42</v>
-[...60 lines deleted...]
-    <row r="368" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>188</v>
+      </c>
+      <c r="N367" s="8"/>
+    </row>
+    <row r="368" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A368" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B368" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B368" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C368" s="4" t="s">
-        <v>41</v>
+      <c r="C368" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="D368" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>65</v>
+        <v>121</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H368" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I368" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J368" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="K368" s="1" t="s">
-        <v>36</v>
+        <v>122</v>
       </c>
       <c r="L368" s="1" t="s">
-        <v>66</v>
+        <v>123</v>
       </c>
       <c r="M368" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="369" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>188</v>
+      </c>
+      <c r="N368" s="8"/>
+    </row>
+    <row r="369" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A369" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C369" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B369" s="1" t="s">
         <v>33</v>
+      </c>
+      <c r="C369" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D369" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>171</v>
+        <v>192</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>76</v>
+        <v>92</v>
       </c>
       <c r="G369" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H369" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I369" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J369" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="K369" s="1" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="L369" s="1" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="M369" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="370" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="N369" s="6"/>
+    </row>
+    <row r="370" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A370" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>588</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D370" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E370" s="1" t="s">
-        <v>205</v>
+        <v>193</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>206</v>
+        <v>34</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>207</v>
+        <v>40</v>
       </c>
       <c r="H370" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I370" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J370" s="1">
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="K370" s="1" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="L370" s="1" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="M370" s="1" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-    <row r="371" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N370" s="6"/>
+    </row>
+    <row r="371" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A371" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B371" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B371" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C371" s="4" t="s">
+      <c r="C371" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E371" s="1" t="s">
-        <v>208</v>
+        <v>194</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>14</v>
+        <v>195</v>
       </c>
       <c r="G371" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H371" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I371" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J371" s="1">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="K371" s="1" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="L371" s="1" t="s">
-        <v>13</v>
+        <v>117</v>
       </c>
       <c r="M371" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="372" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>131</v>
+      </c>
+      <c r="N371" s="6"/>
+    </row>
+    <row r="372" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A372" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C372" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B372" s="7" t="s">
         <v>46</v>
+      </c>
+      <c r="C372" s="7" t="s">
+        <v>41</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>54</v>
+        <v>178</v>
       </c>
       <c r="G372" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H372" s="1" t="s">
-        <v>17</v>
+        <v>197</v>
       </c>
       <c r="I372" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J372" s="1">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="K372" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L372" s="1" t="s">
         <v>44</v>
       </c>
       <c r="M372" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="373" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N372" s="6"/>
+    </row>
+    <row r="373" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A373" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C373" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B373" s="7" t="s">
         <v>46</v>
+      </c>
+      <c r="C373" s="7" t="s">
+        <v>41</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>54</v>
+        <v>178</v>
       </c>
       <c r="G373" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H373" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I373" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J373" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K373" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L373" s="1" t="s">
         <v>44</v>
       </c>
       <c r="M373" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="374" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N373" s="6"/>
+    </row>
+    <row r="374" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A374" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B374" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B374" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C374" s="7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E374" s="1" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>162</v>
+        <v>65</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H374" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I374" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J374" s="1">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="K374" s="1" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="L374" s="1" t="s">
-        <v>86</v>
+        <v>66</v>
       </c>
       <c r="M374" s="1" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-    <row r="375" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N374" s="6"/>
+    </row>
+    <row r="375" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A375" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B375" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B375" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C375" s="7" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E375" s="1" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>185</v>
+        <v>76</v>
       </c>
       <c r="G375" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H375" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I375" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J375" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K375" s="1" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="L375" s="1" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="M375" s="1" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-    <row r="376" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>76</v>
+      </c>
+      <c r="N375" s="6"/>
+    </row>
+    <row r="376" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A376" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>588</v>
+      </c>
+      <c r="B376" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C376" s="7" t="s">
+        <v>20</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E376" s="1" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>185</v>
+        <v>206</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>40</v>
+        <v>207</v>
       </c>
       <c r="H376" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J376" s="1">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="K376" s="1" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="L376" s="1" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="M376" s="1" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-    <row r="377" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>168</v>
+      </c>
+      <c r="N376" s="6"/>
+    </row>
+    <row r="377" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A377" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B377" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B377" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C377" s="4" t="s">
+      <c r="C377" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E377" s="1" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>185</v>
+        <v>14</v>
       </c>
       <c r="G377" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H377" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J377" s="1">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="K377" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="L377" s="1" t="s">
-        <v>72</v>
+        <v>13</v>
       </c>
       <c r="M377" s="1" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-    <row r="378" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N377" s="9"/>
+    </row>
+    <row r="378" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A378" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B378" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B378" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C378" s="4" t="s">
+      <c r="C378" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E378" s="1" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>214</v>
+        <v>54</v>
       </c>
       <c r="G378" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H378" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I378" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J378" s="1">
-        <v>21</v>
+        <v>65</v>
       </c>
       <c r="K378" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="L378" s="1" t="s">
-        <v>66</v>
+        <v>44</v>
       </c>
       <c r="M378" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="379" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>56</v>
+      </c>
+      <c r="N378" s="9"/>
+    </row>
+    <row r="379" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A379" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B379" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B379" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C379" s="7" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E379" s="1" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>216</v>
+        <v>54</v>
       </c>
       <c r="G379" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H379" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I379" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J379" s="1">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="K379" s="1" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="L379" s="1" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="M379" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="380" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>56</v>
+      </c>
+      <c r="N379" s="6"/>
+    </row>
+    <row r="380" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A380" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C380" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B380" s="1" t="s">
         <v>41</v>
+      </c>
+      <c r="C380" s="7" t="s">
+        <v>97</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E380" s="1" t="s">
-        <v>217</v>
+        <v>210</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>218</v>
+        <v>162</v>
       </c>
       <c r="G380" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H380" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J380" s="1">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K380" s="1" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="L380" s="1" t="s">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="M380" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-    <row r="381" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>162</v>
+      </c>
+      <c r="N380" s="6"/>
+    </row>
+    <row r="381" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A381" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B381" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B381" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C381" s="7" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E381" s="1" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>220</v>
+        <v>185</v>
       </c>
       <c r="G381" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H381" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>49</v>
+        <v>212</v>
       </c>
       <c r="J381" s="1">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="K381" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L381" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M381" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="382" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N381" s="6"/>
+    </row>
+    <row r="382" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A382" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B382" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B382" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C382" s="7" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E382" s="1" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>222</v>
+        <v>185</v>
       </c>
       <c r="G382" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H382" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I382" s="1" t="s">
-        <v>49</v>
+        <v>212</v>
       </c>
       <c r="J382" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="K382" s="1" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="L382" s="1" t="s">
-        <v>117</v>
+        <v>72</v>
       </c>
       <c r="M382" s="1" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-    <row r="383" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N382" s="6"/>
+    </row>
+    <row r="383" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A383" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C383" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B383" s="7" t="s">
         <v>33</v>
+      </c>
+      <c r="C383" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="D383" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E383" s="1" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
       <c r="F383" s="1" t="s">
-        <v>28</v>
+        <v>185</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H383" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I383" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J383" s="1">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="K383" s="1" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="L383" s="1" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="M383" s="1" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-    <row r="384" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N383" s="6"/>
+    </row>
+    <row r="384" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A384" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B384" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B384" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C384" s="7" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E384" s="1" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>214</v>
       </c>
       <c r="G384" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I384" s="1" t="s">
         <v>212</v>
       </c>
       <c r="J384" s="1">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="K384" s="1" t="s">
         <v>36</v>
       </c>
       <c r="L384" s="1" t="s">
         <v>66</v>
       </c>
       <c r="M384" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="N384" s="3"/>
-[...1 lines deleted...]
-    <row r="385" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N384" s="6"/>
+    </row>
+    <row r="385" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A385" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B385" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B385" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="C385" s="4" t="s">
+      <c r="C385" s="7" t="s">
         <v>41</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E385" s="1" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="G385" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H385" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I385" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J385" s="1">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="K385" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="L385" s="1" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="M385" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="386" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N385" s="6"/>
+    </row>
+    <row r="386" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A386" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B386" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B386" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C386" s="7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E386" s="1" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="G386" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H386" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I386" s="1" t="s">
         <v>212</v>
       </c>
       <c r="J386" s="1">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="K386" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L386" s="1" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="M386" s="1" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-    <row r="387" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N386" s="6"/>
+    </row>
+    <row r="387" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A387" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B387" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B387" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C387" s="7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D387" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>228</v>
+        <v>219</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="G387" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H387" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>212</v>
+        <v>49</v>
       </c>
       <c r="J387" s="1">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="K387" s="1" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="L387" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M387" s="1" t="s">
-        <v>227</v>
-[...3 lines deleted...]
-    <row r="388" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N387" s="6"/>
+    </row>
+    <row r="388" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A388" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B388" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B388" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="C388" s="4" t="s">
+      <c r="C388" s="7" t="s">
         <v>41</v>
       </c>
       <c r="D388" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E388" s="1" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>115</v>
+        <v>222</v>
       </c>
       <c r="G388" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H388" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>212</v>
+        <v>49</v>
       </c>
       <c r="J388" s="1">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="K388" s="1" t="s">
-        <v>116</v>
+        <v>29</v>
       </c>
       <c r="L388" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M388" s="1" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-    <row r="389" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>131</v>
+      </c>
+      <c r="N388" s="9"/>
+    </row>
+    <row r="389" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A389" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B389" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B389" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="C389" s="4" t="s">
+      <c r="C389" s="7" t="s">
         <v>41</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E389" s="1" t="s">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="G389" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H389" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I389" s="1" t="s">
-        <v>49</v>
+        <v>212</v>
       </c>
       <c r="J389" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K389" s="1" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="L389" s="1" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="M389" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="390" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N389" s="6"/>
+    </row>
+    <row r="390" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A390" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B390" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B390" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="C390" s="4" t="s">
+      <c r="C390" s="7" t="s">
         <v>41</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="E390" s="16" t="s">
-        <v>231</v>
+      <c r="E390" s="1" t="s">
+        <v>225</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="G390" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H390" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I390" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J390" s="1">
+        <v>40</v>
+      </c>
+      <c r="K390" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L390" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M390" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N390" s="6"/>
+    </row>
+    <row r="391" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A391" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B391" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C391" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E391" s="22" t="s">
+        <v>228</v>
+      </c>
+      <c r="F391" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H391" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I391" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="J391" s="1">
+        <v>8</v>
+      </c>
+      <c r="K391" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="L391" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M391" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="N391" s="6"/>
+    </row>
+    <row r="392" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A392" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B392" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C392" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E392" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="F392" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H392" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I392" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="J392" s="1">
         <v>1</v>
       </c>
-      <c r="K390" s="1" t="s">
-[...5 lines deleted...]
-      <c r="M390" s="1" t="s">
+      <c r="K392" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="L392" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M392" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="N392" s="6"/>
+    </row>
+    <row r="393" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A393" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B393" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C393" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E393" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="F393" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H393" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I393" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="J393" s="1">
         <v>14</v>
       </c>
-      <c r="N390" s="3"/>
-[...229 lines deleted...]
-      </c>
       <c r="K393" s="1" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="L393" s="1" t="s">
-        <v>72</v>
+        <v>116</v>
       </c>
       <c r="M393" s="1" t="s">
-        <v>71</v>
-[...60 lines deleted...]
-    <row r="394" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>115</v>
+      </c>
+      <c r="N393" s="6"/>
+    </row>
+    <row r="394" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A394" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C394" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B394" s="7" t="s">
         <v>46</v>
       </c>
+      <c r="C394" s="7" t="s">
+        <v>41</v>
+      </c>
       <c r="D394" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E394" s="1" t="s">
-        <v>246</v>
+        <v>231</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>247</v>
+        <v>232</v>
       </c>
       <c r="G394" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H394" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I394" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J394" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="K394" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L394" s="1" t="s">
         <v>59</v>
       </c>
       <c r="M394" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="395" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N394" s="6"/>
+    </row>
+    <row r="395" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A395" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C395" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B395" s="7" t="s">
         <v>46</v>
       </c>
+      <c r="C395" s="7" t="s">
+        <v>41</v>
+      </c>
       <c r="D395" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E395" s="1" t="s">
-        <v>246</v>
+        <v>231</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>247</v>
+        <v>232</v>
       </c>
       <c r="G395" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H395" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I395" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J395" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K395" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L395" s="1" t="s">
         <v>59</v>
       </c>
       <c r="M395" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="396" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N395" s="6"/>
+    </row>
+    <row r="396" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A396" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>97</v>
+        <v>46</v>
       </c>
       <c r="D396" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E396" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="E396" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F396" s="1" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G396" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H396" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I396" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J396" s="1">
+        <v>20</v>
+      </c>
+      <c r="K396" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L396" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M396" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N396" s="6"/>
+    </row>
+    <row r="397" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A397" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E397" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="F397" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H397" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I396" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="I397" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J397" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K397" s="1" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L397" s="1" t="s">
-        <v>123</v>
+        <v>61</v>
       </c>
       <c r="M397" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="398" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N397" s="6"/>
+    </row>
+    <row r="398" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A398" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C398" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>233</v>
+        <v>158</v>
       </c>
       <c r="E398" s="1" t="s">
-        <v>250</v>
+        <v>234</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>251</v>
+        <v>34</v>
       </c>
       <c r="G398" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H398" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I398" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J398" s="1">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="K398" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L398" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="M398" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="399" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N398" s="6"/>
+    </row>
+    <row r="399" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A399" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C399" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E399" s="1" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="G399" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H399" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I399" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J399" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="K399" s="1" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="L399" s="1" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="M399" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="400" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N399" s="6"/>
+    </row>
+    <row r="400" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A400" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B400" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C400" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E400" s="1" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H400" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I400" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J400" s="1">
-        <v>52</v>
+        <v>3</v>
       </c>
       <c r="K400" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="L400" s="1" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="M400" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="401" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N400" s="6"/>
+    </row>
+    <row r="401" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A401" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B401" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E401" s="1" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H401" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I401" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J401" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K401" s="1" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="L401" s="1" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="M401" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="402" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N401" s="6"/>
+    </row>
+    <row r="402" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A402" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E402" s="1" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>71</v>
+        <v>250</v>
       </c>
       <c r="G402" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H402" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I402" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J402" s="1">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="K402" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="L402" s="1" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="M402" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="403" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="N402" s="6"/>
+    </row>
+    <row r="403" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A403" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B403" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E403" s="1" t="s">
-        <v>52</v>
+        <v>249</v>
       </c>
       <c r="F403" s="1" t="s">
-        <v>182</v>
+        <v>250</v>
       </c>
       <c r="G403" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H403" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I403" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J403" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="K403" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L403" s="1" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="M403" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="404" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="N403" s="6"/>
+    </row>
+    <row r="404" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A404" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>263</v>
+        <v>251</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>264</v>
+        <v>126</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H404" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I404" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J404" s="1">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="K404" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L404" s="1" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="M404" s="1" t="s">
-        <v>141</v>
-[...60 lines deleted...]
-    <row r="405" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N404" s="6"/>
+    </row>
+    <row r="405" spans="1:14" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A405" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E405" s="1" t="s">
-        <v>263</v>
+        <v>251</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>264</v>
+        <v>126</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H405" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I405" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J405" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K405" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L405" s="1" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="M405" s="1" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-    <row r="406" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N405" s="9"/>
+    </row>
+    <row r="406" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A406" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C406" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E406" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="F406" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H406" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I406" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J406" s="1">
+        <v>18</v>
+      </c>
+      <c r="K406" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L406" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="M406" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N406" s="6"/>
+    </row>
+    <row r="407" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A407" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B407" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D406" s="1" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="C407" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E407" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="F407" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H407" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I407" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J407" s="1">
+        <v>2</v>
+      </c>
+      <c r="K407" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L407" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="M407" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N407" s="6"/>
+    </row>
+    <row r="408" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A408" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B408" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D407" s="1" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="C408" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E408" s="1" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="G408" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H408" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I408" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J408" s="1">
-        <v>2</v>
+        <v>52</v>
       </c>
       <c r="K408" s="1" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="L408" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="M408" s="1" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-    <row r="409" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N408" s="6"/>
+    </row>
+    <row r="409" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A409" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E409" s="1" t="s">
-        <v>280</v>
+        <v>255</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>281</v>
+        <v>256</v>
       </c>
       <c r="G409" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H409" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J409" s="1">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="K409" s="1" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="L409" s="1" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="M409" s="1" t="s">
-        <v>42</v>
-[...60 lines deleted...]
-    <row r="410" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N409" s="6"/>
+    </row>
+    <row r="410" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A410" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B410" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C410" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C410" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D410" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E410" s="1" t="s">
-        <v>280</v>
+        <v>52</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>281</v>
+        <v>182</v>
       </c>
       <c r="G410" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H410" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I410" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J410" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K410" s="1" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="L410" s="1" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="M410" s="1" t="s">
-        <v>42</v>
-[...60 lines deleted...]
-    <row r="411" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N410" s="6"/>
+    </row>
+    <row r="411" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A411" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C411" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E411" s="1" t="s">
-        <v>287</v>
+        <v>265</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>54</v>
+        <v>266</v>
       </c>
       <c r="G411" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H411" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J411" s="1">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="K411" s="1" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="L411" s="1" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="M411" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="412" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>141</v>
+      </c>
+      <c r="N411" s="6"/>
+    </row>
+    <row r="412" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A412" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C412" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>267</v>
+        <v>235</v>
       </c>
       <c r="E412" s="1" t="s">
-        <v>287</v>
+        <v>265</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>54</v>
+        <v>266</v>
       </c>
       <c r="G412" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H412" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J412" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K412" s="1" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="L412" s="1" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="M412" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="413" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>141</v>
+      </c>
+      <c r="N412" s="9"/>
+    </row>
+    <row r="413" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A413" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B413" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C413" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C413" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D413" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E413" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="E413" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F413" s="1" t="s">
-        <v>54</v>
+        <v>268</v>
       </c>
       <c r="G413" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H413" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I413" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="J413" s="7">
+        <v>49</v>
+      </c>
+      <c r="J413" s="1">
+        <v>15</v>
+      </c>
+      <c r="K413" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L413" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="M413" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="N413" s="9"/>
+    </row>
+    <row r="414" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A414" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B414" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="K413" s="1" t="s">
-[...48 lines deleted...]
-      <c r="B414" s="1" t="s">
+      <c r="C414" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C414" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D414" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E414" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="E414" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F414" s="1" t="s">
-        <v>241</v>
+        <v>268</v>
       </c>
       <c r="G414" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H414" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J414" s="1">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="K414" s="1" t="s">
-        <v>74</v>
+        <v>122</v>
       </c>
       <c r="L414" s="1" t="s">
-        <v>240</v>
+        <v>30</v>
       </c>
       <c r="M414" s="1" t="s">
-        <v>241</v>
-[...3 lines deleted...]
-    <row r="415" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>188</v>
+      </c>
+      <c r="N414" s="9"/>
+    </row>
+    <row r="415" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A415" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B415" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D415" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E415" s="1" t="s">
         <v>267</v>
       </c>
-      <c r="E415" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F415" s="1" t="s">
-        <v>34</v>
+        <v>268</v>
       </c>
       <c r="G415" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H415" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J415" s="1">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="K415" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L415" s="1" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="M415" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="416" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>188</v>
+      </c>
+      <c r="N415" s="9"/>
+    </row>
+    <row r="416" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A416" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B416" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C416" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E416" s="1" t="s">
-        <v>299</v>
+        <v>282</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>34</v>
+        <v>283</v>
       </c>
       <c r="G416" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H416" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I416" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J416" s="1">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="K416" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L416" s="1" t="s">
-        <v>109</v>
+        <v>44</v>
       </c>
       <c r="M416" s="1" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-    <row r="417" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N416" s="9"/>
+    </row>
+    <row r="417" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A417" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E417" s="1" t="s">
-        <v>303</v>
+        <v>282</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>34</v>
+        <v>283</v>
       </c>
       <c r="G417" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H417" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I417" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J417" s="1">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="K417" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L417" s="1" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="M417" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="418" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N417" s="6"/>
+    </row>
+    <row r="418" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A418" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B418" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E418" s="1" t="s">
-        <v>304</v>
+        <v>287</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>91</v>
+        <v>40</v>
       </c>
       <c r="H418" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I418" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J418" s="1">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="K418" s="1" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="L418" s="1" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="M418" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="419" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>56</v>
+      </c>
+      <c r="N418" s="6"/>
+    </row>
+    <row r="419" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A419" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B419" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E419" s="1" t="s">
-        <v>304</v>
+        <v>287</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>91</v>
+        <v>40</v>
       </c>
       <c r="H419" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I419" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J419" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K419" s="1" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="L419" s="1" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="M419" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="420" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>56</v>
+      </c>
+      <c r="N419" s="6"/>
+    </row>
+    <row r="420" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A420" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E420" s="1" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="G420" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H420" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I420" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J420" s="1">
-        <v>26</v>
+      <c r="J420" s="10">
+        <v>20</v>
       </c>
       <c r="K420" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L420" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="M420" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="421" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>290</v>
+      </c>
+      <c r="N420" s="6"/>
+    </row>
+    <row r="421" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A421" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B421" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>306</v>
+        <v>292</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>76</v>
+        <v>244</v>
       </c>
       <c r="G421" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H421" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I421" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J421" s="1">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="K421" s="1" t="s">
         <v>74</v>
       </c>
       <c r="L421" s="1" t="s">
-        <v>75</v>
+        <v>243</v>
       </c>
       <c r="M421" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="422" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>244</v>
+      </c>
+      <c r="N421" s="6"/>
+    </row>
+    <row r="422" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A422" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E422" s="1" t="s">
-        <v>306</v>
+        <v>293</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="G422" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H422" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I422" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J422" s="1">
+        <v>20</v>
+      </c>
+      <c r="K422" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L422" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M422" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="N422" s="6"/>
+    </row>
+    <row r="423" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A423" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E423" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="F423" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H423" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I423" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J423" s="1">
+        <v>31</v>
+      </c>
+      <c r="K423" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L423" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M423" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="N423" s="6"/>
+    </row>
+    <row r="424" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A424" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E424" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="F424" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H424" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I424" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J424" s="1">
+        <v>29</v>
+      </c>
+      <c r="K424" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L424" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M424" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N424" s="6"/>
+    </row>
+    <row r="425" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A425" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E425" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="F425" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H425" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I425" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J425" s="1">
+        <v>13</v>
+      </c>
+      <c r="K425" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L425" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M425" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="N425" s="6"/>
+    </row>
+    <row r="426" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A426" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E426" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="F426" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H426" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I422" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J422" s="1">
+      <c r="I426" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J426" s="1">
+        <v>1</v>
+      </c>
+      <c r="K426" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L426" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M426" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="N426" s="6"/>
+    </row>
+    <row r="427" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A427" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E427" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="F427" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H427" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I427" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J427" s="1">
+        <v>62</v>
+      </c>
+      <c r="K427" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L427" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="M427" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="N427" s="6"/>
+    </row>
+    <row r="428" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A428" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B428" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E428" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="F428" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H428" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I428" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J428" s="1">
         <v>4</v>
       </c>
-      <c r="K422" s="1" t="s">
+      <c r="K428" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="L422" s="1" t="s">
+      <c r="L428" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="M422" s="1" t="s">
+      <c r="M428" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="N422" s="3"/>
-[...5 lines deleted...]
-      <c r="B423" s="4" t="s">
+      <c r="N428" s="9"/>
+    </row>
+    <row r="429" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A429" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B429" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C423" s="4" t="s">
+      <c r="C429" s="7" t="s">
         <v>130</v>
       </c>
-      <c r="D423" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F423" s="1" t="s">
+      <c r="D429" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E429" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="F429" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="G423" s="1" t="s">
-[...8 lines deleted...]
-      <c r="J423" s="1">
+      <c r="G429" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H429" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I429" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J429" s="1">
         <v>159</v>
       </c>
-      <c r="K423" s="1" t="s">
+      <c r="K429" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="L423" s="1" t="s">
+      <c r="L429" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="M423" s="1" t="s">
+      <c r="M429" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="N423" s="19"/>
-[...5 lines deleted...]
-      <c r="B424" s="4" t="s">
+      <c r="N429" s="9"/>
+    </row>
+    <row r="430" spans="1:14" s="4" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A430" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B430" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C424" s="4" t="s">
+      <c r="C430" s="7" t="s">
         <v>130</v>
       </c>
-      <c r="D424" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F424" s="1" t="s">
+      <c r="D430" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E430" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="F430" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="G424" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H424" s="1" t="s">
+      <c r="G430" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H430" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I424" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J424" s="1">
+      <c r="I430" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J430" s="1">
         <v>20</v>
       </c>
-      <c r="K424" s="1" t="s">
+      <c r="K430" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="L424" s="1" t="s">
+      <c r="L430" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="M424" s="1" t="s">
+      <c r="M430" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="N424" s="19"/>
-[...5 lines deleted...]
-      <c r="B425" s="4" t="s">
+      <c r="N430" s="15"/>
+    </row>
+    <row r="431" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A431" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B431" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C425" s="4" t="s">
+      <c r="C431" s="7" t="s">
         <v>130</v>
       </c>
-      <c r="D425" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F425" s="1" t="s">
+      <c r="D431" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E431" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="F431" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="G425" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H425" s="1" t="s">
+      <c r="G431" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H431" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I425" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J425" s="1">
+      <c r="I431" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J431" s="1">
         <v>21</v>
       </c>
-      <c r="K425" s="1" t="s">
+      <c r="K431" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="L425" s="1" t="s">
+      <c r="L431" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="M425" s="1" t="s">
+      <c r="M431" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="N425" s="19"/>
-[...5 lines deleted...]
-      <c r="B426" s="4" t="s">
+      <c r="N431" s="8"/>
+    </row>
+    <row r="432" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A432" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B432" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C426" s="4" t="s">
+      <c r="C432" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="D426" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F426" s="1" t="s">
+      <c r="D432" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E432" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F432" s="1" t="s">
         <v>28</v>
-      </c>
-[...364 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G432" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H432" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I432" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J432" s="1">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="K432" s="1" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="L432" s="1" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="M432" s="1" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-    <row r="433" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>28</v>
+      </c>
+      <c r="N432" s="6"/>
+    </row>
+    <row r="433" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A433" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E433" s="1" t="s">
-        <v>391</v>
+        <v>316</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>218</v>
+        <v>115</v>
       </c>
       <c r="G433" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H433" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I433" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J433" s="1">
+        <v>1</v>
+      </c>
+      <c r="K433" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L433" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="M433" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="N433" s="6"/>
+    </row>
+    <row r="434" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A434" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E434" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="F434" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H434" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="I434" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="J434" s="1">
+        <v>14</v>
+      </c>
+      <c r="K434" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L434" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M434" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N434" s="6"/>
+    </row>
+    <row r="435" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A435" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B435" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C435" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D435" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E435" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="F435" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H435" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="I435" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="J435" s="1">
+        <v>4</v>
+      </c>
+      <c r="K435" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L435" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M435" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N435" s="6"/>
+    </row>
+    <row r="436" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A436" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B436" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C436" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D436" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E436" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="F436" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="G436" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H433" s="1" t="s">
-[...124 lines deleted...]
-      </c>
       <c r="H436" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I436" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J436" s="1">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="K436" s="1" t="s">
-        <v>43</v>
+        <v>116</v>
       </c>
       <c r="L436" s="1" t="s">
-        <v>55</v>
+        <v>116</v>
       </c>
       <c r="M436" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="437" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>149</v>
+      </c>
+      <c r="N436" s="6"/>
+    </row>
+    <row r="437" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A437" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E437" s="1" t="s">
-        <v>397</v>
+        <v>327</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>54</v>
+        <v>34</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H437" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I437" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J437" s="1">
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="K437" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L437" s="1" t="s">
-        <v>55</v>
+        <v>109</v>
       </c>
       <c r="M437" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="438" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N437" s="6"/>
+    </row>
+    <row r="438" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A438" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B438" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C438" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="C438" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D438" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E438" s="1" t="s">
-        <v>398</v>
+        <v>328</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="G438" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H438" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I438" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J438" s="1">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="K438" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L438" s="1" t="s">
-        <v>37</v>
+        <v>72</v>
       </c>
       <c r="M438" s="1" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-    <row r="439" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>141</v>
+      </c>
+      <c r="N438" s="6"/>
+    </row>
+    <row r="439" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A439" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>269</v>
+      </c>
+      <c r="E439" s="1" t="s">
+        <v>390</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>34</v>
+        <v>218</v>
       </c>
       <c r="G439" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H439" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I439" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J439" s="1">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="K439" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="L439" s="1" t="s">
-        <v>109</v>
+        <v>66</v>
       </c>
       <c r="M439" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-    <row r="440" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N439" s="6"/>
+    </row>
+    <row r="440" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A440" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>269</v>
+      </c>
+      <c r="E440" s="1" t="s">
+        <v>391</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>34</v>
+        <v>320</v>
       </c>
       <c r="G440" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H440" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I440" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J440" s="1">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="K440" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L440" s="1" t="s">
-        <v>109</v>
+        <v>44</v>
       </c>
       <c r="M440" s="1" t="s">
-        <v>110</v>
-[...60 lines deleted...]
-    <row r="441" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>56</v>
+      </c>
+      <c r="N440" s="15"/>
+    </row>
+    <row r="441" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A441" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C441" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>269</v>
+      </c>
+      <c r="E441" s="1" t="s">
+        <v>395</v>
       </c>
       <c r="F441" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H441" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I441" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J441" s="1">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="K441" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L441" s="1" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="M441" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-    <row r="442" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N441" s="6"/>
+    </row>
+    <row r="442" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A442" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C442" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>331</v>
+        <v>269</v>
       </c>
       <c r="E442" s="1" t="s">
-        <v>340</v>
+        <v>396</v>
       </c>
       <c r="F442" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G442" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H442" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I442" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J442" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="K442" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L442" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M442" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="N442" s="14"/>
-[...24 lines deleted...]
-    <row r="443" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N442" s="6"/>
+    </row>
+    <row r="443" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A443" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C443" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>331</v>
+        <v>269</v>
       </c>
       <c r="E443" s="1" t="s">
-        <v>340</v>
+        <v>396</v>
       </c>
       <c r="F443" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G443" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H443" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I443" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J443" s="1">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="K443" s="1" t="s">
         <v>43</v>
       </c>
       <c r="L443" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M443" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="N443" s="14"/>
-[...24 lines deleted...]
-    <row r="444" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N443" s="6"/>
+    </row>
+    <row r="444" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A444" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B444" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C444" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D444" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="E444" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="F444" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H444" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I444" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J444" s="1">
+        <v>30</v>
+      </c>
+      <c r="K444" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L444" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="M444" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N444" s="6"/>
+    </row>
+    <row r="445" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A445" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B445" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C444" s="1" t="s">
+      <c r="C445" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="D444" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F444" s="1" t="s">
+      <c r="D445" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E445" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="F445" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="G444" s="1" t="s">
-[...11 lines deleted...]
-      <c r="K444" s="1" t="s">
+      <c r="G445" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H445" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I445" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J445" s="1">
+        <v>10</v>
+      </c>
+      <c r="K445" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="L444" s="1" t="s">
+      <c r="L445" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="M444" s="1" t="s">
+      <c r="M445" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="N444" s="14"/>
-[...66 lines deleted...]
-    <row r="446" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N445" s="6"/>
+    </row>
+    <row r="446" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A446" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B446" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E446" s="1" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="F446" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H446" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I446" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J446" s="1">
+        <v>20</v>
+      </c>
+      <c r="K446" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L446" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M446" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="N446" s="6"/>
+    </row>
+    <row r="447" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A447" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B447" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C447" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D447" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E447" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="F447" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H447" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I447" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J447" s="1">
+        <v>3</v>
+      </c>
+      <c r="K447" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L447" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M447" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="N447" s="6"/>
+    </row>
+    <row r="448" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A448" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B448" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C448" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="D448" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E448" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="F448" s="1" t="s">
         <v>126</v>
-      </c>
-[...105 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G448" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H448" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I448" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J448" s="1">
-        <v>33</v>
+      <c r="J448" s="10">
+        <v>39</v>
       </c>
       <c r="K448" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L448" s="1" t="s">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="M448" s="1" t="s">
-        <v>110</v>
-[...26 lines deleted...]
-    <row r="449" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N448" s="6"/>
+    </row>
+    <row r="449" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A449" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E449" s="1" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="G449" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H449" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I449" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J449" s="1">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="K449" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L449" s="1" t="s">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="M449" s="1" t="s">
-        <v>114</v>
-[...37 lines deleted...]
-    <row r="450" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N449" s="6"/>
+    </row>
+    <row r="450" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A450" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="C450" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E450" s="1" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>34</v>
+        <v>244</v>
       </c>
       <c r="G450" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H450" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I450" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J450" s="1">
         <v>32</v>
       </c>
-      <c r="I450" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K450" s="1" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="L450" s="1" t="s">
-        <v>37</v>
+        <v>243</v>
       </c>
       <c r="M450" s="1" t="s">
-        <v>114</v>
-[...37 lines deleted...]
-    <row r="451" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>244</v>
+      </c>
+      <c r="N450" s="6"/>
+    </row>
+    <row r="451" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A451" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E451" s="1" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>351</v>
+        <v>34</v>
       </c>
       <c r="G451" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H451" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I451" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J451" s="1">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="K451" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L451" s="1" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="M451" s="1" t="s">
-        <v>71</v>
-[...26 lines deleted...]
-    <row r="452" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N451" s="6"/>
+    </row>
+    <row r="452" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A452" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E452" s="1" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>351</v>
+        <v>34</v>
       </c>
       <c r="G452" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H452" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I452" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J452" s="1">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="K452" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L452" s="1" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="M452" s="1" t="s">
-        <v>71</v>
-[...26 lines deleted...]
-    <row r="453" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N452" s="6"/>
+    </row>
+    <row r="453" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A453" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E453" s="1" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>351</v>
+        <v>34</v>
       </c>
       <c r="G453" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H453" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I453" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J453" s="1">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="K453" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L453" s="1" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="M453" s="1" t="s">
-        <v>71</v>
-[...26 lines deleted...]
-    <row r="454" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N453" s="6"/>
+    </row>
+    <row r="454" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A454" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D454" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E454" s="1" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>34</v>
+        <v>350</v>
       </c>
       <c r="G454" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H454" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I454" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J454" s="7">
-        <v>24</v>
+      <c r="J454" s="1">
+        <v>21</v>
       </c>
       <c r="K454" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L454" s="1" t="s">
-        <v>37</v>
+        <v>72</v>
       </c>
       <c r="M454" s="1" t="s">
-        <v>114</v>
-[...26 lines deleted...]
-    <row r="455" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N454" s="6"/>
+    </row>
+    <row r="455" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A455" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B455" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C455" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C455" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D455" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E455" s="1" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>126</v>
+        <v>350</v>
       </c>
       <c r="G455" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H455" s="1" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I455" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J455" s="1">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="K455" s="1" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L455" s="1" t="s">
-        <v>123</v>
+        <v>72</v>
       </c>
       <c r="M455" s="1" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-    <row r="456" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N455" s="6"/>
+    </row>
+    <row r="456" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A456" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C456" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E456" s="1" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>162</v>
+        <v>350</v>
       </c>
       <c r="G456" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H456" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I456" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J456" s="1">
-        <v>39</v>
+        <v>7</v>
       </c>
       <c r="K456" s="1" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="L456" s="1" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="M456" s="1" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-    <row r="457" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N456" s="6"/>
+    </row>
+    <row r="457" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A457" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B457" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C457" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E457" s="1" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>361</v>
+        <v>34</v>
       </c>
       <c r="G457" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H457" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I457" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>18</v>
+      </c>
+      <c r="J457" s="10">
+        <v>24</v>
       </c>
       <c r="K457" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L457" s="1" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="M457" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="458" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N457" s="6"/>
+    </row>
+    <row r="458" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A458" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E458" s="1" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>361</v>
+        <v>126</v>
       </c>
       <c r="G458" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H458" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I458" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J458" s="1">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="K458" s="1" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="L458" s="1" t="s">
-        <v>23</v>
+        <v>123</v>
       </c>
       <c r="M458" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="459" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>124</v>
+      </c>
+      <c r="N458" s="6"/>
+    </row>
+    <row r="459" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A459" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E459" s="1" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>363</v>
+        <v>162</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H459" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I459" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J459" s="1">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="K459" s="1" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="L459" s="1" t="s">
-        <v>117</v>
+        <v>86</v>
       </c>
       <c r="M459" s="1" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-    <row r="460" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>162</v>
+      </c>
+      <c r="N459" s="6"/>
+    </row>
+    <row r="460" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A460" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E460" s="1" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="G460" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H460" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I460" s="1" t="s">
         <v>49</v>
       </c>
       <c r="J460" s="1">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="K460" s="1" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="L460" s="1" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="M460" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="461" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+      <c r="N460" s="6"/>
+    </row>
+    <row r="461" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A461" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E461" s="1" t="s">
-        <v>367</v>
+        <v>359</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>34</v>
+        <v>360</v>
       </c>
       <c r="G461" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H461" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I461" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J461" s="1">
-        <v>83</v>
+        <v>1</v>
       </c>
       <c r="K461" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L461" s="1" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="M461" s="1" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-    <row r="462" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+      <c r="N461" s="6"/>
+    </row>
+    <row r="462" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A462" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E462" s="1" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="F462" s="1" t="s">
-        <v>147</v>
+        <v>362</v>
       </c>
       <c r="G462" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H462" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I462" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J462" s="1">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="K462" s="1" t="s">
-        <v>116</v>
+        <v>29</v>
       </c>
       <c r="L462" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M462" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="463" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>131</v>
+      </c>
+      <c r="N462" s="6"/>
+    </row>
+    <row r="463" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A463" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B463" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C463" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E463" s="1" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>147</v>
+        <v>364</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H463" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I463" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J463" s="1">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="K463" s="1" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="L463" s="1" t="s">
-        <v>116</v>
+        <v>66</v>
       </c>
       <c r="M463" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="464" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N463" s="6"/>
+    </row>
+    <row r="464" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A464" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B464" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E464" s="1" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>330</v>
+        <v>34</v>
       </c>
       <c r="G464" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H464" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I464" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J464" s="1">
-        <v>97</v>
+        <v>83</v>
       </c>
       <c r="K464" s="1" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L464" s="1" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
       <c r="M464" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="465" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N464" s="6"/>
+    </row>
+    <row r="465" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A465" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>20</v>
+      </c>
+      <c r="C465" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E465" s="1" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>121</v>
+        <v>147</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H465" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I465" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J465" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="K465" s="1" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="L465" s="1" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="M465" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="466" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>144</v>
+      </c>
+      <c r="N465" s="6"/>
+    </row>
+    <row r="466" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A466" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>20</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E466" s="1" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>121</v>
+        <v>147</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H466" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I466" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J466" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K466" s="1" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="L466" s="1" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="M466" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="467" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>144</v>
+      </c>
+      <c r="N466" s="6"/>
+    </row>
+    <row r="467" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A467" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B467" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C467" s="4" t="s">
-        <v>46</v>
+      <c r="C467" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E467" s="1" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>147</v>
+        <v>329</v>
       </c>
       <c r="G467" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H467" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I467" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J467" s="1">
-        <v>22</v>
+        <v>97</v>
       </c>
       <c r="K467" s="1" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="L467" s="1" t="s">
-        <v>116</v>
+        <v>72</v>
       </c>
       <c r="M467" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="468" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N467" s="6"/>
+    </row>
+    <row r="468" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A468" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C468" s="4" t="s">
-        <v>46</v>
+      <c r="C468" s="7" t="s">
+        <v>41</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E468" s="1" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>147</v>
+        <v>121</v>
       </c>
       <c r="G468" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H468" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I468" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J468" s="1">
+        <v>40</v>
+      </c>
+      <c r="K468" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L468" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M468" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="N468" s="6"/>
+    </row>
+    <row r="469" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A469" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B469" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C469" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E469" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="F469" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H469" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I468" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="I469" s="1" t="s">
-        <v>297</v>
+        <v>18</v>
       </c>
       <c r="J469" s="1">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="K469" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L469" s="1" t="s">
-        <v>61</v>
+        <v>123</v>
       </c>
       <c r="M469" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="470" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N469" s="6"/>
+    </row>
+    <row r="470" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A470" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B470" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C470" s="1" t="s">
-        <v>33</v>
+      <c r="C470" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E470" s="1" t="s">
-        <v>379</v>
+        <v>370</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>34</v>
+        <v>147</v>
       </c>
       <c r="G470" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H470" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I470" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J470" s="1">
+        <v>22</v>
+      </c>
+      <c r="K470" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L470" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M470" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="N470" s="6"/>
+    </row>
+    <row r="471" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A471" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B471" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C471" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E471" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="F471" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H471" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I471" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J471" s="1">
         <v>2</v>
       </c>
-      <c r="K470" s="1" t="s">
-[...14 lines deleted...]
-      <c r="B471" s="1" t="s">
+      <c r="K471" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L471" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M471" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="N471" s="9"/>
+    </row>
+    <row r="472" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A472" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B472" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C471" s="4" t="s">
-[...38 lines deleted...]
-      <c r="B472" s="1" t="s">
+      <c r="C472" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C472" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D472" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E472" s="1" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="F472" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>40</v>
+        <v>207</v>
       </c>
       <c r="H472" s="1" t="s">
-        <v>17</v>
+        <v>296</v>
       </c>
       <c r="I472" s="1" t="s">
-        <v>18</v>
+        <v>297</v>
       </c>
       <c r="J472" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K472" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L472" s="1" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="M472" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="473" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N472" s="6"/>
+    </row>
+    <row r="473" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A473" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E473" s="1" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="G473" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H473" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I473" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J473" s="1">
+        <v>2</v>
+      </c>
+      <c r="K473" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L473" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M473" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N473" s="6"/>
+    </row>
+    <row r="474" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A474" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C474" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E474" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="F474" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H474" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I474" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J474" s="1">
+        <v>82</v>
+      </c>
+      <c r="K474" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L474" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M474" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N474" s="6"/>
+    </row>
+    <row r="475" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A475" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B475" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C475" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E475" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="F475" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H475" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I475" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J475" s="1">
+        <v>13</v>
+      </c>
+      <c r="K475" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L475" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M475" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N475" s="6"/>
+    </row>
+    <row r="476" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A476" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B476" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C476" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="E476" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="F476" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H476" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="K473" s="1" t="s">
-[...14 lines deleted...]
-      <c r="B474" s="1" t="s">
+      <c r="I476" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J476" s="1">
+        <v>24</v>
+      </c>
+      <c r="K476" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L476" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M476" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N476" s="6"/>
+    </row>
+    <row r="477" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A477" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B477" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C474" s="1" t="s">
+      <c r="C477" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="D474" s="1" t="s">
-[...124 lines deleted...]
-      </c>
       <c r="D477" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E477" s="1" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="G477" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H477" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I477" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J477" s="1">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="K477" s="1" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L477" s="1" t="s">
-        <v>123</v>
+        <v>55</v>
       </c>
       <c r="M477" s="1" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-    <row r="478" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N477" s="6"/>
+    </row>
+    <row r="478" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A478" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>588</v>
+      </c>
+      <c r="B478" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="E478" s="1" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="G478" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H478" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I478" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J478" s="1">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="K478" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L478" s="1" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="M478" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="479" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N478" s="6"/>
+    </row>
+    <row r="479" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A479" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C479" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>399</v>
+        <v>330</v>
       </c>
       <c r="E479" s="1" t="s">
-        <v>400</v>
+        <v>380</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="G479" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H479" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I479" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J479" s="1">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="K479" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L479" s="1" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="M479" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="480" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N479" s="6"/>
+    </row>
+    <row r="480" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A480" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="C480" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>399</v>
+        <v>330</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>400</v>
+        <v>381</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>34</v>
+        <v>188</v>
       </c>
       <c r="G480" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H480" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I480" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="J480" s="1">
         <v>40</v>
       </c>
-      <c r="H480" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K480" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L480" s="1" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="M480" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="481" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>188</v>
+      </c>
+      <c r="N480" s="6"/>
+    </row>
+    <row r="481" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A481" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>399</v>
+        <v>330</v>
       </c>
       <c r="E481" s="1" t="s">
-        <v>400</v>
+        <v>382</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="G481" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H481" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I481" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J481" s="1">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="K481" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L481" s="1" t="s">
-        <v>55</v>
+        <v>123</v>
       </c>
       <c r="M481" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="482" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>124</v>
+      </c>
+      <c r="N481" s="6"/>
+    </row>
+    <row r="482" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A482" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>413</v>
+        <v>330</v>
       </c>
       <c r="E482" s="1" t="s">
-        <v>418</v>
+        <v>382</v>
       </c>
       <c r="F482" s="1" t="s">
-        <v>34</v>
+        <v>126</v>
       </c>
       <c r="G482" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H482" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I482" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J482" s="1">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="K482" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="L482" s="1" t="s">
-        <v>55</v>
+        <v>123</v>
       </c>
       <c r="M482" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="483" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>124</v>
+      </c>
+      <c r="N482" s="6"/>
+    </row>
+    <row r="483" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A483" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>588</v>
+      </c>
+      <c r="B483" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C483" s="7" t="s">
+        <v>97</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>413</v>
+        <v>330</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G483" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H483" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I483" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J483" s="1">
-        <v>3</v>
+        <v>31</v>
       </c>
       <c r="K483" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L483" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M483" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="N483" s="3"/>
-[...1 lines deleted...]
-    <row r="484" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N483" s="6"/>
+    </row>
+    <row r="484" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A484" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C484" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>413</v>
+        <v>398</v>
       </c>
       <c r="E484" s="1" t="s">
-        <v>419</v>
+        <v>399</v>
       </c>
       <c r="F484" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H484" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I484" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J484" s="1">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="K484" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L484" s="1" t="s">
-        <v>109</v>
+        <v>55</v>
       </c>
       <c r="M484" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-    <row r="485" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N484" s="6"/>
+    </row>
+    <row r="485" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A485" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>130</v>
+        <v>46</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>413</v>
+        <v>398</v>
       </c>
       <c r="E485" s="1" t="s">
-        <v>421</v>
+        <v>399</v>
       </c>
       <c r="F485" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G485" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H485" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I485" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J485" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K485" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L485" s="1" t="s">
-        <v>109</v>
+        <v>55</v>
       </c>
       <c r="M485" s="1" t="s">
-        <v>110</v>
-[...60 lines deleted...]
-    <row r="486" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N485" s="6"/>
+    </row>
+    <row r="486" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A486" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>130</v>
+        <v>46</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>413</v>
+        <v>398</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>422</v>
+        <v>399</v>
       </c>
       <c r="F486" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G486" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H486" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I486" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J486" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K486" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L486" s="1" t="s">
-        <v>109</v>
+        <v>55</v>
       </c>
       <c r="M486" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-    <row r="487" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N486" s="6"/>
+    </row>
+    <row r="487" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A487" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E487" s="1" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="G487" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H487" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I487" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J487" s="1">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="K487" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L487" s="1" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="M487" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-    <row r="488" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N487" s="6"/>
+    </row>
+    <row r="488" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A488" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B488" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C488" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C488" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D488" s="1" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E488" s="1" t="s">
-        <v>429</v>
+        <v>417</v>
       </c>
       <c r="F488" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G488" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H488" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I488" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J488" s="1">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="K488" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L488" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M488" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="N488" s="19"/>
-[...1 lines deleted...]
-    <row r="489" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N488" s="9"/>
+    </row>
+    <row r="489" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A489" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B489" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C489" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D489" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="E489" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="F489" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H489" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I489" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J489" s="1">
+        <v>12</v>
+      </c>
+      <c r="K489" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L489" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M489" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="N489" s="9"/>
+    </row>
+    <row r="490" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A490" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B490" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="D489" s="1" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="C490" s="1" t="s">
-        <v>41</v>
+        <v>130</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E490" s="1" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="G490" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H490" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I490" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J490" s="1">
+        <v>5</v>
+      </c>
+      <c r="K490" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L490" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M490" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="N490" s="9"/>
+    </row>
+    <row r="491" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A491" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B491" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C491" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="E491" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="F491" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H491" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I491" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J491" s="1">
+        <v>1</v>
+      </c>
+      <c r="K491" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L491" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M491" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="N491" s="9"/>
+    </row>
+    <row r="492" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A492" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B492" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C492" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D492" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="E492" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="F492" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H492" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="I490" s="1" t="s">
-[...5 lines deleted...]
-      <c r="K490" s="1" t="s">
+      <c r="I492" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J492" s="1">
+        <v>1</v>
+      </c>
+      <c r="K492" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="L490" s="1" t="s">
+      <c r="L492" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="M490" s="1" t="s">
+      <c r="M492" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="N490" s="19"/>
-[...5 lines deleted...]
-      <c r="B491" s="1" t="s">
+      <c r="N492" s="9"/>
+    </row>
+    <row r="493" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A493" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B493" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C491" s="1" t="s">
-[...38 lines deleted...]
-      <c r="B492" s="1" t="s">
+      <c r="C493" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="C492" s="1" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="D493" s="1" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E493" s="1" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>435</v>
+        <v>40</v>
       </c>
       <c r="H493" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I493" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J493" s="1">
         <v>8</v>
       </c>
       <c r="K493" s="1" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="L493" s="1" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="M493" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-    <row r="494" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N493" s="9"/>
+    </row>
+    <row r="494" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A494" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="C494" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E494" s="1" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>34</v>
+        <v>102</v>
       </c>
       <c r="G494" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H494" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I494" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J494" s="1">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="K494" s="1" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="L494" s="1" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="M494" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="495" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>102</v>
+      </c>
+      <c r="N494" s="9"/>
+    </row>
+    <row r="495" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A495" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="C495" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E495" s="1" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="F495" s="1" t="s">
-        <v>34</v>
+        <v>102</v>
       </c>
       <c r="G495" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H495" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I495" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J495" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K495" s="1" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="L495" s="1" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="M495" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="496" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>102</v>
+      </c>
+      <c r="N495" s="9"/>
+    </row>
+    <row r="496" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A496" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E496" s="1" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H496" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I496" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J496" s="1">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="K496" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L496" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M496" s="1" t="s">
-        <v>79</v>
-[...60 lines deleted...]
-    <row r="497" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>298</v>
+      </c>
+      <c r="N496" s="9"/>
+    </row>
+    <row r="497" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A497" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C497" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B497" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C497" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>401</v>
+        <v>412</v>
       </c>
       <c r="E497" s="1" t="s">
-        <v>402</v>
+        <v>431</v>
       </c>
       <c r="F497" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>40</v>
+        <v>432</v>
       </c>
       <c r="H497" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I497" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>212</v>
+      </c>
+      <c r="J497" s="1">
+        <v>10</v>
       </c>
       <c r="K497" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L497" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M497" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="N497" s="19"/>
-[...58 lines deleted...]
-    <row r="498" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N497" s="6"/>
+    </row>
+    <row r="498" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A498" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B498" s="10" t="s">
+        <v>588</v>
+      </c>
+      <c r="B498" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C498" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C498" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D498" s="1" t="s">
-        <v>401</v>
+        <v>412</v>
       </c>
       <c r="E498" s="1" t="s">
-        <v>402</v>
+        <v>433</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>34</v>
+        <v>102</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>40</v>
+        <v>434</v>
       </c>
       <c r="H498" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I498" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>212</v>
+      </c>
+      <c r="J498" s="1">
+        <v>8</v>
       </c>
       <c r="K498" s="1" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="L498" s="1" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="M498" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="499" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>102</v>
+      </c>
+      <c r="N498" s="6"/>
+    </row>
+    <row r="499" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A499" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B499" s="10" t="s">
+        <v>588</v>
+      </c>
+      <c r="B499" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C499" s="4" t="s">
-        <v>404</v>
+      <c r="C499" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>401</v>
+        <v>412</v>
       </c>
       <c r="E499" s="1" t="s">
-        <v>403</v>
+        <v>435</v>
       </c>
       <c r="F499" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G499" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H499" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I499" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>212</v>
+      </c>
+      <c r="J499" s="1">
+        <v>11</v>
       </c>
       <c r="K499" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L499" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M499" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="N499" s="3"/>
-[...1 lines deleted...]
-    <row r="500" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N499" s="8"/>
+    </row>
+    <row r="500" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A500" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C500" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B500" s="1" t="s">
         <v>46</v>
       </c>
+      <c r="C500" s="1" t="s">
+        <v>41</v>
+      </c>
       <c r="D500" s="1" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>405</v>
+        <v>412</v>
+      </c>
+      <c r="E500" s="1" t="s">
+        <v>435</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H500" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I500" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="J500" s="7">
+      <c r="J500" s="1">
         <v>1</v>
       </c>
       <c r="K500" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L500" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M500" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="N500" s="3"/>
-[...1 lines deleted...]
-    <row r="501" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N500" s="8"/>
+    </row>
+    <row r="501" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A501" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>588</v>
+      </c>
+      <c r="B501" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C501" s="1" t="s">
+        <v>97</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>401</v>
+        <v>412</v>
       </c>
       <c r="E501" s="1" t="s">
-        <v>406</v>
+        <v>436</v>
       </c>
       <c r="F501" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H501" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I501" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="J501" s="7">
-        <v>1</v>
+      <c r="J501" s="1">
+        <v>14</v>
       </c>
       <c r="K501" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L501" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M501" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="N501" s="3"/>
-[...1 lines deleted...]
-    <row r="502" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N501" s="9"/>
+    </row>
+    <row r="502" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A502" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C502" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B502" s="12" t="s">
         <v>46</v>
       </c>
+      <c r="C502" s="7" t="s">
+        <v>97</v>
+      </c>
       <c r="D502" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="E502" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="E502" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F502" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H502" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I502" s="1" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>18</v>
+      </c>
+      <c r="J502" s="10">
+        <v>25</v>
       </c>
       <c r="K502" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L502" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M502" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="N502" s="3"/>
-[...1 lines deleted...]
-    <row r="503" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N502" s="9"/>
+    </row>
+    <row r="503" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A503" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C503" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B503" s="12" t="s">
         <v>46</v>
       </c>
+      <c r="C503" s="7" t="s">
+        <v>97</v>
+      </c>
       <c r="D503" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="E503" s="1" t="s">
         <v>401</v>
       </c>
-      <c r="E503" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F503" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H503" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I503" s="1" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>18</v>
+      </c>
+      <c r="J503" s="10">
+        <v>2</v>
       </c>
       <c r="K503" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L503" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M503" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="N503" s="3"/>
-[...1 lines deleted...]
-    <row r="504" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N503" s="6"/>
+    </row>
+    <row r="504" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A504" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C504" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B504" s="12" t="s">
         <v>46</v>
       </c>
+      <c r="C504" s="7" t="s">
+        <v>403</v>
+      </c>
       <c r="D504" s="1" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="E504" s="1" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="F504" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="H504" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I504" s="1" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>18</v>
+      </c>
+      <c r="J504" s="10">
+        <v>123</v>
       </c>
       <c r="K504" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L504" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M504" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="N504" s="3"/>
-[...1 lines deleted...]
-    <row r="505" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N504" s="9"/>
+    </row>
+    <row r="505" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A505" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B505" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B505" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C505" s="4" t="s">
+      <c r="C505" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>410</v>
+        <v>400</v>
+      </c>
+      <c r="E505" s="3" t="s">
+        <v>404</v>
       </c>
       <c r="F505" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G505" s="1" t="s">
         <v>57</v>
       </c>
       <c r="H505" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I505" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="J505" s="7">
+      <c r="J505" s="10">
         <v>1</v>
       </c>
       <c r="K505" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L505" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M505" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="N505" s="3"/>
-[...1 lines deleted...]
-    <row r="506" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N505" s="9"/>
+    </row>
+    <row r="506" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A506" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B506" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B506" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C506" s="4" t="s">
+      <c r="C506" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="E506" s="1" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="F506" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G506" s="1" t="s">
         <v>57</v>
       </c>
       <c r="H506" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I506" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="J506" s="7">
+      <c r="J506" s="10">
         <v>1</v>
       </c>
       <c r="K506" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L506" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M506" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="N506" s="3"/>
-[...1 lines deleted...]
-    <row r="507" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N506" s="9"/>
+    </row>
+    <row r="507" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A507" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B507" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B507" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C507" s="4" t="s">
+      <c r="C507" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="E507" s="1" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="F507" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G507" s="1" t="s">
         <v>57</v>
       </c>
       <c r="H507" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I507" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="J507" s="7">
+      <c r="J507" s="10">
         <v>1</v>
       </c>
       <c r="K507" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L507" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M507" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="N507" s="3"/>
-[...1 lines deleted...]
-    <row r="508" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N507" s="6"/>
+    </row>
+    <row r="508" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A508" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B508" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B508" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C508" s="4" t="s">
+      <c r="C508" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D508" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="E508" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="F508" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H508" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I508" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="J508" s="10">
+        <v>1</v>
+      </c>
+      <c r="K508" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L508" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M508" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N508" s="6"/>
+    </row>
+    <row r="509" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A509" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B509" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C509" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D509" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="E509" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="F509" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H509" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I509" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="J509" s="10">
+        <v>1</v>
+      </c>
+      <c r="K509" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L509" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M509" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N509" s="6"/>
+    </row>
+    <row r="510" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A510" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B510" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C510" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="E510" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="F510" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H510" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I510" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="J510" s="10">
+        <v>1</v>
+      </c>
+      <c r="K510" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L510" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M510" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N510" s="6"/>
+    </row>
+    <row r="511" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A511" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B511" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C511" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="E511" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="F511" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H511" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I511" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="J511" s="10">
+        <v>1</v>
+      </c>
+      <c r="K511" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L511" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M511" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N511" s="6"/>
+    </row>
+    <row r="512" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A512" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B512" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C512" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="E512" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="F512" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H512" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I512" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="J512" s="10">
+        <v>1</v>
+      </c>
+      <c r="K512" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L512" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="M512" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="N512" s="6"/>
+    </row>
+    <row r="513" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A513" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B513" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C513" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="D508" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E508" s="1" t="s">
+      <c r="D513" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E513" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="F513" s="1" t="s">
         <v>446</v>
       </c>
-      <c r="F508" s="1" t="s">
+      <c r="G513" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H513" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I513" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J513" s="1">
+        <v>13</v>
+      </c>
+      <c r="K513" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L513" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="M513" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="N513" s="6"/>
+    </row>
+    <row r="514" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A514" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B514" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C514" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E514" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="G508" s="1" t="s">
-[...29 lines deleted...]
-      <c r="C509" s="1" t="s">
+      <c r="F514" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H514" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I514" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J514" s="1">
+        <v>4</v>
+      </c>
+      <c r="K514" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L514" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="M514" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N514" s="9"/>
+    </row>
+    <row r="515" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A515" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B515" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C515" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="D509" s="1" t="s">
-[...47 lines deleted...]
-      <c r="F510" s="1" t="s">
+      <c r="D515" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="E515" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="F515" s="1" t="s">
         <v>71</v>
-      </c>
-[...265 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G515" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H515" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I515" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J515" s="1">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="K515" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L515" s="1" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="M515" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="516" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N515" s="6"/>
+    </row>
+    <row r="516" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A516" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B516" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B516" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C516" s="4" t="s">
-        <v>33</v>
+      <c r="C516" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="E516" s="1" t="s">
-        <v>467</v>
+        <v>236</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>34</v>
+        <v>71</v>
       </c>
       <c r="G516" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H516" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I516" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J516" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K516" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L516" s="1" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="M516" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="517" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N516" s="6"/>
+    </row>
+    <row r="517" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A517" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C517" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B517" s="1" t="s">
         <v>33</v>
       </c>
+      <c r="C517" s="1" t="s">
+        <v>41</v>
+      </c>
       <c r="D517" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="E517" s="1" t="s">
-        <v>468</v>
+        <v>450</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="G517" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H517" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I517" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J517" s="1">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="K517" s="1" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="L517" s="1" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="M517" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="518" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N517" s="9"/>
+    </row>
+    <row r="518" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A518" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>588</v>
+      </c>
+      <c r="B518" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C518" s="1" t="s">
+        <v>97</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="E518" s="1" t="s">
-        <v>469</v>
+        <v>451</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>178</v>
+        <v>34</v>
       </c>
       <c r="G518" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H518" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I518" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J518" s="1">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="K518" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L518" s="1" t="s">
-        <v>44</v>
+        <v>109</v>
       </c>
       <c r="M518" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="519" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N518" s="9"/>
+    </row>
+    <row r="519" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A519" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C519" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B519" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C519" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="E519" s="1" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>178</v>
+        <v>34</v>
       </c>
       <c r="G519" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H519" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I519" s="1" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="J519" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="K519" s="1" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="L519" s="1" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="M519" s="1" t="s">
-        <v>42</v>
-[...60 lines deleted...]
-    <row r="520" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N519" s="9"/>
+    </row>
+    <row r="520" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A520" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C520" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B520" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C520" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="E520" s="1" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="F520" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G520" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H520" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I520" s="1" t="s">
         <v>212</v>
       </c>
       <c r="J520" s="1">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="K520" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L520" s="1" t="s">
         <v>55</v>
       </c>
       <c r="M520" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="N520" s="1"/>
-[...58 lines deleted...]
-    <row r="521" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N520" s="9"/>
+    </row>
+    <row r="521" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A521" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B521" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B521" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C521" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C521" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D521" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="E521" s="1" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="F521" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G521" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H521" s="1" t="s">
         <v>32</v>
       </c>
       <c r="I521" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J521" s="1">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="K521" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L521" s="1" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="M521" s="1" t="s">
-        <v>79</v>
-[...60 lines deleted...]
-    <row r="522" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N521" s="9"/>
+    </row>
+    <row r="522" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A522" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C522" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B522" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C522" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="E522" s="1" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>34</v>
+        <v>178</v>
       </c>
       <c r="G522" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H522" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I522" s="1" t="s">
-        <v>212</v>
+        <v>18</v>
       </c>
       <c r="J522" s="1">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="K522" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L522" s="1" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="M522" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="523" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N522" s="4"/>
+    </row>
+    <row r="523" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A523" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B523" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B523" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C523" s="1" t="s">
-        <v>33</v>
+      <c r="C523" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>49</v>
+        <v>440</v>
       </c>
       <c r="E523" s="1" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>478</v>
+        <v>178</v>
       </c>
       <c r="G523" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H523" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I523" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J523" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K523" s="1" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
       <c r="L523" s="1" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="M523" s="1" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-    <row r="524" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N523" s="4"/>
+    </row>
+    <row r="524" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A524" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B524" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B524" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C524" s="4" t="s">
-        <v>33</v>
+      <c r="C524" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>479</v>
+        <v>440</v>
+      </c>
+      <c r="E524" s="3" t="s">
+        <v>472</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>480</v>
+        <v>34</v>
       </c>
       <c r="G524" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H524" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I524" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J524" s="1">
-        <v>2</v>
+        <v>109</v>
       </c>
       <c r="K524" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L524" s="1" t="s">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="M524" s="1" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-    <row r="525" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N524" s="4"/>
+    </row>
+    <row r="525" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A525" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B525" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>440</v>
+      </c>
+      <c r="E525" s="3" t="s">
+        <v>472</v>
       </c>
       <c r="F525" s="1" t="s">
-        <v>482</v>
+        <v>34</v>
       </c>
       <c r="G525" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H525" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I525" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J525" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="K525" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="L525" s="1" t="s">
-        <v>59</v>
+        <v>109</v>
       </c>
       <c r="M525" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="526" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N525" s="9"/>
+    </row>
+    <row r="526" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A526" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B526" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>440</v>
+      </c>
+      <c r="E526" s="3" t="s">
+        <v>472</v>
       </c>
       <c r="F526" s="1" t="s">
-        <v>482</v>
+        <v>34</v>
       </c>
       <c r="G526" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H526" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I526" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J526" s="1">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="K526" s="1" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="L526" s="1" t="s">
-        <v>59</v>
+        <v>109</v>
       </c>
       <c r="M526" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="527" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N526" s="9"/>
+    </row>
+    <row r="527" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A527" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B527" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B527" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C527" s="4" t="s">
+      <c r="C527" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D527" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E527" s="1" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="G527" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H527" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I527" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J527" s="7">
-        <v>4</v>
+      <c r="J527" s="1">
+        <v>1</v>
       </c>
       <c r="K527" s="1" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="L527" s="1" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="M527" s="1" t="s">
-        <v>472</v>
-[...3 lines deleted...]
-    <row r="528" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>76</v>
+      </c>
+      <c r="N527" s="9"/>
+    </row>
+    <row r="528" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A528" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B528" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B528" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C528" s="7" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D528" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E528" s="1" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="F528" s="1" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="G528" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H528" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I528" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J528" s="7">
-        <v>7</v>
+      <c r="J528" s="1">
+        <v>2</v>
       </c>
       <c r="K528" s="1" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="L528" s="1" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="M528" s="1" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-    <row r="529" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N528" s="6"/>
+    </row>
+    <row r="529" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A529" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B529" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B529" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C529" s="4" t="s">
-        <v>33</v>
+      <c r="C529" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D529" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E529" s="1" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="F529" s="1" t="s">
-        <v>170</v>
+        <v>483</v>
       </c>
       <c r="G529" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H529" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I529" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J529" s="7">
-        <v>1</v>
+      <c r="J529" s="1">
+        <v>13</v>
       </c>
       <c r="K529" s="1" t="s">
         <v>12</v>
       </c>
       <c r="L529" s="1" t="s">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="M529" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="N529" s="3"/>
-[...1 lines deleted...]
-    <row r="530" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N529" s="1"/>
+    </row>
+    <row r="530" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A530" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B530" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="D530" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E530" s="1" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="G530" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H530" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I530" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J530" s="7">
-        <v>7</v>
+      <c r="J530" s="1">
+        <v>1</v>
       </c>
       <c r="K530" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="L530" s="1" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="M530" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="531" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N530" s="1"/>
+    </row>
+    <row r="531" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A531" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B531" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B531" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C531" s="1" t="s">
+      <c r="C531" s="7" t="s">
         <v>33</v>
       </c>
       <c r="D531" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E531" s="1" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="F531" s="1" t="s">
-        <v>185</v>
+        <v>485</v>
       </c>
       <c r="G531" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H531" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I531" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J531" s="7">
-        <v>1</v>
+      <c r="J531" s="10">
+        <v>4</v>
       </c>
       <c r="K531" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L531" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="M531" s="1" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-    <row r="532" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>473</v>
+      </c>
+      <c r="N531" s="9"/>
+    </row>
+    <row r="532" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A532" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B532" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B532" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C532" s="1" t="s">
-        <v>46</v>
+      <c r="C532" s="7" t="s">
+        <v>41</v>
       </c>
       <c r="D532" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E532" s="1" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="F532" s="1" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="G532" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H532" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I532" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J532" s="7">
-        <v>6</v>
+      <c r="J532" s="10">
+        <v>7</v>
       </c>
       <c r="K532" s="1" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="L532" s="1" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="M532" s="1" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-    <row r="533" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>28</v>
+      </c>
+      <c r="N532" s="9"/>
+    </row>
+    <row r="533" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A533" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B533" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B533" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C533" s="1" t="s">
+      <c r="C533" s="7" t="s">
         <v>33</v>
       </c>
       <c r="D533" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E533" s="1" t="s">
-        <v>502</v>
+        <v>489</v>
       </c>
       <c r="F533" s="1" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="G533" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H533" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I533" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J533" s="7">
-        <v>5</v>
+      <c r="J533" s="10">
+        <v>1</v>
       </c>
       <c r="K533" s="1" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="L533" s="1" t="s">
-        <v>123</v>
+        <v>13</v>
       </c>
       <c r="M533" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="534" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+      <c r="N533" s="9"/>
+    </row>
+    <row r="534" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A534" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B534" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C534" s="1" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D534" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E534" s="1" t="s">
-        <v>503</v>
+        <v>490</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="G534" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H534" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I534" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J534" s="7">
-        <v>1</v>
+      <c r="J534" s="10">
+        <v>7</v>
       </c>
       <c r="K534" s="1" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L534" s="1" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="M534" s="1" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-    <row r="535" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N534" s="9"/>
+    </row>
+    <row r="535" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A535" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B535" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B535" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C535" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C535" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D535" s="1" t="s">
-        <v>507</v>
+        <v>49</v>
       </c>
       <c r="E535" s="1" t="s">
-        <v>508</v>
+        <v>492</v>
       </c>
       <c r="F535" s="1" t="s">
-        <v>34</v>
+        <v>185</v>
       </c>
       <c r="G535" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H535" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I535" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>49</v>
+      </c>
+      <c r="J535" s="10">
+        <v>1</v>
       </c>
       <c r="K535" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L535" s="1" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="M535" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="536" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N535" s="6"/>
+    </row>
+    <row r="536" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A536" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B536" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B536" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C536" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D536" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E536" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="F536" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H536" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I536" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J536" s="10">
+        <v>6</v>
+      </c>
+      <c r="K536" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="L536" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M536" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="N536" s="6"/>
+    </row>
+    <row r="537" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A537" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B537" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C536" s="4" t="s">
-[...38 lines deleted...]
-      <c r="B537" s="4" t="s">
+      <c r="C537" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C537" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D537" s="1" t="s">
-        <v>512</v>
+        <v>49</v>
       </c>
       <c r="E537" s="1" t="s">
-        <v>513</v>
+        <v>503</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>195</v>
+        <v>165</v>
       </c>
       <c r="G537" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H537" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I537" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>49</v>
+      </c>
+      <c r="J537" s="10">
+        <v>5</v>
       </c>
       <c r="K537" s="1" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="L537" s="1" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="M537" s="1" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-    <row r="538" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>127</v>
+      </c>
+      <c r="N537" s="6"/>
+    </row>
+    <row r="538" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A538" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B538" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B538" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C538" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C538" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D538" s="1" t="s">
-        <v>512</v>
+        <v>49</v>
       </c>
       <c r="E538" s="1" t="s">
-        <v>514</v>
+        <v>504</v>
       </c>
       <c r="F538" s="1" t="s">
-        <v>195</v>
+        <v>505</v>
       </c>
       <c r="G538" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H538" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I538" s="1" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="J538" s="1">
+        <v>49</v>
+      </c>
+      <c r="J538" s="10">
+        <v>1</v>
+      </c>
+      <c r="K538" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L538" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="K538" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M538" s="1" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-    <row r="539" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="539" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A539" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B539" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B539" s="7" t="s">
         <v>33</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="E539" s="1" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="F539" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G539" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H539" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I539" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J539" s="1">
-        <v>32</v>
+      <c r="J539" s="10">
+        <v>3</v>
       </c>
       <c r="K539" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L539" s="1" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="M539" s="1" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-    <row r="540" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="540" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A540" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>588</v>
+      </c>
+      <c r="B540" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C540" s="7" t="s">
+        <v>20</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="E540" s="1" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="F540" s="1" t="s">
         <v>34</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="H540" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I540" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J540" s="7">
-        <v>25</v>
+      <c r="J540" s="10">
+        <v>1</v>
       </c>
       <c r="K540" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L540" s="1" t="s">
         <v>61</v>
       </c>
       <c r="M540" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="N540" s="19"/>
-[...1 lines deleted...]
-    <row r="541" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N540" s="6"/>
+    </row>
+    <row r="541" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A541" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B541" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B541" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C541" s="1" t="s">
+      <c r="C541" s="7" t="s">
         <v>41</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E541" s="1" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="F541" s="1" t="s">
-        <v>34</v>
+        <v>195</v>
       </c>
       <c r="G541" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H541" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I541" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J541" s="7">
-        <v>25</v>
+      <c r="J541" s="1">
+        <v>30</v>
       </c>
       <c r="K541" s="1" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="L541" s="1" t="s">
-        <v>61</v>
+        <v>117</v>
       </c>
       <c r="M541" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="542" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>131</v>
+      </c>
+      <c r="N541" s="6"/>
+    </row>
+    <row r="542" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A542" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C542" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B542" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C542" s="7" t="s">
         <v>97</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E542" s="1" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="F542" s="1" t="s">
-        <v>34</v>
+        <v>195</v>
       </c>
       <c r="G542" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H542" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I542" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J542" s="7">
-        <v>120</v>
+      <c r="J542" s="1">
+        <v>30</v>
       </c>
       <c r="K542" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="L542" s="1" t="s">
-        <v>66</v>
+        <v>117</v>
       </c>
       <c r="M542" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="543" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>131</v>
+      </c>
+      <c r="N542" s="6"/>
+    </row>
+    <row r="543" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A543" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B543" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E543" s="1" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>520</v>
+        <v>34</v>
       </c>
       <c r="G543" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H543" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I543" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>18</v>
+      </c>
+      <c r="J543" s="1">
+        <v>32</v>
       </c>
       <c r="K543" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L543" s="1" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="M543" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="544" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>114</v>
+      </c>
+      <c r="N543" s="6"/>
+    </row>
+    <row r="544" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A544" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B544" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C544" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E544" s="1" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>149</v>
+        <v>34</v>
       </c>
       <c r="G544" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H544" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I544" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J544" s="1">
-        <v>9</v>
+      <c r="J544" s="10">
+        <v>25</v>
       </c>
       <c r="K544" s="1" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="L544" s="1" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="M544" s="1" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-    <row r="545" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N544" s="6"/>
+    </row>
+    <row r="545" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A545" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B545" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E545" s="1" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>149</v>
+        <v>34</v>
       </c>
       <c r="G545" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H545" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I545" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J545" s="1">
-        <v>15</v>
+      <c r="J545" s="10">
+        <v>25</v>
       </c>
       <c r="K545" s="1" t="s">
-        <v>116</v>
+        <v>34</v>
       </c>
       <c r="L545" s="1" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="M545" s="1" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-    <row r="546" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>62</v>
+      </c>
+      <c r="N545" s="6"/>
+    </row>
+    <row r="546" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A546" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B546" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E546" s="1" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>149</v>
+        <v>34</v>
       </c>
       <c r="G546" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H546" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I546" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J546" s="1">
-        <v>3</v>
+      <c r="J546" s="10">
+        <v>120</v>
       </c>
       <c r="K546" s="1" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="L546" s="1" t="s">
-        <v>116</v>
+        <v>66</v>
       </c>
       <c r="M546" s="1" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-    <row r="547" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>67</v>
+      </c>
+      <c r="N546" s="6"/>
+    </row>
+    <row r="547" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A547" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C547" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E547" s="1" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>102</v>
+        <v>521</v>
       </c>
       <c r="G547" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H547" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I547" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>49</v>
+      </c>
+      <c r="J547" s="10">
+        <v>4</v>
       </c>
       <c r="K547" s="1" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="L547" s="1" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="M547" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-    <row r="548" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N547" s="6"/>
+    </row>
+    <row r="548" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A548" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E548" s="1" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>102</v>
+        <v>149</v>
       </c>
       <c r="G548" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H548" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I548" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J548" s="1">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="K548" s="1" t="s">
-        <v>51</v>
+        <v>116</v>
       </c>
       <c r="L548" s="1" t="s">
-        <v>81</v>
+        <v>116</v>
       </c>
       <c r="M548" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-    <row r="549" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>149</v>
+      </c>
+      <c r="N548" s="6"/>
+    </row>
+    <row r="549" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A549" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D549" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E549" s="1" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>245</v>
+        <v>149</v>
       </c>
       <c r="G549" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H549" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I549" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J549" s="1">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="K549" s="1" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="L549" s="1" t="s">
-        <v>72</v>
+        <v>116</v>
       </c>
       <c r="M549" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="550" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>149</v>
+      </c>
+      <c r="N549" s="6"/>
+    </row>
+    <row r="550" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A550" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E550" s="1" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>245</v>
+        <v>149</v>
       </c>
       <c r="G550" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H550" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I550" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J550" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K550" s="1" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="L550" s="1" t="s">
-        <v>72</v>
+        <v>116</v>
       </c>
       <c r="M550" s="1" t="s">
-        <v>71</v>
-[...60 lines deleted...]
-    <row r="551" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>149</v>
+      </c>
+      <c r="N550" s="6"/>
+    </row>
+    <row r="551" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A551" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E551" s="1" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>34</v>
+        <v>102</v>
       </c>
       <c r="G551" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H551" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I551" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J551" s="1">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="K551" s="1" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="L551" s="1" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="M551" s="1" t="s">
-        <v>114</v>
-[...60 lines deleted...]
-    <row r="552" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>102</v>
+      </c>
+      <c r="N551" s="6"/>
+    </row>
+    <row r="552" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A552" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E552" s="1" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>34</v>
+        <v>102</v>
       </c>
       <c r="G552" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H552" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I552" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J552" s="1">
-        <v>69</v>
+        <v>3</v>
       </c>
       <c r="K552" s="1" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="L552" s="1" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="M552" s="1" t="s">
-        <v>79</v>
-[...60 lines deleted...]
-    <row r="553" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>102</v>
+      </c>
+      <c r="N552" s="6"/>
+    </row>
+    <row r="553" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A553" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C553" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B553" s="1" t="s">
         <v>46</v>
       </c>
+      <c r="C553" s="1" t="s">
+        <v>41</v>
+      </c>
       <c r="D553" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E553" s="1" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>34</v>
+        <v>248</v>
       </c>
       <c r="G553" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H553" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I553" s="1" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>49</v>
+      </c>
+      <c r="J553" s="1">
+        <v>5</v>
       </c>
       <c r="K553" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L553" s="1" t="s">
-        <v>109</v>
+        <v>72</v>
       </c>
       <c r="M553" s="1" t="s">
-        <v>110</v>
-[...60 lines deleted...]
-    <row r="554" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N553" s="6"/>
+    </row>
+    <row r="554" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A554" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>528</v>
+        <v>513</v>
       </c>
       <c r="E554" s="1" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>472</v>
+        <v>248</v>
       </c>
       <c r="G554" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H554" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I554" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J554" s="1">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="K554" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L554" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M554" s="1" t="s">
-        <v>472</v>
-[...60 lines deleted...]
-    <row r="555" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N554" s="6"/>
+    </row>
+    <row r="555" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A555" s="1" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="B555" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>528</v>
+        <v>513</v>
       </c>
       <c r="E555" s="1" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>472</v>
+        <v>34</v>
       </c>
       <c r="G555" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H555" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I555" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J555" s="1">
-        <v>6</v>
+        <v>69</v>
       </c>
       <c r="K555" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L555" s="1" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="M555" s="1" t="s">
-        <v>472</v>
-[...60 lines deleted...]
-    <row r="556" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N555" s="6"/>
+    </row>
+    <row r="556" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A556" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B556" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B556" s="12" t="s">
         <v>33</v>
       </c>
-      <c r="C556" s="1" t="s">
+      <c r="C556" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>528</v>
+        <v>513</v>
       </c>
       <c r="E556" s="1" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>472</v>
+        <v>34</v>
       </c>
       <c r="G556" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H556" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I556" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>212</v>
+      </c>
+      <c r="J556" s="10">
+        <v>18</v>
       </c>
       <c r="K556" s="1" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="L556" s="1" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="M556" s="1" t="s">
-        <v>472</v>
-[...60 lines deleted...]
-    <row r="557" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>110</v>
+      </c>
+      <c r="N556" s="6"/>
+    </row>
+    <row r="557" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A557" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C557" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B557" s="1" t="s">
         <v>46</v>
       </c>
+      <c r="C557" s="1" t="s">
+        <v>97</v>
+      </c>
       <c r="D557" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="E557" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="E557" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F557" s="1" t="s">
-        <v>537</v>
+        <v>71</v>
       </c>
       <c r="G557" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H557" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I557" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J557" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="K557" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L557" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M557" s="1" t="s">
-        <v>50</v>
-[...60 lines deleted...]
-    <row r="558" spans="1:71" s="6" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N557" s="6"/>
+    </row>
+    <row r="558" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A558" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B558" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B558" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C558" s="4" t="s">
-        <v>41</v>
+      <c r="C558" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E558" s="1" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>185</v>
+        <v>473</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H558" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I558" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J558" s="1">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="K558" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L558" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="M558" s="1" t="s">
-        <v>185</v>
-[...60 lines deleted...]
-    <row r="559" spans="1:71" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>473</v>
+      </c>
+      <c r="N558" s="6"/>
+    </row>
+    <row r="559" spans="1:14" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A559" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B559" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B559" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C559" s="4" t="s">
-        <v>41</v>
+      <c r="C559" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E559" s="1" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>185</v>
+        <v>473</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H559" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I559" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J559" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="K559" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L559" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="M559" s="1" t="s">
-        <v>185</v>
-[...60 lines deleted...]
-    <row r="560" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>473</v>
+      </c>
+      <c r="N559" s="9"/>
+    </row>
+    <row r="560" spans="1:14" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A560" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C560" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B560" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C560" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E560" s="1" t="s">
-        <v>398</v>
+        <v>536</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>21</v>
+        <v>473</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H560" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I560" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J560" s="1">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="K560" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L560" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M560" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="561" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>473</v>
+      </c>
+      <c r="N560" s="9"/>
+    </row>
+    <row r="561" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A561" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C561" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B561" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C561" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E561" s="1" t="s">
-        <v>398</v>
+        <v>537</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>21</v>
+        <v>538</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H561" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I561" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J561" s="1">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="K561" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L561" s="1" t="s">
         <v>23</v>
       </c>
       <c r="M561" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="562" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+      <c r="N561" s="8"/>
+    </row>
+    <row r="562" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A562" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>588</v>
+      </c>
+      <c r="B562" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C562" s="7" t="s">
+        <v>41</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E562" s="1" t="s">
-        <v>398</v>
+        <v>541</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>21</v>
+        <v>185</v>
       </c>
       <c r="G562" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H562" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I562" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J562" s="1">
         <v>4</v>
       </c>
       <c r="K562" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L562" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M562" s="1" t="s">
-        <v>21</v>
-[...3 lines deleted...]
-    <row r="563" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N562" s="8"/>
+    </row>
+    <row r="563" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A563" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B563" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B563" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C563" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D563" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="E563" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="F563" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H563" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I563" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J563" s="1">
         <v>20</v>
-      </c>
-[...22 lines deleted...]
-        <v>16</v>
       </c>
       <c r="K563" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L563" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M563" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="N563" s="3"/>
-[...1 lines deleted...]
-    <row r="564" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="N563" s="8"/>
+    </row>
+    <row r="564" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A564" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B564" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B564" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C564" s="1" t="s">
+      <c r="C564" s="7" t="s">
         <v>46</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E564" s="1" t="s">
-        <v>547</v>
+        <v>397</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>548</v>
+        <v>21</v>
       </c>
       <c r="G564" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H564" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I564" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J564" s="1">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="K564" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L564" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="M564" s="1" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-    <row r="565" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>21</v>
+      </c>
+      <c r="N564" s="8"/>
+    </row>
+    <row r="565" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A565" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B565" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B565" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C565" s="4" t="s">
-        <v>33</v>
+      <c r="C565" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>549</v>
+        <v>529</v>
       </c>
       <c r="E565" s="1" t="s">
-        <v>553</v>
+        <v>397</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>351</v>
+        <v>21</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H565" s="1" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="I565" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J565" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="K565" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L565" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="M565" s="1" t="s">
-        <v>71</v>
-[...60 lines deleted...]
-    <row r="566" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>21</v>
+      </c>
+      <c r="N565" s="8"/>
+    </row>
+    <row r="566" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A566" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B566" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B566" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C566" s="4" t="s">
-        <v>33</v>
+      <c r="C566" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>549</v>
+        <v>529</v>
       </c>
       <c r="E566" s="1" t="s">
-        <v>554</v>
+        <v>397</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>351</v>
+        <v>21</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H566" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I566" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J566" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K566" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L566" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="M566" s="1" t="s">
-        <v>71</v>
-[...60 lines deleted...]
-    <row r="567" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>21</v>
+      </c>
+      <c r="N566" s="8"/>
+    </row>
+    <row r="567" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A567" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B567" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B567" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C567" s="4" t="s">
-        <v>33</v>
+      <c r="C567" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D567" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="E567" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="F567" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="E567" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G567" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H567" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I567" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J567" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="K567" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L567" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M567" s="1" t="s">
-        <v>71</v>
-[...60 lines deleted...]
-    <row r="568" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N567" s="8"/>
+    </row>
+    <row r="568" spans="1:14" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A568" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B568" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B568" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C568" s="4" t="s">
-        <v>33</v>
+      <c r="C568" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="D568" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="E568" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="F568" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="E568" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G568" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H568" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I568" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J568" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K568" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L568" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M568" s="1" t="s">
-        <v>71</v>
-[...60 lines deleted...]
-    <row r="569" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N568" s="9"/>
+    </row>
+    <row r="569" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A569" s="1" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>588</v>
+      </c>
+      <c r="B569" s="7" t="s">
+        <v>20</v>
       </c>
       <c r="C569" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>549</v>
+        <v>529</v>
       </c>
       <c r="E569" s="1" t="s">
-        <v>556</v>
+        <v>551</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>34</v>
+        <v>178</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="H569" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I569" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J569" s="1">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="K569" s="1" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="L569" s="1" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="M569" s="1" t="s">
-        <v>114</v>
-[...60 lines deleted...]
-    <row r="570" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N569" s="6"/>
+    </row>
+    <row r="570" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A570" s="1" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>588</v>
+      </c>
+      <c r="B570" s="7" t="s">
+        <v>20</v>
       </c>
       <c r="C570" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>549</v>
+        <v>529</v>
       </c>
       <c r="E570" s="1" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H570" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I570" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J570" s="1">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="K570" s="1" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="L570" s="1" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="M570" s="1" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-    <row r="571" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>87</v>
+      </c>
+      <c r="N570" s="6"/>
+    </row>
+    <row r="571" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A571" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B571" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B571" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C571" s="4" t="s">
-        <v>33</v>
+      <c r="C571" s="1" t="s">
+        <v>41</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>549</v>
+        <v>529</v>
       </c>
       <c r="E571" s="1" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>351</v>
+        <v>85</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H571" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I571" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J571" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K571" s="1" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="L571" s="1" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="M571" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="572" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>87</v>
+      </c>
+      <c r="N571" s="6"/>
+    </row>
+    <row r="572" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A572" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B572" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B572" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C572" s="4" t="s">
-        <v>46</v>
+      <c r="C572" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>549</v>
+        <v>529</v>
       </c>
       <c r="E572" s="1" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>351</v>
+        <v>554</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>433</v>
+        <v>91</v>
       </c>
       <c r="H572" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I572" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J572" s="1">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="K572" s="1" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="L572" s="1" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="M572" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="573" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>42</v>
+      </c>
+      <c r="N572" s="6"/>
+    </row>
+    <row r="573" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A573" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B573" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B573" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C573" s="4" t="s">
-        <v>46</v>
+      <c r="C573" s="1" t="s">
+        <v>33</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>549</v>
+        <v>530</v>
       </c>
       <c r="E573" s="1" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>351</v>
+        <v>262</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>40</v>
+        <v>91</v>
       </c>
       <c r="H573" s="1" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I573" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J573" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K573" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L573" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M573" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="574" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N573" s="6"/>
+    </row>
+    <row r="574" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A574" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B574" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B574" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C574" s="4" t="s">
-        <v>97</v>
+      <c r="C574" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E574" s="1" t="s">
         <v>559</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>34</v>
+        <v>350</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H574" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I574" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J574" s="1">
-        <v>82</v>
+        <v>1</v>
       </c>
       <c r="K574" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L574" s="1" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="M574" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="575" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N574" s="6"/>
+    </row>
+    <row r="575" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A575" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B575" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B575" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C575" s="4" t="s">
-        <v>46</v>
+      <c r="C575" s="7" t="s">
+        <v>33</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E575" s="1" t="s">
         <v>560</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>34</v>
+        <v>350</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H575" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I575" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J575" s="1">
-        <v>46</v>
+        <v>2</v>
       </c>
       <c r="K575" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L575" s="1" t="s">
-        <v>109</v>
+        <v>72</v>
       </c>
       <c r="M575" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-    <row r="576" spans="1:71" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N575" s="6"/>
+    </row>
+    <row r="576" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A576" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B576" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B576" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C576" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C576" s="4" t="s">
+      <c r="D576" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E576" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="F576" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H576" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I576" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J576" s="1">
+        <v>10</v>
+      </c>
+      <c r="K576" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L576" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M576" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="N576" s="6"/>
+    </row>
+    <row r="577" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A577" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B577" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C577" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="D576" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="D577" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E577" s="1" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>187</v>
+        <v>350</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H577" s="1" t="s">
-        <v>197</v>
+        <v>26</v>
       </c>
       <c r="I577" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J577" s="1">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="K577" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L577" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M577" s="1" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-    <row r="578" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N577" s="6"/>
+    </row>
+    <row r="578" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A578" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B578" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B578" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C578" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D578" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E578" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="F578" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H578" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="I578" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J578" s="1">
+        <v>14</v>
+      </c>
+      <c r="K578" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L578" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="M578" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N578" s="6"/>
+    </row>
+    <row r="579" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A579" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B579" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C579" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D579" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E579" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="F579" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H579" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I579" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J579" s="1">
+        <v>1</v>
+      </c>
+      <c r="K579" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L579" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="M579" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N579" s="6"/>
+    </row>
+    <row r="580" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A580" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B580" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C578" s="4" t="s">
-[...80 lines deleted...]
-      <c r="B580" s="4" t="s">
+      <c r="C580" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C580" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D580" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E580" s="1" t="s">
-        <v>52</v>
+        <v>563</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>264</v>
+        <v>350</v>
       </c>
       <c r="G580" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H580" s="1" t="s">
-        <v>197</v>
+        <v>26</v>
       </c>
       <c r="I580" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J580" s="1">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="K580" s="1" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L580" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M580" s="1" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-    <row r="581" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N580" s="6"/>
+    </row>
+    <row r="581" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A581" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>588</v>
+      </c>
+      <c r="B581" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C581" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E581" s="1" t="s">
-        <v>52</v>
+        <v>564</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>264</v>
+        <v>350</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>40</v>
+        <v>432</v>
       </c>
       <c r="H581" s="1" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I581" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J581" s="1">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="K581" s="1" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L581" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M581" s="1" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-    <row r="582" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N581" s="6"/>
+    </row>
+    <row r="582" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A582" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>588</v>
+      </c>
+      <c r="B582" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C582" s="7" t="s">
+        <v>46</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E582" s="1" t="s">
-        <v>52</v>
+        <v>564</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>264</v>
+        <v>350</v>
       </c>
       <c r="G582" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H582" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I582" s="1" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="J582" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K582" s="1" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="L582" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M582" s="1" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-    <row r="583" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>71</v>
+      </c>
+      <c r="N582" s="6"/>
+    </row>
+    <row r="583" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A583" s="1" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-      <c r="C583" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B583" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C583" s="7" t="s">
         <v>97</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E583" s="1" t="s">
         <v>565</v>
       </c>
       <c r="F583" s="1" t="s">
-        <v>195</v>
+        <v>34</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H583" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I583" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J583" s="1">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="K583" s="1" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="L583" s="1" t="s">
-        <v>117</v>
+        <v>55</v>
       </c>
       <c r="M583" s="1" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-    <row r="584" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>79</v>
+      </c>
+      <c r="N583" s="6"/>
+    </row>
+    <row r="584" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A584" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B584" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B584" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C584" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D584" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E584" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="F584" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H584" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I584" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J584" s="1">
+        <v>46</v>
+      </c>
+      <c r="K584" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L584" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M584" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="N584" s="6"/>
+    </row>
+    <row r="585" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A585" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B585" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C584" s="4" t="s">
+      <c r="C585" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="D584" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E584" s="1" t="s">
+      <c r="D585" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E585" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="F585" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H585" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I585" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="J585" s="1">
+        <v>3</v>
+      </c>
+      <c r="K585" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L585" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="M585" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="N585" s="6"/>
+    </row>
+    <row r="586" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A586" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B586" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C586" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D586" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E586" s="1" t="s">
         <v>570</v>
       </c>
-      <c r="F584" s="1" t="s">
-[...80 lines deleted...]
-      </c>
       <c r="F586" s="1" t="s">
-        <v>34</v>
+        <v>187</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>207</v>
+        <v>16</v>
       </c>
       <c r="H586" s="1" t="s">
-        <v>17</v>
+        <v>197</v>
       </c>
       <c r="I586" s="1" t="s">
-        <v>572</v>
+        <v>49</v>
       </c>
       <c r="J586" s="1">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="K586" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L586" s="1" t="s">
-        <v>109</v>
+        <v>72</v>
       </c>
       <c r="M586" s="1" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="587" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+      <c r="N586" s="6"/>
+    </row>
+    <row r="587" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A587" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>588</v>
+      </c>
+      <c r="B587" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C587" s="7" t="s">
+        <v>41</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E587" s="1" t="s">
-        <v>229</v>
+        <v>570</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>34</v>
+        <v>187</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>207</v>
+        <v>16</v>
       </c>
       <c r="H587" s="1" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I587" s="1" t="s">
-        <v>572</v>
+        <v>49</v>
       </c>
       <c r="J587" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K587" s="1" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L587" s="1" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="M587" s="1" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="588" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="588" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A588" s="1" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>588</v>
+      </c>
+      <c r="B588" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C588" s="7" t="s">
+        <v>41</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E588" s="1" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="F588" s="1" t="s">
-        <v>71</v>
+        <v>187</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>435</v>
+        <v>16</v>
       </c>
       <c r="H588" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I588" s="1" t="s">
-        <v>572</v>
+        <v>49</v>
       </c>
       <c r="J588" s="1">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="K588" s="1" t="s">
         <v>22</v>
       </c>
       <c r="L588" s="1" t="s">
         <v>72</v>
       </c>
       <c r="M588" s="1" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="589" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="589" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A589" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B589" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B589" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C589" s="4" t="s">
-        <v>46</v>
+      <c r="C589" s="7" t="s">
+        <v>41</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E589" s="1" t="s">
-        <v>575</v>
+        <v>52</v>
       </c>
       <c r="F589" s="1" t="s">
-        <v>576</v>
+        <v>266</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>207</v>
+        <v>40</v>
       </c>
       <c r="H589" s="1" t="s">
-        <v>17</v>
+        <v>197</v>
       </c>
       <c r="I589" s="1" t="s">
-        <v>572</v>
+        <v>49</v>
       </c>
       <c r="J589" s="1">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="K589" s="1" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
       <c r="L589" s="1" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="M589" s="1" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-    <row r="590" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="590" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A590" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B590" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B590" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C590" s="4" t="s">
-        <v>46</v>
+      <c r="C590" s="7" t="s">
+        <v>41</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E590" s="1" t="s">
-        <v>577</v>
+        <v>52</v>
       </c>
       <c r="F590" s="1" t="s">
-        <v>121</v>
+        <v>266</v>
       </c>
       <c r="G590" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H590" s="1" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="I590" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J590" s="1">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="K590" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L590" s="1" t="s">
-        <v>123</v>
+        <v>72</v>
       </c>
       <c r="M590" s="1" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="591" spans="1:14" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="591" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A591" s="1" t="s">
-        <v>582</v>
-[...1 lines deleted...]
-      <c r="B591" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B591" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="C591" s="4" t="s">
-        <v>46</v>
+      <c r="C591" s="7" t="s">
+        <v>41</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>577</v>
+        <v>52</v>
       </c>
       <c r="F591" s="1" t="s">
-        <v>121</v>
+        <v>266</v>
       </c>
       <c r="G591" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H591" s="1" t="s">
         <v>26</v>
       </c>
       <c r="I591" s="1" t="s">
-        <v>18</v>
+        <v>49</v>
       </c>
       <c r="J591" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K591" s="1" t="s">
         <v>122</v>
       </c>
       <c r="L591" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M591" s="1" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="592" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A592" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B592" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C592" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="D592" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E592" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="F592" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H592" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I592" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J592" s="1">
+        <v>30</v>
+      </c>
+      <c r="K592" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="L592" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="M592" s="1" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="593" spans="1:73" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A593" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B593" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C593" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D593" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E593" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="F593" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H593" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I593" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="J593" s="1">
+        <v>3</v>
+      </c>
+      <c r="K593" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L593" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M593" s="1" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="594" spans="1:73" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A594" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B594" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C594" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D594" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E594" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="F594" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H594" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I594" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="J594" s="1">
+        <v>1</v>
+      </c>
+      <c r="K594" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L594" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M594" s="1" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="595" spans="1:73" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A595" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B595" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C595" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D595" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E595" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="F595" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H595" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I595" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="J595" s="1">
+        <v>1</v>
+      </c>
+      <c r="K595" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L595" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="M595" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="O595" s="1"/>
+      <c r="P595" s="1"/>
+      <c r="Q595" s="1"/>
+      <c r="R595" s="1"/>
+      <c r="S595" s="1"/>
+      <c r="T595" s="1"/>
+      <c r="U595" s="1"/>
+      <c r="V595" s="1"/>
+      <c r="W595" s="1"/>
+      <c r="X595" s="1"/>
+      <c r="Y595" s="1"/>
+      <c r="Z595" s="1"/>
+      <c r="AA595" s="1"/>
+      <c r="AB595" s="1"/>
+      <c r="AC595" s="1"/>
+      <c r="AD595" s="1"/>
+      <c r="AE595" s="1"/>
+      <c r="AF595" s="1"/>
+      <c r="AG595" s="1"/>
+      <c r="AH595" s="1"/>
+      <c r="AI595" s="1"/>
+      <c r="AJ595" s="1"/>
+      <c r="AK595" s="1"/>
+      <c r="AL595" s="1"/>
+      <c r="AM595" s="1"/>
+      <c r="AN595" s="1"/>
+      <c r="AO595" s="1"/>
+      <c r="AP595" s="1"/>
+      <c r="AQ595" s="1"/>
+      <c r="AR595" s="1"/>
+      <c r="AS595" s="1"/>
+      <c r="AT595" s="1"/>
+      <c r="AU595" s="1"/>
+      <c r="AV595" s="1"/>
+      <c r="AW595" s="1"/>
+      <c r="AX595" s="1"/>
+      <c r="AY595" s="1"/>
+      <c r="AZ595" s="1"/>
+      <c r="BA595" s="1"/>
+      <c r="BB595" s="1"/>
+      <c r="BC595" s="1"/>
+      <c r="BD595" s="1"/>
+      <c r="BE595" s="1"/>
+      <c r="BF595" s="1"/>
+      <c r="BG595" s="1"/>
+      <c r="BH595" s="1"/>
+      <c r="BI595" s="1"/>
+      <c r="BJ595" s="1"/>
+      <c r="BK595" s="1"/>
+      <c r="BL595" s="1"/>
+      <c r="BM595" s="1"/>
+      <c r="BN595" s="1"/>
+      <c r="BO595" s="1"/>
+      <c r="BP595" s="1"/>
+      <c r="BQ595" s="1"/>
+      <c r="BR595" s="1"/>
+      <c r="BS595" s="1"/>
+    </row>
+    <row r="596" spans="1:73" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A596" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B596" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C596" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D596" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E596" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="F596" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H596" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I596" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="J596" s="1">
+        <v>1</v>
+      </c>
+      <c r="K596" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L596" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="M596" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="O596" s="1"/>
+      <c r="P596" s="1"/>
+      <c r="Q596" s="1"/>
+      <c r="R596" s="1"/>
+      <c r="S596" s="1"/>
+      <c r="T596" s="1"/>
+      <c r="U596" s="1"/>
+      <c r="V596" s="1"/>
+      <c r="W596" s="1"/>
+      <c r="X596" s="1"/>
+      <c r="Y596" s="1"/>
+      <c r="Z596" s="1"/>
+      <c r="AA596" s="1"/>
+      <c r="AB596" s="1"/>
+      <c r="AC596" s="1"/>
+      <c r="AD596" s="1"/>
+      <c r="AE596" s="1"/>
+      <c r="AF596" s="1"/>
+      <c r="AG596" s="1"/>
+      <c r="AH596" s="1"/>
+      <c r="AI596" s="1"/>
+      <c r="AJ596" s="1"/>
+      <c r="AK596" s="1"/>
+      <c r="AL596" s="1"/>
+      <c r="AM596" s="1"/>
+      <c r="AN596" s="1"/>
+      <c r="AO596" s="1"/>
+      <c r="AP596" s="1"/>
+      <c r="AQ596" s="1"/>
+      <c r="AR596" s="1"/>
+      <c r="AS596" s="1"/>
+      <c r="AT596" s="1"/>
+      <c r="AU596" s="1"/>
+      <c r="AV596" s="1"/>
+      <c r="AW596" s="1"/>
+      <c r="AX596" s="1"/>
+      <c r="AY596" s="1"/>
+      <c r="AZ596" s="1"/>
+      <c r="BA596" s="1"/>
+      <c r="BB596" s="1"/>
+      <c r="BC596" s="1"/>
+      <c r="BD596" s="1"/>
+      <c r="BE596" s="1"/>
+      <c r="BF596" s="1"/>
+      <c r="BG596" s="1"/>
+      <c r="BH596" s="1"/>
+      <c r="BI596" s="1"/>
+      <c r="BJ596" s="1"/>
+      <c r="BK596" s="1"/>
+      <c r="BL596" s="1"/>
+      <c r="BM596" s="1"/>
+      <c r="BN596" s="1"/>
+      <c r="BO596" s="1"/>
+      <c r="BP596" s="1"/>
+      <c r="BQ596" s="1"/>
+      <c r="BR596" s="1"/>
+      <c r="BS596" s="1"/>
+    </row>
+    <row r="597" spans="1:73" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A597" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B597" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C597" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D597" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E597" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="F597" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="H597" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I597" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="J597" s="1">
+        <v>16</v>
+      </c>
+      <c r="K597" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L597" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="M597" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="O597" s="1"/>
+      <c r="P597" s="1"/>
+      <c r="Q597" s="1"/>
+      <c r="R597" s="1"/>
+      <c r="S597" s="1"/>
+      <c r="T597" s="1"/>
+      <c r="U597" s="1"/>
+      <c r="V597" s="1"/>
+      <c r="W597" s="1"/>
+      <c r="X597" s="1"/>
+      <c r="Y597" s="1"/>
+      <c r="Z597" s="1"/>
+      <c r="AA597" s="1"/>
+      <c r="AB597" s="1"/>
+      <c r="AC597" s="1"/>
+      <c r="AD597" s="1"/>
+      <c r="AE597" s="1"/>
+      <c r="AF597" s="1"/>
+      <c r="AG597" s="1"/>
+      <c r="AH597" s="1"/>
+      <c r="AI597" s="1"/>
+      <c r="AJ597" s="1"/>
+      <c r="AK597" s="1"/>
+      <c r="AL597" s="1"/>
+      <c r="AM597" s="1"/>
+      <c r="AN597" s="1"/>
+      <c r="AO597" s="1"/>
+      <c r="AP597" s="1"/>
+      <c r="AQ597" s="1"/>
+      <c r="AR597" s="1"/>
+      <c r="AS597" s="1"/>
+      <c r="AT597" s="1"/>
+      <c r="AU597" s="1"/>
+      <c r="AV597" s="1"/>
+      <c r="AW597" s="1"/>
+      <c r="AX597" s="1"/>
+      <c r="AY597" s="1"/>
+      <c r="AZ597" s="1"/>
+      <c r="BA597" s="1"/>
+      <c r="BB597" s="1"/>
+      <c r="BC597" s="1"/>
+      <c r="BD597" s="1"/>
+      <c r="BE597" s="1"/>
+      <c r="BF597" s="1"/>
+      <c r="BG597" s="1"/>
+      <c r="BH597" s="1"/>
+      <c r="BI597" s="1"/>
+      <c r="BJ597" s="1"/>
+      <c r="BK597" s="1"/>
+      <c r="BL597" s="1"/>
+      <c r="BM597" s="1"/>
+      <c r="BN597" s="1"/>
+      <c r="BO597" s="1"/>
+      <c r="BP597" s="1"/>
+      <c r="BQ597" s="1"/>
+      <c r="BR597" s="1"/>
+      <c r="BS597" s="1"/>
+    </row>
+    <row r="598" spans="1:73" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A598" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B598" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C598" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D598" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E598" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="F598" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H598" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I598" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="J598" s="1">
+        <v>1</v>
+      </c>
+      <c r="K598" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L598" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="M598" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="O598" s="1"/>
+      <c r="P598" s="1"/>
+      <c r="Q598" s="1"/>
+      <c r="R598" s="1"/>
+      <c r="S598" s="1"/>
+      <c r="T598" s="1"/>
+      <c r="U598" s="1"/>
+      <c r="V598" s="1"/>
+      <c r="W598" s="1"/>
+      <c r="X598" s="1"/>
+      <c r="Y598" s="1"/>
+      <c r="Z598" s="1"/>
+      <c r="AA598" s="1"/>
+      <c r="AB598" s="1"/>
+      <c r="AC598" s="1"/>
+      <c r="AD598" s="1"/>
+      <c r="AE598" s="1"/>
+      <c r="AF598" s="1"/>
+      <c r="AG598" s="1"/>
+      <c r="AH598" s="1"/>
+      <c r="AI598" s="1"/>
+      <c r="AJ598" s="1"/>
+      <c r="AK598" s="1"/>
+      <c r="AL598" s="1"/>
+      <c r="AM598" s="1"/>
+      <c r="AN598" s="1"/>
+      <c r="AO598" s="1"/>
+      <c r="AP598" s="1"/>
+      <c r="AQ598" s="1"/>
+      <c r="AR598" s="1"/>
+      <c r="AS598" s="1"/>
+      <c r="AT598" s="1"/>
+      <c r="AU598" s="1"/>
+      <c r="AV598" s="1"/>
+      <c r="AW598" s="1"/>
+      <c r="AX598" s="1"/>
+      <c r="AY598" s="1"/>
+      <c r="AZ598" s="1"/>
+      <c r="BA598" s="1"/>
+      <c r="BB598" s="1"/>
+      <c r="BC598" s="1"/>
+      <c r="BD598" s="1"/>
+      <c r="BE598" s="1"/>
+      <c r="BF598" s="1"/>
+      <c r="BG598" s="1"/>
+      <c r="BH598" s="1"/>
+      <c r="BI598" s="1"/>
+      <c r="BJ598" s="1"/>
+      <c r="BK598" s="1"/>
+      <c r="BL598" s="1"/>
+      <c r="BM598" s="1"/>
+      <c r="BN598" s="1"/>
+      <c r="BO598" s="1"/>
+      <c r="BP598" s="1"/>
+      <c r="BQ598" s="1"/>
+      <c r="BR598" s="1"/>
+      <c r="BS598" s="1"/>
+    </row>
+    <row r="599" spans="1:73" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A599" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B599" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C599" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D599" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E599" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="F599" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H599" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I599" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J599" s="1">
+        <v>32</v>
+      </c>
+      <c r="K599" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L599" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="M591" s="1" t="s">
+      <c r="M599" s="1" t="s">
         <v>127</v>
       </c>
+      <c r="O599" s="1"/>
+      <c r="P599" s="1"/>
+      <c r="Q599" s="1"/>
+      <c r="R599" s="1"/>
+      <c r="S599" s="1"/>
+      <c r="T599" s="1"/>
+      <c r="U599" s="1"/>
+      <c r="V599" s="1"/>
+      <c r="W599" s="1"/>
+      <c r="X599" s="1"/>
+      <c r="Y599" s="1"/>
+      <c r="Z599" s="1"/>
+      <c r="AA599" s="1"/>
+      <c r="AB599" s="1"/>
+      <c r="AC599" s="1"/>
+      <c r="AD599" s="1"/>
+      <c r="AE599" s="1"/>
+      <c r="AF599" s="1"/>
+      <c r="AG599" s="1"/>
+      <c r="AH599" s="1"/>
+      <c r="AI599" s="1"/>
+      <c r="AJ599" s="1"/>
+      <c r="AK599" s="1"/>
+      <c r="AL599" s="1"/>
+      <c r="AM599" s="1"/>
+      <c r="AN599" s="1"/>
+      <c r="AO599" s="1"/>
+      <c r="AP599" s="1"/>
+      <c r="AQ599" s="1"/>
+      <c r="AR599" s="1"/>
+      <c r="AS599" s="1"/>
+      <c r="AT599" s="1"/>
+      <c r="AU599" s="1"/>
+      <c r="AV599" s="1"/>
+      <c r="AW599" s="1"/>
+      <c r="AX599" s="1"/>
+      <c r="AY599" s="1"/>
+      <c r="AZ599" s="1"/>
+      <c r="BA599" s="1"/>
+      <c r="BB599" s="1"/>
+      <c r="BC599" s="1"/>
+      <c r="BD599" s="1"/>
+      <c r="BE599" s="1"/>
+      <c r="BF599" s="1"/>
+      <c r="BG599" s="1"/>
+      <c r="BH599" s="1"/>
+      <c r="BI599" s="1"/>
+      <c r="BJ599" s="1"/>
+      <c r="BK599" s="1"/>
+      <c r="BL599" s="1"/>
+      <c r="BM599" s="1"/>
+      <c r="BN599" s="1"/>
+      <c r="BO599" s="1"/>
+      <c r="BP599" s="1"/>
+      <c r="BQ599" s="1"/>
+      <c r="BR599" s="1"/>
+      <c r="BS599" s="1"/>
+    </row>
+    <row r="600" spans="1:73" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A600" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B600" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C600" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D600" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E600" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="F600" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H600" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="I600" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="J600" s="1">
+        <v>4</v>
+      </c>
+      <c r="K600" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L600" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="M600" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="O600" s="1"/>
+      <c r="P600" s="1"/>
+      <c r="Q600" s="1"/>
+      <c r="R600" s="1"/>
+      <c r="S600" s="1"/>
+      <c r="T600" s="1"/>
+      <c r="U600" s="1"/>
+      <c r="V600" s="1"/>
+      <c r="W600" s="1"/>
+      <c r="X600" s="1"/>
+      <c r="Y600" s="1"/>
+      <c r="Z600" s="1"/>
+      <c r="AA600" s="1"/>
+      <c r="AB600" s="1"/>
+      <c r="AC600" s="1"/>
+      <c r="AD600" s="1"/>
+      <c r="AE600" s="1"/>
+      <c r="AF600" s="1"/>
+      <c r="AG600" s="1"/>
+      <c r="AH600" s="1"/>
+      <c r="AI600" s="1"/>
+      <c r="AJ600" s="1"/>
+      <c r="AK600" s="1"/>
+      <c r="AL600" s="1"/>
+      <c r="AM600" s="1"/>
+      <c r="AN600" s="1"/>
+      <c r="AO600" s="1"/>
+      <c r="AP600" s="1"/>
+      <c r="AQ600" s="1"/>
+      <c r="AR600" s="1"/>
+      <c r="AS600" s="1"/>
+      <c r="AT600" s="1"/>
+      <c r="AU600" s="1"/>
+      <c r="AV600" s="1"/>
+      <c r="AW600" s="1"/>
+      <c r="AX600" s="1"/>
+      <c r="AY600" s="1"/>
+      <c r="AZ600" s="1"/>
+      <c r="BA600" s="1"/>
+      <c r="BB600" s="1"/>
+      <c r="BC600" s="1"/>
+      <c r="BD600" s="1"/>
+      <c r="BE600" s="1"/>
+      <c r="BF600" s="1"/>
+      <c r="BG600" s="1"/>
+      <c r="BH600" s="1"/>
+      <c r="BI600" s="1"/>
+      <c r="BJ600" s="1"/>
+      <c r="BK600" s="1"/>
+      <c r="BL600" s="1"/>
+      <c r="BM600" s="1"/>
+      <c r="BN600" s="1"/>
+      <c r="BO600" s="1"/>
+      <c r="BP600" s="1"/>
+      <c r="BQ600" s="1"/>
+      <c r="BR600" s="1"/>
+      <c r="BS600" s="1"/>
+    </row>
+    <row r="601" spans="1:73" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A601" s="1"/>
+      <c r="B601" s="7"/>
+      <c r="C601" s="7"/>
+      <c r="D601" s="1"/>
+      <c r="E601" s="1"/>
+      <c r="F601" s="1"/>
+      <c r="G601" s="1"/>
+      <c r="H601" s="1"/>
+      <c r="I601" s="1"/>
+      <c r="J601" s="1"/>
+      <c r="K601" s="1"/>
+      <c r="L601" s="1"/>
+      <c r="M601" s="1"/>
+      <c r="O601" s="1"/>
+      <c r="P601" s="1"/>
+      <c r="Q601" s="1"/>
+      <c r="R601" s="1"/>
+      <c r="S601" s="1"/>
+      <c r="T601" s="1"/>
+      <c r="U601" s="1"/>
+      <c r="V601" s="1"/>
+      <c r="W601" s="1"/>
+      <c r="X601" s="1"/>
+      <c r="Y601" s="1"/>
+      <c r="Z601" s="1"/>
+      <c r="AA601" s="1"/>
+      <c r="AB601" s="1"/>
+      <c r="AC601" s="1"/>
+      <c r="AD601" s="1"/>
+      <c r="AE601" s="1"/>
+      <c r="AF601" s="1"/>
+      <c r="AG601" s="1"/>
+      <c r="AH601" s="1"/>
+      <c r="AI601" s="1"/>
+      <c r="AJ601" s="1"/>
+      <c r="AK601" s="1"/>
+      <c r="AL601" s="1"/>
+      <c r="AM601" s="1"/>
+      <c r="AN601" s="1"/>
+      <c r="AO601" s="1"/>
+      <c r="AP601" s="1"/>
+      <c r="AQ601" s="1"/>
+      <c r="AR601" s="1"/>
+      <c r="AS601" s="1"/>
+      <c r="AT601" s="1"/>
+      <c r="AU601" s="1"/>
+      <c r="AV601" s="1"/>
+      <c r="AW601" s="1"/>
+      <c r="AX601" s="1"/>
+      <c r="AY601" s="1"/>
+      <c r="AZ601" s="1"/>
+      <c r="BA601" s="1"/>
+      <c r="BB601" s="1"/>
+      <c r="BC601" s="1"/>
+      <c r="BD601" s="1"/>
+      <c r="BE601" s="1"/>
+      <c r="BF601" s="1"/>
+      <c r="BG601" s="1"/>
+      <c r="BH601" s="1"/>
+      <c r="BI601" s="1"/>
+      <c r="BJ601" s="1"/>
+      <c r="BK601" s="1"/>
+      <c r="BL601" s="1"/>
+      <c r="BM601" s="1"/>
+      <c r="BN601" s="1"/>
+      <c r="BO601" s="1"/>
+      <c r="BP601" s="1"/>
+      <c r="BQ601" s="1"/>
+      <c r="BR601" s="1"/>
+      <c r="BS601" s="1"/>
+      <c r="BT601" s="1"/>
+      <c r="BU601" s="1"/>
+    </row>
+    <row r="602" spans="1:73" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A602" s="1"/>
+      <c r="B602" s="7"/>
+      <c r="C602" s="7"/>
+      <c r="D602" s="1"/>
+      <c r="E602" s="1"/>
+      <c r="F602" s="1"/>
+      <c r="G602" s="1"/>
+      <c r="H602" s="1"/>
+      <c r="I602" s="1"/>
+      <c r="J602" s="1"/>
+      <c r="K602" s="1"/>
+      <c r="L602" s="1"/>
+      <c r="M602" s="1"/>
+      <c r="O602" s="1"/>
+      <c r="P602" s="1"/>
+      <c r="Q602" s="1"/>
+      <c r="R602" s="1"/>
+      <c r="S602" s="1"/>
+      <c r="T602" s="1"/>
+      <c r="U602" s="1"/>
+      <c r="V602" s="1"/>
+      <c r="W602" s="1"/>
+      <c r="X602" s="1"/>
+      <c r="Y602" s="1"/>
+      <c r="Z602" s="1"/>
+      <c r="AA602" s="1"/>
+      <c r="AB602" s="1"/>
+      <c r="AC602" s="1"/>
+      <c r="AD602" s="1"/>
+      <c r="AE602" s="1"/>
+      <c r="AF602" s="1"/>
+      <c r="AG602" s="1"/>
+      <c r="AH602" s="1"/>
+      <c r="AI602" s="1"/>
+      <c r="AJ602" s="1"/>
+      <c r="AK602" s="1"/>
+      <c r="AL602" s="1"/>
+      <c r="AM602" s="1"/>
+      <c r="AN602" s="1"/>
+      <c r="AO602" s="1"/>
+      <c r="AP602" s="1"/>
+      <c r="AQ602" s="1"/>
+      <c r="AR602" s="1"/>
+      <c r="AS602" s="1"/>
+      <c r="AT602" s="1"/>
+      <c r="AU602" s="1"/>
+      <c r="AV602" s="1"/>
+      <c r="AW602" s="1"/>
+      <c r="AX602" s="1"/>
+      <c r="AY602" s="1"/>
+      <c r="AZ602" s="1"/>
+      <c r="BA602" s="1"/>
+      <c r="BB602" s="1"/>
+      <c r="BC602" s="1"/>
+      <c r="BD602" s="1"/>
+      <c r="BE602" s="1"/>
+      <c r="BF602" s="1"/>
+      <c r="BG602" s="1"/>
+      <c r="BH602" s="1"/>
+      <c r="BI602" s="1"/>
+      <c r="BJ602" s="1"/>
+      <c r="BK602" s="1"/>
+      <c r="BL602" s="1"/>
+      <c r="BM602" s="1"/>
+      <c r="BN602" s="1"/>
+      <c r="BO602" s="1"/>
+      <c r="BP602" s="1"/>
+      <c r="BQ602" s="1"/>
+      <c r="BR602" s="1"/>
+      <c r="BS602" s="1"/>
+      <c r="BT602" s="1"/>
+      <c r="BU602" s="1"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:M591" xr:uid="{19759609-8749-485E-8FD5-1D2468CF4357}"/>
-[...3 lines deleted...]
-  </sortState>
+  <autoFilter ref="A1:M600" xr:uid="{82D6B153-C12C-4E23-A64B-ADBA2E1663F4}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:M600">
+      <sortCondition ref="A2:A600"/>
+      <sortCondition ref="D2:D600"/>
+    </sortState>
+  </autoFilter>
   <printOptions gridLines="1"/>
   <pageMargins left="0.74803149606299213" right="0.31496062992125984" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;14SHDP 2012/13 - 2016/17</oddHeader>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Social Housing Schemes</vt:lpstr>
       <vt:lpstr>'Social Housing Schemes'!Print_Area</vt:lpstr>
       <vt:lpstr>'Social Housing Schemes'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NICS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Social Housing Schemes at 31 10 2025</dc:title>
-  <dc:subject>Social Housing Schemes at 31 10 2025</dc:subject>
   <dc:creator>Ferguson, Declan</dc:creator>
-  <cp:keywords>new,build</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category>Social Housing Schemes at 31 10 2025</cp:category>
 </cp:coreProperties>
 </file>