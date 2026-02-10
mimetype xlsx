--- v2 (2026-01-14)
+++ v3 (2026-02-10)
@@ -2,802 +2,799 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Land and Rengeneration\DPG\Programme Spreadsheet\Backup Spreadsheets\2025\December 2026\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\WIP\Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{69391B34-727F-47BE-B79A-F23073D97028}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CC105B19-372A-4049-B7D4-24E36DB89B64}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{79641D80-133E-4E1E-BF75-216FEE7ABAAB}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{5EFDC8A5-EF42-4DFA-98BD-03F740068632}"/>
   </bookViews>
   <sheets>
     <sheet name="Social Housing Schemes" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Social Housing Schemes'!$A$1:$M$600</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Social Housing Schemes'!$D$1:$J$514</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Social Housing Schemes'!$A$1:$BQ$604</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Social Housing Schemes'!$D$1:$M$516</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Social Housing Schemes'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Ferguson, Declan</author>
-    <author>tc={AE319F41-8F60-4BBB-89E7-36A88F6FAB1C}</author>
+    <author>tc={A295BFF4-35D5-4AE4-9DEA-27E618AFC066}</author>
     <author>Declan Ferguson</author>
-    <author>tc={33832129-573B-4C27-8742-5482C4E9D607}</author>
+    <author>tc={1E6C6061-1670-46E5-AE8E-94DF9171A194}</author>
   </authors>
   <commentList>
-    <comment ref="E107" authorId="0" shapeId="0" xr:uid="{DBB97D3E-5A8E-4938-9446-C564A2959B9D}">
+    <comment ref="E12" authorId="0" shapeId="0" xr:uid="{6D90AFBD-A0E9-428B-8DC7-B8DCC1D26F77}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E108" authorId="0" shapeId="0" xr:uid="{3D5529D0-D1B9-4631-A50E-9EA19DDD4D78}">
+    <comment ref="E13" authorId="0" shapeId="0" xr:uid="{121D4B04-6B7C-4822-AECC-CBB0BEBEFF6D}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E109" authorId="0" shapeId="0" xr:uid="{60960719-C62E-4760-A3EF-313C82941C81}">
+    <comment ref="E14" authorId="0" shapeId="0" xr:uid="{D23E1875-6338-4006-B824-7320CB20A0FB}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E110" authorId="0" shapeId="0" xr:uid="{47857627-8C8A-43E4-A794-8BE55D014010}">
+    <comment ref="E15" authorId="0" shapeId="0" xr:uid="{16C24345-FD6B-4836-A249-D987E7821405}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E111" authorId="0" shapeId="0" xr:uid="{21C8F498-3DFF-413F-B11C-517BF20C926A}">
+    <comment ref="E16" authorId="0" shapeId="0" xr:uid="{447C4CE0-57FD-4E1E-8787-8A68D026DC49}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Rehabs PH29a</t>
         </r>
       </text>
     </comment>
-    <comment ref="E159" authorId="0" shapeId="0" xr:uid="{0B3BD030-C5AC-4F18-B44F-61C62F749498}">
+    <comment ref="E162" authorId="0" shapeId="0" xr:uid="{A63187EE-2434-48DE-BE05-E0460C012D96}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Corrib Avenue, Belfast</t>
         </r>
       </text>
     </comment>
-    <comment ref="E160" authorId="0" shapeId="0" xr:uid="{4743A06F-DFD7-44FF-AC02-ADD2F989D25B}">
+    <comment ref="E163" authorId="0" shapeId="0" xr:uid="{FB2F2EC2-94F5-4FB0-8BE4-FABF7ACD5979}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Corrib Avenue, Belfast</t>
         </r>
       </text>
     </comment>
-    <comment ref="E261" authorId="0" shapeId="0" xr:uid="{FC7D1884-25FA-4EA0-9542-B75D4F4A8A27}">
+    <comment ref="E263" authorId="0" shapeId="0" xr:uid="{88D32CE0-96D6-4408-9ED0-A342420BF994}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Lagmore Hazel View</t>
         </r>
       </text>
     </comment>
-    <comment ref="E262" authorId="0" shapeId="0" xr:uid="{032BE429-34AD-4154-B125-2F45E9EE086A}">
+    <comment ref="E264" authorId="0" shapeId="0" xr:uid="{E63744A7-957A-4660-8D81-CD03181D6B33}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Lagmore Hazel View</t>
         </r>
       </text>
     </comment>
-    <comment ref="E272" authorId="1" shapeId="0" xr:uid="{AE319F41-8F60-4BBB-89E7-36A88F6FAB1C}">
+    <comment ref="E274" authorId="1" shapeId="0" xr:uid="{A295BFF4-35D5-4AE4-9DEA-27E618AFC066}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Hopewell Avenue?</t>
       </text>
     </comment>
-    <comment ref="E295" authorId="2" shapeId="0" xr:uid="{9AA058BA-C682-474E-9B95-3CBA3ECEFACF}">
+    <comment ref="E296" authorId="2" shapeId="0" xr:uid="{0F193384-B894-4225-A48D-6F10273B6C91}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Declan Ferguson:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 4a &amp; 4b Garryduff Road Shared Housing Units &amp; 5 Garryduff Road New build CAT1</t>
         </r>
       </text>
     </comment>
-    <comment ref="E298" authorId="2" shapeId="0" xr:uid="{06668C19-8585-4799-9F8D-E5A19EADA4AB}">
+    <comment ref="E299" authorId="2" shapeId="0" xr:uid="{F673612C-F55C-430F-B105-880CDF57E7E6}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Declan Ferguson:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 4a &amp; 4b Garryduff Road Shared Housing Units &amp; 5 Garryduff Road New build CAT1</t>
         </r>
       </text>
     </comment>
-    <comment ref="H357" authorId="0" shapeId="0" xr:uid="{5A89F0DE-1551-47F7-8902-B3E3B44D5475}">
+    <comment ref="H358" authorId="0" shapeId="0" xr:uid="{99741540-ED69-4400-8450-BFEB8F701B34}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 10/3</t>
         </r>
       </text>
     </comment>
-    <comment ref="H370" authorId="0" shapeId="0" xr:uid="{D2B74C76-86E1-4156-8BCE-09A6C23A3A14}">
+    <comment ref="H371" authorId="0" shapeId="0" xr:uid="{001A2812-9E5C-4533-AC97-BD5841E71A41}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Elderly Sheltered </t>
         </r>
       </text>
     </comment>
-    <comment ref="E372" authorId="0" shapeId="0" xr:uid="{63B32CD3-FC12-47F2-A55E-F6A997CA9BA5}">
+    <comment ref="E373" authorId="0" shapeId="0" xr:uid="{51B067F5-0E59-475A-A88D-5596233D8EEF}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Also known as Granges Street</t>
         </r>
       </text>
     </comment>
-    <comment ref="E373" authorId="0" shapeId="0" xr:uid="{EF21F9F9-76CA-4FFA-8793-4F9EB3385EA1}">
+    <comment ref="E374" authorId="0" shapeId="0" xr:uid="{578769AE-AA29-4FFE-9031-F432B47B4E3E}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Also known as Granges Street</t>
         </r>
       </text>
     </comment>
-    <comment ref="H408" authorId="2" shapeId="0" xr:uid="{E47F6178-4568-46F9-987C-2F2281645492}">
+    <comment ref="H406" authorId="2" shapeId="0" xr:uid="{42110545-AA77-4BEE-AFCD-86565E72B838}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Declan Ferguson:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 3/10/11</t>
         </r>
       </text>
     </comment>
-    <comment ref="H409" authorId="2" shapeId="0" xr:uid="{9064077C-168E-47EB-BB19-7CA541596E1D}">
+    <comment ref="H407" authorId="2" shapeId="0" xr:uid="{C9A8036D-DD05-4AB2-B572-5A025FC4C29B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Declan Ferguson:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 3/10/11</t>
         </r>
       </text>
     </comment>
-    <comment ref="E459" authorId="0" shapeId="0" xr:uid="{DAB5357F-9E0B-4B3A-B818-551B7B0E726A}">
+    <comment ref="E458" authorId="0" shapeId="0" xr:uid="{1226092E-F15F-487C-A6F4-B7F1F7E9437B}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Also known as Ballyoran Manor</t>
         </r>
       </text>
     </comment>
-    <comment ref="H480" authorId="3" shapeId="0" xr:uid="{33832129-573B-4C27-8742-5482C4E9D607}">
+    <comment ref="H479" authorId="3" shapeId="0" xr:uid="{1E6C6061-1670-46E5-AE8E-94DF9171A194}">
       <text>
         <t xml:space="preserve">[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Wheelchair 
 </t>
       </text>
     </comment>
-    <comment ref="H504" authorId="0" shapeId="0" xr:uid="{B1C4C457-FADB-432A-813D-D0C7703BB334}">
+    <comment ref="H503" authorId="0" shapeId="0" xr:uid="{8EA35BC3-C6BD-4D66-8865-5D1B15FEF3A9}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 10/6
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="E505" authorId="0" shapeId="0" xr:uid="{1C365A9C-D5BA-4119-9364-721BA76744D6}">
+    <comment ref="E504" authorId="0" shapeId="0" xr:uid="{C8DFAA1D-6D49-4CC0-9E96-9E9D3EE49FAF}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E506" authorId="0" shapeId="0" xr:uid="{2003DB8E-88F4-4DB5-9ECA-B33ACF029F75}">
+    <comment ref="E505" authorId="0" shapeId="0" xr:uid="{8E798B7D-20C9-410E-AD20-511161277805}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E507" authorId="0" shapeId="0" xr:uid="{6D49083E-E860-4B76-9F8C-F2BA86940B0B}">
+    <comment ref="E506" authorId="0" shapeId="0" xr:uid="{ABDC3A62-D8C0-428C-80BA-EC7343966A47}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E508" authorId="0" shapeId="0" xr:uid="{E46AB54C-5079-44DB-9011-F87501B9D91F}">
+    <comment ref="E507" authorId="0" shapeId="0" xr:uid="{9BC04A1B-BB1C-40BC-83DC-24F30D7A6BDB}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E509" authorId="0" shapeId="0" xr:uid="{096A0D7B-558E-4D34-8F58-1E53124016D5}">
+    <comment ref="E508" authorId="0" shapeId="0" xr:uid="{BF4B57C5-7FCE-4FC4-90CF-6CEFA2D1AA87}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E510" authorId="0" shapeId="0" xr:uid="{D5DCEC4E-405B-46F4-A998-384AF05D2929}">
+    <comment ref="E509" authorId="0" shapeId="0" xr:uid="{FB5E7D8F-C6FE-49B8-9520-25A42747A43C}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E511" authorId="0" shapeId="0" xr:uid="{5FA21F93-7C0A-4C9F-B178-9C063D3956AD}">
+    <comment ref="E510" authorId="0" shapeId="0" xr:uid="{BED3DF09-8903-4631-86EB-273A4C46E2AE}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="E512" authorId="0" shapeId="0" xr:uid="{22C7CD2E-1BE9-41AD-8EDB-38DF30281D72}">
+    <comment ref="E511" authorId="0" shapeId="0" xr:uid="{D3728B26-1847-4D4E-A2D0-04B27CB8F879}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Newington Rehabs 25/26</t>
         </r>
       </text>
     </comment>
-    <comment ref="H584" authorId="0" shapeId="0" xr:uid="{11DE48B0-F217-4680-AFE4-0F07F43D7D33}">
+    <comment ref="H586" authorId="0" shapeId="0" xr:uid="{B40B334A-A7D6-494B-9ED4-F1D3BEE1D542}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Ferguson, Declan:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 Wheelchair</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7200" uniqueCount="589">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7225" uniqueCount="591">
   <si>
     <t>Housing 
 Association</t>
   </si>
   <si>
-    <t xml:space="preserve">Current Local Government District </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Parliamentary 
 Constituency </t>
   </si>
   <si>
     <t>NIHE District</t>
   </si>
   <si>
     <t>Scheme Name</t>
   </si>
   <si>
     <t xml:space="preserve">Location </t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Need 
 Group</t>
   </si>
   <si>
     <t>Strategic Group</t>
   </si>
   <si>
     <t>Onsite 
 Year</t>
@@ -1493,56 +1490,50 @@
   <si>
     <t>Malone Mews</t>
   </si>
   <si>
     <t>Tillie &amp; Henderson Factory Site</t>
   </si>
   <si>
     <t>q</t>
   </si>
   <si>
     <t>58 Hillsborough Road</t>
   </si>
   <si>
     <t>North Down</t>
   </si>
   <si>
     <t>Bangor</t>
   </si>
   <si>
     <t>Donaghadee Road</t>
   </si>
   <si>
     <t>35 &amp; 39 Downshire Road</t>
   </si>
   <si>
-    <t>Ballaghmore Road</t>
-[...4 lines deleted...]
-  <si>
     <t>Rourke's Link</t>
   </si>
   <si>
     <t>Ballyhornan</t>
   </si>
   <si>
     <t>Carlisle House, Carlisle Road</t>
   </si>
   <si>
     <t>Ballygawley Road</t>
   </si>
   <si>
     <t>Mill Road Phase 2</t>
   </si>
   <si>
     <t>Crumlin</t>
   </si>
   <si>
     <t>The Mill</t>
   </si>
   <si>
     <t>Bessbrook</t>
   </si>
   <si>
     <t>Granemore Road</t>
@@ -1740,50 +1731,53 @@
     <t>Eden Avenue</t>
   </si>
   <si>
     <t>Dumbarton House</t>
   </si>
   <si>
     <t>Mental Health</t>
   </si>
   <si>
     <t>Skegoneill Avenue</t>
   </si>
   <si>
     <t>Bradley Park</t>
   </si>
   <si>
     <t>Draperstown</t>
   </si>
   <si>
     <t>Becketts Bar, Stewartstown Road</t>
   </si>
   <si>
     <t>Gransha (Surplus)</t>
   </si>
   <si>
     <t>Eglinton</t>
+  </si>
+  <si>
+    <t>Fernagh Parade</t>
   </si>
   <si>
     <t>Clanmil</t>
   </si>
   <si>
     <t>50-54 Waterloo Street</t>
   </si>
   <si>
     <t>Pound Lane, Downe Hospital Phase 2</t>
   </si>
   <si>
     <t>Savoy Redevelopment (Blocks B &amp; C)</t>
   </si>
   <si>
     <t>Lough Neagh Terrace</t>
   </si>
   <si>
     <t>6 Maple Villa</t>
   </si>
   <si>
     <t>65 Evish Road</t>
   </si>
   <si>
     <t>Deerpark Hotel</t>
   </si>
@@ -2172,50 +2166,59 @@
   <si>
     <t>733-735 Antrim Road</t>
   </si>
   <si>
     <t>Ladas Drive</t>
   </si>
   <si>
     <t>Ballyeaston Road</t>
   </si>
   <si>
     <t>15 Abbey Court</t>
   </si>
   <si>
     <t>1 Abbey Court</t>
   </si>
   <si>
     <t>17 Abbey Court</t>
   </si>
   <si>
     <t>27 Abbey Court</t>
   </si>
   <si>
     <t>Glen Road/Hannahstown, Belfast Ph1 (Combined private and NIHE)</t>
   </si>
   <si>
+    <t>Ballaghmore Road</t>
+  </si>
+  <si>
+    <t>Portballintrae</t>
+  </si>
+  <si>
+    <t>41 St. John’s Close</t>
+  </si>
+  <si>
     <t>Ballycastle</t>
   </si>
   <si>
     <t>Site located south of McQuaig's Bar</t>
   </si>
   <si>
     <t>Rathlin</t>
   </si>
   <si>
     <t xml:space="preserve">Taughey Road </t>
   </si>
   <si>
     <t>Balnamore</t>
   </si>
   <si>
     <t>Parsonage Close (T)</t>
   </si>
   <si>
     <t>Kircubbin</t>
   </si>
   <si>
     <t>Beech Road (T)</t>
   </si>
   <si>
     <t>Drumsurn</t>
@@ -2328,80 +2331,80 @@
   <si>
     <t>Clarawood House (T)</t>
   </si>
   <si>
     <t>Kilbroney House (T)</t>
   </si>
   <si>
     <t>Coolmoyne and Rathmoyne House (T)</t>
   </si>
   <si>
     <t>Keely Gardens (T)</t>
   </si>
   <si>
     <t>Aghadowey</t>
   </si>
   <si>
     <t>Leckagh Cottages (T)</t>
   </si>
   <si>
     <t>Killowen Drive (T)</t>
   </si>
   <si>
     <t>Gardenmore House (T)</t>
   </si>
   <si>
+    <t xml:space="preserve">Coastguard Road (T) </t>
+  </si>
+  <si>
     <t>Coastguard Road (T)</t>
   </si>
   <si>
     <t>Pilot Street, Belfast</t>
   </si>
   <si>
     <t>Norglen Gardens / Mountain View Centre</t>
   </si>
   <si>
     <t>Rochester Court, Coleraine (T)</t>
   </si>
   <si>
     <t>Triangle</t>
   </si>
   <si>
     <t xml:space="preserve">Triangle  </t>
   </si>
   <si>
     <t xml:space="preserve">2A Garryduff Road </t>
   </si>
   <si>
     <t>2A Garryduff Road</t>
   </si>
   <si>
     <t>Parkview</t>
   </si>
   <si>
-    <t>duke Street</t>
-[...1 lines deleted...]
-  <si>
     <t>Broombeg (T)</t>
   </si>
   <si>
     <t>Ramoan Road (T)</t>
   </si>
   <si>
     <t>Church Road (T)</t>
   </si>
   <si>
     <t>Rasharkin</t>
   </si>
   <si>
     <t>57 Church Street</t>
   </si>
   <si>
     <t>Edenmore Road</t>
   </si>
   <si>
     <t>Edenmore Road Ph 2</t>
   </si>
   <si>
     <t>1 Milltown Road</t>
   </si>
   <si>
     <t>57 Portstewart Road</t>
@@ -2493,134 +2496,131 @@
   <si>
     <t xml:space="preserve">333-335 Antrim Road </t>
   </si>
   <si>
     <t>333-335 Antrim Road</t>
   </si>
   <si>
     <t xml:space="preserve">Windsor Terrace </t>
   </si>
   <si>
     <t>Windsor Terrace</t>
   </si>
   <si>
     <t>Utility Street</t>
   </si>
   <si>
     <t>Ardnaclowney Drive</t>
   </si>
   <si>
     <t xml:space="preserve">Urban  </t>
   </si>
   <si>
     <t xml:space="preserve">Brianswell </t>
   </si>
   <si>
-    <t>Burn Road Ph2</t>
+    <t xml:space="preserve">Burn Road Ph2 </t>
   </si>
   <si>
     <t>Ramoan Gardens</t>
   </si>
   <si>
     <t xml:space="preserve">Ballycastle </t>
   </si>
   <si>
     <t>10-13 Waterloo Place</t>
   </si>
   <si>
     <t>Units</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Local Government District </t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Completed 2025/26</t>
   </si>
   <si>
     <t>Construction on-going</t>
   </si>
   <si>
     <t>Programmed to Start</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
-    </font>
-[...4 lines deleted...]
-      <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -2654,140 +2654,140 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{FA41DAB9-49ED-49C9-B14A-BE5A1C7C6585}"/>
-    <cellStyle name="Normal_Sheet2" xfId="2" xr:uid="{FDF07EAC-A8C5-4919-AAE2-22CD9936B55F}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{946FC2DB-B0EC-45B0-8B76-AD38F946EBEA}"/>
+    <cellStyle name="Normal_Sheet2" xfId="2" xr:uid="{20F2C18C-1453-497D-A60C-04EC3E0A1C4A}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <person displayName="Weir, Natasha" id="{F312B109-8396-468B-957B-DE6617F81E42}" userId="S::Weir_Na@nigov.net::162d30c4-00ec-47be-92ac-0327bb08ff11" providerId="AD"/>
+  <person displayName="Weir, Natasha" id="{4128B8EB-36FE-4B52-8FD0-9377EBA6550E}" userId="S::Weir_Na@nigov.net::162d30c4-00ec-47be-92ac-0327bb08ff11" providerId="AD"/>
 </personList>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -3034,25703 +3034,31850 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <threadedComment ref="E272" dT="2025-04-28T10:44:19.34" personId="{F312B109-8396-468B-957B-DE6617F81E42}" id="{AE319F41-8F60-4BBB-89E7-36A88F6FAB1C}">
+  <threadedComment ref="E274" dT="2025-04-28T10:44:19.34" personId="{4128B8EB-36FE-4B52-8FD0-9377EBA6550E}" id="{A295BFF4-35D5-4AE4-9DEA-27E618AFC066}">
     <text>Hopewell Avenue?</text>
   </threadedComment>
-  <threadedComment ref="H480" dT="2025-04-28T10:30:37.22" personId="{F312B109-8396-468B-957B-DE6617F81E42}" id="{33832129-573B-4C27-8742-5482C4E9D607}">
+  <threadedComment ref="H479" dT="2025-04-28T10:30:37.22" personId="{4128B8EB-36FE-4B52-8FD0-9377EBA6550E}" id="{1E6C6061-1670-46E5-AE8E-94DF9171A194}">
     <text xml:space="preserve">Wheelchair 
 </text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82D6B153-C12C-4E23-A64B-ADBA2E1663F4}">
-  <dimension ref="A1:BU602"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30C96AE9-DD77-4ED8-97DF-FB39025267F6}">
+  <dimension ref="A1:BQ604"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H10" sqref="H10"/>
+      <selection pane="bottomLeft" activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="15.6328125" defaultRowHeight="25" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="15.6640625" defaultRowHeight="25.05" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15.6328125" style="1"/>
-[...3 lines deleted...]
-    <col min="15" max="16384" width="15.6328125" style="1"/>
+    <col min="1" max="1" width="15.6640625" style="1"/>
+    <col min="2" max="3" width="15.6640625" style="4"/>
+    <col min="4" max="13" width="15.6640625" style="1"/>
+    <col min="14" max="14" width="15.6640625" style="2"/>
+    <col min="15" max="16384" width="15.6640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="B1" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="D1" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="E1" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="F1" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="G1" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="H1" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="I1" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="J1" s="5" t="s">
         <v>585</v>
       </c>
-      <c r="B1" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="14" t="s">
+      <c r="K1" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="L1" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="M1" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="N1" s="6"/>
+    </row>
+    <row r="2" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D2" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="D1" s="2" t="s">
-[...38 lines deleted...]
-      <c r="C2" s="1" t="s">
+      <c r="E2" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D2" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G2" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I2" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J2" s="1">
         <v>2</v>
       </c>
       <c r="K2" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L2" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="1" t="s">
+      <c r="M2" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N2" s="17"/>
+      <c r="O2" s="18"/>
+      <c r="P2" s="18"/>
+      <c r="Q2" s="18"/>
+      <c r="R2" s="18"/>
+      <c r="S2" s="18"/>
+      <c r="T2" s="18"/>
+      <c r="U2" s="18"/>
+      <c r="V2" s="18"/>
+      <c r="W2" s="18"/>
+      <c r="X2" s="18"/>
+      <c r="Y2" s="18"/>
+      <c r="Z2" s="18"/>
+      <c r="AA2" s="18"/>
+      <c r="AB2" s="18"/>
+      <c r="AC2" s="18"/>
+      <c r="AD2" s="18"/>
+      <c r="AE2" s="18"/>
+      <c r="AF2" s="18"/>
+      <c r="AG2" s="18"/>
+      <c r="AH2" s="18"/>
+      <c r="AI2" s="18"/>
+      <c r="AJ2" s="18"/>
+      <c r="AK2" s="18"/>
+      <c r="AL2" s="18"/>
+      <c r="AM2" s="18"/>
+      <c r="AN2" s="18"/>
+      <c r="AO2" s="18"/>
+      <c r="AP2" s="18"/>
+      <c r="AQ2" s="18"/>
+      <c r="AR2" s="18"/>
+      <c r="AS2" s="18"/>
+      <c r="AT2" s="18"/>
+      <c r="AU2" s="18"/>
+      <c r="AV2" s="18"/>
+      <c r="AW2" s="18"/>
+      <c r="AX2" s="18"/>
+      <c r="AY2" s="18"/>
+      <c r="AZ2" s="18"/>
+      <c r="BA2" s="18"/>
+      <c r="BB2" s="18"/>
+      <c r="BC2" s="18"/>
+      <c r="BD2" s="18"/>
+      <c r="BE2" s="18"/>
+      <c r="BF2" s="18"/>
+      <c r="BG2" s="18"/>
+      <c r="BH2" s="18"/>
+      <c r="BI2" s="18"/>
+      <c r="BJ2" s="18"/>
+      <c r="BK2" s="18"/>
+      <c r="BL2" s="18"/>
+      <c r="BM2" s="18"/>
+      <c r="BN2" s="18"/>
+      <c r="BO2" s="18"/>
+      <c r="BP2" s="18"/>
+      <c r="BQ2" s="18"/>
+    </row>
+    <row r="3" spans="1:69" s="18" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="M2" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="C3" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J3" s="1">
         <v>5</v>
       </c>
       <c r="K3" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L3" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L3" s="1" t="s">
+      <c r="M3" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N3" s="6"/>
+      <c r="O3" s="5"/>
+      <c r="P3" s="5"/>
+      <c r="Q3" s="5"/>
+      <c r="R3" s="5"/>
+      <c r="S3" s="5"/>
+      <c r="T3" s="5"/>
+      <c r="U3" s="5"/>
+      <c r="V3" s="5"/>
+      <c r="W3" s="5"/>
+      <c r="X3" s="5"/>
+      <c r="Y3" s="5"/>
+      <c r="Z3" s="5"/>
+      <c r="AA3" s="5"/>
+      <c r="AB3" s="5"/>
+      <c r="AC3" s="5"/>
+      <c r="AD3" s="5"/>
+      <c r="AE3" s="5"/>
+      <c r="AF3" s="5"/>
+      <c r="AG3" s="5"/>
+      <c r="AH3" s="5"/>
+      <c r="AI3" s="5"/>
+      <c r="AJ3" s="5"/>
+      <c r="AK3" s="5"/>
+      <c r="AL3" s="5"/>
+      <c r="AM3" s="5"/>
+      <c r="AN3" s="5"/>
+      <c r="AO3" s="5"/>
+      <c r="AP3" s="5"/>
+      <c r="AQ3" s="5"/>
+      <c r="AR3" s="5"/>
+      <c r="AS3" s="5"/>
+      <c r="AT3" s="5"/>
+      <c r="AU3" s="5"/>
+      <c r="AV3" s="5"/>
+      <c r="AW3" s="5"/>
+      <c r="AX3" s="5"/>
+      <c r="AY3" s="5"/>
+      <c r="AZ3" s="5"/>
+      <c r="BA3" s="5"/>
+      <c r="BB3" s="5"/>
+      <c r="BC3" s="5"/>
+      <c r="BD3" s="5"/>
+      <c r="BE3" s="5"/>
+      <c r="BF3" s="5"/>
+      <c r="BG3" s="5"/>
+      <c r="BH3" s="5"/>
+      <c r="BI3" s="5"/>
+      <c r="BJ3" s="5"/>
+      <c r="BK3" s="5"/>
+      <c r="BL3" s="5"/>
+      <c r="BM3" s="5"/>
+      <c r="BN3" s="5"/>
+      <c r="BO3" s="5"/>
+      <c r="BP3" s="5"/>
+      <c r="BQ3" s="5"/>
+    </row>
+    <row r="4" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B4" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="M3" s="1" t="s">
+      <c r="C4" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J4" s="1">
+        <v>10</v>
+      </c>
+      <c r="K4" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M4" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" s="19"/>
+      <c r="O4" s="1"/>
+      <c r="P4" s="1"/>
+      <c r="Q4" s="1"/>
+      <c r="R4" s="1"/>
+      <c r="S4" s="1"/>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+      <c r="X4" s="1"/>
+      <c r="Y4" s="1"/>
+      <c r="Z4" s="1"/>
+      <c r="AA4" s="1"/>
+      <c r="AB4" s="1"/>
+      <c r="AC4" s="1"/>
+      <c r="AD4" s="1"/>
+      <c r="AE4" s="1"/>
+      <c r="AF4" s="1"/>
+      <c r="AG4" s="1"/>
+      <c r="AH4" s="1"/>
+      <c r="AI4" s="1"/>
+      <c r="AJ4" s="1"/>
+      <c r="AK4" s="1"/>
+      <c r="AL4" s="1"/>
+      <c r="AM4" s="1"/>
+      <c r="AN4" s="1"/>
+      <c r="AO4" s="1"/>
+      <c r="AP4" s="1"/>
+      <c r="AQ4" s="1"/>
+      <c r="AR4" s="1"/>
+      <c r="AS4" s="1"/>
+      <c r="AT4" s="1"/>
+      <c r="AU4" s="1"/>
+      <c r="AV4" s="1"/>
+      <c r="AW4" s="1"/>
+      <c r="AX4" s="1"/>
+      <c r="AY4" s="1"/>
+      <c r="AZ4" s="1"/>
+      <c r="BA4" s="1"/>
+      <c r="BB4" s="1"/>
+      <c r="BC4" s="1"/>
+      <c r="BD4" s="1"/>
+      <c r="BE4" s="1"/>
+      <c r="BF4" s="1"/>
+      <c r="BG4" s="1"/>
+      <c r="BH4" s="1"/>
+      <c r="BI4" s="1"/>
+      <c r="BJ4" s="1"/>
+      <c r="BK4" s="1"/>
+      <c r="BL4" s="1"/>
+      <c r="BM4" s="1"/>
+      <c r="BN4" s="1"/>
+      <c r="BO4" s="1"/>
+      <c r="BP4" s="1"/>
+      <c r="BQ4" s="1"/>
+    </row>
+    <row r="5" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J5" s="1">
+        <v>10</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L5" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M5" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" s="3"/>
+      <c r="O5" s="1"/>
+      <c r="P5" s="1"/>
+      <c r="Q5" s="1"/>
+      <c r="R5" s="1"/>
+      <c r="S5" s="1"/>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+      <c r="X5" s="1"/>
+      <c r="Y5" s="1"/>
+      <c r="Z5" s="1"/>
+      <c r="AA5" s="1"/>
+      <c r="AB5" s="1"/>
+      <c r="AC5" s="1"/>
+      <c r="AD5" s="1"/>
+      <c r="AE5" s="1"/>
+      <c r="AF5" s="1"/>
+      <c r="AG5" s="1"/>
+      <c r="AH5" s="1"/>
+      <c r="AI5" s="1"/>
+      <c r="AJ5" s="1"/>
+      <c r="AK5" s="1"/>
+      <c r="AL5" s="1"/>
+      <c r="AM5" s="1"/>
+      <c r="AN5" s="1"/>
+      <c r="AO5" s="1"/>
+      <c r="AP5" s="1"/>
+      <c r="AQ5" s="1"/>
+      <c r="AR5" s="1"/>
+      <c r="AS5" s="1"/>
+      <c r="AT5" s="1"/>
+      <c r="AU5" s="1"/>
+      <c r="AV5" s="1"/>
+      <c r="AW5" s="1"/>
+      <c r="AX5" s="1"/>
+      <c r="AY5" s="1"/>
+      <c r="AZ5" s="1"/>
+      <c r="BA5" s="1"/>
+      <c r="BB5" s="1"/>
+      <c r="BC5" s="1"/>
+      <c r="BD5" s="1"/>
+      <c r="BE5" s="1"/>
+      <c r="BF5" s="1"/>
+      <c r="BG5" s="1"/>
+      <c r="BH5" s="1"/>
+      <c r="BI5" s="1"/>
+      <c r="BJ5" s="1"/>
+      <c r="BK5" s="1"/>
+      <c r="BL5" s="1"/>
+      <c r="BM5" s="1"/>
+      <c r="BN5" s="1"/>
+      <c r="BO5" s="1"/>
+      <c r="BP5" s="1"/>
+      <c r="BQ5" s="1"/>
+    </row>
+    <row r="6" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J6" s="1">
+        <v>4</v>
+      </c>
+      <c r="K6" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M6" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" s="3"/>
+      <c r="O6" s="1"/>
+      <c r="P6" s="1"/>
+      <c r="Q6" s="1"/>
+      <c r="R6" s="1"/>
+      <c r="S6" s="1"/>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+      <c r="X6" s="1"/>
+      <c r="Y6" s="1"/>
+      <c r="Z6" s="1"/>
+      <c r="AA6" s="1"/>
+      <c r="AB6" s="1"/>
+      <c r="AC6" s="1"/>
+      <c r="AD6" s="1"/>
+      <c r="AE6" s="1"/>
+      <c r="AF6" s="1"/>
+      <c r="AG6" s="1"/>
+      <c r="AH6" s="1"/>
+      <c r="AI6" s="1"/>
+      <c r="AJ6" s="1"/>
+      <c r="AK6" s="1"/>
+      <c r="AL6" s="1"/>
+      <c r="AM6" s="1"/>
+      <c r="AN6" s="1"/>
+      <c r="AO6" s="1"/>
+      <c r="AP6" s="1"/>
+      <c r="AQ6" s="1"/>
+      <c r="AR6" s="1"/>
+      <c r="AS6" s="1"/>
+      <c r="AT6" s="1"/>
+      <c r="AU6" s="1"/>
+      <c r="AV6" s="1"/>
+      <c r="AW6" s="1"/>
+      <c r="AX6" s="1"/>
+      <c r="AY6" s="1"/>
+      <c r="AZ6" s="1"/>
+      <c r="BA6" s="1"/>
+      <c r="BB6" s="1"/>
+      <c r="BC6" s="1"/>
+      <c r="BD6" s="1"/>
+      <c r="BE6" s="1"/>
+      <c r="BF6" s="1"/>
+      <c r="BG6" s="1"/>
+      <c r="BH6" s="1"/>
+      <c r="BI6" s="1"/>
+      <c r="BJ6" s="1"/>
+      <c r="BK6" s="1"/>
+      <c r="BL6" s="1"/>
+      <c r="BM6" s="1"/>
+      <c r="BN6" s="1"/>
+      <c r="BO6" s="1"/>
+      <c r="BP6" s="1"/>
+      <c r="BQ6" s="1"/>
+    </row>
+    <row r="7" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J7" s="1">
+        <v>6</v>
+      </c>
+      <c r="K7" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="N3" s="15"/>
-[...5 lines deleted...]
-      <c r="B4" s="7" t="s">
+      <c r="L7" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" s="3"/>
+    </row>
+    <row r="8" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C4" s="7" t="s">
-[...8 lines deleted...]
-      <c r="F4" s="1" t="s">
+      <c r="I8" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J8" s="1">
+        <v>5</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L8" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="M8" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" s="3"/>
+    </row>
+    <row r="9" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J9" s="1">
+        <v>24</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M9" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="N9" s="3"/>
+    </row>
+    <row r="10" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J10" s="1">
+        <v>3</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L10" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M10" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N10" s="3"/>
+    </row>
+    <row r="11" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H4" s="1" t="s">
-[...38 lines deleted...]
-      <c r="G5" s="1" t="s">
+      <c r="I11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J11" s="1">
+        <v>28</v>
+      </c>
+      <c r="K11" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L11" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M11" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N11" s="3"/>
+    </row>
+    <row r="12" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H5" s="1" t="s">
-[...56 lines deleted...]
-      <c r="M6" s="1" t="s">
+      <c r="I12" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J12" s="1">
+        <v>1</v>
+      </c>
+      <c r="K12" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L12" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M12" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N12" s="19"/>
+    </row>
+    <row r="13" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="N6" s="9"/>
-[...20 lines deleted...]
-      <c r="G7" s="1" t="s">
+      <c r="H13" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H7" s="1" t="s">
-[...253 lines deleted...]
-      </c>
       <c r="I13" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J13" s="1">
         <v>1</v>
       </c>
       <c r="K13" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L13" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M13" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N13" s="19"/>
+    </row>
+    <row r="14" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J14" s="1">
+        <v>1</v>
+      </c>
+      <c r="K14" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L14" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M14" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" s="19"/>
+    </row>
+    <row r="15" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J15" s="1">
+        <v>1</v>
+      </c>
+      <c r="K15" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L15" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M15" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" s="19"/>
+    </row>
+    <row r="16" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J16" s="1">
+        <v>1</v>
+      </c>
+      <c r="K16" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L16" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M16" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N16" s="19"/>
+    </row>
+    <row r="17" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J17" s="1">
+        <v>2</v>
+      </c>
+      <c r="K17" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L17" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M17" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N17" s="19"/>
+    </row>
+    <row r="18" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J18" s="1">
+        <v>7</v>
+      </c>
+      <c r="K18" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L18" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M18" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N18" s="19"/>
+    </row>
+    <row r="19" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J19" s="1">
+        <v>18</v>
+      </c>
+      <c r="K19" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L19" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M19" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="N19" s="19"/>
+    </row>
+    <row r="20" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J20" s="1">
+        <v>3</v>
+      </c>
+      <c r="K20" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M20" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="N20" s="19"/>
+    </row>
+    <row r="21" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J21" s="1">
+        <v>30</v>
+      </c>
+      <c r="K21" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L21" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="L13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="M13" s="1" t="s">
+      <c r="M21" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="N21" s="19"/>
+    </row>
+    <row r="22" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J22" s="1">
+        <v>1</v>
+      </c>
+      <c r="K22" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="N13" s="6"/>
-[...29 lines deleted...]
-      <c r="J14" s="1">
+      <c r="L22" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M22" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="N22" s="19"/>
+    </row>
+    <row r="23" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J23" s="1">
         <v>11</v>
       </c>
-      <c r="K14" s="1" t="s">
-[...38 lines deleted...]
-      <c r="J15" s="1">
+      <c r="K23" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L23" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M23" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="N23" s="3"/>
+    </row>
+    <row r="24" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B24" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J24" s="1">
         <v>4</v>
       </c>
-      <c r="K15" s="1" t="s">
-[...376 lines deleted...]
-      </c>
       <c r="K24" s="1" t="s">
-        <v>122</v>
+        <v>57</v>
       </c>
       <c r="L24" s="1" t="s">
-        <v>123</v>
+        <v>85</v>
       </c>
       <c r="M24" s="1" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-    <row r="25" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>161</v>
+      </c>
+      <c r="N24" s="3"/>
+    </row>
+    <row r="25" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J25" s="1">
+        <v>5</v>
+      </c>
+      <c r="K25" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L25" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M25" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="N25" s="3"/>
+    </row>
+    <row r="26" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J26" s="1">
+        <v>8</v>
+      </c>
+      <c r="K26" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L26" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="M26" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="N26" s="6"/>
+      <c r="O26" s="5"/>
+      <c r="P26" s="5"/>
+      <c r="Q26" s="5"/>
+      <c r="R26" s="5"/>
+      <c r="S26" s="5"/>
+      <c r="T26" s="5"/>
+      <c r="U26" s="5"/>
+      <c r="V26" s="5"/>
+      <c r="W26" s="5"/>
+      <c r="X26" s="5"/>
+      <c r="Y26" s="5"/>
+      <c r="Z26" s="5"/>
+      <c r="AA26" s="5"/>
+      <c r="AB26" s="5"/>
+      <c r="AC26" s="5"/>
+      <c r="AD26" s="5"/>
+      <c r="AE26" s="5"/>
+      <c r="AF26" s="5"/>
+      <c r="AG26" s="5"/>
+      <c r="AH26" s="5"/>
+      <c r="AI26" s="5"/>
+      <c r="AJ26" s="5"/>
+      <c r="AK26" s="5"/>
+      <c r="AL26" s="5"/>
+      <c r="AM26" s="5"/>
+      <c r="AN26" s="5"/>
+      <c r="AO26" s="5"/>
+      <c r="AP26" s="5"/>
+      <c r="AQ26" s="5"/>
+      <c r="AR26" s="5"/>
+      <c r="AS26" s="5"/>
+      <c r="AT26" s="5"/>
+      <c r="AU26" s="5"/>
+      <c r="AV26" s="5"/>
+      <c r="AW26" s="5"/>
+      <c r="AX26" s="5"/>
+      <c r="AY26" s="5"/>
+      <c r="AZ26" s="5"/>
+      <c r="BA26" s="5"/>
+      <c r="BB26" s="5"/>
+      <c r="BC26" s="5"/>
+      <c r="BD26" s="5"/>
+      <c r="BE26" s="5"/>
+      <c r="BF26" s="5"/>
+      <c r="BG26" s="5"/>
+      <c r="BH26" s="5"/>
+      <c r="BI26" s="5"/>
+      <c r="BJ26" s="5"/>
+      <c r="BK26" s="5"/>
+      <c r="BL26" s="5"/>
+      <c r="BM26" s="5"/>
+      <c r="BN26" s="5"/>
+      <c r="BO26" s="5"/>
+      <c r="BP26" s="5"/>
+      <c r="BQ26" s="5"/>
+    </row>
+    <row r="27" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H27" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J27" s="1">
+        <v>9</v>
+      </c>
+      <c r="K27" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L27" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="M27" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="N27" s="19"/>
+    </row>
+    <row r="28" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B28" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D28" s="9" t="s">
+        <v>266</v>
+      </c>
+      <c r="E28" s="9" t="s">
+        <v>272</v>
+      </c>
+      <c r="F28" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="G28" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="I28" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="J28" s="9">
         <v>20</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G25" s="1" t="s">
+      <c r="K28" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="L28" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="M28" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="N28" s="13"/>
+      <c r="O28" s="9"/>
+      <c r="P28" s="9"/>
+      <c r="Q28" s="9"/>
+      <c r="R28" s="9"/>
+      <c r="S28" s="9"/>
+      <c r="T28" s="9"/>
+      <c r="U28" s="9"/>
+      <c r="V28" s="9"/>
+      <c r="W28" s="9"/>
+      <c r="X28" s="9"/>
+      <c r="Y28" s="9"/>
+      <c r="Z28" s="9"/>
+      <c r="AA28" s="9"/>
+      <c r="AB28" s="9"/>
+      <c r="AC28" s="9"/>
+      <c r="AD28" s="9"/>
+      <c r="AE28" s="9"/>
+      <c r="AF28" s="9"/>
+      <c r="AG28" s="9"/>
+      <c r="AH28" s="9"/>
+      <c r="AI28" s="9"/>
+      <c r="AJ28" s="9"/>
+      <c r="AK28" s="9"/>
+      <c r="AL28" s="9"/>
+      <c r="AM28" s="9"/>
+      <c r="AN28" s="9"/>
+      <c r="AO28" s="9"/>
+      <c r="AP28" s="9"/>
+      <c r="AQ28" s="9"/>
+      <c r="AR28" s="9"/>
+      <c r="AS28" s="9"/>
+      <c r="AT28" s="9"/>
+      <c r="AU28" s="9"/>
+      <c r="AV28" s="9"/>
+      <c r="AW28" s="9"/>
+      <c r="AX28" s="9"/>
+      <c r="AY28" s="9"/>
+      <c r="AZ28" s="9"/>
+      <c r="BA28" s="9"/>
+      <c r="BB28" s="9"/>
+      <c r="BC28" s="9"/>
+      <c r="BD28" s="9"/>
+      <c r="BE28" s="9"/>
+      <c r="BF28" s="9"/>
+      <c r="BG28" s="9"/>
+      <c r="BH28" s="9"/>
+      <c r="BI28" s="9"/>
+      <c r="BJ28" s="9"/>
+      <c r="BK28" s="9"/>
+      <c r="BL28" s="9"/>
+      <c r="BM28" s="9"/>
+      <c r="BN28" s="9"/>
+      <c r="BO28" s="9"/>
+      <c r="BP28" s="9"/>
+      <c r="BQ28" s="9"/>
+    </row>
+    <row r="29" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J29" s="1">
+        <v>9</v>
+      </c>
+      <c r="K29" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L29" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M29" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N29" s="17"/>
+      <c r="O29" s="5"/>
+      <c r="P29" s="5"/>
+      <c r="Q29" s="5"/>
+      <c r="R29" s="5"/>
+      <c r="S29" s="5"/>
+      <c r="T29" s="5"/>
+      <c r="U29" s="5"/>
+      <c r="V29" s="5"/>
+      <c r="W29" s="5"/>
+      <c r="X29" s="5"/>
+      <c r="Y29" s="5"/>
+      <c r="Z29" s="5"/>
+      <c r="AA29" s="5"/>
+      <c r="AB29" s="5"/>
+      <c r="AC29" s="5"/>
+      <c r="AD29" s="5"/>
+      <c r="AE29" s="5"/>
+      <c r="AF29" s="5"/>
+      <c r="AG29" s="5"/>
+      <c r="AH29" s="5"/>
+      <c r="AI29" s="5"/>
+      <c r="AJ29" s="5"/>
+      <c r="AK29" s="5"/>
+      <c r="AL29" s="5"/>
+      <c r="AM29" s="5"/>
+      <c r="AN29" s="5"/>
+      <c r="AO29" s="5"/>
+      <c r="AP29" s="5"/>
+      <c r="AQ29" s="5"/>
+      <c r="AR29" s="5"/>
+      <c r="AS29" s="5"/>
+      <c r="AT29" s="5"/>
+      <c r="AU29" s="5"/>
+      <c r="AV29" s="5"/>
+      <c r="AW29" s="5"/>
+      <c r="AX29" s="5"/>
+      <c r="AY29" s="5"/>
+      <c r="AZ29" s="5"/>
+      <c r="BA29" s="5"/>
+      <c r="BB29" s="5"/>
+      <c r="BC29" s="5"/>
+      <c r="BD29" s="5"/>
+      <c r="BE29" s="5"/>
+      <c r="BF29" s="5"/>
+      <c r="BG29" s="5"/>
+      <c r="BH29" s="5"/>
+      <c r="BI29" s="5"/>
+      <c r="BJ29" s="5"/>
+      <c r="BK29" s="5"/>
+      <c r="BL29" s="5"/>
+      <c r="BM29" s="5"/>
+      <c r="BN29" s="5"/>
+      <c r="BO29" s="5"/>
+      <c r="BP29" s="5"/>
+      <c r="BQ29" s="5"/>
+    </row>
+    <row r="30" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H30" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H25" s="1" t="s">
+      <c r="I30" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J30" s="1">
+        <v>80</v>
+      </c>
+      <c r="K30" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L30" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M30" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N30" s="17"/>
+      <c r="O30" s="18"/>
+      <c r="P30" s="18"/>
+      <c r="Q30" s="18"/>
+      <c r="R30" s="18"/>
+      <c r="S30" s="18"/>
+      <c r="T30" s="18"/>
+      <c r="U30" s="18"/>
+      <c r="V30" s="18"/>
+      <c r="W30" s="18"/>
+      <c r="X30" s="18"/>
+      <c r="Y30" s="18"/>
+      <c r="Z30" s="18"/>
+      <c r="AA30" s="18"/>
+      <c r="AB30" s="18"/>
+      <c r="AC30" s="18"/>
+      <c r="AD30" s="18"/>
+      <c r="AE30" s="18"/>
+      <c r="AF30" s="18"/>
+      <c r="AG30" s="18"/>
+      <c r="AH30" s="18"/>
+      <c r="AI30" s="18"/>
+      <c r="AJ30" s="18"/>
+      <c r="AK30" s="18"/>
+      <c r="AL30" s="18"/>
+      <c r="AM30" s="18"/>
+      <c r="AN30" s="18"/>
+      <c r="AO30" s="18"/>
+      <c r="AP30" s="18"/>
+      <c r="AQ30" s="18"/>
+      <c r="AR30" s="18"/>
+      <c r="AS30" s="18"/>
+      <c r="AT30" s="18"/>
+      <c r="AU30" s="18"/>
+      <c r="AV30" s="18"/>
+      <c r="AW30" s="18"/>
+      <c r="AX30" s="18"/>
+      <c r="AY30" s="18"/>
+      <c r="AZ30" s="18"/>
+      <c r="BA30" s="18"/>
+      <c r="BB30" s="18"/>
+      <c r="BC30" s="18"/>
+      <c r="BD30" s="18"/>
+      <c r="BE30" s="18"/>
+      <c r="BF30" s="18"/>
+      <c r="BG30" s="18"/>
+      <c r="BH30" s="18"/>
+      <c r="BI30" s="18"/>
+      <c r="BJ30" s="18"/>
+      <c r="BK30" s="18"/>
+      <c r="BL30" s="18"/>
+      <c r="BM30" s="18"/>
+      <c r="BN30" s="18"/>
+      <c r="BO30" s="18"/>
+      <c r="BP30" s="18"/>
+      <c r="BQ30" s="18"/>
+    </row>
+    <row r="31" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J31" s="1">
+        <v>2</v>
+      </c>
+      <c r="K31" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L31" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M31" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N31" s="17"/>
+      <c r="O31" s="18"/>
+      <c r="P31" s="18"/>
+      <c r="Q31" s="18"/>
+      <c r="R31" s="18"/>
+      <c r="S31" s="18"/>
+      <c r="T31" s="18"/>
+      <c r="U31" s="18"/>
+      <c r="V31" s="18"/>
+      <c r="W31" s="18"/>
+      <c r="X31" s="18"/>
+      <c r="Y31" s="18"/>
+      <c r="Z31" s="18"/>
+      <c r="AA31" s="18"/>
+      <c r="AB31" s="18"/>
+      <c r="AC31" s="18"/>
+      <c r="AD31" s="18"/>
+      <c r="AE31" s="18"/>
+      <c r="AF31" s="18"/>
+      <c r="AG31" s="18"/>
+      <c r="AH31" s="18"/>
+      <c r="AI31" s="18"/>
+      <c r="AJ31" s="18"/>
+      <c r="AK31" s="18"/>
+      <c r="AL31" s="18"/>
+      <c r="AM31" s="18"/>
+      <c r="AN31" s="18"/>
+      <c r="AO31" s="18"/>
+      <c r="AP31" s="18"/>
+      <c r="AQ31" s="18"/>
+      <c r="AR31" s="18"/>
+      <c r="AS31" s="18"/>
+      <c r="AT31" s="18"/>
+      <c r="AU31" s="18"/>
+      <c r="AV31" s="18"/>
+      <c r="AW31" s="18"/>
+      <c r="AX31" s="18"/>
+      <c r="AY31" s="18"/>
+      <c r="AZ31" s="18"/>
+      <c r="BA31" s="18"/>
+      <c r="BB31" s="18"/>
+      <c r="BC31" s="18"/>
+      <c r="BD31" s="18"/>
+      <c r="BE31" s="18"/>
+      <c r="BF31" s="18"/>
+      <c r="BG31" s="18"/>
+      <c r="BH31" s="18"/>
+      <c r="BI31" s="18"/>
+      <c r="BJ31" s="18"/>
+      <c r="BK31" s="18"/>
+      <c r="BL31" s="18"/>
+      <c r="BM31" s="18"/>
+      <c r="BN31" s="18"/>
+      <c r="BO31" s="18"/>
+      <c r="BP31" s="18"/>
+      <c r="BQ31" s="18"/>
+    </row>
+    <row r="32" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J32" s="1">
+        <v>8</v>
+      </c>
+      <c r="K32" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L32" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M32" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N32" s="17"/>
+      <c r="O32" s="18"/>
+      <c r="P32" s="18"/>
+      <c r="Q32" s="18"/>
+      <c r="R32" s="18"/>
+      <c r="S32" s="18"/>
+      <c r="T32" s="18"/>
+      <c r="U32" s="18"/>
+      <c r="V32" s="18"/>
+      <c r="W32" s="18"/>
+      <c r="X32" s="18"/>
+      <c r="Y32" s="18"/>
+      <c r="Z32" s="18"/>
+      <c r="AA32" s="18"/>
+      <c r="AB32" s="18"/>
+      <c r="AC32" s="18"/>
+      <c r="AD32" s="18"/>
+      <c r="AE32" s="18"/>
+      <c r="AF32" s="18"/>
+      <c r="AG32" s="18"/>
+      <c r="AH32" s="18"/>
+      <c r="AI32" s="18"/>
+      <c r="AJ32" s="18"/>
+      <c r="AK32" s="18"/>
+      <c r="AL32" s="18"/>
+      <c r="AM32" s="18"/>
+      <c r="AN32" s="18"/>
+      <c r="AO32" s="18"/>
+      <c r="AP32" s="18"/>
+      <c r="AQ32" s="18"/>
+      <c r="AR32" s="18"/>
+      <c r="AS32" s="18"/>
+      <c r="AT32" s="18"/>
+      <c r="AU32" s="18"/>
+      <c r="AV32" s="18"/>
+      <c r="AW32" s="18"/>
+      <c r="AX32" s="18"/>
+      <c r="AY32" s="18"/>
+      <c r="AZ32" s="18"/>
+      <c r="BA32" s="18"/>
+      <c r="BB32" s="18"/>
+      <c r="BC32" s="18"/>
+      <c r="BD32" s="18"/>
+      <c r="BE32" s="18"/>
+      <c r="BF32" s="18"/>
+      <c r="BG32" s="18"/>
+      <c r="BH32" s="18"/>
+      <c r="BI32" s="18"/>
+      <c r="BJ32" s="18"/>
+      <c r="BK32" s="18"/>
+      <c r="BL32" s="18"/>
+      <c r="BM32" s="18"/>
+      <c r="BN32" s="18"/>
+      <c r="BO32" s="18"/>
+      <c r="BP32" s="18"/>
+      <c r="BQ32" s="18"/>
+    </row>
+    <row r="33" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J33" s="1">
+        <v>16</v>
+      </c>
+      <c r="K33" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L33" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M33" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="N33" s="6"/>
+      <c r="O33" s="5"/>
+      <c r="P33" s="5"/>
+      <c r="Q33" s="5"/>
+      <c r="R33" s="5"/>
+      <c r="S33" s="5"/>
+      <c r="T33" s="5"/>
+      <c r="U33" s="5"/>
+      <c r="V33" s="5"/>
+      <c r="W33" s="5"/>
+      <c r="X33" s="5"/>
+      <c r="Y33" s="5"/>
+      <c r="Z33" s="5"/>
+      <c r="AA33" s="5"/>
+      <c r="AB33" s="5"/>
+      <c r="AC33" s="5"/>
+      <c r="AD33" s="5"/>
+      <c r="AE33" s="5"/>
+      <c r="AF33" s="5"/>
+      <c r="AG33" s="5"/>
+      <c r="AH33" s="5"/>
+      <c r="AI33" s="5"/>
+      <c r="AJ33" s="5"/>
+      <c r="AK33" s="5"/>
+      <c r="AL33" s="5"/>
+      <c r="AM33" s="5"/>
+      <c r="AN33" s="5"/>
+      <c r="AO33" s="5"/>
+      <c r="AP33" s="5"/>
+      <c r="AQ33" s="5"/>
+      <c r="AR33" s="5"/>
+      <c r="AS33" s="5"/>
+      <c r="AT33" s="5"/>
+      <c r="AU33" s="5"/>
+      <c r="AV33" s="5"/>
+      <c r="AW33" s="5"/>
+      <c r="AX33" s="5"/>
+      <c r="AY33" s="5"/>
+      <c r="AZ33" s="5"/>
+      <c r="BA33" s="5"/>
+      <c r="BB33" s="5"/>
+      <c r="BC33" s="5"/>
+      <c r="BD33" s="5"/>
+      <c r="BE33" s="5"/>
+      <c r="BF33" s="5"/>
+      <c r="BG33" s="5"/>
+      <c r="BH33" s="5"/>
+      <c r="BI33" s="5"/>
+      <c r="BJ33" s="5"/>
+      <c r="BK33" s="5"/>
+      <c r="BL33" s="5"/>
+      <c r="BM33" s="5"/>
+      <c r="BN33" s="5"/>
+      <c r="BO33" s="5"/>
+      <c r="BP33" s="5"/>
+      <c r="BQ33" s="5"/>
+    </row>
+    <row r="34" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H34" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J34" s="1">
+        <v>2</v>
+      </c>
+      <c r="K34" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L34" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M34" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="N34" s="6"/>
+      <c r="O34" s="5"/>
+      <c r="P34" s="5"/>
+      <c r="Q34" s="5"/>
+      <c r="R34" s="5"/>
+      <c r="S34" s="5"/>
+      <c r="T34" s="5"/>
+      <c r="U34" s="5"/>
+      <c r="V34" s="5"/>
+      <c r="W34" s="5"/>
+      <c r="X34" s="5"/>
+      <c r="Y34" s="5"/>
+      <c r="Z34" s="5"/>
+      <c r="AA34" s="5"/>
+      <c r="AB34" s="5"/>
+      <c r="AC34" s="5"/>
+      <c r="AD34" s="5"/>
+      <c r="AE34" s="5"/>
+      <c r="AF34" s="5"/>
+      <c r="AG34" s="5"/>
+      <c r="AH34" s="5"/>
+      <c r="AI34" s="5"/>
+      <c r="AJ34" s="5"/>
+      <c r="AK34" s="5"/>
+      <c r="AL34" s="5"/>
+      <c r="AM34" s="5"/>
+      <c r="AN34" s="5"/>
+      <c r="AO34" s="5"/>
+      <c r="AP34" s="5"/>
+      <c r="AQ34" s="5"/>
+      <c r="AR34" s="5"/>
+      <c r="AS34" s="5"/>
+      <c r="AT34" s="5"/>
+      <c r="AU34" s="5"/>
+      <c r="AV34" s="5"/>
+      <c r="AW34" s="5"/>
+      <c r="AX34" s="5"/>
+      <c r="AY34" s="5"/>
+      <c r="AZ34" s="5"/>
+      <c r="BA34" s="5"/>
+      <c r="BB34" s="5"/>
+      <c r="BC34" s="5"/>
+      <c r="BD34" s="5"/>
+      <c r="BE34" s="5"/>
+      <c r="BF34" s="5"/>
+      <c r="BG34" s="5"/>
+      <c r="BH34" s="5"/>
+      <c r="BI34" s="5"/>
+      <c r="BJ34" s="5"/>
+      <c r="BK34" s="5"/>
+      <c r="BL34" s="5"/>
+      <c r="BM34" s="5"/>
+      <c r="BN34" s="5"/>
+      <c r="BO34" s="5"/>
+      <c r="BP34" s="5"/>
+      <c r="BQ34" s="5"/>
+    </row>
+    <row r="35" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H35" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J35" s="1">
+        <v>15</v>
+      </c>
+      <c r="K35" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L35" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M35" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N35" s="3"/>
+    </row>
+    <row r="36" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J36" s="1">
+        <v>1</v>
+      </c>
+      <c r="K36" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L36" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M36" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N36" s="3"/>
+    </row>
+    <row r="37" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H37" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J37" s="1">
+        <v>24</v>
+      </c>
+      <c r="K37" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L37" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M37" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="N37" s="19"/>
+    </row>
+    <row r="38" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J38" s="1">
+        <v>2</v>
+      </c>
+      <c r="K38" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L38" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M38" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="N38" s="19"/>
+    </row>
+    <row r="39" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J39" s="1">
+        <v>23</v>
+      </c>
+      <c r="K39" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L39" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M39" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N39" s="3"/>
+    </row>
+    <row r="40" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I40" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J40" s="1">
+        <v>4</v>
+      </c>
+      <c r="K40" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L40" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M40" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N40" s="3"/>
+    </row>
+    <row r="41" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J41" s="1">
+        <v>18</v>
+      </c>
+      <c r="K41" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L41" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M41" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N41" s="3"/>
+    </row>
+    <row r="42" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H42" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I42" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J42" s="1">
         <v>26</v>
       </c>
-      <c r="I25" s="1" t="s">
+      <c r="K42" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L42" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="M42" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="N42" s="3"/>
+    </row>
+    <row r="43" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J43" s="1">
+        <v>16</v>
+      </c>
+      <c r="K43" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L43" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M43" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N43" s="3"/>
+    </row>
+    <row r="44" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J44" s="1">
+        <v>1</v>
+      </c>
+      <c r="K44" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L44" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M44" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N44" s="3"/>
+    </row>
+    <row r="45" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J25" s="1">
-[...20 lines deleted...]
-      <c r="C26" s="1" t="s">
+      <c r="C45" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J45" s="1">
         <v>20</v>
       </c>
-      <c r="D26" s="1" t="s">
-[...14 lines deleted...]
-      <c r="I26" s="1" t="s">
+      <c r="K45" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L45" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M45" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N45" s="15"/>
+      <c r="O45" s="20"/>
+      <c r="P45" s="20"/>
+      <c r="Q45" s="20"/>
+      <c r="R45" s="20"/>
+      <c r="S45" s="20"/>
+      <c r="T45" s="20"/>
+      <c r="U45" s="20"/>
+      <c r="V45" s="20"/>
+      <c r="W45" s="20"/>
+      <c r="X45" s="20"/>
+      <c r="Y45" s="20"/>
+      <c r="Z45" s="20"/>
+      <c r="AA45" s="20"/>
+      <c r="AB45" s="20"/>
+      <c r="AC45" s="20"/>
+      <c r="AD45" s="20"/>
+      <c r="AE45" s="20"/>
+      <c r="AF45" s="20"/>
+      <c r="AG45" s="20"/>
+      <c r="AH45" s="20"/>
+      <c r="AI45" s="20"/>
+      <c r="AJ45" s="20"/>
+      <c r="AK45" s="20"/>
+      <c r="AL45" s="5"/>
+      <c r="AM45" s="5"/>
+      <c r="AN45" s="5"/>
+      <c r="AO45" s="5"/>
+      <c r="AP45" s="5"/>
+      <c r="AQ45" s="5"/>
+      <c r="AR45" s="5"/>
+      <c r="AS45" s="5"/>
+      <c r="AT45" s="5"/>
+      <c r="AU45" s="5"/>
+      <c r="AV45" s="5"/>
+      <c r="AW45" s="5"/>
+      <c r="AX45" s="5"/>
+      <c r="AY45" s="5"/>
+      <c r="AZ45" s="5"/>
+      <c r="BA45" s="5"/>
+      <c r="BB45" s="5"/>
+      <c r="BC45" s="5"/>
+      <c r="BD45" s="5"/>
+      <c r="BE45" s="5"/>
+      <c r="BF45" s="5"/>
+      <c r="BG45" s="5"/>
+      <c r="BH45" s="5"/>
+      <c r="BI45" s="5"/>
+      <c r="BJ45" s="5"/>
+      <c r="BK45" s="5"/>
+      <c r="BL45" s="5"/>
+      <c r="BM45" s="5"/>
+      <c r="BN45" s="5"/>
+      <c r="BO45" s="5"/>
+      <c r="BP45" s="5"/>
+      <c r="BQ45" s="5"/>
+    </row>
+    <row r="46" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J26" s="1">
-[...38 lines deleted...]
-      <c r="I27" s="1" t="s">
+      <c r="C46" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J46" s="1">
+        <v>12</v>
+      </c>
+      <c r="K46" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L46" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M46" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N46" s="15"/>
+      <c r="O46" s="20"/>
+      <c r="P46" s="20"/>
+      <c r="Q46" s="20"/>
+      <c r="R46" s="20"/>
+      <c r="S46" s="20"/>
+      <c r="T46" s="20"/>
+      <c r="U46" s="20"/>
+      <c r="V46" s="20"/>
+      <c r="W46" s="20"/>
+      <c r="X46" s="20"/>
+      <c r="Y46" s="20"/>
+      <c r="Z46" s="20"/>
+      <c r="AA46" s="20"/>
+      <c r="AB46" s="20"/>
+      <c r="AC46" s="20"/>
+      <c r="AD46" s="20"/>
+      <c r="AE46" s="20"/>
+      <c r="AF46" s="20"/>
+      <c r="AG46" s="20"/>
+      <c r="AH46" s="20"/>
+      <c r="AI46" s="20"/>
+      <c r="AJ46" s="20"/>
+      <c r="AK46" s="20"/>
+      <c r="AL46" s="5"/>
+      <c r="AM46" s="5"/>
+      <c r="AN46" s="5"/>
+      <c r="AO46" s="5"/>
+      <c r="AP46" s="5"/>
+      <c r="AQ46" s="5"/>
+      <c r="AR46" s="5"/>
+      <c r="AS46" s="5"/>
+      <c r="AT46" s="5"/>
+      <c r="AU46" s="5"/>
+      <c r="AV46" s="5"/>
+      <c r="AW46" s="5"/>
+      <c r="AX46" s="5"/>
+      <c r="AY46" s="5"/>
+      <c r="AZ46" s="5"/>
+      <c r="BA46" s="5"/>
+      <c r="BB46" s="5"/>
+      <c r="BC46" s="5"/>
+      <c r="BD46" s="5"/>
+      <c r="BE46" s="5"/>
+      <c r="BF46" s="5"/>
+      <c r="BG46" s="5"/>
+      <c r="BH46" s="5"/>
+      <c r="BI46" s="5"/>
+      <c r="BJ46" s="5"/>
+      <c r="BK46" s="5"/>
+      <c r="BL46" s="5"/>
+      <c r="BM46" s="5"/>
+      <c r="BN46" s="5"/>
+      <c r="BO46" s="5"/>
+      <c r="BP46" s="5"/>
+      <c r="BQ46" s="5"/>
+    </row>
+    <row r="47" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J27" s="1">
-[...197 lines deleted...]
-      <c r="F32" s="1" t="s">
+      <c r="C47" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="G32" s="1" t="s">
-[...631 lines deleted...]
-      </c>
       <c r="H47" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J47" s="1">
         <v>1</v>
       </c>
       <c r="K47" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L47" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M47" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N47" s="15"/>
+      <c r="O47" s="20"/>
+      <c r="P47" s="20"/>
+      <c r="Q47" s="20"/>
+      <c r="R47" s="20"/>
+      <c r="S47" s="20"/>
+      <c r="T47" s="20"/>
+      <c r="U47" s="20"/>
+      <c r="V47" s="20"/>
+      <c r="W47" s="20"/>
+      <c r="X47" s="20"/>
+      <c r="Y47" s="20"/>
+      <c r="Z47" s="20"/>
+      <c r="AA47" s="20"/>
+      <c r="AB47" s="20"/>
+      <c r="AC47" s="20"/>
+      <c r="AD47" s="20"/>
+      <c r="AE47" s="20"/>
+      <c r="AF47" s="20"/>
+      <c r="AG47" s="20"/>
+      <c r="AH47" s="20"/>
+      <c r="AI47" s="20"/>
+      <c r="AJ47" s="20"/>
+      <c r="AK47" s="20"/>
+      <c r="AL47" s="5"/>
+      <c r="AM47" s="5"/>
+      <c r="AN47" s="5"/>
+      <c r="AO47" s="5"/>
+      <c r="AP47" s="5"/>
+      <c r="AQ47" s="5"/>
+      <c r="AR47" s="5"/>
+      <c r="AS47" s="5"/>
+      <c r="AT47" s="5"/>
+      <c r="AU47" s="5"/>
+      <c r="AV47" s="5"/>
+      <c r="AW47" s="5"/>
+      <c r="AX47" s="5"/>
+      <c r="AY47" s="5"/>
+      <c r="AZ47" s="5"/>
+      <c r="BA47" s="5"/>
+      <c r="BB47" s="5"/>
+      <c r="BC47" s="5"/>
+      <c r="BD47" s="5"/>
+      <c r="BE47" s="5"/>
+      <c r="BF47" s="5"/>
+      <c r="BG47" s="5"/>
+      <c r="BH47" s="5"/>
+      <c r="BI47" s="5"/>
+      <c r="BJ47" s="5"/>
+      <c r="BK47" s="5"/>
+      <c r="BL47" s="5"/>
+      <c r="BM47" s="5"/>
+      <c r="BN47" s="5"/>
+      <c r="BO47" s="5"/>
+      <c r="BP47" s="5"/>
+      <c r="BQ47" s="5"/>
+    </row>
+    <row r="48" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J48" s="1">
+        <v>29</v>
+      </c>
+      <c r="K48" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L48" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M48" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N48" s="17"/>
+      <c r="O48" s="18"/>
+      <c r="P48" s="18"/>
+      <c r="Q48" s="18"/>
+      <c r="R48" s="18"/>
+      <c r="S48" s="18"/>
+      <c r="T48" s="18"/>
+      <c r="U48" s="18"/>
+      <c r="V48" s="18"/>
+      <c r="W48" s="18"/>
+      <c r="X48" s="18"/>
+      <c r="Y48" s="18"/>
+      <c r="Z48" s="18"/>
+      <c r="AA48" s="18"/>
+      <c r="AB48" s="18"/>
+      <c r="AC48" s="18"/>
+      <c r="AD48" s="18"/>
+      <c r="AE48" s="18"/>
+      <c r="AF48" s="18"/>
+      <c r="AG48" s="18"/>
+      <c r="AH48" s="18"/>
+      <c r="AI48" s="18"/>
+      <c r="AJ48" s="18"/>
+      <c r="AK48" s="18"/>
+      <c r="AL48" s="18"/>
+      <c r="AM48" s="18"/>
+      <c r="AN48" s="18"/>
+      <c r="AO48" s="18"/>
+      <c r="AP48" s="18"/>
+      <c r="AQ48" s="18"/>
+      <c r="AR48" s="18"/>
+      <c r="AS48" s="18"/>
+      <c r="AT48" s="18"/>
+      <c r="AU48" s="18"/>
+      <c r="AV48" s="18"/>
+      <c r="AW48" s="18"/>
+      <c r="AX48" s="18"/>
+      <c r="AY48" s="18"/>
+      <c r="AZ48" s="18"/>
+      <c r="BA48" s="18"/>
+      <c r="BB48" s="18"/>
+      <c r="BC48" s="18"/>
+      <c r="BD48" s="18"/>
+      <c r="BE48" s="18"/>
+      <c r="BF48" s="18"/>
+      <c r="BG48" s="18"/>
+      <c r="BH48" s="18"/>
+      <c r="BI48" s="18"/>
+      <c r="BJ48" s="18"/>
+      <c r="BK48" s="18"/>
+      <c r="BL48" s="18"/>
+      <c r="BM48" s="18"/>
+      <c r="BN48" s="18"/>
+      <c r="BO48" s="18"/>
+      <c r="BP48" s="18"/>
+      <c r="BQ48" s="18"/>
+    </row>
+    <row r="49" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H49" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I49" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J49" s="1">
+        <v>1</v>
+      </c>
+      <c r="K49" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L49" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M49" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="N49" s="3"/>
+    </row>
+    <row r="50" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I50" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J50" s="1">
         <v>34</v>
       </c>
-      <c r="L47" s="1" t="s">
+      <c r="K50" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L50" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M50" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="N50" s="3"/>
+    </row>
+    <row r="51" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J51" s="1">
+        <v>3</v>
+      </c>
+      <c r="K51" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L51" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M51" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="N51" s="3"/>
+      <c r="O51" s="1"/>
+      <c r="P51" s="1"/>
+      <c r="Q51" s="1"/>
+      <c r="R51" s="1"/>
+      <c r="S51" s="1"/>
+      <c r="T51" s="1"/>
+      <c r="U51" s="1"/>
+      <c r="V51" s="1"/>
+      <c r="W51" s="1"/>
+      <c r="X51" s="1"/>
+      <c r="Y51" s="1"/>
+      <c r="Z51" s="1"/>
+      <c r="AA51" s="1"/>
+      <c r="AB51" s="1"/>
+      <c r="AC51" s="1"/>
+      <c r="AD51" s="1"/>
+      <c r="AE51" s="1"/>
+      <c r="AF51" s="1"/>
+      <c r="AG51" s="1"/>
+      <c r="AH51" s="1"/>
+      <c r="AI51" s="1"/>
+      <c r="AJ51" s="1"/>
+      <c r="AK51" s="1"/>
+      <c r="AL51" s="1"/>
+      <c r="AM51" s="1"/>
+      <c r="AN51" s="1"/>
+      <c r="AO51" s="1"/>
+      <c r="AP51" s="1"/>
+      <c r="AQ51" s="1"/>
+      <c r="AR51" s="1"/>
+      <c r="AS51" s="1"/>
+      <c r="AT51" s="1"/>
+      <c r="AU51" s="1"/>
+      <c r="AV51" s="1"/>
+      <c r="AW51" s="1"/>
+      <c r="AX51" s="1"/>
+      <c r="AY51" s="1"/>
+      <c r="AZ51" s="1"/>
+      <c r="BA51" s="1"/>
+      <c r="BB51" s="1"/>
+      <c r="BC51" s="1"/>
+      <c r="BD51" s="1"/>
+      <c r="BE51" s="1"/>
+      <c r="BF51" s="1"/>
+      <c r="BG51" s="1"/>
+      <c r="BH51" s="1"/>
+      <c r="BI51" s="1"/>
+      <c r="BJ51" s="1"/>
+      <c r="BK51" s="1"/>
+      <c r="BL51" s="1"/>
+      <c r="BM51" s="1"/>
+      <c r="BN51" s="1"/>
+      <c r="BO51" s="1"/>
+      <c r="BP51" s="1"/>
+      <c r="BQ51" s="1"/>
+    </row>
+    <row r="52" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J52" s="1">
+        <v>9</v>
+      </c>
+      <c r="K52" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L52" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M52" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N52" s="3"/>
+      <c r="O52" s="1"/>
+      <c r="P52" s="1"/>
+      <c r="Q52" s="1"/>
+      <c r="R52" s="1"/>
+      <c r="S52" s="1"/>
+      <c r="T52" s="1"/>
+      <c r="U52" s="1"/>
+      <c r="V52" s="1"/>
+      <c r="W52" s="1"/>
+      <c r="X52" s="1"/>
+      <c r="Y52" s="1"/>
+      <c r="Z52" s="1"/>
+      <c r="AA52" s="1"/>
+      <c r="AB52" s="1"/>
+      <c r="AC52" s="1"/>
+      <c r="AD52" s="1"/>
+      <c r="AE52" s="1"/>
+      <c r="AF52" s="1"/>
+      <c r="AG52" s="1"/>
+      <c r="AH52" s="1"/>
+      <c r="AI52" s="1"/>
+      <c r="AJ52" s="1"/>
+      <c r="AK52" s="1"/>
+      <c r="AL52" s="1"/>
+      <c r="AM52" s="1"/>
+      <c r="AN52" s="1"/>
+      <c r="AO52" s="1"/>
+      <c r="AP52" s="1"/>
+      <c r="AQ52" s="1"/>
+      <c r="AR52" s="1"/>
+      <c r="AS52" s="1"/>
+      <c r="AT52" s="1"/>
+      <c r="AU52" s="1"/>
+      <c r="AV52" s="1"/>
+      <c r="AW52" s="1"/>
+      <c r="AX52" s="1"/>
+      <c r="AY52" s="1"/>
+      <c r="AZ52" s="1"/>
+      <c r="BA52" s="1"/>
+      <c r="BB52" s="1"/>
+      <c r="BC52" s="1"/>
+      <c r="BD52" s="1"/>
+      <c r="BE52" s="1"/>
+      <c r="BF52" s="1"/>
+      <c r="BG52" s="1"/>
+      <c r="BH52" s="1"/>
+      <c r="BI52" s="1"/>
+      <c r="BJ52" s="1"/>
+      <c r="BK52" s="1"/>
+      <c r="BL52" s="1"/>
+      <c r="BM52" s="1"/>
+      <c r="BN52" s="1"/>
+      <c r="BO52" s="1"/>
+      <c r="BP52" s="1"/>
+      <c r="BQ52" s="1"/>
+    </row>
+    <row r="53" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J53" s="1">
+        <v>9</v>
+      </c>
+      <c r="K53" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L53" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M53" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N53" s="3"/>
+      <c r="O53" s="1"/>
+      <c r="P53" s="1"/>
+      <c r="Q53" s="1"/>
+      <c r="R53" s="1"/>
+      <c r="S53" s="1"/>
+      <c r="T53" s="1"/>
+      <c r="U53" s="1"/>
+      <c r="V53" s="1"/>
+      <c r="W53" s="1"/>
+      <c r="X53" s="1"/>
+      <c r="Y53" s="1"/>
+      <c r="Z53" s="1"/>
+      <c r="AA53" s="1"/>
+      <c r="AB53" s="1"/>
+      <c r="AC53" s="1"/>
+      <c r="AD53" s="1"/>
+      <c r="AE53" s="1"/>
+      <c r="AF53" s="1"/>
+      <c r="AG53" s="1"/>
+      <c r="AH53" s="1"/>
+      <c r="AI53" s="1"/>
+      <c r="AJ53" s="1"/>
+      <c r="AK53" s="1"/>
+      <c r="AL53" s="1"/>
+      <c r="AM53" s="1"/>
+      <c r="AN53" s="1"/>
+      <c r="AO53" s="1"/>
+      <c r="AP53" s="1"/>
+      <c r="AQ53" s="1"/>
+      <c r="AR53" s="1"/>
+      <c r="AS53" s="1"/>
+      <c r="AT53" s="1"/>
+      <c r="AU53" s="1"/>
+      <c r="AV53" s="1"/>
+      <c r="AW53" s="1"/>
+      <c r="AX53" s="1"/>
+      <c r="AY53" s="1"/>
+      <c r="AZ53" s="1"/>
+      <c r="BA53" s="1"/>
+      <c r="BB53" s="1"/>
+      <c r="BC53" s="1"/>
+      <c r="BD53" s="1"/>
+      <c r="BE53" s="1"/>
+      <c r="BF53" s="1"/>
+      <c r="BG53" s="1"/>
+      <c r="BH53" s="1"/>
+      <c r="BI53" s="1"/>
+      <c r="BJ53" s="1"/>
+      <c r="BK53" s="1"/>
+      <c r="BL53" s="1"/>
+      <c r="BM53" s="1"/>
+      <c r="BN53" s="1"/>
+      <c r="BO53" s="1"/>
+      <c r="BP53" s="1"/>
+      <c r="BQ53" s="1"/>
+    </row>
+    <row r="54" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J54" s="1">
+        <v>10</v>
+      </c>
+      <c r="K54" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L54" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M54" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N54" s="3"/>
+    </row>
+    <row r="55" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I55" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J55" s="1">
+        <v>2</v>
+      </c>
+      <c r="K55" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L55" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M55" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N55" s="3"/>
+    </row>
+    <row r="56" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J56" s="1">
+        <v>11</v>
+      </c>
+      <c r="K56" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L56" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M56" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="M47" s="1" t="s">
-[...8 lines deleted...]
-      <c r="B48" s="1" t="s">
+      <c r="N56" s="19"/>
+    </row>
+    <row r="57" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F48" s="1" t="s">
+      <c r="D57" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J57" s="1">
+        <v>1</v>
+      </c>
+      <c r="K57" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L57" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M57" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N57" s="19"/>
+      <c r="O57" s="1"/>
+      <c r="P57" s="1"/>
+      <c r="Q57" s="1"/>
+      <c r="R57" s="1"/>
+      <c r="S57" s="1"/>
+      <c r="T57" s="1"/>
+      <c r="U57" s="1"/>
+      <c r="V57" s="1"/>
+      <c r="W57" s="1"/>
+      <c r="X57" s="1"/>
+      <c r="Y57" s="1"/>
+      <c r="Z57" s="1"/>
+      <c r="AA57" s="1"/>
+      <c r="AB57" s="1"/>
+      <c r="AC57" s="1"/>
+      <c r="AD57" s="1"/>
+      <c r="AE57" s="1"/>
+      <c r="AF57" s="1"/>
+      <c r="AG57" s="1"/>
+      <c r="AH57" s="1"/>
+      <c r="AI57" s="1"/>
+      <c r="AJ57" s="1"/>
+      <c r="AK57" s="1"/>
+      <c r="AL57" s="1"/>
+      <c r="AM57" s="1"/>
+      <c r="AN57" s="1"/>
+      <c r="AO57" s="1"/>
+      <c r="AP57" s="1"/>
+      <c r="AQ57" s="1"/>
+      <c r="AR57" s="1"/>
+      <c r="AS57" s="1"/>
+      <c r="AT57" s="1"/>
+      <c r="AU57" s="1"/>
+      <c r="AV57" s="1"/>
+      <c r="AW57" s="1"/>
+      <c r="AX57" s="1"/>
+      <c r="AY57" s="1"/>
+      <c r="AZ57" s="1"/>
+      <c r="BA57" s="1"/>
+      <c r="BB57" s="1"/>
+      <c r="BC57" s="1"/>
+      <c r="BD57" s="1"/>
+      <c r="BE57" s="1"/>
+      <c r="BF57" s="1"/>
+      <c r="BG57" s="1"/>
+      <c r="BH57" s="1"/>
+      <c r="BI57" s="1"/>
+      <c r="BJ57" s="1"/>
+      <c r="BK57" s="1"/>
+      <c r="BL57" s="1"/>
+      <c r="BM57" s="1"/>
+      <c r="BN57" s="1"/>
+      <c r="BO57" s="1"/>
+      <c r="BP57" s="1"/>
+      <c r="BQ57" s="1"/>
+    </row>
+    <row r="58" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J58" s="1">
+        <v>104</v>
+      </c>
+      <c r="K58" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="G48" s="1" t="s">
-[...5 lines deleted...]
-      <c r="I48" s="1" t="s">
+      <c r="L58" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M58" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="N58" s="3"/>
+      <c r="O58" s="1"/>
+      <c r="P58" s="1"/>
+      <c r="Q58" s="1"/>
+      <c r="R58" s="1"/>
+      <c r="S58" s="1"/>
+      <c r="T58" s="1"/>
+      <c r="U58" s="1"/>
+      <c r="V58" s="1"/>
+      <c r="W58" s="1"/>
+      <c r="X58" s="1"/>
+      <c r="Y58" s="1"/>
+      <c r="Z58" s="1"/>
+      <c r="AA58" s="1"/>
+      <c r="AB58" s="1"/>
+      <c r="AC58" s="1"/>
+      <c r="AD58" s="1"/>
+      <c r="AE58" s="1"/>
+      <c r="AF58" s="1"/>
+      <c r="AG58" s="1"/>
+      <c r="AH58" s="1"/>
+      <c r="AI58" s="1"/>
+      <c r="AJ58" s="1"/>
+      <c r="AK58" s="1"/>
+      <c r="AL58" s="1"/>
+      <c r="AM58" s="1"/>
+      <c r="AN58" s="1"/>
+      <c r="AO58" s="1"/>
+      <c r="AP58" s="1"/>
+      <c r="AQ58" s="1"/>
+      <c r="AR58" s="1"/>
+      <c r="AS58" s="1"/>
+      <c r="AT58" s="1"/>
+      <c r="AU58" s="1"/>
+      <c r="AV58" s="1"/>
+      <c r="AW58" s="1"/>
+      <c r="AX58" s="1"/>
+      <c r="AY58" s="1"/>
+      <c r="AZ58" s="1"/>
+      <c r="BA58" s="1"/>
+      <c r="BB58" s="1"/>
+      <c r="BC58" s="1"/>
+      <c r="BD58" s="1"/>
+      <c r="BE58" s="1"/>
+      <c r="BF58" s="1"/>
+      <c r="BG58" s="1"/>
+      <c r="BH58" s="1"/>
+      <c r="BI58" s="1"/>
+      <c r="BJ58" s="1"/>
+      <c r="BK58" s="1"/>
+      <c r="BL58" s="1"/>
+      <c r="BM58" s="1"/>
+      <c r="BN58" s="1"/>
+      <c r="BO58" s="1"/>
+      <c r="BP58" s="1"/>
+      <c r="BQ58" s="1"/>
+    </row>
+    <row r="59" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B59" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J48" s="1">
-[...8 lines deleted...]
-      <c r="M48" s="1" t="s">
+      <c r="C59" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J59" s="1">
+        <v>6</v>
+      </c>
+      <c r="K59" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="N48" s="6"/>
-[...5 lines deleted...]
-      <c r="B49" s="1" t="s">
+      <c r="L59" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M59" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="N59" s="3"/>
+      <c r="O59" s="1"/>
+      <c r="P59" s="1"/>
+      <c r="Q59" s="1"/>
+      <c r="R59" s="1"/>
+      <c r="S59" s="1"/>
+      <c r="T59" s="1"/>
+      <c r="U59" s="1"/>
+      <c r="V59" s="1"/>
+      <c r="W59" s="1"/>
+      <c r="X59" s="1"/>
+      <c r="Y59" s="1"/>
+      <c r="Z59" s="1"/>
+      <c r="AA59" s="1"/>
+      <c r="AB59" s="1"/>
+      <c r="AC59" s="1"/>
+      <c r="AD59" s="1"/>
+      <c r="AE59" s="1"/>
+      <c r="AF59" s="1"/>
+      <c r="AG59" s="1"/>
+      <c r="AH59" s="1"/>
+      <c r="AI59" s="1"/>
+      <c r="AJ59" s="1"/>
+      <c r="AK59" s="1"/>
+      <c r="AL59" s="1"/>
+      <c r="AM59" s="1"/>
+      <c r="AN59" s="1"/>
+      <c r="AO59" s="1"/>
+      <c r="AP59" s="1"/>
+      <c r="AQ59" s="1"/>
+      <c r="AR59" s="1"/>
+      <c r="AS59" s="1"/>
+      <c r="AT59" s="1"/>
+      <c r="AU59" s="1"/>
+      <c r="AV59" s="1"/>
+      <c r="AW59" s="1"/>
+      <c r="AX59" s="1"/>
+      <c r="AY59" s="1"/>
+      <c r="AZ59" s="1"/>
+      <c r="BA59" s="1"/>
+      <c r="BB59" s="1"/>
+      <c r="BC59" s="1"/>
+      <c r="BD59" s="1"/>
+      <c r="BE59" s="1"/>
+      <c r="BF59" s="1"/>
+      <c r="BG59" s="1"/>
+      <c r="BH59" s="1"/>
+      <c r="BI59" s="1"/>
+      <c r="BJ59" s="1"/>
+      <c r="BK59" s="1"/>
+      <c r="BL59" s="1"/>
+      <c r="BM59" s="1"/>
+      <c r="BN59" s="1"/>
+      <c r="BO59" s="1"/>
+      <c r="BP59" s="1"/>
+      <c r="BQ59" s="1"/>
+    </row>
+    <row r="60" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C49" s="1" t="s">
-[...248 lines deleted...]
-      <c r="B55" s="7" t="s">
+      <c r="D60" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H60" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C55" s="1" t="s">
-[...226 lines deleted...]
-      </c>
       <c r="I60" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J60" s="1">
         <v>6</v>
       </c>
       <c r="K60" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L60" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M60" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="N60" s="19"/>
+      <c r="O60" s="1"/>
+      <c r="P60" s="1"/>
+      <c r="Q60" s="1"/>
+      <c r="R60" s="1"/>
+      <c r="S60" s="1"/>
+      <c r="T60" s="1"/>
+      <c r="U60" s="1"/>
+      <c r="V60" s="1"/>
+      <c r="W60" s="1"/>
+      <c r="X60" s="1"/>
+      <c r="Y60" s="1"/>
+      <c r="Z60" s="1"/>
+      <c r="AA60" s="1"/>
+      <c r="AB60" s="1"/>
+      <c r="AC60" s="1"/>
+      <c r="AD60" s="1"/>
+      <c r="AE60" s="1"/>
+      <c r="AF60" s="1"/>
+      <c r="AG60" s="1"/>
+      <c r="AH60" s="1"/>
+      <c r="AI60" s="1"/>
+      <c r="AJ60" s="1"/>
+      <c r="AK60" s="1"/>
+      <c r="AL60" s="1"/>
+      <c r="AM60" s="1"/>
+      <c r="AN60" s="1"/>
+      <c r="AO60" s="1"/>
+      <c r="AP60" s="1"/>
+      <c r="AQ60" s="1"/>
+      <c r="AR60" s="1"/>
+      <c r="AS60" s="1"/>
+      <c r="AT60" s="1"/>
+      <c r="AU60" s="1"/>
+      <c r="AV60" s="1"/>
+      <c r="AW60" s="1"/>
+      <c r="AX60" s="1"/>
+      <c r="AY60" s="1"/>
+      <c r="AZ60" s="1"/>
+      <c r="BA60" s="1"/>
+      <c r="BB60" s="1"/>
+      <c r="BC60" s="1"/>
+      <c r="BD60" s="1"/>
+      <c r="BE60" s="1"/>
+      <c r="BF60" s="1"/>
+      <c r="BG60" s="1"/>
+      <c r="BH60" s="1"/>
+      <c r="BI60" s="1"/>
+      <c r="BJ60" s="1"/>
+      <c r="BK60" s="1"/>
+      <c r="BL60" s="1"/>
+      <c r="BM60" s="1"/>
+      <c r="BN60" s="1"/>
+      <c r="BO60" s="1"/>
+      <c r="BP60" s="1"/>
+      <c r="BQ60" s="1"/>
+    </row>
+    <row r="61" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J61" s="1">
+        <v>10</v>
+      </c>
+      <c r="K61" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L61" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M61" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="N61" s="19"/>
+      <c r="O61" s="1"/>
+      <c r="P61" s="1"/>
+      <c r="Q61" s="1"/>
+      <c r="R61" s="1"/>
+      <c r="S61" s="1"/>
+      <c r="T61" s="1"/>
+      <c r="U61" s="1"/>
+      <c r="V61" s="1"/>
+      <c r="W61" s="1"/>
+      <c r="X61" s="1"/>
+      <c r="Y61" s="1"/>
+      <c r="Z61" s="1"/>
+      <c r="AA61" s="1"/>
+      <c r="AB61" s="1"/>
+      <c r="AC61" s="1"/>
+      <c r="AD61" s="1"/>
+      <c r="AE61" s="1"/>
+      <c r="AF61" s="1"/>
+      <c r="AG61" s="1"/>
+      <c r="AH61" s="1"/>
+      <c r="AI61" s="1"/>
+      <c r="AJ61" s="1"/>
+      <c r="AK61" s="1"/>
+      <c r="AL61" s="1"/>
+      <c r="AM61" s="1"/>
+      <c r="AN61" s="1"/>
+      <c r="AO61" s="1"/>
+      <c r="AP61" s="1"/>
+      <c r="AQ61" s="1"/>
+      <c r="AR61" s="1"/>
+      <c r="AS61" s="1"/>
+      <c r="AT61" s="1"/>
+      <c r="AU61" s="1"/>
+      <c r="AV61" s="1"/>
+      <c r="AW61" s="1"/>
+      <c r="AX61" s="1"/>
+      <c r="AY61" s="1"/>
+      <c r="AZ61" s="1"/>
+      <c r="BA61" s="1"/>
+      <c r="BB61" s="1"/>
+      <c r="BC61" s="1"/>
+      <c r="BD61" s="1"/>
+      <c r="BE61" s="1"/>
+      <c r="BF61" s="1"/>
+      <c r="BG61" s="1"/>
+      <c r="BH61" s="1"/>
+      <c r="BI61" s="1"/>
+      <c r="BJ61" s="1"/>
+      <c r="BK61" s="1"/>
+      <c r="BL61" s="1"/>
+      <c r="BM61" s="1"/>
+      <c r="BN61" s="1"/>
+      <c r="BO61" s="1"/>
+      <c r="BP61" s="1"/>
+      <c r="BQ61" s="1"/>
+    </row>
+    <row r="62" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J62" s="1">
+        <v>4</v>
+      </c>
+      <c r="K62" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L62" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M62" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N62" s="3"/>
+    </row>
+    <row r="63" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B63" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E63" s="9" t="s">
+        <v>451</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J63" s="1">
+        <v>15</v>
+      </c>
+      <c r="K63" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L63" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M63" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N63" s="3"/>
+    </row>
+    <row r="64" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B64" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E64" s="9" t="s">
+        <v>451</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J64" s="1">
+        <v>28</v>
+      </c>
+      <c r="K64" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L64" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M64" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N64" s="3"/>
+    </row>
+    <row r="65" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B65" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E65" s="9" t="s">
+        <v>451</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I65" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J65" s="1">
+        <v>4</v>
+      </c>
+      <c r="K65" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L65" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M65" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N65" s="3"/>
+    </row>
+    <row r="66" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B66" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E66" s="9" t="s">
+        <v>455</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H66" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="I66" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J66" s="1">
+        <v>1</v>
+      </c>
+      <c r="K66" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L66" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M66" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N66" s="3"/>
+    </row>
+    <row r="67" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B67" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E67" s="9" t="s">
+        <v>456</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H67" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="I67" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J67" s="1">
+        <v>1</v>
+      </c>
+      <c r="K67" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L67" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M67" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N67" s="3"/>
+    </row>
+    <row r="68" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E68" s="9" t="s">
+        <v>457</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H68" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J68" s="1">
+        <v>6</v>
+      </c>
+      <c r="K68" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L68" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M68" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N68" s="3"/>
+    </row>
+    <row r="69" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E69" s="9" t="s">
+        <v>466</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H69" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="I69" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J69" s="1">
+        <v>1</v>
+      </c>
+      <c r="K69" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L69" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M69" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N69" s="3"/>
+    </row>
+    <row r="70" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B70" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E70" s="9" t="s">
+        <v>469</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H70" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="I70" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J70" s="1">
+        <v>1</v>
+      </c>
+      <c r="K70" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L70" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M70" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N70" s="3"/>
+    </row>
+    <row r="71" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E71" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H71" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I71" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J71" s="7">
+        <v>1</v>
+      </c>
+      <c r="K71" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L71" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M71" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N71" s="19"/>
+    </row>
+    <row r="72" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H72" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I72" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J72" s="1">
+        <v>6</v>
+      </c>
+      <c r="K72" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L72" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M72" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N72" s="6"/>
+      <c r="O72" s="5"/>
+      <c r="P72" s="5"/>
+      <c r="Q72" s="5"/>
+      <c r="R72" s="5"/>
+      <c r="S72" s="5"/>
+      <c r="T72" s="5"/>
+      <c r="U72" s="5"/>
+      <c r="V72" s="5"/>
+      <c r="W72" s="5"/>
+      <c r="X72" s="5"/>
+      <c r="Y72" s="5"/>
+      <c r="Z72" s="5"/>
+      <c r="AA72" s="5"/>
+      <c r="AB72" s="5"/>
+      <c r="AC72" s="5"/>
+      <c r="AD72" s="5"/>
+      <c r="AE72" s="5"/>
+      <c r="AF72" s="5"/>
+      <c r="AG72" s="5"/>
+      <c r="AH72" s="5"/>
+      <c r="AI72" s="5"/>
+      <c r="AJ72" s="5"/>
+      <c r="AK72" s="5"/>
+      <c r="AL72" s="5"/>
+      <c r="AM72" s="5"/>
+      <c r="AN72" s="5"/>
+      <c r="AO72" s="5"/>
+      <c r="AP72" s="5"/>
+      <c r="AQ72" s="5"/>
+      <c r="AR72" s="5"/>
+      <c r="AS72" s="5"/>
+      <c r="AT72" s="5"/>
+      <c r="AU72" s="5"/>
+      <c r="AV72" s="5"/>
+      <c r="AW72" s="5"/>
+      <c r="AX72" s="5"/>
+      <c r="AY72" s="5"/>
+      <c r="AZ72" s="5"/>
+      <c r="BA72" s="5"/>
+      <c r="BB72" s="5"/>
+      <c r="BC72" s="5"/>
+      <c r="BD72" s="5"/>
+      <c r="BE72" s="5"/>
+      <c r="BF72" s="5"/>
+      <c r="BG72" s="5"/>
+      <c r="BH72" s="5"/>
+      <c r="BI72" s="5"/>
+      <c r="BJ72" s="5"/>
+      <c r="BK72" s="5"/>
+      <c r="BL72" s="5"/>
+      <c r="BM72" s="5"/>
+      <c r="BN72" s="5"/>
+      <c r="BO72" s="5"/>
+      <c r="BP72" s="5"/>
+      <c r="BQ72" s="5"/>
+    </row>
+    <row r="73" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H73" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I73" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J73" s="1">
+        <v>2</v>
+      </c>
+      <c r="K73" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L73" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M73" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N73" s="6"/>
+      <c r="O73" s="5"/>
+      <c r="P73" s="5"/>
+      <c r="Q73" s="5"/>
+      <c r="R73" s="5"/>
+      <c r="S73" s="5"/>
+      <c r="T73" s="5"/>
+      <c r="U73" s="5"/>
+      <c r="V73" s="5"/>
+      <c r="W73" s="5"/>
+      <c r="X73" s="5"/>
+      <c r="Y73" s="5"/>
+      <c r="Z73" s="5"/>
+      <c r="AA73" s="5"/>
+      <c r="AB73" s="5"/>
+      <c r="AC73" s="5"/>
+      <c r="AD73" s="5"/>
+      <c r="AE73" s="5"/>
+      <c r="AF73" s="5"/>
+      <c r="AG73" s="5"/>
+      <c r="AH73" s="5"/>
+      <c r="AI73" s="5"/>
+      <c r="AJ73" s="5"/>
+      <c r="AK73" s="5"/>
+      <c r="AL73" s="5"/>
+      <c r="AM73" s="5"/>
+      <c r="AN73" s="5"/>
+      <c r="AO73" s="5"/>
+      <c r="AP73" s="5"/>
+      <c r="AQ73" s="5"/>
+      <c r="AR73" s="5"/>
+      <c r="AS73" s="5"/>
+      <c r="AT73" s="5"/>
+      <c r="AU73" s="5"/>
+      <c r="AV73" s="5"/>
+      <c r="AW73" s="5"/>
+      <c r="AX73" s="5"/>
+      <c r="AY73" s="5"/>
+      <c r="AZ73" s="5"/>
+      <c r="BA73" s="5"/>
+      <c r="BB73" s="5"/>
+      <c r="BC73" s="5"/>
+      <c r="BD73" s="5"/>
+      <c r="BE73" s="5"/>
+      <c r="BF73" s="5"/>
+      <c r="BG73" s="5"/>
+      <c r="BH73" s="5"/>
+      <c r="BI73" s="5"/>
+      <c r="BJ73" s="5"/>
+      <c r="BK73" s="5"/>
+      <c r="BL73" s="5"/>
+      <c r="BM73" s="5"/>
+      <c r="BN73" s="5"/>
+      <c r="BO73" s="5"/>
+      <c r="BP73" s="5"/>
+      <c r="BQ73" s="5"/>
+    </row>
+    <row r="74" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B74" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C74" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I74" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J74" s="1">
+        <v>38</v>
+      </c>
+      <c r="K74" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L74" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M74" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N74" s="17"/>
+      <c r="O74" s="5"/>
+      <c r="P74" s="5"/>
+      <c r="Q74" s="5"/>
+      <c r="R74" s="5"/>
+      <c r="S74" s="5"/>
+      <c r="T74" s="5"/>
+      <c r="U74" s="5"/>
+      <c r="V74" s="5"/>
+      <c r="W74" s="5"/>
+      <c r="X74" s="5"/>
+      <c r="Y74" s="5"/>
+      <c r="Z74" s="5"/>
+      <c r="AA74" s="5"/>
+      <c r="AB74" s="5"/>
+      <c r="AC74" s="5"/>
+      <c r="AD74" s="5"/>
+      <c r="AE74" s="5"/>
+      <c r="AF74" s="5"/>
+      <c r="AG74" s="5"/>
+      <c r="AH74" s="5"/>
+      <c r="AI74" s="5"/>
+      <c r="AJ74" s="5"/>
+      <c r="AK74" s="5"/>
+      <c r="AL74" s="5"/>
+      <c r="AM74" s="5"/>
+      <c r="AN74" s="5"/>
+      <c r="AO74" s="5"/>
+      <c r="AP74" s="5"/>
+      <c r="AQ74" s="5"/>
+      <c r="AR74" s="5"/>
+      <c r="AS74" s="5"/>
+      <c r="AT74" s="5"/>
+      <c r="AU74" s="5"/>
+      <c r="AV74" s="5"/>
+      <c r="AW74" s="5"/>
+      <c r="AX74" s="5"/>
+      <c r="AY74" s="5"/>
+      <c r="AZ74" s="5"/>
+      <c r="BA74" s="5"/>
+      <c r="BB74" s="5"/>
+      <c r="BC74" s="5"/>
+      <c r="BD74" s="5"/>
+      <c r="BE74" s="5"/>
+      <c r="BF74" s="5"/>
+      <c r="BG74" s="5"/>
+      <c r="BH74" s="5"/>
+      <c r="BI74" s="5"/>
+      <c r="BJ74" s="5"/>
+      <c r="BK74" s="5"/>
+      <c r="BL74" s="5"/>
+      <c r="BM74" s="5"/>
+      <c r="BN74" s="5"/>
+      <c r="BO74" s="5"/>
+      <c r="BP74" s="5"/>
+      <c r="BQ74" s="5"/>
+    </row>
+    <row r="75" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B75" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C75" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H75" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I75" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J75" s="1">
+        <v>6</v>
+      </c>
+      <c r="K75" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L75" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M75" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N75" s="17"/>
+      <c r="O75" s="5"/>
+      <c r="P75" s="5"/>
+      <c r="Q75" s="5"/>
+      <c r="R75" s="5"/>
+      <c r="S75" s="5"/>
+      <c r="T75" s="5"/>
+      <c r="U75" s="5"/>
+      <c r="V75" s="5"/>
+      <c r="W75" s="5"/>
+      <c r="X75" s="5"/>
+      <c r="Y75" s="5"/>
+      <c r="Z75" s="5"/>
+      <c r="AA75" s="5"/>
+      <c r="AB75" s="5"/>
+      <c r="AC75" s="5"/>
+      <c r="AD75" s="5"/>
+      <c r="AE75" s="5"/>
+      <c r="AF75" s="5"/>
+      <c r="AG75" s="5"/>
+      <c r="AH75" s="5"/>
+      <c r="AI75" s="5"/>
+      <c r="AJ75" s="5"/>
+      <c r="AK75" s="5"/>
+      <c r="AL75" s="5"/>
+      <c r="AM75" s="5"/>
+      <c r="AN75" s="5"/>
+      <c r="AO75" s="5"/>
+      <c r="AP75" s="5"/>
+      <c r="AQ75" s="5"/>
+      <c r="AR75" s="5"/>
+      <c r="AS75" s="5"/>
+      <c r="AT75" s="5"/>
+      <c r="AU75" s="5"/>
+      <c r="AV75" s="5"/>
+      <c r="AW75" s="5"/>
+      <c r="AX75" s="5"/>
+      <c r="AY75" s="5"/>
+      <c r="AZ75" s="5"/>
+      <c r="BA75" s="5"/>
+      <c r="BB75" s="5"/>
+      <c r="BC75" s="5"/>
+      <c r="BD75" s="5"/>
+      <c r="BE75" s="5"/>
+      <c r="BF75" s="5"/>
+      <c r="BG75" s="5"/>
+      <c r="BH75" s="5"/>
+      <c r="BI75" s="5"/>
+      <c r="BJ75" s="5"/>
+      <c r="BK75" s="5"/>
+      <c r="BL75" s="5"/>
+      <c r="BM75" s="5"/>
+      <c r="BN75" s="5"/>
+      <c r="BO75" s="5"/>
+      <c r="BP75" s="5"/>
+      <c r="BQ75" s="5"/>
+    </row>
+    <row r="76" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B76" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C76" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I76" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J76" s="1">
+        <v>4</v>
+      </c>
+      <c r="K76" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L76" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M76" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N76" s="17"/>
+      <c r="O76" s="5"/>
+      <c r="P76" s="5"/>
+      <c r="Q76" s="5"/>
+      <c r="R76" s="5"/>
+      <c r="S76" s="5"/>
+      <c r="T76" s="5"/>
+      <c r="U76" s="5"/>
+      <c r="V76" s="5"/>
+      <c r="W76" s="5"/>
+      <c r="X76" s="5"/>
+      <c r="Y76" s="5"/>
+      <c r="Z76" s="5"/>
+      <c r="AA76" s="5"/>
+      <c r="AB76" s="5"/>
+      <c r="AC76" s="5"/>
+      <c r="AD76" s="5"/>
+      <c r="AE76" s="5"/>
+      <c r="AF76" s="5"/>
+      <c r="AG76" s="5"/>
+      <c r="AH76" s="5"/>
+      <c r="AI76" s="5"/>
+      <c r="AJ76" s="5"/>
+      <c r="AK76" s="5"/>
+      <c r="AL76" s="5"/>
+      <c r="AM76" s="5"/>
+      <c r="AN76" s="5"/>
+      <c r="AO76" s="5"/>
+      <c r="AP76" s="5"/>
+      <c r="AQ76" s="5"/>
+      <c r="AR76" s="5"/>
+      <c r="AS76" s="5"/>
+      <c r="AT76" s="5"/>
+      <c r="AU76" s="5"/>
+      <c r="AV76" s="5"/>
+      <c r="AW76" s="5"/>
+      <c r="AX76" s="5"/>
+      <c r="AY76" s="5"/>
+      <c r="AZ76" s="5"/>
+      <c r="BA76" s="5"/>
+      <c r="BB76" s="5"/>
+      <c r="BC76" s="5"/>
+      <c r="BD76" s="5"/>
+      <c r="BE76" s="5"/>
+      <c r="BF76" s="5"/>
+      <c r="BG76" s="5"/>
+      <c r="BH76" s="5"/>
+      <c r="BI76" s="5"/>
+      <c r="BJ76" s="5"/>
+      <c r="BK76" s="5"/>
+      <c r="BL76" s="5"/>
+      <c r="BM76" s="5"/>
+      <c r="BN76" s="5"/>
+      <c r="BO76" s="5"/>
+      <c r="BP76" s="5"/>
+      <c r="BQ76" s="5"/>
+    </row>
+    <row r="77" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C77" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I77" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J77" s="1">
+        <v>21</v>
+      </c>
+      <c r="K77" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L77" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M77" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N77" s="3"/>
+    </row>
+    <row r="78" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C78" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I78" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J78" s="1">
+        <v>3</v>
+      </c>
+      <c r="K78" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L78" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M78" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N78" s="3"/>
+    </row>
+    <row r="79" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H79" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I79" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J79" s="1">
+        <v>29</v>
+      </c>
+      <c r="K79" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L79" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M79" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N79" s="6"/>
+      <c r="O79" s="5"/>
+      <c r="P79" s="5"/>
+      <c r="Q79" s="5"/>
+      <c r="R79" s="5"/>
+      <c r="S79" s="5"/>
+      <c r="T79" s="5"/>
+      <c r="U79" s="5"/>
+      <c r="V79" s="5"/>
+      <c r="W79" s="5"/>
+      <c r="X79" s="5"/>
+      <c r="Y79" s="5"/>
+      <c r="Z79" s="5"/>
+      <c r="AA79" s="5"/>
+      <c r="AB79" s="5"/>
+      <c r="AC79" s="5"/>
+      <c r="AD79" s="5"/>
+      <c r="AE79" s="5"/>
+      <c r="AF79" s="5"/>
+      <c r="AG79" s="5"/>
+      <c r="AH79" s="5"/>
+      <c r="AI79" s="5"/>
+      <c r="AJ79" s="5"/>
+      <c r="AK79" s="5"/>
+      <c r="AL79" s="5"/>
+      <c r="AM79" s="5"/>
+      <c r="AN79" s="5"/>
+      <c r="AO79" s="5"/>
+      <c r="AP79" s="5"/>
+      <c r="AQ79" s="5"/>
+      <c r="AR79" s="5"/>
+      <c r="AS79" s="5"/>
+      <c r="AT79" s="5"/>
+      <c r="AU79" s="5"/>
+      <c r="AV79" s="5"/>
+      <c r="AW79" s="5"/>
+      <c r="AX79" s="5"/>
+      <c r="AY79" s="5"/>
+      <c r="AZ79" s="5"/>
+      <c r="BA79" s="5"/>
+      <c r="BB79" s="5"/>
+      <c r="BC79" s="5"/>
+      <c r="BD79" s="5"/>
+      <c r="BE79" s="5"/>
+      <c r="BF79" s="5"/>
+      <c r="BG79" s="5"/>
+      <c r="BH79" s="5"/>
+      <c r="BI79" s="5"/>
+      <c r="BJ79" s="5"/>
+      <c r="BK79" s="5"/>
+      <c r="BL79" s="5"/>
+      <c r="BM79" s="5"/>
+      <c r="BN79" s="5"/>
+      <c r="BO79" s="5"/>
+      <c r="BP79" s="5"/>
+      <c r="BQ79" s="5"/>
+    </row>
+    <row r="80" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I80" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J80" s="1">
+        <v>2</v>
+      </c>
+      <c r="K80" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L80" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M80" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N80" s="6"/>
+      <c r="O80" s="5"/>
+      <c r="P80" s="5"/>
+      <c r="Q80" s="5"/>
+      <c r="R80" s="5"/>
+      <c r="S80" s="5"/>
+      <c r="T80" s="5"/>
+      <c r="U80" s="5"/>
+      <c r="V80" s="5"/>
+      <c r="W80" s="5"/>
+      <c r="X80" s="5"/>
+      <c r="Y80" s="5"/>
+      <c r="Z80" s="5"/>
+      <c r="AA80" s="5"/>
+      <c r="AB80" s="5"/>
+      <c r="AC80" s="5"/>
+      <c r="AD80" s="5"/>
+      <c r="AE80" s="5"/>
+      <c r="AF80" s="5"/>
+      <c r="AG80" s="5"/>
+      <c r="AH80" s="5"/>
+      <c r="AI80" s="5"/>
+      <c r="AJ80" s="5"/>
+      <c r="AK80" s="5"/>
+      <c r="AL80" s="5"/>
+      <c r="AM80" s="5"/>
+      <c r="AN80" s="5"/>
+      <c r="AO80" s="5"/>
+      <c r="AP80" s="5"/>
+      <c r="AQ80" s="5"/>
+      <c r="AR80" s="5"/>
+      <c r="AS80" s="5"/>
+      <c r="AT80" s="5"/>
+      <c r="AU80" s="5"/>
+      <c r="AV80" s="5"/>
+      <c r="AW80" s="5"/>
+      <c r="AX80" s="5"/>
+      <c r="AY80" s="5"/>
+      <c r="AZ80" s="5"/>
+      <c r="BA80" s="5"/>
+      <c r="BB80" s="5"/>
+      <c r="BC80" s="5"/>
+      <c r="BD80" s="5"/>
+      <c r="BE80" s="5"/>
+      <c r="BF80" s="5"/>
+      <c r="BG80" s="5"/>
+      <c r="BH80" s="5"/>
+      <c r="BI80" s="5"/>
+      <c r="BJ80" s="5"/>
+      <c r="BK80" s="5"/>
+      <c r="BL80" s="5"/>
+      <c r="BM80" s="5"/>
+      <c r="BN80" s="5"/>
+      <c r="BO80" s="5"/>
+      <c r="BP80" s="5"/>
+      <c r="BQ80" s="5"/>
+    </row>
+    <row r="81" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H81" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J81" s="1">
+        <v>10</v>
+      </c>
+      <c r="K81" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L81" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M81" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N81" s="6"/>
+      <c r="O81" s="5"/>
+      <c r="P81" s="5"/>
+      <c r="Q81" s="5"/>
+      <c r="R81" s="5"/>
+      <c r="S81" s="5"/>
+      <c r="T81" s="5"/>
+      <c r="U81" s="5"/>
+      <c r="V81" s="5"/>
+      <c r="W81" s="5"/>
+      <c r="X81" s="5"/>
+      <c r="Y81" s="5"/>
+      <c r="Z81" s="5"/>
+      <c r="AA81" s="5"/>
+      <c r="AB81" s="5"/>
+      <c r="AC81" s="5"/>
+      <c r="AD81" s="5"/>
+      <c r="AE81" s="5"/>
+      <c r="AF81" s="5"/>
+      <c r="AG81" s="5"/>
+      <c r="AH81" s="5"/>
+      <c r="AI81" s="5"/>
+      <c r="AJ81" s="5"/>
+      <c r="AK81" s="5"/>
+      <c r="AL81" s="5"/>
+      <c r="AM81" s="5"/>
+      <c r="AN81" s="5"/>
+      <c r="AO81" s="5"/>
+      <c r="AP81" s="5"/>
+      <c r="AQ81" s="5"/>
+      <c r="AR81" s="5"/>
+      <c r="AS81" s="5"/>
+      <c r="AT81" s="5"/>
+      <c r="AU81" s="5"/>
+      <c r="AV81" s="5"/>
+      <c r="AW81" s="5"/>
+      <c r="AX81" s="5"/>
+      <c r="AY81" s="5"/>
+      <c r="AZ81" s="5"/>
+      <c r="BA81" s="5"/>
+      <c r="BB81" s="5"/>
+      <c r="BC81" s="5"/>
+      <c r="BD81" s="5"/>
+      <c r="BE81" s="5"/>
+      <c r="BF81" s="5"/>
+      <c r="BG81" s="5"/>
+      <c r="BH81" s="5"/>
+      <c r="BI81" s="5"/>
+      <c r="BJ81" s="5"/>
+      <c r="BK81" s="5"/>
+      <c r="BL81" s="5"/>
+      <c r="BM81" s="5"/>
+      <c r="BN81" s="5"/>
+      <c r="BO81" s="5"/>
+      <c r="BP81" s="5"/>
+      <c r="BQ81" s="5"/>
+    </row>
+    <row r="82" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J82" s="1">
+        <v>6</v>
+      </c>
+      <c r="K82" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L82" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M82" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="N82" s="19"/>
+      <c r="O82" s="2"/>
+      <c r="P82" s="2"/>
+      <c r="Q82" s="2"/>
+      <c r="R82" s="2"/>
+      <c r="S82" s="2"/>
+      <c r="T82" s="2"/>
+      <c r="U82" s="2"/>
+      <c r="V82" s="2"/>
+      <c r="W82" s="2"/>
+      <c r="X82" s="2"/>
+      <c r="Y82" s="2"/>
+      <c r="Z82" s="2"/>
+      <c r="AA82" s="2"/>
+      <c r="AB82" s="2"/>
+      <c r="AC82" s="2"/>
+      <c r="AD82" s="2"/>
+      <c r="AE82" s="2"/>
+      <c r="AF82" s="2"/>
+      <c r="AG82" s="2"/>
+      <c r="AH82" s="2"/>
+      <c r="AI82" s="2"/>
+      <c r="AJ82" s="2"/>
+      <c r="AK82" s="2"/>
+      <c r="AL82" s="2"/>
+      <c r="AM82" s="2"/>
+      <c r="AN82" s="2"/>
+      <c r="AO82" s="2"/>
+      <c r="AP82" s="2"/>
+      <c r="AQ82" s="2"/>
+      <c r="AR82" s="2"/>
+      <c r="AS82" s="2"/>
+      <c r="AT82" s="2"/>
+      <c r="AU82" s="2"/>
+      <c r="AV82" s="2"/>
+      <c r="AW82" s="2"/>
+      <c r="AX82" s="2"/>
+      <c r="AY82" s="2"/>
+      <c r="AZ82" s="2"/>
+      <c r="BA82" s="2"/>
+      <c r="BB82" s="2"/>
+      <c r="BC82" s="2"/>
+      <c r="BD82" s="2"/>
+      <c r="BE82" s="2"/>
+      <c r="BF82" s="2"/>
+      <c r="BG82" s="2"/>
+      <c r="BH82" s="2"/>
+      <c r="BI82" s="2"/>
+      <c r="BJ82" s="2"/>
+      <c r="BK82" s="2"/>
+      <c r="BL82" s="2"/>
+      <c r="BM82" s="2"/>
+      <c r="BN82" s="2"/>
+      <c r="BO82" s="2"/>
+      <c r="BP82" s="2"/>
+      <c r="BQ82" s="2"/>
+    </row>
+    <row r="83" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J83" s="1">
+        <v>4</v>
+      </c>
+      <c r="K83" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L83" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M83" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="N83" s="19"/>
+      <c r="O83" s="2"/>
+      <c r="P83" s="2"/>
+      <c r="Q83" s="2"/>
+      <c r="R83" s="2"/>
+      <c r="S83" s="2"/>
+      <c r="T83" s="2"/>
+      <c r="U83" s="2"/>
+      <c r="V83" s="2"/>
+      <c r="W83" s="2"/>
+      <c r="X83" s="2"/>
+      <c r="Y83" s="2"/>
+      <c r="Z83" s="2"/>
+      <c r="AA83" s="2"/>
+      <c r="AB83" s="2"/>
+      <c r="AC83" s="2"/>
+      <c r="AD83" s="2"/>
+      <c r="AE83" s="2"/>
+      <c r="AF83" s="2"/>
+      <c r="AG83" s="2"/>
+      <c r="AH83" s="2"/>
+      <c r="AI83" s="2"/>
+      <c r="AJ83" s="2"/>
+      <c r="AK83" s="2"/>
+      <c r="AL83" s="2"/>
+      <c r="AM83" s="2"/>
+      <c r="AN83" s="2"/>
+      <c r="AO83" s="2"/>
+      <c r="AP83" s="2"/>
+      <c r="AQ83" s="2"/>
+      <c r="AR83" s="2"/>
+      <c r="AS83" s="2"/>
+      <c r="AT83" s="2"/>
+      <c r="AU83" s="2"/>
+      <c r="AV83" s="2"/>
+      <c r="AW83" s="2"/>
+      <c r="AX83" s="2"/>
+      <c r="AY83" s="2"/>
+      <c r="AZ83" s="2"/>
+      <c r="BA83" s="2"/>
+      <c r="BB83" s="2"/>
+      <c r="BC83" s="2"/>
+      <c r="BD83" s="2"/>
+      <c r="BE83" s="2"/>
+      <c r="BF83" s="2"/>
+      <c r="BG83" s="2"/>
+      <c r="BH83" s="2"/>
+      <c r="BI83" s="2"/>
+      <c r="BJ83" s="2"/>
+      <c r="BK83" s="2"/>
+      <c r="BL83" s="2"/>
+      <c r="BM83" s="2"/>
+      <c r="BN83" s="2"/>
+      <c r="BO83" s="2"/>
+      <c r="BP83" s="2"/>
+      <c r="BQ83" s="2"/>
+    </row>
+    <row r="84" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H84" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J84" s="1">
+        <v>12</v>
+      </c>
+      <c r="K84" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L84" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M84" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="L60" s="1" t="s">
-[...11 lines deleted...]
-      <c r="B61" s="1" t="s">
+      <c r="N84" s="3"/>
+    </row>
+    <row r="85" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B85" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="C61" s="1" t="s">
-[...38 lines deleted...]
-      <c r="B62" s="7" t="s">
+      <c r="C85" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C62" s="7" t="s">
-[...11 lines deleted...]
-      <c r="G62" s="1" t="s">
+      <c r="D85" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H85" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H62" s="1" t="s">
-[...8 lines deleted...]
-      <c r="K62" s="1" t="s">
+      <c r="I85" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J85" s="1">
+        <v>9</v>
+      </c>
+      <c r="K85" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L85" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L62" s="1" t="s">
-[...11 lines deleted...]
-      <c r="B63" s="7" t="s">
+      <c r="M85" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="N85" s="3"/>
+    </row>
+    <row r="86" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B86" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C86" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C63" s="7" t="s">
-[...257 lines deleted...]
-      <c r="E69" s="1" t="s">
+      <c r="D86" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="F69" s="1" t="s">
-[...29 lines deleted...]
-      <c r="B70" s="1" t="s">
+      <c r="H86" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C70" s="1" t="s">
-[...688 lines deleted...]
-      </c>
       <c r="I86" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="J86" s="1">
         <v>2</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="L86" s="1" t="s">
-        <v>86</v>
+        <v>22</v>
       </c>
       <c r="M86" s="1" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-    <row r="87" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>49</v>
+      </c>
+      <c r="N86" s="3"/>
+    </row>
+    <row r="87" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="C87" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>106</v>
+        <v>76</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="G87" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H87" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H87" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I87" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J87" s="1">
-        <v>95</v>
+        <v>19</v>
       </c>
       <c r="K87" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L87" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="M87" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="N87" s="3"/>
+    </row>
+    <row r="88" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C88" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J88" s="1">
+        <v>3</v>
+      </c>
+      <c r="K88" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L88" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="M88" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="N88" s="3"/>
+    </row>
+    <row r="89" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C89" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J89" s="1">
+        <v>9</v>
+      </c>
+      <c r="K89" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L89" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M89" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N89" s="3"/>
+    </row>
+    <row r="90" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C90" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J90" s="1">
+        <v>2</v>
+      </c>
+      <c r="K90" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L90" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M90" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N90" s="3"/>
+      <c r="O90" s="1"/>
+      <c r="P90" s="1"/>
+      <c r="Q90" s="1"/>
+      <c r="R90" s="1"/>
+      <c r="S90" s="1"/>
+      <c r="T90" s="1"/>
+      <c r="U90" s="1"/>
+      <c r="V90" s="1"/>
+      <c r="W90" s="1"/>
+      <c r="X90" s="1"/>
+      <c r="Y90" s="1"/>
+      <c r="Z90" s="1"/>
+      <c r="AA90" s="1"/>
+      <c r="AB90" s="1"/>
+      <c r="AC90" s="1"/>
+      <c r="AD90" s="1"/>
+      <c r="AE90" s="1"/>
+      <c r="AF90" s="1"/>
+      <c r="AG90" s="1"/>
+      <c r="AH90" s="1"/>
+      <c r="AI90" s="1"/>
+      <c r="AJ90" s="1"/>
+      <c r="AK90" s="1"/>
+      <c r="AL90" s="1"/>
+      <c r="AM90" s="1"/>
+      <c r="AN90" s="1"/>
+      <c r="AO90" s="1"/>
+      <c r="AP90" s="1"/>
+      <c r="AQ90" s="1"/>
+      <c r="AR90" s="1"/>
+      <c r="AS90" s="1"/>
+      <c r="AT90" s="1"/>
+      <c r="AU90" s="1"/>
+      <c r="AV90" s="1"/>
+      <c r="AW90" s="1"/>
+      <c r="AX90" s="1"/>
+      <c r="AY90" s="1"/>
+      <c r="AZ90" s="1"/>
+      <c r="BA90" s="1"/>
+      <c r="BB90" s="1"/>
+      <c r="BC90" s="1"/>
+      <c r="BD90" s="1"/>
+      <c r="BE90" s="1"/>
+      <c r="BF90" s="1"/>
+      <c r="BG90" s="1"/>
+      <c r="BH90" s="1"/>
+      <c r="BI90" s="1"/>
+      <c r="BJ90" s="1"/>
+      <c r="BK90" s="1"/>
+      <c r="BL90" s="1"/>
+      <c r="BM90" s="1"/>
+      <c r="BN90" s="1"/>
+      <c r="BO90" s="1"/>
+      <c r="BP90" s="1"/>
+      <c r="BQ90" s="1"/>
+    </row>
+    <row r="91" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J91" s="1">
         <v>12</v>
       </c>
-      <c r="L87" s="1" t="s">
-[...35 lines deleted...]
-      <c r="J88" s="1">
+      <c r="K91" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L91" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M91" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="N91" s="3"/>
+    </row>
+    <row r="92" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J92" s="1">
+        <v>10</v>
+      </c>
+      <c r="K92" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L92" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M92" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="N92" s="3"/>
+    </row>
+    <row r="93" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H93" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="K88" s="1" t="s">
-[...202 lines deleted...]
-      </c>
       <c r="I93" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="J93" s="1">
-        <v>98</v>
+        <v>2</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="L93" s="1" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="M93" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="94" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>81</v>
+      </c>
+      <c r="N93" s="3"/>
+    </row>
+    <row r="94" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B94" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>105</v>
+        <v>10</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>120</v>
+        <v>87</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J94" s="1">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="L94" s="1" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="M94" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="95" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>86</v>
+      </c>
+      <c r="N94" s="3"/>
+    </row>
+    <row r="95" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B95" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D95" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J95" s="1">
+        <v>2</v>
+      </c>
+      <c r="K95" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L95" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M95" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="N95" s="3"/>
+    </row>
+    <row r="96" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E96" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="E95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F95" s="1" t="s">
+      <c r="F96" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J96" s="1">
+        <v>95</v>
+      </c>
+      <c r="K96" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L96" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M96" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N96" s="3"/>
+    </row>
+    <row r="97" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J97" s="1">
+        <v>25</v>
+      </c>
+      <c r="K97" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L97" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M97" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N97" s="3"/>
+    </row>
+    <row r="98" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E98" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H98" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J98" s="1">
+        <v>443</v>
+      </c>
+      <c r="K98" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L98" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M98" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N98" s="6"/>
+      <c r="O98" s="5"/>
+      <c r="P98" s="5"/>
+      <c r="Q98" s="5"/>
+      <c r="R98" s="5"/>
+      <c r="S98" s="5"/>
+      <c r="T98" s="5"/>
+      <c r="U98" s="5"/>
+      <c r="V98" s="5"/>
+      <c r="W98" s="5"/>
+      <c r="X98" s="5"/>
+      <c r="Y98" s="5"/>
+      <c r="Z98" s="5"/>
+      <c r="AA98" s="5"/>
+      <c r="AB98" s="5"/>
+      <c r="AC98" s="5"/>
+      <c r="AD98" s="5"/>
+      <c r="AE98" s="5"/>
+      <c r="AF98" s="5"/>
+      <c r="AG98" s="5"/>
+      <c r="AH98" s="5"/>
+      <c r="AI98" s="5"/>
+      <c r="AJ98" s="5"/>
+      <c r="AK98" s="5"/>
+      <c r="AL98" s="5"/>
+      <c r="AM98" s="5"/>
+      <c r="AN98" s="5"/>
+      <c r="AO98" s="5"/>
+      <c r="AP98" s="5"/>
+      <c r="AQ98" s="5"/>
+      <c r="AR98" s="5"/>
+      <c r="AS98" s="5"/>
+      <c r="AT98" s="5"/>
+      <c r="AU98" s="5"/>
+      <c r="AV98" s="5"/>
+      <c r="AW98" s="5"/>
+      <c r="AX98" s="5"/>
+      <c r="AY98" s="5"/>
+      <c r="AZ98" s="5"/>
+      <c r="BA98" s="5"/>
+      <c r="BB98" s="5"/>
+      <c r="BC98" s="5"/>
+      <c r="BD98" s="5"/>
+      <c r="BE98" s="5"/>
+      <c r="BF98" s="5"/>
+      <c r="BG98" s="5"/>
+      <c r="BH98" s="5"/>
+      <c r="BI98" s="5"/>
+      <c r="BJ98" s="5"/>
+      <c r="BK98" s="5"/>
+      <c r="BL98" s="5"/>
+      <c r="BM98" s="5"/>
+      <c r="BN98" s="5"/>
+      <c r="BO98" s="5"/>
+      <c r="BP98" s="5"/>
+      <c r="BQ98" s="5"/>
+    </row>
+    <row r="99" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J99" s="1">
+        <v>40</v>
+      </c>
+      <c r="K99" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L99" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M99" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N99" s="6"/>
+      <c r="O99" s="5"/>
+      <c r="P99" s="5"/>
+      <c r="Q99" s="5"/>
+      <c r="R99" s="5"/>
+      <c r="S99" s="5"/>
+      <c r="T99" s="5"/>
+      <c r="U99" s="5"/>
+      <c r="V99" s="5"/>
+      <c r="W99" s="5"/>
+      <c r="X99" s="5"/>
+      <c r="Y99" s="5"/>
+      <c r="Z99" s="5"/>
+      <c r="AA99" s="5"/>
+      <c r="AB99" s="5"/>
+      <c r="AC99" s="5"/>
+      <c r="AD99" s="5"/>
+      <c r="AE99" s="5"/>
+      <c r="AF99" s="5"/>
+      <c r="AG99" s="5"/>
+      <c r="AH99" s="5"/>
+      <c r="AI99" s="5"/>
+      <c r="AJ99" s="5"/>
+      <c r="AK99" s="5"/>
+      <c r="AL99" s="5"/>
+      <c r="AM99" s="5"/>
+      <c r="AN99" s="5"/>
+      <c r="AO99" s="5"/>
+      <c r="AP99" s="5"/>
+      <c r="AQ99" s="5"/>
+      <c r="AR99" s="5"/>
+      <c r="AS99" s="5"/>
+      <c r="AT99" s="5"/>
+      <c r="AU99" s="5"/>
+      <c r="AV99" s="5"/>
+      <c r="AW99" s="5"/>
+      <c r="AX99" s="5"/>
+      <c r="AY99" s="5"/>
+      <c r="AZ99" s="5"/>
+      <c r="BA99" s="5"/>
+      <c r="BB99" s="5"/>
+      <c r="BC99" s="5"/>
+      <c r="BD99" s="5"/>
+      <c r="BE99" s="5"/>
+      <c r="BF99" s="5"/>
+      <c r="BG99" s="5"/>
+      <c r="BH99" s="5"/>
+      <c r="BI99" s="5"/>
+      <c r="BJ99" s="5"/>
+      <c r="BK99" s="5"/>
+      <c r="BL99" s="5"/>
+      <c r="BM99" s="5"/>
+      <c r="BN99" s="5"/>
+      <c r="BO99" s="5"/>
+      <c r="BP99" s="5"/>
+      <c r="BQ99" s="5"/>
+    </row>
+    <row r="100" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E100" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I100" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J100" s="1">
+        <v>38</v>
+      </c>
+      <c r="K100" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L100" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M100" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N100" s="6"/>
+      <c r="O100" s="5"/>
+      <c r="P100" s="5"/>
+      <c r="Q100" s="5"/>
+      <c r="R100" s="5"/>
+      <c r="S100" s="5"/>
+      <c r="T100" s="5"/>
+      <c r="U100" s="5"/>
+      <c r="V100" s="5"/>
+      <c r="W100" s="5"/>
+      <c r="X100" s="5"/>
+      <c r="Y100" s="5"/>
+      <c r="Z100" s="5"/>
+      <c r="AA100" s="5"/>
+      <c r="AB100" s="5"/>
+      <c r="AC100" s="5"/>
+      <c r="AD100" s="5"/>
+      <c r="AE100" s="5"/>
+      <c r="AF100" s="5"/>
+      <c r="AG100" s="5"/>
+      <c r="AH100" s="5"/>
+      <c r="AI100" s="5"/>
+      <c r="AJ100" s="5"/>
+      <c r="AK100" s="5"/>
+      <c r="AL100" s="5"/>
+      <c r="AM100" s="5"/>
+      <c r="AN100" s="5"/>
+      <c r="AO100" s="5"/>
+      <c r="AP100" s="5"/>
+      <c r="AQ100" s="5"/>
+      <c r="AR100" s="5"/>
+      <c r="AS100" s="5"/>
+      <c r="AT100" s="5"/>
+      <c r="AU100" s="5"/>
+      <c r="AV100" s="5"/>
+      <c r="AW100" s="5"/>
+      <c r="AX100" s="5"/>
+      <c r="AY100" s="5"/>
+      <c r="AZ100" s="5"/>
+      <c r="BA100" s="5"/>
+      <c r="BB100" s="5"/>
+      <c r="BC100" s="5"/>
+      <c r="BD100" s="5"/>
+      <c r="BE100" s="5"/>
+      <c r="BF100" s="5"/>
+      <c r="BG100" s="5"/>
+      <c r="BH100" s="5"/>
+      <c r="BI100" s="5"/>
+      <c r="BJ100" s="5"/>
+      <c r="BK100" s="5"/>
+      <c r="BL100" s="5"/>
+      <c r="BM100" s="5"/>
+      <c r="BN100" s="5"/>
+      <c r="BO100" s="5"/>
+      <c r="BP100" s="5"/>
+      <c r="BQ100" s="5"/>
+    </row>
+    <row r="101" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E101" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J101" s="1">
+        <v>98</v>
+      </c>
+      <c r="K101" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L101" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="G95" s="1" t="s">
-[...5 lines deleted...]
-      <c r="I95" s="1" t="s">
+      <c r="M101" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N101" s="6"/>
+      <c r="O101" s="5"/>
+      <c r="P101" s="5"/>
+      <c r="Q101" s="5"/>
+      <c r="R101" s="5"/>
+      <c r="S101" s="5"/>
+      <c r="T101" s="5"/>
+      <c r="U101" s="5"/>
+      <c r="V101" s="5"/>
+      <c r="W101" s="5"/>
+      <c r="X101" s="5"/>
+      <c r="Y101" s="5"/>
+      <c r="Z101" s="5"/>
+      <c r="AA101" s="5"/>
+      <c r="AB101" s="5"/>
+      <c r="AC101" s="5"/>
+      <c r="AD101" s="5"/>
+      <c r="AE101" s="5"/>
+      <c r="AF101" s="5"/>
+      <c r="AG101" s="5"/>
+      <c r="AH101" s="5"/>
+      <c r="AI101" s="5"/>
+      <c r="AJ101" s="5"/>
+      <c r="AK101" s="5"/>
+      <c r="AL101" s="5"/>
+      <c r="AM101" s="5"/>
+      <c r="AN101" s="5"/>
+      <c r="AO101" s="5"/>
+      <c r="AP101" s="5"/>
+      <c r="AQ101" s="5"/>
+      <c r="AR101" s="5"/>
+      <c r="AS101" s="5"/>
+      <c r="AT101" s="5"/>
+      <c r="AU101" s="5"/>
+      <c r="AV101" s="5"/>
+      <c r="AW101" s="5"/>
+      <c r="AX101" s="5"/>
+      <c r="AY101" s="5"/>
+      <c r="AZ101" s="5"/>
+      <c r="BA101" s="5"/>
+      <c r="BB101" s="5"/>
+      <c r="BC101" s="5"/>
+      <c r="BD101" s="5"/>
+      <c r="BE101" s="5"/>
+      <c r="BF101" s="5"/>
+      <c r="BG101" s="5"/>
+      <c r="BH101" s="5"/>
+      <c r="BI101" s="5"/>
+      <c r="BJ101" s="5"/>
+      <c r="BK101" s="5"/>
+      <c r="BL101" s="5"/>
+      <c r="BM101" s="5"/>
+      <c r="BN101" s="5"/>
+      <c r="BO101" s="5"/>
+      <c r="BP101" s="5"/>
+      <c r="BQ101" s="5"/>
+    </row>
+    <row r="102" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B102" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J95" s="1">
+      <c r="C102" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E102" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J102" s="1">
+        <v>7</v>
+      </c>
+      <c r="K102" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L102" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M102" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N102" s="6"/>
+      <c r="O102" s="5"/>
+      <c r="P102" s="5"/>
+      <c r="Q102" s="5"/>
+      <c r="R102" s="5"/>
+      <c r="S102" s="5"/>
+      <c r="T102" s="5"/>
+      <c r="U102" s="5"/>
+      <c r="V102" s="5"/>
+      <c r="W102" s="5"/>
+      <c r="X102" s="5"/>
+      <c r="Y102" s="5"/>
+      <c r="Z102" s="5"/>
+      <c r="AA102" s="5"/>
+      <c r="AB102" s="5"/>
+      <c r="AC102" s="5"/>
+      <c r="AD102" s="5"/>
+      <c r="AE102" s="5"/>
+      <c r="AF102" s="5"/>
+      <c r="AG102" s="5"/>
+      <c r="AH102" s="5"/>
+      <c r="AI102" s="5"/>
+      <c r="AJ102" s="5"/>
+      <c r="AK102" s="5"/>
+      <c r="AL102" s="5"/>
+      <c r="AM102" s="5"/>
+      <c r="AN102" s="5"/>
+      <c r="AO102" s="5"/>
+      <c r="AP102" s="5"/>
+      <c r="AQ102" s="5"/>
+      <c r="AR102" s="5"/>
+      <c r="AS102" s="5"/>
+      <c r="AT102" s="5"/>
+      <c r="AU102" s="5"/>
+      <c r="AV102" s="5"/>
+      <c r="AW102" s="5"/>
+      <c r="AX102" s="5"/>
+      <c r="AY102" s="5"/>
+      <c r="AZ102" s="5"/>
+      <c r="BA102" s="5"/>
+      <c r="BB102" s="5"/>
+      <c r="BC102" s="5"/>
+      <c r="BD102" s="5"/>
+      <c r="BE102" s="5"/>
+      <c r="BF102" s="5"/>
+      <c r="BG102" s="5"/>
+      <c r="BH102" s="5"/>
+      <c r="BI102" s="5"/>
+      <c r="BJ102" s="5"/>
+      <c r="BK102" s="5"/>
+      <c r="BL102" s="5"/>
+      <c r="BM102" s="5"/>
+      <c r="BN102" s="5"/>
+      <c r="BO102" s="5"/>
+      <c r="BP102" s="5"/>
+      <c r="BQ102" s="5"/>
+    </row>
+    <row r="103" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E103" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H103" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J103" s="1">
         <v>8</v>
       </c>
-      <c r="K95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L95" s="1" t="s">
+      <c r="K103" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L103" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M103" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="M95" s="1" t="s">
-[...8 lines deleted...]
-      <c r="B96" s="1" t="s">
+      <c r="N103" s="6"/>
+    </row>
+    <row r="104" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E104" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H104" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I104" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J104" s="1">
+        <v>378</v>
+      </c>
+      <c r="K104" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L104" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M104" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="N104" s="6"/>
+    </row>
+    <row r="105" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E105" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H105" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I105" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J105" s="1">
+        <v>43</v>
+      </c>
+      <c r="K105" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L105" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M105" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="N105" s="6"/>
+      <c r="O105" s="5"/>
+      <c r="P105" s="5"/>
+      <c r="Q105" s="5"/>
+      <c r="R105" s="5"/>
+      <c r="S105" s="5"/>
+      <c r="T105" s="5"/>
+      <c r="U105" s="5"/>
+      <c r="V105" s="5"/>
+      <c r="W105" s="5"/>
+      <c r="X105" s="5"/>
+      <c r="Y105" s="5"/>
+      <c r="Z105" s="5"/>
+      <c r="AA105" s="5"/>
+      <c r="AB105" s="5"/>
+      <c r="AC105" s="5"/>
+      <c r="AD105" s="5"/>
+      <c r="AE105" s="5"/>
+      <c r="AF105" s="5"/>
+      <c r="AG105" s="5"/>
+      <c r="AH105" s="5"/>
+      <c r="AI105" s="5"/>
+      <c r="AJ105" s="5"/>
+      <c r="AK105" s="5"/>
+      <c r="AL105" s="5"/>
+      <c r="AM105" s="5"/>
+      <c r="AN105" s="5"/>
+      <c r="AO105" s="5"/>
+      <c r="AP105" s="5"/>
+      <c r="AQ105" s="5"/>
+      <c r="AR105" s="5"/>
+      <c r="AS105" s="5"/>
+      <c r="AT105" s="5"/>
+      <c r="AU105" s="5"/>
+      <c r="AV105" s="5"/>
+      <c r="AW105" s="5"/>
+      <c r="AX105" s="5"/>
+      <c r="AY105" s="5"/>
+      <c r="AZ105" s="5"/>
+      <c r="BA105" s="5"/>
+      <c r="BB105" s="5"/>
+      <c r="BC105" s="5"/>
+      <c r="BD105" s="5"/>
+      <c r="BE105" s="5"/>
+      <c r="BF105" s="5"/>
+      <c r="BG105" s="5"/>
+      <c r="BH105" s="5"/>
+      <c r="BI105" s="5"/>
+      <c r="BJ105" s="5"/>
+      <c r="BK105" s="5"/>
+      <c r="BL105" s="5"/>
+      <c r="BM105" s="5"/>
+      <c r="BN105" s="5"/>
+      <c r="BO105" s="5"/>
+      <c r="BP105" s="5"/>
+      <c r="BQ105" s="5"/>
+    </row>
+    <row r="106" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B106" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="C96" s="1" t="s">
-[...89 lines deleted...]
-      <c r="E98" s="1" t="s">
+      <c r="C106" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="F106" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="F98" s="1" t="s">
-[...11 lines deleted...]
-      <c r="J98" s="1">
+      <c r="G106" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H106" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I106" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J106" s="1">
         <v>1</v>
       </c>
-      <c r="K98" s="1" t="s">
-[...334 lines deleted...]
-      </c>
       <c r="K106" s="1" t="s">
-        <v>116</v>
+        <v>28</v>
       </c>
       <c r="L106" s="1" t="s">
         <v>116</v>
       </c>
       <c r="M106" s="1" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-    <row r="107" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>130</v>
+      </c>
+      <c r="N106" s="3"/>
+    </row>
+    <row r="107" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>153</v>
+        <v>134</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="J107" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="K107" s="1" t="s">
-        <v>116</v>
+        <v>21</v>
       </c>
       <c r="L107" s="1" t="s">
-        <v>116</v>
+        <v>71</v>
       </c>
       <c r="M107" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="108" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+      <c r="N107" s="19"/>
+    </row>
+    <row r="108" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="J108" s="1">
         <v>1</v>
       </c>
       <c r="K108" s="1" t="s">
-        <v>116</v>
+        <v>21</v>
       </c>
       <c r="L108" s="1" t="s">
-        <v>116</v>
+        <v>71</v>
       </c>
       <c r="M108" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N108" s="19"/>
+    </row>
+    <row r="109" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E109" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H109" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J109" s="1">
+        <v>3</v>
+      </c>
+      <c r="K109" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L109" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M109" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N109" s="19"/>
+    </row>
+    <row r="110" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B110" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C110" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J110" s="1">
+        <v>6</v>
+      </c>
+      <c r="K110" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L110" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M110" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="N110" s="3"/>
+    </row>
+    <row r="111" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B111" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C111" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E111" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="N108" s="6"/>
-[...17 lines deleted...]
-      <c r="F109" s="1" t="s">
+      <c r="F111" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J111" s="1">
+        <v>18</v>
+      </c>
+      <c r="K111" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="G109" s="1" t="s">
-[...17 lines deleted...]
-      <c r="M109" s="1" t="s">
+      <c r="L111" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="N109" s="9"/>
-[...17 lines deleted...]
-      <c r="F110" s="1" t="s">
+      <c r="M111" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N111" s="3"/>
+    </row>
+    <row r="112" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B112" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C112" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E112" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H112" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I112" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J112" s="1">
+        <v>2</v>
+      </c>
+      <c r="K112" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="G110" s="1" t="s">
-[...17 lines deleted...]
-      <c r="M110" s="1" t="s">
+      <c r="L112" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="N110" s="9"/>
-[...17 lines deleted...]
-      <c r="F111" s="1" t="s">
+      <c r="M112" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N112" s="3"/>
+    </row>
+    <row r="113" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B113" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C113" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E113" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H113" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J113" s="1">
+        <v>22</v>
+      </c>
+      <c r="K113" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="G111" s="1" t="s">
-[...17 lines deleted...]
-      <c r="M111" s="1" t="s">
+      <c r="L113" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="N111" s="6"/>
-[...79 lines deleted...]
-      </c>
       <c r="M113" s="1" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-    <row r="114" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>143</v>
+      </c>
+      <c r="N113" s="3"/>
+    </row>
+    <row r="114" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D114" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E114" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H114" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J114" s="1">
+        <v>10</v>
+      </c>
+      <c r="K114" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L114" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M114" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="N114" s="19"/>
+    </row>
+    <row r="115" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E115" s="1" t="s">
         <v>158</v>
       </c>
-      <c r="E114" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F114" s="1" t="s">
+      <c r="F115" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H115" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J115" s="1">
+        <v>14</v>
+      </c>
+      <c r="K115" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L115" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M115" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="N115" s="3"/>
+    </row>
+    <row r="116" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E116" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H116" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J116" s="1">
+        <v>4</v>
+      </c>
+      <c r="K116" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L116" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M116" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="N116" s="3"/>
+    </row>
+    <row r="117" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H117" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I117" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J117" s="1">
+        <v>40</v>
+      </c>
+      <c r="K117" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L117" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M117" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="G114" s="1" t="s">
+      <c r="N117" s="6"/>
+      <c r="O117" s="5"/>
+      <c r="P117" s="5"/>
+      <c r="Q117" s="5"/>
+      <c r="R117" s="5"/>
+      <c r="S117" s="5"/>
+      <c r="T117" s="5"/>
+      <c r="U117" s="5"/>
+      <c r="V117" s="5"/>
+      <c r="W117" s="5"/>
+      <c r="X117" s="5"/>
+      <c r="Y117" s="5"/>
+      <c r="Z117" s="5"/>
+      <c r="AA117" s="5"/>
+      <c r="AB117" s="5"/>
+      <c r="AC117" s="5"/>
+      <c r="AD117" s="5"/>
+      <c r="AE117" s="5"/>
+      <c r="AF117" s="5"/>
+      <c r="AG117" s="5"/>
+      <c r="AH117" s="5"/>
+      <c r="AI117" s="5"/>
+      <c r="AJ117" s="5"/>
+      <c r="AK117" s="5"/>
+      <c r="AL117" s="5"/>
+      <c r="AM117" s="5"/>
+      <c r="AN117" s="5"/>
+      <c r="AO117" s="5"/>
+      <c r="AP117" s="5"/>
+      <c r="AQ117" s="5"/>
+      <c r="AR117" s="5"/>
+      <c r="AS117" s="5"/>
+      <c r="AT117" s="5"/>
+      <c r="AU117" s="5"/>
+      <c r="AV117" s="5"/>
+      <c r="AW117" s="5"/>
+      <c r="AX117" s="5"/>
+      <c r="AY117" s="5"/>
+      <c r="AZ117" s="5"/>
+      <c r="BA117" s="5"/>
+      <c r="BB117" s="5"/>
+      <c r="BC117" s="5"/>
+      <c r="BD117" s="5"/>
+      <c r="BE117" s="5"/>
+      <c r="BF117" s="5"/>
+      <c r="BG117" s="5"/>
+      <c r="BH117" s="5"/>
+      <c r="BI117" s="5"/>
+      <c r="BJ117" s="5"/>
+      <c r="BK117" s="5"/>
+      <c r="BL117" s="5"/>
+      <c r="BM117" s="5"/>
+      <c r="BN117" s="5"/>
+      <c r="BO117" s="5"/>
+      <c r="BP117" s="5"/>
+      <c r="BQ117" s="5"/>
+    </row>
+    <row r="118" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B118" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C118" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E118" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H118" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H114" s="1" t="s">
+      <c r="I118" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J118" s="1">
+        <v>4</v>
+      </c>
+      <c r="K118" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L118" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M118" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="N118" s="19"/>
+    </row>
+    <row r="119" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B119" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C119" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="I114" s="1" t="s">
-[...5 lines deleted...]
-      <c r="K114" s="1" t="s">
+      <c r="D119" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E119" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H119" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I119" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J119" s="1">
+        <v>1</v>
+      </c>
+      <c r="K119" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L119" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="L114" s="1" t="s">
-[...11 lines deleted...]
-      <c r="B115" s="7" t="s">
+      <c r="M119" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="N119" s="19"/>
+    </row>
+    <row r="120" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B120" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C120" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E120" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H120" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I120" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J120" s="1">
+        <v>5</v>
+      </c>
+      <c r="K120" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L120" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M120" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="N120" s="19"/>
+    </row>
+    <row r="121" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H121" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I121" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J121" s="1">
+        <v>44</v>
+      </c>
+      <c r="K121" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L121" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M121" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="N121" s="19"/>
+    </row>
+    <row r="122" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E122" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H122" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I122" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J122" s="1">
+        <v>11</v>
+      </c>
+      <c r="K122" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L122" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M122" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="N122" s="19"/>
+    </row>
+    <row r="123" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H123" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C115" s="7" t="s">
-[...11 lines deleted...]
-      <c r="G115" s="1" t="s">
+      <c r="I123" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J123" s="1">
+        <v>4</v>
+      </c>
+      <c r="K123" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L123" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M123" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="N123" s="19"/>
+    </row>
+    <row r="124" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E124" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H124" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H115" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J115" s="1">
+      <c r="I124" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J124" s="1">
+        <v>38</v>
+      </c>
+      <c r="K124" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L124" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M124" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="N124" s="17"/>
+      <c r="O124" s="5"/>
+      <c r="P124" s="5"/>
+      <c r="Q124" s="5"/>
+      <c r="R124" s="5"/>
+      <c r="S124" s="5"/>
+      <c r="T124" s="5"/>
+      <c r="U124" s="5"/>
+      <c r="V124" s="5"/>
+      <c r="W124" s="5"/>
+      <c r="X124" s="5"/>
+      <c r="Y124" s="5"/>
+      <c r="Z124" s="5"/>
+      <c r="AA124" s="5"/>
+      <c r="AB124" s="5"/>
+      <c r="AC124" s="5"/>
+      <c r="AD124" s="5"/>
+      <c r="AE124" s="5"/>
+      <c r="AF124" s="5"/>
+      <c r="AG124" s="5"/>
+      <c r="AH124" s="5"/>
+      <c r="AI124" s="5"/>
+      <c r="AJ124" s="5"/>
+      <c r="AK124" s="5"/>
+      <c r="AL124" s="5"/>
+      <c r="AM124" s="5"/>
+      <c r="AN124" s="5"/>
+      <c r="AO124" s="5"/>
+      <c r="AP124" s="5"/>
+      <c r="AQ124" s="5"/>
+      <c r="AR124" s="5"/>
+      <c r="AS124" s="5"/>
+      <c r="AT124" s="5"/>
+      <c r="AU124" s="5"/>
+      <c r="AV124" s="5"/>
+      <c r="AW124" s="5"/>
+      <c r="AX124" s="5"/>
+      <c r="AY124" s="5"/>
+      <c r="AZ124" s="5"/>
+      <c r="BA124" s="5"/>
+      <c r="BB124" s="5"/>
+      <c r="BC124" s="5"/>
+      <c r="BD124" s="5"/>
+      <c r="BE124" s="5"/>
+      <c r="BF124" s="5"/>
+      <c r="BG124" s="5"/>
+      <c r="BH124" s="5"/>
+      <c r="BI124" s="5"/>
+      <c r="BJ124" s="5"/>
+      <c r="BK124" s="5"/>
+      <c r="BL124" s="5"/>
+      <c r="BM124" s="5"/>
+      <c r="BN124" s="5"/>
+      <c r="BO124" s="5"/>
+      <c r="BP124" s="5"/>
+      <c r="BQ124" s="5"/>
+    </row>
+    <row r="125" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J125" s="1">
         <v>4</v>
       </c>
-      <c r="K115" s="1" t="s">
-[...128 lines deleted...]
-      <c r="L118" s="1" t="s">
+      <c r="K125" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L125" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M125" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="M118" s="1" t="s">
-[...295 lines deleted...]
-      </c>
       <c r="N125" s="6"/>
-    </row>
-    <row r="126" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O125" s="5"/>
+      <c r="P125" s="5"/>
+      <c r="Q125" s="5"/>
+      <c r="R125" s="5"/>
+      <c r="S125" s="5"/>
+      <c r="T125" s="5"/>
+      <c r="U125" s="5"/>
+      <c r="V125" s="5"/>
+      <c r="W125" s="5"/>
+      <c r="X125" s="5"/>
+      <c r="Y125" s="5"/>
+      <c r="Z125" s="5"/>
+      <c r="AA125" s="5"/>
+      <c r="AB125" s="5"/>
+      <c r="AC125" s="5"/>
+      <c r="AD125" s="5"/>
+      <c r="AE125" s="5"/>
+      <c r="AF125" s="5"/>
+      <c r="AG125" s="5"/>
+      <c r="AH125" s="5"/>
+      <c r="AI125" s="5"/>
+      <c r="AJ125" s="5"/>
+      <c r="AK125" s="5"/>
+      <c r="AL125" s="5"/>
+      <c r="AM125" s="5"/>
+      <c r="AN125" s="5"/>
+      <c r="AO125" s="5"/>
+      <c r="AP125" s="5"/>
+      <c r="AQ125" s="5"/>
+      <c r="AR125" s="5"/>
+      <c r="AS125" s="5"/>
+      <c r="AT125" s="5"/>
+      <c r="AU125" s="5"/>
+      <c r="AV125" s="5"/>
+      <c r="AW125" s="5"/>
+      <c r="AX125" s="5"/>
+      <c r="AY125" s="5"/>
+      <c r="AZ125" s="5"/>
+      <c r="BA125" s="5"/>
+      <c r="BB125" s="5"/>
+      <c r="BC125" s="5"/>
+      <c r="BD125" s="5"/>
+      <c r="BE125" s="5"/>
+      <c r="BF125" s="5"/>
+      <c r="BG125" s="5"/>
+      <c r="BH125" s="5"/>
+      <c r="BI125" s="5"/>
+      <c r="BJ125" s="5"/>
+      <c r="BK125" s="5"/>
+      <c r="BL125" s="5"/>
+      <c r="BM125" s="5"/>
+      <c r="BN125" s="5"/>
+      <c r="BO125" s="5"/>
+      <c r="BP125" s="5"/>
+      <c r="BQ125" s="5"/>
+    </row>
+    <row r="126" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>71</v>
+        <v>172</v>
       </c>
       <c r="G126" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H126" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H126" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I126" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J126" s="1">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="K126" s="1" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="L126" s="1" t="s">
-        <v>72</v>
+        <v>115</v>
       </c>
       <c r="M126" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="127" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="N126" s="3"/>
+    </row>
+    <row r="127" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="F127" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H127" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I127" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J127" s="1">
+        <v>10</v>
+      </c>
+      <c r="K127" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L127" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M127" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="N127" s="3"/>
+    </row>
+    <row r="128" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E128" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J128" s="1">
+        <v>2</v>
+      </c>
+      <c r="K128" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L128" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M128" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="N128" s="3"/>
+    </row>
+    <row r="129" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E129" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H129" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I129" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J129" s="1">
+        <v>12</v>
+      </c>
+      <c r="K129" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L129" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G127" s="1" t="s">
+      <c r="M129" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N129" s="3"/>
+    </row>
+    <row r="130" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I130" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J130" s="1">
+        <v>1</v>
+      </c>
+      <c r="K130" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L130" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M130" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N130" s="3"/>
+    </row>
+    <row r="131" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H131" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H127" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J127" s="1">
+      <c r="I131" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J131" s="1">
+        <v>8</v>
+      </c>
+      <c r="K131" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L131" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M131" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N131" s="3"/>
+    </row>
+    <row r="132" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H132" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I132" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J132" s="1">
         <v>1</v>
       </c>
-      <c r="K127" s="1" t="s">
-[...5 lines deleted...]
-      <c r="M127" s="1" t="s">
+      <c r="K132" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L132" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="N127" s="6"/>
-[...14 lines deleted...]
-      <c r="E128" s="1" t="s">
+      <c r="M132" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N132" s="3"/>
+    </row>
+    <row r="133" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E133" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="F133" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="F128" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G128" s="1" t="s">
+      <c r="G133" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H133" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I133" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J133" s="1">
+        <v>3</v>
+      </c>
+      <c r="K133" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L133" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M133" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N133" s="3"/>
+    </row>
+    <row r="134" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B134" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C134" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E134" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H134" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H128" s="1" t="s">
-[...38 lines deleted...]
-      <c r="G129" s="1" t="s">
+      <c r="I134" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J134" s="1">
+        <v>7</v>
+      </c>
+      <c r="K134" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L134" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M134" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N134" s="3"/>
+    </row>
+    <row r="135" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B135" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C135" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E135" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H135" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H129" s="1" t="s">
-[...253 lines deleted...]
-      </c>
       <c r="I135" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="J135" s="1">
         <v>14</v>
       </c>
       <c r="K135" s="1" t="s">
-        <v>34</v>
+        <v>11</v>
       </c>
       <c r="L135" s="1" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="M135" s="1" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-    <row r="136" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>91</v>
+      </c>
+      <c r="N135" s="3"/>
+    </row>
+    <row r="136" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>589</v>
+      </c>
+      <c r="B136" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C136" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>235</v>
+        <v>157</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>240</v>
+        <v>203</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>241</v>
+        <v>13</v>
       </c>
       <c r="G136" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H136" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H136" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I136" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J136" s="1">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="K136" s="1" t="s">
-        <v>122</v>
+        <v>11</v>
       </c>
       <c r="L136" s="1" t="s">
-        <v>123</v>
+        <v>12</v>
       </c>
       <c r="M136" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="137" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+      <c r="N136" s="3"/>
+    </row>
+    <row r="137" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>113</v>
+        <v>19</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>235</v>
+        <v>157</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>240</v>
+        <v>222</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>126</v>
+        <v>27</v>
       </c>
       <c r="G137" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H137" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H137" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I137" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J137" s="1">
-        <v>53</v>
+        <v>14</v>
       </c>
       <c r="K137" s="1" t="s">
-        <v>122</v>
+        <v>28</v>
       </c>
       <c r="L137" s="1" t="s">
-        <v>123</v>
+        <v>29</v>
       </c>
       <c r="M137" s="1" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-    <row r="138" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>27</v>
+      </c>
+      <c r="N137" s="19"/>
+    </row>
+    <row r="138" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="G138" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H138" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H138" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I138" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J138" s="1">
         <v>14</v>
       </c>
       <c r="K138" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L138" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M138" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N138" s="3"/>
+    </row>
+    <row r="139" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H139" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I139" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J139" s="1">
+        <v>64</v>
+      </c>
+      <c r="K139" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L139" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="L138" s="1" t="s">
-[...11 lines deleted...]
-      <c r="B139" s="1" t="s">
+      <c r="M139" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N139" s="3"/>
+    </row>
+    <row r="140" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E140" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H140" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I140" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J140" s="1">
+        <v>53</v>
+      </c>
+      <c r="K140" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L140" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M140" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N140" s="3"/>
+    </row>
+    <row r="141" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H141" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I141" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J141" s="1">
+        <v>14</v>
+      </c>
+      <c r="K141" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L141" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M141" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N141" s="3"/>
+    </row>
+    <row r="142" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C142" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C139" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F139" s="1" t="s">
+      <c r="D142" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E142" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H142" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I142" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J142" s="1">
+        <v>11</v>
+      </c>
+      <c r="K142" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L142" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="G139" s="1" t="s">
+      <c r="M142" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N142" s="6"/>
+      <c r="O142" s="5"/>
+      <c r="P142" s="5"/>
+      <c r="Q142" s="5"/>
+      <c r="R142" s="5"/>
+      <c r="S142" s="5"/>
+      <c r="T142" s="5"/>
+      <c r="U142" s="5"/>
+      <c r="V142" s="5"/>
+      <c r="W142" s="5"/>
+      <c r="X142" s="5"/>
+      <c r="Y142" s="5"/>
+      <c r="Z142" s="5"/>
+      <c r="AA142" s="5"/>
+      <c r="AB142" s="5"/>
+      <c r="AC142" s="5"/>
+      <c r="AD142" s="5"/>
+      <c r="AE142" s="5"/>
+      <c r="AF142" s="5"/>
+      <c r="AG142" s="5"/>
+      <c r="AH142" s="5"/>
+      <c r="AI142" s="5"/>
+      <c r="AJ142" s="5"/>
+      <c r="AK142" s="5"/>
+      <c r="AL142" s="5"/>
+      <c r="AM142" s="5"/>
+      <c r="AN142" s="5"/>
+      <c r="AO142" s="5"/>
+      <c r="AP142" s="5"/>
+      <c r="AQ142" s="5"/>
+      <c r="AR142" s="5"/>
+      <c r="AS142" s="5"/>
+      <c r="AT142" s="5"/>
+      <c r="AU142" s="5"/>
+      <c r="AV142" s="5"/>
+      <c r="AW142" s="5"/>
+      <c r="AX142" s="5"/>
+      <c r="AY142" s="5"/>
+      <c r="AZ142" s="5"/>
+      <c r="BA142" s="5"/>
+      <c r="BB142" s="5"/>
+      <c r="BC142" s="5"/>
+      <c r="BD142" s="5"/>
+      <c r="BE142" s="5"/>
+      <c r="BF142" s="5"/>
+      <c r="BG142" s="5"/>
+      <c r="BH142" s="5"/>
+      <c r="BI142" s="5"/>
+      <c r="BJ142" s="5"/>
+      <c r="BK142" s="5"/>
+      <c r="BL142" s="5"/>
+      <c r="BM142" s="5"/>
+      <c r="BN142" s="5"/>
+      <c r="BO142" s="5"/>
+      <c r="BP142" s="5"/>
+      <c r="BQ142" s="5"/>
+    </row>
+    <row r="143" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H143" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H139" s="1" t="s">
+      <c r="I143" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J143" s="1">
         <v>32</v>
       </c>
-      <c r="I139" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J139" s="1">
+      <c r="K143" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="K139" s="1" t="s">
-[...41 lines deleted...]
-      <c r="K140" s="1" t="s">
+      <c r="L143" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="L140" s="1" t="s">
+      <c r="M143" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="M140" s="1" t="s">
-[...130 lines deleted...]
-    <row r="144" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N143" s="3"/>
+    </row>
+    <row r="144" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="E144" s="1" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>258</v>
+        <v>114</v>
       </c>
       <c r="G144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H144" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H144" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I144" s="1" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="J144" s="1">
-        <v>1</v>
+        <v>42</v>
       </c>
       <c r="K144" s="1" t="s">
-        <v>58</v>
+        <v>115</v>
       </c>
       <c r="L144" s="1" t="s">
-        <v>13</v>
+        <v>116</v>
       </c>
       <c r="M144" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="145" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+      <c r="N144" s="3"/>
+    </row>
+    <row r="145" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A145" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>34</v>
+        <v>114</v>
       </c>
       <c r="G145" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H145" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I145" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J145" s="1">
+        <v>3</v>
+      </c>
+      <c r="K145" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L145" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M145" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N145" s="3"/>
+    </row>
+    <row r="146" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H146" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H145" s="1" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="I146" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="J146" s="1">
         <v>12</v>
       </c>
       <c r="K146" s="1" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="L146" s="1" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="M146" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="147" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+      <c r="N146" s="19"/>
+    </row>
+    <row r="147" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B147" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H147" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C147" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G147" s="1" t="s">
+      <c r="I147" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J147" s="1">
+        <v>1</v>
+      </c>
+      <c r="K147" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L147" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M147" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N147" s="19"/>
+    </row>
+    <row r="148" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H148" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H147" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J147" s="1">
+      <c r="I148" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J148" s="1">
+        <v>27</v>
+      </c>
+      <c r="K148" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L148" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M148" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N148" s="19"/>
+    </row>
+    <row r="149" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E149" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H149" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="K147" s="1" t="s">
-[...29 lines deleted...]
-      <c r="G148" s="1" t="s">
+      <c r="I149" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J149" s="1">
+        <v>12</v>
+      </c>
+      <c r="K149" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L149" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M149" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N149" s="19"/>
+    </row>
+    <row r="150" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H150" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H148" s="1" t="s">
-[...85 lines deleted...]
-      </c>
       <c r="I150" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="J150" s="1">
         <v>16</v>
       </c>
       <c r="K150" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L150" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M150" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N150" s="19"/>
+    </row>
+    <row r="151" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H151" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I151" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J151" s="1">
+        <v>1</v>
+      </c>
+      <c r="K151" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L151" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M151" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N151" s="19"/>
+    </row>
+    <row r="152" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E152" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H152" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I152" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J152" s="1">
+        <v>24</v>
+      </c>
+      <c r="K152" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L152" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="L150" s="1" t="s">
-[...17 lines deleted...]
-      <c r="D151" s="1" t="s">
+      <c r="M152" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N152" s="3"/>
+    </row>
+    <row r="153" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H153" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I153" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J153" s="1">
+        <v>16</v>
+      </c>
+      <c r="K153" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L153" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M153" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N153" s="3"/>
+    </row>
+    <row r="154" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E154" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H154" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I154" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J154" s="1">
+        <v>21</v>
+      </c>
+      <c r="K154" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L154" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M154" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N154" s="3"/>
+    </row>
+    <row r="155" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H155" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I155" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J155" s="1">
+        <v>3</v>
+      </c>
+      <c r="K155" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L155" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M155" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N155" s="3"/>
+    </row>
+    <row r="156" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E156" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="E151" s="1" t="s">
+      <c r="F156" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H156" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I156" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J156" s="7">
+        <v>21</v>
+      </c>
+      <c r="K156" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L156" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M156" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N156" s="3"/>
+    </row>
+    <row r="157" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E157" s="1" t="s">
         <v>270</v>
       </c>
-      <c r="F151" s="1" t="s">
-[...5 lines deleted...]
-      <c r="H151" s="1" t="s">
+      <c r="F157" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H157" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I157" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J157" s="1">
+        <v>84</v>
+      </c>
+      <c r="K157" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L157" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M157" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="N157" s="19"/>
+      <c r="O157" s="2"/>
+      <c r="P157" s="2"/>
+      <c r="Q157" s="2"/>
+      <c r="R157" s="2"/>
+      <c r="S157" s="2"/>
+      <c r="T157" s="2"/>
+      <c r="U157" s="2"/>
+      <c r="V157" s="2"/>
+      <c r="W157" s="2"/>
+      <c r="X157" s="2"/>
+      <c r="Y157" s="2"/>
+      <c r="Z157" s="2"/>
+      <c r="AA157" s="2"/>
+      <c r="AB157" s="2"/>
+      <c r="AC157" s="2"/>
+      <c r="AD157" s="2"/>
+      <c r="AE157" s="2"/>
+      <c r="AF157" s="2"/>
+      <c r="AG157" s="2"/>
+      <c r="AH157" s="2"/>
+      <c r="AI157" s="2"/>
+      <c r="AJ157" s="2"/>
+      <c r="AK157" s="2"/>
+    </row>
+    <row r="158" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C158" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I151" s="1" t="s">
+      <c r="D158" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E158" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H158" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I158" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J158" s="1">
+        <v>12</v>
+      </c>
+      <c r="K158" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L158" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M158" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="N158" s="3"/>
+    </row>
+    <row r="159" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B159" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C159" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E159" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H159" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I159" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J159" s="1">
+        <v>11</v>
+      </c>
+      <c r="K159" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L159" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M159" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N159" s="3"/>
+    </row>
+    <row r="160" spans="1:37" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B160" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C160" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E160" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H160" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I160" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J160" s="1">
+        <v>3</v>
+      </c>
+      <c r="K160" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L160" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M160" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N160" s="3"/>
+    </row>
+    <row r="161" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B161" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C161" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H161" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I161" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J161" s="1">
+        <v>4</v>
+      </c>
+      <c r="K161" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L161" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M161" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N161" s="3"/>
+      <c r="AL161" s="2"/>
+      <c r="AM161" s="2"/>
+      <c r="AN161" s="2"/>
+      <c r="AO161" s="2"/>
+      <c r="AP161" s="2"/>
+      <c r="AQ161" s="2"/>
+      <c r="AR161" s="2"/>
+      <c r="AS161" s="2"/>
+      <c r="AT161" s="2"/>
+      <c r="AU161" s="2"/>
+      <c r="AV161" s="2"/>
+      <c r="AW161" s="2"/>
+      <c r="AX161" s="2"/>
+      <c r="AY161" s="2"/>
+      <c r="AZ161" s="2"/>
+      <c r="BA161" s="2"/>
+      <c r="BB161" s="2"/>
+      <c r="BC161" s="2"/>
+      <c r="BD161" s="2"/>
+      <c r="BE161" s="2"/>
+      <c r="BF161" s="2"/>
+      <c r="BG161" s="2"/>
+      <c r="BH161" s="2"/>
+      <c r="BI161" s="2"/>
+      <c r="BJ161" s="2"/>
+      <c r="BK161" s="2"/>
+      <c r="BL161" s="2"/>
+      <c r="BM161" s="2"/>
+      <c r="BN161" s="2"/>
+      <c r="BO161" s="2"/>
+      <c r="BP161" s="2"/>
+      <c r="BQ161" s="2"/>
+    </row>
+    <row r="162" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B162" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J151" s="1">
-[...38 lines deleted...]
-      <c r="I152" s="1" t="s">
+      <c r="C162" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H162" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I162" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J162" s="1">
+        <v>22</v>
+      </c>
+      <c r="K162" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L162" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M162" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N162" s="6"/>
+      <c r="O162" s="5"/>
+      <c r="P162" s="5"/>
+      <c r="Q162" s="5"/>
+      <c r="R162" s="5"/>
+      <c r="S162" s="5"/>
+      <c r="T162" s="5"/>
+      <c r="U162" s="5"/>
+      <c r="V162" s="5"/>
+      <c r="W162" s="5"/>
+      <c r="X162" s="5"/>
+      <c r="Y162" s="5"/>
+      <c r="Z162" s="5"/>
+      <c r="AA162" s="5"/>
+      <c r="AB162" s="5"/>
+      <c r="AC162" s="5"/>
+      <c r="AD162" s="5"/>
+      <c r="AE162" s="5"/>
+      <c r="AF162" s="5"/>
+      <c r="AG162" s="5"/>
+      <c r="AH162" s="5"/>
+      <c r="AI162" s="5"/>
+      <c r="AJ162" s="5"/>
+      <c r="AK162" s="5"/>
+      <c r="AL162" s="5"/>
+      <c r="AM162" s="5"/>
+      <c r="AN162" s="5"/>
+      <c r="AO162" s="5"/>
+      <c r="AP162" s="5"/>
+      <c r="AQ162" s="5"/>
+      <c r="AR162" s="5"/>
+      <c r="AS162" s="5"/>
+      <c r="AT162" s="5"/>
+      <c r="AU162" s="5"/>
+      <c r="AV162" s="5"/>
+      <c r="AW162" s="5"/>
+      <c r="AX162" s="5"/>
+      <c r="AY162" s="5"/>
+      <c r="AZ162" s="5"/>
+      <c r="BA162" s="5"/>
+      <c r="BB162" s="5"/>
+      <c r="BC162" s="5"/>
+      <c r="BD162" s="5"/>
+      <c r="BE162" s="5"/>
+      <c r="BF162" s="5"/>
+      <c r="BG162" s="5"/>
+      <c r="BH162" s="5"/>
+      <c r="BI162" s="5"/>
+      <c r="BJ162" s="5"/>
+      <c r="BK162" s="5"/>
+      <c r="BL162" s="5"/>
+      <c r="BM162" s="5"/>
+      <c r="BN162" s="5"/>
+      <c r="BO162" s="5"/>
+      <c r="BP162" s="5"/>
+      <c r="BQ162" s="5"/>
+    </row>
+    <row r="163" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B163" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J152" s="1">
-[...32 lines deleted...]
-      <c r="G153" s="1" t="s">
+      <c r="C163" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E163" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H163" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I163" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J163" s="1">
+        <v>1</v>
+      </c>
+      <c r="K163" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L163" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M163" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N163" s="6"/>
+      <c r="O163" s="5"/>
+      <c r="P163" s="5"/>
+      <c r="Q163" s="5"/>
+      <c r="R163" s="5"/>
+      <c r="S163" s="5"/>
+      <c r="T163" s="5"/>
+      <c r="U163" s="5"/>
+      <c r="V163" s="5"/>
+      <c r="W163" s="5"/>
+      <c r="X163" s="5"/>
+      <c r="Y163" s="5"/>
+      <c r="Z163" s="5"/>
+      <c r="AA163" s="5"/>
+      <c r="AB163" s="5"/>
+      <c r="AC163" s="5"/>
+      <c r="AD163" s="5"/>
+      <c r="AE163" s="5"/>
+      <c r="AF163" s="5"/>
+      <c r="AG163" s="5"/>
+      <c r="AH163" s="5"/>
+      <c r="AI163" s="5"/>
+      <c r="AJ163" s="5"/>
+      <c r="AK163" s="5"/>
+      <c r="AL163" s="5"/>
+      <c r="AM163" s="5"/>
+      <c r="AN163" s="5"/>
+      <c r="AO163" s="5"/>
+      <c r="AP163" s="5"/>
+      <c r="AQ163" s="5"/>
+      <c r="AR163" s="5"/>
+      <c r="AS163" s="5"/>
+      <c r="AT163" s="5"/>
+      <c r="AU163" s="5"/>
+      <c r="AV163" s="5"/>
+      <c r="AW163" s="5"/>
+      <c r="AX163" s="5"/>
+      <c r="AY163" s="5"/>
+      <c r="AZ163" s="5"/>
+      <c r="BA163" s="5"/>
+      <c r="BB163" s="5"/>
+      <c r="BC163" s="5"/>
+      <c r="BD163" s="5"/>
+      <c r="BE163" s="5"/>
+      <c r="BF163" s="5"/>
+      <c r="BG163" s="5"/>
+      <c r="BH163" s="5"/>
+      <c r="BI163" s="5"/>
+      <c r="BJ163" s="5"/>
+      <c r="BK163" s="5"/>
+      <c r="BL163" s="5"/>
+      <c r="BM163" s="5"/>
+      <c r="BN163" s="5"/>
+      <c r="BO163" s="5"/>
+      <c r="BP163" s="5"/>
+      <c r="BQ163" s="5"/>
+    </row>
+    <row r="164" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E164" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H164" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H153" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I153" s="1" t="s">
+      <c r="I164" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J164" s="1">
+        <v>43</v>
+      </c>
+      <c r="K164" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L164" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M164" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N164" s="6"/>
+      <c r="O164" s="5"/>
+      <c r="P164" s="5"/>
+      <c r="Q164" s="5"/>
+      <c r="R164" s="5"/>
+      <c r="S164" s="5"/>
+      <c r="T164" s="5"/>
+      <c r="U164" s="5"/>
+      <c r="V164" s="5"/>
+      <c r="W164" s="5"/>
+      <c r="X164" s="5"/>
+      <c r="Y164" s="5"/>
+      <c r="Z164" s="5"/>
+      <c r="AA164" s="5"/>
+      <c r="AB164" s="5"/>
+      <c r="AC164" s="5"/>
+      <c r="AD164" s="5"/>
+      <c r="AE164" s="5"/>
+      <c r="AF164" s="5"/>
+      <c r="AG164" s="5"/>
+      <c r="AH164" s="5"/>
+      <c r="AI164" s="5"/>
+      <c r="AJ164" s="5"/>
+      <c r="AK164" s="5"/>
+      <c r="AL164" s="18"/>
+      <c r="AM164" s="18"/>
+      <c r="AN164" s="18"/>
+      <c r="AO164" s="18"/>
+      <c r="AP164" s="18"/>
+      <c r="AQ164" s="18"/>
+      <c r="AR164" s="18"/>
+      <c r="AS164" s="18"/>
+      <c r="AT164" s="18"/>
+      <c r="AU164" s="18"/>
+      <c r="AV164" s="18"/>
+      <c r="AW164" s="18"/>
+      <c r="AX164" s="18"/>
+      <c r="AY164" s="18"/>
+      <c r="AZ164" s="18"/>
+      <c r="BA164" s="18"/>
+      <c r="BB164" s="18"/>
+      <c r="BC164" s="18"/>
+      <c r="BD164" s="18"/>
+      <c r="BE164" s="18"/>
+      <c r="BF164" s="18"/>
+      <c r="BG164" s="18"/>
+      <c r="BH164" s="18"/>
+      <c r="BI164" s="18"/>
+      <c r="BJ164" s="18"/>
+      <c r="BK164" s="18"/>
+      <c r="BL164" s="18"/>
+      <c r="BM164" s="18"/>
+      <c r="BN164" s="18"/>
+      <c r="BO164" s="18"/>
+      <c r="BP164" s="18"/>
+      <c r="BQ164" s="18"/>
+    </row>
+    <row r="165" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B165" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J153" s="10">
-[...38 lines deleted...]
-      <c r="I154" s="1" t="s">
+      <c r="C165" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E165" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H165" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I165" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J165" s="1">
+        <v>13</v>
+      </c>
+      <c r="K165" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L165" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M165" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N165" s="6"/>
+      <c r="O165" s="5"/>
+      <c r="P165" s="5"/>
+      <c r="Q165" s="5"/>
+      <c r="R165" s="5"/>
+      <c r="S165" s="5"/>
+      <c r="T165" s="5"/>
+      <c r="U165" s="5"/>
+      <c r="V165" s="5"/>
+      <c r="W165" s="5"/>
+      <c r="X165" s="5"/>
+      <c r="Y165" s="5"/>
+      <c r="Z165" s="5"/>
+      <c r="AA165" s="5"/>
+      <c r="AB165" s="5"/>
+      <c r="AC165" s="5"/>
+      <c r="AD165" s="5"/>
+      <c r="AE165" s="5"/>
+      <c r="AF165" s="5"/>
+      <c r="AG165" s="5"/>
+      <c r="AH165" s="5"/>
+      <c r="AI165" s="5"/>
+      <c r="AJ165" s="5"/>
+      <c r="AK165" s="5"/>
+      <c r="AL165" s="5"/>
+      <c r="AM165" s="5"/>
+      <c r="AN165" s="5"/>
+      <c r="AO165" s="5"/>
+      <c r="AP165" s="5"/>
+      <c r="AQ165" s="5"/>
+      <c r="AR165" s="5"/>
+      <c r="AS165" s="5"/>
+      <c r="AT165" s="5"/>
+      <c r="AU165" s="5"/>
+      <c r="AV165" s="5"/>
+      <c r="AW165" s="5"/>
+      <c r="AX165" s="5"/>
+      <c r="AY165" s="5"/>
+      <c r="AZ165" s="5"/>
+      <c r="BA165" s="5"/>
+      <c r="BB165" s="5"/>
+      <c r="BC165" s="5"/>
+      <c r="BD165" s="5"/>
+      <c r="BE165" s="5"/>
+      <c r="BF165" s="5"/>
+      <c r="BG165" s="5"/>
+      <c r="BH165" s="5"/>
+      <c r="BI165" s="5"/>
+      <c r="BJ165" s="5"/>
+      <c r="BK165" s="5"/>
+      <c r="BL165" s="5"/>
+      <c r="BM165" s="5"/>
+      <c r="BN165" s="5"/>
+      <c r="BO165" s="5"/>
+      <c r="BP165" s="5"/>
+      <c r="BQ165" s="5"/>
+    </row>
+    <row r="166" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B166" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J154" s="1">
-[...68 lines deleted...]
-      <c r="E156" s="1" t="s">
+      <c r="C166" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E166" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="F156" s="1" t="s">
-[...227 lines deleted...]
-      <c r="L161" s="1" t="s">
+      <c r="F166" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="M161" s="1" t="s">
-[...190 lines deleted...]
-      </c>
       <c r="G166" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H166" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J166" s="1">
         <v>14</v>
       </c>
       <c r="K166" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L166" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M166" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N166" s="6"/>
+      <c r="O166" s="5"/>
+      <c r="P166" s="5"/>
+      <c r="Q166" s="5"/>
+      <c r="R166" s="5"/>
+      <c r="S166" s="5"/>
+      <c r="T166" s="5"/>
+      <c r="U166" s="5"/>
+      <c r="V166" s="5"/>
+      <c r="W166" s="5"/>
+      <c r="X166" s="5"/>
+      <c r="Y166" s="5"/>
+      <c r="Z166" s="5"/>
+      <c r="AA166" s="5"/>
+      <c r="AB166" s="5"/>
+      <c r="AC166" s="5"/>
+      <c r="AD166" s="5"/>
+      <c r="AE166" s="5"/>
+      <c r="AF166" s="5"/>
+      <c r="AG166" s="5"/>
+      <c r="AH166" s="5"/>
+      <c r="AI166" s="5"/>
+      <c r="AJ166" s="5"/>
+      <c r="AK166" s="5"/>
+      <c r="AL166" s="18"/>
+      <c r="AM166" s="18"/>
+      <c r="AN166" s="18"/>
+      <c r="AO166" s="18"/>
+      <c r="AP166" s="18"/>
+      <c r="AQ166" s="18"/>
+      <c r="AR166" s="18"/>
+      <c r="AS166" s="18"/>
+      <c r="AT166" s="18"/>
+      <c r="AU166" s="18"/>
+      <c r="AV166" s="18"/>
+      <c r="AW166" s="18"/>
+      <c r="AX166" s="18"/>
+      <c r="AY166" s="18"/>
+      <c r="AZ166" s="18"/>
+      <c r="BA166" s="18"/>
+      <c r="BB166" s="18"/>
+      <c r="BC166" s="18"/>
+      <c r="BD166" s="18"/>
+      <c r="BE166" s="18"/>
+      <c r="BF166" s="18"/>
+      <c r="BG166" s="18"/>
+      <c r="BH166" s="18"/>
+      <c r="BI166" s="18"/>
+      <c r="BJ166" s="18"/>
+      <c r="BK166" s="18"/>
+      <c r="BL166" s="18"/>
+      <c r="BM166" s="18"/>
+      <c r="BN166" s="18"/>
+      <c r="BO166" s="18"/>
+      <c r="BP166" s="18"/>
+      <c r="BQ166" s="18"/>
+    </row>
+    <row r="167" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B167" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C167" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E167" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H167" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I167" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J167" s="1">
+        <v>109</v>
+      </c>
+      <c r="K167" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L167" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="L166" s="1" t="s">
-[...11 lines deleted...]
-      <c r="B167" s="1" t="s">
+      <c r="M167" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N167" s="6"/>
+    </row>
+    <row r="168" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B168" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C168" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H168" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I168" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J168" s="1">
+        <v>8</v>
+      </c>
+      <c r="K168" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L168" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M168" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N168" s="6"/>
+    </row>
+    <row r="169" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B169" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C169" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E169" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H169" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C167" s="1" t="s">
+      <c r="I169" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J169" s="1">
+        <v>14</v>
+      </c>
+      <c r="K169" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L169" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M169" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N169" s="6"/>
+      <c r="O169" s="5"/>
+      <c r="P169" s="5"/>
+      <c r="Q169" s="5"/>
+      <c r="R169" s="5"/>
+      <c r="S169" s="5"/>
+      <c r="T169" s="5"/>
+      <c r="U169" s="5"/>
+      <c r="V169" s="5"/>
+      <c r="W169" s="5"/>
+      <c r="X169" s="5"/>
+      <c r="Y169" s="5"/>
+      <c r="Z169" s="5"/>
+      <c r="AA169" s="5"/>
+      <c r="AB169" s="5"/>
+      <c r="AC169" s="5"/>
+      <c r="AD169" s="5"/>
+      <c r="AE169" s="5"/>
+      <c r="AF169" s="5"/>
+      <c r="AG169" s="5"/>
+      <c r="AH169" s="5"/>
+      <c r="AI169" s="5"/>
+      <c r="AJ169" s="5"/>
+      <c r="AK169" s="5"/>
+      <c r="AL169" s="5"/>
+      <c r="AM169" s="5"/>
+      <c r="AN169" s="5"/>
+      <c r="AO169" s="5"/>
+      <c r="AP169" s="5"/>
+      <c r="AQ169" s="5"/>
+      <c r="AR169" s="5"/>
+      <c r="AS169" s="5"/>
+      <c r="AT169" s="5"/>
+      <c r="AU169" s="5"/>
+      <c r="AV169" s="5"/>
+      <c r="AW169" s="5"/>
+      <c r="AX169" s="5"/>
+      <c r="AY169" s="5"/>
+      <c r="AZ169" s="5"/>
+      <c r="BA169" s="5"/>
+      <c r="BB169" s="5"/>
+      <c r="BC169" s="5"/>
+      <c r="BD169" s="5"/>
+      <c r="BE169" s="5"/>
+      <c r="BF169" s="5"/>
+      <c r="BG169" s="5"/>
+      <c r="BH169" s="5"/>
+      <c r="BI169" s="5"/>
+      <c r="BJ169" s="5"/>
+      <c r="BK169" s="5"/>
+      <c r="BL169" s="5"/>
+      <c r="BM169" s="5"/>
+      <c r="BN169" s="5"/>
+      <c r="BO169" s="5"/>
+      <c r="BP169" s="5"/>
+      <c r="BQ169" s="5"/>
+    </row>
+    <row r="170" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="F170" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D167" s="1" t="s">
-[...11 lines deleted...]
-      <c r="H167" s="1" t="s">
+      <c r="G170" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H170" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I170" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J170" s="1">
+        <v>18</v>
+      </c>
+      <c r="K170" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L170" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M170" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N170" s="19"/>
+    </row>
+    <row r="171" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C171" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I167" s="1" t="s">
+      <c r="D171" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H171" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I171" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J171" s="1">
+        <v>2</v>
+      </c>
+      <c r="K171" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L171" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M171" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N171" s="19"/>
+    </row>
+    <row r="172" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E172" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H172" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I172" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J172" s="1">
+        <v>20</v>
+      </c>
+      <c r="K172" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L172" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M172" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="N172" s="19"/>
+    </row>
+    <row r="173" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E173" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H173" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I173" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J173" s="1">
+        <v>5</v>
+      </c>
+      <c r="K173" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L173" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M173" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="N173" s="19"/>
+    </row>
+    <row r="174" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E174" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H174" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I174" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J174" s="1">
         <v>18</v>
       </c>
-      <c r="J167" s="1">
-[...17 lines deleted...]
-      <c r="B168" s="1" t="s">
+      <c r="K174" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L174" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M174" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="N174" s="19"/>
+    </row>
+    <row r="175" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B175" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C175" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E175" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H175" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I175" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J175" s="1">
+        <v>172</v>
+      </c>
+      <c r="K175" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L175" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M175" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="N175" s="19"/>
+    </row>
+    <row r="176" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B176" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C176" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E176" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H176" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C168" s="1" t="s">
+      <c r="I176" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J176" s="1">
+        <v>17</v>
+      </c>
+      <c r="K176" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L176" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M176" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="N176" s="19"/>
+    </row>
+    <row r="177" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B177" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C177" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E177" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H177" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I177" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J177" s="1">
+        <v>37</v>
+      </c>
+      <c r="K177" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L177" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M177" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N177" s="3"/>
+    </row>
+    <row r="178" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B178" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C178" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H178" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I178" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J178" s="1">
+        <v>3</v>
+      </c>
+      <c r="K178" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L178" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M178" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N178" s="3"/>
+    </row>
+    <row r="179" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E179" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H179" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I179" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J179" s="1">
+        <v>38</v>
+      </c>
+      <c r="K179" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L179" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M179" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="N179" s="3"/>
+    </row>
+    <row r="180" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E180" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H180" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I180" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J180" s="1">
+        <v>16</v>
+      </c>
+      <c r="K180" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L180" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M180" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="N180" s="3"/>
+    </row>
+    <row r="181" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E181" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H181" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I181" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J181" s="1">
+        <v>8</v>
+      </c>
+      <c r="K181" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L181" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M181" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="N181" s="3"/>
+    </row>
+    <row r="182" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E182" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H182" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I182" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J182" s="1">
+        <v>2</v>
+      </c>
+      <c r="K182" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L182" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M182" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="N182" s="3"/>
+    </row>
+    <row r="183" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B183" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C183" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E183" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H183" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I183" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J183" s="1">
+        <v>19</v>
+      </c>
+      <c r="K183" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L183" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M183" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="N183" s="19"/>
+    </row>
+    <row r="184" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B184" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C184" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E184" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H184" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I184" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J184" s="1">
+        <v>2</v>
+      </c>
+      <c r="K184" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L184" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M184" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="N184" s="19"/>
+    </row>
+    <row r="185" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B185" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C185" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E185" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="F185" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D168" s="1" t="s">
-[...17 lines deleted...]
-      <c r="J168" s="1">
+      <c r="G185" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H185" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I185" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J185" s="1">
+        <v>3</v>
+      </c>
+      <c r="K185" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L185" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M185" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N185" s="3"/>
+    </row>
+    <row r="186" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B186" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C186" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E186" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H186" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I186" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J186" s="1">
+        <v>36</v>
+      </c>
+      <c r="K186" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L186" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M186" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N186" s="3"/>
+    </row>
+    <row r="187" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B187" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C187" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H187" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I187" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J187" s="1">
+        <v>9</v>
+      </c>
+      <c r="K187" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L187" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M187" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N187" s="3"/>
+    </row>
+    <row r="188" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B188" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C188" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E188" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H188" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I188" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J188" s="1">
         <v>2</v>
       </c>
-      <c r="K168" s="1" t="s">
-[...14 lines deleted...]
-      <c r="B169" s="1" t="s">
+      <c r="K188" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L188" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M188" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N188" s="3"/>
+    </row>
+    <row r="189" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E189" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H189" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I189" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J189" s="1">
+        <v>24</v>
+      </c>
+      <c r="K189" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L189" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M189" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N189" s="3"/>
+    </row>
+    <row r="190" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C190" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E190" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H190" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C169" s="1" t="s">
-[...11 lines deleted...]
-      <c r="G169" s="1" t="s">
+      <c r="I190" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J190" s="1">
+        <v>3</v>
+      </c>
+      <c r="K190" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L190" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M190" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N190" s="3"/>
+    </row>
+    <row r="191" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E191" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H191" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H169" s="1" t="s">
-[...925 lines deleted...]
-      </c>
       <c r="I191" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J191" s="1">
         <v>14</v>
       </c>
       <c r="K191" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L191" s="1" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="M191" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="192" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>66</v>
+      </c>
+      <c r="N191" s="3"/>
+    </row>
+    <row r="192" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A192" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="E192" s="1" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>320</v>
+        <v>64</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H192" s="1" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J192" s="1">
         <v>12</v>
       </c>
       <c r="K192" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L192" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M192" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N192" s="3"/>
+    </row>
+    <row r="193" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E193" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H193" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I193" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J193" s="1">
+        <v>6</v>
+      </c>
+      <c r="K193" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L193" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M193" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N193" s="3"/>
+    </row>
+    <row r="194" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C194" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E194" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H194" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I194" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J194" s="1">
+        <v>14</v>
+      </c>
+      <c r="K194" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L194" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M194" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N194" s="3"/>
+    </row>
+    <row r="195" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E195" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H195" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I195" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J195" s="1">
+        <v>12</v>
+      </c>
+      <c r="K195" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L195" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="L192" s="1" t="s">
-[...11 lines deleted...]
-      <c r="B193" s="1" t="s">
+      <c r="M195" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="N195" s="3"/>
+    </row>
+    <row r="196" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C196" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E196" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H196" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I196" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J196" s="1">
+        <v>22</v>
+      </c>
+      <c r="K196" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L196" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M196" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="N196" s="3"/>
+    </row>
+    <row r="197" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E197" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H197" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C193" s="1" t="s">
+      <c r="I197" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J197" s="1">
+        <v>2</v>
+      </c>
+      <c r="K197" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L197" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M197" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="N197" s="3"/>
+    </row>
+    <row r="198" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C198" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E198" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H198" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I198" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J198" s="1">
+        <v>19</v>
+      </c>
+      <c r="K198" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L198" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M198" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N198" s="3"/>
+    </row>
+    <row r="199" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E199" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H199" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I199" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J199" s="1">
+        <v>41</v>
+      </c>
+      <c r="K199" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L199" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M199" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="N199" s="14"/>
+      <c r="O199" s="21"/>
+      <c r="P199" s="21"/>
+      <c r="Q199" s="21"/>
+      <c r="R199" s="21"/>
+      <c r="S199" s="21"/>
+      <c r="T199" s="21"/>
+      <c r="U199" s="21"/>
+      <c r="V199" s="21"/>
+      <c r="W199" s="21"/>
+      <c r="X199" s="21"/>
+      <c r="Y199" s="21"/>
+      <c r="Z199" s="21"/>
+      <c r="AA199" s="21"/>
+      <c r="AB199" s="21"/>
+      <c r="AC199" s="21"/>
+      <c r="AD199" s="21"/>
+      <c r="AE199" s="21"/>
+      <c r="AF199" s="21"/>
+      <c r="AG199" s="21"/>
+      <c r="AH199" s="21"/>
+      <c r="AI199" s="21"/>
+      <c r="AJ199" s="21"/>
+      <c r="AK199" s="21"/>
+    </row>
+    <row r="200" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C200" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E200" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H200" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I200" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J200" s="1">
+        <v>20</v>
+      </c>
+      <c r="K200" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L200" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M200" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="N200" s="14"/>
+      <c r="O200" s="21"/>
+      <c r="P200" s="21"/>
+      <c r="Q200" s="21"/>
+      <c r="R200" s="21"/>
+      <c r="S200" s="21"/>
+      <c r="T200" s="21"/>
+      <c r="U200" s="21"/>
+      <c r="V200" s="21"/>
+      <c r="W200" s="21"/>
+      <c r="X200" s="21"/>
+      <c r="Y200" s="21"/>
+      <c r="Z200" s="21"/>
+      <c r="AA200" s="21"/>
+      <c r="AB200" s="21"/>
+      <c r="AC200" s="21"/>
+      <c r="AD200" s="21"/>
+      <c r="AE200" s="21"/>
+      <c r="AF200" s="21"/>
+      <c r="AG200" s="21"/>
+      <c r="AH200" s="21"/>
+      <c r="AI200" s="21"/>
+      <c r="AJ200" s="21"/>
+      <c r="AK200" s="21"/>
+    </row>
+    <row r="201" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E201" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H201" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I201" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J201" s="1">
+        <v>5</v>
+      </c>
+      <c r="K201" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L201" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M201" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="N201" s="3"/>
+    </row>
+    <row r="202" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C202" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E202" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H202" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I202" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J202" s="1">
+        <v>15</v>
+      </c>
+      <c r="K202" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L202" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M202" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N202" s="3"/>
+      <c r="O202" s="1"/>
+      <c r="P202" s="1"/>
+      <c r="Q202" s="1"/>
+      <c r="R202" s="1"/>
+      <c r="S202" s="1"/>
+      <c r="T202" s="1"/>
+      <c r="U202" s="1"/>
+      <c r="V202" s="1"/>
+      <c r="W202" s="1"/>
+      <c r="X202" s="1"/>
+      <c r="Y202" s="1"/>
+      <c r="Z202" s="1"/>
+      <c r="AA202" s="1"/>
+      <c r="AB202" s="1"/>
+      <c r="AC202" s="1"/>
+      <c r="AD202" s="1"/>
+      <c r="AE202" s="1"/>
+      <c r="AF202" s="1"/>
+      <c r="AG202" s="1"/>
+      <c r="AH202" s="1"/>
+      <c r="AI202" s="1"/>
+      <c r="AJ202" s="1"/>
+      <c r="AK202" s="1"/>
+      <c r="AL202" s="1"/>
+      <c r="AM202" s="1"/>
+      <c r="AN202" s="1"/>
+      <c r="AO202" s="1"/>
+      <c r="AP202" s="1"/>
+      <c r="AQ202" s="1"/>
+      <c r="AR202" s="1"/>
+      <c r="AS202" s="1"/>
+      <c r="AT202" s="1"/>
+      <c r="AU202" s="1"/>
+      <c r="AV202" s="1"/>
+      <c r="AW202" s="1"/>
+      <c r="AX202" s="1"/>
+      <c r="AY202" s="1"/>
+      <c r="AZ202" s="1"/>
+      <c r="BA202" s="1"/>
+      <c r="BB202" s="1"/>
+      <c r="BC202" s="1"/>
+      <c r="BD202" s="1"/>
+      <c r="BE202" s="1"/>
+      <c r="BF202" s="1"/>
+      <c r="BG202" s="1"/>
+      <c r="BH202" s="1"/>
+      <c r="BI202" s="1"/>
+      <c r="BJ202" s="1"/>
+      <c r="BK202" s="1"/>
+      <c r="BL202" s="1"/>
+      <c r="BM202" s="1"/>
+      <c r="BN202" s="1"/>
+      <c r="BO202" s="1"/>
+      <c r="BP202" s="1"/>
+      <c r="BQ202" s="1"/>
+    </row>
+    <row r="203" spans="1:69" s="9" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E203" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H203" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I203" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J203" s="1">
+        <v>9</v>
+      </c>
+      <c r="K203" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L203" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M203" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N203" s="14"/>
+      <c r="O203" s="21"/>
+      <c r="P203" s="21"/>
+      <c r="Q203" s="21"/>
+      <c r="R203" s="21"/>
+      <c r="S203" s="21"/>
+      <c r="T203" s="21"/>
+      <c r="U203" s="21"/>
+      <c r="V203" s="21"/>
+      <c r="W203" s="21"/>
+      <c r="X203" s="21"/>
+      <c r="Y203" s="21"/>
+      <c r="Z203" s="21"/>
+      <c r="AA203" s="21"/>
+      <c r="AB203" s="21"/>
+      <c r="AC203" s="21"/>
+      <c r="AD203" s="21"/>
+      <c r="AE203" s="21"/>
+      <c r="AF203" s="21"/>
+      <c r="AG203" s="21"/>
+      <c r="AH203" s="21"/>
+      <c r="AI203" s="21"/>
+      <c r="AJ203" s="21"/>
+      <c r="AK203" s="21"/>
+      <c r="AL203" s="1"/>
+      <c r="AM203" s="1"/>
+      <c r="AN203" s="1"/>
+      <c r="AO203" s="1"/>
+      <c r="AP203" s="1"/>
+      <c r="AQ203" s="1"/>
+      <c r="AR203" s="1"/>
+      <c r="AS203" s="1"/>
+      <c r="AT203" s="1"/>
+      <c r="AU203" s="1"/>
+      <c r="AV203" s="1"/>
+      <c r="AW203" s="1"/>
+      <c r="AX203" s="1"/>
+      <c r="AY203" s="1"/>
+      <c r="AZ203" s="1"/>
+      <c r="BA203" s="1"/>
+      <c r="BB203" s="1"/>
+      <c r="BC203" s="1"/>
+      <c r="BD203" s="1"/>
+      <c r="BE203" s="1"/>
+      <c r="BF203" s="1"/>
+      <c r="BG203" s="1"/>
+      <c r="BH203" s="1"/>
+      <c r="BI203" s="1"/>
+      <c r="BJ203" s="1"/>
+      <c r="BK203" s="1"/>
+      <c r="BL203" s="1"/>
+      <c r="BM203" s="1"/>
+      <c r="BN203" s="1"/>
+      <c r="BO203" s="1"/>
+      <c r="BP203" s="1"/>
+      <c r="BQ203" s="1"/>
+    </row>
+    <row r="204" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C204" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E204" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="F204" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D193" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G193" s="1" t="s">
+      <c r="G204" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H204" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H193" s="1" t="s">
-[...23 lines deleted...]
-      <c r="B194" s="1" t="s">
+      <c r="I204" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J204" s="1">
+        <v>1</v>
+      </c>
+      <c r="K204" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L204" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M204" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N204" s="3"/>
+      <c r="O204" s="1"/>
+      <c r="P204" s="1"/>
+      <c r="Q204" s="1"/>
+      <c r="R204" s="1"/>
+      <c r="S204" s="1"/>
+      <c r="T204" s="1"/>
+      <c r="U204" s="1"/>
+      <c r="V204" s="1"/>
+      <c r="W204" s="1"/>
+      <c r="X204" s="1"/>
+      <c r="Y204" s="1"/>
+      <c r="Z204" s="1"/>
+      <c r="AA204" s="1"/>
+      <c r="AB204" s="1"/>
+      <c r="AC204" s="1"/>
+      <c r="AD204" s="1"/>
+      <c r="AE204" s="1"/>
+      <c r="AF204" s="1"/>
+      <c r="AG204" s="1"/>
+      <c r="AH204" s="1"/>
+      <c r="AI204" s="1"/>
+      <c r="AJ204" s="1"/>
+      <c r="AK204" s="1"/>
+      <c r="AL204" s="1"/>
+      <c r="AM204" s="1"/>
+      <c r="AN204" s="1"/>
+      <c r="AO204" s="1"/>
+      <c r="AP204" s="1"/>
+      <c r="AQ204" s="1"/>
+      <c r="AR204" s="1"/>
+      <c r="AS204" s="1"/>
+      <c r="AT204" s="1"/>
+      <c r="AU204" s="1"/>
+      <c r="AV204" s="1"/>
+      <c r="AW204" s="1"/>
+      <c r="AX204" s="1"/>
+      <c r="AY204" s="1"/>
+      <c r="AZ204" s="1"/>
+      <c r="BA204" s="1"/>
+      <c r="BB204" s="1"/>
+      <c r="BC204" s="1"/>
+      <c r="BD204" s="1"/>
+      <c r="BE204" s="1"/>
+      <c r="BF204" s="1"/>
+      <c r="BG204" s="1"/>
+      <c r="BH204" s="1"/>
+      <c r="BI204" s="1"/>
+      <c r="BJ204" s="1"/>
+      <c r="BK204" s="1"/>
+      <c r="BL204" s="1"/>
+      <c r="BM204" s="1"/>
+      <c r="BN204" s="1"/>
+      <c r="BO204" s="1"/>
+      <c r="BP204" s="1"/>
+      <c r="BQ204" s="1"/>
+    </row>
+    <row r="205" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E205" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H205" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C194" s="1" t="s">
+      <c r="I205" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J205" s="1">
+        <v>8</v>
+      </c>
+      <c r="K205" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D194" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G194" s="1" t="s">
+      <c r="L205" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M205" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N205" s="14"/>
+      <c r="O205" s="21"/>
+      <c r="P205" s="21"/>
+      <c r="Q205" s="21"/>
+      <c r="R205" s="21"/>
+      <c r="S205" s="21"/>
+      <c r="T205" s="21"/>
+      <c r="U205" s="21"/>
+      <c r="V205" s="21"/>
+      <c r="W205" s="21"/>
+      <c r="X205" s="21"/>
+      <c r="Y205" s="21"/>
+      <c r="Z205" s="21"/>
+      <c r="AA205" s="21"/>
+      <c r="AB205" s="21"/>
+      <c r="AC205" s="21"/>
+      <c r="AD205" s="21"/>
+      <c r="AE205" s="21"/>
+      <c r="AF205" s="21"/>
+      <c r="AG205" s="21"/>
+      <c r="AH205" s="21"/>
+      <c r="AI205" s="21"/>
+      <c r="AJ205" s="21"/>
+      <c r="AK205" s="21"/>
+      <c r="AL205" s="1"/>
+      <c r="AM205" s="1"/>
+      <c r="AN205" s="1"/>
+      <c r="AO205" s="1"/>
+      <c r="AP205" s="1"/>
+      <c r="AQ205" s="1"/>
+      <c r="AR205" s="1"/>
+      <c r="AS205" s="1"/>
+      <c r="AT205" s="1"/>
+      <c r="AU205" s="1"/>
+      <c r="AV205" s="1"/>
+      <c r="AW205" s="1"/>
+      <c r="AX205" s="1"/>
+      <c r="AY205" s="1"/>
+      <c r="AZ205" s="1"/>
+      <c r="BA205" s="1"/>
+      <c r="BB205" s="1"/>
+      <c r="BC205" s="1"/>
+      <c r="BD205" s="1"/>
+      <c r="BE205" s="1"/>
+      <c r="BF205" s="1"/>
+      <c r="BG205" s="1"/>
+      <c r="BH205" s="1"/>
+      <c r="BI205" s="1"/>
+      <c r="BJ205" s="1"/>
+      <c r="BK205" s="1"/>
+      <c r="BL205" s="1"/>
+      <c r="BM205" s="1"/>
+      <c r="BN205" s="1"/>
+      <c r="BO205" s="1"/>
+      <c r="BP205" s="1"/>
+      <c r="BQ205" s="1"/>
+    </row>
+    <row r="206" spans="1:69" s="18" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C206" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E206" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H206" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H194" s="1" t="s">
-[...215 lines deleted...]
-      <c r="J199" s="1">
+      <c r="I206" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J206" s="1">
+        <v>24</v>
+      </c>
+      <c r="K206" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L206" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M206" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N206" s="14"/>
+      <c r="O206" s="21"/>
+      <c r="P206" s="21"/>
+      <c r="Q206" s="21"/>
+      <c r="R206" s="21"/>
+      <c r="S206" s="21"/>
+      <c r="T206" s="21"/>
+      <c r="U206" s="21"/>
+      <c r="V206" s="21"/>
+      <c r="W206" s="21"/>
+      <c r="X206" s="21"/>
+      <c r="Y206" s="21"/>
+      <c r="Z206" s="21"/>
+      <c r="AA206" s="21"/>
+      <c r="AB206" s="21"/>
+      <c r="AC206" s="21"/>
+      <c r="AD206" s="21"/>
+      <c r="AE206" s="21"/>
+      <c r="AF206" s="21"/>
+      <c r="AG206" s="21"/>
+      <c r="AH206" s="21"/>
+      <c r="AI206" s="21"/>
+      <c r="AJ206" s="21"/>
+      <c r="AK206" s="21"/>
+      <c r="AL206" s="1"/>
+      <c r="AM206" s="1"/>
+      <c r="AN206" s="1"/>
+      <c r="AO206" s="1"/>
+      <c r="AP206" s="1"/>
+      <c r="AQ206" s="1"/>
+      <c r="AR206" s="1"/>
+      <c r="AS206" s="1"/>
+      <c r="AT206" s="1"/>
+      <c r="AU206" s="1"/>
+      <c r="AV206" s="1"/>
+      <c r="AW206" s="1"/>
+      <c r="AX206" s="1"/>
+      <c r="AY206" s="1"/>
+      <c r="AZ206" s="1"/>
+      <c r="BA206" s="1"/>
+      <c r="BB206" s="1"/>
+      <c r="BC206" s="1"/>
+      <c r="BD206" s="1"/>
+      <c r="BE206" s="1"/>
+      <c r="BF206" s="1"/>
+      <c r="BG206" s="1"/>
+      <c r="BH206" s="1"/>
+      <c r="BI206" s="1"/>
+      <c r="BJ206" s="1"/>
+      <c r="BK206" s="1"/>
+      <c r="BL206" s="1"/>
+      <c r="BM206" s="1"/>
+      <c r="BN206" s="1"/>
+      <c r="BO206" s="1"/>
+      <c r="BP206" s="1"/>
+      <c r="BQ206" s="1"/>
+    </row>
+    <row r="207" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E207" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G207" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="K199" s="1" t="s">
-[...229 lines deleted...]
-      <c r="J204" s="1">
+      <c r="H207" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I207" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J207" s="1">
         <v>13</v>
       </c>
-      <c r="K204" s="1" t="s">
-[...147 lines deleted...]
-      </c>
       <c r="K207" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L207" s="1" t="s">
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="M207" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-    <row r="208" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>78</v>
+      </c>
+      <c r="N207" s="14"/>
+      <c r="O207" s="21"/>
+      <c r="P207" s="21"/>
+      <c r="Q207" s="21"/>
+      <c r="R207" s="21"/>
+      <c r="S207" s="21"/>
+      <c r="T207" s="21"/>
+      <c r="U207" s="21"/>
+      <c r="V207" s="21"/>
+      <c r="W207" s="21"/>
+      <c r="X207" s="21"/>
+      <c r="Y207" s="21"/>
+      <c r="Z207" s="21"/>
+      <c r="AA207" s="21"/>
+      <c r="AB207" s="21"/>
+      <c r="AC207" s="21"/>
+      <c r="AD207" s="21"/>
+      <c r="AE207" s="21"/>
+      <c r="AF207" s="21"/>
+      <c r="AG207" s="21"/>
+      <c r="AH207" s="21"/>
+      <c r="AI207" s="21"/>
+      <c r="AJ207" s="21"/>
+      <c r="AK207" s="21"/>
+      <c r="AL207" s="1"/>
+      <c r="AM207" s="1"/>
+      <c r="AN207" s="1"/>
+      <c r="AO207" s="1"/>
+      <c r="AP207" s="1"/>
+      <c r="AQ207" s="1"/>
+      <c r="AR207" s="1"/>
+      <c r="AS207" s="1"/>
+      <c r="AT207" s="1"/>
+      <c r="AU207" s="1"/>
+      <c r="AV207" s="1"/>
+      <c r="AW207" s="1"/>
+      <c r="AX207" s="1"/>
+      <c r="AY207" s="1"/>
+      <c r="AZ207" s="1"/>
+      <c r="BA207" s="1"/>
+      <c r="BB207" s="1"/>
+      <c r="BC207" s="1"/>
+      <c r="BD207" s="1"/>
+      <c r="BE207" s="1"/>
+      <c r="BF207" s="1"/>
+      <c r="BG207" s="1"/>
+      <c r="BH207" s="1"/>
+      <c r="BI207" s="1"/>
+      <c r="BJ207" s="1"/>
+      <c r="BK207" s="1"/>
+      <c r="BL207" s="1"/>
+      <c r="BM207" s="1"/>
+      <c r="BN207" s="1"/>
+      <c r="BO207" s="1"/>
+      <c r="BP207" s="1"/>
+      <c r="BQ207" s="1"/>
+    </row>
+    <row r="208" spans="1:69" s="18" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A208" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C208" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E208" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="F208" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D208" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G208" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H208" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H208" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I208" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J208" s="1">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="K208" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L208" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M208" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="M208" s="1" t="s">
-[...4 lines deleted...]
-    <row r="209" spans="1:37" s="4" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N208" s="14"/>
+      <c r="O208" s="21"/>
+      <c r="P208" s="21"/>
+      <c r="Q208" s="21"/>
+      <c r="R208" s="21"/>
+      <c r="S208" s="21"/>
+      <c r="T208" s="21"/>
+      <c r="U208" s="21"/>
+      <c r="V208" s="21"/>
+      <c r="W208" s="21"/>
+      <c r="X208" s="21"/>
+      <c r="Y208" s="21"/>
+      <c r="Z208" s="21"/>
+      <c r="AA208" s="21"/>
+      <c r="AB208" s="21"/>
+      <c r="AC208" s="21"/>
+      <c r="AD208" s="21"/>
+      <c r="AE208" s="21"/>
+      <c r="AF208" s="21"/>
+      <c r="AG208" s="21"/>
+      <c r="AH208" s="21"/>
+      <c r="AI208" s="21"/>
+      <c r="AJ208" s="21"/>
+      <c r="AK208" s="21"/>
+      <c r="AL208" s="1"/>
+      <c r="AM208" s="1"/>
+      <c r="AN208" s="1"/>
+      <c r="AO208" s="1"/>
+      <c r="AP208" s="1"/>
+      <c r="AQ208" s="1"/>
+      <c r="AR208" s="1"/>
+      <c r="AS208" s="1"/>
+      <c r="AT208" s="1"/>
+      <c r="AU208" s="1"/>
+      <c r="AV208" s="1"/>
+      <c r="AW208" s="1"/>
+      <c r="AX208" s="1"/>
+      <c r="AY208" s="1"/>
+      <c r="AZ208" s="1"/>
+      <c r="BA208" s="1"/>
+      <c r="BB208" s="1"/>
+      <c r="BC208" s="1"/>
+      <c r="BD208" s="1"/>
+      <c r="BE208" s="1"/>
+      <c r="BF208" s="1"/>
+      <c r="BG208" s="1"/>
+      <c r="BH208" s="1"/>
+      <c r="BI208" s="1"/>
+      <c r="BJ208" s="1"/>
+      <c r="BK208" s="1"/>
+      <c r="BL208" s="1"/>
+      <c r="BM208" s="1"/>
+      <c r="BN208" s="1"/>
+      <c r="BO208" s="1"/>
+      <c r="BP208" s="1"/>
+      <c r="BQ208" s="1"/>
+    </row>
+    <row r="209" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A209" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C209" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E209" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="F209" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D209" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G209" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H209" s="1" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J209" s="1">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="K209" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L209" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M209" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="M209" s="1" t="s">
-[...27 lines deleted...]
-    <row r="210" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N209" s="14"/>
+      <c r="O209" s="21"/>
+      <c r="P209" s="21"/>
+      <c r="Q209" s="21"/>
+      <c r="R209" s="21"/>
+      <c r="S209" s="21"/>
+      <c r="T209" s="21"/>
+      <c r="U209" s="21"/>
+      <c r="V209" s="21"/>
+      <c r="W209" s="21"/>
+      <c r="X209" s="21"/>
+      <c r="Y209" s="21"/>
+      <c r="Z209" s="21"/>
+      <c r="AA209" s="21"/>
+      <c r="AB209" s="21"/>
+      <c r="AC209" s="21"/>
+      <c r="AD209" s="21"/>
+      <c r="AE209" s="21"/>
+      <c r="AF209" s="21"/>
+      <c r="AG209" s="21"/>
+      <c r="AH209" s="21"/>
+      <c r="AI209" s="21"/>
+      <c r="AJ209" s="21"/>
+      <c r="AK209" s="21"/>
+      <c r="AL209" s="1"/>
+      <c r="AM209" s="1"/>
+      <c r="AN209" s="1"/>
+      <c r="AO209" s="1"/>
+      <c r="AP209" s="1"/>
+      <c r="AQ209" s="1"/>
+      <c r="AR209" s="1"/>
+      <c r="AS209" s="1"/>
+      <c r="AT209" s="1"/>
+      <c r="AU209" s="1"/>
+      <c r="AV209" s="1"/>
+      <c r="AW209" s="1"/>
+      <c r="AX209" s="1"/>
+      <c r="AY209" s="1"/>
+      <c r="AZ209" s="1"/>
+      <c r="BA209" s="1"/>
+      <c r="BB209" s="1"/>
+      <c r="BC209" s="1"/>
+      <c r="BD209" s="1"/>
+      <c r="BE209" s="1"/>
+      <c r="BF209" s="1"/>
+      <c r="BG209" s="1"/>
+      <c r="BH209" s="1"/>
+      <c r="BI209" s="1"/>
+      <c r="BJ209" s="1"/>
+      <c r="BK209" s="1"/>
+      <c r="BL209" s="1"/>
+      <c r="BM209" s="1"/>
+      <c r="BN209" s="1"/>
+      <c r="BO209" s="1"/>
+      <c r="BP209" s="1"/>
+      <c r="BQ209" s="1"/>
+    </row>
+    <row r="210" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A210" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C210" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E210" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="F210" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D210" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G210" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H210" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I210" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J210" s="1">
+        <v>18</v>
+      </c>
+      <c r="K210" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L210" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M210" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N210" s="14"/>
+      <c r="O210" s="21"/>
+      <c r="P210" s="21"/>
+      <c r="Q210" s="21"/>
+      <c r="R210" s="21"/>
+      <c r="S210" s="21"/>
+      <c r="T210" s="21"/>
+      <c r="U210" s="21"/>
+      <c r="V210" s="21"/>
+      <c r="W210" s="21"/>
+      <c r="X210" s="21"/>
+      <c r="Y210" s="21"/>
+      <c r="Z210" s="21"/>
+      <c r="AA210" s="21"/>
+      <c r="AB210" s="21"/>
+      <c r="AC210" s="21"/>
+      <c r="AD210" s="21"/>
+      <c r="AE210" s="21"/>
+      <c r="AF210" s="21"/>
+      <c r="AG210" s="21"/>
+      <c r="AH210" s="21"/>
+      <c r="AI210" s="21"/>
+      <c r="AJ210" s="21"/>
+      <c r="AK210" s="21"/>
+      <c r="AL210" s="1"/>
+      <c r="AM210" s="1"/>
+      <c r="AN210" s="1"/>
+      <c r="AO210" s="1"/>
+      <c r="AP210" s="1"/>
+      <c r="AQ210" s="1"/>
+      <c r="AR210" s="1"/>
+      <c r="AS210" s="1"/>
+      <c r="AT210" s="1"/>
+      <c r="AU210" s="1"/>
+      <c r="AV210" s="1"/>
+      <c r="AW210" s="1"/>
+      <c r="AX210" s="1"/>
+      <c r="AY210" s="1"/>
+      <c r="AZ210" s="1"/>
+      <c r="BA210" s="1"/>
+      <c r="BB210" s="1"/>
+      <c r="BC210" s="1"/>
+      <c r="BD210" s="1"/>
+      <c r="BE210" s="1"/>
+      <c r="BF210" s="1"/>
+      <c r="BG210" s="1"/>
+      <c r="BH210" s="1"/>
+      <c r="BI210" s="1"/>
+      <c r="BJ210" s="1"/>
+      <c r="BK210" s="1"/>
+      <c r="BL210" s="1"/>
+      <c r="BM210" s="1"/>
+      <c r="BN210" s="1"/>
+      <c r="BO210" s="1"/>
+      <c r="BP210" s="1"/>
+      <c r="BQ210" s="1"/>
+    </row>
+    <row r="211" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E211" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H211" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H210" s="1" t="s">
-[...11 lines deleted...]
-      <c r="L210" s="1" t="s">
+      <c r="I211" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J211" s="1">
+        <v>102</v>
+      </c>
+      <c r="K211" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L211" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M211" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="M210" s="1" t="s">
-[...8 lines deleted...]
-      <c r="B211" s="1" t="s">
+      <c r="N211" s="19"/>
+      <c r="O211" s="1"/>
+      <c r="P211" s="1"/>
+      <c r="Q211" s="1"/>
+      <c r="R211" s="1"/>
+      <c r="S211" s="1"/>
+      <c r="T211" s="1"/>
+      <c r="U211" s="1"/>
+      <c r="V211" s="1"/>
+      <c r="W211" s="1"/>
+      <c r="X211" s="1"/>
+      <c r="Y211" s="1"/>
+      <c r="Z211" s="1"/>
+      <c r="AA211" s="1"/>
+      <c r="AB211" s="1"/>
+      <c r="AC211" s="1"/>
+      <c r="AD211" s="1"/>
+      <c r="AE211" s="1"/>
+      <c r="AF211" s="1"/>
+      <c r="AG211" s="1"/>
+      <c r="AH211" s="1"/>
+      <c r="AI211" s="1"/>
+      <c r="AJ211" s="1"/>
+      <c r="AK211" s="1"/>
+      <c r="AL211" s="1"/>
+      <c r="AM211" s="1"/>
+      <c r="AN211" s="1"/>
+      <c r="AO211" s="1"/>
+      <c r="AP211" s="1"/>
+      <c r="AQ211" s="1"/>
+      <c r="AR211" s="1"/>
+      <c r="AS211" s="1"/>
+      <c r="AT211" s="1"/>
+      <c r="AU211" s="1"/>
+      <c r="AV211" s="1"/>
+      <c r="AW211" s="1"/>
+      <c r="AX211" s="1"/>
+      <c r="AY211" s="1"/>
+      <c r="AZ211" s="1"/>
+      <c r="BA211" s="1"/>
+      <c r="BB211" s="1"/>
+      <c r="BC211" s="1"/>
+      <c r="BD211" s="1"/>
+      <c r="BE211" s="1"/>
+      <c r="BF211" s="1"/>
+      <c r="BG211" s="1"/>
+      <c r="BH211" s="1"/>
+      <c r="BI211" s="1"/>
+      <c r="BJ211" s="1"/>
+      <c r="BK211" s="1"/>
+      <c r="BL211" s="1"/>
+      <c r="BM211" s="1"/>
+      <c r="BN211" s="1"/>
+      <c r="BO211" s="1"/>
+      <c r="BP211" s="1"/>
+      <c r="BQ211" s="1"/>
+    </row>
+    <row r="212" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C212" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E212" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H212" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I212" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J212" s="1">
+        <v>8</v>
+      </c>
+      <c r="K212" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L212" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M212" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N212" s="19"/>
+      <c r="O212" s="1"/>
+      <c r="P212" s="1"/>
+      <c r="Q212" s="1"/>
+      <c r="R212" s="1"/>
+      <c r="S212" s="1"/>
+      <c r="T212" s="1"/>
+      <c r="U212" s="1"/>
+      <c r="V212" s="1"/>
+      <c r="W212" s="1"/>
+      <c r="X212" s="1"/>
+      <c r="Y212" s="1"/>
+      <c r="Z212" s="1"/>
+      <c r="AA212" s="1"/>
+      <c r="AB212" s="1"/>
+      <c r="AC212" s="1"/>
+      <c r="AD212" s="1"/>
+      <c r="AE212" s="1"/>
+      <c r="AF212" s="1"/>
+      <c r="AG212" s="1"/>
+      <c r="AH212" s="1"/>
+      <c r="AI212" s="1"/>
+      <c r="AJ212" s="1"/>
+      <c r="AK212" s="1"/>
+      <c r="AL212" s="1"/>
+      <c r="AM212" s="1"/>
+      <c r="AN212" s="1"/>
+      <c r="AO212" s="1"/>
+      <c r="AP212" s="1"/>
+      <c r="AQ212" s="1"/>
+      <c r="AR212" s="1"/>
+      <c r="AS212" s="1"/>
+      <c r="AT212" s="1"/>
+      <c r="AU212" s="1"/>
+      <c r="AV212" s="1"/>
+      <c r="AW212" s="1"/>
+      <c r="AX212" s="1"/>
+      <c r="AY212" s="1"/>
+      <c r="AZ212" s="1"/>
+      <c r="BA212" s="1"/>
+      <c r="BB212" s="1"/>
+      <c r="BC212" s="1"/>
+      <c r="BD212" s="1"/>
+      <c r="BE212" s="1"/>
+      <c r="BF212" s="1"/>
+      <c r="BG212" s="1"/>
+      <c r="BH212" s="1"/>
+      <c r="BI212" s="1"/>
+      <c r="BJ212" s="1"/>
+      <c r="BK212" s="1"/>
+      <c r="BL212" s="1"/>
+      <c r="BM212" s="1"/>
+      <c r="BN212" s="1"/>
+      <c r="BO212" s="1"/>
+      <c r="BP212" s="1"/>
+      <c r="BQ212" s="1"/>
+    </row>
+    <row r="213" spans="1:69" s="18" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E213" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H213" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C211" s="1" t="s">
-[...123 lines deleted...]
-      </c>
       <c r="I213" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J213" s="1">
         <v>12</v>
       </c>
       <c r="K213" s="1" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="L213" s="1" t="s">
-        <v>61</v>
+        <v>108</v>
       </c>
       <c r="M213" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="214" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>109</v>
+      </c>
+      <c r="N213" s="19"/>
+      <c r="O213" s="1"/>
+      <c r="P213" s="1"/>
+      <c r="Q213" s="1"/>
+      <c r="R213" s="1"/>
+      <c r="S213" s="1"/>
+      <c r="T213" s="1"/>
+      <c r="U213" s="1"/>
+      <c r="V213" s="1"/>
+      <c r="W213" s="1"/>
+      <c r="X213" s="1"/>
+      <c r="Y213" s="1"/>
+      <c r="Z213" s="1"/>
+      <c r="AA213" s="1"/>
+      <c r="AB213" s="1"/>
+      <c r="AC213" s="1"/>
+      <c r="AD213" s="1"/>
+      <c r="AE213" s="1"/>
+      <c r="AF213" s="1"/>
+      <c r="AG213" s="1"/>
+      <c r="AH213" s="1"/>
+      <c r="AI213" s="1"/>
+      <c r="AJ213" s="1"/>
+      <c r="AK213" s="1"/>
+      <c r="AL213" s="1"/>
+      <c r="AM213" s="1"/>
+      <c r="AN213" s="1"/>
+      <c r="AO213" s="1"/>
+      <c r="AP213" s="1"/>
+      <c r="AQ213" s="1"/>
+      <c r="AR213" s="1"/>
+      <c r="AS213" s="1"/>
+      <c r="AT213" s="1"/>
+      <c r="AU213" s="1"/>
+      <c r="AV213" s="1"/>
+      <c r="AW213" s="1"/>
+      <c r="AX213" s="1"/>
+      <c r="AY213" s="1"/>
+      <c r="AZ213" s="1"/>
+      <c r="BA213" s="1"/>
+      <c r="BB213" s="1"/>
+      <c r="BC213" s="1"/>
+      <c r="BD213" s="1"/>
+      <c r="BE213" s="1"/>
+      <c r="BF213" s="1"/>
+      <c r="BG213" s="1"/>
+      <c r="BH213" s="1"/>
+      <c r="BI213" s="1"/>
+      <c r="BJ213" s="1"/>
+      <c r="BK213" s="1"/>
+      <c r="BL213" s="1"/>
+      <c r="BM213" s="1"/>
+      <c r="BN213" s="1"/>
+      <c r="BO213" s="1"/>
+      <c r="BP213" s="1"/>
+      <c r="BQ213" s="1"/>
+    </row>
+    <row r="214" spans="1:69" s="18" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A214" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E214" s="1" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>353</v>
+        <v>148</v>
       </c>
       <c r="G214" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H214" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H214" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I214" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J214" s="1">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="K214" s="1" t="s">
-        <v>36</v>
+        <v>115</v>
       </c>
       <c r="L214" s="1" t="s">
-        <v>61</v>
+        <v>115</v>
       </c>
       <c r="M214" s="1" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-    <row r="215" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="N214" s="3"/>
+      <c r="O214" s="1"/>
+      <c r="P214" s="1"/>
+      <c r="Q214" s="1"/>
+      <c r="R214" s="1"/>
+      <c r="S214" s="1"/>
+      <c r="T214" s="1"/>
+      <c r="U214" s="1"/>
+      <c r="V214" s="1"/>
+      <c r="W214" s="1"/>
+      <c r="X214" s="1"/>
+      <c r="Y214" s="1"/>
+      <c r="Z214" s="1"/>
+      <c r="AA214" s="1"/>
+      <c r="AB214" s="1"/>
+      <c r="AC214" s="1"/>
+      <c r="AD214" s="1"/>
+      <c r="AE214" s="1"/>
+      <c r="AF214" s="1"/>
+      <c r="AG214" s="1"/>
+      <c r="AH214" s="1"/>
+      <c r="AI214" s="1"/>
+      <c r="AJ214" s="1"/>
+      <c r="AK214" s="1"/>
+      <c r="AL214" s="1"/>
+      <c r="AM214" s="1"/>
+      <c r="AN214" s="1"/>
+      <c r="AO214" s="1"/>
+      <c r="AP214" s="1"/>
+      <c r="AQ214" s="1"/>
+      <c r="AR214" s="1"/>
+      <c r="AS214" s="1"/>
+      <c r="AT214" s="1"/>
+      <c r="AU214" s="1"/>
+      <c r="AV214" s="1"/>
+      <c r="AW214" s="1"/>
+      <c r="AX214" s="1"/>
+      <c r="AY214" s="1"/>
+      <c r="AZ214" s="1"/>
+      <c r="BA214" s="1"/>
+      <c r="BB214" s="1"/>
+      <c r="BC214" s="1"/>
+      <c r="BD214" s="1"/>
+      <c r="BE214" s="1"/>
+      <c r="BF214" s="1"/>
+      <c r="BG214" s="1"/>
+      <c r="BH214" s="1"/>
+      <c r="BI214" s="1"/>
+      <c r="BJ214" s="1"/>
+      <c r="BK214" s="1"/>
+      <c r="BL214" s="1"/>
+      <c r="BM214" s="1"/>
+      <c r="BN214" s="1"/>
+      <c r="BO214" s="1"/>
+      <c r="BP214" s="1"/>
+      <c r="BQ214" s="1"/>
+    </row>
+    <row r="215" spans="1:69" s="18" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A215" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E215" s="1" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>34</v>
+        <v>148</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="H215" s="1" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J215" s="1">
-        <v>51</v>
+        <v>2</v>
       </c>
       <c r="K215" s="1" t="s">
-        <v>34</v>
+        <v>115</v>
       </c>
       <c r="L215" s="1" t="s">
-        <v>61</v>
+        <v>115</v>
       </c>
       <c r="M215" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="216" spans="1:37" s="4" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="N215" s="19"/>
+      <c r="O215" s="2"/>
+      <c r="P215" s="2"/>
+      <c r="Q215" s="2"/>
+      <c r="R215" s="2"/>
+      <c r="S215" s="2"/>
+      <c r="T215" s="2"/>
+      <c r="U215" s="2"/>
+      <c r="V215" s="2"/>
+      <c r="W215" s="2"/>
+      <c r="X215" s="2"/>
+      <c r="Y215" s="2"/>
+      <c r="Z215" s="2"/>
+      <c r="AA215" s="2"/>
+      <c r="AB215" s="2"/>
+      <c r="AC215" s="2"/>
+      <c r="AD215" s="2"/>
+      <c r="AE215" s="2"/>
+      <c r="AF215" s="2"/>
+      <c r="AG215" s="2"/>
+      <c r="AH215" s="2"/>
+      <c r="AI215" s="2"/>
+      <c r="AJ215" s="2"/>
+      <c r="AK215" s="2"/>
+      <c r="AL215" s="2"/>
+      <c r="AM215" s="2"/>
+      <c r="AN215" s="2"/>
+      <c r="AO215" s="2"/>
+      <c r="AP215" s="2"/>
+      <c r="AQ215" s="2"/>
+      <c r="AR215" s="2"/>
+      <c r="AS215" s="2"/>
+      <c r="AT215" s="2"/>
+      <c r="AU215" s="2"/>
+      <c r="AV215" s="2"/>
+      <c r="AW215" s="2"/>
+      <c r="AX215" s="2"/>
+      <c r="AY215" s="2"/>
+      <c r="AZ215" s="2"/>
+      <c r="BA215" s="2"/>
+      <c r="BB215" s="2"/>
+      <c r="BC215" s="2"/>
+      <c r="BD215" s="2"/>
+      <c r="BE215" s="2"/>
+      <c r="BF215" s="2"/>
+      <c r="BG215" s="2"/>
+      <c r="BH215" s="2"/>
+      <c r="BI215" s="2"/>
+      <c r="BJ215" s="2"/>
+      <c r="BK215" s="2"/>
+      <c r="BL215" s="2"/>
+      <c r="BM215" s="2"/>
+      <c r="BN215" s="2"/>
+      <c r="BO215" s="2"/>
+      <c r="BP215" s="2"/>
+      <c r="BQ215" s="2"/>
+    </row>
+    <row r="216" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A216" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E216" s="1" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>34</v>
+        <v>351</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H216" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J216" s="1">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="K216" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L216" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="M216" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="217" spans="1:37" s="4" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>66</v>
+      </c>
+      <c r="N216" s="3"/>
+      <c r="O216" s="1"/>
+      <c r="P216" s="1"/>
+      <c r="Q216" s="1"/>
+      <c r="R216" s="1"/>
+      <c r="S216" s="1"/>
+      <c r="T216" s="1"/>
+      <c r="U216" s="1"/>
+      <c r="V216" s="1"/>
+      <c r="W216" s="1"/>
+      <c r="X216" s="1"/>
+      <c r="Y216" s="1"/>
+      <c r="Z216" s="1"/>
+      <c r="AA216" s="1"/>
+      <c r="AB216" s="1"/>
+      <c r="AC216" s="1"/>
+      <c r="AD216" s="1"/>
+      <c r="AE216" s="1"/>
+      <c r="AF216" s="1"/>
+      <c r="AG216" s="1"/>
+      <c r="AH216" s="1"/>
+      <c r="AI216" s="1"/>
+      <c r="AJ216" s="1"/>
+      <c r="AK216" s="1"/>
+      <c r="AL216" s="1"/>
+      <c r="AM216" s="1"/>
+      <c r="AN216" s="1"/>
+      <c r="AO216" s="1"/>
+      <c r="AP216" s="1"/>
+      <c r="AQ216" s="1"/>
+      <c r="AR216" s="1"/>
+      <c r="AS216" s="1"/>
+      <c r="AT216" s="1"/>
+      <c r="AU216" s="1"/>
+      <c r="AV216" s="1"/>
+      <c r="AW216" s="1"/>
+      <c r="AX216" s="1"/>
+      <c r="AY216" s="1"/>
+      <c r="AZ216" s="1"/>
+      <c r="BA216" s="1"/>
+      <c r="BB216" s="1"/>
+      <c r="BC216" s="1"/>
+      <c r="BD216" s="1"/>
+      <c r="BE216" s="1"/>
+      <c r="BF216" s="1"/>
+      <c r="BG216" s="1"/>
+      <c r="BH216" s="1"/>
+      <c r="BI216" s="1"/>
+      <c r="BJ216" s="1"/>
+      <c r="BK216" s="1"/>
+      <c r="BL216" s="1"/>
+      <c r="BM216" s="1"/>
+      <c r="BN216" s="1"/>
+      <c r="BO216" s="1"/>
+      <c r="BP216" s="1"/>
+      <c r="BQ216" s="1"/>
+    </row>
+    <row r="217" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A217" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E217" s="1" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>34</v>
+        <v>351</v>
       </c>
       <c r="G217" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H217" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I217" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J217" s="1">
+        <v>2</v>
+      </c>
+      <c r="K217" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L217" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M217" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N217" s="3"/>
+      <c r="O217" s="1"/>
+      <c r="P217" s="1"/>
+      <c r="Q217" s="1"/>
+      <c r="R217" s="1"/>
+      <c r="S217" s="1"/>
+      <c r="T217" s="1"/>
+      <c r="U217" s="1"/>
+      <c r="V217" s="1"/>
+      <c r="W217" s="1"/>
+      <c r="X217" s="1"/>
+      <c r="Y217" s="1"/>
+      <c r="Z217" s="1"/>
+      <c r="AA217" s="1"/>
+      <c r="AB217" s="1"/>
+      <c r="AC217" s="1"/>
+      <c r="AD217" s="1"/>
+      <c r="AE217" s="1"/>
+      <c r="AF217" s="1"/>
+      <c r="AG217" s="1"/>
+      <c r="AH217" s="1"/>
+      <c r="AI217" s="1"/>
+      <c r="AJ217" s="1"/>
+      <c r="AK217" s="1"/>
+      <c r="AL217" s="1"/>
+      <c r="AM217" s="1"/>
+      <c r="AN217" s="1"/>
+      <c r="AO217" s="1"/>
+      <c r="AP217" s="1"/>
+      <c r="AQ217" s="1"/>
+      <c r="AR217" s="1"/>
+      <c r="AS217" s="1"/>
+      <c r="AT217" s="1"/>
+      <c r="AU217" s="1"/>
+      <c r="AV217" s="1"/>
+      <c r="AW217" s="1"/>
+      <c r="AX217" s="1"/>
+      <c r="AY217" s="1"/>
+      <c r="AZ217" s="1"/>
+      <c r="BA217" s="1"/>
+      <c r="BB217" s="1"/>
+      <c r="BC217" s="1"/>
+      <c r="BD217" s="1"/>
+      <c r="BE217" s="1"/>
+      <c r="BF217" s="1"/>
+      <c r="BG217" s="1"/>
+      <c r="BH217" s="1"/>
+      <c r="BI217" s="1"/>
+      <c r="BJ217" s="1"/>
+      <c r="BK217" s="1"/>
+      <c r="BL217" s="1"/>
+      <c r="BM217" s="1"/>
+      <c r="BN217" s="1"/>
+      <c r="BO217" s="1"/>
+      <c r="BP217" s="1"/>
+      <c r="BQ217" s="1"/>
+    </row>
+    <row r="218" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C218" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E218" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H218" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H217" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J217" s="1">
+      <c r="I218" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J218" s="1">
+        <v>51</v>
+      </c>
+      <c r="K218" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L218" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M218" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N218" s="19"/>
+      <c r="O218" s="1"/>
+      <c r="P218" s="1"/>
+      <c r="Q218" s="1"/>
+      <c r="R218" s="1"/>
+      <c r="S218" s="1"/>
+      <c r="T218" s="1"/>
+      <c r="U218" s="1"/>
+      <c r="V218" s="1"/>
+      <c r="W218" s="1"/>
+      <c r="X218" s="1"/>
+      <c r="Y218" s="1"/>
+      <c r="Z218" s="1"/>
+      <c r="AA218" s="1"/>
+      <c r="AB218" s="1"/>
+      <c r="AC218" s="1"/>
+      <c r="AD218" s="1"/>
+      <c r="AE218" s="1"/>
+      <c r="AF218" s="1"/>
+      <c r="AG218" s="1"/>
+      <c r="AH218" s="1"/>
+      <c r="AI218" s="1"/>
+      <c r="AJ218" s="1"/>
+      <c r="AK218" s="1"/>
+      <c r="AL218" s="1"/>
+      <c r="AM218" s="1"/>
+      <c r="AN218" s="1"/>
+      <c r="AO218" s="1"/>
+      <c r="AP218" s="1"/>
+      <c r="AQ218" s="1"/>
+      <c r="AR218" s="1"/>
+      <c r="AS218" s="1"/>
+      <c r="AT218" s="1"/>
+      <c r="AU218" s="1"/>
+      <c r="AV218" s="1"/>
+      <c r="AW218" s="1"/>
+      <c r="AX218" s="1"/>
+      <c r="AY218" s="1"/>
+      <c r="AZ218" s="1"/>
+      <c r="BA218" s="1"/>
+      <c r="BB218" s="1"/>
+      <c r="BC218" s="1"/>
+      <c r="BD218" s="1"/>
+      <c r="BE218" s="1"/>
+      <c r="BF218" s="1"/>
+      <c r="BG218" s="1"/>
+      <c r="BH218" s="1"/>
+      <c r="BI218" s="1"/>
+      <c r="BJ218" s="1"/>
+      <c r="BK218" s="1"/>
+      <c r="BL218" s="1"/>
+      <c r="BM218" s="1"/>
+      <c r="BN218" s="1"/>
+      <c r="BO218" s="1"/>
+      <c r="BP218" s="1"/>
+      <c r="BQ218" s="1"/>
+    </row>
+    <row r="219" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E219" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H219" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I219" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J219" s="1">
+        <v>22</v>
+      </c>
+      <c r="K219" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L219" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M219" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N219" s="19"/>
+      <c r="O219" s="1"/>
+      <c r="P219" s="1"/>
+      <c r="Q219" s="1"/>
+      <c r="R219" s="1"/>
+      <c r="S219" s="1"/>
+      <c r="T219" s="1"/>
+      <c r="U219" s="1"/>
+      <c r="V219" s="1"/>
+      <c r="W219" s="1"/>
+      <c r="X219" s="1"/>
+      <c r="Y219" s="1"/>
+      <c r="Z219" s="1"/>
+      <c r="AA219" s="1"/>
+      <c r="AB219" s="1"/>
+      <c r="AC219" s="1"/>
+      <c r="AD219" s="1"/>
+      <c r="AE219" s="1"/>
+      <c r="AF219" s="1"/>
+      <c r="AG219" s="1"/>
+      <c r="AH219" s="1"/>
+      <c r="AI219" s="1"/>
+      <c r="AJ219" s="1"/>
+      <c r="AK219" s="1"/>
+      <c r="AL219" s="1"/>
+      <c r="AM219" s="1"/>
+      <c r="AN219" s="1"/>
+      <c r="AO219" s="1"/>
+      <c r="AP219" s="1"/>
+      <c r="AQ219" s="1"/>
+      <c r="AR219" s="1"/>
+      <c r="AS219" s="1"/>
+      <c r="AT219" s="1"/>
+      <c r="AU219" s="1"/>
+      <c r="AV219" s="1"/>
+      <c r="AW219" s="1"/>
+      <c r="AX219" s="1"/>
+      <c r="AY219" s="1"/>
+      <c r="AZ219" s="1"/>
+      <c r="BA219" s="1"/>
+      <c r="BB219" s="1"/>
+      <c r="BC219" s="1"/>
+      <c r="BD219" s="1"/>
+      <c r="BE219" s="1"/>
+      <c r="BF219" s="1"/>
+      <c r="BG219" s="1"/>
+      <c r="BH219" s="1"/>
+      <c r="BI219" s="1"/>
+      <c r="BJ219" s="1"/>
+      <c r="BK219" s="1"/>
+      <c r="BL219" s="1"/>
+      <c r="BM219" s="1"/>
+      <c r="BN219" s="1"/>
+      <c r="BO219" s="1"/>
+      <c r="BP219" s="1"/>
+      <c r="BQ219" s="1"/>
+    </row>
+    <row r="220" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C220" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E220" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H220" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I220" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J220" s="1">
         <v>8</v>
       </c>
-      <c r="K217" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L217" s="1" t="s">
+      <c r="K220" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L220" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M220" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="M217" s="1" t="s">
-[...130 lines deleted...]
-    <row r="221" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N220" s="19"/>
+    </row>
+    <row r="221" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A221" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E221" s="1" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G221" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H221" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H221" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I221" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J221" s="1">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="K221" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L221" s="1" t="s">
-        <v>109</v>
+        <v>36</v>
       </c>
       <c r="M221" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-    <row r="222" spans="1:37" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>113</v>
+      </c>
+      <c r="N221" s="3"/>
+    </row>
+    <row r="222" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A222" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E222" s="1" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H222" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J222" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K222" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L222" s="1" t="s">
-        <v>109</v>
+        <v>36</v>
       </c>
       <c r="M222" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-    <row r="223" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>113</v>
+      </c>
+      <c r="N222" s="3"/>
+    </row>
+    <row r="223" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A223" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E223" s="1" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G223" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H223" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I223" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J223" s="1">
+        <v>10</v>
+      </c>
+      <c r="K223" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L223" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M223" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N223" s="3"/>
+    </row>
+    <row r="224" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C224" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E224" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="F224" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H224" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H223" s="1" t="s">
-[...11 lines deleted...]
-      <c r="L223" s="1" t="s">
+      <c r="I224" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J224" s="1">
+        <v>38</v>
+      </c>
+      <c r="K224" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L224" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M224" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="M223" s="1" t="s">
-[...8 lines deleted...]
-      <c r="B224" s="1" t="s">
+      <c r="N224" s="3"/>
+    </row>
+    <row r="225" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E225" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H225" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C224" s="1" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="I225" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J225" s="1">
         <v>1</v>
       </c>
       <c r="K225" s="1" t="s">
-        <v>116</v>
+        <v>33</v>
       </c>
       <c r="L225" s="1" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="M225" s="1" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-    <row r="226" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>109</v>
+      </c>
+      <c r="N225" s="3"/>
+    </row>
+    <row r="226" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A226" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="C226" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C226" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E226" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="F226" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D226" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G226" s="1" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="H226" s="1" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J226" s="1">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="K226" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L226" s="1" t="s">
-        <v>61</v>
+        <v>108</v>
       </c>
       <c r="M226" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="227" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>109</v>
+      </c>
+      <c r="N226" s="3"/>
+    </row>
+    <row r="227" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A227" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C227" s="7" t="s">
+      <c r="C227" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E227" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H227" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I227" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J227" s="1">
+        <v>48</v>
+      </c>
+      <c r="K227" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L227" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M227" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N227" s="3"/>
+    </row>
+    <row r="228" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C228" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E228" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="F228" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H228" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I228" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J228" s="1">
+        <v>1</v>
+      </c>
+      <c r="K228" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L228" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M228" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="N228" s="3"/>
+    </row>
+    <row r="229" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C229" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E229" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="F229" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D227" s="1" t="s">
-[...17 lines deleted...]
-      <c r="J227" s="1">
+      <c r="G229" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H229" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I229" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J229" s="1">
+        <v>12</v>
+      </c>
+      <c r="K229" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L229" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M229" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N229" s="3"/>
+    </row>
+    <row r="230" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C230" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E230" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H230" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I230" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J230" s="1">
         <v>1</v>
       </c>
-      <c r="K227" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L227" s="1" t="s">
+      <c r="K230" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L230" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M230" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="M227" s="1" t="s">
-[...8 lines deleted...]
-      <c r="B228" s="1" t="s">
+      <c r="N230" s="3"/>
+    </row>
+    <row r="231" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C231" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E231" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H231" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I231" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J231" s="1">
+        <v>12</v>
+      </c>
+      <c r="K231" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L231" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M231" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N231" s="3"/>
+      <c r="O231" s="1"/>
+      <c r="P231" s="1"/>
+      <c r="Q231" s="1"/>
+      <c r="R231" s="1"/>
+      <c r="S231" s="1"/>
+      <c r="T231" s="1"/>
+      <c r="U231" s="1"/>
+      <c r="V231" s="1"/>
+      <c r="W231" s="1"/>
+      <c r="X231" s="1"/>
+      <c r="Y231" s="1"/>
+      <c r="Z231" s="1"/>
+      <c r="AA231" s="1"/>
+      <c r="AB231" s="1"/>
+      <c r="AC231" s="1"/>
+      <c r="AD231" s="1"/>
+      <c r="AE231" s="1"/>
+      <c r="AF231" s="1"/>
+      <c r="AG231" s="1"/>
+      <c r="AH231" s="1"/>
+      <c r="AI231" s="1"/>
+      <c r="AJ231" s="1"/>
+      <c r="AK231" s="1"/>
+      <c r="AL231" s="1"/>
+      <c r="AM231" s="1"/>
+      <c r="AN231" s="1"/>
+      <c r="AO231" s="1"/>
+      <c r="AP231" s="1"/>
+      <c r="AQ231" s="1"/>
+      <c r="AR231" s="1"/>
+      <c r="AS231" s="1"/>
+      <c r="AT231" s="1"/>
+      <c r="AU231" s="1"/>
+      <c r="AV231" s="1"/>
+      <c r="AW231" s="1"/>
+      <c r="AX231" s="1"/>
+      <c r="AY231" s="1"/>
+      <c r="AZ231" s="1"/>
+      <c r="BA231" s="1"/>
+      <c r="BB231" s="1"/>
+      <c r="BC231" s="1"/>
+      <c r="BD231" s="1"/>
+      <c r="BE231" s="1"/>
+      <c r="BF231" s="1"/>
+      <c r="BG231" s="1"/>
+      <c r="BH231" s="1"/>
+      <c r="BI231" s="1"/>
+      <c r="BJ231" s="1"/>
+      <c r="BK231" s="1"/>
+      <c r="BL231" s="1"/>
+      <c r="BM231" s="1"/>
+      <c r="BN231" s="1"/>
+      <c r="BO231" s="1"/>
+      <c r="BP231" s="1"/>
+      <c r="BQ231" s="1"/>
+    </row>
+    <row r="232" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C232" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E232" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H232" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C228" s="7" t="s">
-[...184 lines deleted...]
-      </c>
       <c r="I232" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J232" s="1">
         <v>2</v>
       </c>
       <c r="K232" s="1" t="s">
-        <v>116</v>
+        <v>33</v>
       </c>
       <c r="L232" s="1" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="M232" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="233" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>113</v>
+      </c>
+      <c r="N232" s="3"/>
+    </row>
+    <row r="233" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A233" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="C233" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E233" s="1" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>144</v>
+        <v>33</v>
       </c>
       <c r="G233" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H233" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I233" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J233" s="1">
+        <v>17</v>
+      </c>
+      <c r="K233" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L233" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="H233" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="M233" s="1" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-    <row r="234" spans="1:37" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>61</v>
+      </c>
+      <c r="N233" s="3"/>
+    </row>
+    <row r="234" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A234" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B234" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C234" s="1" t="s">
-        <v>20</v>
+      <c r="C234" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>384</v>
+        <v>328</v>
       </c>
       <c r="E234" s="1" t="s">
-        <v>386</v>
+        <v>373</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>387</v>
+        <v>33</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H234" s="1" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J234" s="1">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="K234" s="1" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="L234" s="1" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="M234" s="1" t="s">
-        <v>67</v>
-[...26 lines deleted...]
-    <row r="235" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>61</v>
+      </c>
+      <c r="N234" s="3"/>
+    </row>
+    <row r="235" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A235" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="C235" s="1" t="s">
-        <v>20</v>
+      <c r="C235" s="4" t="s">
+        <v>19</v>
       </c>
       <c r="D235" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E235" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="F235" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H235" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I235" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J235" s="1">
+        <v>2</v>
+      </c>
+      <c r="K235" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L235" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M235" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N235" s="3"/>
+    </row>
+    <row r="236" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C236" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E236" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H236" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I236" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J236" s="1">
+        <v>1</v>
+      </c>
+      <c r="K236" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L236" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M236" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N236" s="3"/>
+    </row>
+    <row r="237" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E237" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="E235" s="1" t="s">
+      <c r="F237" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H237" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I237" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J237" s="1">
+        <v>32</v>
+      </c>
+      <c r="K237" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L237" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M237" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N237" s="6"/>
+      <c r="O237" s="5"/>
+      <c r="P237" s="5"/>
+      <c r="Q237" s="5"/>
+      <c r="R237" s="5"/>
+      <c r="S237" s="5"/>
+      <c r="T237" s="5"/>
+      <c r="U237" s="5"/>
+      <c r="V237" s="5"/>
+      <c r="W237" s="5"/>
+      <c r="X237" s="5"/>
+      <c r="Y237" s="5"/>
+      <c r="Z237" s="5"/>
+      <c r="AA237" s="5"/>
+      <c r="AB237" s="5"/>
+      <c r="AC237" s="5"/>
+      <c r="AD237" s="5"/>
+      <c r="AE237" s="5"/>
+      <c r="AF237" s="5"/>
+      <c r="AG237" s="5"/>
+      <c r="AH237" s="5"/>
+      <c r="AI237" s="5"/>
+      <c r="AJ237" s="5"/>
+      <c r="AK237" s="5"/>
+      <c r="AL237" s="5"/>
+      <c r="AM237" s="5"/>
+      <c r="AN237" s="5"/>
+      <c r="AO237" s="5"/>
+      <c r="AP237" s="5"/>
+      <c r="AQ237" s="5"/>
+      <c r="AR237" s="5"/>
+      <c r="AS237" s="5"/>
+      <c r="AT237" s="5"/>
+      <c r="AU237" s="5"/>
+      <c r="AV237" s="5"/>
+      <c r="AW237" s="5"/>
+      <c r="AX237" s="5"/>
+      <c r="AY237" s="5"/>
+      <c r="AZ237" s="5"/>
+      <c r="BA237" s="5"/>
+      <c r="BB237" s="5"/>
+      <c r="BC237" s="5"/>
+      <c r="BD237" s="5"/>
+      <c r="BE237" s="5"/>
+      <c r="BF237" s="5"/>
+      <c r="BG237" s="5"/>
+      <c r="BH237" s="5"/>
+      <c r="BI237" s="5"/>
+      <c r="BJ237" s="5"/>
+      <c r="BK237" s="5"/>
+      <c r="BL237" s="5"/>
+      <c r="BM237" s="5"/>
+      <c r="BN237" s="5"/>
+      <c r="BO237" s="5"/>
+      <c r="BP237" s="5"/>
+      <c r="BQ237" s="5"/>
+    </row>
+    <row r="238" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C238" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E238" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H238" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I238" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J238" s="1">
+        <v>4</v>
+      </c>
+      <c r="K238" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L238" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M238" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N238" s="6"/>
+      <c r="O238" s="5"/>
+      <c r="P238" s="5"/>
+      <c r="Q238" s="5"/>
+      <c r="R238" s="5"/>
+      <c r="S238" s="5"/>
+      <c r="T238" s="5"/>
+      <c r="U238" s="5"/>
+      <c r="V238" s="5"/>
+      <c r="W238" s="5"/>
+      <c r="X238" s="5"/>
+      <c r="Y238" s="5"/>
+      <c r="Z238" s="5"/>
+      <c r="AA238" s="5"/>
+      <c r="AB238" s="5"/>
+      <c r="AC238" s="5"/>
+      <c r="AD238" s="5"/>
+      <c r="AE238" s="5"/>
+      <c r="AF238" s="5"/>
+      <c r="AG238" s="5"/>
+      <c r="AH238" s="5"/>
+      <c r="AI238" s="5"/>
+      <c r="AJ238" s="5"/>
+      <c r="AK238" s="5"/>
+      <c r="AL238" s="5"/>
+      <c r="AM238" s="5"/>
+      <c r="AN238" s="5"/>
+      <c r="AO238" s="5"/>
+      <c r="AP238" s="5"/>
+      <c r="AQ238" s="5"/>
+      <c r="AR238" s="5"/>
+      <c r="AS238" s="5"/>
+      <c r="AT238" s="5"/>
+      <c r="AU238" s="5"/>
+      <c r="AV238" s="5"/>
+      <c r="AW238" s="5"/>
+      <c r="AX238" s="5"/>
+      <c r="AY238" s="5"/>
+      <c r="AZ238" s="5"/>
+      <c r="BA238" s="5"/>
+      <c r="BB238" s="5"/>
+      <c r="BC238" s="5"/>
+      <c r="BD238" s="5"/>
+      <c r="BE238" s="5"/>
+      <c r="BF238" s="5"/>
+      <c r="BG238" s="5"/>
+      <c r="BH238" s="5"/>
+      <c r="BI238" s="5"/>
+      <c r="BJ238" s="5"/>
+      <c r="BK238" s="5"/>
+      <c r="BL238" s="5"/>
+      <c r="BM238" s="5"/>
+      <c r="BN238" s="5"/>
+      <c r="BO238" s="5"/>
+      <c r="BP238" s="5"/>
+      <c r="BQ238" s="5"/>
+    </row>
+    <row r="239" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E239" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="F235" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G235" s="1" t="s">
+      <c r="F239" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H239" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H235" s="1" t="s">
-[...35 lines deleted...]
-      <c r="F236" s="1" t="s">
+      <c r="I239" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J239" s="1">
+        <v>19</v>
+      </c>
+      <c r="K239" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L239" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="G236" s="1" t="s">
-[...14 lines deleted...]
-      <c r="L236" s="1" t="s">
+      <c r="M239" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="M236" s="1" t="s">
-[...130 lines deleted...]
-    <row r="240" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N239" s="3"/>
+    </row>
+    <row r="240" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A240" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B240" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="E240" s="1" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="H240" s="1" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J240" s="1">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="K240" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L240" s="1" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="M240" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="241" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+      <c r="N240" s="3"/>
+    </row>
+    <row r="241" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A241" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C241" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E241" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H241" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I241" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J241" s="1">
+        <v>14</v>
+      </c>
+      <c r="K241" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L241" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M241" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N241" s="3"/>
+    </row>
+    <row r="242" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C242" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E242" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H242" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I242" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J242" s="1">
+        <v>1</v>
+      </c>
+      <c r="K242" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L242" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M242" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N242" s="3"/>
+    </row>
+    <row r="243" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E243" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="F243" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D241" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G241" s="1" t="s">
+      <c r="G243" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H243" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H241" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J241" s="1">
+      <c r="I243" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J243" s="1">
+        <v>10</v>
+      </c>
+      <c r="K243" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L243" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M243" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N243" s="3"/>
+    </row>
+    <row r="244" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C244" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E244" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H244" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I244" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J244" s="1">
         <v>1</v>
       </c>
-      <c r="K241" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L241" s="1" t="s">
+      <c r="K244" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L244" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M244" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="M241" s="1" t="s">
-[...130 lines deleted...]
-    <row r="245" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N244" s="3"/>
+    </row>
+    <row r="245" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A245" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B245" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="E245" s="1" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G245" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H245" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I245" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J245" s="1">
+        <v>19</v>
+      </c>
+      <c r="K245" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L245" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M245" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="N245" s="19"/>
+    </row>
+    <row r="246" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C246" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E246" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="F246" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H246" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I246" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J246" s="1">
+        <v>2</v>
+      </c>
+      <c r="K246" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L246" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M246" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="N246" s="19"/>
+    </row>
+    <row r="247" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E247" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H247" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H245" s="1" t="s">
-[...2 lines deleted...]
-      <c r="I245" s="1" t="s">
+      <c r="I247" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J247" s="1">
+        <v>43</v>
+      </c>
+      <c r="K247" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L247" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M247" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N247" s="3"/>
+    </row>
+    <row r="248" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A248" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="E248" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="F248" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H248" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I248" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J248" s="1">
+        <v>3</v>
+      </c>
+      <c r="K248" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L248" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M248" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N248" s="3"/>
+    </row>
+    <row r="249" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B249" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J245" s="1">
-[...17 lines deleted...]
-      <c r="B246" s="1" t="s">
+      <c r="C249" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E249" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H249" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I249" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J249" s="1">
+        <v>9</v>
+      </c>
+      <c r="K249" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L249" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M249" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N249" s="3"/>
+    </row>
+    <row r="250" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="C250" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C246" s="1" t="s">
-[...17 lines deleted...]
-      <c r="I246" s="1" t="s">
+      <c r="D250" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E250" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H250" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I250" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J250" s="1">
+        <v>2</v>
+      </c>
+      <c r="K250" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L250" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M250" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N250" s="3"/>
+    </row>
+    <row r="251" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E251" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="F251" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H251" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I251" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J251" s="1">
+        <v>14</v>
+      </c>
+      <c r="K251" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L251" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M251" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N251" s="3"/>
+    </row>
+    <row r="252" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B252" s="11" t="s">
+        <v>437</v>
+      </c>
+      <c r="C252" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="E252" s="4" t="s">
+        <v>436</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H252" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I252" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J252" s="1">
+        <v>12</v>
+      </c>
+      <c r="K252" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L252" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M252" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N252" s="3"/>
+    </row>
+    <row r="253" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="C253" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E253" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="F253" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H253" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I253" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J253" s="1">
+        <v>186</v>
+      </c>
+      <c r="K253" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L253" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M253" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N253" s="3"/>
+    </row>
+    <row r="254" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="C254" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E254" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="F254" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H254" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I254" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J254" s="1">
+        <v>10</v>
+      </c>
+      <c r="K254" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L254" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M254" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N254" s="3"/>
+    </row>
+    <row r="255" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B255" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="J246" s="1">
-[...17 lines deleted...]
-      <c r="B247" s="1" t="s">
+      <c r="C255" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E255" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="F255" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H255" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I255" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J255" s="1">
+        <v>86</v>
+      </c>
+      <c r="K255" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L255" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M255" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N255" s="17"/>
+      <c r="O255" s="18"/>
+      <c r="P255" s="18"/>
+      <c r="Q255" s="18"/>
+      <c r="R255" s="18"/>
+      <c r="S255" s="18"/>
+      <c r="T255" s="18"/>
+      <c r="U255" s="18"/>
+      <c r="V255" s="18"/>
+      <c r="W255" s="18"/>
+      <c r="X255" s="18"/>
+      <c r="Y255" s="18"/>
+      <c r="Z255" s="18"/>
+      <c r="AA255" s="18"/>
+      <c r="AB255" s="18"/>
+      <c r="AC255" s="18"/>
+      <c r="AD255" s="18"/>
+      <c r="AE255" s="18"/>
+      <c r="AF255" s="18"/>
+      <c r="AG255" s="18"/>
+      <c r="AH255" s="18"/>
+      <c r="AI255" s="18"/>
+      <c r="AJ255" s="18"/>
+      <c r="AK255" s="18"/>
+      <c r="AL255" s="18"/>
+      <c r="AM255" s="18"/>
+      <c r="AN255" s="18"/>
+      <c r="AO255" s="18"/>
+      <c r="AP255" s="18"/>
+      <c r="AQ255" s="18"/>
+      <c r="AR255" s="18"/>
+      <c r="AS255" s="18"/>
+      <c r="AT255" s="18"/>
+      <c r="AU255" s="18"/>
+      <c r="AV255" s="18"/>
+      <c r="AW255" s="18"/>
+      <c r="AX255" s="18"/>
+      <c r="AY255" s="18"/>
+      <c r="AZ255" s="18"/>
+      <c r="BA255" s="18"/>
+      <c r="BB255" s="18"/>
+      <c r="BC255" s="18"/>
+      <c r="BD255" s="18"/>
+      <c r="BE255" s="18"/>
+      <c r="BF255" s="18"/>
+      <c r="BG255" s="18"/>
+      <c r="BH255" s="18"/>
+      <c r="BI255" s="18"/>
+      <c r="BJ255" s="18"/>
+      <c r="BK255" s="18"/>
+      <c r="BL255" s="18"/>
+      <c r="BM255" s="18"/>
+      <c r="BN255" s="18"/>
+      <c r="BO255" s="18"/>
+      <c r="BP255" s="18"/>
+      <c r="BQ255" s="18"/>
+    </row>
+    <row r="256" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A256" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C256" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E256" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="F256" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H256" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C247" s="1" t="s">
-[...394 lines deleted...]
-      </c>
       <c r="I256" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J256" s="1">
         <v>8</v>
       </c>
       <c r="K256" s="1" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="L256" s="1" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="M256" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N256" s="6"/>
+      <c r="O256" s="5"/>
+      <c r="P256" s="5"/>
+      <c r="Q256" s="5"/>
+      <c r="R256" s="5"/>
+      <c r="S256" s="5"/>
+      <c r="T256" s="5"/>
+      <c r="U256" s="5"/>
+      <c r="V256" s="5"/>
+      <c r="W256" s="5"/>
+      <c r="X256" s="5"/>
+      <c r="Y256" s="5"/>
+      <c r="Z256" s="5"/>
+      <c r="AA256" s="5"/>
+      <c r="AB256" s="5"/>
+      <c r="AC256" s="5"/>
+      <c r="AD256" s="5"/>
+      <c r="AE256" s="5"/>
+      <c r="AF256" s="5"/>
+      <c r="AG256" s="5"/>
+      <c r="AH256" s="5"/>
+      <c r="AI256" s="5"/>
+      <c r="AJ256" s="5"/>
+      <c r="AK256" s="5"/>
+      <c r="AL256" s="5"/>
+      <c r="AM256" s="5"/>
+      <c r="AN256" s="5"/>
+      <c r="AO256" s="5"/>
+      <c r="AP256" s="5"/>
+      <c r="AQ256" s="5"/>
+      <c r="AR256" s="5"/>
+      <c r="AS256" s="5"/>
+      <c r="AT256" s="5"/>
+      <c r="AU256" s="5"/>
+      <c r="AV256" s="5"/>
+      <c r="AW256" s="5"/>
+      <c r="AX256" s="5"/>
+      <c r="AY256" s="5"/>
+      <c r="AZ256" s="5"/>
+      <c r="BA256" s="5"/>
+      <c r="BB256" s="5"/>
+      <c r="BC256" s="5"/>
+      <c r="BD256" s="5"/>
+      <c r="BE256" s="5"/>
+      <c r="BF256" s="5"/>
+      <c r="BG256" s="5"/>
+      <c r="BH256" s="5"/>
+      <c r="BI256" s="5"/>
+      <c r="BJ256" s="5"/>
+      <c r="BK256" s="5"/>
+      <c r="BL256" s="5"/>
+      <c r="BM256" s="5"/>
+      <c r="BN256" s="5"/>
+      <c r="BO256" s="5"/>
+      <c r="BP256" s="5"/>
+      <c r="BQ256" s="5"/>
+    </row>
+    <row r="257" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B257" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C257" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E257" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="F257" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="H257" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I257" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J257" s="1">
+        <v>61</v>
+      </c>
+      <c r="K257" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L257" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="N256" s="9"/>
-[...5 lines deleted...]
-      <c r="B257" s="7" t="s">
+      <c r="M257" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N257" s="3"/>
+    </row>
+    <row r="258" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B258" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C258" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E258" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="F258" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="H258" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C257" s="7" t="s">
-[...8 lines deleted...]
-      <c r="F257" s="1" t="s">
+      <c r="I258" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J258" s="1">
+        <v>8</v>
+      </c>
+      <c r="K258" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L258" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G257" s="1" t="s">
-[...8 lines deleted...]
-      <c r="J257" s="1">
+      <c r="M258" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N258" s="3"/>
+    </row>
+    <row r="259" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A259" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B259" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C259" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E259" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="F259" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="H259" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I259" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J259" s="1">
         <v>8</v>
       </c>
-      <c r="K257" s="1" t="s">
-[...5 lines deleted...]
-      <c r="M257" s="1" t="s">
+      <c r="K259" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L259" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="N257" s="6"/>
-[...5 lines deleted...]
-      <c r="B258" s="7" t="s">
+      <c r="M259" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N259" s="3"/>
+    </row>
+    <row r="260" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B260" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C260" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E260" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="F260" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H260" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I260" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J260" s="1">
         <v>24</v>
       </c>
-      <c r="C258" s="7" t="s">
-[...8 lines deleted...]
-      <c r="F258" s="1" t="s">
+      <c r="K260" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L260" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M260" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="G258" s="1" t="s">
-[...11 lines deleted...]
-      <c r="K258" s="1" t="s">
+      <c r="N260" s="3"/>
+    </row>
+    <row r="261" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B261" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C261" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E261" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="F261" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H261" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I261" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J261" s="1">
+        <v>12</v>
+      </c>
+      <c r="K261" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L261" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="L258" s="1" t="s">
-[...23 lines deleted...]
-      <c r="F259" s="1" t="s">
+      <c r="M261" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="G259" s="1" t="s">
-[...106 lines deleted...]
-    <row r="262" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N261" s="3"/>
+    </row>
+    <row r="262" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A262" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>589</v>
+      </c>
+      <c r="B262" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C262" s="4" t="s">
+        <v>19</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>454</v>
+        <v>438</v>
+      </c>
+      <c r="E262" s="1" t="s">
+        <v>450</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H262" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J262" s="1">
         <v>4</v>
       </c>
       <c r="K262" s="1" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="L262" s="1" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="M262" s="1" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-    <row r="263" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+      <c r="N262" s="3"/>
+    </row>
+    <row r="263" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A263" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C263" s="7" t="s">
+        <v>589</v>
+      </c>
+      <c r="B263" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C263" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E263" s="9" t="s">
+        <v>452</v>
+      </c>
+      <c r="F263" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D263" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G263" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H263" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H263" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I263" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J263" s="1">
+        <v>39</v>
+      </c>
+      <c r="K263" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L263" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M263" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="N263" s="3"/>
+    </row>
+    <row r="264" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B264" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C264" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E264" s="9" t="s">
+        <v>452</v>
+      </c>
+      <c r="F264" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H264" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I264" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J264" s="1">
+        <v>4</v>
+      </c>
+      <c r="K264" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L264" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M264" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="N264" s="3"/>
+    </row>
+    <row r="265" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B265" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C265" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E265" s="9" t="s">
+        <v>453</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H265" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I265" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J265" s="1">
         <v>78</v>
       </c>
-      <c r="K263" s="1" t="s">
+      <c r="K265" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L265" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="L263" s="1" t="s">
+      <c r="M265" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="M263" s="1" t="s">
-[...38 lines deleted...]
-      <c r="L264" s="1" t="s">
+      <c r="N265" s="3"/>
+    </row>
+    <row r="266" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B266" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C266" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E266" s="9" t="s">
+        <v>453</v>
+      </c>
+      <c r="F266" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="M264" s="1" t="s">
-[...50 lines deleted...]
-      <c r="B266" s="7" t="s">
+      <c r="G266" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H266" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C266" s="7" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I266" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J266" s="1">
         <v>9</v>
       </c>
       <c r="K266" s="1" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="L266" s="1" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="M266" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="267" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>75</v>
+      </c>
+      <c r="N266" s="3"/>
+    </row>
+    <row r="267" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A267" s="1" t="s">
-        <v>587</v>
-[...4 lines deleted...]
-      <c r="C267" s="7" t="s">
+        <v>589</v>
+      </c>
+      <c r="B267" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C267" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E267" s="9" t="s">
+        <v>453</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H267" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I267" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J267" s="1">
+        <v>8</v>
+      </c>
+      <c r="K267" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L267" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="M267" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="N267" s="3"/>
+    </row>
+    <row r="268" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B268" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C268" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E268" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="F268" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D267" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G267" s="1" t="s">
+      <c r="G268" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H268" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H267" s="1" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="I268" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J268" s="1">
         <v>9</v>
       </c>
       <c r="K268" s="1" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="L268" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="M268" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="269" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>61</v>
+      </c>
+      <c r="N268" s="3"/>
+    </row>
+    <row r="269" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A269" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B269" s="7" t="s">
+        <v>589</v>
+      </c>
+      <c r="B269" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C269" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E269" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="F269" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H269" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C269" s="7" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I269" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J269" s="1">
         <v>1</v>
       </c>
       <c r="K269" s="1" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="L269" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M269" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N269" s="3"/>
+    </row>
+    <row r="270" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B270" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C270" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E270" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="F270" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H270" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I270" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J270" s="1">
+        <v>9</v>
+      </c>
+      <c r="K270" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L270" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M270" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="M269" s="1" t="s">
-[...8 lines deleted...]
-      <c r="B270" s="7" t="s">
+      <c r="N270" s="3"/>
+    </row>
+    <row r="271" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B271" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C271" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E271" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="F271" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H271" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C270" s="7" t="s">
+      <c r="I271" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J271" s="1">
+        <v>1</v>
+      </c>
+      <c r="K271" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L271" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M271" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="N271" s="3"/>
+    </row>
+    <row r="272" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B272" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C272" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E272" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="F272" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D270" s="1" t="s">
-[...91 lines deleted...]
-      </c>
       <c r="G272" s="1" t="s">
-        <v>40</v>
+        <v>206</v>
       </c>
       <c r="H272" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>18</v>
+        <v>294</v>
       </c>
       <c r="J272" s="1">
         <v>28</v>
       </c>
       <c r="K272" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L272" s="1" t="s">
-        <v>109</v>
+        <v>36</v>
       </c>
       <c r="M272" s="1" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-    <row r="273" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>113</v>
+      </c>
+      <c r="N272" s="3"/>
+    </row>
+    <row r="273" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A273" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>589</v>
+      </c>
+      <c r="B273" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C273" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>469</v>
+        <v>438</v>
+      </c>
+      <c r="E273" s="1" t="s">
+        <v>461</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>312</v>
+        <v>206</v>
       </c>
       <c r="H273" s="1" t="s">
-        <v>456</v>
+        <v>25</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>18</v>
+        <v>294</v>
       </c>
       <c r="J273" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K273" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L273" s="1" t="s">
-        <v>61</v>
+        <v>36</v>
       </c>
       <c r="M273" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="274" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>113</v>
+      </c>
+      <c r="N273" s="3"/>
+    </row>
+    <row r="274" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A274" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>589</v>
+      </c>
+      <c r="B274" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C274" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>470</v>
+        <v>438</v>
+      </c>
+      <c r="E274" s="1" t="s">
+        <v>462</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>312</v>
+        <v>39</v>
       </c>
       <c r="H274" s="1" t="s">
-        <v>456</v>
+        <v>16</v>
       </c>
       <c r="I274" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J274" s="1">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="K274" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L274" s="1" t="s">
-        <v>61</v>
+        <v>108</v>
       </c>
       <c r="M274" s="1" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-    <row r="275" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>295</v>
+      </c>
+      <c r="N274" s="3"/>
+    </row>
+    <row r="275" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A275" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>589</v>
+      </c>
+      <c r="B275" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>19</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>471</v>
+        <v>438</v>
+      </c>
+      <c r="E275" s="9" t="s">
+        <v>467</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="H275" s="1" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J275" s="1">
         <v>1</v>
       </c>
       <c r="K275" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L275" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M275" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="M275" s="1" t="s">
-[...4 lines deleted...]
-    <row r="276" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N275" s="3"/>
+    </row>
+    <row r="276" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A276" s="1" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>589</v>
+      </c>
+      <c r="B276" s="4" t="s">
+        <v>19</v>
       </c>
       <c r="C276" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E276" s="9" t="s">
+        <v>468</v>
+      </c>
+      <c r="F276" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H276" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="I276" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J276" s="1">
+        <v>1</v>
+      </c>
+      <c r="K276" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L276" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M276" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N276" s="3"/>
+    </row>
+    <row r="277" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C277" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E277" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="F277" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H277" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I277" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J277" s="1">
+        <v>8</v>
+      </c>
+      <c r="K277" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L277" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M277" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="N277" s="3"/>
+    </row>
+    <row r="278" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C278" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E278" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="F278" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H278" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I278" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J278" s="1">
+        <v>2</v>
+      </c>
+      <c r="K278" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L278" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M278" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="N278" s="3"/>
+    </row>
+    <row r="279" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B279" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E279" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="F279" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H279" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I279" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J279" s="7">
+        <v>13</v>
+      </c>
+      <c r="K279" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L279" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M279" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D276" s="1" t="s">
-[...20 lines deleted...]
-      <c r="K276" s="1" t="s">
+      <c r="N279" s="3"/>
+    </row>
+    <row r="280" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B280" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C280" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E280" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="F280" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H280" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I280" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J280" s="7">
+        <v>1</v>
+      </c>
+      <c r="K280" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L280" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L276" s="1" t="s">
-[...14 lines deleted...]
-      <c r="C277" s="1" t="s">
+      <c r="M280" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D277" s="1" t="s">
-[...50 lines deleted...]
-      <c r="G278" s="1" t="s">
+      <c r="N280" s="3"/>
+    </row>
+    <row r="281" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B281" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C281" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E281" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="F281" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H281" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H278" s="1" t="s">
-[...89 lines deleted...]
-      <c r="J280" s="10">
+      <c r="I281" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J281" s="7">
         <v>6</v>
       </c>
-      <c r="K280" s="1" t="s">
-[...63 lines deleted...]
-      </c>
       <c r="K281" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="L281" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="M281" s="1" t="s">
-        <v>42</v>
-[...26 lines deleted...]
-    <row r="282" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="N281" s="3"/>
+    </row>
+    <row r="282" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A282" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="B282" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C282" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E282" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="F282" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H282" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I282" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J282" s="7">
+        <v>7</v>
+      </c>
+      <c r="K282" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L282" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M282" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N282" s="19"/>
+    </row>
+    <row r="283" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C283" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E283" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="F283" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H283" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I283" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J283" s="7">
+        <v>8</v>
+      </c>
+      <c r="K283" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L283" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M283" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="N283" s="19"/>
+    </row>
+    <row r="284" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C284" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E284" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="F284" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H284" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I284" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J284" s="7">
+        <v>31</v>
+      </c>
+      <c r="K284" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L284" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M284" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="N284" s="19"/>
+    </row>
+    <row r="285" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C285" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E285" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="F285" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H285" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I285" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J285" s="7">
+        <v>3</v>
+      </c>
+      <c r="K285" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L285" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M285" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="N285" s="19"/>
+    </row>
+    <row r="286" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C286" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E286" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="F286" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H286" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I286" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J286" s="7">
+        <v>1</v>
+      </c>
+      <c r="K286" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L286" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M286" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="N286" s="19"/>
+    </row>
+    <row r="287" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B287" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C287" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E287" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="F287" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H287" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I287" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J287" s="1">
+        <v>33</v>
+      </c>
+      <c r="K287" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L287" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M287" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N287" s="19"/>
+      <c r="O287" s="1"/>
+      <c r="P287" s="1"/>
+      <c r="Q287" s="1"/>
+      <c r="R287" s="1"/>
+      <c r="S287" s="1"/>
+      <c r="T287" s="1"/>
+      <c r="U287" s="1"/>
+      <c r="V287" s="1"/>
+      <c r="W287" s="1"/>
+      <c r="X287" s="1"/>
+      <c r="Y287" s="1"/>
+      <c r="Z287" s="1"/>
+      <c r="AA287" s="1"/>
+      <c r="AB287" s="1"/>
+      <c r="AC287" s="1"/>
+      <c r="AD287" s="1"/>
+      <c r="AE287" s="1"/>
+      <c r="AF287" s="1"/>
+      <c r="AG287" s="1"/>
+      <c r="AH287" s="1"/>
+      <c r="AI287" s="1"/>
+      <c r="AJ287" s="1"/>
+      <c r="AK287" s="1"/>
+      <c r="AL287" s="1"/>
+      <c r="AM287" s="1"/>
+      <c r="AN287" s="1"/>
+      <c r="AO287" s="1"/>
+      <c r="AP287" s="1"/>
+      <c r="AQ287" s="1"/>
+      <c r="AR287" s="1"/>
+      <c r="AS287" s="1"/>
+      <c r="AT287" s="1"/>
+      <c r="AU287" s="1"/>
+      <c r="AV287" s="1"/>
+      <c r="AW287" s="1"/>
+      <c r="AX287" s="1"/>
+      <c r="AY287" s="1"/>
+      <c r="AZ287" s="1"/>
+      <c r="BA287" s="1"/>
+      <c r="BB287" s="1"/>
+      <c r="BC287" s="1"/>
+      <c r="BD287" s="1"/>
+      <c r="BE287" s="1"/>
+      <c r="BF287" s="1"/>
+      <c r="BG287" s="1"/>
+      <c r="BH287" s="1"/>
+      <c r="BI287" s="1"/>
+      <c r="BJ287" s="1"/>
+      <c r="BK287" s="1"/>
+      <c r="BL287" s="1"/>
+      <c r="BM287" s="1"/>
+      <c r="BN287" s="1"/>
+      <c r="BO287" s="1"/>
+      <c r="BP287" s="1"/>
+      <c r="BQ287" s="1"/>
+    </row>
+    <row r="288" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B288" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C288" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E288" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="F288" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H288" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I288" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J288" s="1">
+        <v>7</v>
+      </c>
+      <c r="K288" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L288" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M288" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N288" s="19"/>
+      <c r="O288" s="1"/>
+      <c r="P288" s="1"/>
+      <c r="Q288" s="1"/>
+      <c r="R288" s="1"/>
+      <c r="S288" s="1"/>
+      <c r="T288" s="1"/>
+      <c r="U288" s="1"/>
+      <c r="V288" s="1"/>
+      <c r="W288" s="1"/>
+      <c r="X288" s="1"/>
+      <c r="Y288" s="1"/>
+      <c r="Z288" s="1"/>
+      <c r="AA288" s="1"/>
+      <c r="AB288" s="1"/>
+      <c r="AC288" s="1"/>
+      <c r="AD288" s="1"/>
+      <c r="AE288" s="1"/>
+      <c r="AF288" s="1"/>
+      <c r="AG288" s="1"/>
+      <c r="AH288" s="1"/>
+      <c r="AI288" s="1"/>
+      <c r="AJ288" s="1"/>
+      <c r="AK288" s="1"/>
+      <c r="AL288" s="1"/>
+      <c r="AM288" s="1"/>
+      <c r="AN288" s="1"/>
+      <c r="AO288" s="1"/>
+      <c r="AP288" s="1"/>
+      <c r="AQ288" s="1"/>
+      <c r="AR288" s="1"/>
+      <c r="AS288" s="1"/>
+      <c r="AT288" s="1"/>
+      <c r="AU288" s="1"/>
+      <c r="AV288" s="1"/>
+      <c r="AW288" s="1"/>
+      <c r="AX288" s="1"/>
+      <c r="AY288" s="1"/>
+      <c r="AZ288" s="1"/>
+      <c r="BA288" s="1"/>
+      <c r="BB288" s="1"/>
+      <c r="BC288" s="1"/>
+      <c r="BD288" s="1"/>
+      <c r="BE288" s="1"/>
+      <c r="BF288" s="1"/>
+      <c r="BG288" s="1"/>
+      <c r="BH288" s="1"/>
+      <c r="BI288" s="1"/>
+      <c r="BJ288" s="1"/>
+      <c r="BK288" s="1"/>
+      <c r="BL288" s="1"/>
+      <c r="BM288" s="1"/>
+      <c r="BN288" s="1"/>
+      <c r="BO288" s="1"/>
+      <c r="BP288" s="1"/>
+      <c r="BQ288" s="1"/>
+    </row>
+    <row r="289" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B289" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C289" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E289" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="F289" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D282" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G282" s="1" t="s">
+      <c r="G289" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H289" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H282" s="1" t="s">
-[...50 lines deleted...]
-      <c r="K283" s="1" t="s">
+      <c r="I289" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J289" s="1">
+        <v>15</v>
+      </c>
+      <c r="K289" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L289" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L283" s="1" t="s">
-[...53 lines deleted...]
-      <c r="B285" s="1" t="s">
+      <c r="M289" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C285" s="1" t="s">
-[...175 lines deleted...]
-      <c r="L288" s="1" t="s">
+      <c r="N289" s="19"/>
+      <c r="O289" s="1"/>
+      <c r="P289" s="1"/>
+      <c r="Q289" s="1"/>
+      <c r="R289" s="1"/>
+      <c r="S289" s="1"/>
+      <c r="T289" s="1"/>
+      <c r="U289" s="1"/>
+      <c r="V289" s="1"/>
+      <c r="W289" s="1"/>
+      <c r="X289" s="1"/>
+      <c r="Y289" s="1"/>
+      <c r="Z289" s="1"/>
+      <c r="AA289" s="1"/>
+      <c r="AB289" s="1"/>
+      <c r="AC289" s="1"/>
+      <c r="AD289" s="1"/>
+      <c r="AE289" s="1"/>
+      <c r="AF289" s="1"/>
+      <c r="AG289" s="1"/>
+      <c r="AH289" s="1"/>
+      <c r="AI289" s="1"/>
+      <c r="AJ289" s="1"/>
+      <c r="AK289" s="1"/>
+      <c r="AL289" s="1"/>
+      <c r="AM289" s="1"/>
+      <c r="AN289" s="1"/>
+      <c r="AO289" s="1"/>
+      <c r="AP289" s="1"/>
+      <c r="AQ289" s="1"/>
+      <c r="AR289" s="1"/>
+      <c r="AS289" s="1"/>
+      <c r="AT289" s="1"/>
+      <c r="AU289" s="1"/>
+      <c r="AV289" s="1"/>
+      <c r="AW289" s="1"/>
+      <c r="AX289" s="1"/>
+      <c r="AY289" s="1"/>
+      <c r="AZ289" s="1"/>
+      <c r="BA289" s="1"/>
+      <c r="BB289" s="1"/>
+      <c r="BC289" s="1"/>
+      <c r="BD289" s="1"/>
+      <c r="BE289" s="1"/>
+      <c r="BF289" s="1"/>
+      <c r="BG289" s="1"/>
+      <c r="BH289" s="1"/>
+      <c r="BI289" s="1"/>
+      <c r="BJ289" s="1"/>
+      <c r="BK289" s="1"/>
+      <c r="BL289" s="1"/>
+      <c r="BM289" s="1"/>
+      <c r="BN289" s="1"/>
+      <c r="BO289" s="1"/>
+      <c r="BP289" s="1"/>
+      <c r="BQ289" s="1"/>
+    </row>
+    <row r="290" spans="1:69" s="18" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B290" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="M288" s="1" t="s">
-[...77 lines deleted...]
-        <v>33</v>
+      <c r="C290" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="E290" s="1" t="s">
         <v>543</v>
       </c>
       <c r="F290" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H290" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I290" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J290" s="1">
+        <v>2</v>
+      </c>
+      <c r="K290" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L290" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M290" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N290" s="19"/>
+      <c r="O290" s="1"/>
+      <c r="P290" s="1"/>
+      <c r="Q290" s="1"/>
+      <c r="R290" s="1"/>
+      <c r="S290" s="1"/>
+      <c r="T290" s="1"/>
+      <c r="U290" s="1"/>
+      <c r="V290" s="1"/>
+      <c r="W290" s="1"/>
+      <c r="X290" s="1"/>
+      <c r="Y290" s="1"/>
+      <c r="Z290" s="1"/>
+      <c r="AA290" s="1"/>
+      <c r="AB290" s="1"/>
+      <c r="AC290" s="1"/>
+      <c r="AD290" s="1"/>
+      <c r="AE290" s="1"/>
+      <c r="AF290" s="1"/>
+      <c r="AG290" s="1"/>
+      <c r="AH290" s="1"/>
+      <c r="AI290" s="1"/>
+      <c r="AJ290" s="1"/>
+      <c r="AK290" s="1"/>
+      <c r="AL290" s="1"/>
+      <c r="AM290" s="1"/>
+      <c r="AN290" s="1"/>
+      <c r="AO290" s="1"/>
+      <c r="AP290" s="1"/>
+      <c r="AQ290" s="1"/>
+      <c r="AR290" s="1"/>
+      <c r="AS290" s="1"/>
+      <c r="AT290" s="1"/>
+      <c r="AU290" s="1"/>
+      <c r="AV290" s="1"/>
+      <c r="AW290" s="1"/>
+      <c r="AX290" s="1"/>
+      <c r="AY290" s="1"/>
+      <c r="AZ290" s="1"/>
+      <c r="BA290" s="1"/>
+      <c r="BB290" s="1"/>
+      <c r="BC290" s="1"/>
+      <c r="BD290" s="1"/>
+      <c r="BE290" s="1"/>
+      <c r="BF290" s="1"/>
+      <c r="BG290" s="1"/>
+      <c r="BH290" s="1"/>
+      <c r="BI290" s="1"/>
+      <c r="BJ290" s="1"/>
+      <c r="BK290" s="1"/>
+      <c r="BL290" s="1"/>
+      <c r="BM290" s="1"/>
+      <c r="BN290" s="1"/>
+      <c r="BO290" s="1"/>
+      <c r="BP290" s="1"/>
+      <c r="BQ290" s="1"/>
+    </row>
+    <row r="291" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A291" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B291" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C291" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E291" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="F291" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H291" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I291" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J291" s="1">
+        <v>26</v>
+      </c>
+      <c r="K291" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L291" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G290" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H290" s="1" t="s">
+      <c r="M291" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N291" s="3"/>
+    </row>
+    <row r="292" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A292" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B292" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C292" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="I290" s="1" t="s">
-[...113 lines deleted...]
-      </c>
       <c r="D292" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="E292" s="1" t="s">
         <v>544</v>
       </c>
       <c r="F292" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H292" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I292" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J292" s="1">
+        <v>2</v>
+      </c>
+      <c r="K292" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L292" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M292" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N292" s="3"/>
+    </row>
+    <row r="293" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A293" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B293" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C293" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E293" s="1" t="s">
         <v>545</v>
       </c>
-      <c r="G292" s="1" t="s">
+      <c r="F293" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H293" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H292" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J292" s="1">
+      <c r="I293" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J293" s="1">
         <v>22</v>
       </c>
-      <c r="K292" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="K293" s="1" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="L293" s="1" t="s">
-        <v>44</v>
+        <v>115</v>
       </c>
       <c r="M293" s="1" t="s">
-        <v>42</v>
-[...26 lines deleted...]
-    <row r="294" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="N293" s="3"/>
+    </row>
+    <row r="294" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A294" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>589</v>
+      </c>
+      <c r="B294" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C294" s="4" t="s">
+        <v>19</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="E294" s="1" t="s">
         <v>547</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H294" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I294" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J294" s="1">
+        <v>12</v>
+      </c>
+      <c r="K294" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L294" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M294" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N294" s="3"/>
+    </row>
+    <row r="295" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A295" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B295" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C295" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E295" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H295" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I295" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J295" s="1">
+        <v>11</v>
+      </c>
+      <c r="K295" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L295" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M295" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="J294" s="1">
-[...40 lines deleted...]
-      <c r="B295" s="1" t="s">
+      <c r="N295" s="3"/>
+    </row>
+    <row r="296" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A296" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C296" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C295" s="1" t="s">
+      <c r="D296" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="E296" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="F296" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D295" s="1" t="s">
-[...72 lines deleted...]
-      </c>
       <c r="G296" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H296" s="1" t="s">
-        <v>32</v>
+        <v>293</v>
       </c>
       <c r="I296" s="1" t="s">
-        <v>18</v>
+        <v>294</v>
       </c>
       <c r="J296" s="1">
         <v>9</v>
       </c>
       <c r="K296" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L296" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L296" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M296" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N296" s="19"/>
+    </row>
+    <row r="297" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C297" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="E297" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H297" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I297" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J297" s="1">
+        <v>9</v>
+      </c>
+      <c r="K297" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="N296" s="17"/>
-[...28 lines deleted...]
-      <c r="B297" s="1" t="s">
+      <c r="L297" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M297" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N297" s="19"/>
+    </row>
+    <row r="298" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C298" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C297" s="1" t="s">
+      <c r="D298" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="E298" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="F298" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="D297" s="1" t="s">
-[...5 lines deleted...]
-      <c r="F297" s="1" t="s">
+      <c r="G298" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H298" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I298" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J298" s="1">
+        <v>1</v>
+      </c>
+      <c r="K298" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="G297" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H297" s="1" t="s">
+      <c r="L298" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M298" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N298" s="19"/>
+    </row>
+    <row r="299" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C299" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="E299" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="F299" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H299" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="I299" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="J299" s="1">
+        <v>5</v>
+      </c>
+      <c r="K299" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L299" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M299" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N299" s="19"/>
+    </row>
+    <row r="300" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E300" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="F300" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H300" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I300" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J300" s="1">
+        <v>42</v>
+      </c>
+      <c r="K300" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L300" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M300" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N300" s="3"/>
+    </row>
+    <row r="301" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A301" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C301" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E301" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="F301" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H301" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I301" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J301" s="1">
         <v>26</v>
       </c>
-      <c r="I297" s="1" t="s">
-[...117 lines deleted...]
-      <c r="E299" s="1" t="s">
+      <c r="K301" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L301" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M301" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N301" s="3"/>
+    </row>
+    <row r="302" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C302" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D302" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="F299" s="1" t="s">
-[...14 lines deleted...]
-      <c r="K299" s="1" t="s">
+      <c r="E302" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="F302" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H302" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I302" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J302" s="1">
+        <v>4</v>
+      </c>
+      <c r="K302" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L302" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M302" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N302" s="3"/>
+    </row>
+    <row r="303" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A303" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C303" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E303" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="F303" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H303" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I303" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J303" s="1">
+        <v>39</v>
+      </c>
+      <c r="K303" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L303" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="L299" s="1" t="s">
-[...20 lines deleted...]
-      <c r="E300" s="1" t="s">
+      <c r="M303" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N303" s="3"/>
+    </row>
+    <row r="304" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A304" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C304" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D304" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="F300" s="1" t="s">
-[...5 lines deleted...]
-      <c r="H300" s="1" t="s">
+      <c r="E304" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="F304" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H304" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I304" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J304" s="1">
+        <v>29</v>
+      </c>
+      <c r="K304" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L304" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M304" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N304" s="3"/>
+    </row>
+    <row r="305" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C305" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I300" s="1" t="s">
-[...52 lines deleted...]
-      <c r="E301" s="1" t="s">
+      <c r="D305" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="F301" s="1" t="s">
-[...232 lines deleted...]
-      </c>
       <c r="E305" s="1" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H305" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="I305" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J305" s="1">
         <v>5</v>
       </c>
       <c r="K305" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L305" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="L305" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M305" s="1" t="s">
-        <v>127</v>
-[...26 lines deleted...]
-    <row r="306" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+      <c r="N305" s="3"/>
+    </row>
+    <row r="306" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A306" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B306" s="7" t="s">
+        <v>589</v>
+      </c>
+      <c r="B306" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="C306" s="7" t="s">
-        <v>20</v>
+      <c r="C306" s="1" t="s">
+        <v>32</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E306" s="1" t="s">
-        <v>557</v>
+        <v>228</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>34</v>
+        <v>120</v>
       </c>
       <c r="G306" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H306" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H306" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I306" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J306" s="1">
+        <v>5</v>
+      </c>
+      <c r="K306" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L306" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M306" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N306" s="3"/>
+    </row>
+    <row r="307" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B307" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="J306" s="1">
+      <c r="C307" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E307" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="F307" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H307" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I307" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J307" s="1">
         <v>27</v>
       </c>
-      <c r="K306" s="1" t="s">
-[...2 lines deleted...]
-      <c r="L306" s="1" t="s">
+      <c r="K307" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L307" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M307" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="M306" s="1" t="s">
-[...8 lines deleted...]
-      <c r="B307" s="7" t="s">
+      <c r="N307" s="19"/>
+      <c r="O307" s="2"/>
+      <c r="P307" s="2"/>
+      <c r="Q307" s="2"/>
+      <c r="R307" s="2"/>
+      <c r="S307" s="2"/>
+      <c r="T307" s="2"/>
+      <c r="U307" s="2"/>
+      <c r="V307" s="2"/>
+      <c r="W307" s="2"/>
+      <c r="X307" s="2"/>
+      <c r="Y307" s="2"/>
+      <c r="Z307" s="2"/>
+      <c r="AA307" s="2"/>
+      <c r="AB307" s="2"/>
+      <c r="AC307" s="2"/>
+      <c r="AD307" s="2"/>
+      <c r="AE307" s="2"/>
+      <c r="AF307" s="2"/>
+      <c r="AG307" s="2"/>
+      <c r="AH307" s="2"/>
+      <c r="AI307" s="2"/>
+      <c r="AJ307" s="2"/>
+      <c r="AK307" s="2"/>
+      <c r="AL307" s="2"/>
+      <c r="AM307" s="2"/>
+      <c r="AN307" s="2"/>
+      <c r="AO307" s="2"/>
+      <c r="AP307" s="2"/>
+      <c r="AQ307" s="2"/>
+      <c r="AR307" s="2"/>
+      <c r="AS307" s="2"/>
+      <c r="AT307" s="2"/>
+      <c r="AU307" s="2"/>
+      <c r="AV307" s="2"/>
+      <c r="AW307" s="2"/>
+      <c r="AX307" s="2"/>
+      <c r="AY307" s="2"/>
+      <c r="AZ307" s="2"/>
+      <c r="BA307" s="2"/>
+      <c r="BB307" s="2"/>
+      <c r="BC307" s="2"/>
+      <c r="BD307" s="2"/>
+      <c r="BE307" s="2"/>
+      <c r="BF307" s="2"/>
+      <c r="BG307" s="2"/>
+      <c r="BH307" s="2"/>
+      <c r="BI307" s="2"/>
+      <c r="BJ307" s="2"/>
+      <c r="BK307" s="2"/>
+      <c r="BL307" s="2"/>
+      <c r="BM307" s="2"/>
+      <c r="BN307" s="2"/>
+      <c r="BO307" s="2"/>
+      <c r="BP307" s="2"/>
+      <c r="BQ307" s="2"/>
+    </row>
+    <row r="308" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A308" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B308" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C308" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="C307" s="7" t="s">
-[...11 lines deleted...]
-      <c r="G307" s="1" t="s">
+      <c r="D308" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E308" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="F308" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H308" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I308" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J308" s="1">
+        <v>4</v>
+      </c>
+      <c r="K308" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L308" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M308" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N308" s="19"/>
+    </row>
+    <row r="309" spans="1:69" s="22" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B309" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C309" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E309" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="F309" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H309" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I309" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J309" s="1">
+        <v>3</v>
+      </c>
+      <c r="K309" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L309" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M309" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="N309" s="6"/>
+      <c r="O309" s="5"/>
+      <c r="P309" s="5"/>
+      <c r="Q309" s="5"/>
+      <c r="R309" s="5"/>
+      <c r="S309" s="5"/>
+      <c r="T309" s="5"/>
+      <c r="U309" s="5"/>
+      <c r="V309" s="5"/>
+      <c r="W309" s="5"/>
+      <c r="X309" s="5"/>
+      <c r="Y309" s="5"/>
+      <c r="Z309" s="5"/>
+      <c r="AA309" s="5"/>
+      <c r="AB309" s="5"/>
+      <c r="AC309" s="5"/>
+      <c r="AD309" s="5"/>
+      <c r="AE309" s="5"/>
+      <c r="AF309" s="5"/>
+      <c r="AG309" s="5"/>
+      <c r="AH309" s="5"/>
+      <c r="AI309" s="5"/>
+      <c r="AJ309" s="5"/>
+      <c r="AK309" s="5"/>
+      <c r="AL309" s="5"/>
+      <c r="AM309" s="5"/>
+      <c r="AN309" s="5"/>
+      <c r="AO309" s="5"/>
+      <c r="AP309" s="5"/>
+      <c r="AQ309" s="5"/>
+      <c r="AR309" s="5"/>
+      <c r="AS309" s="5"/>
+      <c r="AT309" s="5"/>
+      <c r="AU309" s="5"/>
+      <c r="AV309" s="5"/>
+      <c r="AW309" s="5"/>
+      <c r="AX309" s="5"/>
+      <c r="AY309" s="5"/>
+      <c r="AZ309" s="5"/>
+      <c r="BA309" s="5"/>
+      <c r="BB309" s="5"/>
+      <c r="BC309" s="5"/>
+      <c r="BD309" s="5"/>
+      <c r="BE309" s="5"/>
+      <c r="BF309" s="5"/>
+      <c r="BG309" s="5"/>
+      <c r="BH309" s="5"/>
+      <c r="BI309" s="5"/>
+      <c r="BJ309" s="5"/>
+      <c r="BK309" s="5"/>
+      <c r="BL309" s="5"/>
+      <c r="BM309" s="5"/>
+      <c r="BN309" s="5"/>
+      <c r="BO309" s="5"/>
+      <c r="BP309" s="5"/>
+      <c r="BQ309" s="5"/>
+    </row>
+    <row r="310" spans="1:69" s="22" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B310" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C310" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E310" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="F310" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H310" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H307" s="1" t="s">
-[...77 lines deleted...]
-      <c r="F309" s="1" t="s">
+      <c r="I310" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J310" s="1">
+        <v>41</v>
+      </c>
+      <c r="K310" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L310" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G309" s="1" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="M310" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="311" spans="1:37" s="21" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+      <c r="N310" s="3"/>
+      <c r="O310" s="1"/>
+      <c r="P310" s="1"/>
+      <c r="Q310" s="1"/>
+      <c r="R310" s="1"/>
+      <c r="S310" s="1"/>
+      <c r="T310" s="1"/>
+      <c r="U310" s="1"/>
+      <c r="V310" s="1"/>
+      <c r="W310" s="1"/>
+      <c r="X310" s="1"/>
+      <c r="Y310" s="1"/>
+      <c r="Z310" s="1"/>
+      <c r="AA310" s="1"/>
+      <c r="AB310" s="1"/>
+      <c r="AC310" s="1"/>
+      <c r="AD310" s="1"/>
+      <c r="AE310" s="1"/>
+      <c r="AF310" s="1"/>
+      <c r="AG310" s="1"/>
+      <c r="AH310" s="1"/>
+      <c r="AI310" s="1"/>
+      <c r="AJ310" s="1"/>
+      <c r="AK310" s="1"/>
+      <c r="AL310" s="1"/>
+      <c r="AM310" s="1"/>
+      <c r="AN310" s="1"/>
+      <c r="AO310" s="1"/>
+      <c r="AP310" s="1"/>
+      <c r="AQ310" s="1"/>
+      <c r="AR310" s="1"/>
+      <c r="AS310" s="1"/>
+      <c r="AT310" s="1"/>
+      <c r="AU310" s="1"/>
+      <c r="AV310" s="1"/>
+      <c r="AW310" s="1"/>
+      <c r="AX310" s="1"/>
+      <c r="AY310" s="1"/>
+      <c r="AZ310" s="1"/>
+      <c r="BA310" s="1"/>
+      <c r="BB310" s="1"/>
+      <c r="BC310" s="1"/>
+      <c r="BD310" s="1"/>
+      <c r="BE310" s="1"/>
+      <c r="BF310" s="1"/>
+      <c r="BG310" s="1"/>
+      <c r="BH310" s="1"/>
+      <c r="BI310" s="1"/>
+      <c r="BJ310" s="1"/>
+      <c r="BK310" s="1"/>
+      <c r="BL310" s="1"/>
+      <c r="BM310" s="1"/>
+      <c r="BN310" s="1"/>
+      <c r="BO310" s="1"/>
+      <c r="BP310" s="1"/>
+      <c r="BQ310" s="1"/>
+    </row>
+    <row r="311" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A311" s="1" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="B311" s="7" t="s">
+        <v>589</v>
+      </c>
+      <c r="B311" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="C311" s="7" t="s">
-        <v>33</v>
+      <c r="C311" s="4" t="s">
+        <v>45</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E311" s="1" t="s">
         <v>568</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>190</v>
+        <v>70</v>
       </c>
       <c r="G311" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H311" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I311" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J311" s="1">
+        <v>5</v>
+      </c>
+      <c r="K311" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L311" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M311" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N311" s="3"/>
+    </row>
+    <row r="312" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B312" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C312" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E312" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="F312" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H312" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H311" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J311" s="1">
+      <c r="I312" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J312" s="1">
         <v>69</v>
       </c>
-      <c r="K311" s="1" t="s">
-[...37 lines deleted...]
-      <c r="B312" s="7" t="s">
+      <c r="K312" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L312" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M312" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N312" s="3"/>
+    </row>
+    <row r="313" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B313" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C313" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E313" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="F313" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H313" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I313" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J313" s="1">
+        <v>6</v>
+      </c>
+      <c r="K313" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L313" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M313" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N313" s="3"/>
+    </row>
+    <row r="314" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A314" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B314" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="C312" s="7" t="s">
-[...85 lines deleted...]
-      <c r="J313" s="1">
+      <c r="C314" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="K313" s="1" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="D314" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E314" s="1" t="s">
         <v>573</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="G314" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H314" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H314" s="1" t="s">
+      <c r="I314" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J314" s="1">
         <v>32</v>
       </c>
-      <c r="I314" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J314" s="1">
+      <c r="K314" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L314" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M314" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="N314" s="19"/>
+    </row>
+    <row r="315" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B315" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C315" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E315" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="F315" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H315" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I315" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J315" s="1">
         <v>30</v>
       </c>
-      <c r="K314" s="1" t="s">
-[...63 lines deleted...]
-      </c>
       <c r="K315" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="L315" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="M315" s="1" t="s">
-        <v>290</v>
-[...26 lines deleted...]
-    <row r="316" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>287</v>
+      </c>
+      <c r="N315" s="19"/>
+    </row>
+    <row r="316" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A316" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>589</v>
+      </c>
+      <c r="B316" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C316" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E316" s="1" t="s">
         <v>574</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>121</v>
+        <v>306</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H316" s="1" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I316" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J316" s="1">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="K316" s="1" t="s">
-        <v>122</v>
+        <v>42</v>
       </c>
       <c r="L316" s="1" t="s">
-        <v>123</v>
+        <v>54</v>
       </c>
       <c r="M316" s="1" t="s">
-        <v>127</v>
-[...26 lines deleted...]
-    <row r="317" spans="1:37" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>287</v>
+      </c>
+      <c r="N316" s="19"/>
+    </row>
+    <row r="317" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A317" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>589</v>
+      </c>
+      <c r="B317" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C317" s="4" t="s">
+        <v>45</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E317" s="1" t="s">
         <v>575</v>
       </c>
       <c r="F317" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H317" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I317" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J317" s="1">
+        <v>17</v>
+      </c>
+      <c r="K317" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="G317" s="1" t="s">
+      <c r="L317" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M317" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N317" s="19"/>
+    </row>
+    <row r="318" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B318" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C318" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E318" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="F318" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H318" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I318" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J318" s="1">
+        <v>3</v>
+      </c>
+      <c r="K318" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L318" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M318" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N318" s="19"/>
+    </row>
+    <row r="319" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="B319" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C319" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E319" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="F319" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H319" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I319" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J319" s="1">
+        <v>22</v>
+      </c>
+      <c r="K319" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L319" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M319" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N319" s="19"/>
+    </row>
+    <row r="320" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A320" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C320" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E320" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="F320" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H320" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I320" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J320" s="1">
+        <v>12</v>
+      </c>
+      <c r="K320" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L320" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M320" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="N320" s="3"/>
+    </row>
+    <row r="321" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C321" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E321" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="F321" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H321" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I321" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J321" s="1">
+        <v>30</v>
+      </c>
+      <c r="K321" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L321" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M321" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N321" s="3"/>
+    </row>
+    <row r="322" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C322" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E322" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="F322" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H322" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I322" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J322" s="1">
+        <v>8</v>
+      </c>
+      <c r="K322" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L322" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M322" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N322" s="3"/>
+    </row>
+    <row r="323" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A323" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C323" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E323" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F323" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H323" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H317" s="1" t="s">
+      <c r="I323" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J323" s="1">
+        <v>11</v>
+      </c>
+      <c r="K323" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L323" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M323" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N323" s="3"/>
+    </row>
+    <row r="324" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A324" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C324" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E324" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="F324" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H324" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I324" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J324" s="1">
+        <v>1</v>
+      </c>
+      <c r="K324" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L324" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M324" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N324" s="3"/>
+    </row>
+    <row r="325" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B325" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C325" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E325" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F325" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H325" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I325" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J325" s="1">
+        <v>32</v>
+      </c>
+      <c r="K325" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L325" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M325" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N325" s="3"/>
+    </row>
+    <row r="326" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A326" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B326" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C326" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E326" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F326" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H326" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I326" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J326" s="1">
+        <v>3</v>
+      </c>
+      <c r="K326" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L326" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M326" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N326" s="3"/>
+    </row>
+    <row r="327" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C327" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E327" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="F327" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H327" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I327" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J327" s="1">
+        <v>18</v>
+      </c>
+      <c r="K327" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L327" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M327" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N327" s="3"/>
+    </row>
+    <row r="328" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C328" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E328" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="F328" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H328" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I328" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J328" s="1">
+        <v>2</v>
+      </c>
+      <c r="K328" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L328" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M328" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N328" s="3"/>
+    </row>
+    <row r="329" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C329" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E329" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="F329" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H329" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I329" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J329" s="1">
+        <v>24</v>
+      </c>
+      <c r="K329" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L329" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M329" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N329" s="3"/>
+    </row>
+    <row r="330" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C330" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E330" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F330" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H330" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I330" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J330" s="1">
+        <v>8</v>
+      </c>
+      <c r="K330" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L330" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M330" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N330" s="3"/>
+    </row>
+    <row r="331" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A331" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C331" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E331" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="F331" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H331" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I331" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J331" s="1">
+        <v>9</v>
+      </c>
+      <c r="K331" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L331" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M331" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="N331" s="3"/>
+    </row>
+    <row r="332" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C332" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E332" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="F332" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H332" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I332" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J332" s="1">
+        <v>3</v>
+      </c>
+      <c r="K332" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L332" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M332" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="N332" s="3"/>
+    </row>
+    <row r="333" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C333" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E333" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="F333" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H333" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I333" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J333" s="1">
+        <v>35</v>
+      </c>
+      <c r="K333" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L333" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M333" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N333" s="3"/>
+    </row>
+    <row r="334" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C334" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E334" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="F334" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H334" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I334" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J334" s="1">
+        <v>5</v>
+      </c>
+      <c r="K334" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L334" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M334" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N334" s="3"/>
+    </row>
+    <row r="335" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A335" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C335" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E335" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="F335" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H335" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I335" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J335" s="1">
+        <v>8</v>
+      </c>
+      <c r="K335" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L335" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="M335" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="N335" s="3"/>
+    </row>
+    <row r="336" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A336" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C336" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E336" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="F336" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H336" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I336" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J336" s="1">
+        <v>1</v>
+      </c>
+      <c r="K336" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L336" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="M336" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="N336" s="3"/>
+    </row>
+    <row r="337" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A337" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C337" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E337" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H337" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I337" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J337" s="1">
+        <v>32</v>
+      </c>
+      <c r="K337" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L337" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M337" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N337" s="3"/>
+    </row>
+    <row r="338" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A338" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C338" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E338" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H338" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I338" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J338" s="1">
+        <v>43</v>
+      </c>
+      <c r="K338" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L338" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M338" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N338" s="3"/>
+    </row>
+    <row r="339" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A339" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C339" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E339" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H339" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I339" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J339" s="1">
+        <v>32</v>
+      </c>
+      <c r="K339" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L339" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M339" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N339" s="3"/>
+    </row>
+    <row r="340" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A340" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E340" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H340" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I340" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J340" s="1">
+        <v>60</v>
+      </c>
+      <c r="K340" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L340" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M340" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="N340" s="3"/>
+    </row>
+    <row r="341" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A341" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C341" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E341" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H341" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I341" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J341" s="1">
+        <v>22</v>
+      </c>
+      <c r="K341" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L341" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M341" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="N341" s="3"/>
+    </row>
+    <row r="342" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A342" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E342" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H342" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I342" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J342" s="1">
+        <v>3</v>
+      </c>
+      <c r="K342" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L342" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M342" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="N342" s="3"/>
+    </row>
+    <row r="343" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A343" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E343" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H343" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I343" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J343" s="1">
+        <v>16</v>
+      </c>
+      <c r="K343" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L343" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="M343" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="N343" s="3"/>
+    </row>
+    <row r="344" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C344" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E344" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="F344" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H344" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I344" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J344" s="1">
+        <v>3</v>
+      </c>
+      <c r="K344" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L344" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="M344" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="N344" s="3"/>
+    </row>
+    <row r="345" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A345" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C345" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E345" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="F345" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H345" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I345" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J345" s="1">
+        <v>8</v>
+      </c>
+      <c r="K345" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L345" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M345" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N345" s="3"/>
+    </row>
+    <row r="346" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A346" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B346" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C346" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E346" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="F346" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H346" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I346" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J346" s="1">
+        <v>200</v>
+      </c>
+      <c r="K346" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L346" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M346" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="N346" s="3"/>
+    </row>
+    <row r="347" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E347" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="F347" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H347" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I347" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J347" s="1">
+        <v>41</v>
+      </c>
+      <c r="K347" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L347" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M347" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N347" s="19"/>
+    </row>
+    <row r="348" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A348" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C348" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E348" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="F348" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H348" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I348" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J348" s="1">
+        <v>229</v>
+      </c>
+      <c r="K348" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L348" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M348" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N348" s="19"/>
+    </row>
+    <row r="349" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E349" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="F349" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H349" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I349" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J349" s="1">
+        <v>30</v>
+      </c>
+      <c r="K349" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L349" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M349" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N349" s="19"/>
+    </row>
+    <row r="350" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A350" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E350" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="F350" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H350" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I350" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J350" s="1">
+        <v>121</v>
+      </c>
+      <c r="K350" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L350" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M350" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N350" s="19"/>
+    </row>
+    <row r="351" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A351" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C351" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E351" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="F351" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H351" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I351" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J351" s="1">
+        <v>150</v>
+      </c>
+      <c r="K351" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L351" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M351" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N351" s="19"/>
+    </row>
+    <row r="352" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A352" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B352" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C352" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E352" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="F352" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H352" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I352" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J352" s="1">
+        <v>180</v>
+      </c>
+      <c r="K352" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L352" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M352" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="N352" s="3"/>
+    </row>
+    <row r="353" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A353" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C353" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E353" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="F353" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H353" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I353" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J353" s="1">
+        <v>12</v>
+      </c>
+      <c r="K353" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L353" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M353" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N353" s="19"/>
+    </row>
+    <row r="354" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A354" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C354" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E354" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="F354" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H354" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I354" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J354" s="1">
+        <v>150</v>
+      </c>
+      <c r="K354" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L354" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M354" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N354" s="19"/>
+    </row>
+    <row r="355" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A355" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C355" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E355" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="F355" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H355" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I355" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J355" s="1">
+        <v>20</v>
+      </c>
+      <c r="K355" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L355" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M355" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N355" s="19"/>
+    </row>
+    <row r="356" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A356" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C356" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E356" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="F356" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H356" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I356" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J356" s="1">
+        <v>4</v>
+      </c>
+      <c r="K356" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L356" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M356" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N356" s="19"/>
+    </row>
+    <row r="357" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A357" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C357" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E357" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="F357" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H357" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I357" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J357" s="1">
+        <v>18</v>
+      </c>
+      <c r="K357" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L357" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M357" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N357" s="3"/>
+    </row>
+    <row r="358" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A358" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C358" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E358" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="F358" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H358" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I358" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J358" s="1">
         <v>26</v>
       </c>
-      <c r="I317" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J317" s="1">
+      <c r="K358" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L358" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M358" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="N358" s="19"/>
+    </row>
+    <row r="359" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A359" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C359" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E359" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="F359" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H359" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I359" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J359" s="1">
+        <v>2</v>
+      </c>
+      <c r="K359" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L359" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M359" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="N359" s="19"/>
+    </row>
+    <row r="360" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A360" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C360" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E360" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="F360" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H360" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I360" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J360" s="1">
+        <v>12</v>
+      </c>
+      <c r="K360" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L360" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M360" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N360" s="3"/>
+    </row>
+    <row r="361" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A361" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C361" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E361" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="F361" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H361" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I361" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J361" s="1">
+        <v>92</v>
+      </c>
+      <c r="K361" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L361" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M361" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N361" s="3"/>
+    </row>
+    <row r="362" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A362" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C362" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E362" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="F362" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H362" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I362" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J362" s="1">
+        <v>16</v>
+      </c>
+      <c r="K362" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L362" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M362" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N362" s="3"/>
+    </row>
+    <row r="363" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A363" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C363" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E363" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="F363" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H363" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I363" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J363" s="1">
+        <v>27</v>
+      </c>
+      <c r="K363" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L363" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M363" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="N363" s="3"/>
+    </row>
+    <row r="364" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A364" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C364" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E364" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="F364" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H364" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I364" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J364" s="1">
+        <v>2</v>
+      </c>
+      <c r="K364" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L364" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M364" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="N364" s="3"/>
+    </row>
+    <row r="365" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A365" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C365" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E365" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="F365" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H365" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I365" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J365" s="1">
+        <v>5</v>
+      </c>
+      <c r="K365" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L365" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M365" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N365" s="3"/>
+      <c r="O365" s="1"/>
+      <c r="P365" s="1"/>
+      <c r="Q365" s="1"/>
+      <c r="R365" s="1"/>
+      <c r="S365" s="1"/>
+      <c r="T365" s="1"/>
+      <c r="U365" s="1"/>
+      <c r="V365" s="1"/>
+      <c r="W365" s="1"/>
+      <c r="X365" s="1"/>
+      <c r="Y365" s="1"/>
+      <c r="Z365" s="1"/>
+      <c r="AA365" s="1"/>
+      <c r="AB365" s="1"/>
+      <c r="AC365" s="1"/>
+      <c r="AD365" s="1"/>
+      <c r="AE365" s="1"/>
+      <c r="AF365" s="1"/>
+      <c r="AG365" s="1"/>
+      <c r="AH365" s="1"/>
+      <c r="AI365" s="1"/>
+      <c r="AJ365" s="1"/>
+      <c r="AK365" s="1"/>
+      <c r="AL365" s="1"/>
+      <c r="AM365" s="1"/>
+      <c r="AN365" s="1"/>
+      <c r="AO365" s="1"/>
+      <c r="AP365" s="1"/>
+      <c r="AQ365" s="1"/>
+      <c r="AR365" s="1"/>
+      <c r="AS365" s="1"/>
+      <c r="AT365" s="1"/>
+      <c r="AU365" s="1"/>
+      <c r="AV365" s="1"/>
+      <c r="AW365" s="1"/>
+      <c r="AX365" s="1"/>
+      <c r="AY365" s="1"/>
+      <c r="AZ365" s="1"/>
+      <c r="BA365" s="1"/>
+      <c r="BB365" s="1"/>
+      <c r="BC365" s="1"/>
+      <c r="BD365" s="1"/>
+      <c r="BE365" s="1"/>
+      <c r="BF365" s="1"/>
+      <c r="BG365" s="1"/>
+      <c r="BH365" s="1"/>
+      <c r="BI365" s="1"/>
+      <c r="BJ365" s="1"/>
+      <c r="BK365" s="1"/>
+      <c r="BL365" s="1"/>
+      <c r="BM365" s="1"/>
+      <c r="BN365" s="1"/>
+      <c r="BO365" s="1"/>
+      <c r="BP365" s="1"/>
+      <c r="BQ365" s="1"/>
+    </row>
+    <row r="366" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A366" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C366" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E366" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="F366" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H366" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I366" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J366" s="1">
+        <v>13</v>
+      </c>
+      <c r="K366" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L366" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M366" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N366" s="3"/>
+      <c r="O366" s="1"/>
+      <c r="P366" s="1"/>
+      <c r="Q366" s="1"/>
+      <c r="R366" s="1"/>
+      <c r="S366" s="1"/>
+      <c r="T366" s="1"/>
+      <c r="U366" s="1"/>
+      <c r="V366" s="1"/>
+      <c r="W366" s="1"/>
+      <c r="X366" s="1"/>
+      <c r="Y366" s="1"/>
+      <c r="Z366" s="1"/>
+      <c r="AA366" s="1"/>
+      <c r="AB366" s="1"/>
+      <c r="AC366" s="1"/>
+      <c r="AD366" s="1"/>
+      <c r="AE366" s="1"/>
+      <c r="AF366" s="1"/>
+      <c r="AG366" s="1"/>
+      <c r="AH366" s="1"/>
+      <c r="AI366" s="1"/>
+      <c r="AJ366" s="1"/>
+      <c r="AK366" s="1"/>
+      <c r="AL366" s="1"/>
+      <c r="AM366" s="1"/>
+      <c r="AN366" s="1"/>
+      <c r="AO366" s="1"/>
+      <c r="AP366" s="1"/>
+      <c r="AQ366" s="1"/>
+      <c r="AR366" s="1"/>
+      <c r="AS366" s="1"/>
+      <c r="AT366" s="1"/>
+      <c r="AU366" s="1"/>
+      <c r="AV366" s="1"/>
+      <c r="AW366" s="1"/>
+      <c r="AX366" s="1"/>
+      <c r="AY366" s="1"/>
+      <c r="AZ366" s="1"/>
+      <c r="BA366" s="1"/>
+      <c r="BB366" s="1"/>
+      <c r="BC366" s="1"/>
+      <c r="BD366" s="1"/>
+      <c r="BE366" s="1"/>
+      <c r="BF366" s="1"/>
+      <c r="BG366" s="1"/>
+      <c r="BH366" s="1"/>
+      <c r="BI366" s="1"/>
+      <c r="BJ366" s="1"/>
+      <c r="BK366" s="1"/>
+      <c r="BL366" s="1"/>
+      <c r="BM366" s="1"/>
+      <c r="BN366" s="1"/>
+      <c r="BO366" s="1"/>
+      <c r="BP366" s="1"/>
+      <c r="BQ366" s="1"/>
+    </row>
+    <row r="367" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A367" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C367" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E367" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="F367" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H367" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I367" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J367" s="1">
+        <v>1</v>
+      </c>
+      <c r="K367" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L367" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M367" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N367" s="3"/>
+    </row>
+    <row r="368" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A368" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B368" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C368" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E368" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="F368" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H368" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I368" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J368" s="1">
+        <v>37</v>
+      </c>
+      <c r="K368" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L368" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M368" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N368" s="3"/>
+    </row>
+    <row r="369" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A369" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B369" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C369" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E369" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="F369" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H369" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I369" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J369" s="1">
+        <v>5</v>
+      </c>
+      <c r="K369" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L369" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M369" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N369" s="3"/>
+    </row>
+    <row r="370" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A370" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C370" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E370" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="F370" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H370" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I370" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J370" s="1">
+        <v>15</v>
+      </c>
+      <c r="K370" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L370" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M370" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="N370" s="3"/>
+    </row>
+    <row r="371" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A371" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C371" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E371" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="F371" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H371" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I371" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J371" s="1">
+        <v>64</v>
+      </c>
+      <c r="K371" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L371" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M371" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N371" s="3"/>
+    </row>
+    <row r="372" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A372" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E372" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="F372" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H372" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I372" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J372" s="1">
+        <v>33</v>
+      </c>
+      <c r="K372" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L372" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M372" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="N372" s="3"/>
+    </row>
+    <row r="373" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B373" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C373" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E373" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="F373" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H373" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="I373" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J373" s="1">
+        <v>14</v>
+      </c>
+      <c r="K373" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L373" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M373" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N373" s="3"/>
+    </row>
+    <row r="374" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A374" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B374" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C374" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E374" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="F374" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H374" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I374" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J374" s="1">
+        <v>1</v>
+      </c>
+      <c r="K374" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L374" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M374" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N374" s="3"/>
+    </row>
+    <row r="375" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A375" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B375" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C375" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E375" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="F375" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H375" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I375" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J375" s="1">
+        <v>7</v>
+      </c>
+      <c r="K375" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L375" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M375" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N375" s="3"/>
+    </row>
+    <row r="376" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A376" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B376" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C376" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E376" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="F376" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H376" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I376" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J376" s="1">
+        <v>10</v>
+      </c>
+      <c r="K376" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L376" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="M376" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="N376" s="3"/>
+    </row>
+    <row r="377" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A377" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B377" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C377" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E377" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="F377" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H377" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I377" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J377" s="1">
+        <v>1</v>
+      </c>
+      <c r="K377" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L377" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M377" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="N377" s="3"/>
+    </row>
+    <row r="378" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A378" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B378" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C378" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E378" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="F378" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H378" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I378" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J378" s="1">
+        <v>12</v>
+      </c>
+      <c r="K378" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L378" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M378" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N378" s="3"/>
+    </row>
+    <row r="379" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A379" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B379" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C379" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E379" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="F379" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H379" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I379" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J379" s="1">
+        <v>65</v>
+      </c>
+      <c r="K379" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L379" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M379" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="N379" s="3"/>
+    </row>
+    <row r="380" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A380" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B380" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C380" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E380" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="F380" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H380" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I380" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J380" s="1">
+        <v>5</v>
+      </c>
+      <c r="K380" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L380" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M380" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="N380" s="3"/>
+    </row>
+    <row r="381" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A381" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C381" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E381" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="F381" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H381" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I381" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J381" s="1">
+        <v>24</v>
+      </c>
+      <c r="K381" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L381" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M381" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="N381" s="3"/>
+    </row>
+    <row r="382" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A382" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B382" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C382" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E382" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="F382" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H382" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I382" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J382" s="1">
+        <v>6</v>
+      </c>
+      <c r="K382" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L382" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M382" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N382" s="3"/>
+    </row>
+    <row r="383" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A383" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B383" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C383" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E383" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="F383" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H383" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I383" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J383" s="1">
+        <v>13</v>
+      </c>
+      <c r="K383" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L383" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M383" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N383" s="3"/>
+    </row>
+    <row r="384" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A384" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B384" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C384" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E384" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="F384" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H384" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I384" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J384" s="1">
+        <v>4</v>
+      </c>
+      <c r="K384" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L384" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M384" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N384" s="3"/>
+    </row>
+    <row r="385" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A385" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B385" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C385" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E385" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="F385" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H385" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I385" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J385" s="1">
+        <v>21</v>
+      </c>
+      <c r="K385" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L385" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M385" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N385" s="3"/>
+    </row>
+    <row r="386" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A386" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B386" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C386" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E386" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="F386" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H386" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I386" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J386" s="1">
+        <v>12</v>
+      </c>
+      <c r="K386" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L386" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M386" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N386" s="3"/>
+    </row>
+    <row r="387" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A387" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B387" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C387" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E387" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="F387" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H387" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I387" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J387" s="1">
+        <v>19</v>
+      </c>
+      <c r="K387" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L387" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M387" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N387" s="3"/>
+    </row>
+    <row r="388" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A388" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B388" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C388" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E388" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="F388" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H388" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I388" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J388" s="1">
+        <v>16</v>
+      </c>
+      <c r="K388" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L388" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M388" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N388" s="3"/>
+    </row>
+    <row r="389" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A389" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B389" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C389" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E389" s="16" t="s">
+        <v>220</v>
+      </c>
+      <c r="F389" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H389" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I389" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J389" s="1">
+        <v>10</v>
+      </c>
+      <c r="K389" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L389" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M389" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="N389" s="3"/>
+    </row>
+    <row r="390" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A390" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B390" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C390" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E390" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="F390" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H390" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I390" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J390" s="1">
+        <v>12</v>
+      </c>
+      <c r="K390" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L390" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M390" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N390" s="3"/>
+    </row>
+    <row r="391" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A391" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B391" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C391" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E391" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="F391" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H391" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I391" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J391" s="1">
+        <v>40</v>
+      </c>
+      <c r="K391" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L391" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M391" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N391" s="3"/>
+    </row>
+    <row r="392" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A392" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B392" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C392" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E392" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="F392" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H392" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I392" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J392" s="1">
+        <v>8</v>
+      </c>
+      <c r="K392" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L392" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M392" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="N392" s="3"/>
+    </row>
+    <row r="393" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A393" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B393" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C393" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E393" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="F393" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H393" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I393" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J393" s="1">
+        <v>1</v>
+      </c>
+      <c r="K393" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L393" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M393" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="N393" s="3"/>
+    </row>
+    <row r="394" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A394" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B394" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C394" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E394" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="F394" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H394" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I394" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J394" s="1">
+        <v>14</v>
+      </c>
+      <c r="K394" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L394" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M394" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N394" s="3"/>
+    </row>
+    <row r="395" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A395" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B395" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C395" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E395" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="F395" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H395" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I395" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J395" s="1">
+        <v>13</v>
+      </c>
+      <c r="K395" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L395" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M395" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N395" s="3"/>
+    </row>
+    <row r="396" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A396" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B396" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C396" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E396" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="F396" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H396" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I396" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J396" s="1">
+        <v>1</v>
+      </c>
+      <c r="K396" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L396" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M396" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N396" s="3"/>
+    </row>
+    <row r="397" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A397" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E397" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="F397" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H397" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I397" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J397" s="1">
+        <v>20</v>
+      </c>
+      <c r="K397" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L397" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M397" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N397" s="3"/>
+    </row>
+    <row r="398" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A398" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E398" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="F398" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H398" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I398" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J398" s="1">
+        <v>6</v>
+      </c>
+      <c r="K398" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L398" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M398" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N398" s="3"/>
+    </row>
+    <row r="399" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A399" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E399" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="F399" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H399" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I399" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J399" s="1">
+        <v>4</v>
+      </c>
+      <c r="K399" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L399" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M399" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N399" s="3"/>
+    </row>
+    <row r="400" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A400" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E400" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="F400" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H400" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I400" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J400" s="1">
+        <v>10</v>
+      </c>
+      <c r="K400" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L400" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M400" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="N400" s="3"/>
+    </row>
+    <row r="401" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A401" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E401" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="F401" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H401" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I401" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J401" s="1">
         <v>3</v>
       </c>
-      <c r="K317" s="1" t="s">
+      <c r="K401" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L401" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M401" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="N401" s="3"/>
+    </row>
+    <row r="402" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A402" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B402" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D402" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E402" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="F402" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H402" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I402" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J402" s="1">
+        <v>23</v>
+      </c>
+      <c r="K402" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L402" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="L317" s="1" t="s">
-[...11 lines deleted...]
-      <c r="B318" s="7" t="s">
+      <c r="M402" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N402" s="3"/>
+    </row>
+    <row r="403" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A403" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B403" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D403" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E403" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="F403" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H403" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C318" s="7" t="s">
-[...3586 lines deleted...]
-      </c>
       <c r="I403" s="1" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="J403" s="1">
         <v>3</v>
       </c>
       <c r="K403" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L403" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M403" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N403" s="3"/>
+      <c r="O403" s="1"/>
+      <c r="P403" s="1"/>
+      <c r="Q403" s="1"/>
+      <c r="R403" s="1"/>
+      <c r="S403" s="1"/>
+      <c r="T403" s="1"/>
+      <c r="U403" s="1"/>
+      <c r="V403" s="1"/>
+      <c r="W403" s="1"/>
+      <c r="X403" s="1"/>
+      <c r="Y403" s="1"/>
+      <c r="Z403" s="1"/>
+      <c r="AA403" s="1"/>
+      <c r="AB403" s="1"/>
+      <c r="AC403" s="1"/>
+      <c r="AD403" s="1"/>
+      <c r="AE403" s="1"/>
+      <c r="AF403" s="1"/>
+      <c r="AG403" s="1"/>
+      <c r="AH403" s="1"/>
+      <c r="AI403" s="1"/>
+      <c r="AJ403" s="1"/>
+      <c r="AK403" s="1"/>
+      <c r="AL403" s="1"/>
+      <c r="AM403" s="1"/>
+      <c r="AN403" s="1"/>
+      <c r="AO403" s="1"/>
+      <c r="AP403" s="1"/>
+      <c r="AQ403" s="1"/>
+      <c r="AR403" s="1"/>
+      <c r="AS403" s="1"/>
+      <c r="AT403" s="1"/>
+      <c r="AU403" s="1"/>
+      <c r="AV403" s="1"/>
+      <c r="AW403" s="1"/>
+      <c r="AX403" s="1"/>
+      <c r="AY403" s="1"/>
+      <c r="AZ403" s="1"/>
+      <c r="BA403" s="1"/>
+      <c r="BB403" s="1"/>
+      <c r="BC403" s="1"/>
+      <c r="BD403" s="1"/>
+      <c r="BE403" s="1"/>
+      <c r="BF403" s="1"/>
+      <c r="BG403" s="1"/>
+      <c r="BH403" s="1"/>
+      <c r="BI403" s="1"/>
+      <c r="BJ403" s="1"/>
+      <c r="BK403" s="1"/>
+      <c r="BL403" s="1"/>
+      <c r="BM403" s="1"/>
+      <c r="BN403" s="1"/>
+      <c r="BO403" s="1"/>
+      <c r="BP403" s="1"/>
+      <c r="BQ403" s="1"/>
+    </row>
+    <row r="404" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A404" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B404" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C404" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D404" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E404" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="F404" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H404" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I404" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J404" s="1">
+        <v>18</v>
+      </c>
+      <c r="K404" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L404" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M404" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N404" s="19"/>
+    </row>
+    <row r="405" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A405" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B405" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C405" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D405" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E405" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="F405" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H405" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I405" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J405" s="1">
+        <v>2</v>
+      </c>
+      <c r="K405" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L405" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M405" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N405" s="19"/>
+    </row>
+    <row r="406" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A406" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E406" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="F406" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H406" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I406" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J406" s="1">
+        <v>52</v>
+      </c>
+      <c r="K406" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L406" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="L403" s="1" t="s">
-[...11 lines deleted...]
-      <c r="B404" s="1" t="s">
+      <c r="M406" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N406" s="19"/>
+    </row>
+    <row r="407" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A407" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E407" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="F407" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H407" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I407" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J407" s="1">
+        <v>4</v>
+      </c>
+      <c r="K407" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L407" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M407" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N407" s="19"/>
+    </row>
+    <row r="408" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A408" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E408" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="F408" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H408" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I408" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J408" s="1">
+        <v>6</v>
+      </c>
+      <c r="K408" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L408" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M408" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N408" s="19"/>
+    </row>
+    <row r="409" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A409" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E409" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="F409" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H409" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I409" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J409" s="1">
+        <v>8</v>
+      </c>
+      <c r="K409" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L409" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M409" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="N409" s="19"/>
+    </row>
+    <row r="410" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A410" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E410" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="F410" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H410" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I410" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J410" s="1">
+        <v>1</v>
+      </c>
+      <c r="K410" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L410" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M410" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="N410" s="19"/>
+    </row>
+    <row r="411" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A411" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E411" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="F411" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H411" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I411" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J411" s="1">
+        <v>15</v>
+      </c>
+      <c r="K411" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L411" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M411" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N411" s="19"/>
+    </row>
+    <row r="412" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A412" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E412" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="F412" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H412" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I412" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J412" s="1">
+        <v>9</v>
+      </c>
+      <c r="K412" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L412" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M412" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N412" s="19"/>
+    </row>
+    <row r="413" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A413" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E413" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="F413" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H413" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I413" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J413" s="1">
+        <v>2</v>
+      </c>
+      <c r="K413" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L413" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M413" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N413" s="19"/>
+    </row>
+    <row r="414" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A414" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E414" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="F414" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H414" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I414" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J414" s="1">
+        <v>36</v>
+      </c>
+      <c r="K414" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L414" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M414" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N414" s="6"/>
+      <c r="O414" s="5"/>
+      <c r="P414" s="5"/>
+      <c r="Q414" s="5"/>
+      <c r="R414" s="5"/>
+      <c r="S414" s="5"/>
+      <c r="T414" s="5"/>
+      <c r="U414" s="5"/>
+      <c r="V414" s="5"/>
+      <c r="W414" s="5"/>
+      <c r="X414" s="5"/>
+      <c r="Y414" s="5"/>
+      <c r="Z414" s="5"/>
+      <c r="AA414" s="5"/>
+      <c r="AB414" s="5"/>
+      <c r="AC414" s="5"/>
+      <c r="AD414" s="5"/>
+      <c r="AE414" s="5"/>
+      <c r="AF414" s="5"/>
+      <c r="AG414" s="5"/>
+      <c r="AH414" s="5"/>
+      <c r="AI414" s="5"/>
+      <c r="AJ414" s="5"/>
+      <c r="AK414" s="5"/>
+      <c r="AL414" s="5"/>
+      <c r="AM414" s="5"/>
+      <c r="AN414" s="5"/>
+      <c r="AO414" s="5"/>
+      <c r="AP414" s="5"/>
+      <c r="AQ414" s="5"/>
+      <c r="AR414" s="5"/>
+      <c r="AS414" s="5"/>
+      <c r="AT414" s="5"/>
+      <c r="AU414" s="5"/>
+      <c r="AV414" s="5"/>
+      <c r="AW414" s="5"/>
+      <c r="AX414" s="5"/>
+      <c r="AY414" s="5"/>
+      <c r="AZ414" s="5"/>
+      <c r="BA414" s="5"/>
+      <c r="BB414" s="5"/>
+      <c r="BC414" s="5"/>
+      <c r="BD414" s="5"/>
+      <c r="BE414" s="5"/>
+      <c r="BF414" s="5"/>
+      <c r="BG414" s="5"/>
+      <c r="BH414" s="5"/>
+      <c r="BI414" s="5"/>
+      <c r="BJ414" s="5"/>
+      <c r="BK414" s="5"/>
+      <c r="BL414" s="5"/>
+      <c r="BM414" s="5"/>
+      <c r="BN414" s="5"/>
+      <c r="BO414" s="5"/>
+      <c r="BP414" s="5"/>
+      <c r="BQ414" s="5"/>
+    </row>
+    <row r="415" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A415" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E415" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="F415" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H415" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I415" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J415" s="1">
+        <v>4</v>
+      </c>
+      <c r="K415" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L415" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M415" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N415" s="6"/>
+      <c r="O415" s="5"/>
+      <c r="P415" s="5"/>
+      <c r="Q415" s="5"/>
+      <c r="R415" s="5"/>
+      <c r="S415" s="5"/>
+      <c r="T415" s="5"/>
+      <c r="U415" s="5"/>
+      <c r="V415" s="5"/>
+      <c r="W415" s="5"/>
+      <c r="X415" s="5"/>
+      <c r="Y415" s="5"/>
+      <c r="Z415" s="5"/>
+      <c r="AA415" s="5"/>
+      <c r="AB415" s="5"/>
+      <c r="AC415" s="5"/>
+      <c r="AD415" s="5"/>
+      <c r="AE415" s="5"/>
+      <c r="AF415" s="5"/>
+      <c r="AG415" s="5"/>
+      <c r="AH415" s="5"/>
+      <c r="AI415" s="5"/>
+      <c r="AJ415" s="5"/>
+      <c r="AK415" s="5"/>
+      <c r="AL415" s="5"/>
+      <c r="AM415" s="5"/>
+      <c r="AN415" s="5"/>
+      <c r="AO415" s="5"/>
+      <c r="AP415" s="5"/>
+      <c r="AQ415" s="5"/>
+      <c r="AR415" s="5"/>
+      <c r="AS415" s="5"/>
+      <c r="AT415" s="5"/>
+      <c r="AU415" s="5"/>
+      <c r="AV415" s="5"/>
+      <c r="AW415" s="5"/>
+      <c r="AX415" s="5"/>
+      <c r="AY415" s="5"/>
+      <c r="AZ415" s="5"/>
+      <c r="BA415" s="5"/>
+      <c r="BB415" s="5"/>
+      <c r="BC415" s="5"/>
+      <c r="BD415" s="5"/>
+      <c r="BE415" s="5"/>
+      <c r="BF415" s="5"/>
+      <c r="BG415" s="5"/>
+      <c r="BH415" s="5"/>
+      <c r="BI415" s="5"/>
+      <c r="BJ415" s="5"/>
+      <c r="BK415" s="5"/>
+      <c r="BL415" s="5"/>
+      <c r="BM415" s="5"/>
+      <c r="BN415" s="5"/>
+      <c r="BO415" s="5"/>
+      <c r="BP415" s="5"/>
+      <c r="BQ415" s="5"/>
+    </row>
+    <row r="416" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A416" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E416" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="F416" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H416" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I416" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J416" s="1">
+        <v>34</v>
+      </c>
+      <c r="K416" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L416" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M416" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="N416" s="3"/>
+    </row>
+    <row r="417" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A417" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E417" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="F417" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H417" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I417" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J417" s="1">
+        <v>2</v>
+      </c>
+      <c r="K417" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L417" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M417" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="N417" s="3"/>
+    </row>
+    <row r="418" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A418" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E418" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="F418" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H418" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I418" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J418" s="7">
+        <v>20</v>
+      </c>
+      <c r="K418" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L418" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M418" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="N418" s="3"/>
+      <c r="AL418" s="2"/>
+      <c r="AM418" s="2"/>
+      <c r="AN418" s="2"/>
+      <c r="AO418" s="2"/>
+      <c r="AP418" s="2"/>
+      <c r="AQ418" s="2"/>
+      <c r="AR418" s="2"/>
+      <c r="AS418" s="2"/>
+      <c r="AT418" s="2"/>
+      <c r="AU418" s="2"/>
+      <c r="AV418" s="2"/>
+      <c r="AW418" s="2"/>
+      <c r="AX418" s="2"/>
+      <c r="AY418" s="2"/>
+      <c r="AZ418" s="2"/>
+      <c r="BA418" s="2"/>
+      <c r="BB418" s="2"/>
+      <c r="BC418" s="2"/>
+      <c r="BD418" s="2"/>
+      <c r="BE418" s="2"/>
+      <c r="BF418" s="2"/>
+      <c r="BG418" s="2"/>
+      <c r="BH418" s="2"/>
+      <c r="BI418" s="2"/>
+      <c r="BJ418" s="2"/>
+      <c r="BK418" s="2"/>
+      <c r="BL418" s="2"/>
+      <c r="BM418" s="2"/>
+      <c r="BN418" s="2"/>
+      <c r="BO418" s="2"/>
+      <c r="BP418" s="2"/>
+      <c r="BQ418" s="2"/>
+    </row>
+    <row r="419" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A419" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B419" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C419" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D419" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E419" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="F419" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H419" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I419" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J419" s="1">
+        <v>49</v>
+      </c>
+      <c r="K419" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L419" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="M419" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="N419" s="3"/>
+    </row>
+    <row r="420" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A420" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B420" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C420" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D420" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E420" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="F420" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C404" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F404" s="1" t="s">
+      <c r="G420" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H420" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I420" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J420" s="1">
+        <v>20</v>
+      </c>
+      <c r="K420" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L420" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M420" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N420" s="19"/>
+    </row>
+    <row r="421" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A421" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B421" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C421" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D421" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E421" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="F421" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H421" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I421" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J421" s="1">
+        <v>31</v>
+      </c>
+      <c r="K421" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L421" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M421" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="N421" s="3"/>
+    </row>
+    <row r="422" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A422" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B422" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D422" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E422" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="F422" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H422" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I422" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J422" s="1">
+        <v>29</v>
+      </c>
+      <c r="K422" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L422" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M422" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N422" s="3"/>
+    </row>
+    <row r="423" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A423" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E423" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F423" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H423" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I423" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J423" s="1">
+        <v>13</v>
+      </c>
+      <c r="K423" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L423" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M423" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N423" s="3"/>
+    </row>
+    <row r="424" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A424" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B424" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D424" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E424" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="F424" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H424" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I424" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J424" s="1">
+        <v>1</v>
+      </c>
+      <c r="K424" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L424" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M424" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N424" s="3"/>
+    </row>
+    <row r="425" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A425" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B425" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D425" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E425" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="F425" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H425" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I425" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J425" s="1">
+        <v>62</v>
+      </c>
+      <c r="K425" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L425" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="M425" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="N425" s="3"/>
+    </row>
+    <row r="426" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A426" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B426" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C426" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D426" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E426" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="F426" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H426" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I426" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J426" s="1">
+        <v>4</v>
+      </c>
+      <c r="K426" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L426" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="M426" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="N426" s="3"/>
+    </row>
+    <row r="427" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A427" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B427" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C427" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E427" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="F427" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H427" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I427" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J427" s="1">
+        <v>159</v>
+      </c>
+      <c r="K427" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L427" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M427" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="G404" s="1" t="s">
+      <c r="N427" s="19"/>
+    </row>
+    <row r="428" spans="1:69" s="18" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A428" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B428" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C428" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D428" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E428" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="F428" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H428" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I428" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J428" s="1">
+        <v>20</v>
+      </c>
+      <c r="K428" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L428" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M428" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N428" s="19"/>
+      <c r="O428" s="1"/>
+      <c r="P428" s="1"/>
+      <c r="Q428" s="1"/>
+      <c r="R428" s="1"/>
+      <c r="S428" s="1"/>
+      <c r="T428" s="1"/>
+      <c r="U428" s="1"/>
+      <c r="V428" s="1"/>
+      <c r="W428" s="1"/>
+      <c r="X428" s="1"/>
+      <c r="Y428" s="1"/>
+      <c r="Z428" s="1"/>
+      <c r="AA428" s="1"/>
+      <c r="AB428" s="1"/>
+      <c r="AC428" s="1"/>
+      <c r="AD428" s="1"/>
+      <c r="AE428" s="1"/>
+      <c r="AF428" s="1"/>
+      <c r="AG428" s="1"/>
+      <c r="AH428" s="1"/>
+      <c r="AI428" s="1"/>
+      <c r="AJ428" s="1"/>
+      <c r="AK428" s="1"/>
+      <c r="AL428" s="1"/>
+      <c r="AM428" s="1"/>
+      <c r="AN428" s="1"/>
+      <c r="AO428" s="1"/>
+      <c r="AP428" s="1"/>
+      <c r="AQ428" s="1"/>
+      <c r="AR428" s="1"/>
+      <c r="AS428" s="1"/>
+      <c r="AT428" s="1"/>
+      <c r="AU428" s="1"/>
+      <c r="AV428" s="1"/>
+      <c r="AW428" s="1"/>
+      <c r="AX428" s="1"/>
+      <c r="AY428" s="1"/>
+      <c r="AZ428" s="1"/>
+      <c r="BA428" s="1"/>
+      <c r="BB428" s="1"/>
+      <c r="BC428" s="1"/>
+      <c r="BD428" s="1"/>
+      <c r="BE428" s="1"/>
+      <c r="BF428" s="1"/>
+      <c r="BG428" s="1"/>
+      <c r="BH428" s="1"/>
+      <c r="BI428" s="1"/>
+      <c r="BJ428" s="1"/>
+      <c r="BK428" s="1"/>
+      <c r="BL428" s="1"/>
+      <c r="BM428" s="1"/>
+      <c r="BN428" s="1"/>
+      <c r="BO428" s="1"/>
+      <c r="BP428" s="1"/>
+      <c r="BQ428" s="1"/>
+    </row>
+    <row r="429" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A429" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B429" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C429" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D429" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E429" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="F429" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H429" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I429" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J429" s="1">
+        <v>21</v>
+      </c>
+      <c r="K429" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L429" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M429" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N429" s="19"/>
+      <c r="O429" s="1"/>
+      <c r="P429" s="1"/>
+      <c r="Q429" s="1"/>
+      <c r="R429" s="1"/>
+      <c r="S429" s="1"/>
+      <c r="T429" s="1"/>
+      <c r="U429" s="1"/>
+      <c r="V429" s="1"/>
+      <c r="W429" s="1"/>
+      <c r="X429" s="1"/>
+      <c r="Y429" s="1"/>
+      <c r="Z429" s="1"/>
+      <c r="AA429" s="1"/>
+      <c r="AB429" s="1"/>
+      <c r="AC429" s="1"/>
+      <c r="AD429" s="1"/>
+      <c r="AE429" s="1"/>
+      <c r="AF429" s="1"/>
+      <c r="AG429" s="1"/>
+      <c r="AH429" s="1"/>
+      <c r="AI429" s="1"/>
+      <c r="AJ429" s="1"/>
+      <c r="AK429" s="1"/>
+      <c r="AL429" s="1"/>
+      <c r="AM429" s="1"/>
+      <c r="AN429" s="1"/>
+      <c r="AO429" s="1"/>
+      <c r="AP429" s="1"/>
+      <c r="AQ429" s="1"/>
+      <c r="AR429" s="1"/>
+      <c r="AS429" s="1"/>
+      <c r="AT429" s="1"/>
+      <c r="AU429" s="1"/>
+      <c r="AV429" s="1"/>
+      <c r="AW429" s="1"/>
+      <c r="AX429" s="1"/>
+      <c r="AY429" s="1"/>
+      <c r="AZ429" s="1"/>
+      <c r="BA429" s="1"/>
+      <c r="BB429" s="1"/>
+      <c r="BC429" s="1"/>
+      <c r="BD429" s="1"/>
+      <c r="BE429" s="1"/>
+      <c r="BF429" s="1"/>
+      <c r="BG429" s="1"/>
+      <c r="BH429" s="1"/>
+      <c r="BI429" s="1"/>
+      <c r="BJ429" s="1"/>
+      <c r="BK429" s="1"/>
+      <c r="BL429" s="1"/>
+      <c r="BM429" s="1"/>
+      <c r="BN429" s="1"/>
+      <c r="BO429" s="1"/>
+      <c r="BP429" s="1"/>
+      <c r="BQ429" s="1"/>
+    </row>
+    <row r="430" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A430" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B430" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C430" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D430" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E430" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="F430" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H430" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H404" s="1" t="s">
+      <c r="I430" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J430" s="1">
+        <v>9</v>
+      </c>
+      <c r="K430" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L430" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M430" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="N430" s="19"/>
+    </row>
+    <row r="431" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A431" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B431" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C431" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D431" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E431" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="F431" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H431" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I431" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J431" s="1">
+        <v>1</v>
+      </c>
+      <c r="K431" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L431" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M431" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="N431" s="3"/>
+    </row>
+    <row r="432" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A432" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B432" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I404" s="1" t="s">
-[...20 lines deleted...]
-      <c r="B405" s="1" t="s">
+      <c r="C432" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D432" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E432" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="F432" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C405" s="1" t="s">
-[...38 lines deleted...]
-      <c r="B406" s="1" t="s">
+      <c r="G432" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H432" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="I432" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="J432" s="1">
+        <v>14</v>
+      </c>
+      <c r="K432" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C406" s="1" t="s">
-[...38 lines deleted...]
-      <c r="B407" s="1" t="s">
+      <c r="L432" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M432" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N432" s="3"/>
+    </row>
+    <row r="433" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A433" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B433" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C433" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D433" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E433" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="F433" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C407" s="1" t="s">
-[...38 lines deleted...]
-      <c r="B408" s="1" t="s">
+      <c r="G433" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H433" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="I433" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="J433" s="1">
+        <v>4</v>
+      </c>
+      <c r="K433" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C408" s="1" t="s">
-[...134 lines deleted...]
-      <c r="F411" s="1" t="s">
+      <c r="L433" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M433" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N433" s="3"/>
+    </row>
+    <row r="434" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A434" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D434" s="1" t="s">
         <v>266</v>
-      </c>
-[...958 lines deleted...]
-        <v>269</v>
       </c>
       <c r="E434" s="1" t="s">
         <v>322</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>34</v>
+        <v>323</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>207</v>
+        <v>15</v>
       </c>
       <c r="H434" s="1" t="s">
-        <v>323</v>
+        <v>16</v>
       </c>
       <c r="I434" s="1" t="s">
-        <v>297</v>
+        <v>48</v>
       </c>
       <c r="J434" s="1">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="K434" s="1" t="s">
-        <v>34</v>
+        <v>115</v>
       </c>
       <c r="L434" s="1" t="s">
-        <v>55</v>
+        <v>115</v>
       </c>
       <c r="M434" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="435" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="N434" s="3"/>
+    </row>
+    <row r="435" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A435" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="E435" s="1" t="s">
         <v>324</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>207</v>
+        <v>39</v>
       </c>
       <c r="H435" s="1" t="s">
-        <v>323</v>
+        <v>16</v>
       </c>
       <c r="I435" s="1" t="s">
-        <v>297</v>
+        <v>17</v>
       </c>
       <c r="J435" s="1">
-        <v>4</v>
+        <v>35</v>
       </c>
       <c r="K435" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L435" s="1" t="s">
-        <v>55</v>
+        <v>108</v>
       </c>
       <c r="M435" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="436" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>109</v>
+      </c>
+      <c r="N435" s="3"/>
+    </row>
+    <row r="436" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A436" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>20</v>
+        <v>45</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="E436" s="1" t="s">
         <v>325</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>326</v>
+        <v>120</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H436" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I436" s="1" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="J436" s="1">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="K436" s="1" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="L436" s="1" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="M436" s="1" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-    <row r="437" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>140</v>
+      </c>
+      <c r="N436" s="3"/>
+    </row>
+    <row r="437" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A437" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="E437" s="1" t="s">
         <v>327</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="G437" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H437" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I437" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J437" s="1">
+        <v>10</v>
+      </c>
+      <c r="K437" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L437" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M437" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="N437" s="3"/>
+    </row>
+    <row r="438" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A438" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B438" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C438" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D438" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E438" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="F438" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H438" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I438" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J438" s="1">
+        <v>58</v>
+      </c>
+      <c r="K438" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L438" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M438" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N438" s="3"/>
+      <c r="O438" s="1"/>
+      <c r="P438" s="1"/>
+      <c r="Q438" s="1"/>
+      <c r="R438" s="1"/>
+      <c r="S438" s="1"/>
+      <c r="T438" s="1"/>
+      <c r="U438" s="1"/>
+      <c r="V438" s="1"/>
+      <c r="W438" s="1"/>
+      <c r="X438" s="1"/>
+      <c r="Y438" s="1"/>
+      <c r="Z438" s="1"/>
+      <c r="AA438" s="1"/>
+      <c r="AB438" s="1"/>
+      <c r="AC438" s="1"/>
+      <c r="AD438" s="1"/>
+      <c r="AE438" s="1"/>
+      <c r="AF438" s="1"/>
+      <c r="AG438" s="1"/>
+      <c r="AH438" s="1"/>
+      <c r="AI438" s="1"/>
+      <c r="AJ438" s="1"/>
+      <c r="AK438" s="1"/>
+      <c r="AL438" s="1"/>
+      <c r="AM438" s="1"/>
+      <c r="AN438" s="1"/>
+      <c r="AO438" s="1"/>
+      <c r="AP438" s="1"/>
+      <c r="AQ438" s="1"/>
+      <c r="AR438" s="1"/>
+      <c r="AS438" s="1"/>
+      <c r="AT438" s="1"/>
+      <c r="AU438" s="1"/>
+      <c r="AV438" s="1"/>
+      <c r="AW438" s="1"/>
+      <c r="AX438" s="1"/>
+      <c r="AY438" s="1"/>
+      <c r="AZ438" s="1"/>
+      <c r="BA438" s="1"/>
+      <c r="BB438" s="1"/>
+      <c r="BC438" s="1"/>
+      <c r="BD438" s="1"/>
+      <c r="BE438" s="1"/>
+      <c r="BF438" s="1"/>
+      <c r="BG438" s="1"/>
+      <c r="BH438" s="1"/>
+      <c r="BI438" s="1"/>
+      <c r="BJ438" s="1"/>
+      <c r="BK438" s="1"/>
+      <c r="BL438" s="1"/>
+      <c r="BM438" s="1"/>
+      <c r="BN438" s="1"/>
+      <c r="BO438" s="1"/>
+      <c r="BP438" s="1"/>
+      <c r="BQ438" s="1"/>
+    </row>
+    <row r="439" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A439" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B439" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C439" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D439" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E439" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="F439" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H439" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I439" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J439" s="1">
+        <v>6</v>
+      </c>
+      <c r="K439" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L439" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M439" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="N439" s="3"/>
+    </row>
+    <row r="440" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A440" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B440" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C440" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H437" s="1" t="s">
-[...32 lines deleted...]
-      <c r="E438" s="1" t="s">
+      <c r="D440" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E440" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="F440" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H440" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I440" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J440" s="1">
+        <v>2</v>
+      </c>
+      <c r="K440" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L440" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M440" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N440" s="3"/>
+    </row>
+    <row r="441" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A441" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B441" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D441" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E441" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="F441" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H441" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I441" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J441" s="1">
+        <v>13</v>
+      </c>
+      <c r="K441" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L441" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M441" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="N441" s="3"/>
+    </row>
+    <row r="442" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A442" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B442" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D442" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E442" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="F442" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H442" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I442" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J442" s="1">
+        <v>2</v>
+      </c>
+      <c r="K442" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L442" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M442" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="N442" s="3"/>
+    </row>
+    <row r="443" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A443" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C443" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D443" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E443" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="F443" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H443" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I443" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J443" s="1">
+        <v>30</v>
+      </c>
+      <c r="K443" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L443" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M443" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N443" s="3"/>
+    </row>
+    <row r="444" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A444" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B444" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C444" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D444" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="F438" s="1" t="s">
-[...11 lines deleted...]
-      <c r="J438" s="1">
+      <c r="E444" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F444" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H444" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I444" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J444" s="1">
+        <v>10</v>
+      </c>
+      <c r="K444" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L444" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="K438" s="1" t="s">
-[...152 lines deleted...]
-      <c r="F442" s="1" t="s">
+      <c r="M444" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="N444" s="14"/>
+      <c r="O444" s="21"/>
+      <c r="P444" s="21"/>
+      <c r="Q444" s="21"/>
+      <c r="R444" s="21"/>
+      <c r="S444" s="21"/>
+      <c r="T444" s="21"/>
+      <c r="U444" s="21"/>
+      <c r="V444" s="21"/>
+      <c r="W444" s="21"/>
+      <c r="X444" s="21"/>
+      <c r="Y444" s="21"/>
+      <c r="Z444" s="21"/>
+      <c r="AA444" s="21"/>
+      <c r="AB444" s="21"/>
+      <c r="AC444" s="21"/>
+      <c r="AD444" s="21"/>
+      <c r="AE444" s="21"/>
+      <c r="AF444" s="21"/>
+      <c r="AG444" s="21"/>
+      <c r="AH444" s="21"/>
+      <c r="AI444" s="21"/>
+      <c r="AJ444" s="21"/>
+      <c r="AK444" s="21"/>
+    </row>
+    <row r="445" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A445" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B445" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C445" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D445" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E445" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F445" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H445" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I445" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J445" s="1">
+        <v>20</v>
+      </c>
+      <c r="K445" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L445" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="G442" s="1" t="s">
-[...14 lines deleted...]
-      <c r="L442" s="1" t="s">
+      <c r="M445" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="M442" s="1" t="s">
-[...20 lines deleted...]
-      <c r="F443" s="1" t="s">
+      <c r="N445" s="14"/>
+      <c r="O445" s="21"/>
+      <c r="P445" s="21"/>
+      <c r="Q445" s="21"/>
+      <c r="R445" s="21"/>
+      <c r="S445" s="21"/>
+      <c r="T445" s="21"/>
+      <c r="U445" s="21"/>
+      <c r="V445" s="21"/>
+      <c r="W445" s="21"/>
+      <c r="X445" s="21"/>
+      <c r="Y445" s="21"/>
+      <c r="Z445" s="21"/>
+      <c r="AA445" s="21"/>
+      <c r="AB445" s="21"/>
+      <c r="AC445" s="21"/>
+      <c r="AD445" s="21"/>
+      <c r="AE445" s="21"/>
+      <c r="AF445" s="21"/>
+      <c r="AG445" s="21"/>
+      <c r="AH445" s="21"/>
+      <c r="AI445" s="21"/>
+      <c r="AJ445" s="21"/>
+      <c r="AK445" s="21"/>
+    </row>
+    <row r="446" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A446" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B446" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C446" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D446" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E446" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="F446" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H446" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I446" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J446" s="1">
+        <v>3</v>
+      </c>
+      <c r="K446" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L446" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="G443" s="1" t="s">
-[...14 lines deleted...]
-      <c r="L443" s="1" t="s">
+      <c r="M446" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="M443" s="1" t="s">
-[...130 lines deleted...]
-    <row r="447" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N446" s="14"/>
+      <c r="O446" s="21"/>
+      <c r="P446" s="21"/>
+      <c r="Q446" s="21"/>
+      <c r="R446" s="21"/>
+      <c r="S446" s="21"/>
+      <c r="T446" s="21"/>
+      <c r="U446" s="21"/>
+      <c r="V446" s="21"/>
+      <c r="W446" s="21"/>
+      <c r="X446" s="21"/>
+      <c r="Y446" s="21"/>
+      <c r="Z446" s="21"/>
+      <c r="AA446" s="21"/>
+      <c r="AB446" s="21"/>
+      <c r="AC446" s="21"/>
+      <c r="AD446" s="21"/>
+      <c r="AE446" s="21"/>
+      <c r="AF446" s="21"/>
+      <c r="AG446" s="21"/>
+      <c r="AH446" s="21"/>
+      <c r="AI446" s="21"/>
+      <c r="AJ446" s="21"/>
+      <c r="AK446" s="21"/>
+    </row>
+    <row r="447" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A447" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>45</v>
+      </c>
+      <c r="C447" s="4" t="s">
+        <v>96</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E447" s="1" t="s">
         <v>339</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>54</v>
+        <v>125</v>
       </c>
       <c r="G447" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H447" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H447" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I447" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>17</v>
+      </c>
+      <c r="J447" s="7">
+        <v>39</v>
       </c>
       <c r="K447" s="1" t="s">
-        <v>43</v>
+        <v>121</v>
       </c>
       <c r="L447" s="1" t="s">
-        <v>55</v>
+        <v>122</v>
       </c>
       <c r="M447" s="1" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-    <row r="448" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+      <c r="N447" s="3"/>
+    </row>
+    <row r="448" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A448" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>32</v>
+      </c>
+      <c r="C448" s="1" t="s">
+        <v>96</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E448" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="F448" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H448" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I448" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J448" s="1">
+        <v>5</v>
+      </c>
+      <c r="K448" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L448" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M448" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N448" s="14"/>
+      <c r="O448" s="21"/>
+      <c r="P448" s="21"/>
+      <c r="Q448" s="21"/>
+      <c r="R448" s="21"/>
+      <c r="S448" s="21"/>
+      <c r="T448" s="21"/>
+      <c r="U448" s="21"/>
+      <c r="V448" s="21"/>
+      <c r="W448" s="21"/>
+      <c r="X448" s="21"/>
+      <c r="Y448" s="21"/>
+      <c r="Z448" s="21"/>
+      <c r="AA448" s="21"/>
+      <c r="AB448" s="21"/>
+      <c r="AC448" s="21"/>
+      <c r="AD448" s="21"/>
+      <c r="AE448" s="21"/>
+      <c r="AF448" s="21"/>
+      <c r="AG448" s="21"/>
+      <c r="AH448" s="21"/>
+      <c r="AI448" s="21"/>
+      <c r="AJ448" s="21"/>
+      <c r="AK448" s="21"/>
+    </row>
+    <row r="449" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A449" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B449" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C449" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D449" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E449" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="F448" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G448" s="1" t="s">
+      <c r="F449" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H449" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I449" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J449" s="1">
+        <v>32</v>
+      </c>
+      <c r="K449" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L449" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="M449" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="N449" s="3"/>
+    </row>
+    <row r="450" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A450" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B450" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C450" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H448" s="1" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="D450" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E450" s="1" t="s">
         <v>343</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>244</v>
+        <v>33</v>
       </c>
       <c r="G450" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H450" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I450" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J450" s="1">
+        <v>33</v>
+      </c>
+      <c r="K450" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L450" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M450" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N450" s="14"/>
+      <c r="O450" s="21"/>
+      <c r="P450" s="21"/>
+      <c r="Q450" s="21"/>
+      <c r="R450" s="21"/>
+      <c r="S450" s="21"/>
+      <c r="T450" s="21"/>
+      <c r="U450" s="21"/>
+      <c r="V450" s="21"/>
+      <c r="W450" s="21"/>
+      <c r="X450" s="21"/>
+      <c r="Y450" s="21"/>
+      <c r="Z450" s="21"/>
+      <c r="AA450" s="21"/>
+      <c r="AB450" s="21"/>
+      <c r="AC450" s="21"/>
+      <c r="AD450" s="21"/>
+      <c r="AE450" s="21"/>
+      <c r="AF450" s="21"/>
+      <c r="AG450" s="21"/>
+      <c r="AH450" s="21"/>
+      <c r="AI450" s="21"/>
+      <c r="AJ450" s="21"/>
+      <c r="AK450" s="21"/>
+    </row>
+    <row r="451" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A451" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B451" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C451" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H450" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J450" s="1">
+      <c r="D451" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E451" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="F451" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H451" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I451" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J451" s="1">
+        <v>9</v>
+      </c>
+      <c r="K451" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L451" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M451" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N451" s="3"/>
+      <c r="AL451" s="22"/>
+      <c r="AM451" s="22"/>
+      <c r="AN451" s="22"/>
+      <c r="AO451" s="22"/>
+      <c r="AP451" s="22"/>
+      <c r="AQ451" s="22"/>
+      <c r="AR451" s="22"/>
+      <c r="AS451" s="22"/>
+      <c r="AT451" s="22"/>
+      <c r="AU451" s="22"/>
+      <c r="AV451" s="22"/>
+      <c r="AW451" s="22"/>
+      <c r="AX451" s="22"/>
+      <c r="AY451" s="22"/>
+      <c r="AZ451" s="22"/>
+      <c r="BA451" s="22"/>
+      <c r="BB451" s="22"/>
+      <c r="BC451" s="22"/>
+      <c r="BD451" s="22"/>
+      <c r="BE451" s="22"/>
+      <c r="BF451" s="22"/>
+      <c r="BG451" s="22"/>
+      <c r="BH451" s="22"/>
+      <c r="BI451" s="22"/>
+      <c r="BJ451" s="22"/>
+      <c r="BK451" s="22"/>
+      <c r="BL451" s="22"/>
+      <c r="BM451" s="22"/>
+      <c r="BN451" s="22"/>
+      <c r="BO451" s="22"/>
+      <c r="BP451" s="22"/>
+      <c r="BQ451" s="22"/>
+    </row>
+    <row r="452" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A452" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B452" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C452" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D452" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E452" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="F452" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H452" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I452" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J452" s="1">
+        <v>10</v>
+      </c>
+      <c r="K452" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L452" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M452" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N452" s="3"/>
+      <c r="AL452" s="22"/>
+      <c r="AM452" s="22"/>
+      <c r="AN452" s="22"/>
+      <c r="AO452" s="22"/>
+      <c r="AP452" s="22"/>
+      <c r="AQ452" s="22"/>
+      <c r="AR452" s="22"/>
+      <c r="AS452" s="22"/>
+      <c r="AT452" s="22"/>
+      <c r="AU452" s="22"/>
+      <c r="AV452" s="22"/>
+      <c r="AW452" s="22"/>
+      <c r="AX452" s="22"/>
+      <c r="AY452" s="22"/>
+      <c r="AZ452" s="22"/>
+      <c r="BA452" s="22"/>
+      <c r="BB452" s="22"/>
+      <c r="BC452" s="22"/>
+      <c r="BD452" s="22"/>
+      <c r="BE452" s="22"/>
+      <c r="BF452" s="22"/>
+      <c r="BG452" s="22"/>
+      <c r="BH452" s="22"/>
+      <c r="BI452" s="22"/>
+      <c r="BJ452" s="22"/>
+      <c r="BK452" s="22"/>
+      <c r="BL452" s="22"/>
+      <c r="BM452" s="22"/>
+      <c r="BN452" s="22"/>
+      <c r="BO452" s="22"/>
+      <c r="BP452" s="22"/>
+      <c r="BQ452" s="22"/>
+    </row>
+    <row r="453" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A453" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B453" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="K450" s="1" t="s">
-[...65 lines deleted...]
-      <c r="E452" s="1" t="s">
+      <c r="C453" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D453" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E453" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="F453" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="F452" s="1" t="s">
-[...38 lines deleted...]
-      <c r="E453" s="1" t="s">
+      <c r="G453" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H453" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I453" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J453" s="1">
+        <v>21</v>
+      </c>
+      <c r="K453" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L453" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M453" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N453" s="14"/>
+      <c r="O453" s="21"/>
+      <c r="P453" s="21"/>
+      <c r="Q453" s="21"/>
+      <c r="R453" s="21"/>
+      <c r="S453" s="21"/>
+      <c r="T453" s="21"/>
+      <c r="U453" s="21"/>
+      <c r="V453" s="21"/>
+      <c r="W453" s="21"/>
+      <c r="X453" s="21"/>
+      <c r="Y453" s="21"/>
+      <c r="Z453" s="21"/>
+      <c r="AA453" s="21"/>
+      <c r="AB453" s="21"/>
+      <c r="AC453" s="21"/>
+      <c r="AD453" s="21"/>
+      <c r="AE453" s="21"/>
+      <c r="AF453" s="21"/>
+      <c r="AG453" s="21"/>
+      <c r="AH453" s="21"/>
+      <c r="AI453" s="21"/>
+      <c r="AJ453" s="21"/>
+      <c r="AK453" s="21"/>
+    </row>
+    <row r="454" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A454" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B454" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C454" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D454" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E454" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="F454" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="F453" s="1" t="s">
-[...5 lines deleted...]
-      <c r="H453" s="1" t="s">
+      <c r="G454" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H454" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I454" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J454" s="1">
+        <v>3</v>
+      </c>
+      <c r="K454" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L454" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M454" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N454" s="14"/>
+      <c r="O454" s="21"/>
+      <c r="P454" s="21"/>
+      <c r="Q454" s="21"/>
+      <c r="R454" s="21"/>
+      <c r="S454" s="21"/>
+      <c r="T454" s="21"/>
+      <c r="U454" s="21"/>
+      <c r="V454" s="21"/>
+      <c r="W454" s="21"/>
+      <c r="X454" s="21"/>
+      <c r="Y454" s="21"/>
+      <c r="Z454" s="21"/>
+      <c r="AA454" s="21"/>
+      <c r="AB454" s="21"/>
+      <c r="AC454" s="21"/>
+      <c r="AD454" s="21"/>
+      <c r="AE454" s="21"/>
+      <c r="AF454" s="21"/>
+      <c r="AG454" s="21"/>
+      <c r="AH454" s="21"/>
+      <c r="AI454" s="21"/>
+      <c r="AJ454" s="21"/>
+      <c r="AK454" s="21"/>
+    </row>
+    <row r="455" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A455" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B455" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I453" s="1" t="s">
-[...44 lines deleted...]
-      <c r="J454" s="1">
+      <c r="C455" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D455" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E455" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="F455" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H455" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I455" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J455" s="1">
+        <v>7</v>
+      </c>
+      <c r="K455" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="K454" s="1" t="s">
-[...5 lines deleted...]
-      <c r="M454" s="1" t="s">
+      <c r="L455" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="N454" s="6"/>
-[...37 lines deleted...]
-      </c>
       <c r="M455" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="456" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+      <c r="N455" s="14"/>
+      <c r="O455" s="21"/>
+      <c r="P455" s="21"/>
+      <c r="Q455" s="21"/>
+      <c r="R455" s="21"/>
+      <c r="S455" s="21"/>
+      <c r="T455" s="21"/>
+      <c r="U455" s="21"/>
+      <c r="V455" s="21"/>
+      <c r="W455" s="21"/>
+      <c r="X455" s="21"/>
+      <c r="Y455" s="21"/>
+      <c r="Z455" s="21"/>
+      <c r="AA455" s="21"/>
+      <c r="AB455" s="21"/>
+      <c r="AC455" s="21"/>
+      <c r="AD455" s="21"/>
+      <c r="AE455" s="21"/>
+      <c r="AF455" s="21"/>
+      <c r="AG455" s="21"/>
+      <c r="AH455" s="21"/>
+      <c r="AI455" s="21"/>
+      <c r="AJ455" s="21"/>
+      <c r="AK455" s="21"/>
+    </row>
+    <row r="456" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A456" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E456" s="1" t="s">
         <v>349</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>350</v>
+        <v>33</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H456" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I456" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J456" s="7">
+        <v>24</v>
+      </c>
+      <c r="K456" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L456" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M456" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N456" s="14"/>
+      <c r="O456" s="21"/>
+      <c r="P456" s="21"/>
+      <c r="Q456" s="21"/>
+      <c r="R456" s="21"/>
+      <c r="S456" s="21"/>
+      <c r="T456" s="21"/>
+      <c r="U456" s="21"/>
+      <c r="V456" s="21"/>
+      <c r="W456" s="21"/>
+      <c r="X456" s="21"/>
+      <c r="Y456" s="21"/>
+      <c r="Z456" s="21"/>
+      <c r="AA456" s="21"/>
+      <c r="AB456" s="21"/>
+      <c r="AC456" s="21"/>
+      <c r="AD456" s="21"/>
+      <c r="AE456" s="21"/>
+      <c r="AF456" s="21"/>
+      <c r="AG456" s="21"/>
+      <c r="AH456" s="21"/>
+      <c r="AI456" s="21"/>
+      <c r="AJ456" s="21"/>
+      <c r="AK456" s="21"/>
+    </row>
+    <row r="457" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A457" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B457" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C457" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D457" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E457" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="F457" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H457" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I457" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J457" s="1">
+        <v>20</v>
+      </c>
+      <c r="K457" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L457" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M457" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="N457" s="3"/>
+    </row>
+    <row r="458" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A458" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B458" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I456" s="1" t="s">
-[...64 lines deleted...]
-      </c>
       <c r="C458" s="1" t="s">
-        <v>97</v>
+        <v>45</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E458" s="1" t="s">
         <v>354</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>126</v>
+        <v>161</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H458" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I458" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J458" s="1">
+        <v>39</v>
+      </c>
+      <c r="K458" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L458" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M458" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="N458" s="3"/>
+    </row>
+    <row r="459" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A459" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B459" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C459" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D459" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E459" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="F459" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H459" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I459" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J459" s="1">
+        <v>10</v>
+      </c>
+      <c r="K459" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L459" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M459" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="N459" s="3"/>
+    </row>
+    <row r="460" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A460" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B460" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C460" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D460" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E460" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="F460" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H460" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I460" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J460" s="1">
+        <v>1</v>
+      </c>
+      <c r="K460" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L460" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M460" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="N460" s="3"/>
+    </row>
+    <row r="461" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A461" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B461" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C461" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I458" s="1" t="s">
-[...109 lines deleted...]
-      </c>
       <c r="D461" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E461" s="1" t="s">
         <v>359</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>360</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="H461" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I461" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J461" s="1">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="K461" s="1" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="L461" s="1" t="s">
-        <v>23</v>
+        <v>116</v>
       </c>
       <c r="M461" s="1" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-    <row r="462" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>130</v>
+      </c>
+      <c r="N461" s="3"/>
+    </row>
+    <row r="462" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A462" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E462" s="1" t="s">
         <v>361</v>
       </c>
       <c r="F462" s="1" t="s">
         <v>362</v>
       </c>
       <c r="G462" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H462" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H462" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I462" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J462" s="1">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="K462" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L462" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M462" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N462" s="3"/>
+    </row>
+    <row r="463" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A463" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B463" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C463" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D463" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E463" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="F463" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H463" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I463" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J463" s="1">
+        <v>83</v>
+      </c>
+      <c r="K463" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L463" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M463" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N463" s="3"/>
+    </row>
+    <row r="464" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A464" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B464" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C464" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D464" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E464" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="F464" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H464" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I464" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J464" s="1">
+        <v>62</v>
+      </c>
+      <c r="K464" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L464" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M464" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N464" s="3"/>
+    </row>
+    <row r="465" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A465" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B465" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C465" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D465" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E465" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="F465" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H465" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I465" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J465" s="1">
+        <v>6</v>
+      </c>
+      <c r="K465" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L465" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M465" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N465" s="3"/>
+    </row>
+    <row r="466" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A466" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B466" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C466" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D466" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E466" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="F466" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H466" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I466" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J466" s="1">
+        <v>97</v>
+      </c>
+      <c r="K466" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L466" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M466" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N466" s="3"/>
+    </row>
+    <row r="467" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A467" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B467" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C467" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D467" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E467" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="F467" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H467" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I467" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J467" s="1">
+        <v>40</v>
+      </c>
+      <c r="K467" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L467" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M467" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N467" s="3"/>
+    </row>
+    <row r="468" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A468" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B468" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C468" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D468" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E468" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="F468" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H468" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I468" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J468" s="1">
+        <v>3</v>
+      </c>
+      <c r="K468" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L468" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M468" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N468" s="3"/>
+    </row>
+    <row r="469" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A469" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B469" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C469" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D469" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E469" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="F469" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H469" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I469" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J469" s="1">
+        <v>22</v>
+      </c>
+      <c r="K469" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L469" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M469" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N469" s="3"/>
+    </row>
+    <row r="470" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A470" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B470" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C470" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D470" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E470" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="F470" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H470" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I470" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J470" s="1">
+        <v>2</v>
+      </c>
+      <c r="K470" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L470" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M470" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N470" s="3"/>
+    </row>
+    <row r="471" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A471" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B471" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C471" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D471" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E471" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="F471" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H471" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="I471" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="J471" s="1">
+        <v>10</v>
+      </c>
+      <c r="K471" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L471" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M471" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N471" s="3"/>
+    </row>
+    <row r="472" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A472" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B472" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C472" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D472" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E472" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="F472" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H472" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I472" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J472" s="1">
+        <v>2</v>
+      </c>
+      <c r="K472" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L472" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M472" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N472" s="3"/>
+      <c r="O472" s="1"/>
+      <c r="P472" s="1"/>
+      <c r="Q472" s="1"/>
+      <c r="R472" s="1"/>
+      <c r="S472" s="1"/>
+      <c r="T472" s="1"/>
+      <c r="U472" s="1"/>
+      <c r="V472" s="1"/>
+      <c r="W472" s="1"/>
+      <c r="X472" s="1"/>
+      <c r="Y472" s="1"/>
+      <c r="Z472" s="1"/>
+      <c r="AA472" s="1"/>
+      <c r="AB472" s="1"/>
+      <c r="AC472" s="1"/>
+      <c r="AD472" s="1"/>
+      <c r="AE472" s="1"/>
+      <c r="AF472" s="1"/>
+      <c r="AG472" s="1"/>
+      <c r="AH472" s="1"/>
+      <c r="AI472" s="1"/>
+      <c r="AJ472" s="1"/>
+      <c r="AK472" s="1"/>
+      <c r="AL472" s="1"/>
+      <c r="AM472" s="1"/>
+      <c r="AN472" s="1"/>
+      <c r="AO472" s="1"/>
+      <c r="AP472" s="1"/>
+      <c r="AQ472" s="1"/>
+      <c r="AR472" s="1"/>
+      <c r="AS472" s="1"/>
+      <c r="AT472" s="1"/>
+      <c r="AU472" s="1"/>
+      <c r="AV472" s="1"/>
+      <c r="AW472" s="1"/>
+      <c r="AX472" s="1"/>
+      <c r="AY472" s="1"/>
+      <c r="AZ472" s="1"/>
+      <c r="BA472" s="1"/>
+      <c r="BB472" s="1"/>
+      <c r="BC472" s="1"/>
+      <c r="BD472" s="1"/>
+      <c r="BE472" s="1"/>
+      <c r="BF472" s="1"/>
+      <c r="BG472" s="1"/>
+      <c r="BH472" s="1"/>
+      <c r="BI472" s="1"/>
+      <c r="BJ472" s="1"/>
+      <c r="BK472" s="1"/>
+      <c r="BL472" s="1"/>
+      <c r="BM472" s="1"/>
+      <c r="BN472" s="1"/>
+      <c r="BO472" s="1"/>
+      <c r="BP472" s="1"/>
+      <c r="BQ472" s="1"/>
+    </row>
+    <row r="473" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A473" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B473" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C473" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D473" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E473" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F473" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H473" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I473" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J473" s="1">
+        <v>82</v>
+      </c>
+      <c r="K473" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L473" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M473" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N473" s="3"/>
+      <c r="O473" s="1"/>
+      <c r="P473" s="1"/>
+      <c r="Q473" s="1"/>
+      <c r="R473" s="1"/>
+      <c r="S473" s="1"/>
+      <c r="T473" s="1"/>
+      <c r="U473" s="1"/>
+      <c r="V473" s="1"/>
+      <c r="W473" s="1"/>
+      <c r="X473" s="1"/>
+      <c r="Y473" s="1"/>
+      <c r="Z473" s="1"/>
+      <c r="AA473" s="1"/>
+      <c r="AB473" s="1"/>
+      <c r="AC473" s="1"/>
+      <c r="AD473" s="1"/>
+      <c r="AE473" s="1"/>
+      <c r="AF473" s="1"/>
+      <c r="AG473" s="1"/>
+      <c r="AH473" s="1"/>
+      <c r="AI473" s="1"/>
+      <c r="AJ473" s="1"/>
+      <c r="AK473" s="1"/>
+      <c r="AL473" s="1"/>
+      <c r="AM473" s="1"/>
+      <c r="AN473" s="1"/>
+      <c r="AO473" s="1"/>
+      <c r="AP473" s="1"/>
+      <c r="AQ473" s="1"/>
+      <c r="AR473" s="1"/>
+      <c r="AS473" s="1"/>
+      <c r="AT473" s="1"/>
+      <c r="AU473" s="1"/>
+      <c r="AV473" s="1"/>
+      <c r="AW473" s="1"/>
+      <c r="AX473" s="1"/>
+      <c r="AY473" s="1"/>
+      <c r="AZ473" s="1"/>
+      <c r="BA473" s="1"/>
+      <c r="BB473" s="1"/>
+      <c r="BC473" s="1"/>
+      <c r="BD473" s="1"/>
+      <c r="BE473" s="1"/>
+      <c r="BF473" s="1"/>
+      <c r="BG473" s="1"/>
+      <c r="BH473" s="1"/>
+      <c r="BI473" s="1"/>
+      <c r="BJ473" s="1"/>
+      <c r="BK473" s="1"/>
+      <c r="BL473" s="1"/>
+      <c r="BM473" s="1"/>
+      <c r="BN473" s="1"/>
+      <c r="BO473" s="1"/>
+      <c r="BP473" s="1"/>
+      <c r="BQ473" s="1"/>
+    </row>
+    <row r="474" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A474" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B474" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C474" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D474" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E474" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F474" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H474" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I474" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J474" s="1">
+        <v>13</v>
+      </c>
+      <c r="K474" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L474" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M474" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N474" s="3"/>
+      <c r="O474" s="1"/>
+      <c r="P474" s="1"/>
+      <c r="Q474" s="1"/>
+      <c r="R474" s="1"/>
+      <c r="S474" s="1"/>
+      <c r="T474" s="1"/>
+      <c r="U474" s="1"/>
+      <c r="V474" s="1"/>
+      <c r="W474" s="1"/>
+      <c r="X474" s="1"/>
+      <c r="Y474" s="1"/>
+      <c r="Z474" s="1"/>
+      <c r="AA474" s="1"/>
+      <c r="AB474" s="1"/>
+      <c r="AC474" s="1"/>
+      <c r="AD474" s="1"/>
+      <c r="AE474" s="1"/>
+      <c r="AF474" s="1"/>
+      <c r="AG474" s="1"/>
+      <c r="AH474" s="1"/>
+      <c r="AI474" s="1"/>
+      <c r="AJ474" s="1"/>
+      <c r="AK474" s="1"/>
+      <c r="AL474" s="1"/>
+      <c r="AM474" s="1"/>
+      <c r="AN474" s="1"/>
+      <c r="AO474" s="1"/>
+      <c r="AP474" s="1"/>
+      <c r="AQ474" s="1"/>
+      <c r="AR474" s="1"/>
+      <c r="AS474" s="1"/>
+      <c r="AT474" s="1"/>
+      <c r="AU474" s="1"/>
+      <c r="AV474" s="1"/>
+      <c r="AW474" s="1"/>
+      <c r="AX474" s="1"/>
+      <c r="AY474" s="1"/>
+      <c r="AZ474" s="1"/>
+      <c r="BA474" s="1"/>
+      <c r="BB474" s="1"/>
+      <c r="BC474" s="1"/>
+      <c r="BD474" s="1"/>
+      <c r="BE474" s="1"/>
+      <c r="BF474" s="1"/>
+      <c r="BG474" s="1"/>
+      <c r="BH474" s="1"/>
+      <c r="BI474" s="1"/>
+      <c r="BJ474" s="1"/>
+      <c r="BK474" s="1"/>
+      <c r="BL474" s="1"/>
+      <c r="BM474" s="1"/>
+      <c r="BN474" s="1"/>
+      <c r="BO474" s="1"/>
+      <c r="BP474" s="1"/>
+      <c r="BQ474" s="1"/>
+    </row>
+    <row r="475" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A475" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B475" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C475" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D475" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E475" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F475" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H475" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I475" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J475" s="1">
+        <v>24</v>
+      </c>
+      <c r="K475" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L475" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M475" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N475" s="3"/>
+      <c r="O475" s="1"/>
+      <c r="P475" s="1"/>
+      <c r="Q475" s="1"/>
+      <c r="R475" s="1"/>
+      <c r="S475" s="1"/>
+      <c r="T475" s="1"/>
+      <c r="U475" s="1"/>
+      <c r="V475" s="1"/>
+      <c r="W475" s="1"/>
+      <c r="X475" s="1"/>
+      <c r="Y475" s="1"/>
+      <c r="Z475" s="1"/>
+      <c r="AA475" s="1"/>
+      <c r="AB475" s="1"/>
+      <c r="AC475" s="1"/>
+      <c r="AD475" s="1"/>
+      <c r="AE475" s="1"/>
+      <c r="AF475" s="1"/>
+      <c r="AG475" s="1"/>
+      <c r="AH475" s="1"/>
+      <c r="AI475" s="1"/>
+      <c r="AJ475" s="1"/>
+      <c r="AK475" s="1"/>
+      <c r="AL475" s="1"/>
+      <c r="AM475" s="1"/>
+      <c r="AN475" s="1"/>
+      <c r="AO475" s="1"/>
+      <c r="AP475" s="1"/>
+      <c r="AQ475" s="1"/>
+      <c r="AR475" s="1"/>
+      <c r="AS475" s="1"/>
+      <c r="AT475" s="1"/>
+      <c r="AU475" s="1"/>
+      <c r="AV475" s="1"/>
+      <c r="AW475" s="1"/>
+      <c r="AX475" s="1"/>
+      <c r="AY475" s="1"/>
+      <c r="AZ475" s="1"/>
+      <c r="BA475" s="1"/>
+      <c r="BB475" s="1"/>
+      <c r="BC475" s="1"/>
+      <c r="BD475" s="1"/>
+      <c r="BE475" s="1"/>
+      <c r="BF475" s="1"/>
+      <c r="BG475" s="1"/>
+      <c r="BH475" s="1"/>
+      <c r="BI475" s="1"/>
+      <c r="BJ475" s="1"/>
+      <c r="BK475" s="1"/>
+      <c r="BL475" s="1"/>
+      <c r="BM475" s="1"/>
+      <c r="BN475" s="1"/>
+      <c r="BO475" s="1"/>
+      <c r="BP475" s="1"/>
+      <c r="BQ475" s="1"/>
+    </row>
+    <row r="476" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A476" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B476" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C476" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D476" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E476" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="F476" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H476" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I476" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J476" s="1">
+        <v>11</v>
+      </c>
+      <c r="K476" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L476" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M476" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N476" s="3"/>
+    </row>
+    <row r="477" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A477" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B477" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C477" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D477" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E477" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="F477" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H477" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I477" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J477" s="1">
+        <v>32</v>
+      </c>
+      <c r="K477" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L477" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M477" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N477" s="3"/>
+    </row>
+    <row r="478" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A478" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B478" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C478" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D478" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E478" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="F478" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H478" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I478" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J478" s="1">
+        <v>4</v>
+      </c>
+      <c r="K478" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L478" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M478" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N478" s="3"/>
+    </row>
+    <row r="479" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A479" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B479" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C479" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D479" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E479" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="F479" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H479" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I479" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J479" s="1">
+        <v>40</v>
+      </c>
+      <c r="K479" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L479" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="L462" s="1" t="s">
-[...26 lines deleted...]
-      <c r="G463" s="1" t="s">
+      <c r="M479" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="N479" s="3"/>
+    </row>
+    <row r="480" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A480" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B480" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C480" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H463" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J463" s="1">
+      <c r="D480" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E480" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="F480" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H480" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="K463" s="1" t="s">
-[...29 lines deleted...]
-      <c r="G464" s="1" t="s">
+      <c r="I480" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J480" s="1">
+        <v>16</v>
+      </c>
+      <c r="K480" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L480" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M480" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="N480" s="3"/>
+    </row>
+    <row r="481" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A481" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B481" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C481" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H464" s="1" t="s">
-[...38 lines deleted...]
-      <c r="G465" s="1" t="s">
+      <c r="D481" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E481" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="F481" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H481" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I481" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J481" s="1">
+        <v>1</v>
+      </c>
+      <c r="K481" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L481" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M481" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="N481" s="3"/>
+    </row>
+    <row r="482" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A482" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B482" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C482" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D482" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E482" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="F482" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H482" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H465" s="1" t="s">
-[...38 lines deleted...]
-      <c r="G466" s="1" t="s">
+      <c r="I482" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J482" s="1">
+        <v>31</v>
+      </c>
+      <c r="K482" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L482" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M482" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N482" s="19"/>
+    </row>
+    <row r="483" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A483" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B483" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C483" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D483" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="E483" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="F483" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H483" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H466" s="1" t="s">
-[...23 lines deleted...]
-      <c r="B467" s="1" t="s">
+      <c r="I483" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J483" s="1">
+        <v>23</v>
+      </c>
+      <c r="K483" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C467" s="1" t="s">
-[...38 lines deleted...]
-      <c r="B468" s="1" t="s">
+      <c r="L483" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M483" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N483" s="3"/>
+    </row>
+    <row r="484" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A484" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B484" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C484" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D484" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="E484" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="F484" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C468" s="7" t="s">
-[...38 lines deleted...]
-      <c r="B469" s="1" t="s">
+      <c r="G484" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H484" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I484" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J484" s="1">
+        <v>4</v>
+      </c>
+      <c r="K484" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C469" s="7" t="s">
-[...38 lines deleted...]
-      <c r="B470" s="1" t="s">
+      <c r="L484" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M484" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N484" s="3"/>
+    </row>
+    <row r="485" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A485" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B485" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C485" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D485" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="E485" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="F485" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C470" s="7" t="s">
-[...566 lines deleted...]
-      <c r="J483" s="1">
+      <c r="G485" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H485" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="K483" s="1" t="s">
-[...76 lines deleted...]
-      </c>
       <c r="I485" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J485" s="1">
         <v>4</v>
       </c>
       <c r="K485" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L485" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="M485" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="486" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>78</v>
+      </c>
+      <c r="N485" s="3"/>
+    </row>
+    <row r="486" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A486" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>398</v>
+        <v>410</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>399</v>
+        <v>415</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G486" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H486" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I486" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J486" s="1">
+        <v>15</v>
+      </c>
+      <c r="K486" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L486" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M486" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N486" s="3"/>
+    </row>
+    <row r="487" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A487" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B487" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C487" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E487" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="F487" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H487" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I487" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J487" s="1">
+        <v>3</v>
+      </c>
+      <c r="K487" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L487" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M487" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N487" s="3"/>
+    </row>
+    <row r="488" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A488" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B488" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C488" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D488" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E488" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="F488" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H488" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I488" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J488" s="1">
+        <v>12</v>
+      </c>
+      <c r="K488" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L488" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M488" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N488" s="3"/>
+    </row>
+    <row r="489" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A489" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B489" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H486" s="1" t="s">
-[...109 lines deleted...]
-      </c>
       <c r="C489" s="1" t="s">
-        <v>46</v>
+        <v>129</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="E489" s="1" t="s">
         <v>418</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G489" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H489" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H489" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I489" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J489" s="1">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="K489" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L489" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M489" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="M489" s="1" t="s">
-[...4 lines deleted...]
-    <row r="490" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N489" s="19"/>
+      <c r="O489" s="2"/>
+      <c r="P489" s="2"/>
+      <c r="Q489" s="2"/>
+      <c r="R489" s="2"/>
+      <c r="S489" s="2"/>
+      <c r="T489" s="2"/>
+      <c r="U489" s="2"/>
+      <c r="V489" s="2"/>
+      <c r="W489" s="2"/>
+      <c r="X489" s="2"/>
+      <c r="Y489" s="2"/>
+      <c r="Z489" s="2"/>
+      <c r="AA489" s="2"/>
+      <c r="AB489" s="2"/>
+      <c r="AC489" s="2"/>
+      <c r="AD489" s="2"/>
+      <c r="AE489" s="2"/>
+      <c r="AF489" s="2"/>
+      <c r="AG489" s="2"/>
+      <c r="AH489" s="2"/>
+      <c r="AI489" s="2"/>
+      <c r="AJ489" s="2"/>
+      <c r="AK489" s="2"/>
+      <c r="AL489" s="2"/>
+      <c r="AM489" s="2"/>
+      <c r="AN489" s="2"/>
+      <c r="AO489" s="2"/>
+      <c r="AP489" s="2"/>
+      <c r="AQ489" s="2"/>
+      <c r="AR489" s="2"/>
+      <c r="AS489" s="2"/>
+      <c r="AT489" s="2"/>
+      <c r="AU489" s="2"/>
+      <c r="AV489" s="2"/>
+      <c r="AW489" s="2"/>
+      <c r="AX489" s="2"/>
+      <c r="AY489" s="2"/>
+      <c r="AZ489" s="2"/>
+      <c r="BA489" s="2"/>
+      <c r="BB489" s="2"/>
+      <c r="BC489" s="2"/>
+      <c r="BD489" s="2"/>
+      <c r="BE489" s="2"/>
+      <c r="BF489" s="2"/>
+      <c r="BG489" s="2"/>
+      <c r="BH489" s="2"/>
+      <c r="BI489" s="2"/>
+      <c r="BJ489" s="2"/>
+      <c r="BK489" s="2"/>
+      <c r="BL489" s="2"/>
+      <c r="BM489" s="2"/>
+      <c r="BN489" s="2"/>
+      <c r="BO489" s="2"/>
+      <c r="BP489" s="2"/>
+      <c r="BQ489" s="2"/>
+    </row>
+    <row r="490" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A490" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="E490" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="F490" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H490" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I490" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J490" s="1">
+        <v>1</v>
+      </c>
+      <c r="K490" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L490" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M490" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N490" s="3"/>
+    </row>
+    <row r="491" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A491" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B491" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C491" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D491" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E491" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="F490" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="F491" s="1" t="s">
-        <v>34</v>
+        <v>101</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H491" s="1" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I491" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J491" s="1">
         <v>1</v>
       </c>
       <c r="K491" s="1" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="L491" s="1" t="s">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="M491" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-    <row r="492" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>101</v>
+      </c>
+      <c r="N491" s="3"/>
+    </row>
+    <row r="492" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A492" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B492" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C492" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D492" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E492" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="F492" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C492" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G492" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H492" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I492" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J492" s="1">
+        <v>8</v>
+      </c>
+      <c r="K492" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L492" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M492" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N492" s="19"/>
+    </row>
+    <row r="493" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A493" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B493" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C493" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H492" s="1" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="D493" s="1" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="E493" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="F493" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H493" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I493" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J493" s="1">
+        <v>14</v>
+      </c>
+      <c r="K493" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L493" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M493" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="N493" s="19"/>
+    </row>
+    <row r="494" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A494" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B494" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C494" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D494" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E494" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="F494" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H494" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I494" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J494" s="1">
+        <v>4</v>
+      </c>
+      <c r="K494" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L494" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M494" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="N494" s="19"/>
+    </row>
+    <row r="495" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A495" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B495" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C495" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D495" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E495" s="1" t="s">
         <v>428</v>
       </c>
-      <c r="F493" s="1" t="s">
-[...2 lines deleted...]
-      <c r="G493" s="1" t="s">
+      <c r="F495" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H495" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I495" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J495" s="1">
+        <v>5</v>
+      </c>
+      <c r="K495" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L495" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M495" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="N495" s="3"/>
+    </row>
+    <row r="496" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A496" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B496" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H493" s="1" t="s">
-[...23 lines deleted...]
-      <c r="B494" s="1" t="s">
+      <c r="C496" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D496" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E496" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="F496" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C494" s="1" t="s">
-[...38 lines deleted...]
-      <c r="B495" s="1" t="s">
+      <c r="G496" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H496" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I496" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J496" s="1">
+        <v>10</v>
+      </c>
+      <c r="K496" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C495" s="1" t="s">
-[...67 lines deleted...]
-      </c>
       <c r="L496" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="M496" s="1" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-    <row r="497" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>78</v>
+      </c>
+      <c r="N496" s="3"/>
+    </row>
+    <row r="497" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A497" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>97</v>
+        <v>45</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="E497" s="1" t="s">
         <v>431</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>34</v>
+        <v>101</v>
       </c>
       <c r="G497" s="1" t="s">
         <v>432</v>
       </c>
       <c r="H497" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I497" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J497" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="K497" s="1" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="L497" s="1" t="s">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="M497" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="498" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>101</v>
+      </c>
+      <c r="N497" s="3"/>
+    </row>
+    <row r="498" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A498" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="E498" s="1" t="s">
         <v>433</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>102</v>
+        <v>33</v>
       </c>
       <c r="G498" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H498" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I498" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J498" s="1">
+        <v>11</v>
+      </c>
+      <c r="K498" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L498" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M498" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N498" s="3"/>
+    </row>
+    <row r="499" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A499" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B499" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C499" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D499" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E499" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="F499" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H499" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I499" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J499" s="1">
+        <v>1</v>
+      </c>
+      <c r="K499" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L499" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M499" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N499" s="3"/>
+    </row>
+    <row r="500" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A500" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B500" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C500" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D500" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="E500" s="1" t="s">
         <v>434</v>
       </c>
-      <c r="H498" s="1" t="s">
-[...38 lines deleted...]
-      <c r="G499" s="1" t="s">
+      <c r="F500" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H500" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I500" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J500" s="1">
+        <v>14</v>
+      </c>
+      <c r="K500" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L500" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M500" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N500" s="3"/>
+    </row>
+    <row r="501" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A501" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B501" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C501" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D501" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E501" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="F501" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H501" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I501" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J501" s="7">
+        <v>25</v>
+      </c>
+      <c r="K501" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L501" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M501" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N501" s="19"/>
+      <c r="O501" s="1"/>
+      <c r="P501" s="1"/>
+      <c r="Q501" s="1"/>
+      <c r="R501" s="1"/>
+      <c r="S501" s="1"/>
+      <c r="T501" s="1"/>
+      <c r="U501" s="1"/>
+      <c r="V501" s="1"/>
+      <c r="W501" s="1"/>
+      <c r="X501" s="1"/>
+      <c r="Y501" s="1"/>
+      <c r="Z501" s="1"/>
+      <c r="AA501" s="1"/>
+      <c r="AB501" s="1"/>
+      <c r="AC501" s="1"/>
+      <c r="AD501" s="1"/>
+      <c r="AE501" s="1"/>
+      <c r="AF501" s="1"/>
+      <c r="AG501" s="1"/>
+      <c r="AH501" s="1"/>
+      <c r="AI501" s="1"/>
+      <c r="AJ501" s="1"/>
+      <c r="AK501" s="1"/>
+      <c r="AL501" s="1"/>
+      <c r="AM501" s="1"/>
+      <c r="AN501" s="1"/>
+      <c r="AO501" s="1"/>
+      <c r="AP501" s="1"/>
+      <c r="AQ501" s="1"/>
+      <c r="AR501" s="1"/>
+      <c r="AS501" s="1"/>
+      <c r="AT501" s="1"/>
+      <c r="AU501" s="1"/>
+      <c r="AV501" s="1"/>
+      <c r="AW501" s="1"/>
+      <c r="AX501" s="1"/>
+      <c r="AY501" s="1"/>
+      <c r="AZ501" s="1"/>
+      <c r="BA501" s="1"/>
+      <c r="BB501" s="1"/>
+      <c r="BC501" s="1"/>
+      <c r="BD501" s="1"/>
+      <c r="BE501" s="1"/>
+      <c r="BF501" s="1"/>
+      <c r="BG501" s="1"/>
+      <c r="BH501" s="1"/>
+      <c r="BI501" s="1"/>
+      <c r="BJ501" s="1"/>
+      <c r="BK501" s="1"/>
+      <c r="BL501" s="1"/>
+      <c r="BM501" s="1"/>
+      <c r="BN501" s="1"/>
+      <c r="BO501" s="1"/>
+      <c r="BP501" s="1"/>
+      <c r="BQ501" s="1"/>
+    </row>
+    <row r="502" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A502" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B502" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C502" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D502" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E502" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="F502" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H502" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I502" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J502" s="7">
+        <v>2</v>
+      </c>
+      <c r="K502" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L502" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M502" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N502" s="3"/>
+      <c r="O502" s="1"/>
+      <c r="P502" s="1"/>
+      <c r="Q502" s="1"/>
+      <c r="R502" s="1"/>
+      <c r="S502" s="1"/>
+      <c r="T502" s="1"/>
+      <c r="U502" s="1"/>
+      <c r="V502" s="1"/>
+      <c r="W502" s="1"/>
+      <c r="X502" s="1"/>
+      <c r="Y502" s="1"/>
+      <c r="Z502" s="1"/>
+      <c r="AA502" s="1"/>
+      <c r="AB502" s="1"/>
+      <c r="AC502" s="1"/>
+      <c r="AD502" s="1"/>
+      <c r="AE502" s="1"/>
+      <c r="AF502" s="1"/>
+      <c r="AG502" s="1"/>
+      <c r="AH502" s="1"/>
+      <c r="AI502" s="1"/>
+      <c r="AJ502" s="1"/>
+      <c r="AK502" s="1"/>
+      <c r="AL502" s="1"/>
+      <c r="AM502" s="1"/>
+      <c r="AN502" s="1"/>
+      <c r="AO502" s="1"/>
+      <c r="AP502" s="1"/>
+      <c r="AQ502" s="1"/>
+      <c r="AR502" s="1"/>
+      <c r="AS502" s="1"/>
+      <c r="AT502" s="1"/>
+      <c r="AU502" s="1"/>
+      <c r="AV502" s="1"/>
+      <c r="AW502" s="1"/>
+      <c r="AX502" s="1"/>
+      <c r="AY502" s="1"/>
+      <c r="AZ502" s="1"/>
+      <c r="BA502" s="1"/>
+      <c r="BB502" s="1"/>
+      <c r="BC502" s="1"/>
+      <c r="BD502" s="1"/>
+      <c r="BE502" s="1"/>
+      <c r="BF502" s="1"/>
+      <c r="BG502" s="1"/>
+      <c r="BH502" s="1"/>
+      <c r="BI502" s="1"/>
+      <c r="BJ502" s="1"/>
+      <c r="BK502" s="1"/>
+      <c r="BL502" s="1"/>
+      <c r="BM502" s="1"/>
+      <c r="BN502" s="1"/>
+      <c r="BO502" s="1"/>
+      <c r="BP502" s="1"/>
+      <c r="BQ502" s="1"/>
+    </row>
+    <row r="503" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A503" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B503" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C503" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="D503" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E503" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="F503" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H503" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I503" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J503" s="7">
+        <v>123</v>
+      </c>
+      <c r="K503" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L503" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M503" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N503" s="3"/>
+    </row>
+    <row r="504" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A504" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B504" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C504" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D504" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E504" s="9" t="s">
+        <v>402</v>
+      </c>
+      <c r="F504" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H504" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I504" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J504" s="7">
+        <v>1</v>
+      </c>
+      <c r="K504" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L504" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M504" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N504" s="3"/>
+    </row>
+    <row r="505" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A505" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B505" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C505" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D505" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E505" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="F505" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H505" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I505" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J505" s="7">
+        <v>1</v>
+      </c>
+      <c r="K505" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L505" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M505" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N505" s="3"/>
+    </row>
+    <row r="506" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A506" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B506" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C506" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D506" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E506" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="F506" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H506" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I506" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J506" s="7">
+        <v>1</v>
+      </c>
+      <c r="K506" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L506" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M506" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N506" s="3"/>
+    </row>
+    <row r="507" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A507" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B507" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C507" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D507" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E507" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="F507" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H507" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I507" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J507" s="7">
+        <v>1</v>
+      </c>
+      <c r="K507" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L507" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M507" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N507" s="3"/>
+    </row>
+    <row r="508" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A508" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B508" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C508" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D508" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E508" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="F508" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H508" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I508" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J508" s="7">
+        <v>1</v>
+      </c>
+      <c r="K508" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L508" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M508" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N508" s="3"/>
+    </row>
+    <row r="509" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A509" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B509" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C509" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D509" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E509" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="F509" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H509" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I509" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J509" s="7">
+        <v>1</v>
+      </c>
+      <c r="K509" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L509" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M509" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N509" s="3"/>
+    </row>
+    <row r="510" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A510" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B510" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C510" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D510" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E510" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="F510" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H510" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I510" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J510" s="7">
+        <v>1</v>
+      </c>
+      <c r="K510" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L510" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M510" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N510" s="3"/>
+    </row>
+    <row r="511" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A511" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B511" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C511" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D511" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="E511" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="F511" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H511" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I511" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J511" s="7">
+        <v>1</v>
+      </c>
+      <c r="K511" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L511" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M511" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N511" s="3"/>
+    </row>
+    <row r="512" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A512" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B512" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C512" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D512" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E512" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="F512" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H512" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I512" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J512" s="1">
+        <v>13</v>
+      </c>
+      <c r="K512" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L512" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="M512" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="N512" s="3"/>
+    </row>
+    <row r="513" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A513" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B513" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C513" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D513" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E513" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="F513" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H513" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I513" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J513" s="1">
+        <v>24</v>
+      </c>
+      <c r="K513" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L513" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M513" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N513" s="3"/>
+    </row>
+    <row r="514" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A514" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B514" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C514" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D514" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E514" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="F514" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H514" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I514" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J514" s="1">
+        <v>2</v>
+      </c>
+      <c r="K514" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L514" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M514" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N514" s="3"/>
+    </row>
+    <row r="515" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A515" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B515" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C515" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H499" s="1" t="s">
-[...584 lines deleted...]
-      <c r="G513" s="1" t="s">
+      <c r="D515" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E515" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="F515" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H515" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H513" s="1" t="s">
-[...85 lines deleted...]
-      </c>
       <c r="I515" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J515" s="1">
         <v>24</v>
       </c>
       <c r="K515" s="1" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="L515" s="1" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="M515" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="516" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>13</v>
+      </c>
+      <c r="N515" s="3"/>
+    </row>
+    <row r="516" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A516" s="1" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>590</v>
+      </c>
+      <c r="B516" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C516" s="1" t="s">
+        <v>96</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="E516" s="1" t="s">
-        <v>236</v>
+        <v>449</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H516" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I516" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J516" s="1">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="K516" s="1" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="L516" s="1" t="s">
-        <v>72</v>
+        <v>108</v>
       </c>
       <c r="M516" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="517" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>109</v>
+      </c>
+      <c r="N516" s="17"/>
+      <c r="O516" s="5"/>
+      <c r="P516" s="5"/>
+      <c r="Q516" s="5"/>
+      <c r="R516" s="5"/>
+      <c r="S516" s="5"/>
+      <c r="T516" s="5"/>
+      <c r="U516" s="5"/>
+      <c r="V516" s="5"/>
+      <c r="W516" s="5"/>
+      <c r="X516" s="5"/>
+      <c r="Y516" s="5"/>
+      <c r="Z516" s="5"/>
+      <c r="AA516" s="5"/>
+      <c r="AB516" s="5"/>
+      <c r="AC516" s="5"/>
+      <c r="AD516" s="5"/>
+      <c r="AE516" s="5"/>
+      <c r="AF516" s="5"/>
+      <c r="AG516" s="5"/>
+      <c r="AH516" s="5"/>
+      <c r="AI516" s="5"/>
+      <c r="AJ516" s="5"/>
+      <c r="AK516" s="5"/>
+      <c r="AL516" s="5"/>
+      <c r="AM516" s="5"/>
+      <c r="AN516" s="5"/>
+      <c r="AO516" s="5"/>
+      <c r="AP516" s="5"/>
+      <c r="AQ516" s="5"/>
+      <c r="AR516" s="5"/>
+      <c r="AS516" s="5"/>
+      <c r="AT516" s="5"/>
+      <c r="AU516" s="5"/>
+      <c r="AV516" s="5"/>
+      <c r="AW516" s="5"/>
+      <c r="AX516" s="5"/>
+      <c r="AY516" s="5"/>
+      <c r="AZ516" s="5"/>
+      <c r="BA516" s="5"/>
+      <c r="BB516" s="5"/>
+      <c r="BC516" s="5"/>
+      <c r="BD516" s="5"/>
+      <c r="BE516" s="5"/>
+      <c r="BF516" s="5"/>
+      <c r="BG516" s="5"/>
+      <c r="BH516" s="5"/>
+      <c r="BI516" s="5"/>
+      <c r="BJ516" s="5"/>
+      <c r="BK516" s="5"/>
+      <c r="BL516" s="5"/>
+      <c r="BM516" s="5"/>
+      <c r="BN516" s="5"/>
+      <c r="BO516" s="5"/>
+      <c r="BP516" s="5"/>
+      <c r="BQ516" s="5"/>
+    </row>
+    <row r="517" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A517" s="1" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="B517" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B517" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C517" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D517" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E517" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="F517" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C517" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G517" s="1" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="H517" s="1" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="I517" s="1" t="s">
-        <v>18</v>
+        <v>211</v>
       </c>
       <c r="J517" s="1">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="K517" s="1" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="L517" s="1" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="M517" s="1" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-    <row r="518" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>78</v>
+      </c>
+      <c r="N517" s="3"/>
+    </row>
+    <row r="518" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A518" s="1" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>590</v>
+      </c>
+      <c r="B518" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C518" s="4" t="s">
+        <v>45</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="E518" s="1" t="s">
-        <v>451</v>
+        <v>463</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="H518" s="1" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I518" s="1" t="s">
-        <v>18</v>
+        <v>211</v>
       </c>
       <c r="J518" s="1">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="K518" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L518" s="1" t="s">
-        <v>109</v>
+        <v>54</v>
       </c>
       <c r="M518" s="1" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-    <row r="519" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>78</v>
+      </c>
+      <c r="N518" s="3"/>
+    </row>
+    <row r="519" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A519" s="1" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>590</v>
+      </c>
+      <c r="B519" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C519" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="E519" s="1" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="H519" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I519" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J519" s="1">
         <v>32</v>
       </c>
-      <c r="I519" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K519" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L519" s="1" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="M519" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="520" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>61</v>
+      </c>
+      <c r="N519" s="3"/>
+    </row>
+    <row r="520" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A520" s="1" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>590</v>
+      </c>
+      <c r="B520" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C520" s="4" t="s">
+        <v>45</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="E520" s="1" t="s">
         <v>465</v>
       </c>
       <c r="F520" s="1" t="s">
-        <v>34</v>
+        <v>177</v>
       </c>
       <c r="G520" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H520" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I520" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J520" s="1">
         <v>40</v>
       </c>
-      <c r="H520" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K520" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L520" s="1" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="M520" s="1" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="521" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>41</v>
+      </c>
+      <c r="N520" s="3"/>
+    </row>
+    <row r="521" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A521" s="1" t="s">
-        <v>588</v>
-[...4 lines deleted...]
-      <c r="C521" s="7" t="s">
+        <v>590</v>
+      </c>
+      <c r="B521" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C521" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D521" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E521" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="F521" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H521" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I521" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J521" s="1">
+        <v>5</v>
+      </c>
+      <c r="K521" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L521" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="M521" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N521" s="3"/>
+    </row>
+    <row r="522" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A522" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B522" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C522" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D522" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E522" s="9" t="s">
+        <v>470</v>
+      </c>
+      <c r="F522" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D521" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G521" s="1" t="s">
+      <c r="G522" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H522" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I522" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J522" s="1">
+        <v>109</v>
+      </c>
+      <c r="K522" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L522" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M522" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N522" s="19"/>
+    </row>
+    <row r="523" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A523" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B523" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C523" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H521" s="1" t="s">
+      <c r="D523" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E523" s="9" t="s">
+        <v>470</v>
+      </c>
+      <c r="F523" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H523" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I523" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J523" s="1">
+        <v>14</v>
+      </c>
+      <c r="K523" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L523" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M523" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N523" s="3"/>
+    </row>
+    <row r="524" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A524" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B524" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C524" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D524" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E524" s="9" t="s">
+        <v>470</v>
+      </c>
+      <c r="F524" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H524" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I524" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J524" s="1">
+        <v>17</v>
+      </c>
+      <c r="K524" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L524" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M524" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N524" s="1"/>
+      <c r="O524" s="1"/>
+      <c r="P524" s="1"/>
+      <c r="Q524" s="1"/>
+      <c r="R524" s="1"/>
+      <c r="S524" s="1"/>
+      <c r="T524" s="1"/>
+      <c r="U524" s="1"/>
+      <c r="V524" s="1"/>
+      <c r="W524" s="1"/>
+      <c r="X524" s="1"/>
+      <c r="Y524" s="1"/>
+      <c r="Z524" s="1"/>
+      <c r="AA524" s="1"/>
+      <c r="AB524" s="1"/>
+      <c r="AC524" s="1"/>
+      <c r="AD524" s="1"/>
+      <c r="AE524" s="1"/>
+      <c r="AF524" s="1"/>
+      <c r="AG524" s="1"/>
+      <c r="AH524" s="1"/>
+      <c r="AI524" s="1"/>
+      <c r="AJ524" s="1"/>
+      <c r="AK524" s="1"/>
+      <c r="AL524" s="1"/>
+      <c r="AM524" s="1"/>
+      <c r="AN524" s="1"/>
+      <c r="AO524" s="1"/>
+      <c r="AP524" s="1"/>
+      <c r="AQ524" s="1"/>
+      <c r="AR524" s="1"/>
+      <c r="AS524" s="1"/>
+      <c r="AT524" s="1"/>
+      <c r="AU524" s="1"/>
+      <c r="AV524" s="1"/>
+      <c r="AW524" s="1"/>
+      <c r="AX524" s="1"/>
+      <c r="AY524" s="1"/>
+      <c r="AZ524" s="1"/>
+      <c r="BA524" s="1"/>
+      <c r="BB524" s="1"/>
+      <c r="BC524" s="1"/>
+      <c r="BD524" s="1"/>
+      <c r="BE524" s="1"/>
+      <c r="BF524" s="1"/>
+      <c r="BG524" s="1"/>
+      <c r="BH524" s="1"/>
+      <c r="BI524" s="1"/>
+      <c r="BJ524" s="1"/>
+      <c r="BK524" s="1"/>
+      <c r="BL524" s="1"/>
+      <c r="BM524" s="1"/>
+      <c r="BN524" s="1"/>
+      <c r="BO524" s="1"/>
+      <c r="BP524" s="1"/>
+      <c r="BQ524" s="1"/>
+    </row>
+    <row r="525" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A525" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B525" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="I521" s="1" t="s">
-[...2 lines deleted...]
-      <c r="J521" s="1">
+      <c r="C525" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D525" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E525" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="F525" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H525" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I525" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J525" s="1">
+        <v>10</v>
+      </c>
+      <c r="K525" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L525" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M525" s="1" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="526" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A526" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B526" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="K521" s="1" t="s">
-[...107 lines deleted...]
-      <c r="E524" s="3" t="s">
+      <c r="C526" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D526" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E526" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="F526" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="F524" s="1" t="s">
-[...38 lines deleted...]
-      <c r="E525" s="3" t="s">
+      <c r="G526" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H526" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I526" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J526" s="1">
+        <v>3</v>
+      </c>
+      <c r="K526" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L526" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M526" s="1" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="527" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A527" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B527" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C527" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D527" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E527" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="F527" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="F525" s="1" t="s">
-[...85 lines deleted...]
-      </c>
       <c r="G527" s="1" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="H527" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="I527" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J527" s="1">
         <v>1</v>
       </c>
       <c r="K527" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L527" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M527" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N527" s="6"/>
+      <c r="O527" s="5"/>
+      <c r="P527" s="5"/>
+      <c r="Q527" s="5"/>
+      <c r="R527" s="5"/>
+      <c r="S527" s="5"/>
+      <c r="T527" s="5"/>
+      <c r="U527" s="5"/>
+      <c r="V527" s="5"/>
+      <c r="W527" s="5"/>
+      <c r="X527" s="5"/>
+      <c r="Y527" s="5"/>
+      <c r="Z527" s="5"/>
+      <c r="AA527" s="5"/>
+      <c r="AB527" s="5"/>
+      <c r="AC527" s="5"/>
+      <c r="AD527" s="5"/>
+      <c r="AE527" s="5"/>
+      <c r="AF527" s="5"/>
+      <c r="AG527" s="5"/>
+      <c r="AH527" s="5"/>
+      <c r="AI527" s="5"/>
+      <c r="AJ527" s="5"/>
+      <c r="AK527" s="5"/>
+      <c r="AL527" s="5"/>
+      <c r="AM527" s="5"/>
+      <c r="AN527" s="5"/>
+      <c r="AO527" s="5"/>
+      <c r="AP527" s="5"/>
+      <c r="AQ527" s="5"/>
+      <c r="AR527" s="5"/>
+      <c r="AS527" s="5"/>
+      <c r="AT527" s="5"/>
+      <c r="AU527" s="5"/>
+      <c r="AV527" s="5"/>
+      <c r="AW527" s="5"/>
+      <c r="AX527" s="5"/>
+      <c r="AY527" s="5"/>
+      <c r="AZ527" s="5"/>
+      <c r="BA527" s="5"/>
+      <c r="BB527" s="5"/>
+      <c r="BC527" s="5"/>
+      <c r="BD527" s="5"/>
+      <c r="BE527" s="5"/>
+      <c r="BF527" s="5"/>
+      <c r="BG527" s="5"/>
+      <c r="BH527" s="5"/>
+      <c r="BI527" s="5"/>
+      <c r="BJ527" s="5"/>
+      <c r="BK527" s="5"/>
+      <c r="BL527" s="5"/>
+      <c r="BM527" s="5"/>
+      <c r="BN527" s="5"/>
+      <c r="BO527" s="5"/>
+      <c r="BP527" s="5"/>
+      <c r="BQ527" s="5"/>
+    </row>
+    <row r="528" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A528" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B528" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C528" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D528" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="E528" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="F528" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H528" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I528" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J528" s="1">
+        <v>1</v>
+      </c>
+      <c r="K528" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L528" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M528" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N528" s="6"/>
+      <c r="O528" s="5"/>
+      <c r="P528" s="5"/>
+      <c r="Q528" s="5"/>
+      <c r="R528" s="5"/>
+      <c r="S528" s="5"/>
+      <c r="T528" s="5"/>
+      <c r="U528" s="5"/>
+      <c r="V528" s="5"/>
+      <c r="W528" s="5"/>
+      <c r="X528" s="5"/>
+      <c r="Y528" s="5"/>
+      <c r="Z528" s="5"/>
+      <c r="AA528" s="5"/>
+      <c r="AB528" s="5"/>
+      <c r="AC528" s="5"/>
+      <c r="AD528" s="5"/>
+      <c r="AE528" s="5"/>
+      <c r="AF528" s="5"/>
+      <c r="AG528" s="5"/>
+      <c r="AH528" s="5"/>
+      <c r="AI528" s="5"/>
+      <c r="AJ528" s="5"/>
+      <c r="AK528" s="5"/>
+      <c r="AL528" s="5"/>
+      <c r="AM528" s="5"/>
+      <c r="AN528" s="5"/>
+      <c r="AO528" s="5"/>
+      <c r="AP528" s="5"/>
+      <c r="AQ528" s="5"/>
+      <c r="AR528" s="5"/>
+      <c r="AS528" s="5"/>
+      <c r="AT528" s="5"/>
+      <c r="AU528" s="5"/>
+      <c r="AV528" s="5"/>
+      <c r="AW528" s="5"/>
+      <c r="AX528" s="5"/>
+      <c r="AY528" s="5"/>
+      <c r="AZ528" s="5"/>
+      <c r="BA528" s="5"/>
+      <c r="BB528" s="5"/>
+      <c r="BC528" s="5"/>
+      <c r="BD528" s="5"/>
+      <c r="BE528" s="5"/>
+      <c r="BF528" s="5"/>
+      <c r="BG528" s="5"/>
+      <c r="BH528" s="5"/>
+      <c r="BI528" s="5"/>
+      <c r="BJ528" s="5"/>
+      <c r="BK528" s="5"/>
+      <c r="BL528" s="5"/>
+      <c r="BM528" s="5"/>
+      <c r="BN528" s="5"/>
+      <c r="BO528" s="5"/>
+      <c r="BP528" s="5"/>
+      <c r="BQ528" s="5"/>
+    </row>
+    <row r="529" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A529" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B529" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C529" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D529" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E529" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="F529" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H529" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I529" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J529" s="1">
+        <v>1</v>
+      </c>
+      <c r="K529" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L529" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="L527" s="1" t="s">
+      <c r="M529" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="M527" s="1" t="s">
-[...11 lines deleted...]
-      <c r="C528" s="7" t="s">
+      <c r="N529" s="3"/>
+    </row>
+    <row r="530" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A530" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B530" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C530" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D530" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E530" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="F530" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H530" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I530" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J530" s="1">
+        <v>2</v>
+      </c>
+      <c r="K530" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L530" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M530" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N530" s="3"/>
+    </row>
+    <row r="531" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A531" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B531" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C531" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D531" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E531" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="F531" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H531" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I531" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J531" s="1">
+        <v>13</v>
+      </c>
+      <c r="K531" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L531" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M531" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N531" s="1"/>
+    </row>
+    <row r="532" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A532" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B532" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C532" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D532" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E532" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="F532" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H532" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I532" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J532" s="1">
+        <v>1</v>
+      </c>
+      <c r="K532" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L532" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="M532" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N532" s="1"/>
+    </row>
+    <row r="533" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A533" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B533" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C533" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D533" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E533" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="F533" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H533" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I533" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J533" s="7">
+        <v>4</v>
+      </c>
+      <c r="K533" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L533" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M533" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="N533" s="3"/>
+    </row>
+    <row r="534" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A534" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B534" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C534" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D534" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E534" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="F534" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H534" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I534" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J534" s="7">
+        <v>7</v>
+      </c>
+      <c r="K534" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L534" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M534" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="N534" s="3"/>
+    </row>
+    <row r="535" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A535" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B535" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C535" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D535" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E535" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="F535" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H535" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I535" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J535" s="7">
+        <v>1</v>
+      </c>
+      <c r="K535" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="L535" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="M535" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="N535" s="3"/>
+    </row>
+    <row r="536" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A536" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B536" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C536" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D536" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E536" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="F536" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H536" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I536" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J536" s="7">
+        <v>7</v>
+      </c>
+      <c r="K536" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L536" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M536" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N536" s="3"/>
+    </row>
+    <row r="537" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A537" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B537" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C537" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D537" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E537" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="F537" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H537" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I537" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J537" s="7">
+        <v>1</v>
+      </c>
+      <c r="K537" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L537" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M537" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N537" s="3"/>
+    </row>
+    <row r="538" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A538" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B538" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C538" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E538" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="F538" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H538" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I538" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J538" s="7">
+        <v>6</v>
+      </c>
+      <c r="K538" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L538" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M538" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="N538" s="19"/>
+    </row>
+    <row r="539" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A539" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B539" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C539" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D539" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E539" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="F539" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H539" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I539" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J539" s="7">
+        <v>5</v>
+      </c>
+      <c r="K539" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L539" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M539" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="N539" s="19"/>
+    </row>
+    <row r="540" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A540" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B540" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C540" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D540" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E540" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="F540" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H540" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I540" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J540" s="7">
+        <v>1</v>
+      </c>
+      <c r="K540" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L540" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="M540" s="1" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="541" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A541" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B541" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C541" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D541" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="E541" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="F541" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D528" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G528" s="1" t="s">
+      <c r="G541" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H541" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I541" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J541" s="7">
+        <v>3</v>
+      </c>
+      <c r="K541" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L541" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M541" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N541" s="1"/>
+    </row>
+    <row r="542" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A542" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B542" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C542" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D542" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="E542" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="F542" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H542" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I542" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J542" s="7">
+        <v>1</v>
+      </c>
+      <c r="K542" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L542" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M542" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N542" s="3"/>
+    </row>
+    <row r="543" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A543" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B543" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C543" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="H528" s="1" t="s">
-[...38 lines deleted...]
-      <c r="G529" s="1" t="s">
+      <c r="D543" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="E543" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="F543" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H543" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I543" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J543" s="1">
+        <v>30</v>
+      </c>
+      <c r="K543" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L543" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M543" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="N543" s="19"/>
+    </row>
+    <row r="544" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A544" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B544" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C544" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D544" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="E544" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="F544" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H544" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I544" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J544" s="1">
+        <v>30</v>
+      </c>
+      <c r="K544" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L544" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M544" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="N544" s="19"/>
+    </row>
+    <row r="545" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A545" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B545" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C545" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H529" s="1" t="s">
-[...38 lines deleted...]
-      <c r="G530" s="1" t="s">
+      <c r="D545" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="E545" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="F545" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H545" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I545" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J545" s="1">
+        <v>32</v>
+      </c>
+      <c r="K545" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L545" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M545" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N545" s="3"/>
+    </row>
+    <row r="546" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A546" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B546" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C546" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H530" s="1" t="s">
-[...26 lines deleted...]
-      <c r="C531" s="7" t="s">
+      <c r="D546" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="E546" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="F546" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="D531" s="1" t="s">
-[...8 lines deleted...]
-      <c r="G531" s="1" t="s">
+      <c r="G546" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H546" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I546" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J546" s="7">
+        <v>25</v>
+      </c>
+      <c r="K546" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L546" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M546" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N546" s="19"/>
+    </row>
+    <row r="547" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A547" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B547" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C547" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H531" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J531" s="10">
+      <c r="D547" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="E547" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="F547" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H547" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I547" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J547" s="7">
+        <v>25</v>
+      </c>
+      <c r="K547" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L547" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M547" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="N547" s="19"/>
+    </row>
+    <row r="548" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A548" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B548" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C548" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D548" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="E548" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="F548" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H548" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I548" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J548" s="7">
+        <v>120</v>
+      </c>
+      <c r="K548" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L548" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M548" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N548" s="19"/>
+    </row>
+    <row r="549" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A549" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B549" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C549" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D549" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="E549" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="F549" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H549" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I549" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J549" s="7">
         <v>4</v>
       </c>
-      <c r="K531" s="1" t="s">
-[...131 lines deleted...]
-      <c r="M534" s="1" t="s">
+      <c r="K549" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L549" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="N534" s="9"/>
-[...264 lines deleted...]
-      <c r="E541" s="1" t="s">
+      <c r="M549" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N549" s="3"/>
+    </row>
+    <row r="550" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A550" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B550" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C550" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D550" s="1" t="s">
         <v>514</v>
-      </c>
-[...373 lines deleted...]
-        <v>513</v>
       </c>
       <c r="E550" s="1" t="s">
         <v>523</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="G550" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H550" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I550" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J550" s="1">
+        <v>9</v>
+      </c>
+      <c r="K550" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L550" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M550" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="N550" s="3"/>
+    </row>
+    <row r="551" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A551" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B551" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C551" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H550" s="1" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="D551" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E551" s="1" t="s">
         <v>524</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>102</v>
+        <v>148</v>
       </c>
       <c r="G551" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H551" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I551" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J551" s="1">
+        <v>15</v>
+      </c>
+      <c r="K551" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="L551" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="M551" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="N551" s="3"/>
+    </row>
+    <row r="552" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A552" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B552" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C552" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H551" s="1" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="D552" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E552" s="1" t="s">
         <v>524</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>102</v>
+        <v>148</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H552" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="I552" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J552" s="1">
         <v>3</v>
       </c>
       <c r="K552" s="1" t="s">
-        <v>51</v>
+        <v>115</v>
       </c>
       <c r="L552" s="1" t="s">
-        <v>81</v>
+        <v>115</v>
       </c>
       <c r="M552" s="1" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-    <row r="553" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+      <c r="N552" s="3"/>
+    </row>
+    <row r="553" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A553" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>41</v>
+        <v>96</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E553" s="1" t="s">
         <v>525</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>248</v>
+        <v>101</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H553" s="1" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="I553" s="1" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="J553" s="1">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="K553" s="1" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="L553" s="1" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="M553" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="554" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>101</v>
+      </c>
+      <c r="N553" s="3"/>
+    </row>
+    <row r="554" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A554" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>41</v>
+        <v>96</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E554" s="1" t="s">
         <v>525</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>248</v>
+        <v>101</v>
       </c>
       <c r="G554" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H554" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I554" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J554" s="1">
+        <v>3</v>
+      </c>
+      <c r="K554" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L554" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="M554" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="N554" s="3"/>
+    </row>
+    <row r="555" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A555" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B555" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C555" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H554" s="1" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="D555" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E555" s="1" t="s">
         <v>526</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>34</v>
+        <v>472</v>
       </c>
       <c r="G555" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H555" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I555" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J555" s="1">
+        <v>5</v>
+      </c>
+      <c r="K555" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L555" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M555" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N555" s="3"/>
+    </row>
+    <row r="556" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A556" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B556" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C556" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H555" s="1" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="D556" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E556" s="1" t="s">
         <v>527</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>34</v>
+        <v>472</v>
       </c>
       <c r="G556" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H556" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I556" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J556" s="1">
+        <v>1</v>
+      </c>
+      <c r="K556" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L556" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M556" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N556" s="19"/>
+    </row>
+    <row r="557" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A557" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B557" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C557" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H556" s="1" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="D557" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E557" s="1" t="s">
         <v>528</v>
       </c>
       <c r="F557" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H557" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I557" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J557" s="1">
+        <v>69</v>
+      </c>
+      <c r="K557" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L557" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M557" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N557" s="3"/>
+    </row>
+    <row r="558" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A558" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B558" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="C558" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D558" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="E558" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="F558" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H558" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I558" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J558" s="7">
+        <v>18</v>
+      </c>
+      <c r="K558" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L558" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M558" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="N558" s="3"/>
+    </row>
+    <row r="559" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A559" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B559" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C559" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D559" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="E559" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="F559" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H559" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I559" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J559" s="1">
+        <v>16</v>
+      </c>
+      <c r="K559" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L559" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="G557" s="1" t="s">
-[...100 lines deleted...]
-      </c>
       <c r="M559" s="1" t="s">
-        <v>473</v>
-[...3 lines deleted...]
-    <row r="560" spans="1:14" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+      <c r="N559" s="19"/>
+    </row>
+    <row r="560" spans="1:14" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A560" s="1" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="E560" s="1" t="s">
         <v>536</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H560" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I560" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J560" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="K560" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L560" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L560" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M560" s="1" t="s">
-        <v>473</v>
-[...3 lines deleted...]
-    <row r="561" spans="1:14" s="2" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>474</v>
+      </c>
+      <c r="N560" s="19"/>
+    </row>
+    <row r="561" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A561" s="1" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>590</v>
+      </c>
+      <c r="B561" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C561" s="1" t="s">
+        <v>45</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="E561" s="1" t="s">
         <v>537</v>
       </c>
       <c r="F561" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H561" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I561" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J561" s="1">
+        <v>6</v>
+      </c>
+      <c r="K561" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L561" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M561" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="N561" s="19"/>
+      <c r="O561" s="1"/>
+      <c r="P561" s="1"/>
+      <c r="Q561" s="1"/>
+      <c r="R561" s="1"/>
+      <c r="S561" s="1"/>
+      <c r="T561" s="1"/>
+      <c r="U561" s="1"/>
+      <c r="V561" s="1"/>
+      <c r="W561" s="1"/>
+      <c r="X561" s="1"/>
+      <c r="Y561" s="1"/>
+      <c r="Z561" s="1"/>
+      <c r="AA561" s="1"/>
+      <c r="AB561" s="1"/>
+      <c r="AC561" s="1"/>
+      <c r="AD561" s="1"/>
+      <c r="AE561" s="1"/>
+      <c r="AF561" s="1"/>
+      <c r="AG561" s="1"/>
+      <c r="AH561" s="1"/>
+      <c r="AI561" s="1"/>
+      <c r="AJ561" s="1"/>
+      <c r="AK561" s="1"/>
+      <c r="AL561" s="1"/>
+      <c r="AM561" s="1"/>
+      <c r="AN561" s="1"/>
+      <c r="AO561" s="1"/>
+      <c r="AP561" s="1"/>
+      <c r="AQ561" s="1"/>
+      <c r="AR561" s="1"/>
+      <c r="AS561" s="1"/>
+      <c r="AT561" s="1"/>
+      <c r="AU561" s="1"/>
+      <c r="AV561" s="1"/>
+      <c r="AW561" s="1"/>
+      <c r="AX561" s="1"/>
+      <c r="AY561" s="1"/>
+      <c r="AZ561" s="1"/>
+      <c r="BA561" s="1"/>
+      <c r="BB561" s="1"/>
+      <c r="BC561" s="1"/>
+      <c r="BD561" s="1"/>
+      <c r="BE561" s="1"/>
+      <c r="BF561" s="1"/>
+      <c r="BG561" s="1"/>
+      <c r="BH561" s="1"/>
+      <c r="BI561" s="1"/>
+      <c r="BJ561" s="1"/>
+      <c r="BK561" s="1"/>
+      <c r="BL561" s="1"/>
+      <c r="BM561" s="1"/>
+      <c r="BN561" s="1"/>
+      <c r="BO561" s="1"/>
+      <c r="BP561" s="1"/>
+      <c r="BQ561" s="1"/>
+    </row>
+    <row r="562" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A562" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B562" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C562" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D562" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E562" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="F562" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H562" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I562" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J562" s="1">
+        <v>1</v>
+      </c>
+      <c r="K562" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L562" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M562" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="N562" s="19"/>
+      <c r="O562" s="1"/>
+      <c r="P562" s="1"/>
+      <c r="Q562" s="1"/>
+      <c r="R562" s="1"/>
+      <c r="S562" s="1"/>
+      <c r="T562" s="1"/>
+      <c r="U562" s="1"/>
+      <c r="V562" s="1"/>
+      <c r="W562" s="1"/>
+      <c r="X562" s="1"/>
+      <c r="Y562" s="1"/>
+      <c r="Z562" s="1"/>
+      <c r="AA562" s="1"/>
+      <c r="AB562" s="1"/>
+      <c r="AC562" s="1"/>
+      <c r="AD562" s="1"/>
+      <c r="AE562" s="1"/>
+      <c r="AF562" s="1"/>
+      <c r="AG562" s="1"/>
+      <c r="AH562" s="1"/>
+      <c r="AI562" s="1"/>
+      <c r="AJ562" s="1"/>
+      <c r="AK562" s="1"/>
+      <c r="AL562" s="1"/>
+      <c r="AM562" s="1"/>
+      <c r="AN562" s="1"/>
+      <c r="AO562" s="1"/>
+      <c r="AP562" s="1"/>
+      <c r="AQ562" s="1"/>
+      <c r="AR562" s="1"/>
+      <c r="AS562" s="1"/>
+      <c r="AT562" s="1"/>
+      <c r="AU562" s="1"/>
+      <c r="AV562" s="1"/>
+      <c r="AW562" s="1"/>
+      <c r="AX562" s="1"/>
+      <c r="AY562" s="1"/>
+      <c r="AZ562" s="1"/>
+      <c r="BA562" s="1"/>
+      <c r="BB562" s="1"/>
+      <c r="BC562" s="1"/>
+      <c r="BD562" s="1"/>
+      <c r="BE562" s="1"/>
+      <c r="BF562" s="1"/>
+      <c r="BG562" s="1"/>
+      <c r="BH562" s="1"/>
+      <c r="BI562" s="1"/>
+      <c r="BJ562" s="1"/>
+      <c r="BK562" s="1"/>
+      <c r="BL562" s="1"/>
+      <c r="BM562" s="1"/>
+      <c r="BN562" s="1"/>
+      <c r="BO562" s="1"/>
+      <c r="BP562" s="1"/>
+      <c r="BQ562" s="1"/>
+    </row>
+    <row r="563" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A563" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B563" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C563" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D563" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E563" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="G561" s="1" t="s">
+      <c r="F563" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H563" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I563" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J563" s="1">
+        <v>10</v>
+      </c>
+      <c r="K563" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L563" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M563" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="N563" s="3"/>
+      <c r="O563" s="1"/>
+      <c r="P563" s="1"/>
+      <c r="Q563" s="1"/>
+      <c r="R563" s="1"/>
+      <c r="S563" s="1"/>
+      <c r="T563" s="1"/>
+      <c r="U563" s="1"/>
+      <c r="V563" s="1"/>
+      <c r="W563" s="1"/>
+      <c r="X563" s="1"/>
+      <c r="Y563" s="1"/>
+      <c r="Z563" s="1"/>
+      <c r="AA563" s="1"/>
+      <c r="AB563" s="1"/>
+      <c r="AC563" s="1"/>
+      <c r="AD563" s="1"/>
+      <c r="AE563" s="1"/>
+      <c r="AF563" s="1"/>
+      <c r="AG563" s="1"/>
+      <c r="AH563" s="1"/>
+      <c r="AI563" s="1"/>
+      <c r="AJ563" s="1"/>
+      <c r="AK563" s="1"/>
+      <c r="AL563" s="1"/>
+      <c r="AM563" s="1"/>
+      <c r="AN563" s="1"/>
+      <c r="AO563" s="1"/>
+      <c r="AP563" s="1"/>
+      <c r="AQ563" s="1"/>
+      <c r="AR563" s="1"/>
+      <c r="AS563" s="1"/>
+      <c r="AT563" s="1"/>
+      <c r="AU563" s="1"/>
+      <c r="AV563" s="1"/>
+      <c r="AW563" s="1"/>
+      <c r="AX563" s="1"/>
+      <c r="AY563" s="1"/>
+      <c r="AZ563" s="1"/>
+      <c r="BA563" s="1"/>
+      <c r="BB563" s="1"/>
+      <c r="BC563" s="1"/>
+      <c r="BD563" s="1"/>
+      <c r="BE563" s="1"/>
+      <c r="BF563" s="1"/>
+      <c r="BG563" s="1"/>
+      <c r="BH563" s="1"/>
+      <c r="BI563" s="1"/>
+      <c r="BJ563" s="1"/>
+      <c r="BK563" s="1"/>
+      <c r="BL563" s="1"/>
+      <c r="BM563" s="1"/>
+      <c r="BN563" s="1"/>
+      <c r="BO563" s="1"/>
+      <c r="BP563" s="1"/>
+      <c r="BQ563" s="1"/>
+    </row>
+    <row r="564" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A564" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B564" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C564" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="H561" s="1" t="s">
-[...8 lines deleted...]
-      <c r="K561" s="1" t="s">
+      <c r="D564" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E564" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="F564" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H564" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I564" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J564" s="1">
+        <v>4</v>
+      </c>
+      <c r="K564" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L564" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M564" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N564" s="19"/>
+      <c r="O564" s="1"/>
+      <c r="P564" s="1"/>
+      <c r="Q564" s="1"/>
+      <c r="R564" s="1"/>
+      <c r="S564" s="1"/>
+      <c r="T564" s="1"/>
+      <c r="U564" s="1"/>
+      <c r="V564" s="1"/>
+      <c r="W564" s="1"/>
+      <c r="X564" s="1"/>
+      <c r="Y564" s="1"/>
+      <c r="Z564" s="1"/>
+      <c r="AA564" s="1"/>
+      <c r="AB564" s="1"/>
+      <c r="AC564" s="1"/>
+      <c r="AD564" s="1"/>
+      <c r="AE564" s="1"/>
+      <c r="AF564" s="1"/>
+      <c r="AG564" s="1"/>
+      <c r="AH564" s="1"/>
+      <c r="AI564" s="1"/>
+      <c r="AJ564" s="1"/>
+      <c r="AK564" s="1"/>
+      <c r="AL564" s="1"/>
+      <c r="AM564" s="1"/>
+      <c r="AN564" s="1"/>
+      <c r="AO564" s="1"/>
+      <c r="AP564" s="1"/>
+      <c r="AQ564" s="1"/>
+      <c r="AR564" s="1"/>
+      <c r="AS564" s="1"/>
+      <c r="AT564" s="1"/>
+      <c r="AU564" s="1"/>
+      <c r="AV564" s="1"/>
+      <c r="AW564" s="1"/>
+      <c r="AX564" s="1"/>
+      <c r="AY564" s="1"/>
+      <c r="AZ564" s="1"/>
+      <c r="BA564" s="1"/>
+      <c r="BB564" s="1"/>
+      <c r="BC564" s="1"/>
+      <c r="BD564" s="1"/>
+      <c r="BE564" s="1"/>
+      <c r="BF564" s="1"/>
+      <c r="BG564" s="1"/>
+      <c r="BH564" s="1"/>
+      <c r="BI564" s="1"/>
+      <c r="BJ564" s="1"/>
+      <c r="BK564" s="1"/>
+      <c r="BL564" s="1"/>
+      <c r="BM564" s="1"/>
+      <c r="BN564" s="1"/>
+      <c r="BO564" s="1"/>
+      <c r="BP564" s="1"/>
+      <c r="BQ564" s="1"/>
+    </row>
+    <row r="565" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A565" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B565" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C565" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D565" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E565" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="F565" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H565" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I565" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J565" s="1">
+        <v>20</v>
+      </c>
+      <c r="K565" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L565" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M565" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N565" s="19"/>
+      <c r="O565" s="1"/>
+      <c r="P565" s="1"/>
+      <c r="Q565" s="1"/>
+      <c r="R565" s="1"/>
+      <c r="S565" s="1"/>
+      <c r="T565" s="1"/>
+      <c r="U565" s="1"/>
+      <c r="V565" s="1"/>
+      <c r="W565" s="1"/>
+      <c r="X565" s="1"/>
+      <c r="Y565" s="1"/>
+      <c r="Z565" s="1"/>
+      <c r="AA565" s="1"/>
+      <c r="AB565" s="1"/>
+      <c r="AC565" s="1"/>
+      <c r="AD565" s="1"/>
+      <c r="AE565" s="1"/>
+      <c r="AF565" s="1"/>
+      <c r="AG565" s="1"/>
+      <c r="AH565" s="1"/>
+      <c r="AI565" s="1"/>
+      <c r="AJ565" s="1"/>
+      <c r="AK565" s="1"/>
+      <c r="AL565" s="1"/>
+      <c r="AM565" s="1"/>
+      <c r="AN565" s="1"/>
+      <c r="AO565" s="1"/>
+      <c r="AP565" s="1"/>
+      <c r="AQ565" s="1"/>
+      <c r="AR565" s="1"/>
+      <c r="AS565" s="1"/>
+      <c r="AT565" s="1"/>
+      <c r="AU565" s="1"/>
+      <c r="AV565" s="1"/>
+      <c r="AW565" s="1"/>
+      <c r="AX565" s="1"/>
+      <c r="AY565" s="1"/>
+      <c r="AZ565" s="1"/>
+      <c r="BA565" s="1"/>
+      <c r="BB565" s="1"/>
+      <c r="BC565" s="1"/>
+      <c r="BD565" s="1"/>
+      <c r="BE565" s="1"/>
+      <c r="BF565" s="1"/>
+      <c r="BG565" s="1"/>
+      <c r="BH565" s="1"/>
+      <c r="BI565" s="1"/>
+      <c r="BJ565" s="1"/>
+      <c r="BK565" s="1"/>
+      <c r="BL565" s="1"/>
+      <c r="BM565" s="1"/>
+      <c r="BN565" s="1"/>
+      <c r="BO565" s="1"/>
+      <c r="BP565" s="1"/>
+      <c r="BQ565" s="1"/>
+    </row>
+    <row r="566" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A566" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B566" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C566" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D566" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E566" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="F566" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H566" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I566" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J566" s="1">
+        <v>29</v>
+      </c>
+      <c r="K566" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L566" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L561" s="1" t="s">
-[...26 lines deleted...]
-      <c r="G562" s="1" t="s">
+      <c r="M566" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N566" s="3"/>
+      <c r="O566" s="1"/>
+      <c r="P566" s="1"/>
+      <c r="Q566" s="1"/>
+      <c r="R566" s="1"/>
+      <c r="S566" s="1"/>
+      <c r="T566" s="1"/>
+      <c r="U566" s="1"/>
+      <c r="V566" s="1"/>
+      <c r="W566" s="1"/>
+      <c r="X566" s="1"/>
+      <c r="Y566" s="1"/>
+      <c r="Z566" s="1"/>
+      <c r="AA566" s="1"/>
+      <c r="AB566" s="1"/>
+      <c r="AC566" s="1"/>
+      <c r="AD566" s="1"/>
+      <c r="AE566" s="1"/>
+      <c r="AF566" s="1"/>
+      <c r="AG566" s="1"/>
+      <c r="AH566" s="1"/>
+      <c r="AI566" s="1"/>
+      <c r="AJ566" s="1"/>
+      <c r="AK566" s="1"/>
+      <c r="AL566" s="1"/>
+      <c r="AM566" s="1"/>
+      <c r="AN566" s="1"/>
+      <c r="AO566" s="1"/>
+      <c r="AP566" s="1"/>
+      <c r="AQ566" s="1"/>
+      <c r="AR566" s="1"/>
+      <c r="AS566" s="1"/>
+      <c r="AT566" s="1"/>
+      <c r="AU566" s="1"/>
+      <c r="AV566" s="1"/>
+      <c r="AW566" s="1"/>
+      <c r="AX566" s="1"/>
+      <c r="AY566" s="1"/>
+      <c r="AZ566" s="1"/>
+      <c r="BA566" s="1"/>
+      <c r="BB566" s="1"/>
+      <c r="BC566" s="1"/>
+      <c r="BD566" s="1"/>
+      <c r="BE566" s="1"/>
+      <c r="BF566" s="1"/>
+      <c r="BG566" s="1"/>
+      <c r="BH566" s="1"/>
+      <c r="BI566" s="1"/>
+      <c r="BJ566" s="1"/>
+      <c r="BK566" s="1"/>
+      <c r="BL566" s="1"/>
+      <c r="BM566" s="1"/>
+      <c r="BN566" s="1"/>
+      <c r="BO566" s="1"/>
+      <c r="BP566" s="1"/>
+      <c r="BQ566" s="1"/>
+    </row>
+    <row r="567" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A567" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B567" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C567" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D567" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E567" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="F567" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H567" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I567" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J567" s="1">
+        <v>14</v>
+      </c>
+      <c r="K567" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L567" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M567" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N567" s="3"/>
+      <c r="O567" s="1"/>
+      <c r="P567" s="1"/>
+      <c r="Q567" s="1"/>
+      <c r="R567" s="1"/>
+      <c r="S567" s="1"/>
+      <c r="T567" s="1"/>
+      <c r="U567" s="1"/>
+      <c r="V567" s="1"/>
+      <c r="W567" s="1"/>
+      <c r="X567" s="1"/>
+      <c r="Y567" s="1"/>
+      <c r="Z567" s="1"/>
+      <c r="AA567" s="1"/>
+      <c r="AB567" s="1"/>
+      <c r="AC567" s="1"/>
+      <c r="AD567" s="1"/>
+      <c r="AE567" s="1"/>
+      <c r="AF567" s="1"/>
+      <c r="AG567" s="1"/>
+      <c r="AH567" s="1"/>
+      <c r="AI567" s="1"/>
+      <c r="AJ567" s="1"/>
+      <c r="AK567" s="1"/>
+      <c r="AL567" s="1"/>
+      <c r="AM567" s="1"/>
+      <c r="AN567" s="1"/>
+      <c r="AO567" s="1"/>
+      <c r="AP567" s="1"/>
+      <c r="AQ567" s="1"/>
+      <c r="AR567" s="1"/>
+      <c r="AS567" s="1"/>
+      <c r="AT567" s="1"/>
+      <c r="AU567" s="1"/>
+      <c r="AV567" s="1"/>
+      <c r="AW567" s="1"/>
+      <c r="AX567" s="1"/>
+      <c r="AY567" s="1"/>
+      <c r="AZ567" s="1"/>
+      <c r="BA567" s="1"/>
+      <c r="BB567" s="1"/>
+      <c r="BC567" s="1"/>
+      <c r="BD567" s="1"/>
+      <c r="BE567" s="1"/>
+      <c r="BF567" s="1"/>
+      <c r="BG567" s="1"/>
+      <c r="BH567" s="1"/>
+      <c r="BI567" s="1"/>
+      <c r="BJ567" s="1"/>
+      <c r="BK567" s="1"/>
+      <c r="BL567" s="1"/>
+      <c r="BM567" s="1"/>
+      <c r="BN567" s="1"/>
+      <c r="BO567" s="1"/>
+      <c r="BP567" s="1"/>
+      <c r="BQ567" s="1"/>
+    </row>
+    <row r="568" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A568" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B568" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C568" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D568" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E568" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="F568" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H568" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I568" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J568" s="1">
+        <v>4</v>
+      </c>
+      <c r="K568" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L568" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="M568" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="N568" s="3"/>
+      <c r="O568" s="1"/>
+      <c r="P568" s="1"/>
+      <c r="Q568" s="1"/>
+      <c r="R568" s="1"/>
+      <c r="S568" s="1"/>
+      <c r="T568" s="1"/>
+      <c r="U568" s="1"/>
+      <c r="V568" s="1"/>
+      <c r="W568" s="1"/>
+      <c r="X568" s="1"/>
+      <c r="Y568" s="1"/>
+      <c r="Z568" s="1"/>
+      <c r="AA568" s="1"/>
+      <c r="AB568" s="1"/>
+      <c r="AC568" s="1"/>
+      <c r="AD568" s="1"/>
+      <c r="AE568" s="1"/>
+      <c r="AF568" s="1"/>
+      <c r="AG568" s="1"/>
+      <c r="AH568" s="1"/>
+      <c r="AI568" s="1"/>
+      <c r="AJ568" s="1"/>
+      <c r="AK568" s="1"/>
+      <c r="AL568" s="1"/>
+      <c r="AM568" s="1"/>
+      <c r="AN568" s="1"/>
+      <c r="AO568" s="1"/>
+      <c r="AP568" s="1"/>
+      <c r="AQ568" s="1"/>
+      <c r="AR568" s="1"/>
+      <c r="AS568" s="1"/>
+      <c r="AT568" s="1"/>
+      <c r="AU568" s="1"/>
+      <c r="AV568" s="1"/>
+      <c r="AW568" s="1"/>
+      <c r="AX568" s="1"/>
+      <c r="AY568" s="1"/>
+      <c r="AZ568" s="1"/>
+      <c r="BA568" s="1"/>
+      <c r="BB568" s="1"/>
+      <c r="BC568" s="1"/>
+      <c r="BD568" s="1"/>
+      <c r="BE568" s="1"/>
+      <c r="BF568" s="1"/>
+      <c r="BG568" s="1"/>
+      <c r="BH568" s="1"/>
+      <c r="BI568" s="1"/>
+      <c r="BJ568" s="1"/>
+      <c r="BK568" s="1"/>
+      <c r="BL568" s="1"/>
+      <c r="BM568" s="1"/>
+      <c r="BN568" s="1"/>
+      <c r="BO568" s="1"/>
+      <c r="BP568" s="1"/>
+      <c r="BQ568" s="1"/>
+    </row>
+    <row r="569" spans="1:69" s="5" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A569" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B569" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C569" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D569" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E569" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="F569" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H569" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H562" s="1" t="s">
-[...38 lines deleted...]
-      <c r="G563" s="1" t="s">
+      <c r="I569" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J569" s="1">
         <v>16</v>
       </c>
-      <c r="H563" s="1" t="s">
+      <c r="K569" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L569" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M569" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N569" s="3"/>
+      <c r="O569" s="1"/>
+      <c r="P569" s="1"/>
+      <c r="Q569" s="1"/>
+      <c r="R569" s="1"/>
+      <c r="S569" s="1"/>
+      <c r="T569" s="1"/>
+      <c r="U569" s="1"/>
+      <c r="V569" s="1"/>
+      <c r="W569" s="1"/>
+      <c r="X569" s="1"/>
+      <c r="Y569" s="1"/>
+      <c r="Z569" s="1"/>
+      <c r="AA569" s="1"/>
+      <c r="AB569" s="1"/>
+      <c r="AC569" s="1"/>
+      <c r="AD569" s="1"/>
+      <c r="AE569" s="1"/>
+      <c r="AF569" s="1"/>
+      <c r="AG569" s="1"/>
+      <c r="AH569" s="1"/>
+      <c r="AI569" s="1"/>
+      <c r="AJ569" s="1"/>
+      <c r="AK569" s="1"/>
+      <c r="AL569" s="1"/>
+      <c r="AM569" s="1"/>
+      <c r="AN569" s="1"/>
+      <c r="AO569" s="1"/>
+      <c r="AP569" s="1"/>
+      <c r="AQ569" s="1"/>
+      <c r="AR569" s="1"/>
+      <c r="AS569" s="1"/>
+      <c r="AT569" s="1"/>
+      <c r="AU569" s="1"/>
+      <c r="AV569" s="1"/>
+      <c r="AW569" s="1"/>
+      <c r="AX569" s="1"/>
+      <c r="AY569" s="1"/>
+      <c r="AZ569" s="1"/>
+      <c r="BA569" s="1"/>
+      <c r="BB569" s="1"/>
+      <c r="BC569" s="1"/>
+      <c r="BD569" s="1"/>
+      <c r="BE569" s="1"/>
+      <c r="BF569" s="1"/>
+      <c r="BG569" s="1"/>
+      <c r="BH569" s="1"/>
+      <c r="BI569" s="1"/>
+      <c r="BJ569" s="1"/>
+      <c r="BK569" s="1"/>
+      <c r="BL569" s="1"/>
+      <c r="BM569" s="1"/>
+      <c r="BN569" s="1"/>
+      <c r="BO569" s="1"/>
+      <c r="BP569" s="1"/>
+      <c r="BQ569" s="1"/>
+    </row>
+    <row r="570" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A570" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B570" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="I563" s="1" t="s">
-[...32 lines deleted...]
-      <c r="F564" s="1" t="s">
+      <c r="C570" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D570" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E570" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="F570" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H570" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I570" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J570" s="1">
+        <v>1</v>
+      </c>
+      <c r="K570" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="G564" s="1" t="s">
-[...265 lines deleted...]
-      </c>
       <c r="L570" s="1" t="s">
-        <v>86</v>
+        <v>71</v>
       </c>
       <c r="M570" s="1" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-    <row r="571" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>184</v>
+      </c>
+      <c r="N570" s="3"/>
+      <c r="O570" s="1"/>
+      <c r="P570" s="1"/>
+      <c r="Q570" s="1"/>
+      <c r="R570" s="1"/>
+      <c r="S570" s="1"/>
+      <c r="T570" s="1"/>
+      <c r="U570" s="1"/>
+      <c r="V570" s="1"/>
+      <c r="W570" s="1"/>
+      <c r="X570" s="1"/>
+      <c r="Y570" s="1"/>
+      <c r="Z570" s="1"/>
+      <c r="AA570" s="1"/>
+      <c r="AB570" s="1"/>
+      <c r="AC570" s="1"/>
+      <c r="AD570" s="1"/>
+      <c r="AE570" s="1"/>
+      <c r="AF570" s="1"/>
+      <c r="AG570" s="1"/>
+      <c r="AH570" s="1"/>
+      <c r="AI570" s="1"/>
+      <c r="AJ570" s="1"/>
+      <c r="AK570" s="1"/>
+      <c r="AL570" s="1"/>
+      <c r="AM570" s="1"/>
+      <c r="AN570" s="1"/>
+      <c r="AO570" s="1"/>
+      <c r="AP570" s="1"/>
+      <c r="AQ570" s="1"/>
+      <c r="AR570" s="1"/>
+      <c r="AS570" s="1"/>
+      <c r="AT570" s="1"/>
+      <c r="AU570" s="1"/>
+      <c r="AV570" s="1"/>
+      <c r="AW570" s="1"/>
+      <c r="AX570" s="1"/>
+      <c r="AY570" s="1"/>
+      <c r="AZ570" s="1"/>
+      <c r="BA570" s="1"/>
+      <c r="BB570" s="1"/>
+      <c r="BC570" s="1"/>
+      <c r="BD570" s="1"/>
+      <c r="BE570" s="1"/>
+      <c r="BF570" s="1"/>
+      <c r="BG570" s="1"/>
+      <c r="BH570" s="1"/>
+      <c r="BI570" s="1"/>
+      <c r="BJ570" s="1"/>
+      <c r="BK570" s="1"/>
+      <c r="BL570" s="1"/>
+      <c r="BM570" s="1"/>
+      <c r="BN570" s="1"/>
+      <c r="BO570" s="1"/>
+      <c r="BP570" s="1"/>
+      <c r="BQ570" s="1"/>
+    </row>
+    <row r="571" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A571" s="1" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>590</v>
+      </c>
+      <c r="B571" s="4" t="s">
+        <v>19</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="E571" s="1" t="s">
         <v>552</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>85</v>
+        <v>177</v>
       </c>
       <c r="G571" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H571" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H571" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I571" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J571" s="1">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="K571" s="1" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="L571" s="1" t="s">
-        <v>86</v>
+        <v>43</v>
       </c>
       <c r="M571" s="1" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-    <row r="572" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>41</v>
+      </c>
+      <c r="N571" s="3"/>
+    </row>
+    <row r="572" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A572" s="1" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>590</v>
+      </c>
+      <c r="B572" s="4" t="s">
+        <v>19</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="E572" s="1" t="s">
         <v>553</v>
       </c>
       <c r="F572" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H572" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I572" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J572" s="1">
+        <v>27</v>
+      </c>
+      <c r="K572" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L572" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M572" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="N572" s="3"/>
+    </row>
+    <row r="573" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A573" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B573" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C573" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D573" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E573" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="F573" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H573" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I573" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J573" s="1">
+        <v>3</v>
+      </c>
+      <c r="K573" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L573" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="M573" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="N573" s="3"/>
+    </row>
+    <row r="574" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A574" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B574" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C574" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D574" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="E574" s="1" t="s">
         <v>554</v>
       </c>
-      <c r="G572" s="1" t="s">
-[...8 lines deleted...]
-      <c r="J572" s="1">
+      <c r="F574" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H574" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I574" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J574" s="1">
         <v>2</v>
       </c>
-      <c r="K572" s="1" t="s">
-[...41 lines deleted...]
-      <c r="K573" s="1" t="s">
+      <c r="K574" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L574" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="L573" s="1" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="M574" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="575" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>41</v>
+      </c>
+      <c r="N574" s="3"/>
+    </row>
+    <row r="575" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A575" s="1" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>590</v>
+      </c>
+      <c r="B575" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C575" s="1" t="s">
+        <v>32</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>555</v>
+        <v>532</v>
       </c>
       <c r="E575" s="1" t="s">
-        <v>560</v>
+        <v>551</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>350</v>
+        <v>259</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="H575" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I575" s="1" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="J575" s="1">
         <v>2</v>
       </c>
       <c r="K575" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L575" s="1" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="M575" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="576" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>184</v>
+      </c>
+      <c r="N575" s="3"/>
+    </row>
+    <row r="576" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A576" s="1" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>590</v>
+      </c>
+      <c r="B576" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C576" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E576" s="1" t="s">
         <v>560</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H576" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I576" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J576" s="1">
+        <v>1</v>
+      </c>
+      <c r="K576" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L576" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M576" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N576" s="6"/>
+      <c r="O576" s="5"/>
+      <c r="P576" s="5"/>
+      <c r="Q576" s="5"/>
+      <c r="R576" s="5"/>
+      <c r="S576" s="5"/>
+      <c r="T576" s="5"/>
+      <c r="U576" s="5"/>
+      <c r="V576" s="5"/>
+      <c r="W576" s="5"/>
+      <c r="X576" s="5"/>
+      <c r="Y576" s="5"/>
+      <c r="Z576" s="5"/>
+      <c r="AA576" s="5"/>
+      <c r="AB576" s="5"/>
+      <c r="AC576" s="5"/>
+      <c r="AD576" s="5"/>
+      <c r="AE576" s="5"/>
+      <c r="AF576" s="5"/>
+      <c r="AG576" s="5"/>
+      <c r="AH576" s="5"/>
+      <c r="AI576" s="5"/>
+      <c r="AJ576" s="5"/>
+      <c r="AK576" s="5"/>
+      <c r="AL576" s="5"/>
+      <c r="AM576" s="5"/>
+      <c r="AN576" s="5"/>
+      <c r="AO576" s="5"/>
+      <c r="AP576" s="5"/>
+      <c r="AQ576" s="5"/>
+      <c r="AR576" s="5"/>
+      <c r="AS576" s="5"/>
+      <c r="AT576" s="5"/>
+      <c r="AU576" s="5"/>
+      <c r="AV576" s="5"/>
+      <c r="AW576" s="5"/>
+      <c r="AX576" s="5"/>
+      <c r="AY576" s="5"/>
+      <c r="AZ576" s="5"/>
+      <c r="BA576" s="5"/>
+      <c r="BB576" s="5"/>
+      <c r="BC576" s="5"/>
+      <c r="BD576" s="5"/>
+      <c r="BE576" s="5"/>
+      <c r="BF576" s="5"/>
+      <c r="BG576" s="5"/>
+      <c r="BH576" s="5"/>
+      <c r="BI576" s="5"/>
+      <c r="BJ576" s="5"/>
+      <c r="BK576" s="5"/>
+      <c r="BL576" s="5"/>
+      <c r="BM576" s="5"/>
+      <c r="BN576" s="5"/>
+      <c r="BO576" s="5"/>
+      <c r="BP576" s="5"/>
+      <c r="BQ576" s="5"/>
+    </row>
+    <row r="577" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A577" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B577" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C577" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="I576" s="1" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="D577" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E577" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H577" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I577" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J577" s="1">
         <v>2</v>
       </c>
       <c r="K577" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L577" s="1" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="M577" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N577" s="6"/>
+      <c r="O577" s="5"/>
+      <c r="P577" s="5"/>
+      <c r="Q577" s="5"/>
+      <c r="R577" s="5"/>
+      <c r="S577" s="5"/>
+      <c r="T577" s="5"/>
+      <c r="U577" s="5"/>
+      <c r="V577" s="5"/>
+      <c r="W577" s="5"/>
+      <c r="X577" s="5"/>
+      <c r="Y577" s="5"/>
+      <c r="Z577" s="5"/>
+      <c r="AA577" s="5"/>
+      <c r="AB577" s="5"/>
+      <c r="AC577" s="5"/>
+      <c r="AD577" s="5"/>
+      <c r="AE577" s="5"/>
+      <c r="AF577" s="5"/>
+      <c r="AG577" s="5"/>
+      <c r="AH577" s="5"/>
+      <c r="AI577" s="5"/>
+      <c r="AJ577" s="5"/>
+      <c r="AK577" s="5"/>
+      <c r="AL577" s="5"/>
+      <c r="AM577" s="5"/>
+      <c r="AN577" s="5"/>
+      <c r="AO577" s="5"/>
+      <c r="AP577" s="5"/>
+      <c r="AQ577" s="5"/>
+      <c r="AR577" s="5"/>
+      <c r="AS577" s="5"/>
+      <c r="AT577" s="5"/>
+      <c r="AU577" s="5"/>
+      <c r="AV577" s="5"/>
+      <c r="AW577" s="5"/>
+      <c r="AX577" s="5"/>
+      <c r="AY577" s="5"/>
+      <c r="AZ577" s="5"/>
+      <c r="BA577" s="5"/>
+      <c r="BB577" s="5"/>
+      <c r="BC577" s="5"/>
+      <c r="BD577" s="5"/>
+      <c r="BE577" s="5"/>
+      <c r="BF577" s="5"/>
+      <c r="BG577" s="5"/>
+      <c r="BH577" s="5"/>
+      <c r="BI577" s="5"/>
+      <c r="BJ577" s="5"/>
+      <c r="BK577" s="5"/>
+      <c r="BL577" s="5"/>
+      <c r="BM577" s="5"/>
+      <c r="BN577" s="5"/>
+      <c r="BO577" s="5"/>
+      <c r="BP577" s="5"/>
+      <c r="BQ577" s="5"/>
+    </row>
+    <row r="578" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A578" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B578" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C578" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D578" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E578" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="F578" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H578" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I578" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J578" s="1">
+        <v>10</v>
+      </c>
+      <c r="K578" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L578" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="N577" s="6"/>
-[...20 lines deleted...]
-      <c r="G578" s="1" t="s">
+      <c r="M578" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N578" s="6"/>
+      <c r="O578" s="5"/>
+      <c r="P578" s="5"/>
+      <c r="Q578" s="5"/>
+      <c r="R578" s="5"/>
+      <c r="S578" s="5"/>
+      <c r="T578" s="5"/>
+      <c r="U578" s="5"/>
+      <c r="V578" s="5"/>
+      <c r="W578" s="5"/>
+      <c r="X578" s="5"/>
+      <c r="Y578" s="5"/>
+      <c r="Z578" s="5"/>
+      <c r="AA578" s="5"/>
+      <c r="AB578" s="5"/>
+      <c r="AC578" s="5"/>
+      <c r="AD578" s="5"/>
+      <c r="AE578" s="5"/>
+      <c r="AF578" s="5"/>
+      <c r="AG578" s="5"/>
+      <c r="AH578" s="5"/>
+      <c r="AI578" s="5"/>
+      <c r="AJ578" s="5"/>
+      <c r="AK578" s="5"/>
+      <c r="AL578" s="5"/>
+      <c r="AM578" s="5"/>
+      <c r="AN578" s="5"/>
+      <c r="AO578" s="5"/>
+      <c r="AP578" s="5"/>
+      <c r="AQ578" s="5"/>
+      <c r="AR578" s="5"/>
+      <c r="AS578" s="5"/>
+      <c r="AT578" s="5"/>
+      <c r="AU578" s="5"/>
+      <c r="AV578" s="5"/>
+      <c r="AW578" s="5"/>
+      <c r="AX578" s="5"/>
+      <c r="AY578" s="5"/>
+      <c r="AZ578" s="5"/>
+      <c r="BA578" s="5"/>
+      <c r="BB578" s="5"/>
+      <c r="BC578" s="5"/>
+      <c r="BD578" s="5"/>
+      <c r="BE578" s="5"/>
+      <c r="BF578" s="5"/>
+      <c r="BG578" s="5"/>
+      <c r="BH578" s="5"/>
+      <c r="BI578" s="5"/>
+      <c r="BJ578" s="5"/>
+      <c r="BK578" s="5"/>
+      <c r="BL578" s="5"/>
+      <c r="BM578" s="5"/>
+      <c r="BN578" s="5"/>
+      <c r="BO578" s="5"/>
+      <c r="BP578" s="5"/>
+      <c r="BQ578" s="5"/>
+    </row>
+    <row r="579" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A579" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B579" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C579" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D579" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E579" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="F579" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H579" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I579" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J579" s="1">
+        <v>2</v>
+      </c>
+      <c r="K579" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L579" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M579" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N579" s="6"/>
+      <c r="O579" s="5"/>
+      <c r="P579" s="5"/>
+      <c r="Q579" s="5"/>
+      <c r="R579" s="5"/>
+      <c r="S579" s="5"/>
+      <c r="T579" s="5"/>
+      <c r="U579" s="5"/>
+      <c r="V579" s="5"/>
+      <c r="W579" s="5"/>
+      <c r="X579" s="5"/>
+      <c r="Y579" s="5"/>
+      <c r="Z579" s="5"/>
+      <c r="AA579" s="5"/>
+      <c r="AB579" s="5"/>
+      <c r="AC579" s="5"/>
+      <c r="AD579" s="5"/>
+      <c r="AE579" s="5"/>
+      <c r="AF579" s="5"/>
+      <c r="AG579" s="5"/>
+      <c r="AH579" s="5"/>
+      <c r="AI579" s="5"/>
+      <c r="AJ579" s="5"/>
+      <c r="AK579" s="5"/>
+      <c r="AL579" s="5"/>
+      <c r="AM579" s="5"/>
+      <c r="AN579" s="5"/>
+      <c r="AO579" s="5"/>
+      <c r="AP579" s="5"/>
+      <c r="AQ579" s="5"/>
+      <c r="AR579" s="5"/>
+      <c r="AS579" s="5"/>
+      <c r="AT579" s="5"/>
+      <c r="AU579" s="5"/>
+      <c r="AV579" s="5"/>
+      <c r="AW579" s="5"/>
+      <c r="AX579" s="5"/>
+      <c r="AY579" s="5"/>
+      <c r="AZ579" s="5"/>
+      <c r="BA579" s="5"/>
+      <c r="BB579" s="5"/>
+      <c r="BC579" s="5"/>
+      <c r="BD579" s="5"/>
+      <c r="BE579" s="5"/>
+      <c r="BF579" s="5"/>
+      <c r="BG579" s="5"/>
+      <c r="BH579" s="5"/>
+      <c r="BI579" s="5"/>
+      <c r="BJ579" s="5"/>
+      <c r="BK579" s="5"/>
+      <c r="BL579" s="5"/>
+      <c r="BM579" s="5"/>
+      <c r="BN579" s="5"/>
+      <c r="BO579" s="5"/>
+      <c r="BP579" s="5"/>
+      <c r="BQ579" s="5"/>
+    </row>
+    <row r="580" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A580" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B580" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C580" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H578" s="1" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="D580" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E580" s="1" t="s">
         <v>563</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>350</v>
+        <v>33</v>
       </c>
       <c r="G580" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H580" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I580" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J580" s="1">
+        <v>14</v>
+      </c>
+      <c r="K580" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L580" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="M580" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="N580" s="19"/>
+      <c r="O580" s="2"/>
+      <c r="P580" s="2"/>
+      <c r="Q580" s="2"/>
+      <c r="R580" s="2"/>
+      <c r="S580" s="2"/>
+      <c r="T580" s="2"/>
+      <c r="U580" s="2"/>
+      <c r="V580" s="2"/>
+      <c r="W580" s="2"/>
+      <c r="X580" s="2"/>
+      <c r="Y580" s="2"/>
+      <c r="Z580" s="2"/>
+      <c r="AA580" s="2"/>
+      <c r="AB580" s="2"/>
+      <c r="AC580" s="2"/>
+      <c r="AD580" s="2"/>
+      <c r="AE580" s="2"/>
+      <c r="AF580" s="2"/>
+      <c r="AG580" s="2"/>
+      <c r="AH580" s="2"/>
+      <c r="AI580" s="2"/>
+      <c r="AJ580" s="2"/>
+      <c r="AK580" s="2"/>
+      <c r="AL580" s="2"/>
+      <c r="AM580" s="2"/>
+      <c r="AN580" s="2"/>
+      <c r="AO580" s="2"/>
+      <c r="AP580" s="2"/>
+      <c r="AQ580" s="2"/>
+      <c r="AR580" s="2"/>
+      <c r="AS580" s="2"/>
+      <c r="AT580" s="2"/>
+      <c r="AU580" s="2"/>
+      <c r="AV580" s="2"/>
+      <c r="AW580" s="2"/>
+      <c r="AX580" s="2"/>
+      <c r="AY580" s="2"/>
+      <c r="AZ580" s="2"/>
+      <c r="BA580" s="2"/>
+      <c r="BB580" s="2"/>
+      <c r="BC580" s="2"/>
+      <c r="BD580" s="2"/>
+      <c r="BE580" s="2"/>
+      <c r="BF580" s="2"/>
+      <c r="BG580" s="2"/>
+      <c r="BH580" s="2"/>
+      <c r="BI580" s="2"/>
+      <c r="BJ580" s="2"/>
+      <c r="BK580" s="2"/>
+      <c r="BL580" s="2"/>
+      <c r="BM580" s="2"/>
+      <c r="BN580" s="2"/>
+      <c r="BO580" s="2"/>
+      <c r="BP580" s="2"/>
+      <c r="BQ580" s="2"/>
+    </row>
+    <row r="581" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A581" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B581" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C581" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="H580" s="1" t="s">
-[...5 lines deleted...]
-      <c r="J580" s="1">
+      <c r="D581" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E581" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="F581" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H581" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I581" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J581" s="1">
         <v>1</v>
       </c>
-      <c r="K580" s="1" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="K581" s="1" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="L581" s="1" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="M581" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="582" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>113</v>
+      </c>
+      <c r="N581" s="3"/>
+    </row>
+    <row r="582" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A582" s="1" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>590</v>
+      </c>
+      <c r="B582" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C582" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E582" s="1" t="s">
         <v>564</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H582" s="1" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="I582" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J582" s="1">
         <v>1</v>
       </c>
       <c r="K582" s="1" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L582" s="1" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="M582" s="1" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-    <row r="583" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>70</v>
+      </c>
+      <c r="N582" s="3"/>
+    </row>
+    <row r="583" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A583" s="1" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>590</v>
+      </c>
+      <c r="B583" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C583" s="4" t="s">
+        <v>45</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E583" s="1" t="s">
         <v>565</v>
       </c>
       <c r="F583" s="1" t="s">
-        <v>34</v>
+        <v>348</v>
       </c>
       <c r="G583" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H583" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H583" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I583" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J583" s="1">
+        <v>16</v>
+      </c>
+      <c r="K583" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L583" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M583" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N583" s="3"/>
+    </row>
+    <row r="584" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A584" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B584" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C584" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D584" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E584" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="F584" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H584" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I584" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J584" s="1">
+        <v>1</v>
+      </c>
+      <c r="K584" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L584" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M584" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="N584" s="3"/>
+    </row>
+    <row r="585" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A585" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B585" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C585" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D585" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E585" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="F585" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H585" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I585" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J585" s="1">
         <v>82</v>
       </c>
-      <c r="K583" s="1" t="s">
-[...17 lines deleted...]
-      <c r="C584" s="7" t="s">
+      <c r="K585" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L585" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="M585" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="N585" s="3"/>
+    </row>
+    <row r="586" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A586" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B586" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C586" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D586" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E586" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="F586" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H586" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I586" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J586" s="1">
         <v>46</v>
       </c>
-      <c r="D584" s="1" t="s">
-[...23 lines deleted...]
-      <c r="L584" s="1" t="s">
+      <c r="K586" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L586" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M586" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="M584" s="1" t="s">
-[...88 lines deleted...]
-    <row r="587" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="N586" s="3"/>
+    </row>
+    <row r="587" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A587" s="1" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>590</v>
+      </c>
+      <c r="B587" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C587" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E587" s="1" t="s">
         <v>570</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>187</v>
+        <v>64</v>
       </c>
       <c r="G587" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H587" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="H587" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I587" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J587" s="1">
+        <v>3</v>
+      </c>
+      <c r="K587" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L587" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="M587" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="N587" s="3"/>
+    </row>
+    <row r="588" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A588" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B588" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C588" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D588" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E588" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="F588" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H588" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="I588" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J588" s="1">
+        <v>21</v>
+      </c>
+      <c r="K588" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L588" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M588" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N588" s="3"/>
+    </row>
+    <row r="589" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A589" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B589" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C589" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D589" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E589" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="F589" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="H589" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I589" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J589" s="1">
         <v>4</v>
       </c>
-      <c r="K587" s="1" t="s">
-[...69 lines deleted...]
-      <c r="G589" s="1" t="s">
+      <c r="K589" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L589" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M589" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="N589" s="1"/>
+    </row>
+    <row r="590" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A590" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B590" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C590" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="H589" s="1" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="D590" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E590" s="1" t="s">
-        <v>52</v>
+        <v>571</v>
       </c>
       <c r="F590" s="1" t="s">
-        <v>266</v>
+        <v>186</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="H590" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="I590" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J590" s="1">
         <v>6</v>
       </c>
       <c r="K590" s="1" t="s">
-        <v>122</v>
+        <v>21</v>
       </c>
       <c r="L590" s="1" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="M590" s="1" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="591" spans="1:14" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>184</v>
+      </c>
+      <c r="N590" s="1"/>
+    </row>
+    <row r="591" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A591" s="1" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>590</v>
+      </c>
+      <c r="B591" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C591" s="4" t="s">
+        <v>40</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E591" s="1" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F591" s="1" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="G591" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H591" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="I591" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J591" s="1">
+        <v>24</v>
+      </c>
+      <c r="K591" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L591" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M591" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="N591" s="1"/>
+    </row>
+    <row r="592" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A592" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B592" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C592" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="H591" s="1" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="D592" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E592" s="1" t="s">
-        <v>571</v>
+        <v>51</v>
       </c>
       <c r="F592" s="1" t="s">
-        <v>195</v>
+        <v>263</v>
       </c>
       <c r="G592" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H592" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="I592" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J592" s="1">
+        <v>6</v>
+      </c>
+      <c r="K592" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L592" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M592" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="N592" s="1"/>
+    </row>
+    <row r="593" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A593" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B593" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C593" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="H592" s="1" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="D593" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E593" s="1" t="s">
-        <v>576</v>
+        <v>51</v>
       </c>
       <c r="F593" s="1" t="s">
-        <v>34</v>
+        <v>263</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>207</v>
+        <v>39</v>
       </c>
       <c r="H593" s="1" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I593" s="1" t="s">
-        <v>212</v>
+        <v>48</v>
       </c>
       <c r="J593" s="1">
         <v>3</v>
       </c>
       <c r="K593" s="1" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="L593" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="M593" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="N593" s="1"/>
+    </row>
+    <row r="594" spans="1:69" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A594" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B594" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C594" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D594" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E594" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="F594" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H594" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I594" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J594" s="1">
+        <v>30</v>
+      </c>
+      <c r="K594" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L594" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="M594" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="N594" s="1"/>
+    </row>
+    <row r="595" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A595" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B595" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C595" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D595" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E595" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="F595" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="H595" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I595" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="J595" s="1">
+        <v>3</v>
+      </c>
+      <c r="K595" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L595" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="M595" s="1" t="s">
         <v>61</v>
-      </c>
-[...83 lines deleted...]
-        <v>110</v>
       </c>
       <c r="O595" s="1"/>
       <c r="P595" s="1"/>
       <c r="Q595" s="1"/>
       <c r="R595" s="1"/>
       <c r="S595" s="1"/>
       <c r="T595" s="1"/>
       <c r="U595" s="1"/>
       <c r="V595" s="1"/>
       <c r="W595" s="1"/>
       <c r="X595" s="1"/>
       <c r="Y595" s="1"/>
       <c r="Z595" s="1"/>
       <c r="AA595" s="1"/>
       <c r="AB595" s="1"/>
       <c r="AC595" s="1"/>
       <c r="AD595" s="1"/>
       <c r="AE595" s="1"/>
       <c r="AF595" s="1"/>
       <c r="AG595" s="1"/>
       <c r="AH595" s="1"/>
       <c r="AI595" s="1"/>
       <c r="AJ595" s="1"/>
       <c r="AK595" s="1"/>
       <c r="AL595" s="1"/>
@@ -28743,92 +34890,90 @@
       <c r="AS595" s="1"/>
       <c r="AT595" s="1"/>
       <c r="AU595" s="1"/>
       <c r="AV595" s="1"/>
       <c r="AW595" s="1"/>
       <c r="AX595" s="1"/>
       <c r="AY595" s="1"/>
       <c r="AZ595" s="1"/>
       <c r="BA595" s="1"/>
       <c r="BB595" s="1"/>
       <c r="BC595" s="1"/>
       <c r="BD595" s="1"/>
       <c r="BE595" s="1"/>
       <c r="BF595" s="1"/>
       <c r="BG595" s="1"/>
       <c r="BH595" s="1"/>
       <c r="BI595" s="1"/>
       <c r="BJ595" s="1"/>
       <c r="BK595" s="1"/>
       <c r="BL595" s="1"/>
       <c r="BM595" s="1"/>
       <c r="BN595" s="1"/>
       <c r="BO595" s="1"/>
       <c r="BP595" s="1"/>
       <c r="BQ595" s="1"/>
-      <c r="BR595" s="1"/>
-[...2 lines deleted...]
-    <row r="596" spans="1:73" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="596" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A596" s="1" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="B596" s="7" t="s">
+        <v>590</v>
+      </c>
+      <c r="B596" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C596" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D596" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E596" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="F596" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C596" s="7" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G596" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="H596" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I596" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="J596" s="1">
         <v>1</v>
       </c>
       <c r="K596" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="L596" s="1" t="s">
-        <v>61</v>
+        <v>108</v>
       </c>
       <c r="M596" s="1" t="s">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="O596" s="1"/>
       <c r="P596" s="1"/>
       <c r="Q596" s="1"/>
       <c r="R596" s="1"/>
       <c r="S596" s="1"/>
       <c r="T596" s="1"/>
       <c r="U596" s="1"/>
       <c r="V596" s="1"/>
       <c r="W596" s="1"/>
       <c r="X596" s="1"/>
       <c r="Y596" s="1"/>
       <c r="Z596" s="1"/>
       <c r="AA596" s="1"/>
       <c r="AB596" s="1"/>
       <c r="AC596" s="1"/>
       <c r="AD596" s="1"/>
       <c r="AE596" s="1"/>
       <c r="AF596" s="1"/>
       <c r="AG596" s="1"/>
       <c r="AH596" s="1"/>
       <c r="AI596" s="1"/>
       <c r="AJ596" s="1"/>
       <c r="AK596" s="1"/>
       <c r="AL596" s="1"/>
@@ -28841,92 +34986,90 @@
       <c r="AS596" s="1"/>
       <c r="AT596" s="1"/>
       <c r="AU596" s="1"/>
       <c r="AV596" s="1"/>
       <c r="AW596" s="1"/>
       <c r="AX596" s="1"/>
       <c r="AY596" s="1"/>
       <c r="AZ596" s="1"/>
       <c r="BA596" s="1"/>
       <c r="BB596" s="1"/>
       <c r="BC596" s="1"/>
       <c r="BD596" s="1"/>
       <c r="BE596" s="1"/>
       <c r="BF596" s="1"/>
       <c r="BG596" s="1"/>
       <c r="BH596" s="1"/>
       <c r="BI596" s="1"/>
       <c r="BJ596" s="1"/>
       <c r="BK596" s="1"/>
       <c r="BL596" s="1"/>
       <c r="BM596" s="1"/>
       <c r="BN596" s="1"/>
       <c r="BO596" s="1"/>
       <c r="BP596" s="1"/>
       <c r="BQ596" s="1"/>
-      <c r="BR596" s="1"/>
-[...2 lines deleted...]
-    <row r="597" spans="1:73" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="597" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A597" s="1" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>590</v>
+      </c>
+      <c r="B597" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C597" s="4" t="s">
+        <v>32</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E597" s="1" t="s">
         <v>580</v>
       </c>
       <c r="F597" s="1" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>434</v>
+        <v>206</v>
       </c>
       <c r="H597" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I597" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="J597" s="1">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="K597" s="1" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="L597" s="1" t="s">
-        <v>72</v>
+        <v>108</v>
       </c>
       <c r="M597" s="1" t="s">
-        <v>71</v>
+        <v>109</v>
       </c>
       <c r="O597" s="1"/>
       <c r="P597" s="1"/>
       <c r="Q597" s="1"/>
       <c r="R597" s="1"/>
       <c r="S597" s="1"/>
       <c r="T597" s="1"/>
       <c r="U597" s="1"/>
       <c r="V597" s="1"/>
       <c r="W597" s="1"/>
       <c r="X597" s="1"/>
       <c r="Y597" s="1"/>
       <c r="Z597" s="1"/>
       <c r="AA597" s="1"/>
       <c r="AB597" s="1"/>
       <c r="AC597" s="1"/>
       <c r="AD597" s="1"/>
       <c r="AE597" s="1"/>
       <c r="AF597" s="1"/>
       <c r="AG597" s="1"/>
       <c r="AH597" s="1"/>
       <c r="AI597" s="1"/>
       <c r="AJ597" s="1"/>
       <c r="AK597" s="1"/>
       <c r="AL597" s="1"/>
@@ -28939,92 +35082,90 @@
       <c r="AS597" s="1"/>
       <c r="AT597" s="1"/>
       <c r="AU597" s="1"/>
       <c r="AV597" s="1"/>
       <c r="AW597" s="1"/>
       <c r="AX597" s="1"/>
       <c r="AY597" s="1"/>
       <c r="AZ597" s="1"/>
       <c r="BA597" s="1"/>
       <c r="BB597" s="1"/>
       <c r="BC597" s="1"/>
       <c r="BD597" s="1"/>
       <c r="BE597" s="1"/>
       <c r="BF597" s="1"/>
       <c r="BG597" s="1"/>
       <c r="BH597" s="1"/>
       <c r="BI597" s="1"/>
       <c r="BJ597" s="1"/>
       <c r="BK597" s="1"/>
       <c r="BL597" s="1"/>
       <c r="BM597" s="1"/>
       <c r="BN597" s="1"/>
       <c r="BO597" s="1"/>
       <c r="BP597" s="1"/>
       <c r="BQ597" s="1"/>
-      <c r="BR597" s="1"/>
-[...2 lines deleted...]
-    <row r="598" spans="1:73" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="598" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A598" s="1" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="B598" s="7" t="s">
+        <v>590</v>
+      </c>
+      <c r="B598" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C598" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D598" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E598" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="F598" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="C598" s="7" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G598" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="H598" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I598" s="1" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="J598" s="1">
         <v>1</v>
       </c>
       <c r="K598" s="1" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="L598" s="1" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="M598" s="1" t="s">
-        <v>473</v>
+        <v>61</v>
       </c>
       <c r="O598" s="1"/>
       <c r="P598" s="1"/>
       <c r="Q598" s="1"/>
       <c r="R598" s="1"/>
       <c r="S598" s="1"/>
       <c r="T598" s="1"/>
       <c r="U598" s="1"/>
       <c r="V598" s="1"/>
       <c r="W598" s="1"/>
       <c r="X598" s="1"/>
       <c r="Y598" s="1"/>
       <c r="Z598" s="1"/>
       <c r="AA598" s="1"/>
       <c r="AB598" s="1"/>
       <c r="AC598" s="1"/>
       <c r="AD598" s="1"/>
       <c r="AE598" s="1"/>
       <c r="AF598" s="1"/>
       <c r="AG598" s="1"/>
       <c r="AH598" s="1"/>
       <c r="AI598" s="1"/>
       <c r="AJ598" s="1"/>
       <c r="AK598" s="1"/>
       <c r="AL598" s="1"/>
@@ -29037,92 +35178,90 @@
       <c r="AS598" s="1"/>
       <c r="AT598" s="1"/>
       <c r="AU598" s="1"/>
       <c r="AV598" s="1"/>
       <c r="AW598" s="1"/>
       <c r="AX598" s="1"/>
       <c r="AY598" s="1"/>
       <c r="AZ598" s="1"/>
       <c r="BA598" s="1"/>
       <c r="BB598" s="1"/>
       <c r="BC598" s="1"/>
       <c r="BD598" s="1"/>
       <c r="BE598" s="1"/>
       <c r="BF598" s="1"/>
       <c r="BG598" s="1"/>
       <c r="BH598" s="1"/>
       <c r="BI598" s="1"/>
       <c r="BJ598" s="1"/>
       <c r="BK598" s="1"/>
       <c r="BL598" s="1"/>
       <c r="BM598" s="1"/>
       <c r="BN598" s="1"/>
       <c r="BO598" s="1"/>
       <c r="BP598" s="1"/>
       <c r="BQ598" s="1"/>
-      <c r="BR598" s="1"/>
-[...2 lines deleted...]
-    <row r="599" spans="1:73" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="599" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A599" s="1" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>590</v>
+      </c>
+      <c r="B599" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C599" s="4" t="s">
+        <v>45</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E599" s="1" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="F599" s="1" t="s">
-        <v>121</v>
+        <v>70</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>40</v>
+        <v>432</v>
       </c>
       <c r="H599" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I599" s="1" t="s">
-        <v>18</v>
+        <v>579</v>
       </c>
       <c r="J599" s="1">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="K599" s="1" t="s">
-        <v>122</v>
+        <v>21</v>
       </c>
       <c r="L599" s="1" t="s">
-        <v>123</v>
+        <v>71</v>
       </c>
       <c r="M599" s="1" t="s">
-        <v>127</v>
+        <v>70</v>
       </c>
       <c r="O599" s="1"/>
       <c r="P599" s="1"/>
       <c r="Q599" s="1"/>
       <c r="R599" s="1"/>
       <c r="S599" s="1"/>
       <c r="T599" s="1"/>
       <c r="U599" s="1"/>
       <c r="V599" s="1"/>
       <c r="W599" s="1"/>
       <c r="X599" s="1"/>
       <c r="Y599" s="1"/>
       <c r="Z599" s="1"/>
       <c r="AA599" s="1"/>
       <c r="AB599" s="1"/>
       <c r="AC599" s="1"/>
       <c r="AD599" s="1"/>
       <c r="AE599" s="1"/>
       <c r="AF599" s="1"/>
       <c r="AG599" s="1"/>
       <c r="AH599" s="1"/>
       <c r="AI599" s="1"/>
       <c r="AJ599" s="1"/>
       <c r="AK599" s="1"/>
       <c r="AL599" s="1"/>
@@ -29135,92 +35274,90 @@
       <c r="AS599" s="1"/>
       <c r="AT599" s="1"/>
       <c r="AU599" s="1"/>
       <c r="AV599" s="1"/>
       <c r="AW599" s="1"/>
       <c r="AX599" s="1"/>
       <c r="AY599" s="1"/>
       <c r="AZ599" s="1"/>
       <c r="BA599" s="1"/>
       <c r="BB599" s="1"/>
       <c r="BC599" s="1"/>
       <c r="BD599" s="1"/>
       <c r="BE599" s="1"/>
       <c r="BF599" s="1"/>
       <c r="BG599" s="1"/>
       <c r="BH599" s="1"/>
       <c r="BI599" s="1"/>
       <c r="BJ599" s="1"/>
       <c r="BK599" s="1"/>
       <c r="BL599" s="1"/>
       <c r="BM599" s="1"/>
       <c r="BN599" s="1"/>
       <c r="BO599" s="1"/>
       <c r="BP599" s="1"/>
       <c r="BQ599" s="1"/>
-      <c r="BR599" s="1"/>
-[...2 lines deleted...]
-    <row r="600" spans="1:73" s="5" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="600" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A600" s="1" t="s">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>46</v>
+        <v>590</v>
+      </c>
+      <c r="B600" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C600" s="4" t="s">
+        <v>45</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E600" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="F600" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="F600" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G600" s="1" t="s">
-        <v>40</v>
+        <v>206</v>
       </c>
       <c r="H600" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="I600" s="1" t="s">
-        <v>18</v>
+        <v>579</v>
       </c>
       <c r="J600" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K600" s="1" t="s">
-        <v>122</v>
+        <v>21</v>
       </c>
       <c r="L600" s="1" t="s">
-        <v>123</v>
+        <v>22</v>
       </c>
       <c r="M600" s="1" t="s">
-        <v>127</v>
+        <v>474</v>
       </c>
       <c r="O600" s="1"/>
       <c r="P600" s="1"/>
       <c r="Q600" s="1"/>
       <c r="R600" s="1"/>
       <c r="S600" s="1"/>
       <c r="T600" s="1"/>
       <c r="U600" s="1"/>
       <c r="V600" s="1"/>
       <c r="W600" s="1"/>
       <c r="X600" s="1"/>
       <c r="Y600" s="1"/>
       <c r="Z600" s="1"/>
       <c r="AA600" s="1"/>
       <c r="AB600" s="1"/>
       <c r="AC600" s="1"/>
       <c r="AD600" s="1"/>
       <c r="AE600" s="1"/>
       <c r="AF600" s="1"/>
       <c r="AG600" s="1"/>
       <c r="AH600" s="1"/>
       <c r="AI600" s="1"/>
       <c r="AJ600" s="1"/>
       <c r="AK600" s="1"/>
       <c r="AL600" s="1"/>
@@ -29233,67 +35370,91 @@
       <c r="AS600" s="1"/>
       <c r="AT600" s="1"/>
       <c r="AU600" s="1"/>
       <c r="AV600" s="1"/>
       <c r="AW600" s="1"/>
       <c r="AX600" s="1"/>
       <c r="AY600" s="1"/>
       <c r="AZ600" s="1"/>
       <c r="BA600" s="1"/>
       <c r="BB600" s="1"/>
       <c r="BC600" s="1"/>
       <c r="BD600" s="1"/>
       <c r="BE600" s="1"/>
       <c r="BF600" s="1"/>
       <c r="BG600" s="1"/>
       <c r="BH600" s="1"/>
       <c r="BI600" s="1"/>
       <c r="BJ600" s="1"/>
       <c r="BK600" s="1"/>
       <c r="BL600" s="1"/>
       <c r="BM600" s="1"/>
       <c r="BN600" s="1"/>
       <c r="BO600" s="1"/>
       <c r="BP600" s="1"/>
       <c r="BQ600" s="1"/>
-      <c r="BR600" s="1"/>
-[...15 lines deleted...]
-      <c r="M601" s="1"/>
+    </row>
+    <row r="601" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A601" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B601" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C601" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D601" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E601" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="F601" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H601" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I601" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J601" s="1">
+        <v>32</v>
+      </c>
+      <c r="K601" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L601" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M601" s="1" t="s">
+        <v>126</v>
+      </c>
       <c r="O601" s="1"/>
       <c r="P601" s="1"/>
       <c r="Q601" s="1"/>
       <c r="R601" s="1"/>
       <c r="S601" s="1"/>
       <c r="T601" s="1"/>
       <c r="U601" s="1"/>
       <c r="V601" s="1"/>
       <c r="W601" s="1"/>
       <c r="X601" s="1"/>
       <c r="Y601" s="1"/>
       <c r="Z601" s="1"/>
       <c r="AA601" s="1"/>
       <c r="AB601" s="1"/>
       <c r="AC601" s="1"/>
       <c r="AD601" s="1"/>
       <c r="AE601" s="1"/>
       <c r="AF601" s="1"/>
       <c r="AG601" s="1"/>
       <c r="AH601" s="1"/>
       <c r="AI601" s="1"/>
       <c r="AJ601" s="1"/>
       <c r="AK601" s="1"/>
       <c r="AL601" s="1"/>
       <c r="AM601" s="1"/>
@@ -29305,69 +35466,91 @@
       <c r="AS601" s="1"/>
       <c r="AT601" s="1"/>
       <c r="AU601" s="1"/>
       <c r="AV601" s="1"/>
       <c r="AW601" s="1"/>
       <c r="AX601" s="1"/>
       <c r="AY601" s="1"/>
       <c r="AZ601" s="1"/>
       <c r="BA601" s="1"/>
       <c r="BB601" s="1"/>
       <c r="BC601" s="1"/>
       <c r="BD601" s="1"/>
       <c r="BE601" s="1"/>
       <c r="BF601" s="1"/>
       <c r="BG601" s="1"/>
       <c r="BH601" s="1"/>
       <c r="BI601" s="1"/>
       <c r="BJ601" s="1"/>
       <c r="BK601" s="1"/>
       <c r="BL601" s="1"/>
       <c r="BM601" s="1"/>
       <c r="BN601" s="1"/>
       <c r="BO601" s="1"/>
       <c r="BP601" s="1"/>
       <c r="BQ601" s="1"/>
-      <c r="BR601" s="1"/>
-[...17 lines deleted...]
-      <c r="M602" s="1"/>
+    </row>
+    <row r="602" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A602" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="B602" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C602" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D602" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="E602" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="F602" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H602" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I602" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="J602" s="1">
+        <v>4</v>
+      </c>
+      <c r="K602" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="L602" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="M602" s="1" t="s">
+        <v>126</v>
+      </c>
       <c r="O602" s="1"/>
       <c r="P602" s="1"/>
       <c r="Q602" s="1"/>
       <c r="R602" s="1"/>
       <c r="S602" s="1"/>
       <c r="T602" s="1"/>
       <c r="U602" s="1"/>
       <c r="V602" s="1"/>
       <c r="W602" s="1"/>
       <c r="X602" s="1"/>
       <c r="Y602" s="1"/>
       <c r="Z602" s="1"/>
       <c r="AA602" s="1"/>
       <c r="AB602" s="1"/>
       <c r="AC602" s="1"/>
       <c r="AD602" s="1"/>
       <c r="AE602" s="1"/>
       <c r="AF602" s="1"/>
       <c r="AG602" s="1"/>
       <c r="AH602" s="1"/>
       <c r="AI602" s="1"/>
       <c r="AJ602" s="1"/>
       <c r="AK602" s="1"/>
       <c r="AL602" s="1"/>
       <c r="AM602" s="1"/>
@@ -29379,91 +35562,230 @@
       <c r="AS602" s="1"/>
       <c r="AT602" s="1"/>
       <c r="AU602" s="1"/>
       <c r="AV602" s="1"/>
       <c r="AW602" s="1"/>
       <c r="AX602" s="1"/>
       <c r="AY602" s="1"/>
       <c r="AZ602" s="1"/>
       <c r="BA602" s="1"/>
       <c r="BB602" s="1"/>
       <c r="BC602" s="1"/>
       <c r="BD602" s="1"/>
       <c r="BE602" s="1"/>
       <c r="BF602" s="1"/>
       <c r="BG602" s="1"/>
       <c r="BH602" s="1"/>
       <c r="BI602" s="1"/>
       <c r="BJ602" s="1"/>
       <c r="BK602" s="1"/>
       <c r="BL602" s="1"/>
       <c r="BM602" s="1"/>
       <c r="BN602" s="1"/>
       <c r="BO602" s="1"/>
       <c r="BP602" s="1"/>
       <c r="BQ602" s="1"/>
-      <c r="BR602" s="1"/>
-[...2 lines deleted...]
-      <c r="BU602" s="1"/>
+    </row>
+    <row r="603" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A603" s="1"/>
+      <c r="B603" s="4"/>
+      <c r="C603" s="4"/>
+      <c r="D603" s="1"/>
+      <c r="E603" s="1"/>
+      <c r="F603" s="1"/>
+      <c r="G603" s="1"/>
+      <c r="H603" s="1"/>
+      <c r="I603" s="1"/>
+      <c r="J603" s="1"/>
+      <c r="K603" s="1"/>
+      <c r="L603" s="1"/>
+      <c r="M603" s="1"/>
+      <c r="O603" s="1"/>
+      <c r="P603" s="1"/>
+      <c r="Q603" s="1"/>
+      <c r="R603" s="1"/>
+      <c r="S603" s="1"/>
+      <c r="T603" s="1"/>
+      <c r="U603" s="1"/>
+      <c r="V603" s="1"/>
+      <c r="W603" s="1"/>
+      <c r="X603" s="1"/>
+      <c r="Y603" s="1"/>
+      <c r="Z603" s="1"/>
+      <c r="AA603" s="1"/>
+      <c r="AB603" s="1"/>
+      <c r="AC603" s="1"/>
+      <c r="AD603" s="1"/>
+      <c r="AE603" s="1"/>
+      <c r="AF603" s="1"/>
+      <c r="AG603" s="1"/>
+      <c r="AH603" s="1"/>
+      <c r="AI603" s="1"/>
+      <c r="AJ603" s="1"/>
+      <c r="AK603" s="1"/>
+      <c r="AL603" s="1"/>
+      <c r="AM603" s="1"/>
+      <c r="AN603" s="1"/>
+      <c r="AO603" s="1"/>
+      <c r="AP603" s="1"/>
+      <c r="AQ603" s="1"/>
+      <c r="AR603" s="1"/>
+      <c r="AS603" s="1"/>
+      <c r="AT603" s="1"/>
+      <c r="AU603" s="1"/>
+      <c r="AV603" s="1"/>
+      <c r="AW603" s="1"/>
+      <c r="AX603" s="1"/>
+      <c r="AY603" s="1"/>
+      <c r="AZ603" s="1"/>
+      <c r="BA603" s="1"/>
+      <c r="BB603" s="1"/>
+      <c r="BC603" s="1"/>
+      <c r="BD603" s="1"/>
+      <c r="BE603" s="1"/>
+      <c r="BF603" s="1"/>
+      <c r="BG603" s="1"/>
+      <c r="BH603" s="1"/>
+      <c r="BI603" s="1"/>
+      <c r="BJ603" s="1"/>
+      <c r="BK603" s="1"/>
+      <c r="BL603" s="1"/>
+      <c r="BM603" s="1"/>
+      <c r="BN603" s="1"/>
+      <c r="BO603" s="1"/>
+      <c r="BP603" s="1"/>
+      <c r="BQ603" s="1"/>
+    </row>
+    <row r="604" spans="1:69" s="2" customFormat="1" ht="25.05" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A604" s="1"/>
+      <c r="B604" s="4"/>
+      <c r="C604" s="4"/>
+      <c r="D604" s="1"/>
+      <c r="E604" s="1"/>
+      <c r="F604" s="1"/>
+      <c r="G604" s="1"/>
+      <c r="H604" s="1"/>
+      <c r="I604" s="1"/>
+      <c r="J604" s="1"/>
+      <c r="K604" s="1"/>
+      <c r="L604" s="1"/>
+      <c r="M604" s="1"/>
+      <c r="O604" s="1"/>
+      <c r="P604" s="1"/>
+      <c r="Q604" s="1"/>
+      <c r="R604" s="1"/>
+      <c r="S604" s="1"/>
+      <c r="T604" s="1"/>
+      <c r="U604" s="1"/>
+      <c r="V604" s="1"/>
+      <c r="W604" s="1"/>
+      <c r="X604" s="1"/>
+      <c r="Y604" s="1"/>
+      <c r="Z604" s="1"/>
+      <c r="AA604" s="1"/>
+      <c r="AB604" s="1"/>
+      <c r="AC604" s="1"/>
+      <c r="AD604" s="1"/>
+      <c r="AE604" s="1"/>
+      <c r="AF604" s="1"/>
+      <c r="AG604" s="1"/>
+      <c r="AH604" s="1"/>
+      <c r="AI604" s="1"/>
+      <c r="AJ604" s="1"/>
+      <c r="AK604" s="1"/>
+      <c r="AL604" s="1"/>
+      <c r="AM604" s="1"/>
+      <c r="AN604" s="1"/>
+      <c r="AO604" s="1"/>
+      <c r="AP604" s="1"/>
+      <c r="AQ604" s="1"/>
+      <c r="AR604" s="1"/>
+      <c r="AS604" s="1"/>
+      <c r="AT604" s="1"/>
+      <c r="AU604" s="1"/>
+      <c r="AV604" s="1"/>
+      <c r="AW604" s="1"/>
+      <c r="AX604" s="1"/>
+      <c r="AY604" s="1"/>
+      <c r="AZ604" s="1"/>
+      <c r="BA604" s="1"/>
+      <c r="BB604" s="1"/>
+      <c r="BC604" s="1"/>
+      <c r="BD604" s="1"/>
+      <c r="BE604" s="1"/>
+      <c r="BF604" s="1"/>
+      <c r="BG604" s="1"/>
+      <c r="BH604" s="1"/>
+      <c r="BI604" s="1"/>
+      <c r="BJ604" s="1"/>
+      <c r="BK604" s="1"/>
+      <c r="BL604" s="1"/>
+      <c r="BM604" s="1"/>
+      <c r="BN604" s="1"/>
+      <c r="BO604" s="1"/>
+      <c r="BP604" s="1"/>
+      <c r="BQ604" s="1"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:M600" xr:uid="{82D6B153-C12C-4E23-A64B-ADBA2E1663F4}">
-[...4 lines deleted...]
-  </autoFilter>
+  <autoFilter ref="A1:BQ604" xr:uid="{30C96AE9-DD77-4ED8-97DF-FB39025267F6}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:BQ714">
+    <sortCondition ref="A2:A714"/>
+    <sortCondition ref="D2:D714"/>
+  </sortState>
   <printOptions gridLines="1"/>
   <pageMargins left="0.74803149606299213" right="0.31496062992125984" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;14SHDP 2012/13 - 2016/17</oddHeader>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Social Housing Schemes</vt:lpstr>
       <vt:lpstr>'Social Housing Schemes'!Print_Area</vt:lpstr>
       <vt:lpstr>'Social Housing Schemes'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NICS</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>Social housing schemes at 31 01 2026</dc:title>
+  <dc:subject>Social housing schemes at 31 01 2026</dc:subject>
   <dc:creator>Ferguson, Declan</dc:creator>
+  <cp:keywords>new,build,newbuild</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category>Social housing development programme schemes </cp:category>
 </cp:coreProperties>
 </file>